--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 9.8 Average Prices of Electricity to Ultimate Customers</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Residential</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Commercial</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Industrial</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Transportation</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Other</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Total</t>
   </si>
@@ -471,54 +471,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z606"/>
+  <dimension ref="A1:Z607"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A606"/>
+      <selection activeCell="A13" sqref="A13:A607"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="79.409" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
@@ -14223,50 +14223,73 @@
       <c r="G605">
         <v>13.17</v>
       </c>
     </row>
     <row r="606" spans="1:26">
       <c r="A606" s="6">
         <v>45809.0</v>
       </c>
       <c r="B606">
         <v>17.47</v>
       </c>
       <c r="C606">
         <v>13.63</v>
       </c>
       <c r="D606">
         <v>8.86</v>
       </c>
       <c r="E606">
         <v>13.46</v>
       </c>
       <c r="F606" t="s">
         <v>14</v>
       </c>
       <c r="G606">
         <v>13.88</v>
+      </c>
+    </row>
+    <row r="607" spans="1:26">
+      <c r="A607" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B607">
+        <v>17.47</v>
+      </c>
+      <c r="C607">
+        <v>14.15</v>
+      </c>
+      <c r="D607">
+        <v>9.29</v>
+      </c>
+      <c r="E607">
+        <v>14.27</v>
+      </c>
+      <c r="F607" t="s">
+        <v>14</v>
+      </c>
+      <c r="G607">
+        <v>14.38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>