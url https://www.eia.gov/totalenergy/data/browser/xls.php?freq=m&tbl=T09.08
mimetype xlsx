--- v1 (2025-11-19)
+++ v2 (2025-12-15)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 9.8 Average Prices of Electricity to Ultimate Customers</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Residential</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Commercial</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Industrial</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Transportation</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Other</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Total</t>
   </si>
@@ -471,54 +471,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z607"/>
+  <dimension ref="A1:Z608"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A607"/>
+      <selection activeCell="A13" sqref="A13:A608"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="79.409" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
@@ -13816,480 +13816,503 @@
       </c>
       <c r="B588">
         <v>15.69</v>
       </c>
       <c r="C588">
         <v>12.24</v>
       </c>
       <c r="D588">
         <v>7.61</v>
       </c>
       <c r="E588">
         <v>12.34</v>
       </c>
       <c r="F588" t="s">
         <v>14</v>
       </c>
       <c r="G588">
         <v>12.34</v>
       </c>
     </row>
     <row r="589" spans="1:26">
       <c r="A589" s="6">
         <v>45292.0</v>
       </c>
       <c r="B589">
-        <v>15.44</v>
+        <v>15.41</v>
       </c>
       <c r="C589">
-        <v>12.52</v>
+        <v>12.5</v>
       </c>
       <c r="D589">
-        <v>8.1</v>
+        <v>8.07</v>
       </c>
       <c r="E589">
-        <v>12.63</v>
+        <v>12.66</v>
       </c>
       <c r="F589" t="s">
         <v>14</v>
       </c>
       <c r="G589">
-        <v>12.68</v>
+        <v>12.65</v>
       </c>
     </row>
     <row r="590" spans="1:26">
       <c r="A590" s="6">
         <v>45323.0</v>
       </c>
       <c r="B590">
-        <v>16.11</v>
+        <v>16.1</v>
       </c>
       <c r="C590">
-        <v>12.65</v>
+        <v>12.53</v>
       </c>
       <c r="D590">
-        <v>7.8</v>
+        <v>7.76</v>
       </c>
       <c r="E590">
-        <v>13.08</v>
+        <v>13.12</v>
       </c>
       <c r="F590" t="s">
         <v>14</v>
       </c>
       <c r="G590">
-        <v>12.73</v>
+        <v>12.66</v>
       </c>
     </row>
     <row r="591" spans="1:26">
       <c r="A591" s="6">
         <v>45352.0</v>
       </c>
       <c r="B591">
-        <v>16.68</v>
+        <v>16.67</v>
       </c>
       <c r="C591">
-        <v>12.59</v>
+        <v>12.47</v>
       </c>
       <c r="D591">
-        <v>7.71</v>
+        <v>7.68</v>
       </c>
       <c r="E591">
-        <v>11.91</v>
+        <v>11.95</v>
       </c>
       <c r="F591" t="s">
         <v>14</v>
       </c>
       <c r="G591">
-        <v>12.64</v>
+        <v>12.57</v>
       </c>
     </row>
     <row r="592" spans="1:26">
       <c r="A592" s="6">
         <v>45383.0</v>
       </c>
       <c r="B592">
         <v>16.86</v>
       </c>
       <c r="C592">
-        <v>12.49</v>
+        <v>12.35</v>
       </c>
       <c r="D592">
         <v>7.79</v>
       </c>
       <c r="E592">
-        <v>12.41</v>
+        <v>12.46</v>
       </c>
       <c r="F592" t="s">
         <v>14</v>
       </c>
       <c r="G592">
-        <v>12.6</v>
+        <v>12.54</v>
       </c>
     </row>
     <row r="593" spans="1:26">
       <c r="A593" s="6">
         <v>45413.0</v>
       </c>
       <c r="B593">
-        <v>16.41</v>
+        <v>16.4</v>
       </c>
       <c r="C593">
-        <v>12.42</v>
+        <v>12.32</v>
       </c>
       <c r="D593">
-        <v>7.89</v>
+        <v>7.87</v>
       </c>
       <c r="E593">
-        <v>12.21</v>
+        <v>12.29</v>
       </c>
       <c r="F593" t="s">
         <v>14</v>
       </c>
       <c r="G593">
-        <v>12.53</v>
+        <v>12.47</v>
       </c>
     </row>
     <row r="594" spans="1:26">
       <c r="A594" s="6">
         <v>45444.0</v>
       </c>
       <c r="B594">
-        <v>16.39</v>
+        <v>16.38</v>
       </c>
       <c r="C594">
-        <v>13.01</v>
+        <v>12.89</v>
       </c>
       <c r="D594">
-        <v>8.43</v>
+        <v>8.41</v>
       </c>
       <c r="E594">
-        <v>12.69</v>
+        <v>12.68</v>
       </c>
       <c r="F594" t="s">
         <v>14</v>
       </c>
       <c r="G594">
-        <v>13.2</v>
+        <v>13.14</v>
       </c>
     </row>
     <row r="595" spans="1:26">
       <c r="A595" s="6">
         <v>45474.0</v>
       </c>
       <c r="B595">
-        <v>16.61</v>
+        <v>16.62</v>
       </c>
       <c r="C595">
-        <v>13.5</v>
+        <v>13.37</v>
       </c>
       <c r="D595">
-        <v>8.75</v>
+        <v>8.73</v>
       </c>
       <c r="E595">
-        <v>13.15</v>
+        <v>13.18</v>
       </c>
       <c r="F595" t="s">
         <v>14</v>
       </c>
       <c r="G595">
-        <v>13.69</v>
+        <v>13.63</v>
       </c>
     </row>
     <row r="596" spans="1:26">
       <c r="A596" s="6">
         <v>45505.0</v>
       </c>
       <c r="B596">
-        <v>16.61</v>
+        <v>16.6</v>
       </c>
       <c r="C596">
-        <v>13.29</v>
+        <v>13.16</v>
       </c>
       <c r="D596">
-        <v>8.68</v>
+        <v>8.67</v>
       </c>
       <c r="E596">
-        <v>13.13</v>
+        <v>13.3</v>
       </c>
       <c r="F596" t="s">
         <v>14</v>
       </c>
       <c r="G596">
-        <v>13.54</v>
+        <v>13.48</v>
       </c>
     </row>
     <row r="597" spans="1:26">
       <c r="A597" s="6">
         <v>45536.0</v>
       </c>
       <c r="B597">
         <v>16.82</v>
       </c>
       <c r="C597">
-        <v>13.38</v>
+        <v>13.23</v>
       </c>
       <c r="D597">
-        <v>8.47</v>
+        <v>8.45</v>
       </c>
       <c r="E597">
-        <v>12.95</v>
+        <v>13.09</v>
       </c>
       <c r="F597" t="s">
         <v>14</v>
       </c>
       <c r="G597">
-        <v>13.41</v>
+        <v>13.34</v>
       </c>
     </row>
     <row r="598" spans="1:26">
       <c r="A598" s="6">
         <v>45566.0</v>
       </c>
       <c r="B598">
-        <v>16.93</v>
+        <v>17.09</v>
       </c>
       <c r="C598">
-        <v>13.12</v>
+        <v>12.89</v>
       </c>
       <c r="D598">
-        <v>8.15</v>
+        <v>8.11</v>
       </c>
       <c r="E598">
-        <v>12.22</v>
+        <v>12.43</v>
       </c>
       <c r="F598" t="s">
         <v>14</v>
       </c>
       <c r="G598">
-        <v>13.02</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="599" spans="1:26">
       <c r="A599" s="6">
         <v>45597.0</v>
       </c>
       <c r="B599">
-        <v>17</v>
+        <v>16.85</v>
       </c>
       <c r="C599">
-        <v>12.15</v>
+        <v>12.35</v>
       </c>
       <c r="D599">
-        <v>7.87</v>
+        <v>7.85</v>
       </c>
       <c r="E599">
-        <v>12.15</v>
+        <v>12.37</v>
       </c>
       <c r="F599" t="s">
         <v>14</v>
       </c>
       <c r="G599">
-        <v>12.58</v>
+        <v>12.57</v>
       </c>
     </row>
     <row r="600" spans="1:26">
       <c r="A600" s="6">
         <v>45627.0</v>
       </c>
       <c r="B600">
-        <v>16.26</v>
+        <v>16.27</v>
       </c>
       <c r="C600">
-        <v>12.76</v>
+        <v>12.64</v>
       </c>
       <c r="D600">
-        <v>8.01</v>
+        <v>7.96</v>
       </c>
       <c r="E600">
-        <v>13.22</v>
+        <v>13.38</v>
       </c>
       <c r="F600" t="s">
         <v>14</v>
       </c>
       <c r="G600">
-        <v>12.89</v>
+        <v>12.82</v>
       </c>
     </row>
     <row r="601" spans="1:26">
       <c r="A601" s="6">
         <v>45658.0</v>
       </c>
       <c r="B601">
-        <v>15.95</v>
+        <v>15.94</v>
       </c>
       <c r="C601">
-        <v>12.89</v>
+        <v>12.9</v>
       </c>
       <c r="D601">
         <v>8.32</v>
       </c>
       <c r="E601">
-        <v>12.32</v>
+        <v>12.13</v>
       </c>
       <c r="F601" t="s">
         <v>14</v>
       </c>
       <c r="G601">
-        <v>13.11</v>
+        <v>13.1</v>
       </c>
     </row>
     <row r="602" spans="1:26">
       <c r="A602" s="6">
         <v>45689.0</v>
       </c>
       <c r="B602">
         <v>16.44</v>
       </c>
       <c r="C602">
-        <v>13.09</v>
+        <v>13.07</v>
       </c>
       <c r="D602">
-        <v>8.23</v>
+        <v>8.21</v>
       </c>
       <c r="E602">
-        <v>13.45</v>
+        <v>13.58</v>
       </c>
       <c r="F602" t="s">
         <v>14</v>
       </c>
       <c r="G602">
-        <v>13.22</v>
+        <v>13.2</v>
       </c>
     </row>
     <row r="603" spans="1:26">
       <c r="A603" s="6">
         <v>45717.0</v>
       </c>
       <c r="B603">
-        <v>17.11</v>
+        <v>17.1</v>
       </c>
       <c r="C603">
-        <v>13.27</v>
+        <v>13.25</v>
       </c>
       <c r="D603">
-        <v>8.26</v>
+        <v>8.23</v>
       </c>
       <c r="E603">
-        <v>14.01</v>
+        <v>14.1</v>
       </c>
       <c r="F603" t="s">
         <v>14</v>
       </c>
       <c r="G603">
-        <v>13.27</v>
+        <v>13.25</v>
       </c>
     </row>
     <row r="604" spans="1:26">
       <c r="A604" s="6">
         <v>45748.0</v>
       </c>
       <c r="B604">
-        <v>17.45</v>
+        <v>17.55</v>
       </c>
       <c r="C604">
-        <v>13.09</v>
+        <v>12.96</v>
       </c>
       <c r="D604">
-        <v>8.21</v>
+        <v>8.16</v>
       </c>
       <c r="E604">
-        <v>13.52</v>
+        <v>13.62</v>
       </c>
       <c r="F604" t="s">
         <v>14</v>
       </c>
       <c r="G604">
-        <v>13.13</v>
+        <v>13.1</v>
       </c>
     </row>
     <row r="605" spans="1:26">
       <c r="A605" s="6">
         <v>45778.0</v>
       </c>
       <c r="B605">
-        <v>17.47</v>
+        <v>17.37</v>
       </c>
       <c r="C605">
-        <v>12.96</v>
+        <v>13.01</v>
       </c>
       <c r="D605">
-        <v>8.3</v>
+        <v>8.26</v>
       </c>
       <c r="E605">
-        <v>13.59</v>
+        <v>13.62</v>
       </c>
       <c r="F605" t="s">
         <v>14</v>
       </c>
       <c r="G605">
-        <v>13.17</v>
+        <v>13.14</v>
       </c>
     </row>
     <row r="606" spans="1:26">
       <c r="A606" s="6">
         <v>45809.0</v>
       </c>
       <c r="B606">
         <v>17.47</v>
       </c>
       <c r="C606">
-        <v>13.63</v>
+        <v>13.62</v>
       </c>
       <c r="D606">
-        <v>8.86</v>
+        <v>8.87</v>
       </c>
       <c r="E606">
         <v>13.46</v>
       </c>
       <c r="F606" t="s">
         <v>14</v>
       </c>
       <c r="G606">
         <v>13.88</v>
       </c>
     </row>
     <row r="607" spans="1:26">
       <c r="A607" s="6">
         <v>45839.0</v>
       </c>
       <c r="B607">
         <v>17.47</v>
       </c>
       <c r="C607">
         <v>14.15</v>
       </c>
       <c r="D607">
-        <v>9.29</v>
+        <v>9.31</v>
       </c>
       <c r="E607">
         <v>14.27</v>
       </c>
       <c r="F607" t="s">
         <v>14</v>
       </c>
       <c r="G607">
-        <v>14.38</v>
+        <v>14.39</v>
+      </c>
+    </row>
+    <row r="608" spans="1:26">
+      <c r="A608" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B608">
+        <v>17.62</v>
+      </c>
+      <c r="C608">
+        <v>14.04</v>
+      </c>
+      <c r="D608">
+        <v>9.06</v>
+      </c>
+      <c r="E608">
+        <v>14.86</v>
+      </c>
+      <c r="F608" t="s">
+        <v>14</v>
+      </c>
+      <c r="G608">
+        <v>14.26</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -15844,63 +15867,63 @@
       </c>
       <c r="C76">
         <v>12.59</v>
       </c>
       <c r="D76">
         <v>8.04</v>
       </c>
       <c r="E76">
         <v>12.77</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76">
         <v>12.68</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="7">
         <v>2024</v>
       </c>
       <c r="B77">
         <v>16.48</v>
       </c>
       <c r="C77">
-        <v>12.85</v>
+        <v>12.75</v>
       </c>
       <c r="D77">
-        <v>8.15</v>
+        <v>8.13</v>
       </c>
       <c r="E77">
-        <v>12.65</v>
+        <v>12.75</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77">
-        <v>12.99</v>
+        <v>12.94</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>