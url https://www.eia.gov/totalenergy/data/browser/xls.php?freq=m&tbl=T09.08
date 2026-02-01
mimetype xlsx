--- v2 (2025-12-15)
+++ v3 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 9.8 Average Prices of Electricity to Ultimate Customers</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Residential</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Commercial</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Industrial</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Transportation</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Other</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Total</t>
   </si>
@@ -471,54 +471,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z608"/>
+  <dimension ref="A1:Z610"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A608"/>
+      <selection activeCell="A13" sqref="A13:A610"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="79.409" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
@@ -14269,50 +14269,96 @@
       <c r="G607">
         <v>14.39</v>
       </c>
     </row>
     <row r="608" spans="1:26">
       <c r="A608" s="6">
         <v>45870.0</v>
       </c>
       <c r="B608">
         <v>17.62</v>
       </c>
       <c r="C608">
         <v>14.04</v>
       </c>
       <c r="D608">
         <v>9.06</v>
       </c>
       <c r="E608">
         <v>14.86</v>
       </c>
       <c r="F608" t="s">
         <v>14</v>
       </c>
       <c r="G608">
         <v>14.26</v>
+      </c>
+    </row>
+    <row r="609" spans="1:26">
+      <c r="A609" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B609">
+        <v>18.07</v>
+      </c>
+      <c r="C609">
+        <v>14.06</v>
+      </c>
+      <c r="D609">
+        <v>9.02</v>
+      </c>
+      <c r="E609">
+        <v>15.26</v>
+      </c>
+      <c r="F609" t="s">
+        <v>14</v>
+      </c>
+      <c r="G609">
+        <v>14.23</v>
+      </c>
+    </row>
+    <row r="610" spans="1:26">
+      <c r="A610" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B610">
+        <v>17.98</v>
+      </c>
+      <c r="C610">
+        <v>13.41</v>
+      </c>
+      <c r="D610">
+        <v>8.65</v>
+      </c>
+      <c r="E610">
+        <v>13.57</v>
+      </c>
+      <c r="F610" t="s">
+        <v>14</v>
+      </c>
+      <c r="G610">
+        <v>13.63</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>