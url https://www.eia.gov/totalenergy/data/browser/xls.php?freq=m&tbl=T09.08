--- v3 (2026-02-01)
+++ v4 (2026-03-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 9.8 Average Prices of Electricity to Ultimate Customers</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Residential</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Commercial</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Industrial</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Transportation</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Other</t>
   </si>
   <si>
     <t>Average Price of Electricity to Ultimate Customers, Total</t>
   </si>
@@ -471,54 +471,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z610"/>
+  <dimension ref="A1:Z611"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A610"/>
+      <selection activeCell="A13" sqref="A13:A611"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="79.409" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
@@ -14315,50 +14315,73 @@
       <c r="G609">
         <v>14.23</v>
       </c>
     </row>
     <row r="610" spans="1:26">
       <c r="A610" s="6">
         <v>45931.0</v>
       </c>
       <c r="B610">
         <v>17.98</v>
       </c>
       <c r="C610">
         <v>13.41</v>
       </c>
       <c r="D610">
         <v>8.65</v>
       </c>
       <c r="E610">
         <v>13.57</v>
       </c>
       <c r="F610" t="s">
         <v>14</v>
       </c>
       <c r="G610">
         <v>13.63</v>
+      </c>
+    </row>
+    <row r="611" spans="1:26">
+      <c r="A611" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B611">
+        <v>17.78</v>
+      </c>
+      <c r="C611">
+        <v>13.19</v>
+      </c>
+      <c r="D611">
+        <v>8.44</v>
+      </c>
+      <c r="E611">
+        <v>13.64</v>
+      </c>
+      <c r="F611" t="s">
+        <v>14</v>
+      </c>
+      <c r="G611">
+        <v>13.43</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>