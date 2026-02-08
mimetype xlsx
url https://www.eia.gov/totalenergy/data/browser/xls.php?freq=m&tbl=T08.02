--- v0 (2025-12-22)
+++ v1 (2026-02-08)
@@ -17,57 +17,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Annual Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 8.2 Uranium Overview</t>
   </si>
   <si>
     <t>Annual Total</t>
   </si>
   <si>
     <t>Domestic Concentrate Production</t>
   </si>
   <si>
     <t>Purchased Imports</t>
   </si>
   <si>
     <t>Export Sales</t>
   </si>
   <si>
     <t>Electric Plant Purchases from Domestic Suppliers</t>
   </si>
   <si>
     <t>Loaded into U.S. Nuclear Reactors</t>
   </si>
   <si>
     <t>Domestic Suppliers Inventories</t>
   </si>