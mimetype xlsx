--- v1 (2026-02-08)
+++ v2 (2026-03-30)
@@ -17,57 +17,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Annual Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>March 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: March 26, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: April 24, 2026</t>
   </si>
   <si>
     <t>Table 8.2 Uranium Overview</t>
   </si>
   <si>
     <t>Annual Total</t>
   </si>
   <si>
     <t>Domestic Concentrate Production</t>
   </si>
   <si>
     <t>Purchased Imports</t>
   </si>
   <si>
     <t>Export Sales</t>
   </si>
   <si>
     <t>Electric Plant Purchases from Domestic Suppliers</t>
   </si>
   <si>
     <t>Loaded into U.S. Nuclear Reactors</t>
   </si>
   <si>
     <t>Domestic Suppliers Inventories</t>
   </si>