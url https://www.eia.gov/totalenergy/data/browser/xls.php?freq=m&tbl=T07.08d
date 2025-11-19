--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 7.8d Capacity Factors and Usage Factors at Electric Generators: Industrial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Industrial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Petroleum Industrial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Combined Cycle Plants Industrial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Gas Turbine Plants Industrial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Conventional Steam Plants Industrial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Nuclear Industrial Sector Generating Units, Capacity Factor</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z222"/>
+  <dimension ref="A1:Z223"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A222"/>
+      <selection activeCell="A13" sqref="A13:A223"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="112.972" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="92.12" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="88.835" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="96.405" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -10507,50 +10507,97 @@
       <c r="G222" t="s">
         <v>21</v>
       </c>
       <c r="H222">
         <v>49.9</v>
       </c>
       <c r="I222">
         <v>57.1</v>
       </c>
       <c r="J222" t="s">
         <v>21</v>
       </c>
       <c r="K222">
         <v>31</v>
       </c>
       <c r="L222" t="s">
         <v>21</v>
       </c>
       <c r="M222">
         <v>27.4</v>
       </c>
       <c r="N222" t="s">
         <v>21</v>
       </c>
       <c r="O222">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="223" spans="1:26">
+      <c r="A223" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B223">
+        <v>40.9</v>
+      </c>
+      <c r="C223">
+        <v>16.5</v>
+      </c>
+      <c r="D223">
+        <v>69.2</v>
+      </c>
+      <c r="E223">
+        <v>75.7</v>
+      </c>
+      <c r="F223">
+        <v>51.7</v>
+      </c>
+      <c r="G223" t="s">
+        <v>21</v>
+      </c>
+      <c r="H223">
+        <v>46.8</v>
+      </c>
+      <c r="I223">
+        <v>61</v>
+      </c>
+      <c r="J223" t="s">
+        <v>21</v>
+      </c>
+      <c r="K223">
+        <v>31.1</v>
+      </c>
+      <c r="L223" t="s">
+        <v>21</v>
+      </c>
+      <c r="M223">
+        <v>22.6</v>
+      </c>
+      <c r="N223" t="s">
+        <v>21</v>
+      </c>
+      <c r="O223">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>