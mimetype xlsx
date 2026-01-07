--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 7.8d Capacity Factors and Usage Factors at Electric Generators: Industrial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Industrial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Petroleum Industrial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Combined Cycle Plants Industrial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Gas Turbine Plants Industrial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Conventional Steam Plants Industrial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Nuclear Industrial Sector Generating Units, Capacity Factor</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z223"/>
+  <dimension ref="A1:Z225"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A223"/>
+      <selection activeCell="A13" sqref="A13:A225"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="112.972" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="92.12" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="88.835" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="96.405" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -9173,51 +9173,51 @@
       <c r="A194" s="6">
         <v>44958.0</v>
       </c>
       <c r="B194">
         <v>38.8</v>
       </c>
       <c r="C194">
         <v>16.9</v>
       </c>
       <c r="D194">
         <v>67.6</v>
       </c>
       <c r="E194">
         <v>72.5</v>
       </c>
       <c r="F194">
         <v>40.7</v>
       </c>
       <c r="G194" t="s">
         <v>21</v>
       </c>
       <c r="H194">
         <v>61.6</v>
       </c>
       <c r="I194">
-        <v>57.6</v>
+        <v>57.7</v>
       </c>
       <c r="J194" t="s">
         <v>21</v>
       </c>
       <c r="K194">
         <v>15.8</v>
       </c>
       <c r="L194" t="s">
         <v>21</v>
       </c>
       <c r="M194">
         <v>35.1</v>
       </c>
       <c r="N194" t="s">
         <v>21</v>
       </c>
       <c r="O194">
         <v>5.6</v>
       </c>
     </row>
     <row r="195" spans="1:26">
       <c r="A195" s="6">
         <v>44986.0</v>
       </c>
       <c r="B195">
@@ -9314,51 +9314,51 @@
       <c r="A197" s="6">
         <v>45047.0</v>
       </c>
       <c r="B197">
         <v>36.9</v>
       </c>
       <c r="C197">
         <v>14.1</v>
       </c>
       <c r="D197">
         <v>58.9</v>
       </c>
       <c r="E197">
         <v>71.9</v>
       </c>
       <c r="F197">
         <v>41.8</v>
       </c>
       <c r="G197" t="s">
         <v>21</v>
       </c>
       <c r="H197">
         <v>54.4</v>
       </c>
       <c r="I197">
-        <v>54.8</v>
+        <v>54.9</v>
       </c>
       <c r="J197" t="s">
         <v>21</v>
       </c>
       <c r="K197">
         <v>26.6</v>
       </c>
       <c r="L197" t="s">
         <v>21</v>
       </c>
       <c r="M197">
         <v>20.8</v>
       </c>
       <c r="N197" t="s">
         <v>21</v>
       </c>
       <c r="O197">
         <v>2</v>
       </c>
     </row>
     <row r="198" spans="1:26">
       <c r="A198" s="6">
         <v>45078.0</v>
       </c>
       <c r="B198">
@@ -9455,51 +9455,51 @@
       <c r="A200" s="6">
         <v>45139.0</v>
       </c>
       <c r="B200">
         <v>37.5</v>
       </c>
       <c r="C200">
         <v>15.1</v>
       </c>
       <c r="D200">
         <v>68.3</v>
       </c>
       <c r="E200">
         <v>83.6</v>
       </c>
       <c r="F200">
         <v>45.1</v>
       </c>
       <c r="G200" t="s">
         <v>21</v>
       </c>
       <c r="H200">
         <v>36.4</v>
       </c>
       <c r="I200">
-        <v>55.7</v>
+        <v>55.8</v>
       </c>
       <c r="J200" t="s">
         <v>21</v>
       </c>
       <c r="K200">
         <v>25.6</v>
       </c>
       <c r="L200" t="s">
         <v>21</v>
       </c>
       <c r="M200">
         <v>15.3</v>
       </c>
       <c r="N200" t="s">
         <v>21</v>
       </c>
       <c r="O200">
         <v>3.4</v>
       </c>
     </row>
     <row r="201" spans="1:26">
       <c r="A201" s="6">
         <v>45170.0</v>
       </c>
       <c r="B201">
@@ -9596,1008 +9596,1102 @@
       <c r="A203" s="6">
         <v>45231.0</v>
       </c>
       <c r="B203">
         <v>35</v>
       </c>
       <c r="C203">
         <v>13.8</v>
       </c>
       <c r="D203">
         <v>68.8</v>
       </c>
       <c r="E203">
         <v>74.2</v>
       </c>
       <c r="F203">
         <v>47.9</v>
       </c>
       <c r="G203" t="s">
         <v>21</v>
       </c>
       <c r="H203">
         <v>30.1</v>
       </c>
       <c r="I203">
-        <v>58</v>
+        <v>58.1</v>
       </c>
       <c r="J203" t="s">
         <v>21</v>
       </c>
       <c r="K203">
         <v>15.2</v>
       </c>
       <c r="L203" t="s">
         <v>21</v>
       </c>
       <c r="M203">
         <v>30.2</v>
       </c>
       <c r="N203" t="s">
         <v>21</v>
       </c>
       <c r="O203">
         <v>4.1</v>
       </c>
     </row>
     <row r="204" spans="1:26">
       <c r="A204" s="6">
         <v>45261.0</v>
       </c>
       <c r="B204">
         <v>37.1</v>
       </c>
       <c r="C204">
         <v>13.5</v>
       </c>
       <c r="D204">
         <v>70.9</v>
       </c>
       <c r="E204">
         <v>75.2</v>
       </c>
       <c r="F204">
         <v>45.2</v>
       </c>
       <c r="G204" t="s">
         <v>21</v>
       </c>
       <c r="H204">
         <v>46.9</v>
       </c>
       <c r="I204">
-        <v>60.8</v>
+        <v>60.2</v>
       </c>
       <c r="J204" t="s">
         <v>21</v>
       </c>
       <c r="K204">
         <v>11.6</v>
       </c>
       <c r="L204" t="s">
         <v>21</v>
       </c>
       <c r="M204">
         <v>24.8</v>
       </c>
       <c r="N204" t="s">
         <v>21</v>
       </c>
       <c r="O204">
         <v>2.4</v>
       </c>
     </row>
     <row r="205" spans="1:26">
       <c r="A205" s="6">
         <v>45292.0</v>
       </c>
       <c r="B205">
-        <v>37.2</v>
+        <v>37.3</v>
       </c>
       <c r="C205">
-        <v>16.4</v>
+        <v>17.6</v>
       </c>
       <c r="D205">
-        <v>71</v>
+        <v>71.2</v>
       </c>
       <c r="E205">
-        <v>80.8</v>
+        <v>78.8</v>
       </c>
       <c r="F205">
-        <v>50.4</v>
+        <v>50.3</v>
       </c>
       <c r="G205" t="s">
         <v>21</v>
       </c>
       <c r="H205">
-        <v>55.6</v>
+        <v>58.9</v>
       </c>
       <c r="I205">
-        <v>61.4</v>
+        <v>62</v>
       </c>
       <c r="J205" t="s">
         <v>21</v>
       </c>
       <c r="K205">
-        <v>13.1</v>
+        <v>11.4</v>
       </c>
       <c r="L205" t="s">
         <v>21</v>
       </c>
       <c r="M205">
         <v>23.7</v>
       </c>
       <c r="N205" t="s">
         <v>21</v>
       </c>
       <c r="O205">
-        <v>0</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="206" spans="1:26">
       <c r="A206" s="6">
         <v>45323.0</v>
       </c>
       <c r="B206">
         <v>37.5</v>
       </c>
       <c r="C206">
-        <v>15.2</v>
+        <v>19.1</v>
       </c>
       <c r="D206">
-        <v>68.4</v>
+        <v>69.4</v>
       </c>
       <c r="E206">
-        <v>74.7</v>
+        <v>70.3</v>
       </c>
       <c r="F206">
-        <v>47.1</v>
+        <v>49.8</v>
       </c>
       <c r="G206" t="s">
         <v>21</v>
       </c>
       <c r="H206">
-        <v>54.3</v>
+        <v>64.1</v>
       </c>
       <c r="I206">
-        <v>59.9</v>
+        <v>61.9</v>
       </c>
       <c r="J206" t="s">
         <v>21</v>
       </c>
       <c r="K206">
-        <v>17.8</v>
+        <v>16.8</v>
       </c>
       <c r="L206" t="s">
         <v>21</v>
       </c>
       <c r="M206">
-        <v>28.7</v>
+        <v>12.3</v>
       </c>
       <c r="N206" t="s">
         <v>21</v>
       </c>
       <c r="O206">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:26">
       <c r="A207" s="6">
         <v>45352.0</v>
       </c>
       <c r="B207">
-        <v>38.3</v>
+        <v>37.7</v>
       </c>
       <c r="C207">
-        <v>13.8</v>
+        <v>17.9</v>
       </c>
       <c r="D207">
-        <v>61.8</v>
+        <v>63.1</v>
       </c>
       <c r="E207">
-        <v>68.6</v>
+        <v>65.8</v>
       </c>
       <c r="F207">
-        <v>45.6</v>
+        <v>50.6</v>
       </c>
       <c r="G207" t="s">
         <v>21</v>
       </c>
       <c r="H207">
-        <v>53.6</v>
+        <v>59.6</v>
       </c>
       <c r="I207">
-        <v>58.6</v>
+        <v>60.1</v>
       </c>
       <c r="J207" t="s">
         <v>21</v>
       </c>
       <c r="K207">
         <v>20.8</v>
       </c>
       <c r="L207" t="s">
         <v>21</v>
       </c>
       <c r="M207">
-        <v>31.9</v>
+        <v>15.2</v>
       </c>
       <c r="N207" t="s">
         <v>21</v>
       </c>
       <c r="O207">
-        <v>0</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="208" spans="1:26">
       <c r="A208" s="6">
         <v>45383.0</v>
       </c>
       <c r="B208">
-        <v>31.9</v>
+        <v>31.8</v>
       </c>
       <c r="C208">
-        <v>14.5</v>
+        <v>16.2</v>
       </c>
       <c r="D208">
         <v>64.4</v>
       </c>
       <c r="E208">
-        <v>71.6</v>
+        <v>68.9</v>
       </c>
       <c r="F208">
-        <v>44.6</v>
+        <v>47</v>
       </c>
       <c r="G208" t="s">
         <v>21</v>
       </c>
       <c r="H208">
-        <v>48.7</v>
+        <v>61.7</v>
       </c>
       <c r="I208">
-        <v>59.6</v>
+        <v>59.2</v>
       </c>
       <c r="J208" t="s">
         <v>21</v>
       </c>
       <c r="K208">
-        <v>25.3</v>
+        <v>25.5</v>
       </c>
       <c r="L208" t="s">
         <v>21</v>
       </c>
       <c r="M208">
-        <v>31.9</v>
+        <v>18.1</v>
       </c>
       <c r="N208" t="s">
         <v>21</v>
       </c>
       <c r="O208">
-        <v>0</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="209" spans="1:26">
       <c r="A209" s="6">
         <v>45413.0</v>
       </c>
       <c r="B209">
-        <v>35.7</v>
+        <v>36.1</v>
       </c>
       <c r="C209">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D209">
-        <v>60.5</v>
+        <v>60.9</v>
       </c>
       <c r="E209">
-        <v>71.7</v>
+        <v>71</v>
       </c>
       <c r="F209">
-        <v>46.1</v>
+        <v>46.7</v>
       </c>
       <c r="G209" t="s">
         <v>21</v>
       </c>
       <c r="H209">
-        <v>51.6</v>
+        <v>57.1</v>
       </c>
       <c r="I209">
-        <v>59.2</v>
+        <v>59</v>
       </c>
       <c r="J209" t="s">
         <v>21</v>
       </c>
       <c r="K209">
-        <v>27.8</v>
+        <v>29.5</v>
       </c>
       <c r="L209" t="s">
         <v>21</v>
       </c>
       <c r="M209">
-        <v>24.4</v>
+        <v>16.9</v>
       </c>
       <c r="N209" t="s">
         <v>21</v>
       </c>
       <c r="O209">
-        <v>0</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="210" spans="1:26">
       <c r="A210" s="6">
         <v>45444.0</v>
       </c>
       <c r="B210">
-        <v>39</v>
+        <v>38.4</v>
       </c>
       <c r="C210">
-        <v>15.6</v>
+        <v>16</v>
       </c>
       <c r="D210">
-        <v>59.6</v>
+        <v>61.2</v>
       </c>
       <c r="E210">
-        <v>71.4</v>
+        <v>74.2</v>
       </c>
       <c r="F210">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G210" t="s">
         <v>21</v>
       </c>
       <c r="H210">
-        <v>50.4</v>
+        <v>40.4</v>
       </c>
       <c r="I210">
-        <v>57.9</v>
+        <v>58.8</v>
       </c>
       <c r="J210" t="s">
         <v>21</v>
       </c>
       <c r="K210">
         <v>30.4</v>
       </c>
       <c r="L210" t="s">
         <v>21</v>
       </c>
       <c r="M210">
-        <v>24.6</v>
+        <v>17.9</v>
       </c>
       <c r="N210" t="s">
         <v>21</v>
       </c>
       <c r="O210">
-        <v>0</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="211" spans="1:26">
       <c r="A211" s="6">
         <v>45474.0</v>
       </c>
       <c r="B211">
-        <v>39.6</v>
+        <v>39.2</v>
       </c>
       <c r="C211">
-        <v>16.7</v>
+        <v>18.6</v>
       </c>
       <c r="D211">
-        <v>64.3</v>
+        <v>64.8</v>
       </c>
       <c r="E211">
-        <v>75.8</v>
+        <v>80.2</v>
       </c>
       <c r="F211">
-        <v>50.9</v>
+        <v>48.2</v>
       </c>
       <c r="G211" t="s">
         <v>21</v>
       </c>
       <c r="H211">
-        <v>42.5</v>
+        <v>32.4</v>
       </c>
       <c r="I211">
-        <v>58.7</v>
+        <v>60.2</v>
       </c>
       <c r="J211" t="s">
         <v>21</v>
       </c>
       <c r="K211">
-        <v>28.7</v>
+        <v>28.3</v>
       </c>
       <c r="L211" t="s">
         <v>21</v>
       </c>
       <c r="M211">
-        <v>16.5</v>
+        <v>12.5</v>
       </c>
       <c r="N211" t="s">
         <v>21</v>
       </c>
       <c r="O211">
-        <v>0</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="212" spans="1:26">
       <c r="A212" s="6">
         <v>45505.0</v>
       </c>
       <c r="B212">
-        <v>38.5</v>
+        <v>38</v>
       </c>
       <c r="C212">
-        <v>13.7</v>
+        <v>14.5</v>
       </c>
       <c r="D212">
-        <v>71.1</v>
+        <v>71.9</v>
       </c>
       <c r="E212">
-        <v>76.3</v>
+        <v>80.8</v>
       </c>
       <c r="F212">
-        <v>52.2</v>
+        <v>47.1</v>
       </c>
       <c r="G212" t="s">
         <v>21</v>
       </c>
       <c r="H212">
-        <v>48.7</v>
+        <v>34</v>
       </c>
       <c r="I212">
-        <v>60</v>
+        <v>60.2</v>
       </c>
       <c r="J212" t="s">
         <v>21</v>
       </c>
       <c r="K212">
-        <v>28.2</v>
+        <v>27.2</v>
       </c>
       <c r="L212" t="s">
         <v>21</v>
       </c>
       <c r="M212">
-        <v>17.3</v>
+        <v>12.3</v>
       </c>
       <c r="N212" t="s">
         <v>21</v>
       </c>
       <c r="O212">
-        <v>0</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="213" spans="1:26">
       <c r="A213" s="6">
         <v>45536.0</v>
       </c>
       <c r="B213">
-        <v>36.5</v>
+        <v>36.7</v>
       </c>
       <c r="C213">
         <v>13.8</v>
       </c>
       <c r="D213">
-        <v>65.4</v>
+        <v>65.1</v>
       </c>
       <c r="E213">
-        <v>74.2</v>
+        <v>76.4</v>
       </c>
       <c r="F213">
-        <v>48.9</v>
+        <v>42.5</v>
       </c>
       <c r="G213" t="s">
         <v>21</v>
       </c>
       <c r="H213">
-        <v>42.7</v>
+        <v>25</v>
       </c>
       <c r="I213">
-        <v>57.6</v>
+        <v>57.7</v>
       </c>
       <c r="J213" t="s">
         <v>21</v>
       </c>
       <c r="K213">
-        <v>24.1</v>
+        <v>24.3</v>
       </c>
       <c r="L213" t="s">
         <v>21</v>
       </c>
       <c r="M213">
-        <v>19.2</v>
+        <v>15.8</v>
       </c>
       <c r="N213" t="s">
         <v>21</v>
       </c>
       <c r="O213">
-        <v>0</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="214" spans="1:26">
       <c r="A214" s="6">
         <v>45566.0</v>
       </c>
       <c r="B214">
-        <v>35.9</v>
+        <v>36.2</v>
       </c>
       <c r="C214">
-        <v>14.6</v>
+        <v>14.8</v>
       </c>
       <c r="D214">
-        <v>56.1</v>
+        <v>56.2</v>
       </c>
       <c r="E214">
-        <v>67.4</v>
+        <v>68.3</v>
       </c>
       <c r="F214">
-        <v>45.5</v>
+        <v>38</v>
       </c>
       <c r="G214" t="s">
         <v>21</v>
       </c>
       <c r="H214">
-        <v>39</v>
+        <v>41.5</v>
       </c>
       <c r="I214">
-        <v>52.3</v>
+        <v>54.7</v>
       </c>
       <c r="J214" t="s">
         <v>21</v>
       </c>
       <c r="K214">
-        <v>21.9</v>
+        <v>19.9</v>
       </c>
       <c r="L214" t="s">
         <v>21</v>
       </c>
       <c r="M214">
-        <v>25.4</v>
+        <v>21.1</v>
       </c>
       <c r="N214" t="s">
         <v>21</v>
       </c>
       <c r="O214">
-        <v>0</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="215" spans="1:26">
       <c r="A215" s="6">
         <v>45597.0</v>
       </c>
       <c r="B215">
-        <v>38.1</v>
+        <v>38.7</v>
       </c>
       <c r="C215">
-        <v>16.4</v>
+        <v>15.1</v>
       </c>
       <c r="D215">
         <v>62.6</v>
       </c>
       <c r="E215">
-        <v>72.2</v>
+        <v>71.1</v>
       </c>
       <c r="F215">
-        <v>44.9</v>
+        <v>38.5</v>
       </c>
       <c r="G215" t="s">
         <v>21</v>
       </c>
       <c r="H215">
-        <v>43.2</v>
+        <v>35.1</v>
       </c>
       <c r="I215">
-        <v>59.4</v>
+        <v>62.1</v>
       </c>
       <c r="J215" t="s">
         <v>21</v>
       </c>
       <c r="K215">
-        <v>15.4</v>
+        <v>14.5</v>
       </c>
       <c r="L215" t="s">
         <v>21</v>
       </c>
       <c r="M215">
-        <v>27.9</v>
+        <v>27.8</v>
       </c>
       <c r="N215" t="s">
         <v>21</v>
       </c>
       <c r="O215">
-        <v>0</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="216" spans="1:26">
       <c r="A216" s="6">
         <v>45627.0</v>
       </c>
       <c r="B216">
-        <v>40.3</v>
+        <v>41.4</v>
       </c>
       <c r="C216">
-        <v>14.8</v>
+        <v>16.4</v>
       </c>
       <c r="D216">
-        <v>67.7</v>
+        <v>67.6</v>
       </c>
       <c r="E216">
-        <v>82.1</v>
+        <v>78</v>
       </c>
       <c r="F216">
-        <v>47.4</v>
+        <v>46.9</v>
       </c>
       <c r="G216" t="s">
         <v>21</v>
       </c>
       <c r="H216">
-        <v>46.4</v>
+        <v>42.2</v>
       </c>
       <c r="I216">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="J216" t="s">
         <v>21</v>
       </c>
       <c r="K216">
-        <v>13.5</v>
+        <v>11.1</v>
       </c>
       <c r="L216" t="s">
         <v>21</v>
       </c>
       <c r="M216">
-        <v>27.1</v>
+        <v>30.2</v>
       </c>
       <c r="N216" t="s">
         <v>21</v>
       </c>
       <c r="O216">
-        <v>0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="217" spans="1:26">
       <c r="A217" s="6">
         <v>45658.0</v>
       </c>
       <c r="B217">
-        <v>40.5</v>
+        <v>40.6</v>
       </c>
       <c r="C217">
-        <v>18.2</v>
+        <v>21.9</v>
       </c>
       <c r="D217">
-        <v>72.1</v>
+        <v>71.7</v>
       </c>
       <c r="E217">
-        <v>83.3</v>
+        <v>82.6</v>
       </c>
       <c r="F217">
-        <v>49.6</v>
+        <v>46.7</v>
       </c>
       <c r="G217" t="s">
         <v>21</v>
       </c>
       <c r="H217">
-        <v>46</v>
+        <v>44.8</v>
       </c>
       <c r="I217">
-        <v>59.3</v>
+        <v>60.7</v>
       </c>
       <c r="J217" t="s">
         <v>21</v>
       </c>
       <c r="K217">
-        <v>15.7</v>
+        <v>15.6</v>
       </c>
       <c r="L217" t="s">
         <v>21</v>
       </c>
       <c r="M217">
-        <v>30.2</v>
+        <v>26.4</v>
       </c>
       <c r="N217" t="s">
         <v>21</v>
       </c>
       <c r="O217">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:26">
       <c r="A218" s="6">
         <v>45689.0</v>
       </c>
       <c r="B218">
-        <v>40.1</v>
+        <v>40</v>
       </c>
       <c r="C218">
-        <v>14.4</v>
+        <v>13.9</v>
       </c>
       <c r="D218">
-        <v>68.3</v>
+        <v>67.9</v>
       </c>
       <c r="E218">
-        <v>77.1</v>
+        <v>77.4</v>
       </c>
       <c r="F218">
-        <v>48.3</v>
+        <v>47</v>
       </c>
       <c r="G218" t="s">
         <v>21</v>
       </c>
       <c r="H218">
-        <v>46.3</v>
+        <v>46.6</v>
       </c>
       <c r="I218">
-        <v>60.7</v>
+        <v>61.7</v>
       </c>
       <c r="J218" t="s">
         <v>21</v>
       </c>
       <c r="K218">
-        <v>18.3</v>
+        <v>17.9</v>
       </c>
       <c r="L218" t="s">
         <v>21</v>
       </c>
       <c r="M218">
-        <v>27.7</v>
+        <v>25.6</v>
       </c>
       <c r="N218" t="s">
         <v>21</v>
       </c>
       <c r="O218">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:26">
       <c r="A219" s="6">
         <v>45717.0</v>
       </c>
       <c r="B219">
         <v>38.6</v>
       </c>
       <c r="C219">
-        <v>15.5</v>
+        <v>19.4</v>
       </c>
       <c r="D219">
-        <v>67.7</v>
+        <v>67.8</v>
       </c>
       <c r="E219">
-        <v>74.3</v>
+        <v>73.6</v>
       </c>
       <c r="F219">
         <v>46.2</v>
       </c>
       <c r="G219" t="s">
         <v>21</v>
       </c>
       <c r="H219">
-        <v>51.9</v>
+        <v>51.1</v>
       </c>
       <c r="I219">
-        <v>58.5</v>
+        <v>59.1</v>
       </c>
       <c r="J219" t="s">
         <v>21</v>
       </c>
       <c r="K219">
-        <v>22.9</v>
+        <v>22.4</v>
       </c>
       <c r="L219" t="s">
         <v>21</v>
       </c>
       <c r="M219">
-        <v>36.5</v>
+        <v>31.7</v>
       </c>
       <c r="N219" t="s">
         <v>21</v>
       </c>
       <c r="O219">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:26">
       <c r="A220" s="6">
         <v>45748.0</v>
       </c>
       <c r="B220">
-        <v>34.7</v>
+        <v>34.9</v>
       </c>
       <c r="C220">
-        <v>14.5</v>
+        <v>16.5</v>
       </c>
       <c r="D220">
-        <v>66.4</v>
+        <v>66</v>
       </c>
       <c r="E220">
-        <v>68.7</v>
+        <v>68.5</v>
       </c>
       <c r="F220">
         <v>46.5</v>
       </c>
       <c r="G220" t="s">
         <v>21</v>
       </c>
       <c r="H220">
-        <v>48.5</v>
+        <v>47.5</v>
       </c>
       <c r="I220">
-        <v>55.7</v>
+        <v>56.6</v>
       </c>
       <c r="J220" t="s">
         <v>21</v>
       </c>
       <c r="K220">
-        <v>27</v>
+        <v>26.5</v>
       </c>
       <c r="L220" t="s">
         <v>21</v>
       </c>
       <c r="M220">
-        <v>33.6</v>
+        <v>28.6</v>
       </c>
       <c r="N220" t="s">
         <v>21</v>
       </c>
       <c r="O220">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:26">
       <c r="A221" s="6">
         <v>45778.0</v>
       </c>
       <c r="B221">
-        <v>33</v>
+        <v>33.3</v>
       </c>
       <c r="C221">
-        <v>14.3</v>
+        <v>17.8</v>
       </c>
       <c r="D221">
-        <v>67.1</v>
+        <v>66.7</v>
       </c>
       <c r="E221">
-        <v>67.1</v>
+        <v>66.8</v>
       </c>
       <c r="F221">
-        <v>44.2</v>
+        <v>43.2</v>
       </c>
       <c r="G221" t="s">
         <v>21</v>
       </c>
       <c r="H221">
-        <v>53.4</v>
+        <v>52</v>
       </c>
       <c r="I221">
-        <v>56.2</v>
+        <v>57.6</v>
       </c>
       <c r="J221" t="s">
         <v>21</v>
       </c>
       <c r="K221">
-        <v>28.4</v>
+        <v>27.9</v>
       </c>
       <c r="L221" t="s">
         <v>21</v>
       </c>
       <c r="M221">
-        <v>27.1</v>
+        <v>23.9</v>
       </c>
       <c r="N221" t="s">
         <v>21</v>
       </c>
       <c r="O221">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:26">
       <c r="A222" s="6">
         <v>45809.0</v>
       </c>
       <c r="B222">
-        <v>40.8</v>
+        <v>40.9</v>
       </c>
       <c r="C222">
-        <v>16.4</v>
+        <v>20.2</v>
       </c>
       <c r="D222">
-        <v>68.2</v>
+        <v>67.9</v>
       </c>
       <c r="E222">
-        <v>71.5</v>
+        <v>70.7</v>
       </c>
       <c r="F222">
-        <v>47.7</v>
+        <v>46.1</v>
       </c>
       <c r="G222" t="s">
         <v>21</v>
       </c>
       <c r="H222">
-        <v>49.9</v>
+        <v>48.5</v>
       </c>
       <c r="I222">
-        <v>57.1</v>
+        <v>58.6</v>
       </c>
       <c r="J222" t="s">
         <v>21</v>
       </c>
       <c r="K222">
-        <v>31</v>
+        <v>30.7</v>
       </c>
       <c r="L222" t="s">
         <v>21</v>
       </c>
       <c r="M222">
-        <v>27.4</v>
+        <v>24.7</v>
       </c>
       <c r="N222" t="s">
         <v>21</v>
       </c>
       <c r="O222">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:26">
       <c r="A223" s="6">
         <v>45839.0</v>
       </c>
       <c r="B223">
-        <v>40.9</v>
+        <v>41</v>
       </c>
       <c r="C223">
-        <v>16.5</v>
+        <v>13.5</v>
       </c>
       <c r="D223">
-        <v>69.2</v>
+        <v>68.7</v>
       </c>
       <c r="E223">
-        <v>75.7</v>
+        <v>75.1</v>
       </c>
       <c r="F223">
-        <v>51.7</v>
+        <v>49.5</v>
       </c>
       <c r="G223" t="s">
         <v>21</v>
       </c>
       <c r="H223">
-        <v>46.8</v>
+        <v>45.4</v>
       </c>
       <c r="I223">
         <v>61</v>
       </c>
       <c r="J223" t="s">
         <v>21</v>
       </c>
       <c r="K223">
-        <v>31.1</v>
+        <v>30.8</v>
       </c>
       <c r="L223" t="s">
         <v>21</v>
       </c>
       <c r="M223">
-        <v>22.6</v>
+        <v>20.4</v>
       </c>
       <c r="N223" t="s">
         <v>21</v>
       </c>
       <c r="O223">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="224" spans="1:26">
+      <c r="A224" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B224">
+        <v>39.3</v>
+      </c>
+      <c r="C224">
+        <v>22.3</v>
+      </c>
+      <c r="D224">
+        <v>69.8</v>
+      </c>
+      <c r="E224">
+        <v>76.5</v>
+      </c>
+      <c r="F224">
+        <v>46</v>
+      </c>
+      <c r="G224" t="s">
+        <v>21</v>
+      </c>
+      <c r="H224">
+        <v>42.3</v>
+      </c>
+      <c r="I224">
+        <v>59.9</v>
+      </c>
+      <c r="J224" t="s">
+        <v>21</v>
+      </c>
+      <c r="K224">
+        <v>28.7</v>
+      </c>
+      <c r="L224" t="s">
+        <v>21</v>
+      </c>
+      <c r="M224">
+        <v>17.4</v>
+      </c>
+      <c r="N224" t="s">
+        <v>21</v>
+      </c>
+      <c r="O224">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="225" spans="1:26">
+      <c r="A225" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B225">
+        <v>36.6</v>
+      </c>
+      <c r="C225">
+        <v>17.9</v>
+      </c>
+      <c r="D225">
+        <v>68.3</v>
+      </c>
+      <c r="E225">
+        <v>76.5</v>
+      </c>
+      <c r="F225">
+        <v>45.1</v>
+      </c>
+      <c r="G225" t="s">
+        <v>21</v>
+      </c>
+      <c r="H225">
+        <v>37.7</v>
+      </c>
+      <c r="I225">
+        <v>59.2</v>
+      </c>
+      <c r="J225" t="s">
+        <v>21</v>
+      </c>
+      <c r="K225">
+        <v>26.1</v>
+      </c>
+      <c r="L225" t="s">
+        <v>21</v>
+      </c>
+      <c r="M225">
+        <v>15.4</v>
+      </c>
+      <c r="N225" t="s">
+        <v>21</v>
+      </c>
+      <c r="O225">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -11489,87 +11583,87 @@
       </c>
       <c r="K28">
         <v>20.7</v>
       </c>
       <c r="L28" t="s">
         <v>21</v>
       </c>
       <c r="M28">
         <v>22.7</v>
       </c>
       <c r="N28" t="s">
         <v>21</v>
       </c>
       <c r="O28">
         <v>4.1</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="7">
         <v>2024</v>
       </c>
       <c r="B29">
         <v>37.4</v>
       </c>
       <c r="C29">
-        <v>14.9</v>
+        <v>16.2</v>
       </c>
       <c r="D29">
-        <v>64.4</v>
+        <v>64.9</v>
       </c>
       <c r="E29">
-        <v>73.9</v>
+        <v>73.7</v>
       </c>
       <c r="F29">
-        <v>47.8</v>
+        <v>46.4</v>
       </c>
       <c r="G29" t="s">
         <v>21</v>
       </c>
       <c r="H29">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="I29">
-        <v>58.7</v>
+        <v>59.8</v>
       </c>
       <c r="J29" t="s">
         <v>21</v>
       </c>
       <c r="K29">
-        <v>22.3</v>
+        <v>21.6</v>
       </c>
       <c r="L29" t="s">
         <v>21</v>
       </c>
       <c r="M29">
-        <v>24.9</v>
+        <v>19.1</v>
       </c>
       <c r="N29" t="s">
         <v>21</v>
       </c>
       <c r="O29">
-        <v>0</v>
+        <v>0.8</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>