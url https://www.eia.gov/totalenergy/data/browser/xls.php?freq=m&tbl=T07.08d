--- v2 (2026-01-07)
+++ v3 (2026-02-22)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.8d Capacity Factors and Usage Factors at Electric Generators: Industrial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Industrial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Petroleum Industrial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Combined Cycle Plants Industrial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Gas Turbine Plants Industrial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Conventional Steam Plants Industrial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Nuclear Industrial Sector Generating Units, Capacity Factor</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z225"/>
+  <dimension ref="A1:Z226"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A225"/>
+      <selection activeCell="A13" sqref="A13:A226"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="112.972" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="92.12" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="88.835" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="96.405" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -10648,50 +10648,97 @@
       <c r="G225" t="s">
         <v>21</v>
       </c>
       <c r="H225">
         <v>37.7</v>
       </c>
       <c r="I225">
         <v>59.2</v>
       </c>
       <c r="J225" t="s">
         <v>21</v>
       </c>
       <c r="K225">
         <v>26.1</v>
       </c>
       <c r="L225" t="s">
         <v>21</v>
       </c>
       <c r="M225">
         <v>15.4</v>
       </c>
       <c r="N225" t="s">
         <v>21</v>
       </c>
       <c r="O225">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="226" spans="1:26">
+      <c r="A226" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B226">
+        <v>36.4</v>
+      </c>
+      <c r="C226">
+        <v>17.9</v>
+      </c>
+      <c r="D226">
+        <v>65.9</v>
+      </c>
+      <c r="E226">
+        <v>70.5</v>
+      </c>
+      <c r="F226">
+        <v>43.1</v>
+      </c>
+      <c r="G226" t="s">
+        <v>21</v>
+      </c>
+      <c r="H226">
+        <v>36.9</v>
+      </c>
+      <c r="I226">
+        <v>56.3</v>
+      </c>
+      <c r="J226" t="s">
+        <v>21</v>
+      </c>
+      <c r="K226">
+        <v>23.9</v>
+      </c>
+      <c r="L226" t="s">
+        <v>21</v>
+      </c>
+      <c r="M226">
+        <v>22.1</v>
+      </c>
+      <c r="N226" t="s">
+        <v>21</v>
+      </c>
+      <c r="O226">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>