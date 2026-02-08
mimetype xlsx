--- v0 (2025-12-22)
+++ v1 (2026-02-08)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.8c Capacity Factors and Usage Factors at Electric Generators: Commercial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Commercial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Petroleum Commercial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Combined Cycle Plants Commercial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Gas Turbine Plants Commercial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Conventional Steam Plants Commercial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Nuclear Commercial Sector Generating Units, Capacity Factor</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z224"/>
+  <dimension ref="A1:Z226"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A224"/>
+      <selection activeCell="A13" sqref="A13:A226"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="112.972" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="92.12" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="88.835" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="96.405" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -10602,50 +10602,144 @@
         <v>21</v>
       </c>
       <c r="H224">
         <v>47.4</v>
       </c>
       <c r="I224">
         <v>59.3</v>
       </c>
       <c r="J224" t="s">
         <v>21</v>
       </c>
       <c r="K224">
         <v>22.1</v>
       </c>
       <c r="L224" t="s">
         <v>21</v>
       </c>
       <c r="M224">
         <v>15</v>
       </c>
       <c r="N224" t="s">
         <v>21</v>
       </c>
       <c r="O224">
         <v>0.1</v>
+      </c>
+    </row>
+    <row r="225" spans="1:26">
+      <c r="A225" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B225">
+        <v>41</v>
+      </c>
+      <c r="C225">
+        <v>0.3</v>
+      </c>
+      <c r="D225">
+        <v>51.1</v>
+      </c>
+      <c r="E225">
+        <v>49.1</v>
+      </c>
+      <c r="F225">
+        <v>23.8</v>
+      </c>
+      <c r="G225" t="s">
+        <v>21</v>
+      </c>
+      <c r="H225">
+        <v>33.7</v>
+      </c>
+      <c r="I225">
+        <v>55.9</v>
+      </c>
+      <c r="J225" t="s">
+        <v>21</v>
+      </c>
+      <c r="K225">
+        <v>20.2</v>
+      </c>
+      <c r="L225" t="s">
+        <v>21</v>
+      </c>
+      <c r="M225">
+        <v>14.9</v>
+      </c>
+      <c r="N225" t="s">
+        <v>21</v>
+      </c>
+      <c r="O225">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="226" spans="1:26">
+      <c r="A226" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B226">
+        <v>40.7</v>
+      </c>
+      <c r="C226">
+        <v>0.6</v>
+      </c>
+      <c r="D226">
+        <v>48.4</v>
+      </c>
+      <c r="E226">
+        <v>42.5</v>
+      </c>
+      <c r="F226">
+        <v>25.3</v>
+      </c>
+      <c r="G226" t="s">
+        <v>21</v>
+      </c>
+      <c r="H226">
+        <v>36.6</v>
+      </c>
+      <c r="I226">
+        <v>58.9</v>
+      </c>
+      <c r="J226" t="s">
+        <v>21</v>
+      </c>
+      <c r="K226">
+        <v>16.8</v>
+      </c>
+      <c r="L226" t="s">
+        <v>21</v>
+      </c>
+      <c r="M226">
+        <v>27.3</v>
+      </c>
+      <c r="N226" t="s">
+        <v>21</v>
+      </c>
+      <c r="O226">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>