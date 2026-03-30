--- v1 (2026-02-08)
+++ v2 (2026-03-30)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>March 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: March 26, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: April 24, 2026</t>
   </si>
   <si>
     <t>Table 7.8c Capacity Factors and Usage Factors at Electric Generators: Commercial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Commercial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Petroleum Commercial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Combined Cycle Plants Commercial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Gas Turbine Plants Commercial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Conventional Steam Plants Commercial Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Nuclear Commercial Sector Generating Units, Capacity Factor</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z226"/>
+  <dimension ref="A1:Z228"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A226"/>
+      <selection activeCell="A13" sqref="A13:A228"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="112.972" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="92.12" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="88.835" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="96.405" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -10242,534 +10242,628 @@
       </c>
       <c r="M216">
         <v>25.2</v>
       </c>
       <c r="N216" t="s">
         <v>21</v>
       </c>
       <c r="O216">
         <v>3.2</v>
       </c>
     </row>
     <row r="217" spans="1:26">
       <c r="A217" s="6">
         <v>45658.0</v>
       </c>
       <c r="B217">
         <v>40.4</v>
       </c>
       <c r="C217">
         <v>0.4</v>
       </c>
       <c r="D217">
         <v>45.1</v>
       </c>
       <c r="E217">
-        <v>50.3</v>
+        <v>50.1</v>
       </c>
       <c r="F217">
-        <v>29.2</v>
+        <v>29.1</v>
       </c>
       <c r="G217" t="s">
         <v>21</v>
       </c>
       <c r="H217">
-        <v>51.6</v>
+        <v>49.1</v>
       </c>
       <c r="I217">
         <v>57.4</v>
       </c>
       <c r="J217" t="s">
         <v>21</v>
       </c>
       <c r="K217">
         <v>11.5</v>
       </c>
       <c r="L217" t="s">
         <v>21</v>
       </c>
       <c r="M217">
         <v>26.9</v>
       </c>
       <c r="N217" t="s">
         <v>21</v>
       </c>
       <c r="O217">
         <v>0.4</v>
       </c>
     </row>
     <row r="218" spans="1:26">
       <c r="A218" s="6">
         <v>45689.0</v>
       </c>
       <c r="B218">
         <v>38.3</v>
       </c>
       <c r="C218">
         <v>0.3</v>
       </c>
       <c r="D218">
         <v>40.9</v>
       </c>
       <c r="E218">
-        <v>50.3</v>
+        <v>50.1</v>
       </c>
       <c r="F218">
         <v>27.3</v>
       </c>
       <c r="G218" t="s">
         <v>21</v>
       </c>
       <c r="H218">
-        <v>46.6</v>
+        <v>44.5</v>
       </c>
       <c r="I218">
         <v>61.2</v>
       </c>
       <c r="J218" t="s">
         <v>21</v>
       </c>
       <c r="K218">
-        <v>13</v>
+        <v>13.1</v>
       </c>
       <c r="L218" t="s">
         <v>21</v>
       </c>
       <c r="M218">
         <v>23.7</v>
       </c>
       <c r="N218" t="s">
         <v>21</v>
       </c>
       <c r="O218">
         <v>0.3</v>
       </c>
     </row>
     <row r="219" spans="1:26">
       <c r="A219" s="6">
         <v>45717.0</v>
       </c>
       <c r="B219">
         <v>30.3</v>
       </c>
       <c r="C219">
         <v>0.3</v>
       </c>
       <c r="D219">
         <v>40.3</v>
       </c>
       <c r="E219">
-        <v>47.6</v>
+        <v>47.4</v>
       </c>
       <c r="F219">
         <v>22.5</v>
       </c>
       <c r="G219" t="s">
         <v>21</v>
       </c>
       <c r="H219">
-        <v>44.4</v>
+        <v>42.6</v>
       </c>
       <c r="I219">
-        <v>57.2</v>
+        <v>57.3</v>
       </c>
       <c r="J219" t="s">
         <v>21</v>
       </c>
       <c r="K219">
-        <v>17.5</v>
+        <v>18.1</v>
       </c>
       <c r="L219" t="s">
         <v>21</v>
       </c>
       <c r="M219">
         <v>26.6</v>
       </c>
       <c r="N219" t="s">
         <v>21</v>
       </c>
       <c r="O219">
         <v>0.2</v>
       </c>
     </row>
     <row r="220" spans="1:26">
       <c r="A220" s="6">
         <v>45748.0</v>
       </c>
       <c r="B220">
         <v>34.1</v>
       </c>
       <c r="C220">
         <v>0.3</v>
       </c>
       <c r="D220">
         <v>38</v>
       </c>
       <c r="E220">
-        <v>39.6</v>
+        <v>39.5</v>
       </c>
       <c r="F220">
-        <v>18.9</v>
+        <v>18.8</v>
       </c>
       <c r="G220" t="s">
         <v>21</v>
       </c>
       <c r="H220">
-        <v>56.7</v>
+        <v>54.5</v>
       </c>
       <c r="I220">
-        <v>56.1</v>
+        <v>56.2</v>
       </c>
       <c r="J220" t="s">
         <v>21</v>
       </c>
       <c r="K220">
-        <v>19.6</v>
+        <v>20.6</v>
       </c>
       <c r="L220" t="s">
         <v>21</v>
       </c>
       <c r="M220">
         <v>25.5</v>
       </c>
       <c r="N220" t="s">
         <v>21</v>
       </c>
       <c r="O220">
-        <v>0.1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:26">
       <c r="A221" s="6">
         <v>45778.0</v>
       </c>
       <c r="B221">
         <v>42.5</v>
       </c>
       <c r="C221">
         <v>0.3</v>
       </c>
       <c r="D221">
-        <v>35.6</v>
+        <v>35.7</v>
       </c>
       <c r="E221">
-        <v>40.5</v>
+        <v>40.3</v>
       </c>
       <c r="F221">
-        <v>18.9</v>
+        <v>18.7</v>
       </c>
       <c r="G221" t="s">
         <v>21</v>
       </c>
       <c r="H221">
-        <v>52.7</v>
+        <v>50.9</v>
       </c>
       <c r="I221">
-        <v>52.4</v>
+        <v>52.5</v>
       </c>
       <c r="J221" t="s">
         <v>21</v>
       </c>
       <c r="K221">
-        <v>19.9</v>
+        <v>20.8</v>
       </c>
       <c r="L221" t="s">
         <v>21</v>
       </c>
       <c r="M221">
         <v>20</v>
       </c>
       <c r="N221" t="s">
         <v>21</v>
       </c>
       <c r="O221">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:26">
       <c r="A222" s="6">
         <v>45809.0</v>
       </c>
       <c r="B222">
         <v>23.6</v>
       </c>
       <c r="C222">
         <v>0.5</v>
       </c>
       <c r="D222">
         <v>49.3</v>
       </c>
       <c r="E222">
-        <v>49.3</v>
+        <v>49.1</v>
       </c>
       <c r="F222">
-        <v>22.4</v>
+        <v>22.6</v>
       </c>
       <c r="G222" t="s">
         <v>21</v>
       </c>
       <c r="H222">
-        <v>50.1</v>
+        <v>48.2</v>
       </c>
       <c r="I222">
-        <v>57.4</v>
+        <v>57.5</v>
       </c>
       <c r="J222" t="s">
         <v>21</v>
       </c>
       <c r="K222">
-        <v>22.7</v>
+        <v>23.6</v>
       </c>
       <c r="L222" t="s">
         <v>21</v>
       </c>
       <c r="M222">
         <v>16.9</v>
       </c>
       <c r="N222" t="s">
         <v>21</v>
       </c>
       <c r="O222">
         <v>0.2</v>
       </c>
     </row>
     <row r="223" spans="1:26">
       <c r="A223" s="6">
         <v>45839.0</v>
       </c>
       <c r="B223">
         <v>39</v>
       </c>
       <c r="C223">
         <v>0.7</v>
       </c>
       <c r="D223">
         <v>51.9</v>
       </c>
       <c r="E223">
-        <v>54.5</v>
+        <v>54.3</v>
       </c>
       <c r="F223">
-        <v>26.1</v>
+        <v>28.9</v>
       </c>
       <c r="G223" t="s">
         <v>21</v>
       </c>
       <c r="H223">
-        <v>43.2</v>
+        <v>41.4</v>
       </c>
       <c r="I223">
         <v>57.8</v>
       </c>
       <c r="J223" t="s">
         <v>21</v>
       </c>
       <c r="K223">
-        <v>23</v>
+        <v>23.7</v>
       </c>
       <c r="L223" t="s">
         <v>21</v>
       </c>
       <c r="M223">
         <v>14.8</v>
       </c>
       <c r="N223" t="s">
         <v>21</v>
       </c>
       <c r="O223">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="224" spans="1:26">
       <c r="A224" s="6">
         <v>45870.0</v>
       </c>
       <c r="B224">
         <v>33.8</v>
       </c>
       <c r="C224">
         <v>0.3</v>
       </c>
       <c r="D224">
         <v>51.9</v>
       </c>
       <c r="E224">
-        <v>52.8</v>
+        <v>52.6</v>
       </c>
       <c r="F224">
-        <v>21.6</v>
+        <v>25.6</v>
       </c>
       <c r="G224" t="s">
         <v>21</v>
       </c>
       <c r="H224">
-        <v>47.4</v>
+        <v>45.6</v>
       </c>
       <c r="I224">
         <v>59.3</v>
       </c>
       <c r="J224" t="s">
         <v>21</v>
       </c>
       <c r="K224">
-        <v>22.1</v>
+        <v>22.6</v>
       </c>
       <c r="L224" t="s">
         <v>21</v>
       </c>
       <c r="M224">
-        <v>15</v>
+        <v>15.9</v>
       </c>
       <c r="N224" t="s">
         <v>21</v>
       </c>
       <c r="O224">
-        <v>0.1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:26">
       <c r="A225" s="6">
         <v>45901.0</v>
       </c>
       <c r="B225">
         <v>41</v>
       </c>
       <c r="C225">
         <v>0.3</v>
       </c>
       <c r="D225">
-        <v>51.1</v>
+        <v>51</v>
       </c>
       <c r="E225">
-        <v>49.1</v>
+        <v>49</v>
       </c>
       <c r="F225">
-        <v>23.8</v>
+        <v>23.6</v>
       </c>
       <c r="G225" t="s">
         <v>21</v>
       </c>
       <c r="H225">
-        <v>33.7</v>
+        <v>31.6</v>
       </c>
       <c r="I225">
         <v>55.9</v>
       </c>
       <c r="J225" t="s">
         <v>21</v>
       </c>
       <c r="K225">
-        <v>20.2</v>
+        <v>20.7</v>
       </c>
       <c r="L225" t="s">
         <v>21</v>
       </c>
       <c r="M225">
-        <v>14.9</v>
+        <v>16.1</v>
       </c>
       <c r="N225" t="s">
         <v>21</v>
       </c>
       <c r="O225">
-        <v>0.1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:26">
       <c r="A226" s="6">
         <v>45931.0</v>
       </c>
       <c r="B226">
         <v>40.7</v>
       </c>
       <c r="C226">
         <v>0.6</v>
       </c>
       <c r="D226">
         <v>48.4</v>
       </c>
       <c r="E226">
-        <v>42.5</v>
+        <v>42.3</v>
       </c>
       <c r="F226">
-        <v>25.3</v>
+        <v>25.4</v>
       </c>
       <c r="G226" t="s">
         <v>21</v>
       </c>
       <c r="H226">
+        <v>34.9</v>
+      </c>
+      <c r="I226">
+        <v>59</v>
+      </c>
+      <c r="J226" t="s">
+        <v>21</v>
+      </c>
+      <c r="K226">
+        <v>16.9</v>
+      </c>
+      <c r="L226" t="s">
+        <v>21</v>
+      </c>
+      <c r="M226">
+        <v>28.7</v>
+      </c>
+      <c r="N226" t="s">
+        <v>21</v>
+      </c>
+      <c r="O226">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="227" spans="1:26">
+      <c r="A227" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B227">
+        <v>40</v>
+      </c>
+      <c r="C227">
+        <v>0.3</v>
+      </c>
+      <c r="D227">
+        <v>46.5</v>
+      </c>
+      <c r="E227">
+        <v>51.2</v>
+      </c>
+      <c r="F227">
+        <v>25.2</v>
+      </c>
+      <c r="G227" t="s">
+        <v>21</v>
+      </c>
+      <c r="H227">
+        <v>42.9</v>
+      </c>
+      <c r="I227">
+        <v>59.3</v>
+      </c>
+      <c r="J227" t="s">
+        <v>21</v>
+      </c>
+      <c r="K227">
+        <v>14.4</v>
+      </c>
+      <c r="L227" t="s">
+        <v>21</v>
+      </c>
+      <c r="M227">
+        <v>29.3</v>
+      </c>
+      <c r="N227" t="s">
+        <v>21</v>
+      </c>
+      <c r="O227">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="228" spans="1:26">
+      <c r="A228" s="6">
+        <v>45992.0</v>
+      </c>
+      <c r="B228">
         <v>36.6</v>
       </c>
-      <c r="I226">
-[...17 lines deleted...]
-      <c r="O226">
+      <c r="C228">
+        <v>0.3</v>
+      </c>
+      <c r="D228">
+        <v>45.5</v>
+      </c>
+      <c r="E228">
+        <v>50.9</v>
+      </c>
+      <c r="F228">
+        <v>26.2</v>
+      </c>
+      <c r="G228" t="s">
+        <v>21</v>
+      </c>
+      <c r="H228">
+        <v>54.2</v>
+      </c>
+      <c r="I228">
+        <v>58.7</v>
+      </c>
+      <c r="J228" t="s">
+        <v>21</v>
+      </c>
+      <c r="K228">
+        <v>10.1</v>
+      </c>
+      <c r="L228" t="s">
+        <v>21</v>
+      </c>
+      <c r="M228">
+        <v>32.3</v>
+      </c>
+      <c r="N228" t="s">
+        <v>21</v>
+      </c>
+      <c r="O228">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z29"/>
+  <dimension ref="A1:Z30"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A29"/>
+      <selection activeCell="A13" sqref="A13:A30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="112.972" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="92.12" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="88.835" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="96.405" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -11667,50 +11761,85 @@
         <v>21</v>
       </c>
       <c r="H29">
         <v>41.1</v>
       </c>
       <c r="I29">
         <v>58.1</v>
       </c>
       <c r="J29" t="s">
         <v>21</v>
       </c>
       <c r="K29">
         <v>15</v>
       </c>
       <c r="L29" t="s">
         <v>21</v>
       </c>
       <c r="M29">
         <v>21.9</v>
       </c>
       <c r="N29" t="s">
         <v>21</v>
       </c>
       <c r="O29">
         <v>4.3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26">
+      <c r="A30" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B30">
+        <v>36.7</v>
+      </c>
+      <c r="C30">
+        <v>0.4</v>
+      </c>
+      <c r="D30">
+        <v>45.4</v>
+      </c>
+      <c r="E30">
+        <v>48.1</v>
+      </c>
+      <c r="F30">
+        <v>24.5</v>
+      </c>
+      <c r="H30">
+        <v>45.1</v>
+      </c>
+      <c r="I30">
+        <v>57.7</v>
+      </c>
+      <c r="K30">
+        <v>18</v>
+      </c>
+      <c r="M30">
+        <v>23.1</v>
+      </c>
+      <c r="O30">
+        <v>0.1</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>