--- v0 (2025-10-04)
+++ v1 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 7.8b Capacity Factors and Usage Factors at Electric Generators: Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Petroleum Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t xml:space="preserve">Natural Gas Combined Cycle Plants Electric Power Sector Generating Units, Capacity Factor </t>
   </si>
   <si>
     <t>Natural Gas Gas Turbine Plants Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Conventional Steam Plants Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Nuclear Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z222"/>
+  <dimension ref="A1:Z225"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A222"/>
+      <selection activeCell="A13" sqref="A13:A225"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="118.114" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="100.69" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="80.266" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="87.836" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -9220,83 +9220,83 @@
       <c r="A195" s="6">
         <v>44986.0</v>
       </c>
       <c r="B195">
         <v>36.2</v>
       </c>
       <c r="C195">
         <v>3.5</v>
       </c>
       <c r="D195">
         <v>53.3</v>
       </c>
       <c r="E195">
         <v>7.4</v>
       </c>
       <c r="F195">
         <v>10.5</v>
       </c>
       <c r="G195">
         <v>89.3</v>
       </c>
       <c r="H195">
         <v>35.8</v>
       </c>
       <c r="I195">
-        <v>55.2</v>
+        <v>55.1</v>
       </c>
       <c r="J195">
         <v>73.2</v>
       </c>
       <c r="K195">
         <v>21.5</v>
       </c>
       <c r="L195">
         <v>14</v>
       </c>
       <c r="M195">
         <v>40.6</v>
       </c>
       <c r="N195">
         <v>9.2</v>
       </c>
       <c r="O195">
         <v>7</v>
       </c>
     </row>
     <row r="196" spans="1:26">
       <c r="A196" s="6">
         <v>45017.0</v>
       </c>
       <c r="B196">
         <v>30.5</v>
       </c>
       <c r="C196">
         <v>3.5</v>
       </c>
       <c r="D196">
-        <v>47.7</v>
+        <v>47.8</v>
       </c>
       <c r="E196">
         <v>8.5</v>
       </c>
       <c r="F196">
         <v>12.5</v>
       </c>
       <c r="G196">
         <v>83.2</v>
       </c>
       <c r="H196">
         <v>34.3</v>
       </c>
       <c r="I196">
         <v>48.9</v>
       </c>
       <c r="J196">
         <v>70.6</v>
       </c>
       <c r="K196">
         <v>26.9</v>
       </c>
       <c r="L196">
         <v>27.8</v>
       </c>
@@ -9534,51 +9534,51 @@
       </c>
       <c r="L201">
         <v>27.7</v>
       </c>
       <c r="M201">
         <v>27.1</v>
       </c>
       <c r="N201">
         <v>13.3</v>
       </c>
       <c r="O201">
         <v>6.3</v>
       </c>
     </row>
     <row r="202" spans="1:26">
       <c r="A202" s="6">
         <v>45200.0</v>
       </c>
       <c r="B202">
         <v>38.6</v>
       </c>
       <c r="C202">
         <v>3.6</v>
       </c>
       <c r="D202">
-        <v>53.4</v>
+        <v>53.5</v>
       </c>
       <c r="E202">
         <v>9.6</v>
       </c>
       <c r="F202">
         <v>15.4</v>
       </c>
       <c r="G202">
         <v>86.3</v>
       </c>
       <c r="H202">
         <v>26.3</v>
       </c>
       <c r="I202">
         <v>49.6</v>
       </c>
       <c r="J202">
         <v>70.4</v>
       </c>
       <c r="K202">
         <v>22</v>
       </c>
       <c r="L202">
         <v>26.1</v>
       </c>
@@ -9643,915 +9643,1056 @@
       <c r="A204" s="6">
         <v>45261.0</v>
       </c>
       <c r="B204">
         <v>42.3</v>
       </c>
       <c r="C204">
         <v>3.2</v>
       </c>
       <c r="D204">
         <v>59.8</v>
       </c>
       <c r="E204">
         <v>6.7</v>
       </c>
       <c r="F204">
         <v>9.6</v>
       </c>
       <c r="G204">
         <v>96.7</v>
       </c>
       <c r="H204">
         <v>32</v>
       </c>
       <c r="I204">
-        <v>57.7</v>
+        <v>57.6</v>
       </c>
       <c r="J204">
         <v>72.9</v>
       </c>
       <c r="K204">
         <v>13.5</v>
       </c>
       <c r="L204">
         <v>9.9</v>
       </c>
       <c r="M204">
         <v>34.6</v>
       </c>
       <c r="N204">
         <v>8</v>
       </c>
       <c r="O204">
         <v>6.3</v>
       </c>
     </row>
     <row r="205" spans="1:26">
       <c r="A205" s="6">
         <v>45292.0</v>
       </c>
       <c r="B205">
         <v>57</v>
       </c>
       <c r="C205">
         <v>4.5</v>
       </c>
       <c r="D205">
-        <v>63.5</v>
+        <v>64</v>
       </c>
       <c r="E205">
-        <v>8.9</v>
+        <v>9.6</v>
       </c>
       <c r="F205">
-        <v>15</v>
+        <v>14.7</v>
       </c>
       <c r="G205">
-        <v>97.2</v>
+        <v>95.6</v>
       </c>
       <c r="H205">
-        <v>36.8</v>
+        <v>36.2</v>
       </c>
       <c r="I205">
-        <v>59.4</v>
+        <v>58.5</v>
       </c>
       <c r="J205">
-        <v>69.8</v>
+        <v>69.3</v>
       </c>
       <c r="K205">
-        <v>13.8</v>
+        <v>13.5</v>
       </c>
       <c r="L205">
-        <v>7.3</v>
+        <v>7.5</v>
       </c>
       <c r="M205">
         <v>31.6</v>
       </c>
       <c r="N205">
         <v>9.5</v>
       </c>
       <c r="O205">
-        <v>5.4</v>
+        <v>6.2</v>
       </c>
     </row>
     <row r="206" spans="1:26">
       <c r="A206" s="6">
         <v>45323.0</v>
       </c>
       <c r="B206">
-        <v>36</v>
+        <v>36.2</v>
       </c>
       <c r="C206">
-        <v>3</v>
+        <v>3.2</v>
       </c>
       <c r="D206">
-        <v>55.8</v>
+        <v>56.3</v>
       </c>
       <c r="E206">
-        <v>6.4</v>
+        <v>6.9</v>
       </c>
       <c r="F206">
-        <v>10.4</v>
+        <v>9.1</v>
       </c>
       <c r="G206">
-        <v>97</v>
+        <v>95.4</v>
       </c>
       <c r="H206">
-        <v>36.1</v>
+        <v>37.3</v>
       </c>
       <c r="I206">
-        <v>54.2</v>
+        <v>55.7</v>
       </c>
       <c r="J206">
-        <v>69.2</v>
+        <v>69</v>
       </c>
       <c r="K206">
         <v>18.7</v>
       </c>
       <c r="L206">
-        <v>11.7</v>
+        <v>12.4</v>
       </c>
       <c r="M206">
-        <v>40</v>
+        <v>39.6</v>
       </c>
       <c r="N206">
         <v>9.7</v>
       </c>
       <c r="O206">
-        <v>6.5</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="207" spans="1:26">
       <c r="A207" s="6">
         <v>45352.0</v>
       </c>
       <c r="B207">
-        <v>29.3</v>
+        <v>29.7</v>
       </c>
       <c r="C207">
-        <v>2.9</v>
+        <v>3.2</v>
       </c>
       <c r="D207">
-        <v>50.4</v>
+        <v>50.8</v>
       </c>
       <c r="E207">
-        <v>7.9</v>
+        <v>7.8</v>
       </c>
       <c r="F207">
-        <v>12.9</v>
+        <v>11.7</v>
       </c>
       <c r="G207">
-        <v>89</v>
+        <v>87.5</v>
       </c>
       <c r="H207">
         <v>39.2</v>
       </c>
       <c r="I207">
-        <v>51.8</v>
+        <v>52.2</v>
       </c>
       <c r="J207">
-        <v>63.3</v>
+        <v>67.4</v>
       </c>
       <c r="K207">
         <v>21.8</v>
       </c>
       <c r="L207">
-        <v>20.4</v>
+        <v>21</v>
       </c>
       <c r="M207">
-        <v>41.1</v>
+        <v>40.7</v>
       </c>
       <c r="N207">
         <v>7.4</v>
       </c>
       <c r="O207">
-        <v>6.9</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="208" spans="1:26">
       <c r="A208" s="6">
         <v>45383.0</v>
       </c>
       <c r="B208">
         <v>29.9</v>
       </c>
       <c r="C208">
         <v>3.5</v>
       </c>
       <c r="D208">
-        <v>46.1</v>
+        <v>46.5</v>
       </c>
       <c r="E208">
-        <v>10.6</v>
+        <v>10.3</v>
       </c>
       <c r="F208">
-        <v>15.1</v>
+        <v>14.9</v>
       </c>
       <c r="G208">
-        <v>83.3</v>
+        <v>81.8</v>
       </c>
       <c r="H208">
-        <v>33.7</v>
+        <v>36.3</v>
       </c>
       <c r="I208">
-        <v>49.2</v>
+        <v>47.3</v>
       </c>
       <c r="J208">
-        <v>67.8</v>
+        <v>65.5</v>
       </c>
       <c r="K208">
-        <v>26.4</v>
+        <v>26.3</v>
       </c>
       <c r="L208">
-        <v>31.6</v>
+        <v>32.2</v>
       </c>
       <c r="M208">
-        <v>43.8</v>
+        <v>43.7</v>
       </c>
       <c r="N208">
         <v>9.1</v>
       </c>
       <c r="O208">
-        <v>7.3</v>
+        <v>8.4</v>
       </c>
     </row>
     <row r="209" spans="1:26">
       <c r="A209" s="6">
         <v>45413.0</v>
       </c>
       <c r="B209">
         <v>35.6</v>
       </c>
       <c r="C209">
-        <v>3.8</v>
+        <v>3.7</v>
       </c>
       <c r="D209">
-        <v>53.2</v>
+        <v>53.7</v>
       </c>
       <c r="E209">
-        <v>10.9</v>
+        <v>10.5</v>
       </c>
       <c r="F209">
-        <v>19.8</v>
+        <v>19.5</v>
       </c>
       <c r="G209">
-        <v>90.2</v>
+        <v>88.8</v>
       </c>
       <c r="H209">
-        <v>38</v>
+        <v>41.1</v>
       </c>
       <c r="I209">
-        <v>56.7</v>
+        <v>52.2</v>
       </c>
       <c r="J209">
-        <v>61.3</v>
+        <v>61.9</v>
       </c>
       <c r="K209">
-        <v>29.1</v>
+        <v>29</v>
       </c>
       <c r="L209">
-        <v>38.1</v>
+        <v>38.8</v>
       </c>
       <c r="M209">
-        <v>34.5</v>
+        <v>35.2</v>
       </c>
       <c r="N209">
         <v>12.5</v>
       </c>
       <c r="O209">
-        <v>7</v>
+        <v>8.1</v>
       </c>
     </row>
     <row r="210" spans="1:26">
       <c r="A210" s="6">
         <v>45444.0</v>
       </c>
       <c r="B210">
-        <v>49</v>
+        <v>49.1</v>
       </c>
       <c r="C210">
-        <v>4.3</v>
+        <v>3.9</v>
       </c>
       <c r="D210">
-        <v>65.1</v>
+        <v>65.9</v>
       </c>
       <c r="E210">
-        <v>13.4</v>
+        <v>12.1</v>
       </c>
       <c r="F210">
-        <v>26.7</v>
+        <v>25.5</v>
       </c>
       <c r="G210">
-        <v>97.9</v>
+        <v>96.3</v>
       </c>
       <c r="H210">
-        <v>36.8</v>
+        <v>38.9</v>
       </c>
       <c r="I210">
-        <v>57.8</v>
+        <v>55.8</v>
       </c>
       <c r="J210">
-        <v>64.8</v>
+        <v>61.5</v>
       </c>
       <c r="K210">
-        <v>31.8</v>
+        <v>31.6</v>
       </c>
       <c r="L210">
-        <v>39.1</v>
+        <v>40.1</v>
       </c>
       <c r="M210">
-        <v>35.2</v>
+        <v>35.7</v>
       </c>
       <c r="N210">
-        <v>15.5</v>
+        <v>15.6</v>
       </c>
       <c r="O210">
-        <v>7.1</v>
+        <v>8.1</v>
       </c>
     </row>
     <row r="211" spans="1:26">
       <c r="A211" s="6">
         <v>45474.0</v>
       </c>
       <c r="B211">
         <v>55.1</v>
       </c>
       <c r="C211">
-        <v>6.1</v>
+        <v>4.9</v>
       </c>
       <c r="D211">
-        <v>75</v>
+        <v>76.1</v>
       </c>
       <c r="E211">
-        <v>21.3</v>
+        <v>17.9</v>
       </c>
       <c r="F211">
-        <v>33.1</v>
+        <v>31.5</v>
       </c>
       <c r="G211">
-        <v>97.1</v>
+        <v>95.4</v>
       </c>
       <c r="H211">
-        <v>35.6</v>
+        <v>36</v>
       </c>
       <c r="I211">
-        <v>56.8</v>
+        <v>56.7</v>
       </c>
       <c r="J211">
-        <v>65.1</v>
+        <v>60.4</v>
       </c>
       <c r="K211">
-        <v>30.5</v>
+        <v>30.3</v>
       </c>
       <c r="L211">
-        <v>33</v>
+        <v>33.7</v>
       </c>
       <c r="M211">
-        <v>24.8</v>
+        <v>25.2</v>
       </c>
       <c r="N211">
-        <v>16.7</v>
+        <v>16.8</v>
       </c>
       <c r="O211">
-        <v>7.9</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="212" spans="1:26">
       <c r="A212" s="6">
         <v>45505.0</v>
       </c>
       <c r="B212">
-        <v>53.2</v>
+        <v>53.3</v>
       </c>
       <c r="C212">
-        <v>5.5</v>
+        <v>4.5</v>
       </c>
       <c r="D212">
-        <v>73.9</v>
+        <v>75.4</v>
       </c>
       <c r="E212">
-        <v>19</v>
+        <v>16.1</v>
       </c>
       <c r="F212">
-        <v>32.5</v>
+        <v>32</v>
       </c>
       <c r="G212">
-        <v>96.9</v>
+        <v>95.3</v>
       </c>
       <c r="H212">
-        <v>35.9</v>
+        <v>34.5</v>
       </c>
       <c r="I212">
-        <v>58</v>
+        <v>58.7</v>
       </c>
       <c r="J212">
-        <v>64.4</v>
+        <v>60.8</v>
       </c>
       <c r="K212">
-        <v>29.9</v>
+        <v>29.7</v>
       </c>
       <c r="L212">
-        <v>32.6</v>
+        <v>33.1</v>
       </c>
       <c r="M212">
-        <v>25.6</v>
+        <v>26.1</v>
       </c>
       <c r="N212">
         <v>16.3</v>
       </c>
       <c r="O212">
-        <v>8.2</v>
+        <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:26">
       <c r="A213" s="6">
         <v>45536.0</v>
       </c>
       <c r="B213">
-        <v>43.9</v>
+        <v>43.8</v>
       </c>
       <c r="C213">
-        <v>3.7</v>
+        <v>3.4</v>
       </c>
       <c r="D213">
-        <v>66.8</v>
+        <v>67.7</v>
       </c>
       <c r="E213">
-        <v>12.3</v>
+        <v>11.6</v>
       </c>
       <c r="F213">
-        <v>21.9</v>
+        <v>20.9</v>
       </c>
       <c r="G213">
-        <v>89.9</v>
+        <v>88.5</v>
       </c>
       <c r="H213">
-        <v>29</v>
+        <v>27.7</v>
       </c>
       <c r="I213">
-        <v>55.8</v>
+        <v>54.5</v>
       </c>
       <c r="J213">
-        <v>64.4</v>
+        <v>61.5</v>
       </c>
       <c r="K213">
         <v>25.5</v>
       </c>
       <c r="L213">
-        <v>31.8</v>
+        <v>32.7</v>
       </c>
       <c r="M213">
-        <v>26.6</v>
+        <v>26.9</v>
       </c>
       <c r="N213">
-        <v>12.9</v>
+        <v>13</v>
       </c>
       <c r="O213">
-        <v>7.5</v>
+        <v>8.4</v>
       </c>
     </row>
     <row r="214" spans="1:26">
       <c r="A214" s="6">
         <v>45566.0</v>
       </c>
       <c r="B214">
-        <v>37.3</v>
+        <v>37.1</v>
       </c>
       <c r="C214">
-        <v>3.5</v>
+        <v>3.6</v>
       </c>
       <c r="D214">
-        <v>54.7</v>
+        <v>55.6</v>
       </c>
       <c r="E214">
-        <v>11.5</v>
+        <v>10.3</v>
       </c>
       <c r="F214">
-        <v>18.6</v>
+        <v>18.9</v>
       </c>
       <c r="G214">
-        <v>81.6</v>
+        <v>80.3</v>
       </c>
       <c r="H214">
-        <v>26.6</v>
+        <v>25.8</v>
       </c>
       <c r="I214">
-        <v>49.4</v>
+        <v>47</v>
       </c>
       <c r="J214">
-        <v>58.5</v>
+        <v>62.4</v>
       </c>
       <c r="K214">
-        <v>23.2</v>
+        <v>23.1</v>
       </c>
       <c r="L214">
         <v>22.8</v>
       </c>
       <c r="M214">
-        <v>35.6</v>
+        <v>35.3</v>
       </c>
       <c r="N214">
         <v>8.3</v>
       </c>
       <c r="O214">
-        <v>8.4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:26">
       <c r="A215" s="6">
         <v>45597.0</v>
       </c>
       <c r="B215">
         <v>35.8</v>
       </c>
       <c r="C215">
-        <v>3.4</v>
+        <v>3.6</v>
       </c>
       <c r="D215">
-        <v>53.6</v>
+        <v>54.7</v>
       </c>
       <c r="E215">
-        <v>10.5</v>
+        <v>9.3</v>
       </c>
       <c r="F215">
-        <v>16</v>
+        <v>15.6</v>
       </c>
       <c r="G215">
-        <v>88.9</v>
+        <v>87.4</v>
       </c>
       <c r="H215">
-        <v>31.8</v>
+        <v>29.1</v>
       </c>
       <c r="I215">
-        <v>52.8</v>
+        <v>52.4</v>
       </c>
       <c r="J215">
-        <v>63.4</v>
+        <v>67.3</v>
       </c>
       <c r="K215">
-        <v>16.4</v>
+        <v>16.3</v>
       </c>
       <c r="L215">
         <v>13.8</v>
       </c>
       <c r="M215">
-        <v>37.6</v>
+        <v>36.9</v>
       </c>
       <c r="N215">
         <v>8.7</v>
       </c>
       <c r="O215">
-        <v>8.4</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="216" spans="1:26">
       <c r="A216" s="6">
         <v>45627.0</v>
       </c>
       <c r="B216">
-        <v>48.6</v>
+        <v>48.7</v>
       </c>
       <c r="C216">
-        <v>4</v>
+        <v>4.1</v>
       </c>
       <c r="D216">
-        <v>57.3</v>
+        <v>58.3</v>
       </c>
       <c r="E216">
-        <v>7</v>
+        <v>7.6</v>
       </c>
       <c r="F216">
-        <v>13.5</v>
+        <v>13</v>
       </c>
       <c r="G216">
-        <v>98.9</v>
+        <v>97.3</v>
       </c>
       <c r="H216">
-        <v>34.3</v>
+        <v>32.8</v>
       </c>
       <c r="I216">
-        <v>55.4</v>
+        <v>56.3</v>
       </c>
       <c r="J216">
-        <v>68.1</v>
+        <v>68.8</v>
       </c>
       <c r="K216">
-        <v>14.2</v>
+        <v>13.8</v>
       </c>
       <c r="L216">
         <v>11.7</v>
       </c>
       <c r="M216">
-        <v>35.6</v>
+        <v>35</v>
       </c>
       <c r="N216">
-        <v>9.3</v>
+        <v>9.4</v>
       </c>
       <c r="O216">
-        <v>8</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="217" spans="1:26">
       <c r="A217" s="6">
         <v>45658.0</v>
       </c>
       <c r="B217">
         <v>62.8</v>
       </c>
       <c r="C217">
-        <v>6.8</v>
+        <v>6</v>
       </c>
       <c r="D217">
-        <v>61.1</v>
+        <v>61.7</v>
       </c>
       <c r="E217">
-        <v>10.2</v>
+        <v>10.1</v>
       </c>
       <c r="F217">
-        <v>18.4</v>
+        <v>17.8</v>
       </c>
       <c r="G217">
-        <v>99.6</v>
+        <v>98</v>
       </c>
       <c r="H217">
-        <v>35.6</v>
+        <v>36</v>
       </c>
       <c r="I217">
-        <v>56.4</v>
+        <v>57.4</v>
       </c>
       <c r="J217">
-        <v>67.8</v>
+        <v>68.6</v>
       </c>
       <c r="K217">
-        <v>16.5</v>
+        <v>16.4</v>
       </c>
       <c r="L217">
         <v>8.6</v>
       </c>
       <c r="M217">
         <v>38.4</v>
       </c>
       <c r="N217">
-        <v>9.7</v>
+        <v>9.8</v>
       </c>
       <c r="O217">
-        <v>7.9</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="218" spans="1:26">
       <c r="A218" s="6">
         <v>45689.0</v>
       </c>
       <c r="B218">
-        <v>52.7</v>
+        <v>52.8</v>
       </c>
       <c r="C218">
         <v>4</v>
       </c>
       <c r="D218">
-        <v>57.6</v>
+        <v>57.8</v>
       </c>
       <c r="E218">
-        <v>8.5</v>
+        <v>7.5</v>
       </c>
       <c r="F218">
-        <v>15.6</v>
+        <v>14.7</v>
       </c>
       <c r="G218">
-        <v>94.3</v>
+        <v>93.5</v>
       </c>
       <c r="H218">
-        <v>36</v>
+        <v>36.4</v>
       </c>
       <c r="I218">
-        <v>57.5</v>
+        <v>58.3</v>
       </c>
       <c r="J218">
-        <v>68.2</v>
+        <v>68.5</v>
       </c>
       <c r="K218">
         <v>19</v>
       </c>
       <c r="L218">
         <v>15</v>
       </c>
       <c r="M218">
         <v>38.1</v>
       </c>
       <c r="N218">
         <v>10.4</v>
       </c>
       <c r="O218">
-        <v>7.9</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="219" spans="1:26">
       <c r="A219" s="6">
         <v>45717.0</v>
       </c>
       <c r="B219">
-        <v>37.7</v>
+        <v>37.8</v>
       </c>
       <c r="C219">
-        <v>3.4</v>
+        <v>3.5</v>
       </c>
       <c r="D219">
         <v>46.3</v>
       </c>
       <c r="E219">
-        <v>6.6</v>
+        <v>6.2</v>
       </c>
       <c r="F219">
-        <v>11</v>
+        <v>10.7</v>
       </c>
       <c r="G219">
         <v>85.3</v>
       </c>
       <c r="H219">
-        <v>37</v>
+        <v>37.7</v>
       </c>
       <c r="I219">
-        <v>55</v>
+        <v>55.8</v>
       </c>
       <c r="J219">
-        <v>72.2</v>
+        <v>68.6</v>
       </c>
       <c r="K219">
         <v>23.8</v>
       </c>
       <c r="L219">
         <v>16.5</v>
       </c>
       <c r="M219">
-        <v>44.3</v>
+        <v>44.2</v>
       </c>
       <c r="N219">
         <v>8.8</v>
       </c>
       <c r="O219">
-        <v>8.6</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="220" spans="1:26">
       <c r="A220" s="6">
         <v>45748.0</v>
       </c>
       <c r="B220">
-        <v>36.8</v>
+        <v>36.5</v>
       </c>
       <c r="C220">
-        <v>3.8</v>
+        <v>3.6</v>
       </c>
       <c r="D220">
-        <v>43.4</v>
+        <v>43.5</v>
       </c>
       <c r="E220">
-        <v>10.6</v>
+        <v>9.2</v>
       </c>
       <c r="F220">
-        <v>15.9</v>
+        <v>16</v>
       </c>
       <c r="G220">
         <v>81.8</v>
       </c>
       <c r="H220">
-        <v>38.9</v>
+        <v>39.7</v>
       </c>
       <c r="I220">
-        <v>48.5</v>
+        <v>48.4</v>
       </c>
       <c r="J220">
-        <v>65.8</v>
+        <v>66.7</v>
       </c>
       <c r="K220">
         <v>27.9</v>
       </c>
       <c r="L220">
         <v>30</v>
       </c>
       <c r="M220">
-        <v>41.3</v>
+        <v>41.4</v>
       </c>
       <c r="N220">
         <v>9.7</v>
       </c>
       <c r="O220">
         <v>8.7</v>
       </c>
     </row>
     <row r="221" spans="1:26">
       <c r="A221" s="6">
         <v>45778.0</v>
       </c>
       <c r="B221">
-        <v>38.3</v>
+        <v>38.2</v>
       </c>
       <c r="C221">
-        <v>3.8</v>
+        <v>3.7</v>
       </c>
       <c r="D221">
-        <v>51.4</v>
+        <v>51.6</v>
       </c>
       <c r="E221">
-        <v>8.2</v>
+        <v>7.8</v>
       </c>
       <c r="F221">
-        <v>16.3</v>
+        <v>16.5</v>
       </c>
       <c r="G221">
         <v>84.9</v>
       </c>
       <c r="H221">
-        <v>40.4</v>
+        <v>40.9</v>
       </c>
       <c r="I221">
-        <v>53.2</v>
+        <v>53.4</v>
       </c>
       <c r="J221">
-        <v>59.1</v>
+        <v>62</v>
       </c>
       <c r="K221">
         <v>29.7</v>
       </c>
       <c r="L221">
         <v>32.1</v>
       </c>
       <c r="M221">
-        <v>32.2</v>
+        <v>32.1</v>
       </c>
       <c r="N221">
         <v>11.7</v>
       </c>
       <c r="O221">
         <v>8.8</v>
       </c>
     </row>
     <row r="222" spans="1:26">
       <c r="A222" s="6">
         <v>45809.0</v>
       </c>
       <c r="B222">
         <v>52</v>
       </c>
       <c r="C222">
-        <v>5.9</v>
+        <v>5.2</v>
       </c>
       <c r="D222">
-        <v>63.4</v>
+        <v>63.6</v>
       </c>
       <c r="E222">
-        <v>14.4</v>
+        <v>13.8</v>
       </c>
       <c r="F222">
         <v>23.5</v>
       </c>
       <c r="G222">
         <v>93.4</v>
       </c>
       <c r="H222">
-        <v>38.2</v>
+        <v>38.5</v>
       </c>
       <c r="I222">
-        <v>57.4</v>
+        <v>57.5</v>
       </c>
       <c r="J222">
-        <v>65</v>
+        <v>65.4</v>
       </c>
       <c r="K222">
         <v>32.2</v>
       </c>
       <c r="L222">
         <v>39.2</v>
       </c>
       <c r="M222">
         <v>32.2</v>
       </c>
       <c r="N222">
         <v>15.9</v>
       </c>
       <c r="O222">
         <v>8.2</v>
+      </c>
+    </row>
+    <row r="223" spans="1:26">
+      <c r="A223" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B223">
+        <v>62.9</v>
+      </c>
+      <c r="C223">
+        <v>7.3</v>
+      </c>
+      <c r="D223">
+        <v>71.9</v>
+      </c>
+      <c r="E223">
+        <v>22.4</v>
+      </c>
+      <c r="F223">
+        <v>31.9</v>
+      </c>
+      <c r="G223">
+        <v>96.6</v>
+      </c>
+      <c r="H223">
+        <v>33.6</v>
+      </c>
+      <c r="I223">
+        <v>58.4</v>
+      </c>
+      <c r="J223">
+        <v>63.7</v>
+      </c>
+      <c r="K223">
+        <v>32.4</v>
+      </c>
+      <c r="L223">
+        <v>36.1</v>
+      </c>
+      <c r="M223">
+        <v>27.6</v>
+      </c>
+      <c r="N223">
+        <v>18.5</v>
+      </c>
+      <c r="O223">
+        <v>8.7</v>
+      </c>
+    </row>
+    <row r="224" spans="1:26">
+      <c r="A224" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B224">
+        <v>54.6</v>
+      </c>
+      <c r="C224">
+        <v>5</v>
+      </c>
+      <c r="D224">
+        <v>72.4</v>
+      </c>
+      <c r="E224">
+        <v>15.8</v>
+      </c>
+      <c r="F224">
+        <v>26.3</v>
+      </c>
+      <c r="G224">
+        <v>96.5</v>
+      </c>
+      <c r="H224">
+        <v>33.6</v>
+      </c>
+      <c r="I224">
+        <v>57.6</v>
+      </c>
+      <c r="J224">
+        <v>66.9</v>
+      </c>
+      <c r="K224">
+        <v>30.2</v>
+      </c>
+      <c r="L224">
+        <v>32.8</v>
+      </c>
+      <c r="M224">
+        <v>23.6</v>
+      </c>
+      <c r="N224">
+        <v>15.1</v>
+      </c>
+      <c r="O224">
+        <v>10.3</v>
+      </c>
+    </row>
+    <row r="225" spans="1:26">
+      <c r="A225" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B225">
+        <v>48</v>
+      </c>
+      <c r="C225">
+        <v>4.5</v>
+      </c>
+      <c r="D225">
+        <v>66.3</v>
+      </c>
+      <c r="E225">
+        <v>11.9</v>
+      </c>
+      <c r="F225">
+        <v>20.5</v>
+      </c>
+      <c r="G225">
+        <v>92.4</v>
+      </c>
+      <c r="H225">
+        <v>26.6</v>
+      </c>
+      <c r="I225">
+        <v>56.8</v>
+      </c>
+      <c r="J225">
+        <v>65.9</v>
+      </c>
+      <c r="K225">
+        <v>27.2</v>
+      </c>
+      <c r="L225">
+        <v>25.7</v>
+      </c>
+      <c r="M225">
+        <v>23</v>
+      </c>
+      <c r="N225">
+        <v>13.3</v>
+      </c>
+      <c r="O225">
+        <v>8.7</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -11439,90 +11580,90 @@
       </c>
       <c r="J28">
         <v>69.4</v>
       </c>
       <c r="K28">
         <v>23.3</v>
       </c>
       <c r="L28">
         <v>22.1</v>
       </c>
       <c r="M28">
         <v>33.2</v>
       </c>
       <c r="N28">
         <v>10.9</v>
       </c>
       <c r="O28">
         <v>6.7</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="7">
         <v>2024</v>
       </c>
       <c r="B29">
-        <v>42.6</v>
+        <v>42.7</v>
       </c>
       <c r="C29">
-        <v>4</v>
+        <v>3.8</v>
       </c>
       <c r="D29">
-        <v>59.6</v>
+        <v>60.4</v>
       </c>
       <c r="E29">
-        <v>11.7</v>
+        <v>10.9</v>
       </c>
       <c r="F29">
-        <v>19.7</v>
+        <v>19</v>
       </c>
       <c r="G29">
-        <v>92.3</v>
+        <v>90.8</v>
       </c>
       <c r="H29">
-        <v>34.5</v>
+        <v>34.6</v>
       </c>
       <c r="I29">
-        <v>54.8</v>
+        <v>54</v>
       </c>
       <c r="J29">
-        <v>65</v>
+        <v>64.6</v>
       </c>
       <c r="K29">
-        <v>23.4</v>
+        <v>23.3</v>
       </c>
       <c r="L29">
-        <v>24.6</v>
+        <v>25</v>
       </c>
       <c r="M29">
         <v>34.3</v>
       </c>
       <c r="N29">
-        <v>11.3</v>
+        <v>11.4</v>
       </c>
       <c r="O29">
-        <v>7.5</v>
+        <v>8.3</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>