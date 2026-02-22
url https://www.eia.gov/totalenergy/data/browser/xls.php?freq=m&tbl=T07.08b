--- v1 (2026-01-07)
+++ v2 (2026-02-22)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.8b Capacity Factors and Usage Factors at Electric Generators: Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Petroleum Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t xml:space="preserve">Natural Gas Combined Cycle Plants Electric Power Sector Generating Units, Capacity Factor </t>
   </si>
   <si>
     <t>Natural Gas Gas Turbine Plants Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Conventional Steam Plants Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Nuclear Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z225"/>
+  <dimension ref="A1:Z226"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A225"/>
+      <selection activeCell="A13" sqref="A13:A226"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="118.114" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="100.69" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="80.266" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="87.836" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -10649,50 +10649,97 @@
         <v>92.4</v>
       </c>
       <c r="H225">
         <v>26.6</v>
       </c>
       <c r="I225">
         <v>56.8</v>
       </c>
       <c r="J225">
         <v>65.9</v>
       </c>
       <c r="K225">
         <v>27.2</v>
       </c>
       <c r="L225">
         <v>25.7</v>
       </c>
       <c r="M225">
         <v>23</v>
       </c>
       <c r="N225">
         <v>13.3</v>
       </c>
       <c r="O225">
         <v>8.7</v>
+      </c>
+    </row>
+    <row r="226" spans="1:26">
+      <c r="A226" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B226">
+        <v>43.2</v>
+      </c>
+      <c r="C226">
+        <v>5.2</v>
+      </c>
+      <c r="D226">
+        <v>53.1</v>
+      </c>
+      <c r="E226">
+        <v>11.5</v>
+      </c>
+      <c r="F226">
+        <v>18.5</v>
+      </c>
+      <c r="G226">
+        <v>80.9</v>
+      </c>
+      <c r="H226">
+        <v>27.8</v>
+      </c>
+      <c r="I226">
+        <v>48.4</v>
+      </c>
+      <c r="J226">
+        <v>62.6</v>
+      </c>
+      <c r="K226">
+        <v>22.8</v>
+      </c>
+      <c r="L226">
+        <v>22.7</v>
+      </c>
+      <c r="M226">
+        <v>34.2</v>
+      </c>
+      <c r="N226">
+        <v>10</v>
+      </c>
+      <c r="O226">
+        <v>7.9</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>