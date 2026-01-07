--- v0 (2025-10-04)
+++ v1 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 7.7d Electric Net Summer Capacity: Industrial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Industrial Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Petroleum Industrial Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Natural Gas Industrial Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Fossil Fuels Industrial Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Nuclear Industrial Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Hydroelectric Pumped Storage Industrial Sector, Net Summer Capacity</t>
   </si>
@@ -498,54 +498,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z450"/>
+  <dimension ref="A1:Z453"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A450"/>
+      <selection activeCell="A13" sqref="A13:A453"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="75.696" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -21658,943 +21658,1093 @@
       </c>
       <c r="K432" t="s">
         <v>23</v>
       </c>
       <c r="L432">
         <v>0.245</v>
       </c>
       <c r="M432">
         <v>0.054</v>
       </c>
       <c r="N432">
         <v>5.855</v>
       </c>
       <c r="O432">
         <v>0.004</v>
       </c>
       <c r="P432">
         <v>26.765</v>
       </c>
     </row>
     <row r="433" spans="1:26">
       <c r="A433" s="6">
         <v>45292.0</v>
       </c>
       <c r="B433">
-        <v>1.375</v>
+        <v>1.353</v>
       </c>
       <c r="C433">
-        <v>0.488</v>
+        <v>0.489</v>
       </c>
       <c r="D433">
-        <v>16.286</v>
+        <v>16.394</v>
       </c>
       <c r="E433">
-        <v>19.655</v>
+        <v>19.58</v>
       </c>
       <c r="F433" t="s">
         <v>23</v>
       </c>
       <c r="G433" t="s">
         <v>23</v>
       </c>
       <c r="H433">
-        <v>0.207</v>
+        <v>0.2</v>
       </c>
       <c r="I433">
-        <v>5.162</v>
+        <v>5.096</v>
       </c>
       <c r="J433">
-        <v>0.126</v>
+        <v>0.124</v>
       </c>
       <c r="K433" t="s">
         <v>23</v>
       </c>
       <c r="L433">
-        <v>0.263</v>
+        <v>0.275</v>
       </c>
       <c r="M433">
         <v>0.054</v>
       </c>
       <c r="N433">
-        <v>5.812</v>
+        <v>5.749</v>
       </c>
       <c r="O433">
-        <v>0.004</v>
+        <v>0.01</v>
       </c>
       <c r="P433">
-        <v>26.718</v>
+        <v>26.582</v>
       </c>
     </row>
     <row r="434" spans="1:26">
       <c r="A434" s="6">
         <v>45323.0</v>
       </c>
       <c r="B434">
-        <v>1.375</v>
+        <v>1.353</v>
       </c>
       <c r="C434">
-        <v>0.488</v>
+        <v>0.487</v>
       </c>
       <c r="D434">
-        <v>16.286</v>
+        <v>16.387</v>
       </c>
       <c r="E434">
-        <v>19.655</v>
+        <v>19.571</v>
       </c>
       <c r="F434" t="s">
         <v>23</v>
       </c>
       <c r="G434" t="s">
         <v>23</v>
       </c>
       <c r="H434">
-        <v>0.207</v>
+        <v>0.2</v>
       </c>
       <c r="I434">
-        <v>5.162</v>
+        <v>5.096</v>
       </c>
       <c r="J434">
-        <v>0.126</v>
+        <v>0.124</v>
       </c>
       <c r="K434" t="s">
         <v>23</v>
       </c>
       <c r="L434">
-        <v>0.263</v>
+        <v>0.275</v>
       </c>
       <c r="M434">
         <v>0.054</v>
       </c>
       <c r="N434">
-        <v>5.812</v>
+        <v>5.749</v>
       </c>
       <c r="O434">
-        <v>0.004</v>
+        <v>0.01</v>
       </c>
       <c r="P434">
-        <v>26.718</v>
+        <v>26.573</v>
       </c>
     </row>
     <row r="435" spans="1:26">
       <c r="A435" s="6">
         <v>45352.0</v>
       </c>
       <c r="B435">
-        <v>1.375</v>
+        <v>1.353</v>
       </c>
       <c r="C435">
-        <v>0.488</v>
+        <v>0.487</v>
       </c>
       <c r="D435">
-        <v>16.286</v>
+        <v>16.387</v>
       </c>
       <c r="E435">
-        <v>19.655</v>
+        <v>19.571</v>
       </c>
       <c r="F435" t="s">
         <v>23</v>
       </c>
       <c r="G435" t="s">
         <v>23</v>
       </c>
       <c r="H435">
-        <v>0.207</v>
+        <v>0.201</v>
       </c>
       <c r="I435">
-        <v>5.162</v>
+        <v>5.096</v>
       </c>
       <c r="J435">
-        <v>0.126</v>
+        <v>0.124</v>
       </c>
       <c r="K435" t="s">
         <v>23</v>
       </c>
       <c r="L435">
-        <v>0.264</v>
+        <v>0.276</v>
       </c>
       <c r="M435">
         <v>0.054</v>
       </c>
       <c r="N435">
-        <v>5.813</v>
+        <v>5.751</v>
       </c>
       <c r="O435">
-        <v>0.004</v>
+        <v>0.01</v>
       </c>
       <c r="P435">
-        <v>26.719</v>
+        <v>26.575</v>
       </c>
     </row>
     <row r="436" spans="1:26">
       <c r="A436" s="6">
         <v>45383.0</v>
       </c>
       <c r="B436">
-        <v>1.375</v>
+        <v>1.353</v>
       </c>
       <c r="C436">
-        <v>0.488</v>
+        <v>0.487</v>
       </c>
       <c r="D436">
-        <v>16.179</v>
+        <v>16.279</v>
       </c>
       <c r="E436">
-        <v>19.547</v>
+        <v>19.464</v>
       </c>
       <c r="F436" t="s">
         <v>23</v>
       </c>
       <c r="G436" t="s">
         <v>23</v>
       </c>
       <c r="H436">
-        <v>0.207</v>
+        <v>0.201</v>
       </c>
       <c r="I436">
-        <v>5.162</v>
+        <v>5.096</v>
       </c>
       <c r="J436">
-        <v>0.126</v>
+        <v>0.124</v>
       </c>
       <c r="K436" t="s">
         <v>23</v>
       </c>
       <c r="L436">
-        <v>0.264</v>
+        <v>0.276</v>
       </c>
       <c r="M436">
         <v>0.054</v>
       </c>
       <c r="N436">
-        <v>5.813</v>
+        <v>5.751</v>
       </c>
       <c r="O436">
-        <v>0.004</v>
+        <v>0.01</v>
       </c>
       <c r="P436">
-        <v>26.612</v>
+        <v>26.468</v>
       </c>
     </row>
     <row r="437" spans="1:26">
       <c r="A437" s="6">
         <v>45413.0</v>
       </c>
       <c r="B437">
-        <v>1.375</v>
+        <v>1.353</v>
       </c>
       <c r="C437">
-        <v>0.488</v>
+        <v>0.487</v>
       </c>
       <c r="D437">
-        <v>16.179</v>
+        <v>16.279</v>
       </c>
       <c r="E437">
-        <v>19.547</v>
+        <v>19.464</v>
       </c>
       <c r="F437" t="s">
         <v>23</v>
       </c>
       <c r="G437" t="s">
         <v>23</v>
       </c>
       <c r="H437">
-        <v>0.207</v>
+        <v>0.201</v>
       </c>
       <c r="I437">
-        <v>5.162</v>
+        <v>5.096</v>
       </c>
       <c r="J437">
-        <v>0.126</v>
+        <v>0.124</v>
       </c>
       <c r="K437" t="s">
         <v>23</v>
       </c>
       <c r="L437">
-        <v>0.264</v>
+        <v>0.276</v>
       </c>
       <c r="M437">
         <v>0.054</v>
       </c>
       <c r="N437">
-        <v>5.813</v>
+        <v>5.751</v>
       </c>
       <c r="O437">
-        <v>0.004</v>
+        <v>0.01</v>
       </c>
       <c r="P437">
-        <v>26.612</v>
+        <v>26.468</v>
       </c>
     </row>
     <row r="438" spans="1:26">
       <c r="A438" s="6">
         <v>45444.0</v>
       </c>
       <c r="B438">
-        <v>1.375</v>
+        <v>1.353</v>
       </c>
       <c r="C438">
-        <v>0.488</v>
+        <v>0.487</v>
       </c>
       <c r="D438">
-        <v>16.18</v>
+        <v>16.28</v>
       </c>
       <c r="E438">
-        <v>19.548</v>
+        <v>19.465</v>
       </c>
       <c r="F438" t="s">
         <v>23</v>
       </c>
       <c r="G438" t="s">
         <v>23</v>
       </c>
       <c r="H438">
-        <v>0.207</v>
+        <v>0.201</v>
       </c>
       <c r="I438">
-        <v>5.162</v>
+        <v>5.096</v>
       </c>
       <c r="J438">
-        <v>0.126</v>
+        <v>0.124</v>
       </c>
       <c r="K438" t="s">
         <v>23</v>
       </c>
       <c r="L438">
-        <v>0.27</v>
+        <v>0.282</v>
       </c>
       <c r="M438">
         <v>0.054</v>
       </c>
       <c r="N438">
-        <v>5.819</v>
+        <v>5.756</v>
       </c>
       <c r="O438">
-        <v>0.004</v>
+        <v>0.01</v>
       </c>
       <c r="P438">
-        <v>26.619</v>
+        <v>26.475</v>
       </c>
     </row>
     <row r="439" spans="1:26">
       <c r="A439" s="6">
         <v>45474.0</v>
       </c>
       <c r="B439">
-        <v>1.375</v>
+        <v>1.353</v>
       </c>
       <c r="C439">
-        <v>0.488</v>
+        <v>0.487</v>
       </c>
       <c r="D439">
-        <v>16.182</v>
+        <v>16.282</v>
       </c>
       <c r="E439">
-        <v>19.55</v>
+        <v>19.467</v>
       </c>
       <c r="F439" t="s">
         <v>23</v>
       </c>
       <c r="G439" t="s">
         <v>23</v>
       </c>
       <c r="H439">
-        <v>0.207</v>
+        <v>0.201</v>
       </c>
       <c r="I439">
-        <v>5.162</v>
+        <v>5.096</v>
       </c>
       <c r="J439">
-        <v>0.126</v>
+        <v>0.124</v>
       </c>
       <c r="K439" t="s">
         <v>23</v>
       </c>
       <c r="L439">
-        <v>0.276</v>
+        <v>0.288</v>
       </c>
       <c r="M439">
         <v>0.054</v>
       </c>
       <c r="N439">
-        <v>5.825</v>
+        <v>5.762</v>
       </c>
       <c r="O439">
-        <v>0.004</v>
+        <v>0.01</v>
       </c>
       <c r="P439">
-        <v>26.627</v>
+        <v>26.483</v>
       </c>
     </row>
     <row r="440" spans="1:26">
       <c r="A440" s="6">
         <v>45505.0</v>
       </c>
       <c r="B440">
-        <v>1.375</v>
+        <v>1.353</v>
       </c>
       <c r="C440">
-        <v>0.488</v>
+        <v>0.487</v>
       </c>
       <c r="D440">
-        <v>16.184</v>
+        <v>16.285</v>
       </c>
       <c r="E440">
-        <v>19.553</v>
+        <v>19.469</v>
       </c>
       <c r="F440" t="s">
         <v>23</v>
       </c>
       <c r="G440" t="s">
         <v>23</v>
       </c>
       <c r="H440">
-        <v>0.207</v>
+        <v>0.201</v>
       </c>
       <c r="I440">
-        <v>5.162</v>
+        <v>5.096</v>
       </c>
       <c r="J440">
-        <v>0.126</v>
+        <v>0.124</v>
       </c>
       <c r="K440" t="s">
         <v>23</v>
       </c>
       <c r="L440">
-        <v>0.277</v>
+        <v>0.29</v>
       </c>
       <c r="M440">
         <v>0.054</v>
       </c>
       <c r="N440">
-        <v>5.826</v>
+        <v>5.764</v>
       </c>
       <c r="O440">
-        <v>0.004</v>
+        <v>0.01</v>
       </c>
       <c r="P440">
-        <v>26.631</v>
+        <v>26.487</v>
       </c>
     </row>
     <row r="441" spans="1:26">
       <c r="A441" s="6">
         <v>45536.0</v>
       </c>
       <c r="B441">
-        <v>1.375</v>
+        <v>1.353</v>
       </c>
       <c r="C441">
-        <v>0.488</v>
+        <v>0.487</v>
       </c>
       <c r="D441">
-        <v>16.191</v>
+        <v>16.291</v>
       </c>
       <c r="E441">
-        <v>19.559</v>
+        <v>19.475</v>
       </c>
       <c r="F441" t="s">
         <v>23</v>
       </c>
       <c r="G441" t="s">
         <v>23</v>
       </c>
       <c r="H441">
-        <v>0.207</v>
+        <v>0.201</v>
       </c>
       <c r="I441">
-        <v>5.162</v>
+        <v>5.096</v>
       </c>
       <c r="J441">
-        <v>0.126</v>
+        <v>0.124</v>
       </c>
       <c r="K441" t="s">
         <v>23</v>
       </c>
       <c r="L441">
-        <v>0.277</v>
+        <v>0.295</v>
       </c>
       <c r="M441">
         <v>0.054</v>
       </c>
       <c r="N441">
-        <v>5.826</v>
+        <v>5.77</v>
       </c>
       <c r="O441">
-        <v>0.004</v>
+        <v>0.01</v>
       </c>
       <c r="P441">
-        <v>26.637</v>
+        <v>26.499</v>
       </c>
     </row>
     <row r="442" spans="1:26">
       <c r="A442" s="6">
         <v>45566.0</v>
       </c>
       <c r="B442">
-        <v>1.375</v>
+        <v>1.353</v>
       </c>
       <c r="C442">
-        <v>0.488</v>
+        <v>0.487</v>
       </c>
       <c r="D442">
-        <v>16.115</v>
+        <v>16.215</v>
       </c>
       <c r="E442">
-        <v>19.483</v>
+        <v>19.399</v>
       </c>
       <c r="F442" t="s">
         <v>23</v>
       </c>
       <c r="G442" t="s">
         <v>23</v>
       </c>
       <c r="H442">
-        <v>0.207</v>
+        <v>0.201</v>
       </c>
       <c r="I442">
-        <v>5.162</v>
+        <v>5.031</v>
       </c>
       <c r="J442">
-        <v>0.126</v>
+        <v>0.124</v>
       </c>
       <c r="K442" t="s">
         <v>23</v>
       </c>
       <c r="L442">
-        <v>0.277</v>
+        <v>0.295</v>
       </c>
       <c r="M442">
         <v>0.054</v>
       </c>
       <c r="N442">
-        <v>5.826</v>
+        <v>5.705</v>
       </c>
       <c r="O442">
-        <v>0.004</v>
+        <v>0.01</v>
       </c>
       <c r="P442">
-        <v>26.561</v>
+        <v>26.358</v>
       </c>
     </row>
     <row r="443" spans="1:26">
       <c r="A443" s="6">
         <v>45597.0</v>
       </c>
       <c r="B443">
-        <v>1.375</v>
+        <v>1.353</v>
       </c>
       <c r="C443">
-        <v>0.488</v>
+        <v>0.487</v>
       </c>
       <c r="D443">
-        <v>16.115</v>
+        <v>16.215</v>
       </c>
       <c r="E443">
-        <v>19.483</v>
+        <v>19.399</v>
       </c>
       <c r="F443" t="s">
         <v>23</v>
       </c>
       <c r="G443" t="s">
         <v>23</v>
       </c>
       <c r="H443">
-        <v>0.207</v>
+        <v>0.201</v>
       </c>
       <c r="I443">
-        <v>5.162</v>
+        <v>5.031</v>
       </c>
       <c r="J443">
-        <v>0.126</v>
+        <v>0.124</v>
       </c>
       <c r="K443" t="s">
         <v>23</v>
       </c>
       <c r="L443">
-        <v>0.279</v>
+        <v>0.3</v>
       </c>
       <c r="M443">
-        <v>0.054</v>
+        <v>0.077</v>
       </c>
       <c r="N443">
-        <v>5.829</v>
+        <v>5.733</v>
       </c>
       <c r="O443">
-        <v>0.004</v>
+        <v>0.01</v>
       </c>
       <c r="P443">
-        <v>26.564</v>
+        <v>26.387</v>
       </c>
     </row>
     <row r="444" spans="1:26">
       <c r="A444" s="6">
         <v>45627.0</v>
       </c>
       <c r="B444">
-        <v>1.375</v>
+        <v>1.353</v>
       </c>
       <c r="C444">
-        <v>0.488</v>
+        <v>0.486</v>
       </c>
       <c r="D444">
-        <v>15.975</v>
+        <v>16.068</v>
       </c>
       <c r="E444">
-        <v>19.344</v>
+        <v>19.251</v>
       </c>
       <c r="F444" t="s">
         <v>23</v>
       </c>
       <c r="G444" t="s">
         <v>23</v>
       </c>
       <c r="H444">
-        <v>0.207</v>
+        <v>0.201</v>
       </c>
       <c r="I444">
-        <v>5.202</v>
+        <v>5.071</v>
       </c>
       <c r="J444">
-        <v>0.126</v>
+        <v>0.104</v>
       </c>
       <c r="K444" t="s">
         <v>23</v>
       </c>
       <c r="L444">
-        <v>0.279</v>
+        <v>0.3</v>
       </c>
       <c r="M444">
-        <v>0.054</v>
+        <v>0.077</v>
       </c>
       <c r="N444">
-        <v>5.869</v>
+        <v>5.754</v>
       </c>
       <c r="O444">
-        <v>0.004</v>
+        <v>0.01</v>
       </c>
       <c r="P444">
-        <v>26.464</v>
+        <v>26.259</v>
       </c>
     </row>
     <row r="445" spans="1:26">
       <c r="A445" s="6">
         <v>45658.0</v>
       </c>
       <c r="B445">
         <v>1.353</v>
       </c>
       <c r="C445">
-        <v>0.485</v>
+        <v>0.486</v>
       </c>
       <c r="D445">
-        <v>15.885</v>
+        <v>16.069</v>
       </c>
       <c r="E445">
-        <v>19.334</v>
+        <v>19.252</v>
       </c>
       <c r="F445" t="s">
         <v>23</v>
       </c>
       <c r="G445" t="s">
         <v>23</v>
       </c>
       <c r="H445">
-        <v>0.207</v>
+        <v>0.201</v>
       </c>
       <c r="I445">
-        <v>5.131</v>
+        <v>5.071</v>
       </c>
       <c r="J445">
-        <v>0.107</v>
+        <v>0.104</v>
       </c>
       <c r="K445" t="s">
         <v>23</v>
       </c>
       <c r="L445">
-        <v>0.263</v>
+        <v>0.3</v>
       </c>
       <c r="M445">
-        <v>0.054</v>
+        <v>0.077</v>
       </c>
       <c r="N445">
-        <v>5.761</v>
+        <v>5.754</v>
       </c>
       <c r="O445">
         <v>0.01</v>
       </c>
       <c r="P445">
-        <v>26.353</v>
+        <v>26.259</v>
       </c>
     </row>
     <row r="446" spans="1:26">
       <c r="A446" s="6">
         <v>45689.0</v>
       </c>
       <c r="B446">
         <v>1.353</v>
       </c>
       <c r="C446">
-        <v>0.485</v>
+        <v>0.486</v>
       </c>
       <c r="D446">
-        <v>16.024</v>
+        <v>16.067</v>
       </c>
       <c r="E446">
-        <v>19.309</v>
+        <v>19.25</v>
       </c>
       <c r="F446" t="s">
         <v>23</v>
       </c>
       <c r="G446" t="s">
         <v>23</v>
       </c>
       <c r="H446">
-        <v>0.208</v>
+        <v>0.201</v>
       </c>
       <c r="I446">
-        <v>5.121</v>
+        <v>5.071</v>
       </c>
       <c r="J446">
         <v>0.104</v>
       </c>
       <c r="K446" t="s">
         <v>23</v>
       </c>
       <c r="L446">
-        <v>0.288</v>
+        <v>0.3</v>
       </c>
       <c r="M446">
-        <v>0.054</v>
+        <v>0.077</v>
       </c>
       <c r="N446">
-        <v>5.775</v>
+        <v>5.754</v>
       </c>
       <c r="O446">
         <v>0.01</v>
       </c>
       <c r="P446">
-        <v>26.342</v>
+        <v>26.257</v>
       </c>
     </row>
     <row r="447" spans="1:26">
       <c r="A447" s="6">
         <v>45717.0</v>
       </c>
       <c r="B447">
         <v>1.353</v>
       </c>
       <c r="C447">
-        <v>0.485</v>
+        <v>0.486</v>
       </c>
       <c r="D447">
-        <v>16.002</v>
+        <v>16.061</v>
       </c>
       <c r="E447">
-        <v>19.287</v>
+        <v>19.244</v>
       </c>
       <c r="F447" t="s">
         <v>23</v>
       </c>
       <c r="G447" t="s">
         <v>23</v>
       </c>
       <c r="H447">
-        <v>0.208</v>
+        <v>0.201</v>
       </c>
       <c r="I447">
-        <v>5.135</v>
+        <v>5.071</v>
       </c>
       <c r="J447">
         <v>0.104</v>
       </c>
       <c r="K447" t="s">
         <v>23</v>
       </c>
       <c r="L447">
-        <v>0.294</v>
+        <v>0.302</v>
       </c>
       <c r="M447">
         <v>0.077</v>
       </c>
       <c r="N447">
-        <v>5.818</v>
+        <v>5.756</v>
       </c>
       <c r="O447">
         <v>0.01</v>
       </c>
       <c r="P447">
-        <v>26.363</v>
+        <v>26.253</v>
       </c>
     </row>
     <row r="448" spans="1:26">
       <c r="A448" s="6">
         <v>45748.0</v>
       </c>
       <c r="B448">
         <v>1.353</v>
       </c>
       <c r="C448">
         <v>0.486</v>
       </c>
       <c r="D448">
-        <v>15.984</v>
+        <v>16.097</v>
       </c>
       <c r="E448">
-        <v>19.269</v>
+        <v>19.28</v>
       </c>
       <c r="F448" t="s">
         <v>23</v>
       </c>
       <c r="G448" t="s">
         <v>23</v>
       </c>
       <c r="H448">
-        <v>0.208</v>
+        <v>0.201</v>
       </c>
       <c r="I448">
-        <v>5.135</v>
+        <v>5.071</v>
       </c>
       <c r="J448">
         <v>0.104</v>
       </c>
       <c r="K448" t="s">
         <v>23</v>
       </c>
       <c r="L448">
-        <v>0.299</v>
+        <v>0.302</v>
       </c>
       <c r="M448">
         <v>0.077</v>
       </c>
       <c r="N448">
-        <v>5.823</v>
+        <v>5.756</v>
       </c>
       <c r="O448">
         <v>0.01</v>
       </c>
       <c r="P448">
-        <v>26.35</v>
+        <v>26.289</v>
       </c>
     </row>
     <row r="449" spans="1:26">
       <c r="A449" s="6">
         <v>45778.0</v>
       </c>
       <c r="B449">
         <v>1.353</v>
       </c>
       <c r="C449">
         <v>0.486</v>
       </c>
       <c r="D449">
-        <v>15.994</v>
+        <v>16.1</v>
       </c>
       <c r="E449">
-        <v>19.279</v>
+        <v>19.283</v>
       </c>
       <c r="F449" t="s">
         <v>23</v>
       </c>
       <c r="G449" t="s">
         <v>23</v>
       </c>
       <c r="H449">
-        <v>0.208</v>
+        <v>0.201</v>
       </c>
       <c r="I449">
-        <v>5.192</v>
+        <v>5.071</v>
       </c>
       <c r="J449">
         <v>0.104</v>
       </c>
       <c r="K449" t="s">
         <v>23</v>
       </c>
       <c r="L449">
         <v>0.305</v>
       </c>
       <c r="M449">
         <v>0.077</v>
       </c>
       <c r="N449">
-        <v>5.887</v>
+        <v>5.758</v>
       </c>
       <c r="O449">
         <v>0.01</v>
       </c>
       <c r="P449">
-        <v>26.424</v>
+        <v>26.295</v>
       </c>
     </row>
     <row r="450" spans="1:26">
       <c r="A450" s="6">
         <v>45809.0</v>
       </c>
       <c r="B450">
         <v>1.353</v>
       </c>
       <c r="C450">
         <v>0.486</v>
       </c>
       <c r="D450">
         <v>16.101</v>
       </c>
       <c r="E450">
-        <v>19.258</v>
+        <v>19.257</v>
       </c>
       <c r="F450" t="s">
         <v>23</v>
       </c>
       <c r="G450" t="s">
         <v>23</v>
       </c>
       <c r="H450">
-        <v>0.208</v>
+        <v>0.201</v>
       </c>
       <c r="I450">
-        <v>5.192</v>
+        <v>5.071</v>
       </c>
       <c r="J450">
         <v>0.104</v>
       </c>
       <c r="K450" t="s">
         <v>23</v>
       </c>
       <c r="L450">
         <v>0.307</v>
       </c>
       <c r="M450">
         <v>0.077</v>
       </c>
       <c r="N450">
-        <v>5.889</v>
+        <v>5.76</v>
       </c>
       <c r="O450">
         <v>0.01</v>
       </c>
       <c r="P450">
-        <v>26.4</v>
+        <v>26.272</v>
+      </c>
+    </row>
+    <row r="451" spans="1:26">
+      <c r="A451" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B451">
+        <v>1.353</v>
+      </c>
+      <c r="C451">
+        <v>0.486</v>
+      </c>
+      <c r="D451">
+        <v>16.1</v>
+      </c>
+      <c r="E451">
+        <v>19.257</v>
+      </c>
+      <c r="F451" t="s">
+        <v>23</v>
+      </c>
+      <c r="G451" t="s">
+        <v>23</v>
+      </c>
+      <c r="H451">
+        <v>0.201</v>
+      </c>
+      <c r="I451">
+        <v>4.981</v>
+      </c>
+      <c r="J451">
+        <v>0.104</v>
+      </c>
+      <c r="K451" t="s">
+        <v>23</v>
+      </c>
+      <c r="L451">
+        <v>0.338</v>
+      </c>
+      <c r="M451">
+        <v>0.077</v>
+      </c>
+      <c r="N451">
+        <v>5.702</v>
+      </c>
+      <c r="O451">
+        <v>0.011</v>
+      </c>
+      <c r="P451">
+        <v>26.213</v>
+      </c>
+    </row>
+    <row r="452" spans="1:26">
+      <c r="A452" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B452">
+        <v>1.353</v>
+      </c>
+      <c r="C452">
+        <v>0.486</v>
+      </c>
+      <c r="D452">
+        <v>16.1</v>
+      </c>
+      <c r="E452">
+        <v>19.257</v>
+      </c>
+      <c r="F452" t="s">
+        <v>23</v>
+      </c>
+      <c r="G452" t="s">
+        <v>23</v>
+      </c>
+      <c r="H452">
+        <v>0.201</v>
+      </c>
+      <c r="I452">
+        <v>4.981</v>
+      </c>
+      <c r="J452">
+        <v>0.104</v>
+      </c>
+      <c r="K452" t="s">
+        <v>23</v>
+      </c>
+      <c r="L452">
+        <v>0.338</v>
+      </c>
+      <c r="M452">
+        <v>0.077</v>
+      </c>
+      <c r="N452">
+        <v>5.702</v>
+      </c>
+      <c r="O452">
+        <v>0.011</v>
+      </c>
+      <c r="P452">
+        <v>26.213</v>
+      </c>
+    </row>
+    <row r="453" spans="1:26">
+      <c r="A453" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B453">
+        <v>1.353</v>
+      </c>
+      <c r="C453">
+        <v>0.486</v>
+      </c>
+      <c r="D453">
+        <v>16.1</v>
+      </c>
+      <c r="E453">
+        <v>19.257</v>
+      </c>
+      <c r="F453" t="s">
+        <v>23</v>
+      </c>
+      <c r="G453" t="s">
+        <v>23</v>
+      </c>
+      <c r="H453">
+        <v>0.201</v>
+      </c>
+      <c r="I453">
+        <v>4.981</v>
+      </c>
+      <c r="J453">
+        <v>0.104</v>
+      </c>
+      <c r="K453" t="s">
+        <v>23</v>
+      </c>
+      <c r="L453">
+        <v>0.572</v>
+      </c>
+      <c r="M453">
+        <v>0.077</v>
+      </c>
+      <c r="N453">
+        <v>5.936</v>
+      </c>
+      <c r="O453">
+        <v>0.011</v>
+      </c>
+      <c r="P453">
+        <v>26.512</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -24487,93 +24637,93 @@
       </c>
       <c r="K47" t="s">
         <v>23</v>
       </c>
       <c r="L47">
         <v>0.245</v>
       </c>
       <c r="M47">
         <v>0.054</v>
       </c>
       <c r="N47">
         <v>5.855</v>
       </c>
       <c r="O47">
         <v>0.004</v>
       </c>
       <c r="P47">
         <v>26.765</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="7">
         <v>2024</v>
       </c>
       <c r="B48">
-        <v>1.375</v>
+        <v>1.353</v>
       </c>
       <c r="C48">
-        <v>0.488</v>
+        <v>0.486</v>
       </c>
       <c r="D48">
-        <v>15.975</v>
+        <v>16.068</v>
       </c>
       <c r="E48">
-        <v>19.344</v>
+        <v>19.251</v>
       </c>
       <c r="F48" t="s">
         <v>23</v>
       </c>
       <c r="G48" t="s">
         <v>23</v>
       </c>
       <c r="H48">
-        <v>0.207</v>
+        <v>0.201</v>
       </c>
       <c r="I48">
-        <v>5.202</v>
+        <v>5.071</v>
       </c>
       <c r="J48">
-        <v>0.126</v>
+        <v>0.104</v>
       </c>
       <c r="K48" t="s">
         <v>23</v>
       </c>
       <c r="L48">
-        <v>0.279</v>
+        <v>0.3</v>
       </c>
       <c r="M48">
-        <v>0.054</v>
+        <v>0.077</v>
       </c>
       <c r="N48">
-        <v>5.869</v>
+        <v>5.754</v>
       </c>
       <c r="O48">
-        <v>0.004</v>
+        <v>0.01</v>
       </c>
       <c r="P48">
-        <v>26.464</v>
+        <v>26.259</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>