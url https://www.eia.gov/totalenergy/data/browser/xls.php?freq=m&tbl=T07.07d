--- v1 (2026-01-07)
+++ v2 (2026-02-22)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.7d Electric Net Summer Capacity: Industrial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Industrial Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Petroleum Industrial Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Natural Gas Industrial Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Fossil Fuels Industrial Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Nuclear Industrial Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Hydroelectric Pumped Storage Industrial Sector, Net Summer Capacity</t>
   </si>
@@ -498,54 +498,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z453"/>
+  <dimension ref="A1:Z454"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A453"/>
+      <selection activeCell="A13" sqref="A13:A454"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="75.696" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -22701,50 +22701,100 @@
         <v>0.201</v>
       </c>
       <c r="I453">
         <v>4.981</v>
       </c>
       <c r="J453">
         <v>0.104</v>
       </c>
       <c r="K453" t="s">
         <v>23</v>
       </c>
       <c r="L453">
         <v>0.572</v>
       </c>
       <c r="M453">
         <v>0.077</v>
       </c>
       <c r="N453">
         <v>5.936</v>
       </c>
       <c r="O453">
         <v>0.011</v>
       </c>
       <c r="P453">
         <v>26.512</v>
+      </c>
+    </row>
+    <row r="454" spans="1:26">
+      <c r="A454" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B454">
+        <v>1.353</v>
+      </c>
+      <c r="C454">
+        <v>0.487</v>
+      </c>
+      <c r="D454">
+        <v>16.1</v>
+      </c>
+      <c r="E454">
+        <v>19.258</v>
+      </c>
+      <c r="F454" t="s">
+        <v>23</v>
+      </c>
+      <c r="G454" t="s">
+        <v>23</v>
+      </c>
+      <c r="H454">
+        <v>0.201</v>
+      </c>
+      <c r="I454">
+        <v>4.981</v>
+      </c>
+      <c r="J454">
+        <v>0.104</v>
+      </c>
+      <c r="K454" t="s">
+        <v>23</v>
+      </c>
+      <c r="L454">
+        <v>0.574</v>
+      </c>
+      <c r="M454">
+        <v>0.077</v>
+      </c>
+      <c r="N454">
+        <v>5.938</v>
+      </c>
+      <c r="O454">
+        <v>0.011</v>
+      </c>
+      <c r="P454">
+        <v>26.515</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>