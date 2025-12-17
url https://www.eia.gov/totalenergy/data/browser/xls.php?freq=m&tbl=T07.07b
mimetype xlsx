--- v0 (2025-11-02)
+++ v1 (2025-12-17)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 7.7b Electric Net Summer Capacity: Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Electric Power Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Petroleum Electric Power Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Natural Gas Electric Power Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Fossil Fuels Electric Power Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Nuclear Electric Power Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Hydroelectric Pumped Storage Electric Power Sector, Net Summer Capacity</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.837" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -31255,993 +31255,1043 @@
       </c>
       <c r="K624">
         <v>2.696</v>
       </c>
       <c r="L624">
         <v>91.314</v>
       </c>
       <c r="M624">
         <v>147.322</v>
       </c>
       <c r="N624">
         <v>326.091</v>
       </c>
       <c r="O624">
         <v>15.942</v>
       </c>
       <c r="P624">
         <v>1155.365</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>175.423</v>
+        <v>176.096</v>
       </c>
       <c r="C625">
-        <v>27.977</v>
+        <v>27.309</v>
       </c>
       <c r="D625">
-        <v>489.837</v>
+        <v>489.155</v>
       </c>
       <c r="E625">
-        <v>693.599</v>
+        <v>692.922</v>
       </c>
       <c r="F625">
-        <v>95.657</v>
+        <v>97.277</v>
       </c>
       <c r="G625">
-        <v>23.142</v>
+        <v>23.119</v>
       </c>
       <c r="H625">
-        <v>79.546</v>
+        <v>79.599</v>
       </c>
       <c r="I625">
-        <v>2.276</v>
+        <v>2.308</v>
       </c>
       <c r="J625">
-        <v>2.73</v>
+        <v>2.733</v>
       </c>
       <c r="K625">
-        <v>2.714</v>
+        <v>2.69</v>
       </c>
       <c r="L625">
-        <v>94.113</v>
+        <v>94.374</v>
       </c>
       <c r="M625">
-        <v>148.275</v>
+        <v>147.692</v>
       </c>
       <c r="N625">
-        <v>329.654</v>
+        <v>329.396</v>
       </c>
       <c r="O625">
-        <v>15.839</v>
+        <v>16.218</v>
       </c>
       <c r="P625">
-        <v>1158.089</v>
+        <v>1159.102</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>175.423</v>
+        <v>176.096</v>
       </c>
       <c r="C626">
-        <v>27.979</v>
+        <v>27.311</v>
       </c>
       <c r="D626">
-        <v>489.837</v>
+        <v>489.155</v>
       </c>
       <c r="E626">
-        <v>693.601</v>
+        <v>692.924</v>
       </c>
       <c r="F626">
-        <v>95.657</v>
+        <v>97.277</v>
       </c>
       <c r="G626">
-        <v>23.142</v>
+        <v>23.119</v>
       </c>
       <c r="H626">
-        <v>79.546</v>
+        <v>79.599</v>
       </c>
       <c r="I626">
-        <v>2.276</v>
+        <v>2.308</v>
       </c>
       <c r="J626">
-        <v>2.73</v>
+        <v>2.733</v>
       </c>
       <c r="K626">
-        <v>2.714</v>
+        <v>2.69</v>
       </c>
       <c r="L626">
-        <v>94.702</v>
+        <v>94.986</v>
       </c>
       <c r="M626">
-        <v>148.476</v>
+        <v>147.894</v>
       </c>
       <c r="N626">
-        <v>330.444</v>
+        <v>330.209</v>
       </c>
       <c r="O626">
-        <v>15.874</v>
+        <v>16.254</v>
       </c>
       <c r="P626">
-        <v>1158.918</v>
+        <v>1159.952</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>174.949</v>
+        <v>175.923</v>
       </c>
       <c r="C627">
-        <v>27.982</v>
+        <v>27.313</v>
       </c>
       <c r="D627">
-        <v>489.131</v>
+        <v>488.449</v>
       </c>
       <c r="E627">
-        <v>692.424</v>
+        <v>692.047</v>
       </c>
       <c r="F627">
-        <v>95.657</v>
+        <v>97.277</v>
       </c>
       <c r="G627">
-        <v>23.222</v>
+        <v>23.199</v>
       </c>
       <c r="H627">
-        <v>79.546</v>
+        <v>79.599</v>
       </c>
       <c r="I627">
-        <v>2.276</v>
+        <v>2.308</v>
       </c>
       <c r="J627">
-        <v>2.729</v>
+        <v>2.735</v>
       </c>
       <c r="K627">
-        <v>2.714</v>
+        <v>2.69</v>
       </c>
       <c r="L627">
-        <v>97.631</v>
+        <v>97.945</v>
       </c>
       <c r="M627">
-        <v>148.636</v>
+        <v>148.054</v>
       </c>
       <c r="N627">
-        <v>333.532</v>
+        <v>333.331</v>
       </c>
       <c r="O627">
-        <v>16.917</v>
+        <v>17.297</v>
       </c>
       <c r="P627">
-        <v>1161.951</v>
+        <v>1163.32</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>174.323</v>
+        <v>175.296</v>
       </c>
       <c r="C628">
-        <v>27.963</v>
+        <v>27.313</v>
       </c>
       <c r="D628">
-        <v>489.244</v>
+        <v>488.032</v>
       </c>
       <c r="E628">
-        <v>691.864</v>
+        <v>690.975</v>
       </c>
       <c r="F628">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G628">
-        <v>23.222</v>
+        <v>23.199</v>
       </c>
       <c r="H628">
-        <v>79.546</v>
+        <v>79.599</v>
       </c>
       <c r="I628">
-        <v>2.276</v>
+        <v>2.261</v>
       </c>
       <c r="J628">
-        <v>2.701</v>
+        <v>2.707</v>
       </c>
       <c r="K628">
-        <v>2.714</v>
+        <v>2.69</v>
       </c>
       <c r="L628">
-        <v>99.032</v>
+        <v>99.366</v>
       </c>
       <c r="M628">
-        <v>149.765</v>
+        <v>149.183</v>
       </c>
       <c r="N628">
-        <v>336.034</v>
+        <v>335.805</v>
       </c>
       <c r="O628">
-        <v>17.6</v>
+        <v>17.982</v>
       </c>
       <c r="P628">
-        <v>1165.69</v>
+        <v>1166.522</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>173.827</v>
+        <v>174.8</v>
       </c>
       <c r="C629">
-        <v>27.955</v>
+        <v>27.305</v>
       </c>
       <c r="D629">
-        <v>489.364</v>
+        <v>488.173</v>
       </c>
       <c r="E629">
-        <v>691.48</v>
+        <v>690.612</v>
       </c>
       <c r="F629">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G629">
-        <v>23.222</v>
+        <v>23.199</v>
       </c>
       <c r="H629">
-        <v>79.546</v>
+        <v>79.599</v>
       </c>
       <c r="I629">
-        <v>2.276</v>
+        <v>2.261</v>
       </c>
       <c r="J629">
-        <v>2.686</v>
+        <v>2.69</v>
       </c>
       <c r="K629">
-        <v>2.714</v>
+        <v>2.676</v>
       </c>
       <c r="L629">
-        <v>101.572</v>
+        <v>101.907</v>
       </c>
       <c r="M629">
-        <v>150.017</v>
+        <v>149.268</v>
       </c>
       <c r="N629">
-        <v>338.811</v>
+        <v>338.401</v>
       </c>
       <c r="O629">
-        <v>18.748</v>
+        <v>19.129</v>
       </c>
       <c r="P629">
-        <v>1169.231</v>
+        <v>1169.902</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>173.647</v>
+        <v>174.62</v>
       </c>
       <c r="C630">
-        <v>27.856</v>
+        <v>27.201</v>
       </c>
       <c r="D630">
-        <v>487.96</v>
+        <v>486.762</v>
       </c>
       <c r="E630">
-        <v>689.797</v>
+        <v>688.917</v>
       </c>
       <c r="F630">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G630">
-        <v>23.222</v>
+        <v>23.199</v>
       </c>
       <c r="H630">
-        <v>79.538</v>
+        <v>79.59</v>
       </c>
       <c r="I630">
-        <v>2.276</v>
+        <v>2.261</v>
       </c>
       <c r="J630">
-        <v>2.686</v>
+        <v>2.687</v>
       </c>
       <c r="K630">
-        <v>2.734</v>
+        <v>2.696</v>
       </c>
       <c r="L630">
-        <v>104.209</v>
+        <v>104.565</v>
       </c>
       <c r="M630">
-        <v>150.047</v>
+        <v>149.298</v>
       </c>
       <c r="N630">
-        <v>341.489</v>
+        <v>341.097</v>
       </c>
       <c r="O630">
-        <v>19.99</v>
+        <v>20.38</v>
       </c>
       <c r="P630">
-        <v>1171.468</v>
+        <v>1172.151</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>173.647</v>
+        <v>174.62</v>
       </c>
       <c r="C631">
-        <v>27.856</v>
+        <v>27.201</v>
       </c>
       <c r="D631">
-        <v>488.763</v>
+        <v>487.571</v>
       </c>
       <c r="E631">
-        <v>690.6</v>
+        <v>689.726</v>
       </c>
       <c r="F631">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G631">
-        <v>23.222</v>
+        <v>23.199</v>
       </c>
       <c r="H631">
-        <v>79.538</v>
+        <v>79.59</v>
       </c>
       <c r="I631">
-        <v>2.276</v>
+        <v>2.25</v>
       </c>
       <c r="J631">
-        <v>2.686</v>
+        <v>2.684</v>
       </c>
       <c r="K631">
-        <v>2.734</v>
+        <v>2.696</v>
       </c>
       <c r="L631">
-        <v>105.167</v>
+        <v>105.538</v>
       </c>
       <c r="M631">
-        <v>150.748</v>
+        <v>149.997</v>
       </c>
       <c r="N631">
-        <v>343.148</v>
+        <v>342.755</v>
       </c>
       <c r="O631">
-        <v>20.734</v>
+        <v>21.125</v>
       </c>
       <c r="P631">
-        <v>1174.674</v>
+        <v>1175.362</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>173.647</v>
+        <v>174.62</v>
       </c>
       <c r="C632">
-        <v>27.85</v>
+        <v>27.195</v>
       </c>
       <c r="D632">
-        <v>488.761</v>
+        <v>487.569</v>
       </c>
       <c r="E632">
-        <v>690.592</v>
+        <v>689.718</v>
       </c>
       <c r="F632">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G632">
-        <v>23.222</v>
+        <v>23.199</v>
       </c>
       <c r="H632">
-        <v>79.543</v>
+        <v>79.596</v>
       </c>
       <c r="I632">
-        <v>2.276</v>
+        <v>2.25</v>
       </c>
       <c r="J632">
-        <v>2.689</v>
+        <v>2.687</v>
       </c>
       <c r="K632">
-        <v>2.734</v>
+        <v>2.696</v>
       </c>
       <c r="L632">
-        <v>106.367</v>
+        <v>106.743</v>
       </c>
       <c r="M632">
-        <v>150.931</v>
+        <v>150.348</v>
       </c>
       <c r="N632">
-        <v>344.54</v>
+        <v>344.318</v>
       </c>
       <c r="O632">
-        <v>21.659</v>
+        <v>22.351</v>
       </c>
       <c r="P632">
-        <v>1176.983</v>
+        <v>1178.144</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>173.647</v>
+        <v>174.361</v>
       </c>
       <c r="C633">
-        <v>27.849</v>
+        <v>27.185</v>
       </c>
       <c r="D633">
-        <v>488.759</v>
+        <v>487.567</v>
       </c>
       <c r="E633">
-        <v>690.589</v>
+        <v>689.447</v>
       </c>
       <c r="F633">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G633">
-        <v>23.222</v>
+        <v>23.199</v>
       </c>
       <c r="H633">
-        <v>79.544</v>
+        <v>79.597</v>
       </c>
       <c r="I633">
-        <v>2.276</v>
+        <v>2.25</v>
       </c>
       <c r="J633">
-        <v>2.689</v>
+        <v>2.687</v>
       </c>
       <c r="K633">
-        <v>2.734</v>
+        <v>2.696</v>
       </c>
       <c r="L633">
-        <v>108.731</v>
+        <v>109.232</v>
       </c>
       <c r="M633">
-        <v>151.07</v>
+        <v>150.486</v>
       </c>
       <c r="N633">
-        <v>347.045</v>
+        <v>346.947</v>
       </c>
       <c r="O633">
-        <v>22.604</v>
+        <v>23.165</v>
       </c>
       <c r="P633">
-        <v>1180.429</v>
+        <v>1181.315</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>172.469</v>
+        <v>173.183</v>
       </c>
       <c r="C634">
-        <v>27.849</v>
+        <v>27.185</v>
       </c>
       <c r="D634">
-        <v>488.759</v>
+        <v>487.436</v>
       </c>
       <c r="E634">
-        <v>689.411</v>
+        <v>688.139</v>
       </c>
       <c r="F634">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G634">
-        <v>23.222</v>
+        <v>23.199</v>
       </c>
       <c r="H634">
-        <v>79.544</v>
+        <v>79.593</v>
       </c>
       <c r="I634">
-        <v>2.276</v>
+        <v>2.25</v>
       </c>
       <c r="J634">
-        <v>2.689</v>
+        <v>2.687</v>
       </c>
       <c r="K634">
-        <v>2.734</v>
+        <v>2.696</v>
       </c>
       <c r="L634">
-        <v>111.885</v>
+        <v>112.068</v>
       </c>
       <c r="M634">
-        <v>151.091</v>
+        <v>150.501</v>
       </c>
       <c r="N634">
-        <v>350.218</v>
+        <v>349.793</v>
       </c>
       <c r="O634">
-        <v>23.328</v>
+        <v>23.924</v>
       </c>
       <c r="P634">
-        <v>1183.149</v>
+        <v>1183.612</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>172.482</v>
+        <v>173.196</v>
       </c>
       <c r="C635">
-        <v>27.847</v>
+        <v>27.183</v>
       </c>
       <c r="D635">
-        <v>488.856</v>
+        <v>487.537</v>
       </c>
       <c r="E635">
-        <v>689.519</v>
+        <v>688.251</v>
       </c>
       <c r="F635">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G635">
-        <v>23.18</v>
+        <v>23.157</v>
       </c>
       <c r="H635">
-        <v>79.544</v>
+        <v>79.593</v>
       </c>
       <c r="I635">
-        <v>2.276</v>
+        <v>2.208</v>
       </c>
       <c r="J635">
-        <v>2.689</v>
+        <v>2.687</v>
       </c>
       <c r="K635">
-        <v>2.734</v>
+        <v>2.696</v>
       </c>
       <c r="L635">
-        <v>116.755</v>
+        <v>117.065</v>
       </c>
       <c r="M635">
-        <v>151.091</v>
+        <v>150.501</v>
       </c>
       <c r="N635">
-        <v>355.088</v>
+        <v>354.748</v>
       </c>
       <c r="O635">
-        <v>23.873</v>
+        <v>24.767</v>
       </c>
       <c r="P635">
-        <v>1188.63</v>
+        <v>1189.481</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>172.482</v>
+        <v>172.776</v>
       </c>
       <c r="C636">
-        <v>27.849</v>
+        <v>27.178</v>
       </c>
       <c r="D636">
-        <v>489.433</v>
+        <v>487.895</v>
       </c>
       <c r="E636">
-        <v>690.098</v>
+        <v>688.183</v>
       </c>
       <c r="F636">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G636">
-        <v>23.18</v>
+        <v>23.157</v>
       </c>
       <c r="H636">
-        <v>79.541</v>
+        <v>79.615</v>
       </c>
       <c r="I636">
-        <v>2.276</v>
+        <v>2.208</v>
       </c>
       <c r="J636">
-        <v>2.689</v>
+        <v>2.686</v>
       </c>
       <c r="K636">
-        <v>2.734</v>
+        <v>2.696</v>
       </c>
       <c r="L636">
-        <v>121.835</v>
+        <v>122.716</v>
       </c>
       <c r="M636">
-        <v>152.588</v>
+        <v>151.951</v>
       </c>
       <c r="N636">
-        <v>361.663</v>
+        <v>361.87</v>
       </c>
       <c r="O636">
-        <v>26.019</v>
+        <v>26.96</v>
       </c>
       <c r="P636">
-        <v>1197.93</v>
+        <v>1198.728</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>170.521</v>
+        <v>171.511</v>
       </c>
       <c r="C637">
-        <v>27.567</v>
+        <v>27.172</v>
       </c>
       <c r="D637">
-        <v>490.614</v>
+        <v>489.225</v>
       </c>
       <c r="E637">
-        <v>689.035</v>
+        <v>688.242</v>
       </c>
       <c r="F637">
-        <v>96.82</v>
+        <v>98.391</v>
       </c>
       <c r="G637">
-        <v>23.168</v>
+        <v>23.157</v>
       </c>
       <c r="H637">
-        <v>79.57</v>
+        <v>79.616</v>
       </c>
       <c r="I637">
-        <v>2.233</v>
+        <v>2.208</v>
       </c>
       <c r="J637">
-        <v>2.687</v>
+        <v>2.686</v>
       </c>
       <c r="K637">
-        <v>2.698</v>
+        <v>2.696</v>
       </c>
       <c r="L637">
-        <v>124.96</v>
+        <v>126.055</v>
       </c>
       <c r="M637">
-        <v>153.143</v>
+        <v>153.265</v>
       </c>
       <c r="N637">
-        <v>365.291</v>
+        <v>366.525</v>
       </c>
       <c r="O637">
-        <v>26.642</v>
+        <v>27.244</v>
       </c>
       <c r="P637">
-        <v>1201.151</v>
+        <v>1203.725</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>169.947</v>
+        <v>171.104</v>
       </c>
       <c r="C638">
-        <v>27.078</v>
+        <v>27.172</v>
       </c>
       <c r="D638">
-        <v>491.204</v>
+        <v>489.264</v>
       </c>
       <c r="E638">
-        <v>688.562</v>
+        <v>687.874</v>
       </c>
       <c r="F638">
-        <v>97.623</v>
+        <v>98.391</v>
       </c>
       <c r="G638">
         <v>23.157</v>
       </c>
       <c r="H638">
-        <v>79.569</v>
+        <v>79.616</v>
       </c>
       <c r="I638">
-        <v>2.222</v>
+        <v>2.208</v>
       </c>
       <c r="J638">
-        <v>2.68</v>
+        <v>2.686</v>
       </c>
       <c r="K638">
-        <v>2.692</v>
+        <v>2.696</v>
       </c>
       <c r="L638">
-        <v>126.729</v>
+        <v>127.21</v>
       </c>
       <c r="M638">
-        <v>153.671</v>
+        <v>153.627</v>
       </c>
       <c r="N638">
-        <v>367.563</v>
+        <v>368.041</v>
       </c>
       <c r="O638">
-        <v>27.248</v>
+        <v>27.818</v>
       </c>
       <c r="P638">
-        <v>1204.318</v>
+        <v>1205.447</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>171.055</v>
+        <v>170.819</v>
       </c>
       <c r="C639">
-        <v>27.093</v>
+        <v>27.172</v>
       </c>
       <c r="D639">
-        <v>489.093</v>
+        <v>489.107</v>
       </c>
       <c r="E639">
-        <v>687.575</v>
+        <v>687.432</v>
       </c>
       <c r="F639">
         <v>98.391</v>
       </c>
       <c r="G639">
         <v>23.157</v>
       </c>
       <c r="H639">
-        <v>79.569</v>
+        <v>79.616</v>
       </c>
       <c r="I639">
-        <v>2.222</v>
+        <v>2.208</v>
       </c>
       <c r="J639">
-        <v>2.667</v>
+        <v>2.685</v>
       </c>
       <c r="K639">
-        <v>2.69</v>
+        <v>2.696</v>
       </c>
       <c r="L639">
-        <v>129.266</v>
+        <v>129.548</v>
       </c>
       <c r="M639">
-        <v>153.668</v>
+        <v>153.654</v>
       </c>
       <c r="N639">
-        <v>370.081</v>
+        <v>370.405</v>
       </c>
       <c r="O639">
-        <v>28.371</v>
+        <v>28.8</v>
       </c>
       <c r="P639">
-        <v>1207.741</v>
+        <v>1208.351</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>170.993</v>
+        <v>170.762</v>
       </c>
       <c r="C640">
-        <v>27.142</v>
+        <v>27.164</v>
       </c>
       <c r="D640">
-        <v>489.088</v>
+        <v>489.216</v>
       </c>
       <c r="E640">
-        <v>687.557</v>
+        <v>687.476</v>
       </c>
       <c r="F640">
         <v>98.391</v>
       </c>
       <c r="G640">
         <v>23.157</v>
       </c>
       <c r="H640">
-        <v>79.614</v>
+        <v>79.622</v>
       </c>
       <c r="I640">
-        <v>2.206</v>
+        <v>2.208</v>
       </c>
       <c r="J640">
-        <v>2.675</v>
+        <v>2.685</v>
       </c>
       <c r="K640">
-        <v>2.69</v>
+        <v>2.696</v>
       </c>
       <c r="L640">
-        <v>131.315</v>
+        <v>131.61</v>
       </c>
       <c r="M640">
-        <v>153.637</v>
+        <v>153.897</v>
       </c>
       <c r="N640">
-        <v>372.137</v>
+        <v>372.716</v>
       </c>
       <c r="O640">
-        <v>30.02</v>
+        <v>30.124</v>
       </c>
       <c r="P640">
-        <v>1211.428</v>
+        <v>1212.03</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>170.993</v>
+        <v>170.762</v>
       </c>
       <c r="C641">
-        <v>27.053</v>
+        <v>26.872</v>
       </c>
       <c r="D641">
-        <v>489.505</v>
+        <v>489.773</v>
       </c>
       <c r="E641">
-        <v>687.885</v>
+        <v>687.741</v>
       </c>
       <c r="F641">
         <v>98.437</v>
       </c>
       <c r="G641">
         <v>23.157</v>
       </c>
       <c r="H641">
-        <v>79.616</v>
+        <v>79.622</v>
       </c>
       <c r="I641">
-        <v>2.206</v>
+        <v>2.208</v>
       </c>
       <c r="J641">
-        <v>2.67</v>
+        <v>2.685</v>
       </c>
       <c r="K641">
-        <v>2.69</v>
+        <v>2.696</v>
       </c>
       <c r="L641">
-        <v>132.718</v>
+        <v>132.962</v>
       </c>
       <c r="M641">
-        <v>154.092</v>
+        <v>154.115</v>
       </c>
       <c r="N641">
-        <v>373.991</v>
+        <v>374.286</v>
       </c>
       <c r="O641">
-        <v>31.575</v>
+        <v>31.685</v>
       </c>
       <c r="P641">
-        <v>1215.211</v>
+        <v>1215.471</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>170.993</v>
+        <v>170.762</v>
       </c>
       <c r="C642">
-        <v>27.053</v>
+        <v>26.872</v>
       </c>
       <c r="D642">
-        <v>489.678</v>
+        <v>490.04</v>
       </c>
       <c r="E642">
-        <v>688.058</v>
+        <v>688.008</v>
       </c>
       <c r="F642">
         <v>98.437</v>
       </c>
       <c r="G642">
         <v>23.157</v>
       </c>
       <c r="H642">
-        <v>79.616</v>
+        <v>79.622</v>
       </c>
       <c r="I642">
-        <v>2.154</v>
+        <v>2.211</v>
       </c>
       <c r="J642">
         <v>2.68</v>
       </c>
       <c r="K642">
-        <v>2.69</v>
+        <v>2.696</v>
       </c>
       <c r="L642">
-        <v>134.438</v>
+        <v>134.857</v>
       </c>
       <c r="M642">
-        <v>154.7</v>
+        <v>154.701</v>
       </c>
       <c r="N642">
-        <v>376.279</v>
+        <v>376.766</v>
       </c>
       <c r="O642">
-        <v>32.858</v>
+        <v>32.97</v>
       </c>
       <c r="P642">
-        <v>1218.954</v>
+        <v>1219.505</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>170.775</v>
+        <v>170.435</v>
       </c>
       <c r="C643">
         <v>26.876</v>
       </c>
       <c r="D643">
-        <v>490.083</v>
+        <v>490.446</v>
       </c>
       <c r="E643">
-        <v>688.068</v>
+        <v>688.092</v>
       </c>
       <c r="F643">
         <v>98.437</v>
       </c>
       <c r="G643">
         <v>23.157</v>
       </c>
       <c r="H643">
         <v>79.625</v>
       </c>
       <c r="I643">
         <v>2.211</v>
       </c>
       <c r="J643">
         <v>2.68</v>
       </c>
       <c r="K643">
         <v>2.696</v>
       </c>
       <c r="L643">
-        <v>136.146</v>
+        <v>136.244</v>
       </c>
       <c r="M643">
         <v>154.896</v>
       </c>
       <c r="N643">
-        <v>378.253</v>
+        <v>378.351</v>
       </c>
       <c r="O643">
-        <v>34.317</v>
+        <v>34.645</v>
       </c>
       <c r="P643">
-        <v>1222.398</v>
+        <v>1222.848</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>170.435</v>
+      </c>
+      <c r="C644">
+        <v>26.544</v>
+      </c>
+      <c r="D644">
+        <v>491.086</v>
+      </c>
+      <c r="E644">
+        <v>688.4</v>
+      </c>
+      <c r="F644">
+        <v>98.437</v>
+      </c>
+      <c r="G644">
+        <v>23.157</v>
+      </c>
+      <c r="H644">
+        <v>79.625</v>
+      </c>
+      <c r="I644">
+        <v>2.211</v>
+      </c>
+      <c r="J644">
+        <v>2.68</v>
+      </c>
+      <c r="K644">
+        <v>2.696</v>
+      </c>
+      <c r="L644">
+        <v>138.387</v>
+      </c>
+      <c r="M644">
+        <v>155.116</v>
+      </c>
+      <c r="N644">
+        <v>380.714</v>
+      </c>
+      <c r="O644">
+        <v>35.728</v>
+      </c>
+      <c r="P644">
+        <v>1226.603</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -36134,93 +36184,93 @@
       </c>
       <c r="K87">
         <v>2.696</v>
       </c>
       <c r="L87">
         <v>91.314</v>
       </c>
       <c r="M87">
         <v>147.322</v>
       </c>
       <c r="N87">
         <v>326.091</v>
       </c>
       <c r="O87">
         <v>15.942</v>
       </c>
       <c r="P87">
         <v>1155.365</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>172.482</v>
+        <v>172.776</v>
       </c>
       <c r="C88">
-        <v>27.849</v>
+        <v>27.178</v>
       </c>
       <c r="D88">
-        <v>489.433</v>
+        <v>487.895</v>
       </c>
       <c r="E88">
-        <v>690.098</v>
+        <v>688.183</v>
       </c>
       <c r="F88">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G88">
-        <v>23.18</v>
+        <v>23.157</v>
       </c>
       <c r="H88">
-        <v>79.541</v>
+        <v>79.615</v>
       </c>
       <c r="I88">
-        <v>2.276</v>
+        <v>2.208</v>
       </c>
       <c r="J88">
-        <v>2.689</v>
+        <v>2.686</v>
       </c>
       <c r="K88">
-        <v>2.734</v>
+        <v>2.696</v>
       </c>
       <c r="L88">
-        <v>121.835</v>
+        <v>122.716</v>
       </c>
       <c r="M88">
-        <v>152.588</v>
+        <v>151.951</v>
       </c>
       <c r="N88">
-        <v>361.663</v>
+        <v>361.87</v>
       </c>
       <c r="O88">
-        <v>26.019</v>
+        <v>26.96</v>
       </c>
       <c r="P88">
-        <v>1197.93</v>
+        <v>1198.728</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>