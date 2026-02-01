--- v1 (2025-12-17)
+++ v2 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.7b Electric Net Summer Capacity: Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Electric Power Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Petroleum Electric Power Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Natural Gas Electric Power Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Fossil Fuels Electric Power Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Nuclear Electric Power Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Hydroelectric Pumped Storage Electric Power Sector, Net Summer Capacity</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.837" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -31267,1031 +31267,1131 @@
       </c>
       <c r="O624">
         <v>15.942</v>
       </c>
       <c r="P624">
         <v>1155.365</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>176.096</v>
       </c>
       <c r="C625">
         <v>27.309</v>
       </c>
       <c r="D625">
         <v>489.155</v>
       </c>
       <c r="E625">
         <v>692.922</v>
       </c>
       <c r="F625">
-        <v>97.277</v>
+        <v>95.706</v>
       </c>
       <c r="G625">
         <v>23.119</v>
       </c>
       <c r="H625">
         <v>79.599</v>
       </c>
       <c r="I625">
         <v>2.308</v>
       </c>
       <c r="J625">
         <v>2.733</v>
       </c>
       <c r="K625">
         <v>2.69</v>
       </c>
       <c r="L625">
         <v>94.374</v>
       </c>
       <c r="M625">
         <v>147.692</v>
       </c>
       <c r="N625">
         <v>329.396</v>
       </c>
       <c r="O625">
         <v>16.218</v>
       </c>
       <c r="P625">
-        <v>1159.102</v>
+        <v>1157.531</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>176.096</v>
       </c>
       <c r="C626">
         <v>27.311</v>
       </c>
       <c r="D626">
         <v>489.155</v>
       </c>
       <c r="E626">
         <v>692.924</v>
       </c>
       <c r="F626">
-        <v>97.277</v>
+        <v>95.706</v>
       </c>
       <c r="G626">
         <v>23.119</v>
       </c>
       <c r="H626">
         <v>79.599</v>
       </c>
       <c r="I626">
         <v>2.308</v>
       </c>
       <c r="J626">
         <v>2.733</v>
       </c>
       <c r="K626">
         <v>2.69</v>
       </c>
       <c r="L626">
         <v>94.986</v>
       </c>
       <c r="M626">
         <v>147.894</v>
       </c>
       <c r="N626">
         <v>330.209</v>
       </c>
       <c r="O626">
         <v>16.254</v>
       </c>
       <c r="P626">
-        <v>1159.952</v>
+        <v>1158.381</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>175.923</v>
       </c>
       <c r="C627">
         <v>27.313</v>
       </c>
       <c r="D627">
         <v>488.449</v>
       </c>
       <c r="E627">
         <v>692.047</v>
       </c>
       <c r="F627">
-        <v>97.277</v>
+        <v>95.706</v>
       </c>
       <c r="G627">
         <v>23.199</v>
       </c>
       <c r="H627">
         <v>79.599</v>
       </c>
       <c r="I627">
         <v>2.308</v>
       </c>
       <c r="J627">
         <v>2.735</v>
       </c>
       <c r="K627">
         <v>2.69</v>
       </c>
       <c r="L627">
         <v>97.945</v>
       </c>
       <c r="M627">
         <v>148.054</v>
       </c>
       <c r="N627">
         <v>333.331</v>
       </c>
       <c r="O627">
         <v>17.297</v>
       </c>
       <c r="P627">
-        <v>1163.32</v>
+        <v>1161.748</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>175.296</v>
       </c>
       <c r="C628">
         <v>27.313</v>
       </c>
       <c r="D628">
         <v>488.032</v>
       </c>
       <c r="E628">
         <v>690.975</v>
       </c>
       <c r="F628">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G628">
         <v>23.199</v>
       </c>
       <c r="H628">
         <v>79.599</v>
       </c>
       <c r="I628">
         <v>2.261</v>
       </c>
       <c r="J628">
         <v>2.707</v>
       </c>
       <c r="K628">
         <v>2.69</v>
       </c>
       <c r="L628">
         <v>99.366</v>
       </c>
       <c r="M628">
         <v>149.183</v>
       </c>
       <c r="N628">
         <v>335.805</v>
       </c>
       <c r="O628">
         <v>17.982</v>
       </c>
       <c r="P628">
-        <v>1166.522</v>
+        <v>1164.951</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>174.8</v>
       </c>
       <c r="C629">
         <v>27.305</v>
       </c>
       <c r="D629">
         <v>488.173</v>
       </c>
       <c r="E629">
         <v>690.612</v>
       </c>
       <c r="F629">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G629">
         <v>23.199</v>
       </c>
       <c r="H629">
         <v>79.599</v>
       </c>
       <c r="I629">
         <v>2.261</v>
       </c>
       <c r="J629">
         <v>2.69</v>
       </c>
       <c r="K629">
         <v>2.676</v>
       </c>
       <c r="L629">
         <v>101.907</v>
       </c>
       <c r="M629">
         <v>149.268</v>
       </c>
       <c r="N629">
         <v>338.401</v>
       </c>
       <c r="O629">
         <v>19.129</v>
       </c>
       <c r="P629">
-        <v>1169.902</v>
+        <v>1168.33</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>174.62</v>
       </c>
       <c r="C630">
         <v>27.201</v>
       </c>
       <c r="D630">
         <v>486.762</v>
       </c>
       <c r="E630">
         <v>688.917</v>
       </c>
       <c r="F630">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G630">
         <v>23.199</v>
       </c>
       <c r="H630">
         <v>79.59</v>
       </c>
       <c r="I630">
         <v>2.261</v>
       </c>
       <c r="J630">
         <v>2.687</v>
       </c>
       <c r="K630">
         <v>2.696</v>
       </c>
       <c r="L630">
         <v>104.565</v>
       </c>
       <c r="M630">
         <v>149.298</v>
       </c>
       <c r="N630">
         <v>341.097</v>
       </c>
       <c r="O630">
         <v>20.38</v>
       </c>
       <c r="P630">
-        <v>1172.151</v>
+        <v>1170.58</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>174.62</v>
       </c>
       <c r="C631">
         <v>27.201</v>
       </c>
       <c r="D631">
         <v>487.571</v>
       </c>
       <c r="E631">
         <v>689.726</v>
       </c>
       <c r="F631">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G631">
         <v>23.199</v>
       </c>
       <c r="H631">
         <v>79.59</v>
       </c>
       <c r="I631">
         <v>2.25</v>
       </c>
       <c r="J631">
         <v>2.684</v>
       </c>
       <c r="K631">
         <v>2.696</v>
       </c>
       <c r="L631">
         <v>105.538</v>
       </c>
       <c r="M631">
         <v>149.997</v>
       </c>
       <c r="N631">
         <v>342.755</v>
       </c>
       <c r="O631">
         <v>21.125</v>
       </c>
       <c r="P631">
-        <v>1175.362</v>
+        <v>1173.791</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>174.62</v>
       </c>
       <c r="C632">
         <v>27.195</v>
       </c>
       <c r="D632">
         <v>487.569</v>
       </c>
       <c r="E632">
         <v>689.718</v>
       </c>
       <c r="F632">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G632">
         <v>23.199</v>
       </c>
       <c r="H632">
         <v>79.596</v>
       </c>
       <c r="I632">
         <v>2.25</v>
       </c>
       <c r="J632">
         <v>2.687</v>
       </c>
       <c r="K632">
         <v>2.696</v>
       </c>
       <c r="L632">
         <v>106.743</v>
       </c>
       <c r="M632">
         <v>150.348</v>
       </c>
       <c r="N632">
         <v>344.318</v>
       </c>
       <c r="O632">
         <v>22.351</v>
       </c>
       <c r="P632">
-        <v>1178.144</v>
+        <v>1176.573</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>174.361</v>
       </c>
       <c r="C633">
         <v>27.185</v>
       </c>
       <c r="D633">
         <v>487.567</v>
       </c>
       <c r="E633">
         <v>689.447</v>
       </c>
       <c r="F633">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G633">
         <v>23.199</v>
       </c>
       <c r="H633">
         <v>79.597</v>
       </c>
       <c r="I633">
         <v>2.25</v>
       </c>
       <c r="J633">
         <v>2.687</v>
       </c>
       <c r="K633">
         <v>2.696</v>
       </c>
       <c r="L633">
         <v>109.232</v>
       </c>
       <c r="M633">
         <v>150.486</v>
       </c>
       <c r="N633">
         <v>346.947</v>
       </c>
       <c r="O633">
         <v>23.165</v>
       </c>
       <c r="P633">
-        <v>1181.315</v>
+        <v>1179.744</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>173.183</v>
       </c>
       <c r="C634">
         <v>27.185</v>
       </c>
       <c r="D634">
         <v>487.436</v>
       </c>
       <c r="E634">
         <v>688.139</v>
       </c>
       <c r="F634">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G634">
         <v>23.199</v>
       </c>
       <c r="H634">
         <v>79.593</v>
       </c>
       <c r="I634">
         <v>2.25</v>
       </c>
       <c r="J634">
         <v>2.687</v>
       </c>
       <c r="K634">
         <v>2.696</v>
       </c>
       <c r="L634">
         <v>112.068</v>
       </c>
       <c r="M634">
         <v>150.501</v>
       </c>
       <c r="N634">
         <v>349.793</v>
       </c>
       <c r="O634">
         <v>23.924</v>
       </c>
       <c r="P634">
-        <v>1183.612</v>
+        <v>1182.041</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>173.196</v>
       </c>
       <c r="C635">
         <v>27.183</v>
       </c>
       <c r="D635">
         <v>487.537</v>
       </c>
       <c r="E635">
         <v>688.251</v>
       </c>
       <c r="F635">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G635">
         <v>23.157</v>
       </c>
       <c r="H635">
         <v>79.593</v>
       </c>
       <c r="I635">
         <v>2.208</v>
       </c>
       <c r="J635">
         <v>2.687</v>
       </c>
       <c r="K635">
         <v>2.696</v>
       </c>
       <c r="L635">
         <v>117.065</v>
       </c>
       <c r="M635">
         <v>150.501</v>
       </c>
       <c r="N635">
         <v>354.748</v>
       </c>
       <c r="O635">
         <v>24.767</v>
       </c>
       <c r="P635">
-        <v>1189.481</v>
+        <v>1187.909</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>172.776</v>
       </c>
       <c r="C636">
         <v>27.178</v>
       </c>
       <c r="D636">
         <v>487.895</v>
       </c>
       <c r="E636">
         <v>688.183</v>
       </c>
       <c r="F636">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G636">
         <v>23.157</v>
       </c>
       <c r="H636">
         <v>79.615</v>
       </c>
       <c r="I636">
         <v>2.208</v>
       </c>
       <c r="J636">
         <v>2.686</v>
       </c>
       <c r="K636">
         <v>2.696</v>
       </c>
       <c r="L636">
         <v>122.716</v>
       </c>
       <c r="M636">
         <v>151.951</v>
       </c>
       <c r="N636">
         <v>361.87</v>
       </c>
       <c r="O636">
         <v>26.96</v>
       </c>
       <c r="P636">
-        <v>1198.728</v>
+        <v>1197.157</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>171.511</v>
       </c>
       <c r="C637">
         <v>27.172</v>
       </c>
       <c r="D637">
         <v>489.225</v>
       </c>
       <c r="E637">
         <v>688.242</v>
       </c>
       <c r="F637">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G637">
         <v>23.157</v>
       </c>
       <c r="H637">
         <v>79.616</v>
       </c>
       <c r="I637">
         <v>2.208</v>
       </c>
       <c r="J637">
         <v>2.686</v>
       </c>
       <c r="K637">
         <v>2.696</v>
       </c>
       <c r="L637">
         <v>126.055</v>
       </c>
       <c r="M637">
         <v>153.265</v>
       </c>
       <c r="N637">
         <v>366.525</v>
       </c>
       <c r="O637">
         <v>27.244</v>
       </c>
       <c r="P637">
-        <v>1203.725</v>
+        <v>1202.154</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>171.104</v>
       </c>
       <c r="C638">
         <v>27.172</v>
       </c>
       <c r="D638">
         <v>489.264</v>
       </c>
       <c r="E638">
         <v>687.874</v>
       </c>
       <c r="F638">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G638">
         <v>23.157</v>
       </c>
       <c r="H638">
         <v>79.616</v>
       </c>
       <c r="I638">
         <v>2.208</v>
       </c>
       <c r="J638">
         <v>2.686</v>
       </c>
       <c r="K638">
         <v>2.696</v>
       </c>
       <c r="L638">
         <v>127.21</v>
       </c>
       <c r="M638">
         <v>153.627</v>
       </c>
       <c r="N638">
         <v>368.041</v>
       </c>
       <c r="O638">
         <v>27.818</v>
       </c>
       <c r="P638">
-        <v>1205.447</v>
+        <v>1203.876</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>170.819</v>
       </c>
       <c r="C639">
         <v>27.172</v>
       </c>
       <c r="D639">
         <v>489.107</v>
       </c>
       <c r="E639">
         <v>687.432</v>
       </c>
       <c r="F639">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G639">
         <v>23.157</v>
       </c>
       <c r="H639">
         <v>79.616</v>
       </c>
       <c r="I639">
         <v>2.208</v>
       </c>
       <c r="J639">
         <v>2.685</v>
       </c>
       <c r="K639">
         <v>2.696</v>
       </c>
       <c r="L639">
         <v>129.548</v>
       </c>
       <c r="M639">
         <v>153.654</v>
       </c>
       <c r="N639">
         <v>370.405</v>
       </c>
       <c r="O639">
         <v>28.8</v>
       </c>
       <c r="P639">
-        <v>1208.351</v>
+        <v>1206.78</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>170.762</v>
       </c>
       <c r="C640">
         <v>27.164</v>
       </c>
       <c r="D640">
         <v>489.216</v>
       </c>
       <c r="E640">
         <v>687.476</v>
       </c>
       <c r="F640">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G640">
         <v>23.157</v>
       </c>
       <c r="H640">
         <v>79.622</v>
       </c>
       <c r="I640">
         <v>2.208</v>
       </c>
       <c r="J640">
         <v>2.685</v>
       </c>
       <c r="K640">
         <v>2.696</v>
       </c>
       <c r="L640">
         <v>131.61</v>
       </c>
       <c r="M640">
         <v>153.897</v>
       </c>
       <c r="N640">
         <v>372.716</v>
       </c>
       <c r="O640">
         <v>30.124</v>
       </c>
       <c r="P640">
-        <v>1212.03</v>
+        <v>1210.458</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>170.762</v>
       </c>
       <c r="C641">
         <v>26.872</v>
       </c>
       <c r="D641">
         <v>489.773</v>
       </c>
       <c r="E641">
         <v>687.741</v>
       </c>
       <c r="F641">
-        <v>98.437</v>
+        <v>96.866</v>
       </c>
       <c r="G641">
         <v>23.157</v>
       </c>
       <c r="H641">
         <v>79.622</v>
       </c>
       <c r="I641">
         <v>2.208</v>
       </c>
       <c r="J641">
         <v>2.685</v>
       </c>
       <c r="K641">
         <v>2.696</v>
       </c>
       <c r="L641">
         <v>132.962</v>
       </c>
       <c r="M641">
         <v>154.115</v>
       </c>
       <c r="N641">
         <v>374.286</v>
       </c>
       <c r="O641">
         <v>31.685</v>
       </c>
       <c r="P641">
-        <v>1215.471</v>
+        <v>1213.9</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>170.762</v>
       </c>
       <c r="C642">
         <v>26.872</v>
       </c>
       <c r="D642">
         <v>490.04</v>
       </c>
       <c r="E642">
         <v>688.008</v>
       </c>
       <c r="F642">
-        <v>98.437</v>
+        <v>96.866</v>
       </c>
       <c r="G642">
         <v>23.157</v>
       </c>
       <c r="H642">
         <v>79.622</v>
       </c>
       <c r="I642">
         <v>2.211</v>
       </c>
       <c r="J642">
         <v>2.68</v>
       </c>
       <c r="K642">
         <v>2.696</v>
       </c>
       <c r="L642">
         <v>134.857</v>
       </c>
       <c r="M642">
         <v>154.701</v>
       </c>
       <c r="N642">
         <v>376.766</v>
       </c>
       <c r="O642">
         <v>32.97</v>
       </c>
       <c r="P642">
-        <v>1219.505</v>
+        <v>1217.934</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>170.435</v>
       </c>
       <c r="C643">
         <v>26.876</v>
       </c>
       <c r="D643">
         <v>490.446</v>
       </c>
       <c r="E643">
         <v>688.092</v>
       </c>
       <c r="F643">
-        <v>98.437</v>
+        <v>96.866</v>
       </c>
       <c r="G643">
         <v>23.157</v>
       </c>
       <c r="H643">
         <v>79.625</v>
       </c>
       <c r="I643">
         <v>2.211</v>
       </c>
       <c r="J643">
         <v>2.68</v>
       </c>
       <c r="K643">
         <v>2.696</v>
       </c>
       <c r="L643">
         <v>136.244</v>
       </c>
       <c r="M643">
         <v>154.896</v>
       </c>
       <c r="N643">
         <v>378.351</v>
       </c>
       <c r="O643">
         <v>34.645</v>
       </c>
       <c r="P643">
-        <v>1222.848</v>
+        <v>1221.276</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>170.435</v>
       </c>
       <c r="C644">
         <v>26.544</v>
       </c>
       <c r="D644">
         <v>491.086</v>
       </c>
       <c r="E644">
         <v>688.4</v>
       </c>
       <c r="F644">
-        <v>98.437</v>
+        <v>96.866</v>
       </c>
       <c r="G644">
         <v>23.157</v>
       </c>
       <c r="H644">
         <v>79.625</v>
       </c>
       <c r="I644">
         <v>2.211</v>
       </c>
       <c r="J644">
         <v>2.68</v>
       </c>
       <c r="K644">
         <v>2.696</v>
       </c>
       <c r="L644">
         <v>138.387</v>
       </c>
       <c r="M644">
         <v>155.116</v>
       </c>
       <c r="N644">
         <v>380.714</v>
       </c>
       <c r="O644">
         <v>35.728</v>
       </c>
       <c r="P644">
-        <v>1226.603</v>
+        <v>1225.031</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>170.435</v>
+      </c>
+      <c r="C645">
+        <v>26.584</v>
+      </c>
+      <c r="D645">
+        <v>491.169</v>
+      </c>
+      <c r="E645">
+        <v>688.523</v>
+      </c>
+      <c r="F645">
+        <v>96.866</v>
+      </c>
+      <c r="G645">
+        <v>23.157</v>
+      </c>
+      <c r="H645">
+        <v>79.625</v>
+      </c>
+      <c r="I645">
+        <v>2.211</v>
+      </c>
+      <c r="J645">
+        <v>2.68</v>
+      </c>
+      <c r="K645">
+        <v>2.696</v>
+      </c>
+      <c r="L645">
+        <v>140.559</v>
+      </c>
+      <c r="M645">
+        <v>155.306</v>
+      </c>
+      <c r="N645">
+        <v>383.076</v>
+      </c>
+      <c r="O645">
+        <v>36.972</v>
+      </c>
+      <c r="P645">
+        <v>1228.76</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>169.535</v>
+      </c>
+      <c r="C646">
+        <v>26.677</v>
+      </c>
+      <c r="D646">
+        <v>491.316</v>
+      </c>
+      <c r="E646">
+        <v>687.863</v>
+      </c>
+      <c r="F646">
+        <v>96.866</v>
+      </c>
+      <c r="G646">
+        <v>23.157</v>
+      </c>
+      <c r="H646">
+        <v>79.625</v>
+      </c>
+      <c r="I646">
+        <v>2.211</v>
+      </c>
+      <c r="J646">
+        <v>2.673</v>
+      </c>
+      <c r="K646">
+        <v>2.696</v>
+      </c>
+      <c r="L646">
+        <v>141.908</v>
+      </c>
+      <c r="M646">
+        <v>155.747</v>
+      </c>
+      <c r="N646">
+        <v>384.859</v>
+      </c>
+      <c r="O646">
+        <v>39.089</v>
+      </c>
+      <c r="P646">
+        <v>1232.007</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -36196,81 +36296,81 @@
       </c>
       <c r="O87">
         <v>15.942</v>
       </c>
       <c r="P87">
         <v>1155.365</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>172.776</v>
       </c>
       <c r="C88">
         <v>27.178</v>
       </c>
       <c r="D88">
         <v>487.895</v>
       </c>
       <c r="E88">
         <v>688.183</v>
       </c>
       <c r="F88">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G88">
         <v>23.157</v>
       </c>
       <c r="H88">
         <v>79.615</v>
       </c>
       <c r="I88">
         <v>2.208</v>
       </c>
       <c r="J88">
         <v>2.686</v>
       </c>
       <c r="K88">
         <v>2.696</v>
       </c>
       <c r="L88">
         <v>122.716</v>
       </c>
       <c r="M88">
         <v>151.951</v>
       </c>
       <c r="N88">
         <v>361.87</v>
       </c>
       <c r="O88">
         <v>26.96</v>
       </c>
       <c r="P88">
-        <v>1198.728</v>
+        <v>1197.157</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>