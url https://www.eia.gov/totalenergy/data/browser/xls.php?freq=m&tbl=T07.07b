--- v2 (2026-02-01)
+++ v3 (2026-03-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 7.7b Electric Net Summer Capacity: Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Electric Power Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Petroleum Electric Power Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Natural Gas Electric Power Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Fossil Fuels Electric Power Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Nuclear Electric Power Sector, Net Summer Capacity</t>
   </si>
   <si>
     <t>Hydroelectric Pumped Storage Electric Power Sector, Net Summer Capacity</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.837" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -32348,50 +32348,100 @@
         <v>79.625</v>
       </c>
       <c r="I646">
         <v>2.211</v>
       </c>
       <c r="J646">
         <v>2.673</v>
       </c>
       <c r="K646">
         <v>2.696</v>
       </c>
       <c r="L646">
         <v>141.908</v>
       </c>
       <c r="M646">
         <v>155.747</v>
       </c>
       <c r="N646">
         <v>384.859</v>
       </c>
       <c r="O646">
         <v>39.089</v>
       </c>
       <c r="P646">
         <v>1232.007</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>168.635</v>
+      </c>
+      <c r="C647">
+        <v>26.639</v>
+      </c>
+      <c r="D647">
+        <v>492.123</v>
+      </c>
+      <c r="E647">
+        <v>687.732</v>
+      </c>
+      <c r="F647">
+        <v>96.866</v>
+      </c>
+      <c r="G647">
+        <v>23.157</v>
+      </c>
+      <c r="H647">
+        <v>79.625</v>
+      </c>
+      <c r="I647">
+        <v>2.211</v>
+      </c>
+      <c r="J647">
+        <v>2.67</v>
+      </c>
+      <c r="K647">
+        <v>2.696</v>
+      </c>
+      <c r="L647">
+        <v>144.19</v>
+      </c>
+      <c r="M647">
+        <v>156.185</v>
+      </c>
+      <c r="N647">
+        <v>387.575</v>
+      </c>
+      <c r="O647">
+        <v>40.295</v>
+      </c>
+      <c r="P647">
+        <v>1235.826</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>