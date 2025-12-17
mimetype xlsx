--- v0 (2025-11-02)
+++ v1 (2025-12-17)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 7.7a Electric Net Summer Capacity: Total (All Sectors)</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t xml:space="preserve">Coal, Net Summer Capacity </t>
   </si>
   <si>
     <t>Petroleum, Net Summer Capacity</t>
   </si>
   <si>
     <t xml:space="preserve">Natural Gas, Net Summer Capacity </t>
   </si>
   <si>
     <t>Fossil Fuels, Net Summer Capacity</t>
   </si>
   <si>
     <t>Nuclear Electric Power, Net Summer Capacity</t>
   </si>
   <si>
     <t>Hydroelectric Pumped Storage, Net Summer Capacity</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.267" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="41.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -31255,993 +31255,1043 @@
       </c>
       <c r="K624">
         <v>2.696</v>
       </c>
       <c r="L624">
         <v>92.008</v>
       </c>
       <c r="M624">
         <v>147.445</v>
       </c>
       <c r="N624">
         <v>333.96</v>
       </c>
       <c r="O624">
         <v>15.995</v>
       </c>
       <c r="P624">
         <v>1187.555</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>176.846</v>
+        <v>177.497</v>
       </c>
       <c r="C625">
-        <v>29.426</v>
+        <v>28.794</v>
       </c>
       <c r="D625">
-        <v>508.485</v>
+        <v>507.931</v>
       </c>
       <c r="E625">
-        <v>716.624</v>
+        <v>715.928</v>
       </c>
       <c r="F625">
-        <v>95.657</v>
+        <v>97.277</v>
       </c>
       <c r="G625">
-        <v>23.142</v>
+        <v>23.119</v>
       </c>
       <c r="H625">
-        <v>79.84</v>
+        <v>79.887</v>
       </c>
       <c r="I625">
-        <v>7.575</v>
+        <v>7.54</v>
       </c>
       <c r="J625">
-        <v>4.128</v>
+        <v>4.099</v>
       </c>
       <c r="K625">
-        <v>2.714</v>
+        <v>2.69</v>
       </c>
       <c r="L625">
-        <v>94.829</v>
+        <v>95.075</v>
       </c>
       <c r="M625">
-        <v>148.398</v>
+        <v>147.815</v>
       </c>
       <c r="N625">
-        <v>337.484</v>
+        <v>337.106</v>
       </c>
       <c r="O625">
-        <v>15.895</v>
+        <v>16.276</v>
       </c>
       <c r="P625">
-        <v>1190.254</v>
+        <v>1191.126</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>176.846</v>
+        <v>177.497</v>
       </c>
       <c r="C626">
-        <v>29.428</v>
+        <v>28.794</v>
       </c>
       <c r="D626">
-        <v>508.485</v>
+        <v>507.924</v>
       </c>
       <c r="E626">
-        <v>716.626</v>
+        <v>715.921</v>
       </c>
       <c r="F626">
-        <v>95.657</v>
+        <v>97.277</v>
       </c>
       <c r="G626">
-        <v>23.142</v>
+        <v>23.119</v>
       </c>
       <c r="H626">
-        <v>79.84</v>
+        <v>79.887</v>
       </c>
       <c r="I626">
-        <v>7.575</v>
+        <v>7.54</v>
       </c>
       <c r="J626">
-        <v>4.128</v>
+        <v>4.099</v>
       </c>
       <c r="K626">
-        <v>2.714</v>
+        <v>2.69</v>
       </c>
       <c r="L626">
-        <v>95.418</v>
+        <v>95.686</v>
       </c>
       <c r="M626">
-        <v>148.599</v>
+        <v>148.017</v>
       </c>
       <c r="N626">
-        <v>338.274</v>
+        <v>337.919</v>
       </c>
       <c r="O626">
-        <v>15.931</v>
+        <v>16.312</v>
       </c>
       <c r="P626">
-        <v>1191.083</v>
+        <v>1191.967</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>176.373</v>
+        <v>177.324</v>
       </c>
       <c r="C627">
-        <v>29.43</v>
+        <v>28.797</v>
       </c>
       <c r="D627">
-        <v>507.778</v>
+        <v>507.215</v>
       </c>
       <c r="E627">
-        <v>715.448</v>
+        <v>715.042</v>
       </c>
       <c r="F627">
-        <v>95.657</v>
+        <v>97.277</v>
       </c>
       <c r="G627">
-        <v>23.222</v>
+        <v>23.199</v>
       </c>
       <c r="H627">
-        <v>79.841</v>
+        <v>79.887</v>
       </c>
       <c r="I627">
-        <v>7.575</v>
+        <v>7.54</v>
       </c>
       <c r="J627">
-        <v>4.127</v>
+        <v>4.101</v>
       </c>
       <c r="K627">
-        <v>2.714</v>
+        <v>2.69</v>
       </c>
       <c r="L627">
-        <v>98.348</v>
+        <v>98.647</v>
       </c>
       <c r="M627">
-        <v>148.759</v>
+        <v>148.177</v>
       </c>
       <c r="N627">
-        <v>341.364</v>
+        <v>341.042</v>
       </c>
       <c r="O627">
-        <v>16.974</v>
+        <v>17.355</v>
       </c>
       <c r="P627">
-        <v>1194.117</v>
+        <v>1195.334</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>175.747</v>
+        <v>176.698</v>
       </c>
       <c r="C628">
-        <v>29.411</v>
+        <v>28.796</v>
       </c>
       <c r="D628">
-        <v>507.784</v>
+        <v>506.679</v>
       </c>
       <c r="E628">
-        <v>714.78</v>
+        <v>713.851</v>
       </c>
       <c r="F628">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G628">
-        <v>23.222</v>
+        <v>23.199</v>
       </c>
       <c r="H628">
-        <v>79.841</v>
+        <v>79.887</v>
       </c>
       <c r="I628">
-        <v>7.575</v>
+        <v>7.493</v>
       </c>
       <c r="J628">
-        <v>4.099</v>
+        <v>4.073</v>
       </c>
       <c r="K628">
-        <v>2.714</v>
+        <v>2.69</v>
       </c>
       <c r="L628">
-        <v>99.749</v>
+        <v>100.068</v>
       </c>
       <c r="M628">
-        <v>149.888</v>
+        <v>149.306</v>
       </c>
       <c r="N628">
-        <v>343.866</v>
+        <v>343.517</v>
       </c>
       <c r="O628">
-        <v>17.657</v>
+        <v>18.041</v>
       </c>
       <c r="P628">
-        <v>1197.748</v>
+        <v>1198.417</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>175.251</v>
+        <v>176.202</v>
       </c>
       <c r="C629">
-        <v>29.403</v>
+        <v>28.787</v>
       </c>
       <c r="D629">
-        <v>507.954</v>
+        <v>506.87</v>
       </c>
       <c r="E629">
-        <v>714.447</v>
+        <v>713.537</v>
       </c>
       <c r="F629">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G629">
-        <v>23.222</v>
+        <v>23.199</v>
       </c>
       <c r="H629">
-        <v>79.841</v>
+        <v>79.887</v>
       </c>
       <c r="I629">
-        <v>7.575</v>
+        <v>7.493</v>
       </c>
       <c r="J629">
-        <v>4.085</v>
+        <v>4.056</v>
       </c>
       <c r="K629">
-        <v>2.714</v>
+        <v>2.676</v>
       </c>
       <c r="L629">
-        <v>102.29</v>
+        <v>102.611</v>
       </c>
       <c r="M629">
-        <v>150.14</v>
+        <v>149.391</v>
       </c>
       <c r="N629">
-        <v>346.644</v>
+        <v>346.114</v>
       </c>
       <c r="O629">
-        <v>18.804</v>
+        <v>19.187</v>
       </c>
       <c r="P629">
-        <v>1201.341</v>
+        <v>1201.847</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>175.071</v>
+        <v>176.022</v>
       </c>
       <c r="C630">
-        <v>29.304</v>
+        <v>28.684</v>
       </c>
       <c r="D630">
-        <v>506.551</v>
+        <v>505.458</v>
       </c>
       <c r="E630">
-        <v>712.765</v>
+        <v>711.842</v>
       </c>
       <c r="F630">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G630">
-        <v>23.222</v>
+        <v>23.199</v>
       </c>
       <c r="H630">
-        <v>79.832</v>
+        <v>79.879</v>
       </c>
       <c r="I630">
-        <v>7.575</v>
+        <v>7.493</v>
       </c>
       <c r="J630">
-        <v>4.085</v>
+        <v>4.053</v>
       </c>
       <c r="K630">
-        <v>2.734</v>
+        <v>2.696</v>
       </c>
       <c r="L630">
-        <v>104.932</v>
+        <v>105.277</v>
       </c>
       <c r="M630">
-        <v>150.17</v>
+        <v>149.421</v>
       </c>
       <c r="N630">
-        <v>349.328</v>
+        <v>348.818</v>
       </c>
       <c r="O630">
-        <v>20.046</v>
+        <v>20.44</v>
       </c>
       <c r="P630">
-        <v>1203.584</v>
+        <v>1204.106</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>175.071</v>
+        <v>176.022</v>
       </c>
       <c r="C631">
-        <v>29.305</v>
+        <v>28.684</v>
       </c>
       <c r="D631">
-        <v>507.356</v>
+        <v>506.269</v>
       </c>
       <c r="E631">
-        <v>713.57</v>
+        <v>712.653</v>
       </c>
       <c r="F631">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G631">
-        <v>23.222</v>
+        <v>23.199</v>
       </c>
       <c r="H631">
-        <v>79.832</v>
+        <v>79.879</v>
       </c>
       <c r="I631">
-        <v>7.575</v>
+        <v>7.482</v>
       </c>
       <c r="J631">
-        <v>4.038</v>
+        <v>4.034</v>
       </c>
       <c r="K631">
-        <v>2.734</v>
+        <v>2.696</v>
       </c>
       <c r="L631">
-        <v>105.897</v>
+        <v>106.258</v>
       </c>
       <c r="M631">
-        <v>150.871</v>
+        <v>150.12</v>
       </c>
       <c r="N631">
-        <v>350.946</v>
+        <v>350.469</v>
       </c>
       <c r="O631">
-        <v>20.791</v>
+        <v>21.185</v>
       </c>
       <c r="P631">
-        <v>1206.752</v>
+        <v>1207.312</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>175.071</v>
+        <v>176.022</v>
       </c>
       <c r="C632">
-        <v>29.299</v>
+        <v>28.678</v>
       </c>
       <c r="D632">
-        <v>507.356</v>
+        <v>506.269</v>
       </c>
       <c r="E632">
-        <v>713.564</v>
+        <v>712.647</v>
       </c>
       <c r="F632">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G632">
-        <v>23.222</v>
+        <v>23.199</v>
       </c>
       <c r="H632">
-        <v>79.838</v>
+        <v>79.884</v>
       </c>
       <c r="I632">
-        <v>7.575</v>
+        <v>7.482</v>
       </c>
       <c r="J632">
-        <v>4.041</v>
+        <v>4.038</v>
       </c>
       <c r="K632">
-        <v>2.734</v>
+        <v>2.696</v>
       </c>
       <c r="L632">
-        <v>107.098</v>
+        <v>107.465</v>
       </c>
       <c r="M632">
-        <v>151.054</v>
+        <v>150.47</v>
       </c>
       <c r="N632">
-        <v>352.34</v>
+        <v>352.034</v>
       </c>
       <c r="O632">
-        <v>21.715</v>
+        <v>22.411</v>
       </c>
       <c r="P632">
-        <v>1209.065</v>
+        <v>1210.099</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>175.071</v>
+        <v>175.763</v>
       </c>
       <c r="C633">
-        <v>29.298</v>
+        <v>28.668</v>
       </c>
       <c r="D633">
-        <v>507.362</v>
+        <v>506.273</v>
       </c>
       <c r="E633">
-        <v>713.569</v>
+        <v>712.382</v>
       </c>
       <c r="F633">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G633">
-        <v>23.222</v>
+        <v>23.199</v>
       </c>
       <c r="H633">
-        <v>79.839</v>
+        <v>79.885</v>
       </c>
       <c r="I633">
-        <v>7.575</v>
+        <v>7.482</v>
       </c>
       <c r="J633">
-        <v>4.041</v>
+        <v>4.038</v>
       </c>
       <c r="K633">
-        <v>2.734</v>
+        <v>2.696</v>
       </c>
       <c r="L633">
-        <v>109.462</v>
+        <v>109.959</v>
       </c>
       <c r="M633">
-        <v>151.193</v>
+        <v>150.609</v>
       </c>
       <c r="N633">
-        <v>354.844</v>
+        <v>354.668</v>
       </c>
       <c r="O633">
-        <v>22.66</v>
+        <v>23.225</v>
       </c>
       <c r="P633">
-        <v>1212.519</v>
+        <v>1213.28</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>173.893</v>
+        <v>174.585</v>
       </c>
       <c r="C634">
-        <v>29.298</v>
+        <v>28.669</v>
       </c>
       <c r="D634">
-        <v>507.287</v>
+        <v>506.066</v>
       </c>
       <c r="E634">
-        <v>712.315</v>
+        <v>710.998</v>
       </c>
       <c r="F634">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G634">
-        <v>23.222</v>
+        <v>23.199</v>
       </c>
       <c r="H634">
-        <v>79.833</v>
+        <v>79.875</v>
       </c>
       <c r="I634">
-        <v>7.575</v>
+        <v>7.417</v>
       </c>
       <c r="J634">
-        <v>4.041</v>
+        <v>4.038</v>
       </c>
       <c r="K634">
-        <v>2.734</v>
+        <v>2.696</v>
       </c>
       <c r="L634">
-        <v>112.615</v>
+        <v>112.795</v>
       </c>
       <c r="M634">
-        <v>151.214</v>
+        <v>150.624</v>
       </c>
       <c r="N634">
-        <v>358.012</v>
+        <v>357.443</v>
       </c>
       <c r="O634">
-        <v>23.384</v>
+        <v>23.984</v>
       </c>
       <c r="P634">
-        <v>1215.157</v>
+        <v>1215.431</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>173.906</v>
+        <v>174.598</v>
       </c>
       <c r="C635">
-        <v>29.295</v>
+        <v>28.667</v>
       </c>
       <c r="D635">
-        <v>507.383</v>
+        <v>506.168</v>
       </c>
       <c r="E635">
-        <v>712.423</v>
+        <v>711.11</v>
       </c>
       <c r="F635">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G635">
-        <v>23.18</v>
+        <v>23.157</v>
       </c>
       <c r="H635">
-        <v>79.833</v>
+        <v>79.875</v>
       </c>
       <c r="I635">
-        <v>7.575</v>
+        <v>7.375</v>
       </c>
       <c r="J635">
-        <v>4.041</v>
+        <v>4.038</v>
       </c>
       <c r="K635">
-        <v>2.734</v>
+        <v>2.696</v>
       </c>
       <c r="L635">
-        <v>117.488</v>
+        <v>117.797</v>
       </c>
       <c r="M635">
-        <v>151.214</v>
+        <v>150.647</v>
       </c>
       <c r="N635">
-        <v>362.884</v>
+        <v>362.427</v>
       </c>
       <c r="O635">
-        <v>23.929</v>
+        <v>24.827</v>
       </c>
       <c r="P635">
-        <v>1220.64</v>
+        <v>1221.328</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>173.906</v>
+        <v>174.178</v>
       </c>
       <c r="C636">
-        <v>29.297</v>
+        <v>28.65</v>
       </c>
       <c r="D636">
-        <v>507.813</v>
+        <v>506.371</v>
       </c>
       <c r="E636">
-        <v>712.855</v>
+        <v>710.877</v>
       </c>
       <c r="F636">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G636">
-        <v>23.18</v>
+        <v>23.157</v>
       </c>
       <c r="H636">
-        <v>79.829</v>
+        <v>79.897</v>
       </c>
       <c r="I636">
-        <v>7.615</v>
+        <v>7.415</v>
       </c>
       <c r="J636">
-        <v>4.021</v>
+        <v>3.997</v>
       </c>
       <c r="K636">
-        <v>2.734</v>
+        <v>2.696</v>
       </c>
       <c r="L636">
-        <v>122.568</v>
+        <v>123.452</v>
       </c>
       <c r="M636">
-        <v>152.711</v>
+        <v>152.097</v>
       </c>
       <c r="N636">
-        <v>369.479</v>
+        <v>369.554</v>
       </c>
       <c r="O636">
-        <v>26.076</v>
+        <v>27.02</v>
       </c>
       <c r="P636">
-        <v>1229.813</v>
+        <v>1230.414</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>171.922</v>
+        <v>172.912</v>
       </c>
       <c r="C637">
-        <v>29.017</v>
+        <v>28.644</v>
       </c>
       <c r="D637">
-        <v>508.892</v>
+        <v>507.698</v>
       </c>
       <c r="E637">
-        <v>711.776</v>
+        <v>710.932</v>
       </c>
       <c r="F637">
-        <v>96.82</v>
+        <v>98.391</v>
       </c>
       <c r="G637">
-        <v>23.168</v>
+        <v>23.157</v>
       </c>
       <c r="H637">
-        <v>79.859</v>
+        <v>79.898</v>
       </c>
       <c r="I637">
-        <v>7.5</v>
+        <v>7.415</v>
       </c>
       <c r="J637">
-        <v>3.999</v>
+        <v>3.996</v>
       </c>
       <c r="K637">
-        <v>2.698</v>
+        <v>2.696</v>
       </c>
       <c r="L637">
-        <v>125.651</v>
+        <v>126.795</v>
       </c>
       <c r="M637">
-        <v>153.266</v>
+        <v>153.411</v>
       </c>
       <c r="N637">
-        <v>372.972</v>
+        <v>374.211</v>
       </c>
       <c r="O637">
-        <v>26.704</v>
+        <v>27.304</v>
       </c>
       <c r="P637">
-        <v>1232.889</v>
+        <v>1235.41</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>171.348</v>
+        <v>172.505</v>
       </c>
       <c r="C638">
-        <v>28.526</v>
+        <v>28.644</v>
       </c>
       <c r="D638">
-        <v>509.613</v>
+        <v>507.735</v>
       </c>
       <c r="E638">
-        <v>711.267</v>
+        <v>710.562</v>
       </c>
       <c r="F638">
-        <v>97.623</v>
+        <v>98.391</v>
       </c>
       <c r="G638">
         <v>23.157</v>
       </c>
       <c r="H638">
-        <v>79.859</v>
+        <v>79.898</v>
       </c>
       <c r="I638">
-        <v>7.479</v>
+        <v>7.415</v>
       </c>
       <c r="J638">
-        <v>3.987</v>
+        <v>3.996</v>
       </c>
       <c r="K638">
-        <v>2.692</v>
+        <v>2.696</v>
       </c>
       <c r="L638">
-        <v>127.45</v>
+        <v>127.95</v>
       </c>
       <c r="M638">
-        <v>153.794</v>
+        <v>153.773</v>
       </c>
       <c r="N638">
-        <v>375.26</v>
+        <v>375.727</v>
       </c>
       <c r="O638">
-        <v>27.309</v>
+        <v>27.878</v>
       </c>
       <c r="P638">
-        <v>1236.036</v>
+        <v>1237.13</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>172.456</v>
+        <v>172.22</v>
       </c>
       <c r="C639">
-        <v>28.54</v>
+        <v>28.642</v>
       </c>
       <c r="D639">
-        <v>507.487</v>
+        <v>507.585</v>
       </c>
       <c r="E639">
-        <v>710.264</v>
+        <v>710.126</v>
       </c>
       <c r="F639">
         <v>98.391</v>
       </c>
       <c r="G639">
         <v>23.157</v>
       </c>
       <c r="H639">
-        <v>79.859</v>
+        <v>79.898</v>
       </c>
       <c r="I639">
-        <v>7.492</v>
+        <v>7.415</v>
       </c>
       <c r="J639">
-        <v>3.979</v>
+        <v>3.996</v>
       </c>
       <c r="K639">
-        <v>2.69</v>
+        <v>2.696</v>
       </c>
       <c r="L639">
-        <v>129.993</v>
+        <v>130.29</v>
       </c>
       <c r="M639">
-        <v>153.814</v>
+        <v>153.8</v>
       </c>
       <c r="N639">
-        <v>377.826</v>
+        <v>378.093</v>
       </c>
       <c r="O639">
-        <v>28.434</v>
+        <v>28.86</v>
       </c>
       <c r="P639">
-        <v>1239.492</v>
+        <v>1240.043</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>172.394</v>
+        <v>172.163</v>
       </c>
       <c r="C640">
-        <v>28.613</v>
+        <v>28.637</v>
       </c>
       <c r="D640">
-        <v>507.491</v>
+        <v>507.731</v>
       </c>
       <c r="E640">
-        <v>710.278</v>
+        <v>710.209</v>
       </c>
       <c r="F640">
         <v>98.391</v>
       </c>
       <c r="G640">
         <v>23.157</v>
       </c>
       <c r="H640">
         <v>79.904</v>
       </c>
       <c r="I640">
-        <v>7.476</v>
+        <v>7.415</v>
       </c>
       <c r="J640">
-        <v>3.987</v>
+        <v>3.996</v>
       </c>
       <c r="K640">
-        <v>2.69</v>
+        <v>2.696</v>
       </c>
       <c r="L640">
-        <v>132.05</v>
+        <v>132.354</v>
       </c>
       <c r="M640">
-        <v>153.784</v>
+        <v>154.043</v>
       </c>
       <c r="N640">
-        <v>379.89</v>
+        <v>380.407</v>
       </c>
       <c r="O640">
-        <v>30.082</v>
+        <v>30.183</v>
       </c>
       <c r="P640">
-        <v>1243.218</v>
+        <v>1243.763</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>172.394</v>
+        <v>172.163</v>
       </c>
       <c r="C641">
-        <v>28.524</v>
+        <v>28.345</v>
       </c>
       <c r="D641">
-        <v>507.918</v>
+        <v>508.291</v>
       </c>
       <c r="E641">
-        <v>710.616</v>
+        <v>710.477</v>
       </c>
       <c r="F641">
         <v>98.437</v>
       </c>
       <c r="G641">
         <v>23.157</v>
       </c>
       <c r="H641">
-        <v>79.906</v>
+        <v>79.904</v>
       </c>
       <c r="I641">
-        <v>7.534</v>
+        <v>7.415</v>
       </c>
       <c r="J641">
-        <v>3.981</v>
+        <v>3.996</v>
       </c>
       <c r="K641">
-        <v>2.69</v>
+        <v>2.696</v>
       </c>
       <c r="L641">
-        <v>133.462</v>
+        <v>133.709</v>
       </c>
       <c r="M641">
-        <v>154.239</v>
+        <v>154.261</v>
       </c>
       <c r="N641">
-        <v>381.811</v>
+        <v>381.98</v>
       </c>
       <c r="O641">
-        <v>31.637</v>
+        <v>31.744</v>
       </c>
       <c r="P641">
-        <v>1247.078</v>
+        <v>1247.211</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>172.394</v>
+        <v>172.163</v>
       </c>
       <c r="C642">
-        <v>28.526</v>
+        <v>28.345</v>
       </c>
       <c r="D642">
-        <v>508.198</v>
+        <v>508.559</v>
       </c>
       <c r="E642">
-        <v>710.769</v>
+        <v>710.719</v>
       </c>
       <c r="F642">
         <v>98.437</v>
       </c>
       <c r="G642">
         <v>23.157</v>
       </c>
       <c r="H642">
-        <v>79.906</v>
+        <v>79.904</v>
       </c>
       <c r="I642">
-        <v>7.483</v>
+        <v>7.418</v>
       </c>
       <c r="J642">
         <v>3.991</v>
       </c>
       <c r="K642">
-        <v>2.69</v>
+        <v>2.696</v>
       </c>
       <c r="L642">
-        <v>135.187</v>
+        <v>135.607</v>
       </c>
       <c r="M642">
-        <v>154.847</v>
+        <v>154.848</v>
       </c>
       <c r="N642">
-        <v>384.102</v>
+        <v>384.462</v>
       </c>
       <c r="O642">
-        <v>32.917</v>
+        <v>33.03</v>
       </c>
       <c r="P642">
-        <v>1250.799</v>
+        <v>1251.222</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>172.177</v>
+        <v>171.837</v>
       </c>
       <c r="C643">
         <v>28.349</v>
       </c>
       <c r="D643">
-        <v>508.604</v>
+        <v>508.965</v>
       </c>
       <c r="E643">
-        <v>710.781</v>
+        <v>710.802</v>
       </c>
       <c r="F643">
         <v>98.437</v>
       </c>
       <c r="G643">
         <v>23.157</v>
       </c>
       <c r="H643">
         <v>79.907</v>
       </c>
       <c r="I643">
         <v>7.328</v>
       </c>
       <c r="J643">
         <v>3.991</v>
       </c>
       <c r="K643">
         <v>2.696</v>
       </c>
       <c r="L643">
-        <v>136.93</v>
+        <v>137.028</v>
       </c>
       <c r="M643">
         <v>155.042</v>
       </c>
       <c r="N643">
-        <v>385.894</v>
+        <v>385.992</v>
       </c>
       <c r="O643">
-        <v>34.377</v>
+        <v>34.705</v>
       </c>
       <c r="P643">
-        <v>1254.062</v>
+        <v>1254.509</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>171.837</v>
+      </c>
+      <c r="C644">
+        <v>28.02</v>
+      </c>
+      <c r="D644">
+        <v>509.607</v>
+      </c>
+      <c r="E644">
+        <v>711.115</v>
+      </c>
+      <c r="F644">
+        <v>98.437</v>
+      </c>
+      <c r="G644">
+        <v>23.157</v>
+      </c>
+      <c r="H644">
+        <v>79.907</v>
+      </c>
+      <c r="I644">
+        <v>7.328</v>
+      </c>
+      <c r="J644">
+        <v>3.994</v>
+      </c>
+      <c r="K644">
+        <v>2.696</v>
+      </c>
+      <c r="L644">
+        <v>139.171</v>
+      </c>
+      <c r="M644">
+        <v>155.262</v>
+      </c>
+      <c r="N644">
+        <v>388.358</v>
+      </c>
+      <c r="O644">
+        <v>35.789</v>
+      </c>
+      <c r="P644">
+        <v>1258.272</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -36134,93 +36184,93 @@
       </c>
       <c r="K87">
         <v>2.696</v>
       </c>
       <c r="L87">
         <v>92.008</v>
       </c>
       <c r="M87">
         <v>147.445</v>
       </c>
       <c r="N87">
         <v>333.96</v>
       </c>
       <c r="O87">
         <v>15.995</v>
       </c>
       <c r="P87">
         <v>1187.555</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>173.906</v>
+        <v>174.178</v>
       </c>
       <c r="C88">
-        <v>29.297</v>
+        <v>28.65</v>
       </c>
       <c r="D88">
-        <v>507.813</v>
+        <v>506.371</v>
       </c>
       <c r="E88">
-        <v>712.855</v>
+        <v>710.877</v>
       </c>
       <c r="F88">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="G88">
-        <v>23.18</v>
+        <v>23.157</v>
       </c>
       <c r="H88">
-        <v>79.829</v>
+        <v>79.897</v>
       </c>
       <c r="I88">
-        <v>7.615</v>
+        <v>7.415</v>
       </c>
       <c r="J88">
-        <v>4.021</v>
+        <v>3.997</v>
       </c>
       <c r="K88">
-        <v>2.734</v>
+        <v>2.696</v>
       </c>
       <c r="L88">
-        <v>122.568</v>
+        <v>123.452</v>
       </c>
       <c r="M88">
-        <v>152.711</v>
+        <v>152.097</v>
       </c>
       <c r="N88">
-        <v>369.479</v>
+        <v>369.554</v>
       </c>
       <c r="O88">
-        <v>26.076</v>
+        <v>27.02</v>
       </c>
       <c r="P88">
-        <v>1229.813</v>
+        <v>1230.414</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>