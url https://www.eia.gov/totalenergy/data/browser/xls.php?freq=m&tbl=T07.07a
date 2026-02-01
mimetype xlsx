--- v1 (2025-12-17)
+++ v2 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.7a Electric Net Summer Capacity: Total (All Sectors)</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t xml:space="preserve">Coal, Net Summer Capacity </t>
   </si>
   <si>
     <t>Petroleum, Net Summer Capacity</t>
   </si>
   <si>
     <t xml:space="preserve">Natural Gas, Net Summer Capacity </t>
   </si>
   <si>
     <t>Fossil Fuels, Net Summer Capacity</t>
   </si>
   <si>
     <t>Nuclear Electric Power, Net Summer Capacity</t>
   </si>
   <si>
     <t>Hydroelectric Pumped Storage, Net Summer Capacity</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.267" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="41.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -31267,1031 +31267,1131 @@
       </c>
       <c r="O624">
         <v>15.995</v>
       </c>
       <c r="P624">
         <v>1187.555</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>177.497</v>
       </c>
       <c r="C625">
         <v>28.794</v>
       </c>
       <c r="D625">
         <v>507.931</v>
       </c>
       <c r="E625">
         <v>715.928</v>
       </c>
       <c r="F625">
-        <v>97.277</v>
+        <v>95.706</v>
       </c>
       <c r="G625">
         <v>23.119</v>
       </c>
       <c r="H625">
         <v>79.887</v>
       </c>
       <c r="I625">
         <v>7.54</v>
       </c>
       <c r="J625">
         <v>4.099</v>
       </c>
       <c r="K625">
         <v>2.69</v>
       </c>
       <c r="L625">
         <v>95.075</v>
       </c>
       <c r="M625">
         <v>147.815</v>
       </c>
       <c r="N625">
         <v>337.106</v>
       </c>
       <c r="O625">
         <v>16.276</v>
       </c>
       <c r="P625">
-        <v>1191.126</v>
+        <v>1189.554</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>177.497</v>
       </c>
       <c r="C626">
         <v>28.794</v>
       </c>
       <c r="D626">
         <v>507.924</v>
       </c>
       <c r="E626">
         <v>715.921</v>
       </c>
       <c r="F626">
-        <v>97.277</v>
+        <v>95.706</v>
       </c>
       <c r="G626">
         <v>23.119</v>
       </c>
       <c r="H626">
         <v>79.887</v>
       </c>
       <c r="I626">
         <v>7.54</v>
       </c>
       <c r="J626">
         <v>4.099</v>
       </c>
       <c r="K626">
         <v>2.69</v>
       </c>
       <c r="L626">
         <v>95.686</v>
       </c>
       <c r="M626">
         <v>148.017</v>
       </c>
       <c r="N626">
         <v>337.919</v>
       </c>
       <c r="O626">
         <v>16.312</v>
       </c>
       <c r="P626">
-        <v>1191.967</v>
+        <v>1190.396</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>177.324</v>
       </c>
       <c r="C627">
         <v>28.797</v>
       </c>
       <c r="D627">
         <v>507.215</v>
       </c>
       <c r="E627">
         <v>715.042</v>
       </c>
       <c r="F627">
-        <v>97.277</v>
+        <v>95.706</v>
       </c>
       <c r="G627">
         <v>23.199</v>
       </c>
       <c r="H627">
         <v>79.887</v>
       </c>
       <c r="I627">
         <v>7.54</v>
       </c>
       <c r="J627">
         <v>4.101</v>
       </c>
       <c r="K627">
         <v>2.69</v>
       </c>
       <c r="L627">
         <v>98.647</v>
       </c>
       <c r="M627">
         <v>148.177</v>
       </c>
       <c r="N627">
         <v>341.042</v>
       </c>
       <c r="O627">
         <v>17.355</v>
       </c>
       <c r="P627">
-        <v>1195.334</v>
+        <v>1193.763</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>176.698</v>
       </c>
       <c r="C628">
         <v>28.796</v>
       </c>
       <c r="D628">
         <v>506.679</v>
       </c>
       <c r="E628">
         <v>713.851</v>
       </c>
       <c r="F628">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G628">
         <v>23.199</v>
       </c>
       <c r="H628">
         <v>79.887</v>
       </c>
       <c r="I628">
         <v>7.493</v>
       </c>
       <c r="J628">
         <v>4.073</v>
       </c>
       <c r="K628">
         <v>2.69</v>
       </c>
       <c r="L628">
         <v>100.068</v>
       </c>
       <c r="M628">
         <v>149.306</v>
       </c>
       <c r="N628">
         <v>343.517</v>
       </c>
       <c r="O628">
         <v>18.041</v>
       </c>
       <c r="P628">
-        <v>1198.417</v>
+        <v>1196.846</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>176.202</v>
       </c>
       <c r="C629">
         <v>28.787</v>
       </c>
       <c r="D629">
         <v>506.87</v>
       </c>
       <c r="E629">
         <v>713.537</v>
       </c>
       <c r="F629">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G629">
         <v>23.199</v>
       </c>
       <c r="H629">
         <v>79.887</v>
       </c>
       <c r="I629">
         <v>7.493</v>
       </c>
       <c r="J629">
         <v>4.056</v>
       </c>
       <c r="K629">
         <v>2.676</v>
       </c>
       <c r="L629">
         <v>102.611</v>
       </c>
       <c r="M629">
         <v>149.391</v>
       </c>
       <c r="N629">
         <v>346.114</v>
       </c>
       <c r="O629">
         <v>19.187</v>
       </c>
       <c r="P629">
-        <v>1201.847</v>
+        <v>1200.276</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>176.022</v>
       </c>
       <c r="C630">
         <v>28.684</v>
       </c>
       <c r="D630">
         <v>505.458</v>
       </c>
       <c r="E630">
         <v>711.842</v>
       </c>
       <c r="F630">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G630">
         <v>23.199</v>
       </c>
       <c r="H630">
         <v>79.879</v>
       </c>
       <c r="I630">
         <v>7.493</v>
       </c>
       <c r="J630">
         <v>4.053</v>
       </c>
       <c r="K630">
         <v>2.696</v>
       </c>
       <c r="L630">
         <v>105.277</v>
       </c>
       <c r="M630">
         <v>149.421</v>
       </c>
       <c r="N630">
         <v>348.818</v>
       </c>
       <c r="O630">
         <v>20.44</v>
       </c>
       <c r="P630">
-        <v>1204.106</v>
+        <v>1202.535</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>176.022</v>
       </c>
       <c r="C631">
         <v>28.684</v>
       </c>
       <c r="D631">
         <v>506.269</v>
       </c>
       <c r="E631">
         <v>712.653</v>
       </c>
       <c r="F631">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G631">
         <v>23.199</v>
       </c>
       <c r="H631">
         <v>79.879</v>
       </c>
       <c r="I631">
         <v>7.482</v>
       </c>
       <c r="J631">
         <v>4.034</v>
       </c>
       <c r="K631">
         <v>2.696</v>
       </c>
       <c r="L631">
         <v>106.258</v>
       </c>
       <c r="M631">
         <v>150.12</v>
       </c>
       <c r="N631">
         <v>350.469</v>
       </c>
       <c r="O631">
         <v>21.185</v>
       </c>
       <c r="P631">
-        <v>1207.312</v>
+        <v>1205.741</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>176.022</v>
       </c>
       <c r="C632">
         <v>28.678</v>
       </c>
       <c r="D632">
         <v>506.269</v>
       </c>
       <c r="E632">
         <v>712.647</v>
       </c>
       <c r="F632">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G632">
         <v>23.199</v>
       </c>
       <c r="H632">
         <v>79.884</v>
       </c>
       <c r="I632">
         <v>7.482</v>
       </c>
       <c r="J632">
         <v>4.038</v>
       </c>
       <c r="K632">
         <v>2.696</v>
       </c>
       <c r="L632">
         <v>107.465</v>
       </c>
       <c r="M632">
         <v>150.47</v>
       </c>
       <c r="N632">
         <v>352.034</v>
       </c>
       <c r="O632">
         <v>22.411</v>
       </c>
       <c r="P632">
-        <v>1210.099</v>
+        <v>1208.527</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>175.763</v>
       </c>
       <c r="C633">
         <v>28.668</v>
       </c>
       <c r="D633">
         <v>506.273</v>
       </c>
       <c r="E633">
         <v>712.382</v>
       </c>
       <c r="F633">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G633">
         <v>23.199</v>
       </c>
       <c r="H633">
         <v>79.885</v>
       </c>
       <c r="I633">
         <v>7.482</v>
       </c>
       <c r="J633">
         <v>4.038</v>
       </c>
       <c r="K633">
         <v>2.696</v>
       </c>
       <c r="L633">
         <v>109.959</v>
       </c>
       <c r="M633">
         <v>150.609</v>
       </c>
       <c r="N633">
         <v>354.668</v>
       </c>
       <c r="O633">
         <v>23.225</v>
       </c>
       <c r="P633">
-        <v>1213.28</v>
+        <v>1211.709</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>174.585</v>
       </c>
       <c r="C634">
         <v>28.669</v>
       </c>
       <c r="D634">
         <v>506.066</v>
       </c>
       <c r="E634">
         <v>710.998</v>
       </c>
       <c r="F634">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G634">
         <v>23.199</v>
       </c>
       <c r="H634">
         <v>79.875</v>
       </c>
       <c r="I634">
         <v>7.417</v>
       </c>
       <c r="J634">
         <v>4.038</v>
       </c>
       <c r="K634">
         <v>2.696</v>
       </c>
       <c r="L634">
         <v>112.795</v>
       </c>
       <c r="M634">
         <v>150.624</v>
       </c>
       <c r="N634">
         <v>357.443</v>
       </c>
       <c r="O634">
         <v>23.984</v>
       </c>
       <c r="P634">
-        <v>1215.431</v>
+        <v>1213.859</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>174.598</v>
       </c>
       <c r="C635">
         <v>28.667</v>
       </c>
       <c r="D635">
         <v>506.168</v>
       </c>
       <c r="E635">
         <v>711.11</v>
       </c>
       <c r="F635">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G635">
         <v>23.157</v>
       </c>
       <c r="H635">
         <v>79.875</v>
       </c>
       <c r="I635">
         <v>7.375</v>
       </c>
       <c r="J635">
         <v>4.038</v>
       </c>
       <c r="K635">
         <v>2.696</v>
       </c>
       <c r="L635">
         <v>117.797</v>
       </c>
       <c r="M635">
         <v>150.647</v>
       </c>
       <c r="N635">
         <v>362.427</v>
       </c>
       <c r="O635">
         <v>24.827</v>
       </c>
       <c r="P635">
-        <v>1221.328</v>
+        <v>1219.757</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>174.178</v>
       </c>
       <c r="C636">
         <v>28.65</v>
       </c>
       <c r="D636">
         <v>506.371</v>
       </c>
       <c r="E636">
         <v>710.877</v>
       </c>
       <c r="F636">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G636">
         <v>23.157</v>
       </c>
       <c r="H636">
         <v>79.897</v>
       </c>
       <c r="I636">
         <v>7.415</v>
       </c>
       <c r="J636">
         <v>3.997</v>
       </c>
       <c r="K636">
         <v>2.696</v>
       </c>
       <c r="L636">
         <v>123.452</v>
       </c>
       <c r="M636">
         <v>152.097</v>
       </c>
       <c r="N636">
         <v>369.554</v>
       </c>
       <c r="O636">
         <v>27.02</v>
       </c>
       <c r="P636">
-        <v>1230.414</v>
+        <v>1228.843</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>172.912</v>
       </c>
       <c r="C637">
         <v>28.644</v>
       </c>
       <c r="D637">
         <v>507.698</v>
       </c>
       <c r="E637">
         <v>710.932</v>
       </c>
       <c r="F637">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G637">
         <v>23.157</v>
       </c>
       <c r="H637">
         <v>79.898</v>
       </c>
       <c r="I637">
         <v>7.415</v>
       </c>
       <c r="J637">
         <v>3.996</v>
       </c>
       <c r="K637">
         <v>2.696</v>
       </c>
       <c r="L637">
         <v>126.795</v>
       </c>
       <c r="M637">
         <v>153.411</v>
       </c>
       <c r="N637">
         <v>374.211</v>
       </c>
       <c r="O637">
         <v>27.304</v>
       </c>
       <c r="P637">
-        <v>1235.41</v>
+        <v>1233.839</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>172.505</v>
       </c>
       <c r="C638">
         <v>28.644</v>
       </c>
       <c r="D638">
         <v>507.735</v>
       </c>
       <c r="E638">
         <v>710.562</v>
       </c>
       <c r="F638">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G638">
         <v>23.157</v>
       </c>
       <c r="H638">
         <v>79.898</v>
       </c>
       <c r="I638">
         <v>7.415</v>
       </c>
       <c r="J638">
         <v>3.996</v>
       </c>
       <c r="K638">
         <v>2.696</v>
       </c>
       <c r="L638">
         <v>127.95</v>
       </c>
       <c r="M638">
         <v>153.773</v>
       </c>
       <c r="N638">
         <v>375.727</v>
       </c>
       <c r="O638">
         <v>27.878</v>
       </c>
       <c r="P638">
-        <v>1237.13</v>
+        <v>1235.559</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>172.22</v>
       </c>
       <c r="C639">
         <v>28.642</v>
       </c>
       <c r="D639">
         <v>507.585</v>
       </c>
       <c r="E639">
         <v>710.126</v>
       </c>
       <c r="F639">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G639">
         <v>23.157</v>
       </c>
       <c r="H639">
         <v>79.898</v>
       </c>
       <c r="I639">
         <v>7.415</v>
       </c>
       <c r="J639">
         <v>3.996</v>
       </c>
       <c r="K639">
         <v>2.696</v>
       </c>
       <c r="L639">
         <v>130.29</v>
       </c>
       <c r="M639">
         <v>153.8</v>
       </c>
       <c r="N639">
         <v>378.093</v>
       </c>
       <c r="O639">
         <v>28.86</v>
       </c>
       <c r="P639">
-        <v>1240.043</v>
+        <v>1238.472</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>172.163</v>
       </c>
       <c r="C640">
         <v>28.637</v>
       </c>
       <c r="D640">
         <v>507.731</v>
       </c>
       <c r="E640">
         <v>710.209</v>
       </c>
       <c r="F640">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G640">
         <v>23.157</v>
       </c>
       <c r="H640">
         <v>79.904</v>
       </c>
       <c r="I640">
         <v>7.415</v>
       </c>
       <c r="J640">
         <v>3.996</v>
       </c>
       <c r="K640">
         <v>2.696</v>
       </c>
       <c r="L640">
         <v>132.354</v>
       </c>
       <c r="M640">
         <v>154.043</v>
       </c>
       <c r="N640">
         <v>380.407</v>
       </c>
       <c r="O640">
         <v>30.183</v>
       </c>
       <c r="P640">
-        <v>1243.763</v>
+        <v>1242.192</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>172.163</v>
       </c>
       <c r="C641">
         <v>28.345</v>
       </c>
       <c r="D641">
         <v>508.291</v>
       </c>
       <c r="E641">
         <v>710.477</v>
       </c>
       <c r="F641">
-        <v>98.437</v>
+        <v>96.866</v>
       </c>
       <c r="G641">
         <v>23.157</v>
       </c>
       <c r="H641">
         <v>79.904</v>
       </c>
       <c r="I641">
         <v>7.415</v>
       </c>
       <c r="J641">
         <v>3.996</v>
       </c>
       <c r="K641">
         <v>2.696</v>
       </c>
       <c r="L641">
         <v>133.709</v>
       </c>
       <c r="M641">
         <v>154.261</v>
       </c>
       <c r="N641">
         <v>381.98</v>
       </c>
       <c r="O641">
         <v>31.744</v>
       </c>
       <c r="P641">
-        <v>1247.211</v>
+        <v>1245.64</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>172.163</v>
       </c>
       <c r="C642">
         <v>28.345</v>
       </c>
       <c r="D642">
         <v>508.559</v>
       </c>
       <c r="E642">
         <v>710.719</v>
       </c>
       <c r="F642">
-        <v>98.437</v>
+        <v>96.866</v>
       </c>
       <c r="G642">
         <v>23.157</v>
       </c>
       <c r="H642">
         <v>79.904</v>
       </c>
       <c r="I642">
         <v>7.418</v>
       </c>
       <c r="J642">
         <v>3.991</v>
       </c>
       <c r="K642">
         <v>2.696</v>
       </c>
       <c r="L642">
         <v>135.607</v>
       </c>
       <c r="M642">
         <v>154.848</v>
       </c>
       <c r="N642">
         <v>384.462</v>
       </c>
       <c r="O642">
         <v>33.03</v>
       </c>
       <c r="P642">
-        <v>1251.222</v>
+        <v>1249.65</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>171.837</v>
       </c>
       <c r="C643">
         <v>28.349</v>
       </c>
       <c r="D643">
         <v>508.965</v>
       </c>
       <c r="E643">
         <v>710.802</v>
       </c>
       <c r="F643">
-        <v>98.437</v>
+        <v>96.866</v>
       </c>
       <c r="G643">
         <v>23.157</v>
       </c>
       <c r="H643">
         <v>79.907</v>
       </c>
       <c r="I643">
         <v>7.328</v>
       </c>
       <c r="J643">
         <v>3.991</v>
       </c>
       <c r="K643">
         <v>2.696</v>
       </c>
       <c r="L643">
         <v>137.028</v>
       </c>
       <c r="M643">
         <v>155.042</v>
       </c>
       <c r="N643">
         <v>385.992</v>
       </c>
       <c r="O643">
         <v>34.705</v>
       </c>
       <c r="P643">
-        <v>1254.509</v>
+        <v>1252.937</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>171.837</v>
       </c>
       <c r="C644">
         <v>28.02</v>
       </c>
       <c r="D644">
         <v>509.607</v>
       </c>
       <c r="E644">
         <v>711.115</v>
       </c>
       <c r="F644">
-        <v>98.437</v>
+        <v>96.866</v>
       </c>
       <c r="G644">
         <v>23.157</v>
       </c>
       <c r="H644">
         <v>79.907</v>
       </c>
       <c r="I644">
         <v>7.328</v>
       </c>
       <c r="J644">
         <v>3.994</v>
       </c>
       <c r="K644">
         <v>2.696</v>
       </c>
       <c r="L644">
         <v>139.171</v>
       </c>
       <c r="M644">
         <v>155.262</v>
       </c>
       <c r="N644">
         <v>388.358</v>
       </c>
       <c r="O644">
         <v>35.789</v>
       </c>
       <c r="P644">
-        <v>1258.272</v>
+        <v>1256.7</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>171.837</v>
+      </c>
+      <c r="C645">
+        <v>28.062</v>
+      </c>
+      <c r="D645">
+        <v>509.69</v>
+      </c>
+      <c r="E645">
+        <v>711.241</v>
+      </c>
+      <c r="F645">
+        <v>96.866</v>
+      </c>
+      <c r="G645">
+        <v>23.157</v>
+      </c>
+      <c r="H645">
+        <v>79.907</v>
+      </c>
+      <c r="I645">
+        <v>7.328</v>
+      </c>
+      <c r="J645">
+        <v>3.994</v>
+      </c>
+      <c r="K645">
+        <v>2.696</v>
+      </c>
+      <c r="L645">
+        <v>141.578</v>
+      </c>
+      <c r="M645">
+        <v>155.452</v>
+      </c>
+      <c r="N645">
+        <v>390.955</v>
+      </c>
+      <c r="O645">
+        <v>37.034</v>
+      </c>
+      <c r="P645">
+        <v>1260.733</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>170.937</v>
+      </c>
+      <c r="C646">
+        <v>28.173</v>
+      </c>
+      <c r="D646">
+        <v>509.851</v>
+      </c>
+      <c r="E646">
+        <v>710.613</v>
+      </c>
+      <c r="F646">
+        <v>96.866</v>
+      </c>
+      <c r="G646">
+        <v>23.157</v>
+      </c>
+      <c r="H646">
+        <v>79.907</v>
+      </c>
+      <c r="I646">
+        <v>7.328</v>
+      </c>
+      <c r="J646">
+        <v>3.987</v>
+      </c>
+      <c r="K646">
+        <v>2.696</v>
+      </c>
+      <c r="L646">
+        <v>142.93</v>
+      </c>
+      <c r="M646">
+        <v>155.893</v>
+      </c>
+      <c r="N646">
+        <v>392.74</v>
+      </c>
+      <c r="O646">
+        <v>39.17</v>
+      </c>
+      <c r="P646">
+        <v>1264.035</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -36196,81 +36296,81 @@
       </c>
       <c r="O87">
         <v>15.995</v>
       </c>
       <c r="P87">
         <v>1187.555</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>174.178</v>
       </c>
       <c r="C88">
         <v>28.65</v>
       </c>
       <c r="D88">
         <v>506.371</v>
       </c>
       <c r="E88">
         <v>710.877</v>
       </c>
       <c r="F88">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="G88">
         <v>23.157</v>
       </c>
       <c r="H88">
         <v>79.897</v>
       </c>
       <c r="I88">
         <v>7.415</v>
       </c>
       <c r="J88">
         <v>3.997</v>
       </c>
       <c r="K88">
         <v>2.696</v>
       </c>
       <c r="L88">
         <v>123.452</v>
       </c>
       <c r="M88">
         <v>152.097</v>
       </c>
       <c r="N88">
         <v>369.554</v>
       </c>
       <c r="O88">
         <v>27.02</v>
       </c>
       <c r="P88">
-        <v>1230.414</v>
+        <v>1228.843</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>