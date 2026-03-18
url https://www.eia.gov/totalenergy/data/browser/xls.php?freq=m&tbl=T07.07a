--- v2 (2026-02-01)
+++ v3 (2026-03-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 7.7a Electric Net Summer Capacity: Total (All Sectors)</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t xml:space="preserve">Coal, Net Summer Capacity </t>
   </si>
   <si>
     <t>Petroleum, Net Summer Capacity</t>
   </si>
   <si>
     <t xml:space="preserve">Natural Gas, Net Summer Capacity </t>
   </si>
   <si>
     <t>Fossil Fuels, Net Summer Capacity</t>
   </si>
   <si>
     <t>Nuclear Electric Power, Net Summer Capacity</t>
   </si>
   <si>
     <t>Hydroelectric Pumped Storage, Net Summer Capacity</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.267" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="41.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -32348,50 +32348,100 @@
         <v>79.907</v>
       </c>
       <c r="I646">
         <v>7.328</v>
       </c>
       <c r="J646">
         <v>3.987</v>
       </c>
       <c r="K646">
         <v>2.696</v>
       </c>
       <c r="L646">
         <v>142.93</v>
       </c>
       <c r="M646">
         <v>155.893</v>
       </c>
       <c r="N646">
         <v>392.74</v>
       </c>
       <c r="O646">
         <v>39.17</v>
       </c>
       <c r="P646">
         <v>1264.035</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>170.037</v>
+      </c>
+      <c r="C647">
+        <v>28.136</v>
+      </c>
+      <c r="D647">
+        <v>510.523</v>
+      </c>
+      <c r="E647">
+        <v>710.311</v>
+      </c>
+      <c r="F647">
+        <v>96.866</v>
+      </c>
+      <c r="G647">
+        <v>23.157</v>
+      </c>
+      <c r="H647">
+        <v>79.907</v>
+      </c>
+      <c r="I647">
+        <v>7.328</v>
+      </c>
+      <c r="J647">
+        <v>3.983</v>
+      </c>
+      <c r="K647">
+        <v>2.696</v>
+      </c>
+      <c r="L647">
+        <v>145.689</v>
+      </c>
+      <c r="M647">
+        <v>156.332</v>
+      </c>
+      <c r="N647">
+        <v>395.934</v>
+      </c>
+      <c r="O647">
+        <v>40.377</v>
+      </c>
+      <c r="P647">
+        <v>1268.154</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>