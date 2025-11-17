--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 7.6 Electricity End Use and Electric Vehicle Use</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers, Residential</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers, Commercial</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers, Industrial</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers, Transportation</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers, Total</t>
   </si>
   <si>
     <t>Electricity Direct Use</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -18847,50 +18847,79 @@
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>135932.96</v>
       </c>
       <c r="C642">
         <v>129539.922</v>
       </c>
       <c r="D642">
         <v>90446.846</v>
       </c>
       <c r="E642">
         <v>667.098</v>
       </c>
       <c r="F642">
         <v>356586.827</v>
       </c>
       <c r="G642">
         <v>11133.504</v>
       </c>
       <c r="H642">
         <v>367720.331</v>
       </c>
       <c r="I642" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>168211.24</v>
+      </c>
+      <c r="C643">
+        <v>143162.314</v>
+      </c>
+      <c r="D643">
+        <v>95011.312</v>
+      </c>
+      <c r="E643">
+        <v>604.538</v>
+      </c>
+      <c r="F643">
+        <v>406989.404</v>
+      </c>
+      <c r="G643">
+        <v>11869.12</v>
+      </c>
+      <c r="H643">
+        <v>418858.523</v>
+      </c>
+      <c r="I643" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>