--- v1 (2025-11-17)
+++ v2 (2026-01-02)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 7.6 Electricity End Use and Electric Vehicle Use</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers, Residential</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers, Commercial</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers, Industrial</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers, Transportation</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers, Total</t>
   </si>
   <si>
     <t>Electricity Direct Use</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -18333,593 +18333,651 @@
       </c>
       <c r="D624">
         <v>81651.676</v>
       </c>
       <c r="E624">
         <v>561.372</v>
       </c>
       <c r="F624">
         <v>312641.835</v>
       </c>
       <c r="G624">
         <v>12020.271</v>
       </c>
       <c r="H624">
         <v>324662.106</v>
       </c>
       <c r="I624">
         <v>776.478</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>142947.546</v>
+        <v>142353.527</v>
       </c>
       <c r="C625">
-        <v>117808.923</v>
+        <v>118234.006</v>
       </c>
       <c r="D625">
-        <v>82350.855</v>
+        <v>82517.331</v>
       </c>
       <c r="E625">
-        <v>610.837</v>
+        <v>611.658</v>
       </c>
       <c r="F625">
-        <v>343718.16</v>
+        <v>343716.522</v>
       </c>
       <c r="G625">
-        <v>12464.95</v>
+        <v>12265.942</v>
       </c>
       <c r="H625">
-        <v>356183.11</v>
+        <v>355982.463</v>
       </c>
       <c r="I625">
         <v>912.16</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>116110.351</v>
+        <v>115477.192</v>
       </c>
       <c r="C626">
-        <v>107740.077</v>
+        <v>108966.666</v>
       </c>
       <c r="D626">
-        <v>78049.519</v>
+        <v>78276.679</v>
       </c>
       <c r="E626">
-        <v>540.699</v>
+        <v>537.806</v>
       </c>
       <c r="F626">
-        <v>302440.646</v>
+        <v>303258.343</v>
       </c>
       <c r="G626">
-        <v>11027.922</v>
+        <v>11001.805</v>
       </c>
       <c r="H626">
-        <v>313468.568</v>
+        <v>314260.147</v>
       </c>
       <c r="I626">
         <v>823.037</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>102624.902</v>
+        <v>102203.045</v>
       </c>
       <c r="C627">
-        <v>110055.59</v>
+        <v>111382.314</v>
       </c>
       <c r="D627">
-        <v>82911.473</v>
+        <v>83100.083</v>
       </c>
       <c r="E627">
-        <v>599.196</v>
+        <v>592.835</v>
       </c>
       <c r="F627">
-        <v>296191.161</v>
+        <v>297278.276</v>
       </c>
       <c r="G627">
-        <v>11035.669</v>
+        <v>11090.292</v>
       </c>
       <c r="H627">
-        <v>307226.83</v>
+        <v>308368.568</v>
       </c>
       <c r="I627">
         <v>925.631</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>95053.382</v>
+        <v>94674.024</v>
       </c>
       <c r="C628">
-        <v>107379.624</v>
+        <v>108972.492</v>
       </c>
       <c r="D628">
-        <v>82104.16</v>
+        <v>82078.057</v>
       </c>
       <c r="E628">
-        <v>537.704</v>
+        <v>532.224</v>
       </c>
       <c r="F628">
-        <v>285074.871</v>
+        <v>286256.797</v>
       </c>
       <c r="G628">
-        <v>10848.132</v>
+        <v>10760.13</v>
       </c>
       <c r="H628">
-        <v>295923.003</v>
+        <v>297016.927</v>
       </c>
       <c r="I628">
         <v>874.492</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>107861.786</v>
+        <v>107604.715</v>
       </c>
       <c r="C629">
-        <v>116427.456</v>
+        <v>117863.688</v>
       </c>
       <c r="D629">
-        <v>87686.832</v>
+        <v>87901.1</v>
       </c>
       <c r="E629">
-        <v>596.867</v>
+        <v>591.949</v>
       </c>
       <c r="F629">
-        <v>312572.941</v>
+        <v>313961.453</v>
       </c>
       <c r="G629">
-        <v>11152.851</v>
+        <v>11076.596</v>
       </c>
       <c r="H629">
-        <v>323725.792</v>
+        <v>325038.049</v>
       </c>
       <c r="I629">
         <v>946.528</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>139149.051</v>
+        <v>138920.46</v>
       </c>
       <c r="C630">
-        <v>126302.667</v>
+        <v>127949.053</v>
       </c>
       <c r="D630">
-        <v>88264.573</v>
+        <v>88445.985</v>
       </c>
       <c r="E630">
-        <v>570.567</v>
+        <v>566.47</v>
       </c>
       <c r="F630">
-        <v>354286.858</v>
+        <v>355881.968</v>
       </c>
       <c r="G630">
-        <v>10927.49</v>
+        <v>11042.302</v>
       </c>
       <c r="H630">
-        <v>365214.348</v>
+        <v>366924.269</v>
       </c>
       <c r="I630">
         <v>952.459</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>165592.143</v>
+        <v>164833.249</v>
       </c>
       <c r="C631">
-        <v>137860.274</v>
+        <v>139551.004</v>
       </c>
       <c r="D631">
-        <v>92706.23</v>
+        <v>92847.608</v>
       </c>
       <c r="E631">
-        <v>640.924</v>
+        <v>640.724</v>
       </c>
       <c r="F631">
-        <v>396799.571</v>
+        <v>397872.586</v>
       </c>
       <c r="G631">
-        <v>11756.681</v>
+        <v>11900.073</v>
       </c>
       <c r="H631">
-        <v>408556.253</v>
+        <v>409772.659</v>
       </c>
       <c r="I631">
         <v>1014.314</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>159643.421</v>
+        <v>159098.423</v>
       </c>
       <c r="C632">
-        <v>138935.75</v>
+        <v>140632.265</v>
       </c>
       <c r="D632">
-        <v>93672.698</v>
+        <v>93847.512</v>
       </c>
       <c r="E632">
-        <v>625.362</v>
+        <v>621.263</v>
       </c>
       <c r="F632">
-        <v>392877.231</v>
+        <v>394199.462</v>
       </c>
       <c r="G632">
-        <v>12202.914</v>
+        <v>12227.311</v>
       </c>
       <c r="H632">
-        <v>405080.145</v>
+        <v>406426.773</v>
       </c>
       <c r="I632">
         <v>1030.588</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>128325.748</v>
+        <v>127340.054</v>
       </c>
       <c r="C633">
-        <v>125916.513</v>
+        <v>127248.289</v>
       </c>
       <c r="D633">
-        <v>87834.414</v>
+        <v>87919.713</v>
       </c>
       <c r="E633">
-        <v>566.323</v>
+        <v>562.65</v>
       </c>
       <c r="F633">
-        <v>342642.997</v>
+        <v>343070.706</v>
       </c>
       <c r="G633">
-        <v>11052.841</v>
+        <v>11025.016</v>
       </c>
       <c r="H633">
-        <v>353695.839</v>
+        <v>354095.722</v>
       </c>
       <c r="I633">
         <v>989.463</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>106874.358</v>
+        <v>106083.28</v>
       </c>
       <c r="C634">
-        <v>119616.457</v>
+        <v>120898.705</v>
       </c>
       <c r="D634">
-        <v>88327.282</v>
+        <v>88353.891</v>
       </c>
       <c r="E634">
-        <v>571.033</v>
+        <v>566.106</v>
       </c>
       <c r="F634">
-        <v>315389.13</v>
+        <v>315901.982</v>
       </c>
       <c r="G634">
-        <v>10173.39</v>
+        <v>10263.655</v>
       </c>
       <c r="H634">
-        <v>325562.52</v>
+        <v>326165.637</v>
       </c>
       <c r="I634">
         <v>1067.189</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>99355.726</v>
+        <v>98781.893</v>
       </c>
       <c r="C635">
-        <v>110380.716</v>
+        <v>112090.795</v>
       </c>
       <c r="D635">
-        <v>83251.879</v>
+        <v>84368.994</v>
       </c>
       <c r="E635">
-        <v>560.295</v>
+        <v>554.361</v>
       </c>
       <c r="F635">
-        <v>293548.616</v>
+        <v>295796.043</v>
       </c>
       <c r="G635">
-        <v>10800.515</v>
+        <v>10715.327</v>
       </c>
       <c r="H635">
-        <v>304349.131</v>
+        <v>306511.37</v>
       </c>
       <c r="I635">
         <v>1032.767</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>126068.457</v>
+        <v>125503.724</v>
       </c>
       <c r="C636">
-        <v>115582.712</v>
+        <v>117151.941</v>
       </c>
       <c r="D636">
-        <v>84092.706</v>
+        <v>84927.238</v>
       </c>
       <c r="E636">
-        <v>603.803</v>
+        <v>604.793</v>
       </c>
       <c r="F636">
-        <v>326347.678</v>
+        <v>328187.696</v>
       </c>
       <c r="G636">
-        <v>12061.41</v>
+        <v>11672.072</v>
       </c>
       <c r="H636">
-        <v>338409.088</v>
+        <v>339859.768</v>
       </c>
       <c r="I636">
         <v>1171.811</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>152647.992</v>
+        <v>152816.384</v>
       </c>
       <c r="C637">
-        <v>123312.891</v>
+        <v>123634.236</v>
       </c>
       <c r="D637">
-        <v>84528.213</v>
+        <v>85220.971</v>
       </c>
       <c r="E637">
-        <v>633.812</v>
+        <v>685.924</v>
       </c>
       <c r="F637">
-        <v>361122.907</v>
+        <v>362357.514</v>
       </c>
       <c r="G637">
-        <v>12232.989</v>
+        <v>12279.365</v>
       </c>
       <c r="H637">
-        <v>373355.896</v>
+        <v>374636.879</v>
       </c>
       <c r="I637">
         <v>1540.738</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>127797.321</v>
+        <v>127950.652</v>
       </c>
       <c r="C638">
-        <v>111921.889</v>
+        <v>112404.349</v>
       </c>
       <c r="D638">
-        <v>79413.568</v>
+        <v>79866.95</v>
       </c>
       <c r="E638">
-        <v>609.277</v>
+        <v>610.402</v>
       </c>
       <c r="F638">
-        <v>319742.055</v>
+        <v>320832.354</v>
       </c>
       <c r="G638">
-        <v>10723.76</v>
+        <v>10753.353</v>
       </c>
       <c r="H638">
-        <v>330465.814</v>
+        <v>331585.707</v>
       </c>
       <c r="I638">
         <v>1384.955</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>109176.285</v>
+        <v>109312.621</v>
       </c>
       <c r="C639">
-        <v>113324.807</v>
+        <v>113680.089</v>
       </c>
       <c r="D639">
-        <v>83534.955</v>
+        <v>83903.908</v>
       </c>
       <c r="E639">
-        <v>616.282</v>
+        <v>635.151</v>
       </c>
       <c r="F639">
-        <v>306652.33</v>
+        <v>307531.769</v>
       </c>
       <c r="G639">
-        <v>11356.637</v>
+        <v>11393.899</v>
       </c>
       <c r="H639">
-        <v>318008.967</v>
+        <v>318925.668</v>
       </c>
       <c r="I639" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>97467.695</v>
+        <v>97597.168</v>
       </c>
       <c r="C640">
-        <v>111465.409</v>
+        <v>112017.528</v>
       </c>
       <c r="D640">
-        <v>84347.643</v>
+        <v>84871.227</v>
       </c>
       <c r="E640">
         <v>568.693</v>
       </c>
       <c r="F640">
-        <v>293849.44</v>
+        <v>295054.615</v>
       </c>
       <c r="G640">
-        <v>10526.517</v>
+        <v>10552.282</v>
       </c>
       <c r="H640">
-        <v>304375.957</v>
+        <v>305606.897</v>
       </c>
       <c r="I640" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>104929.099</v>
+        <v>105175.885</v>
       </c>
       <c r="C641">
-        <v>118716.423</v>
+        <v>119130.872</v>
       </c>
       <c r="D641">
-        <v>87350.173</v>
+        <v>87821.103</v>
       </c>
       <c r="E641">
-        <v>555.984</v>
+        <v>556.024</v>
       </c>
       <c r="F641">
-        <v>311551.678</v>
+        <v>312683.884</v>
       </c>
       <c r="G641">
-        <v>10783.937</v>
+        <v>10818.589</v>
       </c>
       <c r="H641">
-        <v>322335.616</v>
+        <v>323502.472</v>
       </c>
       <c r="I641" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>135932.96</v>
+        <v>136230.533</v>
       </c>
       <c r="C642">
-        <v>129539.922</v>
+        <v>129728.458</v>
       </c>
       <c r="D642">
-        <v>90446.846</v>
+        <v>90734.055</v>
       </c>
       <c r="E642">
         <v>667.098</v>
       </c>
       <c r="F642">
-        <v>356586.827</v>
+        <v>357360.144</v>
       </c>
       <c r="G642">
-        <v>11133.504</v>
+        <v>11157.674</v>
       </c>
       <c r="H642">
-        <v>367720.331</v>
+        <v>368517.818</v>
       </c>
       <c r="I642" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>168211.24</v>
+        <v>168358.848</v>
       </c>
       <c r="C643">
-        <v>143162.314</v>
+        <v>143160.529</v>
       </c>
       <c r="D643">
-        <v>95011.312</v>
+        <v>95106.566</v>
       </c>
       <c r="E643">
         <v>604.538</v>
       </c>
       <c r="F643">
-        <v>406989.404</v>
+        <v>407230.48</v>
       </c>
       <c r="G643">
-        <v>11869.12</v>
+        <v>11845.084</v>
       </c>
       <c r="H643">
-        <v>418858.523</v>
+        <v>419075.564</v>
       </c>
       <c r="I643" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>155620.562</v>
+      </c>
+      <c r="C644">
+        <v>140989.797</v>
+      </c>
+      <c r="D644">
+        <v>95055.092</v>
+      </c>
+      <c r="E644">
+        <v>624.339</v>
+      </c>
+      <c r="F644">
+        <v>392289.79</v>
+      </c>
+      <c r="G644">
+        <v>11924.005</v>
+      </c>
+      <c r="H644">
+        <v>404213.795</v>
+      </c>
+      <c r="I644" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>126556.227</v>
+      </c>
+      <c r="C645">
+        <v>128743.351</v>
+      </c>
+      <c r="D645">
+        <v>89068.774</v>
+      </c>
+      <c r="E645">
+        <v>592.445</v>
+      </c>
+      <c r="F645">
+        <v>344960.798</v>
+      </c>
+      <c r="G645">
+        <v>11397.799</v>
+      </c>
+      <c r="H645">
+        <v>356358.597</v>
+      </c>
+      <c r="I645" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -21189,69 +21247,69 @@
       </c>
       <c r="D87">
         <v>1009255.634</v>
       </c>
       <c r="E87">
         <v>6863.789</v>
       </c>
       <c r="F87">
         <v>3874253.362</v>
       </c>
       <c r="G87">
         <v>136918.156</v>
       </c>
       <c r="H87">
         <v>4011171.518</v>
       </c>
       <c r="I87">
         <v>7595.513</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>1489606.87</v>
+        <v>1482873.586</v>
       </c>
       <c r="C88">
-        <v>1434006.759</v>
+        <v>1450941.216</v>
       </c>
       <c r="D88">
-        <v>1031252.62</v>
+        <v>1034584.19</v>
       </c>
       <c r="E88">
-        <v>7023.611</v>
+        <v>6982.84</v>
       </c>
       <c r="F88">
-        <v>3961889.86</v>
+        <v>3975381.832</v>
       </c>
       <c r="G88">
-        <v>135504.767</v>
+        <v>135040.521</v>
       </c>
       <c r="H88">
-        <v>4097394.626</v>
+        <v>4110422.353</v>
       </c>
       <c r="I88">
         <v>11740.44</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>