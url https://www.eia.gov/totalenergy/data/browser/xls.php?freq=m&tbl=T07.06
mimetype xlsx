--- v2 (2026-01-02)
+++ v3 (2026-02-16)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.6 Electricity End Use and Electric Vehicle Use</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers, Residential</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers, Commercial</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers, Industrial</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers, Transportation</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers, Total</t>
   </si>
   <si>
     <t>Electricity Direct Use</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -18934,50 +18934,79 @@
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>126556.227</v>
       </c>
       <c r="C645">
         <v>128743.351</v>
       </c>
       <c r="D645">
         <v>89068.774</v>
       </c>
       <c r="E645">
         <v>592.445</v>
       </c>
       <c r="F645">
         <v>344960.798</v>
       </c>
       <c r="G645">
         <v>11397.799</v>
       </c>
       <c r="H645">
         <v>356358.597</v>
       </c>
       <c r="I645" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>106976.133</v>
+      </c>
+      <c r="C646">
+        <v>125632.005</v>
+      </c>
+      <c r="D646">
+        <v>88018.232</v>
+      </c>
+      <c r="E646">
+        <v>589.445</v>
+      </c>
+      <c r="F646">
+        <v>321215.816</v>
+      </c>
+      <c r="G646">
+        <v>11259.446</v>
+      </c>
+      <c r="H646">
+        <v>332475.262</v>
+      </c>
+      <c r="I646" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>