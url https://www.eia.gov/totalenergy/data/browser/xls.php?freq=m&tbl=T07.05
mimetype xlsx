--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 7.5 Stocks of Coal and Petroleum:  Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Residual Fuel Oil Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Petroleum Coke Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Total Petroleum Stocks, Electric Power Sector</t>
   </si>
@@ -471,54 +471,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.837" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
@@ -11976,1040 +11976,1040 @@
       </c>
       <c r="B508">
         <v>128925.018</v>
       </c>
       <c r="C508">
         <v>16482.986</v>
       </c>
       <c r="D508">
         <v>10607.76</v>
       </c>
       <c r="E508">
         <v>1158.964</v>
       </c>
       <c r="F508">
         <v>514.937</v>
       </c>
       <c r="G508">
         <v>30824.395</v>
       </c>
     </row>
     <row r="509" spans="1:26">
       <c r="A509" s="6">
         <v>41760.0</v>
       </c>
       <c r="B509">
-        <v>136936.637</v>
+        <v>136920.563</v>
       </c>
       <c r="C509">
         <v>16284.595</v>
       </c>
       <c r="D509">
         <v>10580.58</v>
       </c>
       <c r="E509">
         <v>1207.934</v>
       </c>
       <c r="F509">
         <v>457.74</v>
       </c>
       <c r="G509">
         <v>30361.809</v>
       </c>
     </row>
     <row r="510" spans="1:26">
       <c r="A510" s="6">
         <v>41791.0</v>
       </c>
       <c r="B510">
-        <v>133494.087</v>
+        <v>133479.434</v>
       </c>
       <c r="C510">
         <v>16583.413</v>
       </c>
       <c r="D510">
         <v>10659.186</v>
       </c>
       <c r="E510">
         <v>1195.102</v>
       </c>
       <c r="F510">
         <v>397.27</v>
       </c>
       <c r="G510">
         <v>30424.051</v>
       </c>
     </row>
     <row r="511" spans="1:26">
       <c r="A511" s="6">
         <v>41821.0</v>
       </c>
       <c r="B511">
-        <v>125897.055</v>
+        <v>125869.913</v>
       </c>
       <c r="C511">
         <v>16489.792</v>
       </c>
       <c r="D511">
         <v>10250.047</v>
       </c>
       <c r="E511">
         <v>1113.16</v>
       </c>
       <c r="F511">
         <v>380.957</v>
       </c>
       <c r="G511">
         <v>29757.784</v>
       </c>
     </row>
     <row r="512" spans="1:26">
       <c r="A512" s="6">
         <v>41852.0</v>
       </c>
       <c r="B512">
-        <v>121369.292</v>
+        <v>121369.132</v>
       </c>
       <c r="C512">
         <v>16510.366</v>
       </c>
       <c r="D512">
         <v>10460.415</v>
       </c>
       <c r="E512">
         <v>1117.06</v>
       </c>
       <c r="F512">
         <v>387.942</v>
       </c>
       <c r="G512">
         <v>30027.551</v>
       </c>
     </row>
     <row r="513" spans="1:26">
       <c r="A513" s="6">
         <v>41883.0</v>
       </c>
       <c r="B513">
-        <v>124546.188</v>
+        <v>124546.118</v>
       </c>
       <c r="C513">
         <v>16863.445</v>
       </c>
       <c r="D513">
         <v>10531.572</v>
       </c>
       <c r="E513">
         <v>1134.11</v>
       </c>
       <c r="F513">
         <v>388.944</v>
       </c>
       <c r="G513">
         <v>30473.847</v>
       </c>
     </row>
     <row r="514" spans="1:26">
       <c r="A514" s="6">
         <v>41913.0</v>
       </c>
       <c r="B514">
-        <v>136964.404</v>
+        <v>136964.254</v>
       </c>
       <c r="C514">
         <v>17428.569</v>
       </c>
       <c r="D514">
         <v>10890.506</v>
       </c>
       <c r="E514">
         <v>1306.346</v>
       </c>
       <c r="F514">
         <v>510.033</v>
       </c>
       <c r="G514">
         <v>32175.586</v>
       </c>
     </row>
     <row r="515" spans="1:26">
       <c r="A515" s="6">
         <v>41944.0</v>
       </c>
       <c r="B515">
-        <v>142599.673</v>
+        <v>142595.396</v>
       </c>
       <c r="C515">
         <v>18165.973</v>
       </c>
       <c r="D515">
         <v>11977.948</v>
       </c>
       <c r="E515">
         <v>1423.166</v>
       </c>
       <c r="F515">
         <v>633.004</v>
       </c>
       <c r="G515">
         <v>34732.107</v>
       </c>
     </row>
     <row r="516" spans="1:26">
       <c r="A516" s="6">
         <v>41974.0</v>
       </c>
       <c r="B516">
-        <v>151792.33</v>
+        <v>151548.454</v>
       </c>
       <c r="C516">
         <v>18309.223</v>
       </c>
       <c r="D516">
         <v>12763.876</v>
       </c>
       <c r="E516">
         <v>1248.701</v>
       </c>
       <c r="F516">
         <v>827.47</v>
       </c>
       <c r="G516">
         <v>36459.15</v>
       </c>
     </row>
     <row r="517" spans="1:26">
       <c r="A517" s="6">
         <v>42005.0</v>
       </c>
       <c r="B517">
-        <v>154479.484</v>
+        <v>154389.578</v>
       </c>
       <c r="C517">
         <v>18216.336</v>
       </c>
       <c r="D517">
         <v>12206.533</v>
       </c>
       <c r="E517">
         <v>1266.236</v>
       </c>
       <c r="F517">
         <v>891.87</v>
       </c>
       <c r="G517">
         <v>36148.455</v>
       </c>
     </row>
     <row r="518" spans="1:26">
       <c r="A518" s="6">
         <v>42036.0</v>
       </c>
       <c r="B518">
-        <v>149162.701</v>
+        <v>149071.287</v>
       </c>
       <c r="C518">
         <v>16459.31</v>
       </c>
       <c r="D518">
         <v>9798.214</v>
       </c>
       <c r="E518">
         <v>956.294</v>
       </c>
       <c r="F518">
         <v>850.223</v>
       </c>
       <c r="G518">
         <v>31464.933</v>
       </c>
     </row>
     <row r="519" spans="1:26">
       <c r="A519" s="6">
         <v>42064.0</v>
       </c>
       <c r="B519">
-        <v>154437.73</v>
+        <v>154346.698</v>
       </c>
       <c r="C519">
         <v>16995.867</v>
       </c>
       <c r="D519">
         <v>10250.736</v>
       </c>
       <c r="E519">
         <v>1045.128</v>
       </c>
       <c r="F519">
         <v>817.935</v>
       </c>
       <c r="G519">
         <v>32381.406</v>
       </c>
     </row>
     <row r="520" spans="1:26">
       <c r="A520" s="6">
         <v>42095.0</v>
       </c>
       <c r="B520">
-        <v>167177.865</v>
+        <v>167063.409</v>
       </c>
       <c r="C520">
         <v>17167.448</v>
       </c>
       <c r="D520">
         <v>10152.165</v>
       </c>
       <c r="E520">
         <v>1045.893</v>
       </c>
       <c r="F520">
         <v>911.819</v>
       </c>
       <c r="G520">
         <v>32924.601</v>
       </c>
     </row>
     <row r="521" spans="1:26">
       <c r="A521" s="6">
         <v>42125.0</v>
       </c>
       <c r="B521">
-        <v>172928.368</v>
+        <v>172809.335</v>
       </c>
       <c r="C521">
         <v>17356.688</v>
       </c>
       <c r="D521">
         <v>10518.329</v>
       </c>
       <c r="E521">
         <v>1051.141</v>
       </c>
       <c r="F521">
         <v>999.119</v>
       </c>
       <c r="G521">
         <v>33921.753</v>
       </c>
     </row>
     <row r="522" spans="1:26">
       <c r="A522" s="6">
         <v>42156.0</v>
       </c>
       <c r="B522">
-        <v>166570.298</v>
+        <v>166436.597</v>
       </c>
       <c r="C522">
         <v>17512.679</v>
       </c>
       <c r="D522">
         <v>10570.016</v>
       </c>
       <c r="E522">
         <v>1091.749</v>
       </c>
       <c r="F522">
         <v>1031.387</v>
       </c>
       <c r="G522">
         <v>34331.379</v>
       </c>
     </row>
     <row r="523" spans="1:26">
       <c r="A523" s="6">
         <v>42186.0</v>
       </c>
       <c r="B523">
-        <v>158072.749</v>
+        <v>157938.077</v>
       </c>
       <c r="C523">
         <v>17518.834</v>
       </c>
       <c r="D523">
         <v>10263.409</v>
       </c>
       <c r="E523">
         <v>1071.865</v>
       </c>
       <c r="F523">
         <v>1064.453</v>
       </c>
       <c r="G523">
         <v>34176.373</v>
       </c>
     </row>
     <row r="524" spans="1:26">
       <c r="A524" s="6">
         <v>42217.0</v>
       </c>
       <c r="B524">
-        <v>156074.689</v>
+        <v>155951.855</v>
       </c>
       <c r="C524">
         <v>17711.565</v>
       </c>
       <c r="D524">
         <v>10086.831</v>
       </c>
       <c r="E524">
         <v>1084.434</v>
       </c>
       <c r="F524">
         <v>1028.575</v>
       </c>
       <c r="G524">
         <v>34025.705</v>
       </c>
     </row>
     <row r="525" spans="1:26">
       <c r="A525" s="6">
         <v>42248.0</v>
       </c>
       <c r="B525">
-        <v>162228.55</v>
+        <v>162108.619</v>
       </c>
       <c r="C525">
         <v>18285.516</v>
       </c>
       <c r="D525">
         <v>10766.04</v>
       </c>
       <c r="E525">
         <v>1082.562</v>
       </c>
       <c r="F525">
         <v>1101.5</v>
       </c>
       <c r="G525">
         <v>35641.618</v>
       </c>
     </row>
     <row r="526" spans="1:26">
       <c r="A526" s="6">
         <v>42278.0</v>
       </c>
       <c r="B526">
-        <v>175702.23</v>
+        <v>175587.987</v>
       </c>
       <c r="C526">
         <v>18595.805</v>
       </c>
       <c r="D526">
         <v>11491.528</v>
       </c>
       <c r="E526">
         <v>1119.822</v>
       </c>
       <c r="F526">
         <v>1150.824</v>
       </c>
       <c r="G526">
         <v>36961.275</v>
       </c>
     </row>
     <row r="527" spans="1:26">
       <c r="A527" s="6">
         <v>42309.0</v>
       </c>
       <c r="B527">
-        <v>188702.719</v>
+        <v>188594.571</v>
       </c>
       <c r="C527">
         <v>18737.691</v>
       </c>
       <c r="D527">
         <v>12310.199</v>
       </c>
       <c r="E527">
         <v>1184.792</v>
       </c>
       <c r="F527">
         <v>1289.814</v>
       </c>
       <c r="G527">
         <v>38681.752</v>
       </c>
     </row>
     <row r="528" spans="1:26">
       <c r="A528" s="6">
         <v>42339.0</v>
       </c>
       <c r="B528">
-        <v>195912.247</v>
+        <v>195548.037</v>
       </c>
       <c r="C528">
         <v>17955.215</v>
       </c>
       <c r="D528">
         <v>12566.008</v>
       </c>
       <c r="E528">
         <v>1172.837</v>
       </c>
       <c r="F528">
         <v>1340.372</v>
       </c>
       <c r="G528">
         <v>38395.92</v>
       </c>
     </row>
     <row r="529" spans="1:26">
       <c r="A529" s="6">
         <v>42370.0</v>
       </c>
       <c r="B529">
-        <v>187293.703</v>
+        <v>187203.047</v>
       </c>
       <c r="C529">
         <v>17929.736</v>
       </c>
       <c r="D529">
         <v>12020.158</v>
       </c>
       <c r="E529">
         <v>1153.186</v>
       </c>
       <c r="F529">
         <v>1320.09</v>
       </c>
       <c r="G529">
         <v>37703.53</v>
       </c>
     </row>
     <row r="530" spans="1:26">
       <c r="A530" s="6">
         <v>42401.0</v>
       </c>
       <c r="B530">
-        <v>187153.4</v>
+        <v>187063.618</v>
       </c>
       <c r="C530">
         <v>17661.663</v>
       </c>
       <c r="D530">
         <v>11645.473</v>
       </c>
       <c r="E530">
         <v>1135.921</v>
       </c>
       <c r="F530">
         <v>1323.438</v>
       </c>
       <c r="G530">
         <v>37060.247</v>
       </c>
     </row>
     <row r="531" spans="1:26">
       <c r="A531" s="6">
         <v>42430.0</v>
       </c>
       <c r="B531">
-        <v>191634.65</v>
+        <v>191552.735</v>
       </c>
       <c r="C531">
         <v>17501.256</v>
       </c>
       <c r="D531">
         <v>11732.89</v>
       </c>
       <c r="E531">
         <v>1134.136</v>
       </c>
       <c r="F531">
         <v>1239.858</v>
       </c>
       <c r="G531">
         <v>36567.572</v>
       </c>
     </row>
     <row r="532" spans="1:26">
       <c r="A532" s="6">
         <v>42461.0</v>
       </c>
       <c r="B532">
-        <v>193272.104</v>
+        <v>193185.212</v>
       </c>
       <c r="C532">
         <v>17637.352</v>
       </c>
       <c r="D532">
         <v>11982.028</v>
       </c>
       <c r="E532">
         <v>959.808</v>
       </c>
       <c r="F532">
         <v>1181.023</v>
       </c>
       <c r="G532">
         <v>36484.303</v>
       </c>
     </row>
     <row r="533" spans="1:26">
       <c r="A533" s="6">
         <v>42491.0</v>
       </c>
       <c r="B533">
-        <v>192509.113</v>
+        <v>192416.93</v>
       </c>
       <c r="C533">
         <v>17855.595</v>
       </c>
       <c r="D533">
         <v>12093.938</v>
       </c>
       <c r="E533">
         <v>967.229</v>
       </c>
       <c r="F533">
         <v>1071.278</v>
       </c>
       <c r="G533">
         <v>36273.152</v>
       </c>
     </row>
     <row r="534" spans="1:26">
       <c r="A534" s="6">
         <v>42522.0</v>
       </c>
       <c r="B534">
-        <v>182175.633</v>
+        <v>182086.476</v>
       </c>
       <c r="C534">
         <v>17859.297</v>
       </c>
       <c r="D534">
         <v>11935.582</v>
       </c>
       <c r="E534">
         <v>964.682</v>
       </c>
       <c r="F534">
         <v>905.447</v>
       </c>
       <c r="G534">
         <v>35286.796</v>
       </c>
     </row>
     <row r="535" spans="1:26">
       <c r="A535" s="6">
         <v>42552.0</v>
       </c>
       <c r="B535">
-        <v>168189.741</v>
+        <v>168118.609</v>
       </c>
       <c r="C535">
         <v>17726.262</v>
       </c>
       <c r="D535">
         <v>11696.489</v>
       </c>
       <c r="E535">
         <v>942.869</v>
       </c>
       <c r="F535">
         <v>858.197</v>
       </c>
       <c r="G535">
         <v>34656.605</v>
       </c>
     </row>
     <row r="536" spans="1:26">
       <c r="A536" s="6">
         <v>42583.0</v>
       </c>
       <c r="B536">
-        <v>158973.352</v>
+        <v>158908.174</v>
       </c>
       <c r="C536">
         <v>17819.546</v>
       </c>
       <c r="D536">
         <v>11595.335</v>
       </c>
       <c r="E536">
         <v>909.489</v>
       </c>
       <c r="F536">
         <v>779.875</v>
       </c>
       <c r="G536">
         <v>34223.745</v>
       </c>
     </row>
     <row r="537" spans="1:26">
       <c r="A537" s="6">
         <v>42614.0</v>
       </c>
       <c r="B537">
-        <v>156635.129</v>
+        <v>156566.909</v>
       </c>
       <c r="C537">
         <v>17852.171</v>
       </c>
       <c r="D537">
         <v>11639.842</v>
       </c>
       <c r="E537">
         <v>907.659</v>
       </c>
       <c r="F537">
         <v>767.778</v>
       </c>
       <c r="G537">
         <v>34238.562</v>
       </c>
     </row>
     <row r="538" spans="1:26">
       <c r="A538" s="6">
         <v>42644.0</v>
       </c>
       <c r="B538">
-        <v>160993.979</v>
+        <v>160932.26</v>
       </c>
       <c r="C538">
         <v>18016.973</v>
       </c>
       <c r="D538">
         <v>11630.211</v>
       </c>
       <c r="E538">
         <v>945.357</v>
       </c>
       <c r="F538">
         <v>812.546</v>
       </c>
       <c r="G538">
         <v>34655.271</v>
       </c>
     </row>
     <row r="539" spans="1:26">
       <c r="A539" s="6">
         <v>42675.0</v>
       </c>
       <c r="B539">
-        <v>170334.169</v>
+        <v>170276.558</v>
       </c>
       <c r="C539">
         <v>18324.118</v>
       </c>
       <c r="D539">
         <v>11952.718</v>
       </c>
       <c r="E539">
         <v>967.489</v>
       </c>
       <c r="F539">
         <v>832.957</v>
       </c>
       <c r="G539">
         <v>35409.11</v>
       </c>
     </row>
     <row r="540" spans="1:26">
       <c r="A540" s="6">
         <v>42705.0</v>
       </c>
       <c r="B540">
-        <v>162476.415</v>
+        <v>162009.014</v>
       </c>
       <c r="C540">
         <v>17854.973</v>
       </c>
       <c r="D540">
         <v>11789.41</v>
       </c>
       <c r="E540">
         <v>949.035</v>
       </c>
       <c r="F540">
         <v>844.928</v>
       </c>
       <c r="G540">
         <v>34818.058</v>
       </c>
     </row>
     <row r="541" spans="1:26">
       <c r="A541" s="6">
         <v>42736.0</v>
       </c>
       <c r="B541">
-        <v>156246.568</v>
+        <v>156214.21</v>
       </c>
       <c r="C541">
         <v>17738.307</v>
       </c>
       <c r="D541">
         <v>11857.519</v>
       </c>
       <c r="E541">
         <v>940.261</v>
       </c>
       <c r="F541">
         <v>767.985</v>
       </c>
       <c r="G541">
         <v>34376.012</v>
       </c>
     </row>
     <row r="542" spans="1:26">
       <c r="A542" s="6">
         <v>42767.0</v>
       </c>
       <c r="B542">
-        <v>160534.098</v>
+        <v>160501.502</v>
       </c>
       <c r="C542">
         <v>17609.5</v>
       </c>
       <c r="D542">
         <v>11743.665</v>
       </c>
       <c r="E542">
         <v>939.494</v>
       </c>
       <c r="F542">
         <v>755.511</v>
       </c>
       <c r="G542">
         <v>34070.214</v>
       </c>
     </row>
     <row r="543" spans="1:26">
       <c r="A543" s="6">
         <v>42795.0</v>
       </c>
       <c r="B543">
-        <v>161856.191</v>
+        <v>161815.49</v>
       </c>
       <c r="C543">
         <v>17343.235</v>
       </c>
       <c r="D543">
         <v>12680.52</v>
       </c>
       <c r="E543">
         <v>915.193</v>
       </c>
       <c r="F543">
         <v>785.092</v>
       </c>
       <c r="G543">
         <v>34864.408</v>
       </c>
     </row>
     <row r="544" spans="1:26">
       <c r="A544" s="6">
         <v>42826.0</v>
       </c>
       <c r="B544">
-        <v>163983.218</v>
+        <v>163936.912</v>
       </c>
       <c r="C544">
         <v>17349.148</v>
       </c>
       <c r="D544">
         <v>12439.018</v>
       </c>
       <c r="E544">
         <v>899.367</v>
       </c>
       <c r="F544">
         <v>843.664</v>
       </c>
       <c r="G544">
         <v>34905.853</v>
       </c>
     </row>
     <row r="545" spans="1:26">
       <c r="A545" s="6">
         <v>42856.0</v>
       </c>
       <c r="B545">
-        <v>162594.563</v>
+        <v>162542.242</v>
       </c>
       <c r="C545">
         <v>17257.39</v>
       </c>
       <c r="D545">
         <v>12169.98</v>
       </c>
       <c r="E545">
         <v>898.754</v>
       </c>
       <c r="F545">
         <v>772.246</v>
       </c>
       <c r="G545">
         <v>34187.354</v>
       </c>
     </row>
     <row r="546" spans="1:26">
       <c r="A546" s="6">
         <v>42887.0</v>
       </c>
       <c r="B546">
-        <v>158079.082</v>
+        <v>158013.959</v>
       </c>
       <c r="C546">
         <v>17091.805</v>
       </c>
       <c r="D546">
         <v>11993.369</v>
       </c>
       <c r="E546">
         <v>888.757</v>
       </c>
       <c r="F546">
         <v>741.625</v>
       </c>
       <c r="G546">
         <v>33682.056</v>
       </c>
     </row>
     <row r="547" spans="1:26">
       <c r="A547" s="6">
         <v>42917.0</v>
       </c>
       <c r="B547">
-        <v>145870.185</v>
+        <v>145811.483</v>
       </c>
       <c r="C547">
         <v>17155.162</v>
       </c>
       <c r="D547">
         <v>11739.885</v>
       </c>
       <c r="E547">
         <v>902.923</v>
       </c>
       <c r="F547">
         <v>724.263</v>
       </c>
       <c r="G547">
         <v>33419.285</v>
       </c>
     </row>
     <row r="548" spans="1:26">
       <c r="A548" s="6">
         <v>42948.0</v>
       </c>
       <c r="B548">
-        <v>141254.652</v>
+        <v>141204.061</v>
       </c>
       <c r="C548">
         <v>17100.694</v>
       </c>
       <c r="D548">
         <v>11530.931</v>
       </c>
       <c r="E548">
         <v>901.126</v>
       </c>
       <c r="F548">
         <v>749.406</v>
       </c>
       <c r="G548">
         <v>33279.781</v>
       </c>
     </row>
     <row r="549" spans="1:26">
       <c r="A549" s="6">
         <v>42979.0</v>
       </c>
       <c r="B549">
-        <v>139619.013</v>
+        <v>139571.2</v>
       </c>
       <c r="C549">
         <v>16849.118</v>
       </c>
       <c r="D549">
         <v>11382.107</v>
       </c>
       <c r="E549">
         <v>892.187</v>
       </c>
       <c r="F549">
         <v>797.527</v>
       </c>
       <c r="G549">
         <v>33111.047</v>
       </c>
     </row>
     <row r="550" spans="1:26">
       <c r="A550" s="6">
         <v>43009.0</v>
       </c>
       <c r="B550">
-        <v>141500.63</v>
+        <v>141462.519</v>
       </c>
       <c r="C550">
         <v>16789.831</v>
       </c>
       <c r="D550">
         <v>11292.01</v>
       </c>
       <c r="E550">
         <v>893.977</v>
       </c>
       <c r="F550">
         <v>862.093</v>
       </c>
       <c r="G550">
         <v>33286.283</v>
       </c>
     </row>
     <row r="551" spans="1:26">
       <c r="A551" s="6">
         <v>43040.0</v>
       </c>
       <c r="B551">
-        <v>143459.982</v>
+        <v>143424.037</v>
       </c>
       <c r="C551">
         <v>16945.611</v>
       </c>
       <c r="D551">
         <v>11380.966</v>
       </c>
       <c r="E551">
         <v>900.276</v>
       </c>
       <c r="F551">
         <v>859.027</v>
       </c>
       <c r="G551">
         <v>33521.988</v>
       </c>
     </row>
     <row r="552" spans="1:26">
       <c r="A552" s="6">
         <v>43070.0</v>
       </c>
       <c r="B552">
-        <v>137721.309</v>
+        <v>137687.148</v>
       </c>
       <c r="C552">
         <v>16342.396</v>
       </c>
       <c r="D552">
         <v>10929.873</v>
       </c>
       <c r="E552">
         <v>816.435</v>
       </c>
       <c r="F552">
         <v>863.609</v>
       </c>
       <c r="G552">
         <v>32406.749</v>
       </c>
     </row>
     <row r="553" spans="1:26">
       <c r="A553" s="6">
         <v>43101.0</v>
       </c>
       <c r="B553">
         <v>123234.514</v>
       </c>
       <c r="C553">
@@ -15051,50 +15051,73 @@
       <c r="G641">
         <v>23347.711</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>116687.544</v>
       </c>
       <c r="C642">
         <v>15602.564</v>
       </c>
       <c r="D642">
         <v>4706.624</v>
       </c>
       <c r="E642">
         <v>515.53</v>
       </c>
       <c r="F642">
         <v>342.509</v>
       </c>
       <c r="G642">
         <v>22537.263</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>109004.975</v>
+      </c>
+      <c r="C643">
+        <v>15448.029</v>
+      </c>
+      <c r="D643">
+        <v>4531.849</v>
+      </c>
+      <c r="E643">
+        <v>504.923</v>
+      </c>
+      <c r="F643">
+        <v>325.737</v>
+      </c>
+      <c r="G643">
+        <v>22113.486</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -16669,120 +16692,120 @@
       </c>
       <c r="B77">
         <v>147884.247</v>
       </c>
       <c r="C77">
         <v>16067.637</v>
       </c>
       <c r="D77">
         <v>12926.384</v>
       </c>
       <c r="E77">
         <v>1393.352</v>
       </c>
       <c r="F77">
         <v>389.777</v>
       </c>
       <c r="G77">
         <v>32336.258</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="7">
         <v>2014</v>
       </c>
       <c r="B78">
-        <v>151792.33</v>
+        <v>151548.454</v>
       </c>
       <c r="C78">
         <v>18309.223</v>
       </c>
       <c r="D78">
         <v>12763.876</v>
       </c>
       <c r="E78">
         <v>1248.701</v>
       </c>
       <c r="F78">
         <v>827.47</v>
       </c>
       <c r="G78">
         <v>36459.15</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="7">
         <v>2015</v>
       </c>
       <c r="B79">
-        <v>195912.247</v>
+        <v>195548.037</v>
       </c>
       <c r="C79">
         <v>17955.215</v>
       </c>
       <c r="D79">
         <v>12566.008</v>
       </c>
       <c r="E79">
         <v>1172.837</v>
       </c>
       <c r="F79">
         <v>1340.372</v>
       </c>
       <c r="G79">
         <v>38395.92</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="7">
         <v>2016</v>
       </c>
       <c r="B80">
-        <v>162476.415</v>
+        <v>162009.014</v>
       </c>
       <c r="C80">
         <v>17854.973</v>
       </c>
       <c r="D80">
         <v>11789.41</v>
       </c>
       <c r="E80">
         <v>949.035</v>
       </c>
       <c r="F80">
         <v>844.928</v>
       </c>
       <c r="G80">
         <v>34818.058</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="7">
         <v>2017</v>
       </c>
       <c r="B81">
-        <v>137721.309</v>
+        <v>137687.148</v>
       </c>
       <c r="C81">
         <v>16342.396</v>
       </c>
       <c r="D81">
         <v>10929.873</v>
       </c>
       <c r="E81">
         <v>816.435</v>
       </c>
       <c r="F81">
         <v>863.609</v>
       </c>
       <c r="G81">
         <v>32406.749</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="7">
         <v>2018</v>
       </c>
       <c r="B82">
         <v>102792.854</v>
       </c>
       <c r="C82">