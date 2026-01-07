--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 7.5 Stocks of Coal and Petroleum:  Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Residual Fuel Oil Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Petroleum Coke Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Total Petroleum Stocks, Electric Power Sector</t>
   </si>
@@ -471,54 +471,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.837" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
@@ -14644,480 +14644,526 @@
       </c>
       <c r="B624">
         <v>133028.387</v>
       </c>
       <c r="C624">
         <v>17627.676</v>
       </c>
       <c r="D624">
         <v>6057.68</v>
       </c>
       <c r="E624">
         <v>716.829</v>
       </c>
       <c r="F624">
         <v>427.453</v>
       </c>
       <c r="G624">
         <v>26539.45</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>124057.294</v>
+        <v>123854.271</v>
       </c>
       <c r="C625">
-        <v>17338.475</v>
+        <v>17608.985</v>
       </c>
       <c r="D625">
-        <v>5845.112</v>
+        <v>5929.304</v>
       </c>
       <c r="E625">
-        <v>623.392</v>
+        <v>736.678</v>
       </c>
       <c r="F625">
         <v>311.718</v>
       </c>
       <c r="G625">
-        <v>25365.569</v>
+        <v>25833.557</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>129330.881</v>
+        <v>129170.199</v>
       </c>
       <c r="C626">
-        <v>17235.434</v>
+        <v>17564.159</v>
       </c>
       <c r="D626">
-        <v>5940.087</v>
+        <v>6065.314</v>
       </c>
       <c r="E626">
-        <v>609.632</v>
+        <v>725.311</v>
       </c>
       <c r="F626">
         <v>308.442</v>
       </c>
       <c r="G626">
-        <v>25327.363</v>
+        <v>25896.994</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>135669.072</v>
+        <v>135537.254</v>
       </c>
       <c r="C627">
-        <v>17045.126</v>
+        <v>17430.726</v>
       </c>
       <c r="D627">
-        <v>5964.789</v>
+        <v>6117.742</v>
       </c>
       <c r="E627">
-        <v>597.143</v>
+        <v>726.743</v>
       </c>
       <c r="F627">
         <v>333.061</v>
       </c>
       <c r="G627">
-        <v>25272.363</v>
+        <v>25940.516</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>138908.261</v>
+        <v>138839.274</v>
       </c>
       <c r="C628">
-        <v>16678.822</v>
+        <v>17099.232</v>
       </c>
       <c r="D628">
-        <v>5988.105</v>
+        <v>6190.625</v>
       </c>
       <c r="E628">
-        <v>484.371</v>
+        <v>721.149</v>
       </c>
       <c r="F628">
         <v>308.565</v>
       </c>
       <c r="G628">
-        <v>24694.123</v>
+        <v>25553.831</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>139971.455</v>
+        <v>139892.605</v>
       </c>
       <c r="C629">
-        <v>16520.265</v>
+        <v>17002.989</v>
       </c>
       <c r="D629">
-        <v>5917.23</v>
+        <v>6110.665</v>
       </c>
       <c r="E629">
-        <v>477.864</v>
+        <v>720.367</v>
       </c>
       <c r="F629">
-        <v>311.593</v>
+        <v>311.009</v>
       </c>
       <c r="G629">
-        <v>24473.324</v>
+        <v>25389.066</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>135367.682</v>
+        <v>135229.253</v>
       </c>
       <c r="C630">
-        <v>16776.371</v>
+        <v>17300.176</v>
       </c>
       <c r="D630">
-        <v>5791.847</v>
+        <v>5973.612</v>
       </c>
       <c r="E630">
-        <v>460.003</v>
+        <v>700.096</v>
       </c>
       <c r="F630">
-        <v>322.08</v>
+        <v>331.659</v>
       </c>
       <c r="G630">
-        <v>24638.621</v>
+        <v>25632.179</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>127494.179</v>
+        <v>127377.502</v>
       </c>
       <c r="C631">
-        <v>16630.541</v>
+        <v>17040.29</v>
       </c>
       <c r="D631">
-        <v>5558.416</v>
+        <v>5729.502</v>
       </c>
       <c r="E631">
-        <v>462.252</v>
+        <v>672.626</v>
       </c>
       <c r="F631">
-        <v>384.36</v>
+        <v>410.265</v>
       </c>
       <c r="G631">
-        <v>24573.009</v>
+        <v>25493.743</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>121858.366</v>
+        <v>121755.689</v>
       </c>
       <c r="C632">
-        <v>16180.946</v>
+        <v>16520.013</v>
       </c>
       <c r="D632">
-        <v>5417.304</v>
+        <v>5572.544</v>
       </c>
       <c r="E632">
-        <v>458.175</v>
+        <v>650.444</v>
       </c>
       <c r="F632">
-        <v>390.303</v>
+        <v>398.874</v>
       </c>
       <c r="G632">
-        <v>24007.94</v>
+        <v>24737.371</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>122669.097</v>
+        <v>122555.119</v>
       </c>
       <c r="C633">
-        <v>16456.514</v>
+        <v>16812.543</v>
       </c>
       <c r="D633">
-        <v>5318.561</v>
+        <v>5464.758</v>
       </c>
       <c r="E633">
-        <v>444.11</v>
+        <v>650.178</v>
       </c>
       <c r="F633">
-        <v>443.648</v>
+        <v>469.545</v>
       </c>
       <c r="G633">
-        <v>24437.425</v>
+        <v>25275.204</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>127816.347</v>
+        <v>127746.57</v>
       </c>
       <c r="C634">
-        <v>16106.509</v>
+        <v>16489.998</v>
       </c>
       <c r="D634">
-        <v>5294.894</v>
+        <v>5434.829</v>
       </c>
       <c r="E634">
-        <v>433.456</v>
+        <v>641.786</v>
       </c>
       <c r="F634">
-        <v>427.784</v>
+        <v>427.746</v>
       </c>
       <c r="G634">
-        <v>23973.779</v>
+        <v>24705.343</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>131111.864</v>
+        <v>131090.77</v>
       </c>
       <c r="C635">
-        <v>16157.025</v>
+        <v>16633.319</v>
       </c>
       <c r="D635">
-        <v>5247.742</v>
+        <v>5419.028</v>
       </c>
       <c r="E635">
-        <v>426.024</v>
+        <v>644.577</v>
       </c>
       <c r="F635">
-        <v>404.369</v>
+        <v>404.332</v>
       </c>
       <c r="G635">
-        <v>23852.636</v>
+        <v>24718.584</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>127910.898</v>
+        <v>127825.935</v>
       </c>
       <c r="C636">
-        <v>16048.453</v>
+        <v>17044.466</v>
       </c>
       <c r="D636">
-        <v>5058.418</v>
+        <v>5290.996</v>
       </c>
       <c r="E636">
-        <v>415.472</v>
+        <v>678.366</v>
       </c>
       <c r="F636">
-        <v>438.127</v>
+        <v>438.088</v>
       </c>
       <c r="G636">
-        <v>23712.978</v>
+        <v>25204.268</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>113635.012</v>
+        <v>113293.33</v>
       </c>
       <c r="C637">
-        <v>15206.765</v>
+        <v>16040.289</v>
       </c>
       <c r="D637">
-        <v>4541.454</v>
+        <v>4713.63</v>
       </c>
       <c r="E637">
-        <v>468.291</v>
+        <v>531.634</v>
       </c>
       <c r="F637">
-        <v>395.231</v>
+        <v>395.193</v>
       </c>
       <c r="G637">
-        <v>22192.665</v>
+        <v>23261.518</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>106983.87</v>
+        <v>106812.54</v>
       </c>
       <c r="C638">
-        <v>15596.124</v>
+        <v>16236.915</v>
       </c>
       <c r="D638">
-        <v>4379.065</v>
+        <v>4596.86</v>
       </c>
       <c r="E638">
-        <v>470.326</v>
+        <v>518.738</v>
       </c>
       <c r="F638">
-        <v>405.002</v>
+        <v>404.962</v>
       </c>
       <c r="G638">
-        <v>22470.525</v>
+        <v>23377.323</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>111775.706</v>
+        <v>111665.33</v>
       </c>
       <c r="C639">
-        <v>18239.326</v>
+        <v>16171.246</v>
       </c>
       <c r="D639">
-        <v>4778.251</v>
+        <v>4894.261</v>
       </c>
       <c r="E639">
-        <v>466.931</v>
+        <v>510.83</v>
       </c>
       <c r="F639">
-        <v>368.083</v>
+        <v>368.044</v>
       </c>
       <c r="G639">
-        <v>25324.923</v>
+        <v>23416.557</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>116147.105</v>
+        <v>115928.974</v>
       </c>
       <c r="C640">
-        <v>15908.747</v>
+        <v>16473.738</v>
       </c>
       <c r="D640">
-        <v>4781.546</v>
+        <v>4972.097</v>
       </c>
       <c r="E640">
-        <v>529.713</v>
+        <v>569.685</v>
       </c>
       <c r="F640">
-        <v>358.005</v>
+        <v>357.964</v>
       </c>
       <c r="G640">
-        <v>23010.031</v>
+        <v>23805.34</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>119689.459</v>
+        <v>119508.31</v>
       </c>
       <c r="C641">
-        <v>16086.312</v>
+        <v>16587.126</v>
       </c>
       <c r="D641">
-        <v>4877.633</v>
+        <v>5069.376</v>
       </c>
       <c r="E641">
-        <v>526.536</v>
+        <v>564.857</v>
       </c>
       <c r="F641">
-        <v>371.446</v>
+        <v>390.377</v>
       </c>
       <c r="G641">
-        <v>23347.711</v>
+        <v>24173.244</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>116687.544</v>
+        <v>116434.455</v>
       </c>
       <c r="C642">
-        <v>15602.564</v>
+        <v>15948.363</v>
       </c>
       <c r="D642">
-        <v>4706.624</v>
+        <v>4920.063</v>
       </c>
       <c r="E642">
-        <v>515.53</v>
+        <v>547.344</v>
       </c>
       <c r="F642">
-        <v>342.509</v>
+        <v>342.369</v>
       </c>
       <c r="G642">
-        <v>22537.263</v>
+        <v>23127.615</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>109004.975</v>
+        <v>108748.628</v>
       </c>
       <c r="C643">
-        <v>15448.029</v>
+        <v>15729.353</v>
       </c>
       <c r="D643">
-        <v>4531.849</v>
+        <v>4762.355</v>
       </c>
       <c r="E643">
-        <v>504.923</v>
+        <v>530.725</v>
       </c>
       <c r="F643">
-        <v>325.737</v>
+        <v>325.6</v>
       </c>
       <c r="G643">
-        <v>22113.486</v>
+        <v>22650.433</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>104584.324</v>
+      </c>
+      <c r="C644">
+        <v>15921.178</v>
+      </c>
+      <c r="D644">
+        <v>4817.513</v>
+      </c>
+      <c r="E644">
+        <v>492.904</v>
+      </c>
+      <c r="F644">
+        <v>333.69</v>
+      </c>
+      <c r="G644">
+        <v>22900.045</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>105401.895</v>
+      </c>
+      <c r="C645">
+        <v>15904.416</v>
+      </c>
+      <c r="D645">
+        <v>4694.064</v>
+      </c>
+      <c r="E645">
+        <v>494.348</v>
+      </c>
+      <c r="F645">
+        <v>278.072</v>
+      </c>
+      <c r="G645">
+        <v>22483.188</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -16922,66 +16968,66 @@
       </c>
       <c r="B87">
         <v>133028.387</v>
       </c>
       <c r="C87">
         <v>17627.676</v>
       </c>
       <c r="D87">
         <v>6057.68</v>
       </c>
       <c r="E87">
         <v>716.829</v>
       </c>
       <c r="F87">
         <v>427.453</v>
       </c>
       <c r="G87">
         <v>26539.45</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>127910.898</v>
+        <v>127825.935</v>
       </c>
       <c r="C88">
-        <v>16048.453</v>
+        <v>17044.466</v>
       </c>
       <c r="D88">
-        <v>5058.418</v>
+        <v>5290.996</v>
       </c>
       <c r="E88">
-        <v>415.472</v>
+        <v>678.366</v>
       </c>
       <c r="F88">
-        <v>438.127</v>
+        <v>438.088</v>
       </c>
       <c r="G88">
-        <v>23712.978</v>
+        <v>25204.268</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>