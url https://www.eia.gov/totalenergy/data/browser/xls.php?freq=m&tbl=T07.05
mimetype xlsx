--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.5 Stocks of Coal and Petroleum:  Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Residual Fuel Oil Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Petroleum Coke Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Total Petroleum Stocks, Electric Power Sector</t>
   </si>
@@ -471,54 +471,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.837" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
@@ -15120,50 +15120,73 @@
       <c r="G644">
         <v>22900.045</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>105401.895</v>
       </c>
       <c r="C645">
         <v>15904.416</v>
       </c>
       <c r="D645">
         <v>4694.064</v>
       </c>
       <c r="E645">
         <v>494.348</v>
       </c>
       <c r="F645">
         <v>278.072</v>
       </c>
       <c r="G645">
         <v>22483.188</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>108939.068</v>
+      </c>
+      <c r="C646">
+        <v>15896.756</v>
+      </c>
+      <c r="D646">
+        <v>4690.009</v>
+      </c>
+      <c r="E646">
+        <v>487.737</v>
+      </c>
+      <c r="F646">
+        <v>286.549</v>
+      </c>
+      <c r="G646">
+        <v>22507.247</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>