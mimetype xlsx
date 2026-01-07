--- v0 (2025-10-04)
+++ v1 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 7.4c Consumption of Selected Combustible Fuels for Electricity Generation and Useful Thermal Output:  Commercial and Industrial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation and Useful Thermal Output, Commercial Sector</t>
   </si>
   <si>
     <t>Petroleum Consumption for Electricity Generation and Useful Thermal Output, Commercial Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumption for Electricity Generation and Useful Thermal Output, Commercial Sector</t>
   </si>
   <si>
     <t>Waste Consumption for Electricity Generation and Useful Thermal Output, Commercial Sector</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation and Useful Thermal Output, Industrial Sector</t>
   </si>
   <si>
     <t>Petroleum Consumption for Electricity Generation and Useful Thermal Output, Industrial Sector</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z450"/>
+  <dimension ref="A1:Z453"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A450"/>
+      <selection activeCell="A13" sqref="A13:A453"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="182.384" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="95.263" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="100.69" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.689" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="96.405" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="95.263" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="100.69" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="102.689" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="110.259" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="95.263" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="96.405" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -16584,727 +16584,841 @@
       </c>
       <c r="G432">
         <v>493.777</v>
       </c>
       <c r="H432">
         <v>125.127</v>
       </c>
       <c r="I432">
         <v>19.447</v>
       </c>
       <c r="J432">
         <v>75.791</v>
       </c>
       <c r="K432">
         <v>3.484</v>
       </c>
       <c r="L432">
         <v>2.772</v>
       </c>
     </row>
     <row r="433" spans="1:26">
       <c r="A433" s="6">
         <v>45292.0</v>
       </c>
       <c r="B433">
-        <v>53.515</v>
+        <v>63.411</v>
       </c>
       <c r="C433">
-        <v>121.231</v>
+        <v>124.357</v>
       </c>
       <c r="D433">
-        <v>11.2</v>
+        <v>12.036</v>
       </c>
       <c r="E433">
-        <v>6.222</v>
+        <v>6.37</v>
       </c>
       <c r="F433">
-        <v>780.37</v>
+        <v>793.708</v>
       </c>
       <c r="G433">
-        <v>646.478</v>
+        <v>482.248</v>
       </c>
       <c r="H433">
-        <v>131.348</v>
+        <v>129.296</v>
       </c>
       <c r="I433">
-        <v>19.344</v>
+        <v>20.874</v>
       </c>
       <c r="J433">
-        <v>73.398</v>
+        <v>72.782</v>
       </c>
       <c r="K433">
-        <v>3.399</v>
+        <v>3.776</v>
       </c>
       <c r="L433">
-        <v>1.956</v>
+        <v>2.433</v>
       </c>
     </row>
     <row r="434" spans="1:26">
       <c r="A434" s="6">
         <v>45323.0</v>
       </c>
       <c r="B434">
-        <v>39.077</v>
+        <v>47.15</v>
       </c>
       <c r="C434">
-        <v>60.854</v>
+        <v>62.873</v>
       </c>
       <c r="D434">
-        <v>10.214</v>
+        <v>10.676</v>
       </c>
       <c r="E434">
-        <v>5.637</v>
+        <v>5.801</v>
       </c>
       <c r="F434">
-        <v>698.491</v>
+        <v>671.333</v>
       </c>
       <c r="G434">
-        <v>422.171</v>
+        <v>360.406</v>
       </c>
       <c r="H434">
-        <v>113.937</v>
+        <v>113.139</v>
       </c>
       <c r="I434">
-        <v>17.423</v>
+        <v>19.604</v>
       </c>
       <c r="J434">
-        <v>66.072</v>
+        <v>69.618</v>
       </c>
       <c r="K434">
-        <v>3.169</v>
+        <v>3.509</v>
       </c>
       <c r="L434">
-        <v>1.741</v>
+        <v>2.277</v>
       </c>
     </row>
     <row r="435" spans="1:26">
       <c r="A435" s="6">
         <v>45352.0</v>
       </c>
       <c r="B435">
-        <v>35.857</v>
+        <v>37.056</v>
       </c>
       <c r="C435">
-        <v>81.437</v>
+        <v>80.999</v>
       </c>
       <c r="D435">
-        <v>10.439</v>
+        <v>10.392</v>
       </c>
       <c r="E435">
-        <v>5.751</v>
+        <v>5.992</v>
       </c>
       <c r="F435">
-        <v>792.169</v>
+        <v>733.499</v>
       </c>
       <c r="G435">
-        <v>407.802</v>
+        <v>354.257</v>
       </c>
       <c r="H435">
-        <v>115.101</v>
+        <v>115.089</v>
       </c>
       <c r="I435">
-        <v>18.238</v>
+        <v>20.016</v>
       </c>
       <c r="J435">
-        <v>72.838</v>
+        <v>72.171</v>
       </c>
       <c r="K435">
-        <v>3.209</v>
+        <v>3.462</v>
       </c>
       <c r="L435">
-        <v>1.833</v>
+        <v>2.377</v>
       </c>
     </row>
     <row r="436" spans="1:26">
       <c r="A436" s="6">
         <v>45383.0</v>
       </c>
       <c r="B436">
-        <v>30.481</v>
+        <v>30.74</v>
       </c>
       <c r="C436">
-        <v>60.744</v>
+        <v>57.526</v>
       </c>
       <c r="D436">
-        <v>8.648</v>
+        <v>9.242</v>
       </c>
       <c r="E436">
-        <v>5.595</v>
+        <v>5.801</v>
       </c>
       <c r="F436">
-        <v>658.847</v>
+        <v>594.663</v>
       </c>
       <c r="G436">
-        <v>459.579</v>
+        <v>380.066</v>
       </c>
       <c r="H436">
-        <v>112.729</v>
+        <v>109.973</v>
       </c>
       <c r="I436">
-        <v>16.058</v>
+        <v>18.71</v>
       </c>
       <c r="J436">
-        <v>71.618</v>
+        <v>70.842</v>
       </c>
       <c r="K436">
-        <v>3.219</v>
+        <v>3.458</v>
       </c>
       <c r="L436">
-        <v>1.743</v>
+        <v>2.631</v>
       </c>
     </row>
     <row r="437" spans="1:26">
       <c r="A437" s="6">
         <v>45413.0</v>
       </c>
       <c r="B437">
-        <v>18.558</v>
+        <v>18.61</v>
       </c>
       <c r="C437">
-        <v>86.169</v>
+        <v>82.804</v>
       </c>
       <c r="D437">
-        <v>8.846</v>
+        <v>8.85</v>
       </c>
       <c r="E437">
-        <v>5.931</v>
+        <v>6.306</v>
       </c>
       <c r="F437">
-        <v>657.903</v>
+        <v>632.484</v>
       </c>
       <c r="G437">
-        <v>459.562</v>
+        <v>340.103</v>
       </c>
       <c r="H437">
-        <v>113.024</v>
+        <v>112.256</v>
       </c>
       <c r="I437">
-        <v>19.09</v>
+        <v>20.8</v>
       </c>
       <c r="J437">
-        <v>71.5</v>
+        <v>69.995</v>
       </c>
       <c r="K437">
-        <v>3.299</v>
+        <v>3.536</v>
       </c>
       <c r="L437">
-        <v>1.479</v>
+        <v>2.074</v>
       </c>
     </row>
     <row r="438" spans="1:26">
       <c r="A438" s="6">
         <v>45444.0</v>
       </c>
       <c r="B438">
-        <v>28.748</v>
+        <v>26.231</v>
       </c>
       <c r="C438">
-        <v>96.038</v>
+        <v>115.589</v>
       </c>
       <c r="D438">
-        <v>9.559</v>
+        <v>10.487</v>
       </c>
       <c r="E438">
-        <v>5.713</v>
+        <v>5.964</v>
       </c>
       <c r="F438">
-        <v>689.026</v>
+        <v>622.199</v>
       </c>
       <c r="G438">
-        <v>483.785</v>
+        <v>349.655</v>
       </c>
       <c r="H438">
-        <v>109.743</v>
+        <v>111.677</v>
       </c>
       <c r="I438">
-        <v>17.541</v>
+        <v>19.553</v>
       </c>
       <c r="J438">
-        <v>66.521</v>
+        <v>69.845</v>
       </c>
       <c r="K438">
-        <v>1.724</v>
+        <v>1.936</v>
       </c>
       <c r="L438">
-        <v>1.768</v>
+        <v>2.309</v>
       </c>
     </row>
     <row r="439" spans="1:26">
       <c r="A439" s="6">
         <v>45474.0</v>
       </c>
       <c r="B439">
-        <v>30.953</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>28.027</v>
+      </c>
+      <c r="C439">
+        <v>14.479</v>
       </c>
       <c r="D439">
-        <v>10.375</v>
+        <v>12.422</v>
       </c>
       <c r="E439">
-        <v>5.987</v>
+        <v>6.194</v>
       </c>
       <c r="F439">
-        <v>726.401</v>
+        <v>683.994</v>
       </c>
       <c r="G439">
-        <v>431.115</v>
+        <v>394.884</v>
       </c>
       <c r="H439">
-        <v>116.755</v>
+        <v>120.534</v>
       </c>
       <c r="I439">
-        <v>17.838</v>
+        <v>20.311</v>
       </c>
       <c r="J439">
-        <v>69.457</v>
+        <v>70.903</v>
       </c>
       <c r="K439">
-        <v>1.868</v>
+        <v>2.057</v>
       </c>
       <c r="L439">
-        <v>2.635</v>
+        <v>3.08</v>
       </c>
     </row>
     <row r="440" spans="1:26">
       <c r="A440" s="6">
         <v>45505.0</v>
       </c>
       <c r="B440">
-        <v>32.053</v>
+        <v>30.678</v>
       </c>
       <c r="C440">
-        <v>16.82</v>
+        <v>13.987</v>
       </c>
       <c r="D440">
-        <v>10.424</v>
+        <v>11.976</v>
       </c>
       <c r="E440">
-        <v>5.999</v>
+        <v>6.102</v>
       </c>
       <c r="F440">
-        <v>735.908</v>
+        <v>663.704</v>
       </c>
       <c r="G440">
-        <v>445.427</v>
+        <v>358.009</v>
       </c>
       <c r="H440">
-        <v>120.613</v>
+        <v>123.081</v>
       </c>
       <c r="I440">
-        <v>18.535</v>
+        <v>20.424</v>
       </c>
       <c r="J440">
-        <v>73.904</v>
+        <v>72.236</v>
       </c>
       <c r="K440">
-        <v>1.686</v>
+        <v>2.16</v>
       </c>
       <c r="L440">
-        <v>1.863</v>
+        <v>2.421</v>
       </c>
     </row>
     <row r="441" spans="1:26">
       <c r="A441" s="6">
         <v>45536.0</v>
       </c>
       <c r="B441">
-        <v>31.32</v>
+        <v>30.569</v>
       </c>
       <c r="C441">
-        <v>13.807</v>
+        <v>11.473</v>
       </c>
       <c r="D441">
-        <v>9.415</v>
+        <v>10.438</v>
       </c>
       <c r="E441">
-        <v>5.27</v>
+        <v>5.713</v>
       </c>
       <c r="F441">
-        <v>683.389</v>
+        <v>652.098</v>
       </c>
       <c r="G441">
-        <v>393.616</v>
+        <v>332.014</v>
       </c>
       <c r="H441">
-        <v>112.829</v>
+        <v>113.936</v>
       </c>
       <c r="I441">
-        <v>16.055</v>
+        <v>18.222</v>
       </c>
       <c r="J441">
-        <v>72.153</v>
+        <v>70.997</v>
       </c>
       <c r="K441">
-        <v>1.672</v>
+        <v>2.155</v>
       </c>
       <c r="L441">
-        <v>1.494</v>
+        <v>1.977</v>
       </c>
     </row>
     <row r="442" spans="1:26">
       <c r="A442" s="6">
         <v>45566.0</v>
       </c>
       <c r="B442">
-        <v>29.43</v>
+        <v>31.285</v>
       </c>
       <c r="C442">
-        <v>16.378</v>
+        <v>14.234</v>
       </c>
       <c r="D442">
-        <v>9.385</v>
+        <v>9.998</v>
       </c>
       <c r="E442">
-        <v>5.683</v>
+        <v>5.944</v>
       </c>
       <c r="F442">
-        <v>711.112</v>
+        <v>663.285</v>
       </c>
       <c r="G442">
-        <v>413.695</v>
+        <v>382.28</v>
       </c>
       <c r="H442">
-        <v>110.267</v>
+        <v>109.156</v>
       </c>
       <c r="I442">
-        <v>15.075</v>
+        <v>17.767</v>
       </c>
       <c r="J442">
-        <v>67.308</v>
+        <v>67.278</v>
       </c>
       <c r="K442">
-        <v>2.84</v>
+        <v>3.071</v>
       </c>
       <c r="L442">
-        <v>1.495</v>
+        <v>2.04</v>
       </c>
     </row>
     <row r="443" spans="1:26">
       <c r="A443" s="6">
         <v>45597.0</v>
       </c>
       <c r="B443">
-        <v>32.09</v>
+        <v>37.442</v>
       </c>
       <c r="C443">
-        <v>22.196</v>
+        <v>22.137</v>
       </c>
       <c r="D443">
-        <v>9.478</v>
+        <v>10.478</v>
       </c>
       <c r="E443">
-        <v>5.755</v>
+        <v>5.919</v>
       </c>
       <c r="F443">
-        <v>740.248</v>
+        <v>692.122</v>
       </c>
       <c r="G443">
-        <v>468.424</v>
+        <v>371.646</v>
       </c>
       <c r="H443">
-        <v>115.269</v>
+        <v>113.948</v>
       </c>
       <c r="I443">
-        <v>15.384</v>
+        <v>17.614</v>
       </c>
       <c r="J443">
-        <v>72.983</v>
+        <v>72.255</v>
       </c>
       <c r="K443">
-        <v>3.081</v>
+        <v>3.358</v>
       </c>
       <c r="L443">
-        <v>1.826</v>
+        <v>2.319</v>
       </c>
     </row>
     <row r="444" spans="1:26">
       <c r="A444" s="6">
         <v>45627.0</v>
       </c>
       <c r="B444">
-        <v>35.477</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>40.507</v>
+      </c>
+      <c r="C444">
+        <v>49.087</v>
       </c>
       <c r="D444">
-        <v>10.765</v>
+        <v>11.429</v>
       </c>
       <c r="E444">
-        <v>5.862</v>
+        <v>6.05</v>
       </c>
       <c r="F444">
-        <v>756.161</v>
+        <v>730.964</v>
       </c>
       <c r="G444">
-        <v>536.473</v>
+        <v>447.207</v>
       </c>
       <c r="H444">
-        <v>127.568</v>
+        <v>124.475</v>
       </c>
       <c r="I444">
-        <v>18.243</v>
+        <v>19.391</v>
       </c>
       <c r="J444">
-        <v>74.176</v>
+        <v>75.687</v>
       </c>
       <c r="K444">
-        <v>3.205</v>
+        <v>3.352</v>
       </c>
       <c r="L444">
-        <v>1.861</v>
+        <v>2.427</v>
       </c>
     </row>
     <row r="445" spans="1:26">
       <c r="A445" s="6">
         <v>45658.0</v>
       </c>
       <c r="B445">
-        <v>47.218</v>
+        <v>48.837</v>
       </c>
       <c r="C445" t="s">
         <v>21</v>
       </c>
       <c r="D445">
-        <v>10.991</v>
+        <v>11.908</v>
       </c>
       <c r="E445">
-        <v>5.55</v>
+        <v>5.879</v>
       </c>
       <c r="F445">
-        <v>807.503</v>
+        <v>765.086</v>
       </c>
       <c r="G445">
-        <v>575.16</v>
+        <v>421.69</v>
       </c>
       <c r="H445">
-        <v>129.893</v>
+        <v>129.621</v>
       </c>
       <c r="I445">
-        <v>17.908</v>
+        <v>20.051</v>
       </c>
       <c r="J445">
-        <v>71.909</v>
+        <v>71.644</v>
       </c>
       <c r="K445">
-        <v>3.208</v>
+        <v>3.411</v>
       </c>
       <c r="L445">
-        <v>1.611</v>
+        <v>1.668</v>
       </c>
     </row>
     <row r="446" spans="1:26">
       <c r="A446" s="6">
         <v>45689.0</v>
       </c>
       <c r="B446">
-        <v>40.535</v>
-[...2 lines deleted...]
-        <v>42.307</v>
+        <v>42.21</v>
+      </c>
+      <c r="C446" t="s">
+        <v>21</v>
       </c>
       <c r="D446">
-        <v>9.813</v>
+        <v>10.584</v>
       </c>
       <c r="E446">
-        <v>5.246</v>
+        <v>5.328</v>
       </c>
       <c r="F446">
-        <v>709.633</v>
+        <v>670.841</v>
       </c>
       <c r="G446">
-        <v>434.319</v>
+        <v>331.696</v>
       </c>
       <c r="H446">
-        <v>111.876</v>
+        <v>111.416</v>
       </c>
       <c r="I446">
-        <v>16.655</v>
+        <v>18.204</v>
       </c>
       <c r="J446">
-        <v>64.025</v>
+        <v>64.242</v>
       </c>
       <c r="K446">
-        <v>2.941</v>
+        <v>3.2</v>
       </c>
       <c r="L446">
-        <v>1.41</v>
+        <v>1.439</v>
       </c>
     </row>
     <row r="447" spans="1:26">
       <c r="A447" s="6">
         <v>45717.0</v>
       </c>
       <c r="B447">
-        <v>35.871</v>
+        <v>38.421</v>
       </c>
       <c r="C447">
-        <v>25.315</v>
+        <v>26.019</v>
       </c>
       <c r="D447">
-        <v>9.663</v>
+        <v>10.403</v>
       </c>
       <c r="E447">
-        <v>5.786</v>
+        <v>5.87</v>
       </c>
       <c r="F447">
-        <v>785.25</v>
+        <v>742.826</v>
       </c>
       <c r="G447">
-        <v>445.692</v>
+        <v>381.505</v>
       </c>
       <c r="H447">
-        <v>118.631</v>
+        <v>118.028</v>
       </c>
       <c r="I447">
-        <v>18.135</v>
+        <v>19.537</v>
       </c>
       <c r="J447">
-        <v>71.172</v>
+        <v>71.521</v>
       </c>
       <c r="K447">
-        <v>3.207</v>
+        <v>3.528</v>
       </c>
       <c r="L447">
-        <v>1.529</v>
+        <v>1.563</v>
       </c>
     </row>
     <row r="448" spans="1:26">
       <c r="A448" s="6">
         <v>45748.0</v>
       </c>
       <c r="B448">
-        <v>29.672</v>
+        <v>32.005</v>
       </c>
       <c r="C448">
-        <v>17.305</v>
+        <v>17.983</v>
       </c>
       <c r="D448">
-        <v>8.472</v>
+        <v>9.093</v>
       </c>
       <c r="E448">
-        <v>5.573</v>
+        <v>5.615</v>
       </c>
       <c r="F448">
-        <v>728.024</v>
+        <v>684.9</v>
       </c>
       <c r="G448">
-        <v>400.26</v>
+        <v>337.103</v>
       </c>
       <c r="H448">
-        <v>109.292</v>
+        <v>109.731</v>
       </c>
       <c r="I448">
-        <v>15.417</v>
+        <v>17.614</v>
       </c>
       <c r="J448">
-        <v>64.99</v>
+        <v>65.444</v>
       </c>
       <c r="K448">
-        <v>3.004</v>
+        <v>3.301</v>
       </c>
       <c r="L448">
-        <v>1.542</v>
+        <v>1.565</v>
       </c>
     </row>
     <row r="449" spans="1:26">
       <c r="A449" s="6">
         <v>45778.0</v>
       </c>
       <c r="B449">
-        <v>28.186</v>
+        <v>29.571</v>
       </c>
       <c r="C449">
-        <v>40.798</v>
+        <v>41.231</v>
       </c>
       <c r="D449">
-        <v>8.464</v>
+        <v>9.036</v>
       </c>
       <c r="E449">
-        <v>5.174</v>
+        <v>5.211</v>
       </c>
       <c r="F449">
-        <v>617.365</v>
+        <v>580.596</v>
       </c>
       <c r="G449">
-        <v>464.976</v>
+        <v>390.002</v>
       </c>
       <c r="H449">
-        <v>111.266</v>
+        <v>110.644</v>
       </c>
       <c r="I449">
-        <v>15.12</v>
+        <v>17.634</v>
       </c>
       <c r="J449">
-        <v>67.459</v>
+        <v>68.114</v>
       </c>
       <c r="K449">
-        <v>2.51</v>
+        <v>2.759</v>
       </c>
       <c r="L449">
-        <v>1.511</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="450" spans="1:26">
       <c r="A450" s="6">
         <v>45809.0</v>
       </c>
       <c r="B450">
-        <v>24.097</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>25.631</v>
+      </c>
+      <c r="C450">
+        <v>26.305</v>
       </c>
       <c r="D450">
-        <v>9.783</v>
+        <v>10.464</v>
       </c>
       <c r="E450">
-        <v>5.182</v>
+        <v>5.474</v>
       </c>
       <c r="F450">
-        <v>657.421</v>
+        <v>623.886</v>
       </c>
       <c r="G450">
-        <v>529.283</v>
+        <v>467.75</v>
       </c>
       <c r="H450">
-        <v>110.757</v>
+        <v>110.061</v>
       </c>
       <c r="I450">
-        <v>16.816</v>
+        <v>18.712</v>
       </c>
       <c r="J450">
-        <v>67.901</v>
+        <v>68.271</v>
       </c>
       <c r="K450">
-        <v>1.42</v>
+        <v>1.633</v>
       </c>
       <c r="L450">
-        <v>1.663</v>
+        <v>1.689</v>
+      </c>
+    </row>
+    <row r="451" spans="1:26">
+      <c r="A451" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B451">
+        <v>33.984</v>
+      </c>
+      <c r="C451">
+        <v>21.932</v>
+      </c>
+      <c r="D451">
+        <v>11.472</v>
+      </c>
+      <c r="E451">
+        <v>5.599</v>
+      </c>
+      <c r="F451">
+        <v>673.251</v>
+      </c>
+      <c r="G451">
+        <v>330.591</v>
+      </c>
+      <c r="H451">
+        <v>116.398</v>
+      </c>
+      <c r="I451">
+        <v>19.684</v>
+      </c>
+      <c r="J451">
+        <v>72.391</v>
+      </c>
+      <c r="K451">
+        <v>1.962</v>
+      </c>
+      <c r="L451">
+        <v>1.775</v>
+      </c>
+    </row>
+    <row r="452" spans="1:26">
+      <c r="A452" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B452">
+        <v>32.005</v>
+      </c>
+      <c r="C452">
+        <v>40.742</v>
+      </c>
+      <c r="D452">
+        <v>10.969</v>
+      </c>
+      <c r="E452">
+        <v>5.583</v>
+      </c>
+      <c r="F452">
+        <v>646.04</v>
+      </c>
+      <c r="G452">
+        <v>399.577</v>
+      </c>
+      <c r="H452">
+        <v>117.698</v>
+      </c>
+      <c r="I452">
+        <v>18.393</v>
+      </c>
+      <c r="J452">
+        <v>71.595</v>
+      </c>
+      <c r="K452">
+        <v>1.997</v>
+      </c>
+      <c r="L452">
+        <v>1.666</v>
+      </c>
+    </row>
+    <row r="453" spans="1:26">
+      <c r="A453" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B453">
+        <v>31.543</v>
+      </c>
+      <c r="C453">
+        <v>16.459</v>
+      </c>
+      <c r="D453">
+        <v>10.475</v>
+      </c>
+      <c r="E453">
+        <v>5.53</v>
+      </c>
+      <c r="F453">
+        <v>620.094</v>
+      </c>
+      <c r="G453">
+        <v>367.781</v>
+      </c>
+      <c r="H453">
+        <v>112.515</v>
+      </c>
+      <c r="I453">
+        <v>18.95</v>
+      </c>
+      <c r="J453">
+        <v>69.077</v>
+      </c>
+      <c r="K453">
+        <v>1.937</v>
+      </c>
+      <c r="L453">
+        <v>1.621</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -18749,81 +18863,81 @@
       </c>
       <c r="G47">
         <v>5891.457</v>
       </c>
       <c r="H47">
         <v>1395.893</v>
       </c>
       <c r="I47">
         <v>236.318</v>
       </c>
       <c r="J47">
         <v>867.464</v>
       </c>
       <c r="K47">
         <v>32.959</v>
       </c>
       <c r="L47">
         <v>25.958</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="7">
         <v>2024</v>
       </c>
       <c r="B48">
-        <v>397.559</v>
+        <v>421.706</v>
       </c>
       <c r="C48">
-        <v>635.644</v>
+        <v>649.544</v>
       </c>
       <c r="D48">
-        <v>118.748</v>
+        <v>128.424</v>
       </c>
       <c r="E48">
-        <v>69.404</v>
+        <v>72.158</v>
       </c>
       <c r="F48">
-        <v>8630.025</v>
+        <v>8134.053</v>
       </c>
       <c r="G48">
-        <v>5568.127</v>
+        <v>4552.778</v>
       </c>
       <c r="H48">
-        <v>1399.184</v>
+        <v>1396.561</v>
       </c>
       <c r="I48">
-        <v>208.824</v>
+        <v>233.285</v>
       </c>
       <c r="J48">
-        <v>851.927</v>
+        <v>854.608</v>
       </c>
       <c r="K48">
-        <v>32.37</v>
+        <v>35.831</v>
       </c>
       <c r="L48">
-        <v>21.695</v>
+        <v>28.366</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>