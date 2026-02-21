--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.4c Consumption of Selected Combustible Fuels for Electricity Generation and Useful Thermal Output:  Commercial and Industrial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation and Useful Thermal Output, Commercial Sector</t>
   </si>
   <si>
     <t>Petroleum Consumption for Electricity Generation and Useful Thermal Output, Commercial Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumption for Electricity Generation and Useful Thermal Output, Commercial Sector</t>
   </si>
   <si>
     <t>Waste Consumption for Electricity Generation and Useful Thermal Output, Commercial Sector</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation and Useful Thermal Output, Industrial Sector</t>
   </si>
   <si>
     <t>Petroleum Consumption for Electricity Generation and Useful Thermal Output, Industrial Sector</t>
   </si>
@@ -77,53 +77,50 @@
     <t>Natural Gas Consumption for Electricity Generation and Useful Thermal Output, Industrial Sector</t>
   </si>
   <si>
     <t>Other Fossil Gases Consumption for Electricity Generation and Useful Thermal Output, Industrial Sector</t>
   </si>
   <si>
     <t>Wood Consumption for Electricity Generation and Useful Thermal Output, Industrial Sector</t>
   </si>
   <si>
     <t>Waste Consumption for Electricity Generation and Useful Thermal Output, Industrial Sector</t>
   </si>
   <si>
     <t>Other Consumption for Electricity Generation and Useful Thermal Output, Industrial Sector</t>
   </si>
   <si>
     <t>(Thousand Short Tons)</t>
   </si>
   <si>
     <t>(Thousand Barrels)</t>
   </si>
   <si>
     <t>(Billion Cubic Feet)</t>
   </si>
   <si>
     <t>(Trillion Btu)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Not Meaningful</t>
   </si>
   <si>
     <t>Annual Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy mmmm"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -492,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z453"/>
+  <dimension ref="A1:Z454"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A453"/>
+      <selection activeCell="A13" sqref="A13:A454"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="182.384" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="95.263" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="100.69" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.689" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="96.405" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="95.263" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="100.69" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="102.689" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="110.259" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="95.263" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="96.405" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -17042,90 +17039,90 @@
         <v>447.207</v>
       </c>
       <c r="H444">
         <v>124.475</v>
       </c>
       <c r="I444">
         <v>19.391</v>
       </c>
       <c r="J444">
         <v>75.687</v>
       </c>
       <c r="K444">
         <v>3.352</v>
       </c>
       <c r="L444">
         <v>2.427</v>
       </c>
     </row>
     <row r="445" spans="1:26">
       <c r="A445" s="6">
         <v>45658.0</v>
       </c>
       <c r="B445">
         <v>48.837</v>
       </c>
-      <c r="C445" t="s">
-        <v>21</v>
+      <c r="C445">
+        <v>75.798</v>
       </c>
       <c r="D445">
         <v>11.908</v>
       </c>
       <c r="E445">
         <v>5.879</v>
       </c>
       <c r="F445">
         <v>765.086</v>
       </c>
       <c r="G445">
         <v>421.69</v>
       </c>
       <c r="H445">
         <v>129.621</v>
       </c>
       <c r="I445">
         <v>20.051</v>
       </c>
       <c r="J445">
         <v>71.644</v>
       </c>
       <c r="K445">
         <v>3.411</v>
       </c>
       <c r="L445">
         <v>1.668</v>
       </c>
     </row>
     <row r="446" spans="1:26">
       <c r="A446" s="6">
         <v>45689.0</v>
       </c>
       <c r="B446">
         <v>42.21</v>
       </c>
-      <c r="C446" t="s">
-        <v>21</v>
+      <c r="C446">
+        <v>43.683</v>
       </c>
       <c r="D446">
         <v>10.584</v>
       </c>
       <c r="E446">
         <v>5.328</v>
       </c>
       <c r="F446">
         <v>670.841</v>
       </c>
       <c r="G446">
         <v>331.696</v>
       </c>
       <c r="H446">
         <v>111.416</v>
       </c>
       <c r="I446">
         <v>18.204</v>
       </c>
       <c r="J446">
         <v>64.242</v>
       </c>
       <c r="K446">
         <v>3.2</v>
       </c>
@@ -17375,50 +17372,88 @@
         <v>10.475</v>
       </c>
       <c r="E453">
         <v>5.53</v>
       </c>
       <c r="F453">
         <v>620.094</v>
       </c>
       <c r="G453">
         <v>367.781</v>
       </c>
       <c r="H453">
         <v>112.515</v>
       </c>
       <c r="I453">
         <v>18.95</v>
       </c>
       <c r="J453">
         <v>69.077</v>
       </c>
       <c r="K453">
         <v>1.937</v>
       </c>
       <c r="L453">
         <v>1.621</v>
+      </c>
+    </row>
+    <row r="454" spans="1:26">
+      <c r="A454" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B454">
+        <v>31.585</v>
+      </c>
+      <c r="C454">
+        <v>16.113</v>
+      </c>
+      <c r="D454">
+        <v>10.215</v>
+      </c>
+      <c r="E454">
+        <v>5.526</v>
+      </c>
+      <c r="F454">
+        <v>621.162</v>
+      </c>
+      <c r="G454">
+        <v>398.431</v>
+      </c>
+      <c r="H454">
+        <v>112.629</v>
+      </c>
+      <c r="I454">
+        <v>19.97</v>
+      </c>
+      <c r="J454">
+        <v>67.987</v>
+      </c>
+      <c r="K454">
+        <v>3.383</v>
+      </c>
+      <c r="L454">
+        <v>1.631</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -17456,51 +17491,51 @@
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
         <f>HYPERLINK("http://www.eia.gov/totalenergy/data/monthly/dataunits.php","Note: Information about data precision.")</f>
         <v>Note: Information about data precision.</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>12</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>13</v>
       </c>