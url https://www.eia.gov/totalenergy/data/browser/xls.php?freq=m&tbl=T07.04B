--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 7.4b Consumption of Combustible Fuels for Electricity Generation and Useful Thermal Output:  Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Residual Fuel Oil Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Petroleum Coke Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Total Petroleum Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="155.533" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="99.547" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="113.544" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="119.828" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="110.259" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="111.259" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="106.974" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="114.544" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="99.547" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="100.69" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -24560,50 +24560,88 @@
         <v>926.48</v>
       </c>
       <c r="E642">
         <v>153.25</v>
       </c>
       <c r="F642">
         <v>185.387</v>
       </c>
       <c r="G642">
         <v>3057.233</v>
       </c>
       <c r="H642">
         <v>1214.931</v>
       </c>
       <c r="I642">
         <v>3.084</v>
       </c>
       <c r="J642">
         <v>14.402</v>
       </c>
       <c r="K642">
         <v>12.192</v>
       </c>
       <c r="L642">
         <v>6.291</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>45100.606</v>
+      </c>
+      <c r="C643">
+        <v>962.549</v>
+      </c>
+      <c r="D643">
+        <v>1021.669</v>
+      </c>
+      <c r="E643">
+        <v>136.109</v>
+      </c>
+      <c r="F643">
+        <v>238.082</v>
+      </c>
+      <c r="G643">
+        <v>3310.737</v>
+      </c>
+      <c r="H643">
+        <v>1499.747</v>
+      </c>
+      <c r="I643">
+        <v>2.892</v>
+      </c>
+      <c r="J643">
+        <v>15.216</v>
+      </c>
+      <c r="K643">
+        <v>12.261</v>
+      </c>
+      <c r="L643">
+        <v>6.908</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>