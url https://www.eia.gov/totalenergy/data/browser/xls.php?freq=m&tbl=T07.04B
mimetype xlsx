--- v1 (2025-11-19)
+++ v2 (2025-12-15)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 7.4b Consumption of Combustible Fuels for Electricity Generation and Useful Thermal Output:  Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Residual Fuel Oil Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Petroleum Coke Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Total Petroleum Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="155.533" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="99.547" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="113.544" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="119.828" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="110.259" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="111.259" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="106.974" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="114.544" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="99.547" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="100.69" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -23883,765 +23883,803 @@
       </c>
       <c r="G624">
         <v>2421.307</v>
       </c>
       <c r="H624">
         <v>1019.614</v>
       </c>
       <c r="I624">
         <v>3.787</v>
       </c>
       <c r="J624">
         <v>14.817</v>
       </c>
       <c r="K624">
         <v>15.091</v>
       </c>
       <c r="L624">
         <v>7.163</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>42490.049</v>
+        <v>42462.507</v>
       </c>
       <c r="C625">
-        <v>1692.839</v>
+        <v>1546.956</v>
       </c>
       <c r="D625">
-        <v>1060.471</v>
+        <v>1037.621</v>
       </c>
       <c r="E625">
-        <v>248.578</v>
+        <v>172.67</v>
       </c>
       <c r="F625">
-        <v>145.42</v>
+        <v>163.416</v>
       </c>
       <c r="G625">
-        <v>3728.988</v>
+        <v>3574.327</v>
       </c>
       <c r="H625">
-        <v>1136.447</v>
+        <v>1136.992</v>
       </c>
       <c r="I625">
-        <v>3.195</v>
+        <v>3.233</v>
       </c>
       <c r="J625">
-        <v>15.764</v>
+        <v>16.394</v>
       </c>
       <c r="K625">
-        <v>14.281</v>
+        <v>14.173</v>
       </c>
       <c r="L625">
-        <v>6.83</v>
+        <v>6.629</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>25962.732</v>
+        <v>26017.036</v>
       </c>
       <c r="C626">
-        <v>595.903</v>
+        <v>532.747</v>
       </c>
       <c r="D626">
-        <v>717.424</v>
+        <v>700.508</v>
       </c>
       <c r="E626">
-        <v>112.892</v>
+        <v>117.85</v>
       </c>
       <c r="F626">
-        <v>115.904</v>
+        <v>119.219</v>
       </c>
       <c r="G626">
-        <v>2005.739</v>
+        <v>1947.2</v>
       </c>
       <c r="H626">
-        <v>917.197</v>
+        <v>912.713</v>
       </c>
       <c r="I626">
-        <v>2.166</v>
+        <v>2.507</v>
       </c>
       <c r="J626">
-        <v>12.475</v>
+        <v>14.192</v>
       </c>
       <c r="K626">
-        <v>12.639</v>
+        <v>13.04</v>
       </c>
       <c r="L626">
-        <v>6.077</v>
+        <v>5.921</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>22322.798</v>
+        <v>22422.23</v>
       </c>
       <c r="C627">
-        <v>652.405</v>
+        <v>574.026</v>
       </c>
       <c r="D627">
-        <v>705.3</v>
+        <v>707.192</v>
       </c>
       <c r="E627">
-        <v>122.565</v>
+        <v>116.14</v>
       </c>
       <c r="F627">
-        <v>64.469</v>
+        <v>89.257</v>
       </c>
       <c r="G627">
-        <v>1802.615</v>
+        <v>1843.643</v>
       </c>
       <c r="H627">
-        <v>922.25</v>
+        <v>919.206</v>
       </c>
       <c r="I627">
-        <v>2.684</v>
+        <v>3.06</v>
       </c>
       <c r="J627">
-        <v>12.812</v>
+        <v>13.521</v>
       </c>
       <c r="K627">
-        <v>13.366</v>
+        <v>13.574</v>
       </c>
       <c r="L627">
-        <v>6.324</v>
+        <v>6.149</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>21288.506</v>
+        <v>21281.213</v>
       </c>
       <c r="C628">
-        <v>925.457</v>
+        <v>831.725</v>
       </c>
       <c r="D628">
-        <v>705.394</v>
+        <v>690.437</v>
       </c>
       <c r="E628">
-        <v>346.686</v>
+        <v>98.278</v>
       </c>
       <c r="F628">
-        <v>102.03</v>
+        <v>123.959</v>
       </c>
       <c r="G628">
-        <v>2487.687</v>
+        <v>2240.235</v>
       </c>
       <c r="H628">
-        <v>880.439</v>
+        <v>879.88</v>
       </c>
       <c r="I628">
-        <v>2.845</v>
+        <v>3.18</v>
       </c>
       <c r="J628">
-        <v>11.54</v>
+        <v>11.352</v>
       </c>
       <c r="K628">
-        <v>12.228</v>
+        <v>12.263</v>
       </c>
       <c r="L628">
-        <v>5.666</v>
+        <v>5.526</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>26252.667</v>
+        <v>26198.446</v>
       </c>
       <c r="C629">
-        <v>824.681</v>
+        <v>728.427</v>
       </c>
       <c r="D629">
-        <v>785.142</v>
+        <v>779.512</v>
       </c>
       <c r="E629">
-        <v>90.686</v>
+        <v>73.578</v>
       </c>
       <c r="F629">
-        <v>120.277</v>
+        <v>139.246</v>
       </c>
       <c r="G629">
-        <v>2301.894</v>
+        <v>2277.747</v>
       </c>
       <c r="H629">
-        <v>1045.307</v>
+        <v>1047.676</v>
       </c>
       <c r="I629">
-        <v>2.285</v>
+        <v>2.453</v>
       </c>
       <c r="J629">
-        <v>14.309</v>
+        <v>12.499</v>
       </c>
       <c r="K629">
-        <v>13.095</v>
+        <v>13.256</v>
       </c>
       <c r="L629">
-        <v>6.397</v>
+        <v>6.21</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>34464.393</v>
+        <v>34447.316</v>
       </c>
       <c r="C630">
-        <v>786.113</v>
+        <v>701.518</v>
       </c>
       <c r="D630">
-        <v>804.035</v>
+        <v>801.305</v>
       </c>
       <c r="E630">
-        <v>105.289</v>
+        <v>99.445</v>
       </c>
       <c r="F630">
-        <v>168.647</v>
+        <v>171.988</v>
       </c>
       <c r="G630">
-        <v>2538.672</v>
+        <v>2462.208</v>
       </c>
       <c r="H630">
-        <v>1244.084</v>
+        <v>1238.441</v>
       </c>
       <c r="I630">
-        <v>3.305</v>
+        <v>3.383</v>
       </c>
       <c r="J630">
-        <v>14.137</v>
+        <v>14.226</v>
       </c>
       <c r="K630">
-        <v>12.655</v>
+        <v>12.643</v>
       </c>
       <c r="L630">
-        <v>6.172</v>
+        <v>5.955</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>40518.526</v>
+        <v>40470.849</v>
       </c>
       <c r="C631">
-        <v>855.625</v>
+        <v>889.857</v>
       </c>
       <c r="D631">
-        <v>887.847</v>
+        <v>878.516</v>
       </c>
       <c r="E631">
-        <v>115.331</v>
+        <v>120.159</v>
       </c>
       <c r="F631">
-        <v>185.035</v>
+        <v>199.192</v>
       </c>
       <c r="G631">
-        <v>2783.978</v>
+        <v>2884.492</v>
       </c>
       <c r="H631">
-        <v>1534.382</v>
+        <v>1527.648</v>
       </c>
       <c r="I631">
-        <v>2.86</v>
+        <v>3.084</v>
       </c>
       <c r="J631">
-        <v>14.29</v>
+        <v>14.888</v>
       </c>
       <c r="K631">
-        <v>13.451</v>
+        <v>13.271</v>
       </c>
       <c r="L631">
-        <v>6.584</v>
+        <v>6.367</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>39471.338</v>
+        <v>39397.057</v>
       </c>
       <c r="C632">
-        <v>927.723</v>
+        <v>886.976</v>
       </c>
       <c r="D632">
-        <v>861.657</v>
+        <v>836.849</v>
       </c>
       <c r="E632">
-        <v>101.684</v>
+        <v>106.35</v>
       </c>
       <c r="F632">
-        <v>182.702</v>
+        <v>195.811</v>
       </c>
       <c r="G632">
-        <v>2804.574</v>
+        <v>2809.23</v>
       </c>
       <c r="H632">
-        <v>1493.479</v>
+        <v>1496.491</v>
       </c>
       <c r="I632">
-        <v>2.908</v>
+        <v>3.024</v>
       </c>
       <c r="J632">
-        <v>14.937</v>
+        <v>15.386</v>
       </c>
       <c r="K632">
-        <v>13.6</v>
+        <v>13.689</v>
       </c>
       <c r="L632">
-        <v>6.69</v>
+        <v>6.465</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>31640.361</v>
+        <v>31501.532</v>
       </c>
       <c r="C633">
-        <v>675.326</v>
+        <v>610.74</v>
       </c>
       <c r="D633">
-        <v>814.721</v>
+        <v>798.847</v>
       </c>
       <c r="E633">
-        <v>86.969</v>
+        <v>67.438</v>
       </c>
       <c r="F633">
-        <v>108.826</v>
+        <v>110.015</v>
       </c>
       <c r="G633">
-        <v>2121.146</v>
+        <v>2027.1</v>
       </c>
       <c r="H633">
-        <v>1227.936</v>
+        <v>1222.596</v>
       </c>
       <c r="I633">
-        <v>2.852</v>
+        <v>3.058</v>
       </c>
       <c r="J633">
-        <v>13.416</v>
+        <v>12.956</v>
       </c>
       <c r="K633">
-        <v>12.855</v>
+        <v>12.828</v>
       </c>
       <c r="L633">
-        <v>6.139</v>
+        <v>5.92</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>27464.702</v>
+        <v>27307.751</v>
       </c>
       <c r="C634">
-        <v>763.141</v>
+        <v>702.429</v>
       </c>
       <c r="D634">
-        <v>872.035</v>
+        <v>865.512</v>
       </c>
       <c r="E634">
-        <v>89.699</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>82.905</v>
+      </c>
+      <c r="F634">
+        <v>105.801</v>
+      </c>
+      <c r="G634">
+        <v>2179.851</v>
       </c>
       <c r="H634">
-        <v>1070.652</v>
+        <v>1070.511</v>
       </c>
       <c r="I634">
-        <v>2.78</v>
+        <v>3.251</v>
       </c>
       <c r="J634">
-        <v>11.437</v>
+        <v>9.742</v>
       </c>
       <c r="K634">
-        <v>13.009</v>
+        <v>13.007</v>
       </c>
       <c r="L634">
-        <v>6.084</v>
+        <v>5.888</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>26470.249</v>
+        <v>26336.125</v>
       </c>
       <c r="C635">
-        <v>715.22</v>
+        <v>661.462</v>
       </c>
       <c r="D635">
-        <v>804.272</v>
+        <v>789.947</v>
       </c>
       <c r="E635">
-        <v>99.648</v>
+        <v>83.872</v>
       </c>
       <c r="F635">
-        <v>78.46</v>
+        <v>102.308</v>
       </c>
       <c r="G635">
-        <v>2011.44</v>
+        <v>2046.821</v>
       </c>
       <c r="H635">
-        <v>992.045</v>
+        <v>987.483</v>
       </c>
       <c r="I635">
-        <v>2.61</v>
+        <v>2.794</v>
       </c>
       <c r="J635">
-        <v>12.75</v>
+        <v>11.744</v>
       </c>
       <c r="K635">
-        <v>12.608</v>
+        <v>13.225</v>
       </c>
       <c r="L635">
-        <v>5.987</v>
+        <v>5.882</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>35456.698</v>
+        <v>35416.15</v>
       </c>
       <c r="C636">
-        <v>1046.112</v>
+        <v>1028.555</v>
       </c>
       <c r="D636">
-        <v>1034.364</v>
+        <v>1030.053</v>
       </c>
       <c r="E636">
-        <v>136.801</v>
+        <v>121.745</v>
       </c>
       <c r="F636">
-        <v>121.875</v>
+        <v>139.52</v>
       </c>
       <c r="G636">
-        <v>2826.652</v>
+        <v>2877.953</v>
       </c>
       <c r="H636">
-        <v>1033.271</v>
+        <v>1036.809</v>
       </c>
       <c r="I636">
-        <v>3.197</v>
+        <v>3.079</v>
       </c>
       <c r="J636">
-        <v>14.428</v>
+        <v>14.837</v>
       </c>
       <c r="K636">
-        <v>12.614</v>
+        <v>13.439</v>
       </c>
       <c r="L636">
-        <v>6.444</v>
+        <v>6.27</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>45901.048</v>
+        <v>45929.194</v>
       </c>
       <c r="C637">
-        <v>3070.815</v>
+        <v>3112.496</v>
       </c>
       <c r="D637">
-        <v>1512.076</v>
+        <v>1491.022</v>
       </c>
       <c r="E637">
-        <v>354.514</v>
-[...5 lines deleted...]
-        <v>6057.435</v>
+        <v>233.328</v>
+      </c>
+      <c r="F637" t="s">
+        <v>22</v>
+      </c>
+      <c r="G637" t="s">
+        <v>22</v>
       </c>
       <c r="H637">
-        <v>1127.89</v>
+        <v>1125.354</v>
       </c>
       <c r="I637">
-        <v>3.388</v>
+        <v>3.607</v>
       </c>
       <c r="J637">
-        <v>15.132</v>
+        <v>15.172</v>
       </c>
       <c r="K637">
-        <v>13.281</v>
+        <v>13.391</v>
       </c>
       <c r="L637">
-        <v>6.46</v>
+        <v>6.279</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>35184.93</v>
+        <v>35223.525</v>
       </c>
       <c r="C638">
-        <v>1100.98</v>
+        <v>1072.479</v>
       </c>
       <c r="D638">
-        <v>894.088</v>
+        <v>870.329</v>
       </c>
       <c r="E638">
-        <v>163.377</v>
+        <v>143.751</v>
       </c>
       <c r="F638">
-        <v>132.106</v>
+        <v>137.988</v>
       </c>
       <c r="G638">
-        <v>2818.975</v>
+        <v>2776.499</v>
       </c>
       <c r="H638">
-        <v>933.628</v>
+        <v>931.871</v>
       </c>
       <c r="I638">
-        <v>3.599</v>
+        <v>3.764</v>
       </c>
       <c r="J638">
-        <v>13.065</v>
+        <v>13.318</v>
       </c>
       <c r="K638">
-        <v>12.082</v>
+        <v>12.164</v>
       </c>
       <c r="L638">
-        <v>5.805</v>
+        <v>5.631</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>27932.378</v>
+        <v>28022.229</v>
       </c>
       <c r="C639">
-        <v>711.826</v>
+        <v>659.442</v>
       </c>
       <c r="D639">
-        <v>768.594</v>
+        <v>763.498</v>
       </c>
       <c r="E639">
-        <v>107.183</v>
+        <v>99.442</v>
       </c>
       <c r="F639">
-        <v>148.948</v>
+        <v>161.868</v>
       </c>
       <c r="G639">
-        <v>2332.343</v>
+        <v>2331.722</v>
       </c>
       <c r="H639">
-        <v>833.781</v>
+        <v>831.368</v>
       </c>
       <c r="I639">
-        <v>2.589</v>
+        <v>2.76</v>
       </c>
       <c r="J639">
-        <v>13.402</v>
+        <v>13.923</v>
       </c>
       <c r="K639">
-        <v>12.932</v>
+        <v>13.086</v>
       </c>
       <c r="L639">
-        <v>6.161</v>
+        <v>5.97</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>25987.499</v>
+        <v>25861.28</v>
       </c>
       <c r="C640">
-        <v>726.079</v>
+        <v>686.133</v>
       </c>
       <c r="D640">
-        <v>730.827</v>
+        <v>727.005</v>
       </c>
       <c r="E640">
-        <v>89.589</v>
+        <v>82.641</v>
       </c>
       <c r="F640">
-        <v>121.065</v>
+        <v>132.455</v>
       </c>
       <c r="G640">
-        <v>2151.82</v>
+        <v>2158.054</v>
       </c>
       <c r="H640">
-        <v>835.842</v>
+        <v>830.398</v>
       </c>
       <c r="I640">
-        <v>2.269</v>
+        <v>2.477</v>
       </c>
       <c r="J640">
-        <v>9.794</v>
+        <v>9.907</v>
       </c>
       <c r="K640">
-        <v>11.985</v>
+        <v>12.122</v>
       </c>
       <c r="L640">
-        <v>6.074</v>
+        <v>5.889</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>27844.019</v>
+        <v>27931.247</v>
       </c>
       <c r="C641">
-        <v>596.88</v>
+        <v>583.487</v>
       </c>
       <c r="D641">
-        <v>725.49</v>
+        <v>719.749</v>
       </c>
       <c r="E641">
-        <v>64.068</v>
+        <v>55.952</v>
       </c>
       <c r="F641">
-        <v>146.987</v>
+        <v>139.965</v>
       </c>
       <c r="G641">
-        <v>2121.373</v>
+        <v>2059.013</v>
       </c>
       <c r="H641">
-        <v>972.441</v>
+        <v>971.928</v>
       </c>
       <c r="I641">
-        <v>2.074</v>
+        <v>2.31</v>
       </c>
       <c r="J641">
-        <v>12.518</v>
+        <v>12.528</v>
       </c>
       <c r="K641">
-        <v>12.106</v>
+        <v>12.418</v>
       </c>
       <c r="L641">
-        <v>6.47</v>
+        <v>6.274</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>36522.916</v>
+        <v>36563.031</v>
       </c>
       <c r="C642">
-        <v>1050.568</v>
+        <v>967.464</v>
       </c>
       <c r="D642">
-        <v>926.48</v>
+        <v>898.912</v>
       </c>
       <c r="E642">
-        <v>153.25</v>
+        <v>123.633</v>
       </c>
       <c r="F642">
-        <v>185.387</v>
+        <v>198.64</v>
       </c>
       <c r="G642">
-        <v>3057.233</v>
+        <v>2983.209</v>
       </c>
       <c r="H642">
-        <v>1214.931</v>
+        <v>1211.283</v>
       </c>
       <c r="I642">
-        <v>3.084</v>
+        <v>3.257</v>
       </c>
       <c r="J642">
-        <v>14.402</v>
+        <v>14.517</v>
       </c>
       <c r="K642">
-        <v>12.192</v>
+        <v>12.843</v>
       </c>
       <c r="L642">
-        <v>6.291</v>
+        <v>6.083</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>45100.606</v>
+        <v>45139.967</v>
       </c>
       <c r="C643">
-        <v>962.549</v>
+        <v>883.184</v>
       </c>
       <c r="D643">
-        <v>1021.669</v>
+        <v>990.872</v>
       </c>
       <c r="E643">
-        <v>136.109</v>
-[...5 lines deleted...]
-        <v>3310.737</v>
+        <v>112.8</v>
+      </c>
+      <c r="F643" t="s">
+        <v>22</v>
+      </c>
+      <c r="G643" t="s">
+        <v>22</v>
       </c>
       <c r="H643">
-        <v>1499.747</v>
+        <v>1493.708</v>
       </c>
       <c r="I643">
-        <v>2.892</v>
+        <v>3.149</v>
       </c>
       <c r="J643">
-        <v>15.216</v>
+        <v>15.449</v>
       </c>
       <c r="K643">
-        <v>12.261</v>
+        <v>12.68</v>
       </c>
       <c r="L643">
-        <v>6.908</v>
+        <v>6.731</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>39721.846</v>
+      </c>
+      <c r="C644">
+        <v>840.8</v>
+      </c>
+      <c r="D644">
+        <v>868.461</v>
+      </c>
+      <c r="E644">
+        <v>118.113</v>
+      </c>
+      <c r="F644">
+        <v>199.835</v>
+      </c>
+      <c r="G644">
+        <v>2826.549</v>
+      </c>
+      <c r="H644">
+        <v>1409.233</v>
+      </c>
+      <c r="I644">
+        <v>2.316</v>
+      </c>
+      <c r="J644">
+        <v>15.453</v>
+      </c>
+      <c r="K644">
+        <v>12.225</v>
+      </c>
+      <c r="L644">
+        <v>6.543</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -27606,81 +27644,81 @@
       </c>
       <c r="G87">
         <v>31240.787</v>
       </c>
       <c r="H87">
         <v>12940.889</v>
       </c>
       <c r="I87">
         <v>40.472</v>
       </c>
       <c r="J87">
         <v>174.072</v>
       </c>
       <c r="K87">
         <v>168.242</v>
       </c>
       <c r="L87">
         <v>80.091</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>373803.018</v>
+        <v>373258.211</v>
       </c>
       <c r="C88">
-        <v>10460.545</v>
+        <v>9695.418</v>
       </c>
       <c r="D88">
-        <v>10052.662</v>
+        <v>9916.299</v>
       </c>
       <c r="E88">
-        <v>1656.83</v>
+        <v>1260.428</v>
       </c>
       <c r="F88">
-        <v>1470.656</v>
+        <v>1659.732</v>
       </c>
       <c r="G88">
-        <v>29523.317</v>
+        <v>29170.805</v>
       </c>
       <c r="H88">
-        <v>13497.489</v>
+        <v>13476.447</v>
       </c>
       <c r="I88">
-        <v>33.686</v>
+        <v>36.105</v>
       </c>
       <c r="J88">
-        <v>162.298</v>
+        <v>161.737</v>
       </c>
       <c r="K88">
-        <v>156.401</v>
+        <v>158.404</v>
       </c>
       <c r="L88">
-        <v>75.394</v>
+        <v>73.18</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>