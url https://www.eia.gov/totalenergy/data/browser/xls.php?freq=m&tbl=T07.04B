--- v2 (2025-12-15)
+++ v3 (2026-02-01)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.4b Consumption of Combustible Fuels for Electricity Generation and Useful Thermal Output:  Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Residual Fuel Oil Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Petroleum Coke Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Total Petroleum Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
@@ -80,53 +80,50 @@
     <t>Other Fossil Gases Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Wood Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Waste Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>(Thousand Short Tons)</t>
   </si>
   <si>
     <t>(Thousand Barrels)</t>
   </si>
   <si>
     <t>(Billion Cubic Feet)</t>
   </si>
   <si>
     <t>(Trillion Btu)</t>
   </si>
   <si>
     <t>Not Available</t>
-  </si>
-[...1 lines deleted...]
-    <t>Not Meaningful</t>
   </si>
   <si>
     <t>Annual Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy mmmm"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -495,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="155.533" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="99.547" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="113.544" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="119.828" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="110.259" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="111.259" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="106.974" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="114.544" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="99.547" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="100.69" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -24350,55 +24347,55 @@
         <v>14.837</v>
       </c>
       <c r="K636">
         <v>13.439</v>
       </c>
       <c r="L636">
         <v>6.27</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>45929.194</v>
       </c>
       <c r="C637">
         <v>3112.496</v>
       </c>
       <c r="D637">
         <v>1491.022</v>
       </c>
       <c r="E637">
         <v>233.328</v>
       </c>
-      <c r="F637" t="s">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="F637">
+        <v>207.479</v>
+      </c>
+      <c r="G637">
+        <v>5874.241</v>
       </c>
       <c r="H637">
         <v>1125.354</v>
       </c>
       <c r="I637">
         <v>3.607</v>
       </c>
       <c r="J637">
         <v>15.172</v>
       </c>
       <c r="K637">
         <v>13.391</v>
       </c>
       <c r="L637">
         <v>6.279</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>35223.525</v>
       </c>
       <c r="C638">
@@ -24578,55 +24575,55 @@
         <v>14.517</v>
       </c>
       <c r="K642">
         <v>12.843</v>
       </c>
       <c r="L642">
         <v>6.083</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>45139.967</v>
       </c>
       <c r="C643">
         <v>883.184</v>
       </c>
       <c r="D643">
         <v>990.872</v>
       </c>
       <c r="E643">
         <v>112.8</v>
       </c>
-      <c r="F643" t="s">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="F643">
+        <v>208.525</v>
+      </c>
+      <c r="G643">
+        <v>3029.481</v>
       </c>
       <c r="H643">
         <v>1493.708</v>
       </c>
       <c r="I643">
         <v>3.149</v>
       </c>
       <c r="J643">
         <v>15.449</v>
       </c>
       <c r="K643">
         <v>12.68</v>
       </c>
       <c r="L643">
         <v>6.731</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>39721.846</v>
       </c>
       <c r="C644">
@@ -24636,50 +24633,126 @@
         <v>868.461</v>
       </c>
       <c r="E644">
         <v>118.113</v>
       </c>
       <c r="F644">
         <v>199.835</v>
       </c>
       <c r="G644">
         <v>2826.549</v>
       </c>
       <c r="H644">
         <v>1409.233</v>
       </c>
       <c r="I644">
         <v>2.316</v>
       </c>
       <c r="J644">
         <v>15.453</v>
       </c>
       <c r="K644">
         <v>12.225</v>
       </c>
       <c r="L644">
         <v>6.543</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>33452.768</v>
+      </c>
+      <c r="C645">
+        <v>674.38</v>
+      </c>
+      <c r="D645">
+        <v>821.795</v>
+      </c>
+      <c r="E645">
+        <v>88.918</v>
+      </c>
+      <c r="F645">
+        <v>168.042</v>
+      </c>
+      <c r="G645">
+        <v>2425.303</v>
+      </c>
+      <c r="H645">
+        <v>1221.246</v>
+      </c>
+      <c r="I645">
+        <v>2.381</v>
+      </c>
+      <c r="J645">
+        <v>15.355</v>
+      </c>
+      <c r="K645">
+        <v>11.998</v>
+      </c>
+      <c r="L645">
+        <v>5.996</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>31176.327</v>
+      </c>
+      <c r="C646">
+        <v>675.03</v>
+      </c>
+      <c r="D646">
+        <v>849.668</v>
+      </c>
+      <c r="E646">
+        <v>99.404</v>
+      </c>
+      <c r="F646">
+        <v>171.272</v>
+      </c>
+      <c r="G646">
+        <v>2480.462</v>
+      </c>
+      <c r="H646">
+        <v>1035.501</v>
+      </c>
+      <c r="I646">
+        <v>2.917</v>
+      </c>
+      <c r="J646">
+        <v>12.553</v>
+      </c>
+      <c r="K646">
+        <v>12.061</v>
+      </c>
+      <c r="L646">
+        <v>5.948</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -24717,51 +24790,51 @@
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
         <f>HYPERLINK("http://www.eia.gov/totalenergy/data/monthly/dataunits.php","Note: Information about data precision.")</f>
         <v>Note: Information about data precision.</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>12</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>13</v>
       </c>