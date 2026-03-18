--- v3 (2026-02-01)
+++ v4 (2026-03-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 7.4b Consumption of Combustible Fuels for Electricity Generation and Useful Thermal Output:  Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Residual Fuel Oil Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Petroleum Coke Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
   <si>
     <t>Total Petroleum Consumption for Electricity Generation and Useful Thermal Output, Electric Power Sector</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="155.533" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="99.547" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="113.544" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="119.828" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="110.259" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="111.259" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="106.974" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="114.544" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="99.547" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="100.69" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -24709,50 +24709,88 @@
         <v>849.668</v>
       </c>
       <c r="E646">
         <v>99.404</v>
       </c>
       <c r="F646">
         <v>171.272</v>
       </c>
       <c r="G646">
         <v>2480.462</v>
       </c>
       <c r="H646">
         <v>1035.501</v>
       </c>
       <c r="I646">
         <v>2.917</v>
       </c>
       <c r="J646">
         <v>12.553</v>
       </c>
       <c r="K646">
         <v>12.061</v>
       </c>
       <c r="L646">
         <v>5.948</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>31047.942</v>
+      </c>
+      <c r="C647">
+        <v>918.749</v>
+      </c>
+      <c r="D647">
+        <v>757.323</v>
+      </c>
+      <c r="E647">
+        <v>114.586</v>
+      </c>
+      <c r="F647">
+        <v>139.955</v>
+      </c>
+      <c r="G647">
+        <v>2490.433</v>
+      </c>
+      <c r="H647">
+        <v>944.661</v>
+      </c>
+      <c r="I647">
+        <v>3.067</v>
+      </c>
+      <c r="J647">
+        <v>13.464</v>
+      </c>
+      <c r="K647">
+        <v>12.655</v>
+      </c>
+      <c r="L647">
+        <v>6.349</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>