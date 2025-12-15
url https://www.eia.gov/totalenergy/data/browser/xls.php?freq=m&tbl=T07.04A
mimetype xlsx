--- v0 (2025-11-03)
+++ v1 (2025-12-15)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 7.4a Consumption of Combustible Fuels for Electricity Generation and Useful Thermal Output: Total (All Sectors)</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
   <si>
     <t>Residual Fuel Oil Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
   <si>
     <t>Petroleum Coke Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
   <si>
     <t>Total Petroleum Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="151.534" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="88.835" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="104.974" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.689" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="109.259" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="99.547" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="100.69" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="96.405" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="103.832" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="88.835" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="89.835" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -23880,765 +23880,803 @@
       </c>
       <c r="G624">
         <v>3049.604</v>
       </c>
       <c r="H624">
         <v>1154.842</v>
       </c>
       <c r="I624">
         <v>23.234</v>
       </c>
       <c r="J624">
         <v>90.923</v>
       </c>
       <c r="K624">
         <v>25.103</v>
       </c>
       <c r="L624">
         <v>16.454</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>43323.934</v>
+        <v>43319.626</v>
       </c>
       <c r="C625">
-        <v>1857.488</v>
+        <v>1731.438</v>
       </c>
       <c r="D625">
-        <v>1361.793</v>
+        <v>1129.181</v>
       </c>
       <c r="E625">
-        <v>290.821</v>
+        <v>220.078</v>
       </c>
       <c r="F625">
-        <v>197.319</v>
+        <v>220.047</v>
       </c>
       <c r="G625">
-        <v>4496.697</v>
+        <v>4180.932</v>
       </c>
       <c r="H625">
-        <v>1278.995</v>
+        <v>1278.325</v>
       </c>
       <c r="I625">
-        <v>22.539</v>
+        <v>24.107</v>
       </c>
       <c r="J625">
-        <v>89.546</v>
+        <v>89.56</v>
       </c>
       <c r="K625">
-        <v>23.902</v>
+        <v>24.319</v>
       </c>
       <c r="L625">
-        <v>14.948</v>
+        <v>15.356</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>26700.3</v>
+        <v>26735.519</v>
       </c>
       <c r="C626">
-        <v>694.763</v>
+        <v>625.922</v>
       </c>
       <c r="D626">
-        <v>859.877</v>
+        <v>743.896</v>
       </c>
       <c r="E626">
-        <v>174.518</v>
+        <v>184.891</v>
       </c>
       <c r="F626">
-        <v>151.921</v>
+        <v>163.154</v>
       </c>
       <c r="G626">
-        <v>2488.763</v>
+        <v>2370.479</v>
       </c>
       <c r="H626">
-        <v>1041.348</v>
+        <v>1036.528</v>
       </c>
       <c r="I626">
-        <v>19.589</v>
+        <v>22.111</v>
       </c>
       <c r="J626">
-        <v>78.722</v>
+        <v>83.985</v>
       </c>
       <c r="K626">
-        <v>21.444</v>
+        <v>22.351</v>
       </c>
       <c r="L626">
-        <v>13.394</v>
+        <v>13.902</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>23150.824</v>
+        <v>23192.785</v>
       </c>
       <c r="C627">
-        <v>763.205</v>
+        <v>694.217</v>
       </c>
       <c r="D627">
-        <v>865.331</v>
+        <v>754.776</v>
       </c>
       <c r="E627">
-        <v>166.378</v>
+        <v>159.516</v>
       </c>
       <c r="F627">
-        <v>99.388</v>
+        <v>134.078</v>
       </c>
       <c r="G627">
-        <v>2291.854</v>
+        <v>2278.899</v>
       </c>
       <c r="H627">
-        <v>1047.79</v>
+        <v>1044.687</v>
       </c>
       <c r="I627">
-        <v>20.922</v>
+        <v>23.075</v>
       </c>
       <c r="J627">
-        <v>85.748</v>
+        <v>85.79</v>
       </c>
       <c r="K627">
-        <v>22.327</v>
+        <v>23.028</v>
       </c>
       <c r="L627">
-        <v>13.821</v>
+        <v>14.307</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>21977.834</v>
+        <v>21906.616</v>
       </c>
       <c r="C628">
-        <v>1014.757</v>
+        <v>918.681</v>
       </c>
       <c r="D628">
-        <v>870.717</v>
+        <v>746.484</v>
       </c>
       <c r="E628">
-        <v>389.606</v>
+        <v>141.423</v>
       </c>
       <c r="F628">
-        <v>146.586</v>
+        <v>174.248</v>
       </c>
       <c r="G628">
-        <v>3008.01</v>
+        <v>2677.828</v>
       </c>
       <c r="H628">
-        <v>1001.817</v>
+        <v>999.096</v>
       </c>
       <c r="I628">
-        <v>18.903</v>
+        <v>21.889</v>
       </c>
       <c r="J628">
-        <v>83.233</v>
+        <v>82.268</v>
       </c>
       <c r="K628">
-        <v>21.043</v>
+        <v>21.522</v>
       </c>
       <c r="L628">
-        <v>13.001</v>
+        <v>13.85</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>26929.128</v>
+        <v>26849.54</v>
       </c>
       <c r="C629">
-        <v>930.991</v>
+        <v>829.091</v>
       </c>
       <c r="D629">
-        <v>957.383</v>
+        <v>821.663</v>
       </c>
       <c r="E629">
-        <v>133.776</v>
+        <v>116.246</v>
       </c>
       <c r="F629">
-        <v>165.095</v>
+        <v>186.731</v>
       </c>
       <c r="G629">
-        <v>2847.625</v>
+        <v>2700.655</v>
       </c>
       <c r="H629">
-        <v>1167.177</v>
+        <v>1168.782</v>
       </c>
       <c r="I629">
-        <v>21.374</v>
+        <v>23.253</v>
       </c>
       <c r="J629">
-        <v>85.99</v>
+        <v>82.674</v>
       </c>
       <c r="K629">
-        <v>22.325</v>
+        <v>23.098</v>
       </c>
       <c r="L629">
-        <v>13.966</v>
+        <v>14.528</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>35182.167</v>
+        <v>35095.746</v>
       </c>
       <c r="C630">
-        <v>904.755</v>
+        <v>833.821</v>
       </c>
       <c r="D630">
-        <v>977.521</v>
+        <v>836.526</v>
       </c>
       <c r="E630">
-        <v>147.514</v>
+        <v>141.924</v>
       </c>
       <c r="F630">
-        <v>217.741</v>
+        <v>223.036</v>
       </c>
       <c r="G630">
-        <v>3118.495</v>
+        <v>2927.451</v>
       </c>
       <c r="H630">
-        <v>1363.387</v>
+        <v>1360.605</v>
       </c>
       <c r="I630">
-        <v>20.846</v>
+        <v>22.936</v>
       </c>
       <c r="J630">
-        <v>80.947</v>
+        <v>84.359</v>
       </c>
       <c r="K630">
-        <v>20.091</v>
+        <v>20.543</v>
       </c>
       <c r="L630">
-        <v>13.746</v>
+        <v>14.206</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>41275.88</v>
+        <v>41182.87</v>
       </c>
       <c r="C631">
-        <v>900.818</v>
+        <v>933.243</v>
       </c>
       <c r="D631">
-        <v>996.433</v>
+        <v>912.821</v>
       </c>
       <c r="E631">
-        <v>163.033</v>
+        <v>168.221</v>
       </c>
       <c r="F631">
-        <v>234.51</v>
+        <v>255.914</v>
       </c>
       <c r="G631">
-        <v>3232.834</v>
+        <v>3293.855</v>
       </c>
       <c r="H631">
-        <v>1661.513</v>
+        <v>1660.604</v>
       </c>
       <c r="I631">
-        <v>20.698</v>
+        <v>23.394</v>
       </c>
       <c r="J631">
-        <v>84.176</v>
+        <v>86.22</v>
       </c>
       <c r="K631">
-        <v>21.305</v>
+        <v>21.522</v>
       </c>
       <c r="L631">
-        <v>15.266</v>
+        <v>15.639</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>40239.299</v>
+        <v>40091.439</v>
       </c>
       <c r="C632">
-        <v>973.946</v>
+        <v>929.924</v>
       </c>
       <c r="D632">
-        <v>990.589</v>
+        <v>870.035</v>
       </c>
       <c r="E632">
-        <v>135.252</v>
+        <v>140.887</v>
       </c>
       <c r="F632">
-        <v>233.407</v>
+        <v>248.076</v>
       </c>
       <c r="G632">
-        <v>3266.822</v>
+        <v>3181.226</v>
       </c>
       <c r="H632">
-        <v>1624.516</v>
+        <v>1631.548</v>
       </c>
       <c r="I632">
-        <v>21.443</v>
+        <v>23.448</v>
       </c>
       <c r="J632">
-        <v>89.086</v>
+        <v>87.867</v>
       </c>
       <c r="K632">
-        <v>21.285</v>
+        <v>21.951</v>
       </c>
       <c r="L632">
-        <v>14.562</v>
+        <v>15.037</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>32355.07</v>
+        <v>32184.199</v>
       </c>
       <c r="C633">
-        <v>715.531</v>
+        <v>640.471</v>
       </c>
       <c r="D633">
-        <v>937.024</v>
+        <v>839.464</v>
       </c>
       <c r="E633">
-        <v>127.954</v>
+        <v>109.047</v>
       </c>
       <c r="F633">
-        <v>149.612</v>
+        <v>156.321</v>
       </c>
       <c r="G633">
-        <v>2528.569</v>
+        <v>2370.587</v>
       </c>
       <c r="H633">
-        <v>1350.18</v>
+        <v>1346.969</v>
       </c>
       <c r="I633">
-        <v>18.907</v>
+        <v>21.28</v>
       </c>
       <c r="J633">
-        <v>85.885</v>
+        <v>84.269</v>
       </c>
       <c r="K633">
-        <v>19.797</v>
+        <v>20.696</v>
       </c>
       <c r="L633">
-        <v>12.809</v>
+        <v>13.547</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>28205.244</v>
+        <v>28002.321</v>
       </c>
       <c r="C634">
-        <v>807.149</v>
+        <v>745.243</v>
       </c>
       <c r="D634">
-        <v>999.78</v>
+        <v>924.212</v>
       </c>
       <c r="E634">
-        <v>132.819</v>
+        <v>125.935</v>
       </c>
       <c r="F634">
-        <v>120.051</v>
+        <v>156.195</v>
       </c>
       <c r="G634">
-        <v>2540.003</v>
+        <v>2576.365</v>
       </c>
       <c r="H634">
-        <v>1190.304</v>
+        <v>1189.665</v>
       </c>
       <c r="I634">
-        <v>17.855</v>
+        <v>21.018</v>
       </c>
       <c r="J634">
-        <v>78.94</v>
+        <v>77.215</v>
       </c>
       <c r="K634">
-        <v>21.532</v>
+        <v>22.022</v>
       </c>
       <c r="L634">
-        <v>13.313</v>
+        <v>13.805</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>27242.587</v>
+        <v>27065.689</v>
       </c>
       <c r="C635">
-        <v>762.981</v>
+        <v>702.875</v>
       </c>
       <c r="D635">
-        <v>971.803</v>
+        <v>842.382</v>
       </c>
       <c r="E635">
-        <v>145.111</v>
+        <v>131.357</v>
       </c>
       <c r="F635">
-        <v>124.433</v>
+        <v>152.798</v>
       </c>
       <c r="G635">
-        <v>2502.06</v>
+        <v>2440.604</v>
       </c>
       <c r="H635">
-        <v>1116.792</v>
+        <v>1111.91</v>
       </c>
       <c r="I635">
-        <v>17.994</v>
+        <v>20.407</v>
       </c>
       <c r="J635">
-        <v>86.027</v>
+        <v>84.293</v>
       </c>
       <c r="K635">
-        <v>21.444</v>
+        <v>22.501</v>
       </c>
       <c r="L635">
-        <v>13.537</v>
+        <v>14.066</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>36248.336</v>
+        <v>36187.621</v>
       </c>
       <c r="C636">
-        <v>1115.594</v>
+        <v>1105.947</v>
       </c>
       <c r="D636">
-        <v>1251.637</v>
+        <v>1110.637</v>
       </c>
       <c r="E636">
-        <v>173.824</v>
+        <v>162.518</v>
       </c>
       <c r="F636">
-        <v>172.86</v>
+        <v>199.029</v>
       </c>
       <c r="G636">
-        <v>3405.355</v>
+        <v>3374.247</v>
       </c>
       <c r="H636">
-        <v>1171.603</v>
+        <v>1172.713</v>
       </c>
       <c r="I636">
-        <v>21.44</v>
+        <v>22.47</v>
       </c>
       <c r="J636">
-        <v>88.93</v>
+        <v>90.851</v>
       </c>
       <c r="K636">
-        <v>21.682</v>
+        <v>22.841</v>
       </c>
       <c r="L636">
-        <v>14.12</v>
+        <v>14.659</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>46755.769</v>
+        <v>46743.117</v>
       </c>
       <c r="C637">
-        <v>3183.378</v>
+        <v>3236.038</v>
       </c>
       <c r="D637">
-        <v>1741.714</v>
+        <v>1577.312</v>
       </c>
       <c r="E637">
-        <v>411.551</v>
+        <v>293.599</v>
       </c>
       <c r="F637">
-        <v>273.356</v>
+        <v>252.956</v>
       </c>
       <c r="G637">
-        <v>6703.423</v>
+        <v>6371.729</v>
       </c>
       <c r="H637">
-        <v>1268.774</v>
+        <v>1266.883</v>
       </c>
       <c r="I637">
-        <v>21.296</v>
+        <v>23.659</v>
       </c>
       <c r="J637">
-        <v>87.367</v>
+        <v>87.142</v>
       </c>
       <c r="K637">
-        <v>22.039</v>
+        <v>22.681</v>
       </c>
       <c r="L637">
-        <v>13.514</v>
+        <v>13.689</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>35935.098</v>
+        <v>35936.576</v>
       </c>
       <c r="C638">
-        <v>1185.252</v>
+        <v>1159.717</v>
       </c>
       <c r="D638">
-        <v>1087.112</v>
+        <v>941.714</v>
       </c>
       <c r="E638">
-        <v>179.287</v>
+        <v>164.412</v>
       </c>
       <c r="F638">
-        <v>168.79</v>
+        <v>177.207</v>
       </c>
       <c r="G638">
-        <v>3295.601</v>
+        <v>3151.878</v>
       </c>
       <c r="H638">
-        <v>1055.316</v>
+        <v>1053.871</v>
       </c>
       <c r="I638">
-        <v>20.254</v>
+        <v>21.968</v>
       </c>
       <c r="J638">
-        <v>77.392</v>
+        <v>77.862</v>
       </c>
       <c r="K638">
-        <v>20.269</v>
+        <v>20.692</v>
       </c>
       <c r="L638">
-        <v>12.353</v>
+        <v>12.209</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>28753.499</v>
+        <v>28803.476</v>
       </c>
       <c r="C639">
-        <v>768.538</v>
+        <v>718.09</v>
       </c>
       <c r="D639">
-        <v>939.587</v>
+        <v>820.955</v>
       </c>
       <c r="E639">
-        <v>146.31</v>
+        <v>144.851</v>
       </c>
       <c r="F639">
-        <v>189.783</v>
+        <v>211.07</v>
       </c>
       <c r="G639">
-        <v>2803.35</v>
+        <v>2739.246</v>
       </c>
       <c r="H639">
-        <v>962.075</v>
+        <v>959.799</v>
       </c>
       <c r="I639">
-        <v>20.724</v>
+        <v>22.298</v>
       </c>
       <c r="J639">
-        <v>84.777</v>
+        <v>85.647</v>
       </c>
       <c r="K639">
-        <v>21.925</v>
+        <v>22.484</v>
       </c>
       <c r="L639">
-        <v>13.424</v>
+        <v>13.266</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>26745.195</v>
+        <v>26578.185</v>
       </c>
       <c r="C640">
-        <v>766.209</v>
+        <v>727.432</v>
       </c>
       <c r="D640">
-        <v>875.609</v>
+        <v>773.069</v>
       </c>
       <c r="E640">
-        <v>130.462</v>
+        <v>125.994</v>
       </c>
       <c r="F640">
-        <v>159.421</v>
+        <v>177.329</v>
       </c>
       <c r="G640">
-        <v>2569.385</v>
+        <v>2513.14</v>
       </c>
       <c r="H640">
-        <v>953.606</v>
+        <v>949.222</v>
       </c>
       <c r="I640">
-        <v>17.687</v>
+        <v>20.091</v>
       </c>
       <c r="J640">
-        <v>74.893</v>
+        <v>75.46</v>
       </c>
       <c r="K640">
-        <v>20.562</v>
+        <v>21.039</v>
       </c>
       <c r="L640">
-        <v>13.172</v>
+        <v>13.01</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>28489.57</v>
+        <v>28541.414</v>
       </c>
       <c r="C641">
-        <v>655.556</v>
+        <v>643.595</v>
       </c>
       <c r="D641">
-        <v>876.201</v>
+        <v>763.268</v>
       </c>
       <c r="E641">
-        <v>109.08</v>
+        <v>103.213</v>
       </c>
       <c r="F641">
-        <v>197.262</v>
+        <v>196.034</v>
       </c>
       <c r="G641">
-        <v>2627.147</v>
+        <v>2490.246</v>
       </c>
       <c r="H641">
-        <v>1092.171</v>
+        <v>1091.607</v>
       </c>
       <c r="I641">
-        <v>17.193</v>
+        <v>19.944</v>
       </c>
       <c r="J641">
-        <v>80.152</v>
+        <v>80.818</v>
       </c>
       <c r="K641">
-        <v>19.791</v>
+        <v>20.388</v>
       </c>
       <c r="L641">
-        <v>13.171</v>
+        <v>13.004</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>37204.434</v>
+        <v>37212.548</v>
       </c>
       <c r="C642">
-        <v>1097.768</v>
+        <v>1017.849</v>
       </c>
       <c r="D642">
-        <v>1075.983</v>
+        <v>941.664</v>
       </c>
       <c r="E642">
-        <v>219.719</v>
+        <v>193.386</v>
       </c>
       <c r="F642">
-        <v>243.63</v>
+        <v>264.873</v>
       </c>
       <c r="G642">
-        <v>3611.62</v>
+        <v>3477.264</v>
       </c>
       <c r="H642">
-        <v>1335.471</v>
+        <v>1331.808</v>
       </c>
       <c r="I642">
-        <v>19.9</v>
+        <v>21.969</v>
       </c>
       <c r="J642">
-        <v>82.84</v>
+        <v>83.326</v>
       </c>
       <c r="K642">
-        <v>18.794</v>
+        <v>19.951</v>
       </c>
       <c r="L642">
-        <v>12.892</v>
+        <v>13.073</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>45836.704</v>
+        <v>45847.202</v>
       </c>
       <c r="C643">
-        <v>1014.921</v>
+        <v>939.947</v>
       </c>
       <c r="D643">
-        <v>1155.178</v>
+        <v>1036.896</v>
       </c>
       <c r="E643">
-        <v>170.174</v>
+        <v>148.936</v>
       </c>
       <c r="F643">
-        <v>290.565</v>
+        <v>251.245</v>
       </c>
       <c r="G643">
-        <v>3793.098</v>
+        <v>3382.004</v>
       </c>
       <c r="H643">
-        <v>1627.326</v>
+        <v>1621.577</v>
       </c>
       <c r="I643">
-        <v>20.127</v>
+        <v>22.833</v>
       </c>
       <c r="J643">
-        <v>87.521</v>
+        <v>88.325</v>
       </c>
       <c r="K643">
-        <v>19.555</v>
+        <v>20.242</v>
       </c>
       <c r="L643">
-        <v>14.178</v>
+        <v>14.035</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>40399.891</v>
+      </c>
+      <c r="C644">
+        <v>918.667</v>
+      </c>
+      <c r="D644">
+        <v>906.628</v>
+      </c>
+      <c r="E644">
+        <v>166.133</v>
+      </c>
+      <c r="F644">
+        <v>255.088</v>
+      </c>
+      <c r="G644">
+        <v>3266.868</v>
+      </c>
+      <c r="H644">
+        <v>1537.9</v>
+      </c>
+      <c r="I644">
+        <v>20.708</v>
+      </c>
+      <c r="J644">
+        <v>87.428</v>
+      </c>
+      <c r="K644">
+        <v>19.806</v>
+      </c>
+      <c r="L644">
+        <v>13.682</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -27603,81 +27641,81 @@
       </c>
       <c r="G87">
         <v>37714.396</v>
       </c>
       <c r="H87">
         <v>14455.682</v>
       </c>
       <c r="I87">
         <v>276.79</v>
       </c>
       <c r="J87">
         <v>1044.61</v>
       </c>
       <c r="K87">
         <v>273.679</v>
       </c>
       <c r="L87">
         <v>178.219</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>382830.602</v>
+        <v>381813.97</v>
       </c>
       <c r="C88">
-        <v>11441.978</v>
+        <v>10690.873</v>
       </c>
       <c r="D88">
-        <v>12039.888</v>
+        <v>10532.077</v>
       </c>
       <c r="E88">
-        <v>2180.607</v>
+        <v>1802.043</v>
       </c>
       <c r="F88">
-        <v>2012.923</v>
+        <v>2269.627</v>
       </c>
       <c r="G88">
-        <v>35727.088</v>
+        <v>34373.128</v>
       </c>
       <c r="H88">
-        <v>15015.42</v>
+        <v>15001.432</v>
       </c>
       <c r="I88">
-        <v>242.51</v>
+        <v>269.39</v>
       </c>
       <c r="J88">
-        <v>1017.229</v>
+        <v>1019.35</v>
       </c>
       <c r="K88">
-        <v>258.176</v>
+        <v>266.392</v>
       </c>
       <c r="L88">
-        <v>166.484</v>
+        <v>172.903</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>