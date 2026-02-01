--- v1 (2025-12-15)
+++ v2 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.4a Consumption of Combustible Fuels for Electricity Generation and Useful Thermal Output: Total (All Sectors)</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
   <si>
     <t>Residual Fuel Oil Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
   <si>
     <t>Petroleum Coke Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
   <si>
     <t>Total Petroleum Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="151.534" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="88.835" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="104.974" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.689" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="109.259" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="99.547" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="100.69" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="96.405" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="103.832" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="88.835" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="89.835" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -24633,50 +24633,126 @@
         <v>906.628</v>
       </c>
       <c r="E644">
         <v>166.133</v>
       </c>
       <c r="F644">
         <v>255.088</v>
       </c>
       <c r="G644">
         <v>3266.868</v>
       </c>
       <c r="H644">
         <v>1537.9</v>
       </c>
       <c r="I644">
         <v>20.708</v>
       </c>
       <c r="J644">
         <v>87.428</v>
       </c>
       <c r="K644">
         <v>19.806</v>
       </c>
       <c r="L644">
         <v>13.682</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>34104.405</v>
+      </c>
+      <c r="C645">
+        <v>712.541</v>
+      </c>
+      <c r="D645">
+        <v>849.589</v>
+      </c>
+      <c r="E645">
+        <v>133.588</v>
+      </c>
+      <c r="F645">
+        <v>222.765</v>
+      </c>
+      <c r="G645">
+        <v>2809.543</v>
+      </c>
+      <c r="H645">
+        <v>1344.236</v>
+      </c>
+      <c r="I645">
+        <v>21.331</v>
+      </c>
+      <c r="J645">
+        <v>84.822</v>
+      </c>
+      <c r="K645">
+        <v>19.464</v>
+      </c>
+      <c r="L645">
+        <v>13.121</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>31829.074</v>
+      </c>
+      <c r="C646">
+        <v>716.348</v>
+      </c>
+      <c r="D646">
+        <v>890.559</v>
+      </c>
+      <c r="E646">
+        <v>154.569</v>
+      </c>
+      <c r="F646">
+        <v>226.706</v>
+      </c>
+      <c r="G646">
+        <v>2895.006</v>
+      </c>
+      <c r="H646">
+        <v>1158.346</v>
+      </c>
+      <c r="I646">
+        <v>22.888</v>
+      </c>
+      <c r="J646">
+        <v>80.78</v>
+      </c>
+      <c r="K646">
+        <v>20.97</v>
+      </c>
+      <c r="L646">
+        <v>13.104</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>