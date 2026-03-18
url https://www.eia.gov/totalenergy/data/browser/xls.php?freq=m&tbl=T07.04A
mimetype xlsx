--- v2 (2026-02-01)
+++ v3 (2026-03-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 7.4a Consumption of Combustible Fuels for Electricity Generation and Useful Thermal Output: Total (All Sectors)</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
   <si>
     <t>Residual Fuel Oil Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
   <si>
     <t>Petroleum Coke Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
   <si>
     <t>Total Petroleum Consumption for Electricity Generation and Useful Thermal Output, All Sectors</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="151.534" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="88.835" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="104.974" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.689" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="109.259" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="99.547" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="100.69" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="96.405" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="103.832" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="88.835" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="89.835" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -24709,50 +24709,88 @@
         <v>890.559</v>
       </c>
       <c r="E646">
         <v>154.569</v>
       </c>
       <c r="F646">
         <v>226.706</v>
       </c>
       <c r="G646">
         <v>2895.006</v>
       </c>
       <c r="H646">
         <v>1158.346</v>
       </c>
       <c r="I646">
         <v>22.888</v>
       </c>
       <c r="J646">
         <v>80.78</v>
       </c>
       <c r="K646">
         <v>20.97</v>
       </c>
       <c r="L646">
         <v>13.104</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>31710.067</v>
+      </c>
+      <c r="C647">
+        <v>959.59</v>
+      </c>
+      <c r="D647">
+        <v>784.882</v>
+      </c>
+      <c r="E647">
+        <v>160.342</v>
+      </c>
+      <c r="F647">
+        <v>195.604</v>
+      </c>
+      <c r="G647">
+        <v>2882.834</v>
+      </c>
+      <c r="H647">
+        <v>1081.968</v>
+      </c>
+      <c r="I647">
+        <v>22.754</v>
+      </c>
+      <c r="J647">
+        <v>80.963</v>
+      </c>
+      <c r="K647">
+        <v>21.413</v>
+      </c>
+      <c r="L647">
+        <v>13.473</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>