--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 7.3c Consumption of Selected Combustible Fuels for Electricity Generation: Commercial and Industrial  Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation, Commercial Sector</t>
   </si>
   <si>
     <t>Petroleum Consumption for Electricity Generation, Commercial Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumption for Electricity Generation, Commercial Sector</t>
   </si>
   <si>
     <t>Waste Consumption for Electricity Generation, Commercial Sector</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation, Industrial Sector</t>
   </si>
   <si>
     <t>Petroleum Consumption for Electricity Generation, Industrial Sector</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z450"/>
+  <dimension ref="A1:Z451"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A450"/>
+      <selection activeCell="A13" sqref="A13:A451"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="148.964" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -17261,50 +17261,88 @@
         <v>4.101</v>
       </c>
       <c r="E450">
         <v>4.759</v>
       </c>
       <c r="F450">
         <v>125.776</v>
       </c>
       <c r="G450">
         <v>98.786</v>
       </c>
       <c r="H450">
         <v>49.237</v>
       </c>
       <c r="I450">
         <v>3.488</v>
       </c>
       <c r="J450">
         <v>11.414</v>
       </c>
       <c r="K450">
         <v>0.341</v>
       </c>
       <c r="L450">
         <v>0.872</v>
+      </c>
+    </row>
+    <row r="451" spans="1:26">
+      <c r="A451" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B451">
+        <v>6.285</v>
+      </c>
+      <c r="C451" t="s">
+        <v>21</v>
+      </c>
+      <c r="D451">
+        <v>4.756</v>
+      </c>
+      <c r="E451">
+        <v>4.911</v>
+      </c>
+      <c r="F451">
+        <v>130.505</v>
+      </c>
+      <c r="G451">
+        <v>77.156</v>
+      </c>
+      <c r="H451">
+        <v>52.438</v>
+      </c>
+      <c r="I451">
+        <v>3.298</v>
+      </c>
+      <c r="J451">
+        <v>12.163</v>
+      </c>
+      <c r="K451">
+        <v>0.357</v>
+      </c>
+      <c r="L451">
+        <v>0.938</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>