--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 7.3c Consumption of Selected Combustible Fuels for Electricity Generation: Commercial and Industrial  Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation, Commercial Sector</t>
   </si>
   <si>
     <t>Petroleum Consumption for Electricity Generation, Commercial Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumption for Electricity Generation, Commercial Sector</t>
   </si>
   <si>
     <t>Waste Consumption for Electricity Generation, Commercial Sector</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation, Industrial Sector</t>
   </si>
   <si>
     <t>Petroleum Consumption for Electricity Generation, Industrial Sector</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z451"/>
+  <dimension ref="A1:Z453"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A451"/>
+      <selection activeCell="A13" sqref="A13:A453"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="148.964" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -16584,765 +16584,841 @@
       </c>
       <c r="G432">
         <v>83.445</v>
       </c>
       <c r="H432">
         <v>53.796</v>
       </c>
       <c r="I432">
         <v>4.324</v>
       </c>
       <c r="J432">
         <v>12.414</v>
       </c>
       <c r="K432">
         <v>0.502</v>
       </c>
       <c r="L432">
         <v>1.098</v>
       </c>
     </row>
     <row r="433" spans="1:26">
       <c r="A433" s="6">
         <v>45292.0</v>
       </c>
       <c r="B433">
-        <v>9.829</v>
+        <v>10.102</v>
       </c>
       <c r="C433">
-        <v>28.249</v>
+        <v>30.705</v>
       </c>
       <c r="D433">
-        <v>4.289</v>
+        <v>4.128</v>
       </c>
       <c r="E433">
-        <v>5.179</v>
+        <v>5.249</v>
       </c>
       <c r="F433">
-        <v>130.03</v>
+        <v>128.494</v>
       </c>
       <c r="G433">
-        <v>91.047</v>
+        <v>91.992</v>
       </c>
       <c r="H433">
-        <v>55.636</v>
+        <v>54.057</v>
       </c>
       <c r="I433">
-        <v>4.433</v>
+        <v>4.51</v>
       </c>
       <c r="J433">
-        <v>11.882</v>
+        <v>11.762</v>
       </c>
       <c r="K433">
-        <v>0.478</v>
+        <v>0.542</v>
       </c>
       <c r="L433">
-        <v>0.991</v>
+        <v>1.288</v>
       </c>
     </row>
     <row r="434" spans="1:26">
       <c r="A434" s="6">
         <v>45323.0</v>
       </c>
       <c r="B434">
-        <v>6.734</v>
+        <v>7.213</v>
       </c>
       <c r="C434">
-        <v>14.576</v>
+        <v>14.595</v>
       </c>
       <c r="D434">
-        <v>4.003</v>
+        <v>3.745</v>
       </c>
       <c r="E434">
-        <v>4.649</v>
+        <v>4.729</v>
       </c>
       <c r="F434">
-        <v>121.14</v>
+        <v>119.683</v>
       </c>
       <c r="G434">
-        <v>81.768</v>
+        <v>87.883</v>
       </c>
       <c r="H434">
-        <v>49.106</v>
+        <v>48.241</v>
       </c>
       <c r="I434">
-        <v>3.26</v>
+        <v>3.985</v>
       </c>
       <c r="J434">
-        <v>11.086</v>
+        <v>11.121</v>
       </c>
       <c r="K434">
-        <v>0.457</v>
+        <v>0.522</v>
       </c>
       <c r="L434">
-        <v>0.89</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="435" spans="1:26">
       <c r="A435" s="6">
         <v>45352.0</v>
       </c>
       <c r="B435">
-        <v>6.58</v>
+        <v>6.232</v>
       </c>
       <c r="C435">
-        <v>17.724</v>
+        <v>17.588</v>
       </c>
       <c r="D435">
-        <v>4.175</v>
+        <v>3.746</v>
       </c>
       <c r="E435">
-        <v>4.767</v>
+        <v>4.914</v>
       </c>
       <c r="F435">
-        <v>131.735</v>
+        <v>126.686</v>
       </c>
       <c r="G435">
-        <v>69.534</v>
+        <v>80.559</v>
       </c>
       <c r="H435">
-        <v>48.773</v>
+        <v>48.722</v>
       </c>
       <c r="I435">
-        <v>3.158</v>
+        <v>3.908</v>
       </c>
       <c r="J435">
-        <v>11.779</v>
+        <v>11.77</v>
       </c>
       <c r="K435">
-        <v>0.527</v>
+        <v>0.575</v>
       </c>
       <c r="L435">
-        <v>0.893</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="436" spans="1:26">
       <c r="A436" s="6">
         <v>45383.0</v>
       </c>
       <c r="B436">
-        <v>4.483</v>
+        <v>4.882</v>
       </c>
       <c r="C436">
-        <v>18.866</v>
+        <v>16.982</v>
       </c>
       <c r="D436">
-        <v>3.485</v>
+        <v>3.512</v>
       </c>
       <c r="E436">
-        <v>4.791</v>
+        <v>4.909</v>
       </c>
       <c r="F436">
-        <v>101.596</v>
+        <v>96.796</v>
       </c>
       <c r="G436">
-        <v>75.621</v>
+        <v>76.693</v>
       </c>
       <c r="H436">
-        <v>48.656</v>
+        <v>47.174</v>
       </c>
       <c r="I436">
-        <v>3.157</v>
+        <v>3.823</v>
       </c>
       <c r="J436">
-        <v>11.499</v>
+        <v>11.221</v>
       </c>
       <c r="K436">
-        <v>0.452</v>
+        <v>0.495</v>
       </c>
       <c r="L436">
-        <v>0.833</v>
+        <v>1.204</v>
       </c>
     </row>
     <row r="437" spans="1:26">
       <c r="A437" s="6">
         <v>45413.0</v>
       </c>
       <c r="B437">
-        <v>2.815</v>
+        <v>2.076</v>
       </c>
       <c r="C437">
-        <v>20.598</v>
+        <v>18.625</v>
       </c>
       <c r="D437">
-        <v>3.765</v>
+        <v>3.519</v>
       </c>
       <c r="E437">
-        <v>5.004</v>
+        <v>5.246</v>
       </c>
       <c r="F437">
-        <v>118.252</v>
+        <v>114.887</v>
       </c>
       <c r="G437">
-        <v>71.55</v>
+        <v>70.05</v>
       </c>
       <c r="H437">
-        <v>48.338</v>
+        <v>47.565</v>
       </c>
       <c r="I437">
-        <v>3.396</v>
+        <v>3.981</v>
       </c>
       <c r="J437">
-        <v>12.018</v>
+        <v>11.696</v>
       </c>
       <c r="K437">
-        <v>0.438</v>
+        <v>0.507</v>
       </c>
       <c r="L437">
-        <v>0.928</v>
+        <v>1.292</v>
       </c>
     </row>
     <row r="438" spans="1:26">
       <c r="A438" s="6">
         <v>45444.0</v>
       </c>
       <c r="B438">
-        <v>3.758</v>
+        <v>3.421</v>
       </c>
       <c r="C438">
-        <v>23.478</v>
+        <v>24.477</v>
       </c>
       <c r="D438">
         <v>4.168</v>
       </c>
       <c r="E438">
-        <v>4.785</v>
+        <v>4.944</v>
       </c>
       <c r="F438">
-        <v>122.383</v>
+        <v>114.717</v>
       </c>
       <c r="G438">
-        <v>79.804</v>
+        <v>75.957</v>
       </c>
       <c r="H438">
-        <v>46.954</v>
+        <v>47.925</v>
       </c>
       <c r="I438">
-        <v>3.455</v>
+        <v>3.841</v>
       </c>
       <c r="J438">
-        <v>11.744</v>
+        <v>11.702</v>
       </c>
       <c r="K438">
-        <v>0.329</v>
+        <v>0.371</v>
       </c>
       <c r="L438">
-        <v>1.013</v>
+        <v>1.344</v>
       </c>
     </row>
     <row r="439" spans="1:26">
       <c r="A439" s="6">
         <v>45474.0</v>
       </c>
       <c r="B439">
-        <v>5.1</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>4.764</v>
+      </c>
+      <c r="C439">
+        <v>7.995</v>
       </c>
       <c r="D439">
-        <v>4.682</v>
+        <v>4.998</v>
       </c>
       <c r="E439">
-        <v>5.058</v>
+        <v>5.175</v>
       </c>
       <c r="F439">
-        <v>133.122</v>
+        <v>126.397</v>
       </c>
       <c r="G439">
-        <v>80.727</v>
+        <v>83.327</v>
       </c>
       <c r="H439">
-        <v>51.881</v>
+        <v>52.693</v>
       </c>
       <c r="I439">
-        <v>3.48</v>
+        <v>3.971</v>
       </c>
       <c r="J439">
-        <v>11.925</v>
+        <v>12.025</v>
       </c>
       <c r="K439">
-        <v>0.396</v>
+        <v>0.422</v>
       </c>
       <c r="L439">
-        <v>1.1</v>
+        <v>1.411</v>
       </c>
     </row>
     <row r="440" spans="1:26">
       <c r="A440" s="6">
         <v>45505.0</v>
       </c>
       <c r="B440">
-        <v>5.678</v>
+        <v>5.37</v>
       </c>
       <c r="C440">
-        <v>11.021</v>
+        <v>9.228</v>
       </c>
       <c r="D440">
-        <v>4.706</v>
+        <v>4.741</v>
       </c>
       <c r="E440">
-        <v>5.192</v>
+        <v>5.229</v>
       </c>
       <c r="F440">
-        <v>131.067</v>
+        <v>123.863</v>
       </c>
       <c r="G440">
-        <v>73.973</v>
+        <v>72.427</v>
       </c>
       <c r="H440">
-        <v>54.035</v>
+        <v>54.674</v>
       </c>
       <c r="I440">
-        <v>3.711</v>
+        <v>3.901</v>
       </c>
       <c r="J440">
-        <v>12.311</v>
+        <v>12.008</v>
       </c>
       <c r="K440">
-        <v>0.385</v>
+        <v>0.445</v>
       </c>
       <c r="L440">
-        <v>0.929</v>
+        <v>1.268</v>
       </c>
     </row>
     <row r="441" spans="1:26">
       <c r="A441" s="6">
         <v>45536.0</v>
       </c>
       <c r="B441">
-        <v>5.64</v>
+        <v>5.343</v>
       </c>
       <c r="C441">
-        <v>8.282</v>
+        <v>6.811</v>
       </c>
       <c r="D441">
-        <v>4.077</v>
+        <v>3.974</v>
       </c>
       <c r="E441">
-        <v>4.631</v>
+        <v>4.761</v>
       </c>
       <c r="F441">
-        <v>122.705</v>
+        <v>118.282</v>
       </c>
       <c r="G441">
-        <v>65.579</v>
+        <v>63.843</v>
       </c>
       <c r="H441">
-        <v>48.989</v>
+        <v>49.05</v>
       </c>
       <c r="I441">
-        <v>2.848</v>
+        <v>3.342</v>
       </c>
       <c r="J441">
-        <v>11.368</v>
+        <v>11.044</v>
       </c>
       <c r="K441">
-        <v>0.355</v>
+        <v>0.425</v>
       </c>
       <c r="L441">
-        <v>0.862</v>
+        <v>1.158</v>
       </c>
     </row>
     <row r="442" spans="1:26">
       <c r="A442" s="6">
         <v>45566.0</v>
       </c>
       <c r="B442">
-        <v>4.643</v>
+        <v>4.524</v>
       </c>
       <c r="C442">
-        <v>8.774</v>
+        <v>7.327</v>
       </c>
       <c r="D442">
-        <v>3.685</v>
+        <v>3.72</v>
       </c>
       <c r="E442">
-        <v>4.809</v>
+        <v>4.951</v>
       </c>
       <c r="F442">
-        <v>123.839</v>
+        <v>118.611</v>
       </c>
       <c r="G442">
-        <v>69.594</v>
+        <v>73.838</v>
       </c>
       <c r="H442">
-        <v>45.151</v>
+        <v>44.687</v>
       </c>
       <c r="I442">
-        <v>2.4</v>
+        <v>3.195</v>
       </c>
       <c r="J442">
-        <v>10.513</v>
+        <v>10.702</v>
       </c>
       <c r="K442">
-        <v>0.434</v>
+        <v>0.493</v>
       </c>
       <c r="L442">
-        <v>0.787</v>
+        <v>1.128</v>
       </c>
     </row>
     <row r="443" spans="1:26">
       <c r="A443" s="6">
         <v>45597.0</v>
       </c>
       <c r="B443">
-        <v>5.347</v>
+        <v>5.446</v>
       </c>
       <c r="C443">
-        <v>10.964</v>
+        <v>10.067</v>
       </c>
       <c r="D443">
-        <v>3.752</v>
+        <v>3.798</v>
       </c>
       <c r="E443">
-        <v>4.878</v>
+        <v>4.956</v>
       </c>
       <c r="F443">
-        <v>119.499</v>
+        <v>114.566</v>
       </c>
       <c r="G443">
-        <v>80.075</v>
+        <v>74.264</v>
       </c>
       <c r="H443">
-        <v>46.766</v>
+        <v>46.223</v>
       </c>
       <c r="I443">
-        <v>3.208</v>
+        <v>3.353</v>
       </c>
       <c r="J443">
-        <v>11.615</v>
+        <v>11.596</v>
       </c>
       <c r="K443">
-        <v>0.454</v>
+        <v>0.511</v>
       </c>
       <c r="L443">
-        <v>0.963</v>
+        <v>1.279</v>
       </c>
     </row>
     <row r="444" spans="1:26">
       <c r="A444" s="6">
         <v>45627.0</v>
       </c>
       <c r="B444">
-        <v>5.925</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>6.012</v>
+      </c>
+      <c r="C444">
+        <v>19.349</v>
       </c>
       <c r="D444">
-        <v>4.145</v>
+        <v>3.945</v>
       </c>
       <c r="E444">
-        <v>4.958</v>
+        <v>5.053</v>
       </c>
       <c r="F444">
-        <v>131.484</v>
+        <v>127.732</v>
       </c>
       <c r="G444">
-        <v>83.475</v>
+        <v>85.038</v>
       </c>
       <c r="H444">
-        <v>53.235</v>
+        <v>51.363</v>
       </c>
       <c r="I444">
-        <v>4.178</v>
+        <v>3.876</v>
       </c>
       <c r="J444">
-        <v>11.897</v>
+        <v>11.704</v>
       </c>
       <c r="K444">
-        <v>0.451</v>
+        <v>0.481</v>
       </c>
       <c r="L444">
-        <v>0.953</v>
+        <v>1.312</v>
       </c>
     </row>
     <row r="445" spans="1:26">
       <c r="A445" s="6">
         <v>45658.0</v>
       </c>
       <c r="B445">
-        <v>8.426</v>
+        <v>8.584</v>
       </c>
       <c r="C445" t="s">
         <v>21</v>
       </c>
       <c r="D445">
-        <v>4.17</v>
+        <v>4.076</v>
       </c>
       <c r="E445">
-        <v>4.811</v>
+        <v>4.905</v>
       </c>
       <c r="F445">
-        <v>142.644</v>
+        <v>139.169</v>
       </c>
       <c r="G445">
-        <v>96.065</v>
+        <v>101.282</v>
       </c>
       <c r="H445">
-        <v>54.908</v>
+        <v>54.19</v>
       </c>
       <c r="I445">
-        <v>3.885</v>
+        <v>4.472</v>
       </c>
       <c r="J445">
-        <v>11.434</v>
+        <v>11.285</v>
       </c>
       <c r="K445">
-        <v>0.435</v>
+        <v>0.47</v>
       </c>
       <c r="L445">
-        <v>0.866</v>
+        <v>0.899</v>
       </c>
     </row>
     <row r="446" spans="1:26">
       <c r="A446" s="6">
         <v>45689.0</v>
       </c>
       <c r="B446">
-        <v>7.009</v>
+        <v>6.979</v>
       </c>
       <c r="C446" t="s">
         <v>21</v>
       </c>
       <c r="D446">
-        <v>3.716</v>
+        <v>3.573</v>
       </c>
       <c r="E446">
-        <v>4.383</v>
+        <v>4.434</v>
       </c>
       <c r="F446">
-        <v>117.694</v>
+        <v>113.219</v>
       </c>
       <c r="G446">
-        <v>69.176</v>
+        <v>62.273</v>
       </c>
       <c r="H446">
-        <v>46.407</v>
+        <v>45.798</v>
       </c>
       <c r="I446">
-        <v>3.892</v>
+        <v>4.395</v>
       </c>
       <c r="J446">
-        <v>10.6</v>
+        <v>10.496</v>
       </c>
       <c r="K446">
-        <v>0.429</v>
+        <v>0.465</v>
       </c>
       <c r="L446">
-        <v>0.751</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="447" spans="1:26">
       <c r="A447" s="6">
         <v>45717.0</v>
       </c>
       <c r="B447">
-        <v>5.407</v>
+        <v>5.295</v>
       </c>
       <c r="C447">
-        <v>9.744</v>
+        <v>9.134</v>
       </c>
       <c r="D447">
-        <v>3.87</v>
+        <v>3.766</v>
       </c>
       <c r="E447">
-        <v>4.853</v>
+        <v>4.91</v>
       </c>
       <c r="F447">
-        <v>135.067</v>
+        <v>130.692</v>
       </c>
       <c r="G447">
-        <v>67.253</v>
+        <v>76.453</v>
       </c>
       <c r="H447">
-        <v>50.518</v>
+        <v>49.65</v>
       </c>
       <c r="I447">
-        <v>3.077</v>
+        <v>3.549</v>
       </c>
       <c r="J447">
-        <v>11.424</v>
+        <v>11.323</v>
       </c>
       <c r="K447">
-        <v>0.452</v>
+        <v>0.49</v>
       </c>
       <c r="L447">
-        <v>0.821</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="448" spans="1:26">
       <c r="A448" s="6">
         <v>45748.0</v>
       </c>
       <c r="B448">
-        <v>5.048</v>
+        <v>4.905</v>
       </c>
       <c r="C448">
-        <v>7.166</v>
+        <v>6.513</v>
       </c>
       <c r="D448">
-        <v>3.358</v>
+        <v>3.28</v>
       </c>
       <c r="E448">
-        <v>4.774</v>
+        <v>4.819</v>
       </c>
       <c r="F448">
-        <v>116.578</v>
+        <v>113.255</v>
       </c>
       <c r="G448">
-        <v>63.143</v>
+        <v>64.562</v>
       </c>
       <c r="H448">
-        <v>47.614</v>
+        <v>47.075</v>
       </c>
       <c r="I448">
-        <v>2.764</v>
+        <v>3.065</v>
       </c>
       <c r="J448">
-        <v>10.542</v>
+        <v>10.479</v>
       </c>
       <c r="K448">
-        <v>0.394</v>
+        <v>0.421</v>
       </c>
       <c r="L448">
-        <v>0.884</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="449" spans="1:26">
       <c r="A449" s="6">
         <v>45778.0</v>
       </c>
       <c r="B449">
-        <v>5.388</v>
+        <v>5.513</v>
       </c>
       <c r="C449">
-        <v>34.618</v>
+        <v>33.577</v>
       </c>
       <c r="D449">
-        <v>3.436</v>
+        <v>3.341</v>
       </c>
       <c r="E449">
-        <v>4.564</v>
+        <v>4.607</v>
       </c>
       <c r="F449">
-        <v>108.028</v>
+        <v>105.555</v>
       </c>
       <c r="G449">
-        <v>76.748</v>
+        <v>79.748</v>
       </c>
       <c r="H449">
-        <v>48.604</v>
+        <v>47.973</v>
       </c>
       <c r="I449">
-        <v>2.622</v>
+        <v>3.007</v>
       </c>
       <c r="J449">
-        <v>11.459</v>
+        <v>11.377</v>
       </c>
       <c r="K449">
-        <v>0.394</v>
+        <v>0.419</v>
       </c>
       <c r="L449">
-        <v>0.919</v>
+        <v>0.947</v>
       </c>
     </row>
     <row r="450" spans="1:26">
       <c r="A450" s="6">
         <v>45809.0</v>
       </c>
       <c r="B450">
-        <v>3.76</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>3.65</v>
+      </c>
+      <c r="C450">
+        <v>9.57</v>
       </c>
       <c r="D450">
-        <v>4.101</v>
+        <v>3.979</v>
       </c>
       <c r="E450">
-        <v>4.759</v>
+        <v>4.775</v>
       </c>
       <c r="F450">
-        <v>125.776</v>
+        <v>121.088</v>
       </c>
       <c r="G450">
-        <v>98.786</v>
+        <v>103.81</v>
       </c>
       <c r="H450">
-        <v>49.237</v>
+        <v>48.499</v>
       </c>
       <c r="I450">
-        <v>3.488</v>
+        <v>4.001</v>
       </c>
       <c r="J450">
-        <v>11.414</v>
+        <v>11.338</v>
       </c>
       <c r="K450">
-        <v>0.341</v>
+        <v>0.369</v>
       </c>
       <c r="L450">
-        <v>0.872</v>
+        <v>0.899</v>
       </c>
     </row>
     <row r="451" spans="1:26">
       <c r="A451" s="6">
         <v>45839.0</v>
       </c>
       <c r="B451">
-        <v>6.285</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>6.099</v>
+      </c>
+      <c r="C451">
+        <v>9.906</v>
       </c>
       <c r="D451">
-        <v>4.756</v>
+        <v>4.612</v>
       </c>
       <c r="E451">
-        <v>4.911</v>
+        <v>4.939</v>
       </c>
       <c r="F451">
-        <v>130.505</v>
+        <v>125.274</v>
       </c>
       <c r="G451">
-        <v>77.156</v>
+        <v>62.973</v>
       </c>
       <c r="H451">
-        <v>52.438</v>
+        <v>51.656</v>
       </c>
       <c r="I451">
-        <v>3.298</v>
+        <v>3.722</v>
       </c>
       <c r="J451">
-        <v>12.163</v>
+        <v>12.042</v>
       </c>
       <c r="K451">
-        <v>0.357</v>
+        <v>0.389</v>
       </c>
       <c r="L451">
-        <v>0.938</v>
+        <v>0.972</v>
+      </c>
+    </row>
+    <row r="452" spans="1:26">
+      <c r="A452" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B452">
+        <v>5.279</v>
+      </c>
+      <c r="C452">
+        <v>32.652</v>
+      </c>
+      <c r="D452">
+        <v>4.356</v>
+      </c>
+      <c r="E452">
+        <v>4.963</v>
+      </c>
+      <c r="F452">
+        <v>118.556</v>
+      </c>
+      <c r="G452">
+        <v>96.178</v>
+      </c>
+      <c r="H452">
+        <v>52.262</v>
+      </c>
+      <c r="I452">
+        <v>4.069</v>
+      </c>
+      <c r="J452">
+        <v>11.694</v>
+      </c>
+      <c r="K452">
+        <v>0.417</v>
+      </c>
+      <c r="L452">
+        <v>0.987</v>
+      </c>
+    </row>
+    <row r="453" spans="1:26">
+      <c r="A453" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B453">
+        <v>5.661</v>
+      </c>
+      <c r="C453">
+        <v>8.616</v>
+      </c>
+      <c r="D453">
+        <v>4.013</v>
+      </c>
+      <c r="E453">
+        <v>4.852</v>
+      </c>
+      <c r="F453">
+        <v>114.412</v>
+      </c>
+      <c r="G453">
+        <v>76.456</v>
+      </c>
+      <c r="H453">
+        <v>49.524</v>
+      </c>
+      <c r="I453">
+        <v>4.496</v>
+      </c>
+      <c r="J453">
+        <v>11.164</v>
+      </c>
+      <c r="K453">
+        <v>0.403</v>
+      </c>
+      <c r="L453">
+        <v>0.895</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -18787,81 +18863,81 @@
       </c>
       <c r="G47">
         <v>1041.662</v>
       </c>
       <c r="H47">
         <v>608.127</v>
       </c>
       <c r="I47">
         <v>48.475</v>
       </c>
       <c r="J47">
         <v>140.013</v>
       </c>
       <c r="K47">
         <v>5.35</v>
       </c>
       <c r="L47">
         <v>12.4</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="7">
         <v>2024</v>
       </c>
       <c r="B48">
-        <v>66.532</v>
+        <v>65.385</v>
       </c>
       <c r="C48">
-        <v>189.276</v>
+        <v>183.748</v>
       </c>
       <c r="D48">
-        <v>48.932</v>
+        <v>47.993</v>
       </c>
       <c r="E48">
-        <v>58.701</v>
+        <v>60.116</v>
       </c>
       <c r="F48">
-        <v>1486.852</v>
+        <v>1430.714</v>
       </c>
       <c r="G48">
-        <v>922.747</v>
+        <v>935.871</v>
       </c>
       <c r="H48">
-        <v>597.519</v>
+        <v>592.373</v>
       </c>
       <c r="I48">
-        <v>40.683</v>
+        <v>45.688</v>
       </c>
       <c r="J48">
-        <v>139.636</v>
+        <v>138.35</v>
       </c>
       <c r="K48">
-        <v>5.155</v>
+        <v>5.788</v>
       </c>
       <c r="L48">
-        <v>11.142</v>
+        <v>15.163</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>