--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.3c Consumption of Selected Combustible Fuels for Electricity Generation: Commercial and Industrial  Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation, Commercial Sector</t>
   </si>
   <si>
     <t>Petroleum Consumption for Electricity Generation, Commercial Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumption for Electricity Generation, Commercial Sector</t>
   </si>
   <si>
     <t>Waste Consumption for Electricity Generation, Commercial Sector</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation, Industrial Sector</t>
   </si>
   <si>
     <t>Petroleum Consumption for Electricity Generation, Industrial Sector</t>
   </si>
@@ -77,53 +77,50 @@
     <t>Natural Gas Consumption for Electricity Generation, Industrial Sector</t>
   </si>
   <si>
     <t>Other Fossil Gases Consumption for Electricity Generation, Industrial Sector</t>
   </si>
   <si>
     <t>Wood Consumption for Electricity Generation, Industrial Sector</t>
   </si>
   <si>
     <t>Waste Consumption for Electricity Generation, Industrial Sector</t>
   </si>
   <si>
     <t>Other Consumption for Electricity Generation, Industrial Sector</t>
   </si>
   <si>
     <t>(Thousand Short Tons)</t>
   </si>
   <si>
     <t>(Thousand Barrels)</t>
   </si>
   <si>
     <t>(Billion Cubic Feet)</t>
   </si>
   <si>
     <t>(Trillion Btu)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Not Meaningful</t>
   </si>
   <si>
     <t>Annual Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy mmmm"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -492,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z453"/>
+  <dimension ref="A1:Z454"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A453"/>
+      <selection activeCell="A13" sqref="A13:A454"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="148.964" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -17042,90 +17039,90 @@
         <v>85.038</v>
       </c>
       <c r="H444">
         <v>51.363</v>
       </c>
       <c r="I444">
         <v>3.876</v>
       </c>
       <c r="J444">
         <v>11.704</v>
       </c>
       <c r="K444">
         <v>0.481</v>
       </c>
       <c r="L444">
         <v>1.312</v>
       </c>
     </row>
     <row r="445" spans="1:26">
       <c r="A445" s="6">
         <v>45658.0</v>
       </c>
       <c r="B445">
         <v>8.584</v>
       </c>
-      <c r="C445" t="s">
-        <v>21</v>
+      <c r="C445">
+        <v>25.713</v>
       </c>
       <c r="D445">
         <v>4.076</v>
       </c>
       <c r="E445">
         <v>4.905</v>
       </c>
       <c r="F445">
         <v>139.169</v>
       </c>
       <c r="G445">
         <v>101.282</v>
       </c>
       <c r="H445">
         <v>54.19</v>
       </c>
       <c r="I445">
         <v>4.472</v>
       </c>
       <c r="J445">
         <v>11.285</v>
       </c>
       <c r="K445">
         <v>0.47</v>
       </c>
       <c r="L445">
         <v>0.899</v>
       </c>
     </row>
     <row r="446" spans="1:26">
       <c r="A446" s="6">
         <v>45689.0</v>
       </c>
       <c r="B446">
         <v>6.979</v>
       </c>
-      <c r="C446" t="s">
-        <v>21</v>
+      <c r="C446">
+        <v>13.45</v>
       </c>
       <c r="D446">
         <v>3.573</v>
       </c>
       <c r="E446">
         <v>4.434</v>
       </c>
       <c r="F446">
         <v>113.219</v>
       </c>
       <c r="G446">
         <v>62.273</v>
       </c>
       <c r="H446">
         <v>45.798</v>
       </c>
       <c r="I446">
         <v>4.395</v>
       </c>
       <c r="J446">
         <v>10.496</v>
       </c>
       <c r="K446">
         <v>0.465</v>
       </c>
@@ -17375,50 +17372,88 @@
         <v>4.013</v>
       </c>
       <c r="E453">
         <v>4.852</v>
       </c>
       <c r="F453">
         <v>114.412</v>
       </c>
       <c r="G453">
         <v>76.456</v>
       </c>
       <c r="H453">
         <v>49.524</v>
       </c>
       <c r="I453">
         <v>4.496</v>
       </c>
       <c r="J453">
         <v>11.164</v>
       </c>
       <c r="K453">
         <v>0.403</v>
       </c>
       <c r="L453">
         <v>0.895</v>
+      </c>
+    </row>
+    <row r="454" spans="1:26">
+      <c r="A454" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B454">
+        <v>5.9</v>
+      </c>
+      <c r="C454">
+        <v>6.699</v>
+      </c>
+      <c r="D454">
+        <v>3.784</v>
+      </c>
+      <c r="E454">
+        <v>4.808</v>
+      </c>
+      <c r="F454">
+        <v>114.496</v>
+      </c>
+      <c r="G454">
+        <v>89.754</v>
+      </c>
+      <c r="H454">
+        <v>48.349</v>
+      </c>
+      <c r="I454">
+        <v>4.837</v>
+      </c>
+      <c r="J454">
+        <v>10.604</v>
+      </c>
+      <c r="K454">
+        <v>0.513</v>
+      </c>
+      <c r="L454">
+        <v>0.88</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -17456,51 +17491,51 @@
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
         <f>HYPERLINK("http://www.eia.gov/totalenergy/data/monthly/dataunits.php","Note: Information about data precision.")</f>
         <v>Note: Information about data precision.</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>12</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>13</v>
       </c>