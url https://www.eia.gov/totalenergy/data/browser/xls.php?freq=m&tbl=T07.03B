--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 7.3b Consumption of Combustible Fuels for Electricity Generation: Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Residual Fuel Oil Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Petroleum Coke Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Total Petroleum Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="120.685" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="87.836" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="85.551" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="92.12" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="86.693" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -24560,50 +24560,88 @@
         <v>903.922</v>
       </c>
       <c r="E642">
         <v>151.613</v>
       </c>
       <c r="F642">
         <v>177.638</v>
       </c>
       <c r="G642">
         <v>2988.208</v>
       </c>
       <c r="H642">
         <v>1185.137</v>
       </c>
       <c r="I642">
         <v>1.241</v>
       </c>
       <c r="J642">
         <v>12.633</v>
       </c>
       <c r="K642">
         <v>11.355</v>
       </c>
       <c r="L642">
         <v>5.845</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>44917.395</v>
+      </c>
+      <c r="C643">
+        <v>958.298</v>
+      </c>
+      <c r="D643">
+        <v>1000.791</v>
+      </c>
+      <c r="E643">
+        <v>134.433</v>
+      </c>
+      <c r="F643">
+        <v>230.739</v>
+      </c>
+      <c r="G643">
+        <v>3247.217</v>
+      </c>
+      <c r="H643">
+        <v>1467.527</v>
+      </c>
+      <c r="I643">
+        <v>1.089</v>
+      </c>
+      <c r="J643">
+        <v>13.25</v>
+      </c>
+      <c r="K643">
+        <v>11.43</v>
+      </c>
+      <c r="L643">
+        <v>6.375</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>