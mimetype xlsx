--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 7.3b Consumption of Combustible Fuels for Electricity Generation: Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Residual Fuel Oil Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Petroleum Coke Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Total Petroleum Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="120.685" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="87.836" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="85.551" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="92.12" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="86.693" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -23883,765 +23883,841 @@
       </c>
       <c r="G624">
         <v>2334.366</v>
       </c>
       <c r="H624">
         <v>988.826</v>
       </c>
       <c r="I624">
         <v>1.521</v>
       </c>
       <c r="J624">
         <v>12.798</v>
       </c>
       <c r="K624">
         <v>13.63</v>
       </c>
       <c r="L624">
         <v>6.492</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>42288.009</v>
+        <v>42254.69</v>
       </c>
       <c r="C625">
-        <v>1675.602</v>
+        <v>1496.691</v>
       </c>
       <c r="D625">
-        <v>1036.163</v>
+        <v>1013.313</v>
       </c>
       <c r="E625">
-        <v>244.669</v>
+        <v>170.98</v>
       </c>
       <c r="F625">
-        <v>130.838</v>
+        <v>153.786</v>
       </c>
       <c r="G625">
-        <v>3610.624</v>
+        <v>3449.914</v>
       </c>
       <c r="H625">
-        <v>1103.077</v>
+        <v>1104.647</v>
       </c>
       <c r="I625">
-        <v>1.277</v>
+        <v>1.26</v>
       </c>
       <c r="J625">
-        <v>13.819</v>
+        <v>14.232</v>
       </c>
       <c r="K625">
-        <v>12.722</v>
+        <v>12.64</v>
       </c>
       <c r="L625">
-        <v>6.148</v>
+        <v>5.946</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>25798.116</v>
+        <v>25855.297</v>
       </c>
       <c r="C626">
-        <v>592.361</v>
+        <v>526.041</v>
       </c>
       <c r="D626">
-        <v>699.648</v>
+        <v>682.732</v>
       </c>
       <c r="E626">
-        <v>110.815</v>
+        <v>116.328</v>
       </c>
       <c r="F626">
-        <v>108.298</v>
+        <v>111.154</v>
       </c>
       <c r="G626">
-        <v>1944.314</v>
+        <v>1880.871</v>
       </c>
       <c r="H626">
-        <v>886.521</v>
+        <v>882.727</v>
       </c>
       <c r="I626">
-        <v>0.823</v>
+        <v>0.962</v>
       </c>
       <c r="J626">
-        <v>10.837</v>
+        <v>12.276</v>
       </c>
       <c r="K626">
-        <v>11.366</v>
+        <v>11.788</v>
       </c>
       <c r="L626">
-        <v>5.533</v>
+        <v>5.376</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>22135.264</v>
+        <v>22247.18</v>
       </c>
       <c r="C627">
-        <v>648.852</v>
+        <v>566.232</v>
       </c>
       <c r="D627">
-        <v>684.971</v>
+        <v>686.863</v>
       </c>
       <c r="E627">
-        <v>120.867</v>
+        <v>114.251</v>
       </c>
       <c r="F627">
-        <v>56.683</v>
+        <v>79.93</v>
       </c>
       <c r="G627">
-        <v>1738.105</v>
+        <v>1766.996</v>
       </c>
       <c r="H627">
-        <v>891.63</v>
+        <v>889.033</v>
       </c>
       <c r="I627">
-        <v>0.803</v>
+        <v>0.94</v>
       </c>
       <c r="J627">
-        <v>11.071</v>
+        <v>11.683</v>
       </c>
       <c r="K627">
-        <v>12.062</v>
+        <v>12.28</v>
       </c>
       <c r="L627">
-        <v>5.751</v>
+        <v>5.576</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>21146.727</v>
+        <v>21137.935</v>
       </c>
       <c r="C628">
-        <v>920.721</v>
+        <v>772.721</v>
       </c>
       <c r="D628">
-        <v>686.622</v>
+        <v>671.665</v>
       </c>
       <c r="E628">
-        <v>343.875</v>
+        <v>95.653</v>
       </c>
       <c r="F628">
-        <v>96.797</v>
+        <v>117.085</v>
       </c>
       <c r="G628">
-        <v>2435.203</v>
+        <v>2125.464</v>
       </c>
       <c r="H628">
-        <v>854.57</v>
+        <v>854.339</v>
       </c>
       <c r="I628">
-        <v>1.141</v>
+        <v>1.248</v>
       </c>
       <c r="J628">
-        <v>9.82</v>
+        <v>9.596</v>
       </c>
       <c r="K628">
-        <v>11.13</v>
+        <v>11.177</v>
       </c>
       <c r="L628">
-        <v>5.167</v>
+        <v>5.026</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>26105.622</v>
+        <v>26060.848</v>
       </c>
       <c r="C629">
-        <v>820.25</v>
+        <v>698.59</v>
       </c>
       <c r="D629">
-        <v>761.897</v>
+        <v>756.267</v>
       </c>
       <c r="E629">
-        <v>89.441</v>
+        <v>72.445</v>
       </c>
       <c r="F629">
-        <v>111.926</v>
+        <v>131.863</v>
       </c>
       <c r="G629">
-        <v>2231.218</v>
+        <v>2186.617</v>
       </c>
       <c r="H629">
-        <v>1016.497</v>
+        <v>1019.696</v>
       </c>
       <c r="I629">
-        <v>0.792</v>
+        <v>0.859</v>
       </c>
       <c r="J629">
-        <v>12.629</v>
+        <v>10.855</v>
       </c>
       <c r="K629">
-        <v>12.371</v>
+        <v>12.49</v>
       </c>
       <c r="L629">
-        <v>5.922</v>
+        <v>5.735</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>34323.526</v>
+        <v>34309.77</v>
       </c>
       <c r="C630">
-        <v>780.41</v>
+        <v>682.595</v>
       </c>
       <c r="D630">
-        <v>781.202</v>
+        <v>778.472</v>
       </c>
       <c r="E630">
-        <v>102.997</v>
+        <v>97.411</v>
       </c>
       <c r="F630">
-        <v>160.228</v>
+        <v>161.883</v>
       </c>
       <c r="G630">
-        <v>2465.749</v>
+        <v>2367.893</v>
       </c>
       <c r="H630">
-        <v>1213.218</v>
+        <v>1208.311</v>
       </c>
       <c r="I630">
-        <v>1.323</v>
+        <v>1.334</v>
       </c>
       <c r="J630">
-        <v>12.498</v>
+        <v>12.551</v>
       </c>
       <c r="K630">
-        <v>12.01</v>
+        <v>11.993</v>
       </c>
       <c r="L630">
-        <v>5.724</v>
+        <v>5.507</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>40362.472</v>
+        <v>40318.531</v>
       </c>
       <c r="C631">
-        <v>850.729</v>
+        <v>816.418</v>
       </c>
       <c r="D631">
-        <v>865.665</v>
+        <v>856.334</v>
       </c>
       <c r="E631">
-        <v>113.801</v>
+        <v>118.965</v>
       </c>
       <c r="F631">
-        <v>176.433</v>
+        <v>189.049</v>
       </c>
       <c r="G631">
-        <v>2712.36</v>
+        <v>2736.962</v>
       </c>
       <c r="H631">
-        <v>1499.902</v>
+        <v>1493.872</v>
       </c>
       <c r="I631">
-        <v>1.172</v>
+        <v>1.224</v>
       </c>
       <c r="J631">
-        <v>12.284</v>
+        <v>13.017</v>
       </c>
       <c r="K631">
-        <v>12.669</v>
+        <v>12.49</v>
       </c>
       <c r="L631">
-        <v>6.096</v>
+        <v>5.879</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>39290.636</v>
+        <v>39234.613</v>
       </c>
       <c r="C632">
-        <v>923.6</v>
+        <v>851.994</v>
       </c>
       <c r="D632">
-        <v>841.86</v>
+        <v>817.052</v>
       </c>
       <c r="E632">
-        <v>98.976</v>
+        <v>104.637</v>
       </c>
       <c r="F632">
-        <v>173.404</v>
+        <v>184.018</v>
       </c>
       <c r="G632">
-        <v>2731.456</v>
+        <v>2693.773</v>
       </c>
       <c r="H632">
-        <v>1458.406</v>
+        <v>1462.162</v>
       </c>
       <c r="I632">
-        <v>0.988</v>
+        <v>1.005</v>
       </c>
       <c r="J632">
-        <v>13.117</v>
+        <v>13.557</v>
       </c>
       <c r="K632">
-        <v>12.77</v>
+        <v>12.877</v>
       </c>
       <c r="L632">
-        <v>6.163</v>
+        <v>5.938</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>31500.266</v>
+        <v>31369.689</v>
       </c>
       <c r="C633">
-        <v>671.754</v>
+        <v>602.552</v>
       </c>
       <c r="D633">
-        <v>796.758</v>
+        <v>780.884</v>
       </c>
       <c r="E633">
-        <v>85.445</v>
+        <v>66.3</v>
       </c>
       <c r="F633">
-        <v>101.746</v>
+        <v>102.171</v>
       </c>
       <c r="G633">
-        <v>2062.687</v>
+        <v>1960.591</v>
       </c>
       <c r="H633">
-        <v>1196.086</v>
+        <v>1191.246</v>
       </c>
       <c r="I633">
-        <v>1.153</v>
+        <v>1.203</v>
       </c>
       <c r="J633">
-        <v>11.509</v>
+        <v>11.027</v>
       </c>
       <c r="K633">
-        <v>12.152</v>
+        <v>12.129</v>
       </c>
       <c r="L633">
-        <v>5.717</v>
+        <v>5.498</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>27333.822</v>
+        <v>27188.76</v>
       </c>
       <c r="C634">
-        <v>753.532</v>
+        <v>688.922</v>
       </c>
       <c r="D634">
-        <v>847.554</v>
+        <v>841.031</v>
       </c>
       <c r="E634">
-        <v>87.754</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>81.087</v>
+      </c>
+      <c r="F634">
+        <v>105.096</v>
+      </c>
+      <c r="G634">
+        <v>2136.52</v>
       </c>
       <c r="H634">
-        <v>1040.948</v>
+        <v>1041.341</v>
       </c>
       <c r="I634">
-        <v>0.977</v>
+        <v>1.092</v>
       </c>
       <c r="J634">
-        <v>9.78</v>
+        <v>8.272</v>
       </c>
       <c r="K634">
-        <v>12.073</v>
+        <v>12.063</v>
       </c>
       <c r="L634">
-        <v>5.66</v>
+        <v>5.464</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>26330.046</v>
+        <v>26213.023</v>
       </c>
       <c r="C635">
-        <v>710.94</v>
+        <v>650.186</v>
       </c>
       <c r="D635">
-        <v>776.019</v>
+        <v>761.694</v>
       </c>
       <c r="E635">
-        <v>98.312</v>
+        <v>82.093</v>
       </c>
       <c r="F635">
-        <v>71.475</v>
+        <v>93.577</v>
       </c>
       <c r="G635">
-        <v>1942.646</v>
+        <v>1961.858</v>
       </c>
       <c r="H635">
-        <v>963.488</v>
+        <v>959.877</v>
       </c>
       <c r="I635">
-        <v>0.931</v>
+        <v>0.959</v>
       </c>
       <c r="J635">
-        <v>10.981</v>
+        <v>10.139</v>
       </c>
       <c r="K635">
-        <v>11.099</v>
+        <v>11.748</v>
       </c>
       <c r="L635">
-        <v>5.607</v>
+        <v>5.502</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>35286.033</v>
+        <v>35244.637</v>
       </c>
       <c r="C636">
-        <v>1041.5</v>
+        <v>958.333</v>
       </c>
       <c r="D636">
-        <v>1000.902</v>
+        <v>996.591</v>
       </c>
       <c r="E636">
-        <v>134.291</v>
+        <v>120.231</v>
       </c>
       <c r="F636">
-        <v>113.116</v>
+        <v>126.818</v>
       </c>
       <c r="G636">
-        <v>2742.273</v>
+        <v>2709.245</v>
       </c>
       <c r="H636">
-        <v>1003.212</v>
+        <v>1007.132</v>
       </c>
       <c r="I636">
-        <v>1.087</v>
+        <v>1.002</v>
       </c>
       <c r="J636">
-        <v>12.558</v>
+        <v>12.868</v>
       </c>
       <c r="K636">
-        <v>11.101</v>
+        <v>11.947</v>
       </c>
       <c r="L636">
-        <v>5.796</v>
+        <v>5.621</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>45704.281</v>
+        <v>45734.272</v>
       </c>
       <c r="C637">
-        <v>3033.351</v>
+        <v>2950.757</v>
       </c>
       <c r="D637">
-        <v>1483.615</v>
+        <v>1462.561</v>
       </c>
       <c r="E637">
-        <v>352.823</v>
-[...5 lines deleted...]
-        <v>5947.814</v>
+        <v>231.683</v>
+      </c>
+      <c r="F637" t="s">
+        <v>22</v>
+      </c>
+      <c r="G637" t="s">
+        <v>22</v>
       </c>
       <c r="H637">
-        <v>1095.491</v>
+        <v>1092.302</v>
       </c>
       <c r="I637">
-        <v>1.246</v>
+        <v>1.331</v>
       </c>
       <c r="J637">
-        <v>13.177</v>
+        <v>13.107</v>
       </c>
       <c r="K637">
-        <v>11.717</v>
+        <v>11.823</v>
       </c>
       <c r="L637">
-        <v>5.887</v>
+        <v>5.706</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>35015.915</v>
+        <v>35058.468</v>
       </c>
       <c r="C638">
-        <v>1061.466</v>
+        <v>990.174</v>
       </c>
       <c r="D638">
-        <v>865.408</v>
+        <v>841.649</v>
       </c>
       <c r="E638">
-        <v>162.183</v>
+        <v>142.606</v>
       </c>
       <c r="F638">
-        <v>124.093</v>
+        <v>129.975</v>
       </c>
       <c r="G638">
-        <v>2709.522</v>
+        <v>2624.304</v>
       </c>
       <c r="H638">
-        <v>905.826</v>
+        <v>903.702</v>
       </c>
       <c r="I638">
-        <v>1.462</v>
+        <v>1.536</v>
       </c>
       <c r="J638">
-        <v>11.477</v>
+        <v>11.624</v>
       </c>
       <c r="K638">
-        <v>10.615</v>
+        <v>10.699</v>
       </c>
       <c r="L638">
-        <v>5.262</v>
+        <v>5.089</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>27779.687</v>
+        <v>27880.15</v>
       </c>
       <c r="C639">
-        <v>708.708</v>
+        <v>637.921</v>
       </c>
       <c r="D639">
-        <v>753.889</v>
+        <v>748.793</v>
       </c>
       <c r="E639">
-        <v>105.862</v>
+        <v>98.168</v>
       </c>
       <c r="F639">
-        <v>140.139</v>
+        <v>153.059</v>
       </c>
       <c r="G639">
-        <v>2269.154</v>
+        <v>2250.177</v>
       </c>
       <c r="H639">
-        <v>806.638</v>
+        <v>803.884</v>
       </c>
       <c r="I639">
-        <v>0.779</v>
+        <v>0.814</v>
       </c>
       <c r="J639">
-        <v>11.566</v>
+        <v>11.933</v>
       </c>
       <c r="K639">
-        <v>11.477</v>
+        <v>11.634</v>
       </c>
       <c r="L639">
-        <v>5.572</v>
+        <v>5.381</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>25865.348</v>
+        <v>25745.339</v>
       </c>
       <c r="C640">
-        <v>722.34</v>
+        <v>668.116</v>
       </c>
       <c r="D640">
-        <v>711.146</v>
+        <v>707.324</v>
       </c>
       <c r="E640">
-        <v>87.993</v>
+        <v>81.106</v>
       </c>
       <c r="F640">
-        <v>111.79</v>
+        <v>123.18</v>
       </c>
       <c r="G640">
-        <v>2080.429</v>
+        <v>2072.446</v>
       </c>
       <c r="H640">
-        <v>807.846</v>
+        <v>804.464</v>
       </c>
       <c r="I640">
-        <v>0.586</v>
+        <v>0.617</v>
       </c>
       <c r="J640">
-        <v>8.132</v>
+        <v>8.184</v>
       </c>
       <c r="K640">
-        <v>11.049</v>
+        <v>11.197</v>
       </c>
       <c r="L640">
-        <v>5.592</v>
+        <v>5.407</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>27730.33</v>
+        <v>27813.69</v>
       </c>
       <c r="C641">
-        <v>592.551</v>
+        <v>561.729</v>
       </c>
       <c r="D641">
-        <v>700.245</v>
+        <v>694.504</v>
       </c>
       <c r="E641">
-        <v>63.023</v>
+        <v>54.952</v>
       </c>
       <c r="F641">
-        <v>137.867</v>
+        <v>130.845</v>
       </c>
       <c r="G641">
-        <v>2045.154</v>
+        <v>1965.41</v>
       </c>
       <c r="H641">
-        <v>945.486</v>
+        <v>944.836</v>
       </c>
       <c r="I641">
-        <v>0.639</v>
+        <v>0.678</v>
       </c>
       <c r="J641">
-        <v>11.254</v>
+        <v>11.163</v>
       </c>
       <c r="K641">
-        <v>11.433</v>
+        <v>11.757</v>
       </c>
       <c r="L641">
-        <v>6.054</v>
+        <v>5.858</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>36372.548</v>
+        <v>36416.738</v>
       </c>
       <c r="C642">
-        <v>1044.483</v>
+        <v>962.061</v>
       </c>
       <c r="D642">
-        <v>903.922</v>
+        <v>876.354</v>
       </c>
       <c r="E642">
-        <v>151.613</v>
+        <v>122.084</v>
       </c>
       <c r="F642">
-        <v>177.638</v>
+        <v>161.44</v>
       </c>
       <c r="G642">
-        <v>2988.208</v>
+        <v>2767.699</v>
       </c>
       <c r="H642">
-        <v>1185.137</v>
+        <v>1181.353</v>
       </c>
       <c r="I642">
-        <v>1.241</v>
+        <v>1.307</v>
       </c>
       <c r="J642">
-        <v>12.633</v>
+        <v>12.71</v>
       </c>
       <c r="K642">
-        <v>11.355</v>
+        <v>12.021</v>
       </c>
       <c r="L642">
-        <v>5.845</v>
+        <v>5.637</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>44917.395</v>
+        <v>44964.029</v>
       </c>
       <c r="C643">
-        <v>958.298</v>
+        <v>879.559</v>
       </c>
       <c r="D643">
-        <v>1000.791</v>
+        <v>969.994</v>
       </c>
       <c r="E643">
-        <v>134.433</v>
-[...5 lines deleted...]
-        <v>3247.217</v>
+        <v>111.208</v>
+      </c>
+      <c r="F643" t="s">
+        <v>22</v>
+      </c>
+      <c r="G643" t="s">
+        <v>22</v>
       </c>
       <c r="H643">
-        <v>1467.527</v>
+        <v>1461.394</v>
       </c>
       <c r="I643">
-        <v>1.089</v>
+        <v>1.138</v>
       </c>
       <c r="J643">
-        <v>13.25</v>
+        <v>13.379</v>
       </c>
       <c r="K643">
-        <v>11.43</v>
+        <v>11.847</v>
       </c>
       <c r="L643">
-        <v>6.375</v>
+        <v>6.198</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>39561.367</v>
+      </c>
+      <c r="C644">
+        <v>836.774</v>
+      </c>
+      <c r="D644">
+        <v>845.8</v>
+      </c>
+      <c r="E644">
+        <v>114.002</v>
+      </c>
+      <c r="F644">
+        <v>191.146</v>
+      </c>
+      <c r="G644">
+        <v>2752.306</v>
+      </c>
+      <c r="H644">
+        <v>1379.061</v>
+      </c>
+      <c r="I644">
+        <v>0.69</v>
+      </c>
+      <c r="J644">
+        <v>13.427</v>
+      </c>
+      <c r="K644">
+        <v>11.414</v>
+      </c>
+      <c r="L644">
+        <v>6.026</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>33311.07</v>
+      </c>
+      <c r="C645">
+        <v>670.89</v>
+      </c>
+      <c r="D645">
+        <v>802.627</v>
+      </c>
+      <c r="E645">
+        <v>86.773</v>
+      </c>
+      <c r="F645">
+        <v>157.618</v>
+      </c>
+      <c r="G645">
+        <v>2348.38</v>
+      </c>
+      <c r="H645">
+        <v>1191.714</v>
+      </c>
+      <c r="I645">
+        <v>0.753</v>
+      </c>
+      <c r="J645">
+        <v>13.359</v>
+      </c>
+      <c r="K645">
+        <v>11.294</v>
+      </c>
+      <c r="L645">
+        <v>5.548</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -27606,81 +27682,81 @@
       </c>
       <c r="G87">
         <v>30229.145</v>
       </c>
       <c r="H87">
         <v>12588.3</v>
       </c>
       <c r="I87">
         <v>16.67</v>
       </c>
       <c r="J87">
         <v>149.251</v>
       </c>
       <c r="K87">
         <v>154.266</v>
       </c>
       <c r="L87">
         <v>73.592</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>371900.538</v>
+        <v>371434.972</v>
       </c>
       <c r="C88">
-        <v>10390.251</v>
+        <v>9311.275</v>
       </c>
       <c r="D88">
-        <v>9779.261</v>
+        <v>9642.898</v>
       </c>
       <c r="E88">
-        <v>1631.243</v>
+        <v>1240.38</v>
       </c>
       <c r="F88">
-        <v>1373.941</v>
+        <v>1556.43</v>
       </c>
       <c r="G88">
-        <v>28670.46</v>
+        <v>27976.703</v>
       </c>
       <c r="H88">
-        <v>13127.554</v>
+        <v>13114.382</v>
       </c>
       <c r="I88">
-        <v>12.467</v>
+        <v>13.089</v>
       </c>
       <c r="J88">
-        <v>140.904</v>
+        <v>140.073</v>
       </c>
       <c r="K88">
-        <v>143.528</v>
+        <v>145.622</v>
       </c>
       <c r="L88">
-        <v>69.283</v>
+        <v>67.069</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>