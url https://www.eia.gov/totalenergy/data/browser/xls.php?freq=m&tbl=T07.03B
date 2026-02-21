--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.3b Consumption of Combustible Fuels for Electricity Generation: Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Residual Fuel Oil Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Petroleum Coke Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Total Petroleum Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
@@ -80,53 +80,50 @@
     <t>Other Fossil Gases Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Wood Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Waste Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>(Thousand Short Tons)</t>
   </si>
   <si>
     <t>(Thousand Barrels)</t>
   </si>
   <si>
     <t>(Billion Cubic Feet)</t>
   </si>
   <si>
     <t>(Trillion Btu)</t>
   </si>
   <si>
     <t>Not Available</t>
-  </si>
-[...1 lines deleted...]
-    <t>Not Meaningful</t>
   </si>
   <si>
     <t>Annual Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy mmmm"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -495,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="120.685" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="87.836" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="85.551" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="92.12" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="86.693" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -24350,55 +24347,55 @@
         <v>12.868</v>
       </c>
       <c r="K636">
         <v>11.947</v>
       </c>
       <c r="L636">
         <v>5.621</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>45734.272</v>
       </c>
       <c r="C637">
         <v>2950.757</v>
       </c>
       <c r="D637">
         <v>1462.561</v>
       </c>
       <c r="E637">
         <v>231.683</v>
       </c>
-      <c r="F637" t="s">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="F637">
+        <v>199.078</v>
+      </c>
+      <c r="G637">
+        <v>5640.391</v>
       </c>
       <c r="H637">
         <v>1092.302</v>
       </c>
       <c r="I637">
         <v>1.331</v>
       </c>
       <c r="J637">
         <v>13.107</v>
       </c>
       <c r="K637">
         <v>11.823</v>
       </c>
       <c r="L637">
         <v>5.706</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>35058.468</v>
       </c>
       <c r="C638">
@@ -24578,55 +24575,55 @@
         <v>12.71</v>
       </c>
       <c r="K642">
         <v>12.021</v>
       </c>
       <c r="L642">
         <v>5.637</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>44964.029</v>
       </c>
       <c r="C643">
         <v>879.559</v>
       </c>
       <c r="D643">
         <v>969.994</v>
       </c>
       <c r="E643">
         <v>111.208</v>
       </c>
-      <c r="F643" t="s">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="F643">
+        <v>201.182</v>
+      </c>
+      <c r="G643">
+        <v>2966.671</v>
       </c>
       <c r="H643">
         <v>1461.394</v>
       </c>
       <c r="I643">
         <v>1.138</v>
       </c>
       <c r="J643">
         <v>13.379</v>
       </c>
       <c r="K643">
         <v>11.847</v>
       </c>
       <c r="L643">
         <v>6.198</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>39561.367</v>
       </c>
       <c r="C644">
@@ -24674,50 +24671,88 @@
         <v>802.627</v>
       </c>
       <c r="E645">
         <v>86.773</v>
       </c>
       <c r="F645">
         <v>157.618</v>
       </c>
       <c r="G645">
         <v>2348.38</v>
       </c>
       <c r="H645">
         <v>1191.714</v>
       </c>
       <c r="I645">
         <v>0.753</v>
       </c>
       <c r="J645">
         <v>13.359</v>
       </c>
       <c r="K645">
         <v>11.294</v>
       </c>
       <c r="L645">
         <v>5.548</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>31044.338</v>
+      </c>
+      <c r="C646">
+        <v>671.818</v>
+      </c>
+      <c r="D646">
+        <v>830.725</v>
+      </c>
+      <c r="E646">
+        <v>97.112</v>
+      </c>
+      <c r="F646">
+        <v>162.45</v>
+      </c>
+      <c r="G646">
+        <v>2411.905</v>
+      </c>
+      <c r="H646">
+        <v>1007.924</v>
+      </c>
+      <c r="I646">
+        <v>0.977</v>
+      </c>
+      <c r="J646">
+        <v>10.606</v>
+      </c>
+      <c r="K646">
+        <v>11.213</v>
+      </c>
+      <c r="L646">
+        <v>5.527</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -24755,51 +24790,51 @@
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
         <f>HYPERLINK("http://www.eia.gov/totalenergy/data/monthly/dataunits.php","Note: Information about data precision.")</f>
         <v>Note: Information about data precision.</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>12</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>13</v>
       </c>