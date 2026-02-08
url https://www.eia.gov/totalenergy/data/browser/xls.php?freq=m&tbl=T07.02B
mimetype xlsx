--- v0 (2025-12-20)
+++ v1 (2026-02-08)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.2b Electricity Net Generation: Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Electricity Net Generation From Coal, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Petroleum, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Natural Gas, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Other Fossil Gases, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Nuclear Electric Power, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Hydroelectric Pumped Storage, Electric Power Sector</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.267" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="89.835" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="94.12" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28436,50 +28436,138 @@
         <v>70705.131</v>
       </c>
       <c r="G644">
         <v>-568.009</v>
       </c>
       <c r="H644">
         <v>19890.765</v>
       </c>
       <c r="I644">
         <v>968.324</v>
       </c>
       <c r="J644">
         <v>846.96</v>
       </c>
       <c r="K644">
         <v>1348.824</v>
       </c>
       <c r="L644">
         <v>31355.338</v>
       </c>
       <c r="M644">
         <v>27279.328</v>
       </c>
       <c r="N644">
         <v>406336.695</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>58072.001</v>
+      </c>
+      <c r="C645">
+        <v>1245.134</v>
+      </c>
+      <c r="D645">
+        <v>159146.226</v>
+      </c>
+      <c r="E645">
+        <v>157.707</v>
+      </c>
+      <c r="F645">
+        <v>65457.826</v>
+      </c>
+      <c r="G645">
+        <v>-456.502</v>
+      </c>
+      <c r="H645">
+        <v>15247.284</v>
+      </c>
+      <c r="I645">
+        <v>938.063</v>
+      </c>
+      <c r="J645">
+        <v>808.936</v>
+      </c>
+      <c r="K645">
+        <v>1283.593</v>
+      </c>
+      <c r="L645">
+        <v>27775.683</v>
+      </c>
+      <c r="M645">
+        <v>25662.559</v>
+      </c>
+      <c r="N645">
+        <v>355317.098</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>54086.16</v>
+      </c>
+      <c r="C646">
+        <v>1313.279</v>
+      </c>
+      <c r="D646">
+        <v>135438.286</v>
+      </c>
+      <c r="E646">
+        <v>203.737</v>
+      </c>
+      <c r="F646">
+        <v>59222.248</v>
+      </c>
+      <c r="G646">
+        <v>-513.452</v>
+      </c>
+      <c r="H646">
+        <v>16468.612</v>
+      </c>
+      <c r="I646">
+        <v>750.543</v>
+      </c>
+      <c r="J646">
+        <v>788.747</v>
+      </c>
+      <c r="K646">
+        <v>1267.063</v>
+      </c>
+      <c r="L646">
+        <v>24281.049</v>
+      </c>
+      <c r="M646">
+        <v>39513.581</v>
+      </c>
+      <c r="N646">
+        <v>332812.02</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>