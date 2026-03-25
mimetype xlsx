--- v1 (2026-02-08)
+++ v2 (2026-03-25)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 7.2b Electricity Net Generation: Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Electricity Net Generation From Coal, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Petroleum, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Natural Gas, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Other Fossil Gases, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Nuclear Electric Power, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Hydroelectric Pumped Storage, Electric Power Sector</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.267" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="89.835" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="94.12" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28524,50 +28524,94 @@
         <v>59222.248</v>
       </c>
       <c r="G646">
         <v>-513.452</v>
       </c>
       <c r="H646">
         <v>16468.612</v>
       </c>
       <c r="I646">
         <v>750.543</v>
       </c>
       <c r="J646">
         <v>788.747</v>
       </c>
       <c r="K646">
         <v>1267.063</v>
       </c>
       <c r="L646">
         <v>24281.049</v>
       </c>
       <c r="M646">
         <v>39513.581</v>
       </c>
       <c r="N646">
         <v>332812.02</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>54149.296</v>
+      </c>
+      <c r="C647">
+        <v>1266.545</v>
+      </c>
+      <c r="D647">
+        <v>122603.634</v>
+      </c>
+      <c r="E647">
+        <v>190.99</v>
+      </c>
+      <c r="F647">
+        <v>63809.357</v>
+      </c>
+      <c r="G647">
+        <v>-609.976</v>
+      </c>
+      <c r="H647">
+        <v>18331.955</v>
+      </c>
+      <c r="I647">
+        <v>828.794</v>
+      </c>
+      <c r="J647">
+        <v>828.026</v>
+      </c>
+      <c r="K647">
+        <v>1263.213</v>
+      </c>
+      <c r="L647">
+        <v>18346.954</v>
+      </c>
+      <c r="M647">
+        <v>40918.4</v>
+      </c>
+      <c r="N647">
+        <v>321990.284</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>