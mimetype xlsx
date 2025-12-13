--- v0 (2025-10-29)
+++ v1 (2025-12-13)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 7.2a Electricity Net Generation: Total (All Sectors)</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Electricity Net Generation From Coal, All Sectors</t>
   </si>
   <si>
     <t>Electricity Net Generation From Petroleum, All Sectors</t>
   </si>
   <si>
     <t>Electricity Net Generation From Natural Gas, All Sectors</t>
   </si>
   <si>
     <t>Electricity Net Generation From Other Fossil Gases, All Sectors</t>
   </si>
   <si>
     <t>Electricity Net Generation From Nuclear Electric Power, All Sectors</t>
   </si>
   <si>
     <t>Electricity Net Generation From Hydroelectric Pumped Storage, All Sectors</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="75.696" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27563,879 +27563,923 @@
       </c>
       <c r="I624">
         <v>2774.372</v>
       </c>
       <c r="J624">
         <v>1403.079</v>
       </c>
       <c r="K624">
         <v>1472.619</v>
       </c>
       <c r="L624">
         <v>9112.507</v>
       </c>
       <c r="M624">
         <v>38038.363</v>
       </c>
       <c r="N624">
         <v>347731.618</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>75690.976</v>
+        <v>75617.528</v>
       </c>
       <c r="C625">
-        <v>1864.22</v>
+        <v>1828.488</v>
       </c>
       <c r="D625">
-        <v>160135.505</v>
+        <v>161666.641</v>
       </c>
       <c r="E625">
-        <v>1071.377</v>
+        <v>1074.055</v>
       </c>
       <c r="F625">
         <v>69079.735</v>
       </c>
       <c r="G625">
-        <v>-412.218</v>
+        <v>-414.066</v>
       </c>
       <c r="H625">
-        <v>21936.007</v>
+        <v>21553.904</v>
       </c>
       <c r="I625">
-        <v>2864.731</v>
+        <v>2849.268</v>
       </c>
       <c r="J625">
-        <v>1306.847</v>
+        <v>1294.906</v>
       </c>
       <c r="K625">
-        <v>1421.038</v>
+        <v>1398.953</v>
       </c>
       <c r="L625">
-        <v>9739.604</v>
+        <v>9582.862</v>
       </c>
       <c r="M625">
-        <v>34930.457</v>
+        <v>34790.872</v>
       </c>
       <c r="N625">
-        <v>380434.457</v>
+        <v>381121.901</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>44058.092</v>
+        <v>44137.432</v>
       </c>
       <c r="C626">
-        <v>981.272</v>
+        <v>956.986</v>
       </c>
       <c r="D626">
-        <v>130987.106</v>
+        <v>131844.736</v>
       </c>
       <c r="E626">
-        <v>766.234</v>
+        <v>930.93</v>
       </c>
       <c r="F626">
         <v>64583.812</v>
       </c>
       <c r="G626">
         <v>-403.751</v>
       </c>
       <c r="H626">
-        <v>20105.306</v>
+        <v>20795.299</v>
       </c>
       <c r="I626">
-        <v>2542.34</v>
+        <v>2621.225</v>
       </c>
       <c r="J626">
-        <v>1189.917</v>
+        <v>1202.921</v>
       </c>
       <c r="K626">
-        <v>1318.207</v>
+        <v>1302.748</v>
       </c>
       <c r="L626">
-        <v>12489.13</v>
+        <v>12539.979</v>
       </c>
       <c r="M626">
-        <v>41561.87</v>
+        <v>40981.582</v>
       </c>
       <c r="N626">
-        <v>320899.2</v>
+        <v>322214.35</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>38389.61</v>
+        <v>38505.275</v>
       </c>
       <c r="C627">
-        <v>978.249</v>
+        <v>991.5</v>
       </c>
       <c r="D627">
-        <v>130604.324</v>
+        <v>131137.305</v>
       </c>
       <c r="E627">
-        <v>718.792</v>
+        <v>881.861</v>
       </c>
       <c r="F627">
         <v>63345.769</v>
       </c>
       <c r="G627">
         <v>-348.762</v>
       </c>
       <c r="H627">
-        <v>23320.64</v>
+        <v>23362.635</v>
       </c>
       <c r="I627">
-        <v>2616.08</v>
+        <v>2651.449</v>
       </c>
       <c r="J627">
-        <v>1225.092</v>
+        <v>1241.43</v>
       </c>
       <c r="K627">
-        <v>1289.165</v>
+        <v>1359.485</v>
       </c>
       <c r="L627">
-        <v>15840.339</v>
+        <v>16019.11</v>
       </c>
       <c r="M627">
-        <v>45640.821</v>
+        <v>45101.852</v>
       </c>
       <c r="N627">
-        <v>324312.629</v>
+        <v>324938.099</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>37322.404</v>
+        <v>37245.878</v>
       </c>
       <c r="C628">
-        <v>1165.282</v>
+        <v>1143.76</v>
       </c>
       <c r="D628">
-        <v>121282.098</v>
+        <v>121531.879</v>
       </c>
       <c r="E628">
-        <v>766.672</v>
+        <v>912.837</v>
       </c>
       <c r="F628">
-        <v>57621.498</v>
+        <v>57541.876</v>
       </c>
       <c r="G628">
         <v>-338.148</v>
       </c>
       <c r="H628">
-        <v>19376.296</v>
+        <v>20915.743</v>
       </c>
       <c r="I628">
-        <v>2522.385</v>
+        <v>2423.385</v>
       </c>
       <c r="J628">
-        <v>1153.153</v>
+        <v>1148.829</v>
       </c>
       <c r="K628">
-        <v>1335.683</v>
+        <v>1279.704</v>
       </c>
       <c r="L628">
-        <v>19101.077</v>
+        <v>19241.078</v>
       </c>
       <c r="M628">
-        <v>47380.866</v>
+        <v>47088.46</v>
       </c>
       <c r="N628">
-        <v>309334.542</v>
+        <v>310779.623</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>45912.716</v>
+        <v>45812.366</v>
       </c>
       <c r="C629">
-        <v>1182.231</v>
+        <v>1154.096</v>
       </c>
       <c r="D629">
-        <v>143617.828</v>
+        <v>143993.371</v>
       </c>
       <c r="E629">
-        <v>773.873</v>
+        <v>889.427</v>
       </c>
       <c r="F629">
         <v>64972.965</v>
       </c>
       <c r="G629">
-        <v>-292.231</v>
+        <v>-284.096</v>
       </c>
       <c r="H629">
-        <v>22616.84</v>
+        <v>24477.223</v>
       </c>
       <c r="I629">
-        <v>2786.91</v>
+        <v>2574.96</v>
       </c>
       <c r="J629">
-        <v>1280.274</v>
+        <v>1283.044</v>
       </c>
       <c r="K629">
-        <v>1248.133</v>
+        <v>1246.269</v>
       </c>
       <c r="L629">
-        <v>22209.117</v>
+        <v>22371.397</v>
       </c>
       <c r="M629">
-        <v>38692.585</v>
+        <v>39255.647</v>
       </c>
       <c r="N629">
-        <v>345809.368</v>
+        <v>348485.158</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>61392.893</v>
+        <v>61338.661</v>
       </c>
       <c r="C630">
-        <v>1317.435</v>
+        <v>1278.971</v>
       </c>
       <c r="D630">
-        <v>169307.076</v>
+        <v>169155.862</v>
       </c>
       <c r="E630">
-        <v>880.229</v>
+        <v>940.605</v>
       </c>
       <c r="F630">
         <v>68192.147</v>
       </c>
       <c r="G630">
-        <v>-586.137</v>
+        <v>-578.81</v>
       </c>
       <c r="H630">
-        <v>21171.603</v>
+        <v>22396.57</v>
       </c>
       <c r="I630">
-        <v>2740.275</v>
+        <v>2680.684</v>
       </c>
       <c r="J630">
-        <v>1220.954</v>
+        <v>1210.837</v>
       </c>
       <c r="K630">
-        <v>1276.706</v>
+        <v>1201.904</v>
       </c>
       <c r="L630">
-        <v>24293.637</v>
+        <v>24459.012</v>
       </c>
       <c r="M630">
-        <v>38160.412</v>
+        <v>38661.389</v>
       </c>
       <c r="N630">
-        <v>390102.616</v>
+        <v>391631.988</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>71686.294</v>
+        <v>71565.358</v>
       </c>
       <c r="C631">
-        <v>1446.798</v>
+        <v>1448.204</v>
       </c>
       <c r="D631">
-        <v>207717.358</v>
+        <v>205958.737</v>
       </c>
       <c r="E631">
-        <v>854.108</v>
+        <v>948.889</v>
       </c>
       <c r="F631">
-        <v>69885.242</v>
+        <v>69850.752</v>
       </c>
       <c r="G631">
-        <v>-649.118</v>
+        <v>-638.961</v>
       </c>
       <c r="H631">
-        <v>21187.541</v>
+        <v>21383.981</v>
       </c>
       <c r="I631">
-        <v>2767.466</v>
+        <v>2806.322</v>
       </c>
       <c r="J631">
-        <v>1290.366</v>
+        <v>1264.277</v>
       </c>
       <c r="K631">
-        <v>1330.544</v>
+        <v>1217.524</v>
       </c>
       <c r="L631">
-        <v>24200.473</v>
+        <v>24483.767</v>
       </c>
       <c r="M631">
-        <v>27970.539</v>
+        <v>28304.451</v>
       </c>
       <c r="N631">
-        <v>430456.156</v>
+        <v>429316.641</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>68837.96</v>
+        <v>68760.467</v>
       </c>
       <c r="C632">
-        <v>1455.641</v>
+        <v>1424.362</v>
       </c>
       <c r="D632">
-        <v>203074.905</v>
+        <v>202915.411</v>
       </c>
       <c r="E632">
-        <v>861.453</v>
+        <v>910.7</v>
       </c>
       <c r="F632">
         <v>69760.288</v>
       </c>
       <c r="G632">
-        <v>-812.166</v>
+        <v>-798.265</v>
       </c>
       <c r="H632">
-        <v>21364.134</v>
+        <v>20490.581</v>
       </c>
       <c r="I632">
-        <v>2825.333</v>
+        <v>2839.099</v>
       </c>
       <c r="J632">
-        <v>1302.31</v>
+        <v>1296.999</v>
       </c>
       <c r="K632">
-        <v>1318.394</v>
+        <v>1227.246</v>
       </c>
       <c r="L632">
-        <v>24055.332</v>
+        <v>24328.472</v>
       </c>
       <c r="M632">
-        <v>28763.962</v>
+        <v>29289.62</v>
       </c>
       <c r="N632">
-        <v>423536.494</v>
+        <v>423126.924</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>54628.106</v>
+        <v>54558.652</v>
       </c>
       <c r="C633">
-        <v>1133.354</v>
+        <v>1074.731</v>
       </c>
       <c r="D633">
-        <v>169393.44</v>
+        <v>169670.907</v>
       </c>
       <c r="E633">
-        <v>740.768</v>
+        <v>836.303</v>
       </c>
       <c r="F633">
         <v>62660.468</v>
       </c>
       <c r="G633">
-        <v>-653.819</v>
+        <v>-637.498</v>
       </c>
       <c r="H633">
-        <v>16665.756</v>
+        <v>15911.342</v>
       </c>
       <c r="I633">
-        <v>2608.351</v>
+        <v>2562.96</v>
       </c>
       <c r="J633">
-        <v>1230.099</v>
+        <v>1221.73</v>
       </c>
       <c r="K633">
-        <v>1276.665</v>
+        <v>1201.454</v>
       </c>
       <c r="L633">
-        <v>20263.854</v>
+        <v>20538.237</v>
       </c>
       <c r="M633">
-        <v>28995.206</v>
+        <v>29178.431</v>
       </c>
       <c r="N633">
-        <v>359609.147</v>
+        <v>359396.571</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>46957.335</v>
+        <v>46889.696</v>
       </c>
       <c r="C634">
-        <v>1104.349</v>
+        <v>1160.288</v>
       </c>
       <c r="D634">
-        <v>146347.745</v>
+        <v>146710.817</v>
       </c>
       <c r="E634">
-        <v>620.411</v>
+        <v>800.707</v>
       </c>
       <c r="F634">
         <v>58773.349</v>
       </c>
       <c r="G634">
-        <v>-432.291</v>
+        <v>-438.673</v>
       </c>
       <c r="H634">
-        <v>15821.358</v>
+        <v>15352.212</v>
       </c>
       <c r="I634">
-        <v>2296.688</v>
+        <v>2239.916</v>
       </c>
       <c r="J634">
-        <v>1235.007</v>
+        <v>1241.906</v>
       </c>
       <c r="K634">
-        <v>1200.077</v>
+        <v>1261.078</v>
       </c>
       <c r="L634">
-        <v>19524.808</v>
+        <v>19827.728</v>
       </c>
       <c r="M634">
-        <v>40053.823</v>
+        <v>39591.524</v>
       </c>
       <c r="N634">
-        <v>334119.152</v>
+        <v>333980.118</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>44994.688</v>
+        <v>44924.319</v>
       </c>
       <c r="C635">
-        <v>1083.635</v>
+        <v>1095.089</v>
       </c>
       <c r="D635">
-        <v>137041.413</v>
+        <v>137686.6</v>
       </c>
       <c r="E635">
-        <v>757.896</v>
+        <v>799.878</v>
       </c>
       <c r="F635">
         <v>61904.051</v>
       </c>
       <c r="G635">
-        <v>-488.093</v>
+        <v>-489.545</v>
       </c>
       <c r="H635">
-        <v>18275.92</v>
+        <v>16723.429</v>
       </c>
       <c r="I635">
-        <v>2554.577</v>
+        <v>2550.045</v>
       </c>
       <c r="J635">
-        <v>1201.854</v>
+        <v>1213.303</v>
       </c>
       <c r="K635">
-        <v>1259.446</v>
+        <v>1317.493</v>
       </c>
       <c r="L635">
-        <v>13878.34</v>
+        <v>13841.323</v>
       </c>
       <c r="M635">
-        <v>40960.541</v>
+        <v>40133.134</v>
       </c>
       <c r="N635">
-        <v>324140.911</v>
+        <v>322350.871</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>62888.47</v>
+        <v>62800.289</v>
       </c>
       <c r="C636">
-        <v>1554.488</v>
+        <v>1527.978</v>
       </c>
       <c r="D636">
-        <v>145365.013</v>
+        <v>147629.88</v>
       </c>
       <c r="E636">
-        <v>995.461</v>
+        <v>918.864</v>
       </c>
       <c r="F636">
         <v>71200.098</v>
       </c>
       <c r="G636">
-        <v>-483.566</v>
+        <v>-481.287</v>
       </c>
       <c r="H636">
-        <v>20384.328</v>
+        <v>19533.135</v>
       </c>
       <c r="I636">
-        <v>2749.468</v>
+        <v>2764.635</v>
       </c>
       <c r="J636">
-        <v>1229.653</v>
+        <v>1237.543</v>
       </c>
       <c r="K636">
-        <v>1397.054</v>
+        <v>1393.282</v>
       </c>
       <c r="L636">
-        <v>12942.062</v>
+        <v>12600.947</v>
       </c>
       <c r="M636">
-        <v>40343.068</v>
+        <v>39527.395</v>
       </c>
       <c r="N636">
-        <v>361284.045</v>
+        <v>361292.052</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>83149.592</v>
+        <v>83153.255</v>
       </c>
       <c r="C637">
-        <v>3388.177</v>
+        <v>3288.96</v>
       </c>
       <c r="D637">
-        <v>156526.713</v>
+        <v>157039.661</v>
       </c>
       <c r="E637">
-        <v>978.278</v>
+        <v>1102.53</v>
       </c>
       <c r="F637">
         <v>71738.938</v>
       </c>
       <c r="G637">
-        <v>-465.145</v>
+        <v>-466.586</v>
       </c>
       <c r="H637">
-        <v>21192.353</v>
+        <v>21429.152</v>
       </c>
       <c r="I637">
-        <v>2750.626</v>
+        <v>2758.336</v>
       </c>
       <c r="J637">
-        <v>1218.902</v>
+        <v>1254.66</v>
       </c>
       <c r="K637">
-        <v>1375.125</v>
+        <v>1389.182</v>
       </c>
       <c r="L637">
-        <v>15355.457</v>
+        <v>15428.142</v>
       </c>
       <c r="M637">
-        <v>43630.081</v>
+        <v>43611.651</v>
       </c>
       <c r="N637">
-        <v>401502.63</v>
+        <v>402367.779</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>62262.405</v>
+        <v>62306.022</v>
       </c>
       <c r="C638">
-        <v>1502.929</v>
+        <v>1518</v>
       </c>
       <c r="D638">
-        <v>132339.572</v>
+        <v>131181.793</v>
       </c>
       <c r="E638">
-        <v>1000.075</v>
+        <v>1108.322</v>
       </c>
       <c r="F638">
         <v>61828.502</v>
       </c>
       <c r="G638">
         <v>-410.242</v>
       </c>
       <c r="H638">
-        <v>19331.174</v>
+        <v>19541.087</v>
       </c>
       <c r="I638">
-        <v>2508.484</v>
+        <v>2526.623</v>
       </c>
       <c r="J638">
-        <v>1143.084</v>
+        <v>1164.972</v>
       </c>
       <c r="K638">
-        <v>1245.127</v>
+        <v>1251.775</v>
       </c>
       <c r="L638">
-        <v>16374.304</v>
+        <v>16421.472</v>
       </c>
       <c r="M638">
-        <v>39420.009</v>
+        <v>39356.695</v>
       </c>
       <c r="N638">
-        <v>339147.935</v>
+        <v>338378.906</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>49134.022</v>
+        <v>49215.21</v>
       </c>
       <c r="C639">
-        <v>1255.524</v>
+        <v>1269.691</v>
       </c>
       <c r="D639">
-        <v>118919.934</v>
+        <v>118276.046</v>
       </c>
       <c r="E639">
-        <v>682.809</v>
+        <v>773.254</v>
       </c>
       <c r="F639">
         <v>62456.661</v>
       </c>
       <c r="G639">
         <v>-398.508</v>
       </c>
       <c r="H639">
-        <v>22034.006</v>
+        <v>22454.113</v>
       </c>
       <c r="I639">
-        <v>2646.621</v>
+        <v>2690.756</v>
       </c>
       <c r="J639">
-        <v>1233.49</v>
+        <v>1248.477</v>
       </c>
       <c r="K639">
-        <v>1456.734</v>
+        <v>1387.72</v>
       </c>
       <c r="L639">
-        <v>23067.398</v>
+        <v>23161.266</v>
       </c>
       <c r="M639">
-        <v>50691.775</v>
+        <v>50606.763</v>
       </c>
       <c r="N639">
-        <v>333846.23</v>
+        <v>333731.126</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>45839.191</v>
+        <v>45526.36</v>
       </c>
       <c r="C640">
-        <v>1160.149</v>
+        <v>1175.377</v>
       </c>
       <c r="D640">
-        <v>115960.375</v>
+        <v>114670.708</v>
       </c>
       <c r="E640">
-        <v>591.234</v>
+        <v>650.404</v>
       </c>
       <c r="F640">
         <v>57892.519</v>
       </c>
       <c r="G640">
-        <v>-267.835</v>
+        <v>-259.273</v>
       </c>
       <c r="H640">
-        <v>22414.848</v>
+        <v>22840.027</v>
       </c>
       <c r="I640">
-        <v>2277.664</v>
+        <v>2289.101</v>
       </c>
       <c r="J640">
-        <v>1159.967</v>
+        <v>1177.924</v>
       </c>
       <c r="K640">
-        <v>1284.515</v>
+        <v>1306.188</v>
       </c>
       <c r="L640">
-        <v>26611.662</v>
+        <v>26669.579</v>
       </c>
       <c r="M640">
-        <v>45731.483</v>
+        <v>45888.566</v>
       </c>
       <c r="N640">
-        <v>321347.27</v>
+        <v>320412.484</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>48744.038</v>
+        <v>48778.183</v>
       </c>
       <c r="C641">
-        <v>1220.836</v>
+        <v>1107.881</v>
       </c>
       <c r="D641">
-        <v>135168.704</v>
+        <v>135004.904</v>
       </c>
       <c r="E641">
-        <v>564.396</v>
+        <v>638.368</v>
       </c>
       <c r="F641">
         <v>62144.818</v>
       </c>
       <c r="G641">
         <v>-270.527</v>
       </c>
       <c r="H641">
-        <v>24033.562</v>
+        <v>24358.389</v>
       </c>
       <c r="I641">
-        <v>2583.86</v>
+        <v>2588.086</v>
       </c>
       <c r="J641">
-        <v>1168.128</v>
+        <v>1198.094</v>
       </c>
       <c r="K641">
-        <v>1192.016</v>
+        <v>1253.174</v>
       </c>
       <c r="L641">
-        <v>29596.107</v>
+        <v>29622.961</v>
       </c>
       <c r="M641">
-        <v>36906.513</v>
+        <v>36881.115</v>
       </c>
       <c r="N641">
-        <v>343704.458</v>
+        <v>343861.437</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>64436.406</v>
+        <v>64501.541</v>
       </c>
       <c r="C642">
-        <v>1615.477</v>
+        <v>1532.106</v>
       </c>
       <c r="D642">
-        <v>165109.942</v>
+        <v>164781.33</v>
       </c>
       <c r="E642">
-        <v>856.373</v>
+        <v>965.044</v>
       </c>
       <c r="F642">
         <v>66222.276</v>
       </c>
       <c r="G642">
         <v>-419.552</v>
       </c>
       <c r="H642">
-        <v>21974.601</v>
+        <v>22161.36</v>
       </c>
       <c r="I642">
-        <v>2681.321</v>
+        <v>2699.992</v>
       </c>
       <c r="J642">
-        <v>1181.398</v>
+        <v>1205.821</v>
       </c>
       <c r="K642">
-        <v>1266.795</v>
+        <v>1277.592</v>
       </c>
       <c r="L642">
-        <v>31611.392</v>
+        <v>31742.979</v>
       </c>
       <c r="M642">
-        <v>35851.357</v>
+        <v>35787.955</v>
       </c>
       <c r="N642">
-        <v>393048.69</v>
+        <v>392997.645</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>80248.702</v>
+        <v>80260.24</v>
       </c>
       <c r="C643">
-        <v>1764.756</v>
+        <v>1674.39</v>
       </c>
       <c r="D643">
-        <v>202785.434</v>
+        <v>201957.876</v>
       </c>
       <c r="E643">
-        <v>802.614</v>
+        <v>888.972</v>
       </c>
       <c r="F643">
         <v>70781.33</v>
       </c>
       <c r="G643">
         <v>-485.603</v>
       </c>
       <c r="H643">
-        <v>20087.037</v>
+        <v>19984.274</v>
       </c>
       <c r="I643">
-        <v>2890.428</v>
+        <v>2901.967</v>
       </c>
       <c r="J643">
-        <v>1201.302</v>
+        <v>1231.428</v>
       </c>
       <c r="K643">
-        <v>1288.07</v>
+        <v>1285.006</v>
       </c>
       <c r="L643">
-        <v>33118.809</v>
+        <v>33174.326</v>
       </c>
       <c r="M643">
-        <v>31831.305</v>
+        <v>31815.919</v>
       </c>
       <c r="N643">
-        <v>446899.437</v>
+        <v>446057.001</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>69728.033</v>
+      </c>
+      <c r="C644">
+        <v>1518.801</v>
+      </c>
+      <c r="D644">
+        <v>192845.11</v>
+      </c>
+      <c r="E644">
+        <v>864.989</v>
+      </c>
+      <c r="F644">
+        <v>70705.131</v>
+      </c>
+      <c r="G644">
+        <v>-568.009</v>
+      </c>
+      <c r="H644">
+        <v>19982.759</v>
+      </c>
+      <c r="I644">
+        <v>2835.295</v>
+      </c>
+      <c r="J644">
+        <v>1199.4</v>
+      </c>
+      <c r="K644">
+        <v>1348.824</v>
+      </c>
+      <c r="L644">
+        <v>31500.977</v>
+      </c>
+      <c r="M644">
+        <v>27297.028</v>
+      </c>
+      <c r="N644">
+        <v>419758.855</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31864,87 +31908,87 @@
       </c>
       <c r="I87">
         <v>31614.587</v>
       </c>
       <c r="J87">
         <v>15584.906</v>
       </c>
       <c r="K87">
         <v>16367.398</v>
       </c>
       <c r="L87">
         <v>165530.349</v>
       </c>
       <c r="M87">
         <v>421141.335</v>
       </c>
       <c r="N87">
         <v>4183270.479</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>652759.544</v>
+        <v>652155.921</v>
       </c>
       <c r="C88">
-        <v>15266.953</v>
+        <v>15084.453</v>
       </c>
       <c r="D88">
-        <v>1864873.81</v>
+        <v>1869902.146</v>
       </c>
       <c r="E88">
-        <v>9807.276</v>
+        <v>10845.056</v>
       </c>
       <c r="F88">
-        <v>781979.422</v>
+        <v>781865.31</v>
       </c>
       <c r="G88">
-        <v>-5900.3</v>
+        <v>-5851.862</v>
       </c>
       <c r="H88">
-        <v>242225.731</v>
+        <v>242896.054</v>
       </c>
       <c r="I88">
-        <v>31874.603</v>
+        <v>31563.945</v>
       </c>
       <c r="J88">
-        <v>14865.524</v>
+        <v>14857.724</v>
       </c>
       <c r="K88">
-        <v>15671.111</v>
+        <v>15407.14</v>
       </c>
       <c r="L88">
-        <v>218537.775</v>
+        <v>219833.913</v>
       </c>
       <c r="M88">
-        <v>453454.151</v>
+        <v>451904.357</v>
       </c>
       <c r="N88">
-        <v>4304038.717</v>
+        <v>4308634.298</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>