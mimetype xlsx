--- v1 (2025-12-13)
+++ v2 (2026-01-29)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.2a Electricity Net Generation: Total (All Sectors)</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Electricity Net Generation From Coal, All Sectors</t>
   </si>
   <si>
     <t>Electricity Net Generation From Petroleum, All Sectors</t>
   </si>
   <si>
     <t>Electricity Net Generation From Natural Gas, All Sectors</t>
   </si>
   <si>
     <t>Electricity Net Generation From Other Fossil Gases, All Sectors</t>
   </si>
   <si>
     <t>Electricity Net Generation From Nuclear Electric Power, All Sectors</t>
   </si>
   <si>
     <t>Electricity Net Generation From Hydroelectric Pumped Storage, All Sectors</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="75.696" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28436,50 +28436,138 @@
         <v>70705.131</v>
       </c>
       <c r="G644">
         <v>-568.009</v>
       </c>
       <c r="H644">
         <v>19982.759</v>
       </c>
       <c r="I644">
         <v>2835.295</v>
       </c>
       <c r="J644">
         <v>1199.4</v>
       </c>
       <c r="K644">
         <v>1348.824</v>
       </c>
       <c r="L644">
         <v>31500.977</v>
       </c>
       <c r="M644">
         <v>27297.028</v>
       </c>
       <c r="N644">
         <v>419758.855</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>58426.616</v>
+      </c>
+      <c r="C645">
+        <v>1307.293</v>
+      </c>
+      <c r="D645">
+        <v>167874.975</v>
+      </c>
+      <c r="E645">
+        <v>962.913</v>
+      </c>
+      <c r="F645">
+        <v>65457.826</v>
+      </c>
+      <c r="G645">
+        <v>-456.502</v>
+      </c>
+      <c r="H645">
+        <v>15321.54</v>
+      </c>
+      <c r="I645">
+        <v>2725.776</v>
+      </c>
+      <c r="J645">
+        <v>1136.91</v>
+      </c>
+      <c r="K645">
+        <v>1283.593</v>
+      </c>
+      <c r="L645">
+        <v>27956.298</v>
+      </c>
+      <c r="M645">
+        <v>25678.521</v>
+      </c>
+      <c r="N645">
+        <v>368146.938</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>54435.231</v>
+      </c>
+      <c r="C646">
+        <v>1381.717</v>
+      </c>
+      <c r="D646">
+        <v>143961.883</v>
+      </c>
+      <c r="E646">
+        <v>1082.03</v>
+      </c>
+      <c r="F646">
+        <v>59222.248</v>
+      </c>
+      <c r="G646">
+        <v>-513.452</v>
+      </c>
+      <c r="H646">
+        <v>16545.872</v>
+      </c>
+      <c r="I646">
+        <v>2462.667</v>
+      </c>
+      <c r="J646">
+        <v>1161.884</v>
+      </c>
+      <c r="K646">
+        <v>1267.063</v>
+      </c>
+      <c r="L646">
+        <v>24439.003</v>
+      </c>
+      <c r="M646">
+        <v>39540.316</v>
+      </c>
+      <c r="N646">
+        <v>345486.123</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>