--- v2 (2026-01-29)
+++ v3 (2026-03-16)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 7.2a Electricity Net Generation: Total (All Sectors)</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Electricity Net Generation From Coal, All Sectors</t>
   </si>
   <si>
     <t>Electricity Net Generation From Petroleum, All Sectors</t>
   </si>
   <si>
     <t>Electricity Net Generation From Natural Gas, All Sectors</t>
   </si>
   <si>
     <t>Electricity Net Generation From Other Fossil Gases, All Sectors</t>
   </si>
   <si>
     <t>Electricity Net Generation From Nuclear Electric Power, All Sectors</t>
   </si>
   <si>
     <t>Electricity Net Generation From Hydroelectric Pumped Storage, All Sectors</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="75.696" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28524,50 +28524,94 @@
         <v>59222.248</v>
       </c>
       <c r="G646">
         <v>-513.452</v>
       </c>
       <c r="H646">
         <v>16545.872</v>
       </c>
       <c r="I646">
         <v>2462.667</v>
       </c>
       <c r="J646">
         <v>1161.884</v>
       </c>
       <c r="K646">
         <v>1267.063</v>
       </c>
       <c r="L646">
         <v>24439.003</v>
       </c>
       <c r="M646">
         <v>39540.316</v>
       </c>
       <c r="N646">
         <v>345486.123</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>54491.497</v>
+      </c>
+      <c r="C647">
+        <v>1322.403</v>
+      </c>
+      <c r="D647">
+        <v>131415.531</v>
+      </c>
+      <c r="E647">
+        <v>867</v>
+      </c>
+      <c r="F647">
+        <v>63809.357</v>
+      </c>
+      <c r="G647">
+        <v>-609.976</v>
+      </c>
+      <c r="H647">
+        <v>18416.512</v>
+      </c>
+      <c r="I647">
+        <v>2581.294</v>
+      </c>
+      <c r="J647">
+        <v>1186.855</v>
+      </c>
+      <c r="K647">
+        <v>1263.213</v>
+      </c>
+      <c r="L647">
+        <v>18531.52</v>
+      </c>
+      <c r="M647">
+        <v>40947.723</v>
+      </c>
+      <c r="N647">
+        <v>334778.602</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>