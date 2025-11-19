--- v0 (2025-10-03)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 6.2 Coal Consumption by Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Coal Consumed by the Commercial Sector, CHP</t>
   </si>
   <si>
     <t>Coal Consumed by the Commercial Sector, Other</t>
   </si>
   <si>
     <t>Coal Consumed by the Commercial Sector, Total</t>
   </si>
   <si>
     <t>Coal Consumed by the Industrial Sector, Coke Plants</t>
   </si>
   <si>
     <t>Coal Consumed by the Other Industrial Sector, CHP</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -26448,50 +26448,91 @@
         <v>47.291</v>
       </c>
       <c r="F642">
         <v>1175.205</v>
       </c>
       <c r="G642">
         <v>657.421</v>
       </c>
       <c r="H642">
         <v>866.229</v>
       </c>
       <c r="I642">
         <v>1523.65</v>
       </c>
       <c r="J642">
         <v>2698.855</v>
       </c>
       <c r="K642">
         <v>0</v>
       </c>
       <c r="L642">
         <v>36522.916</v>
       </c>
       <c r="M642">
         <v>39269.062</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643" t="s">
+        <v>19</v>
+      </c>
+      <c r="C643">
+        <v>31.902</v>
+      </c>
+      <c r="D643">
+        <v>5.139</v>
+      </c>
+      <c r="E643">
+        <v>37.041</v>
+      </c>
+      <c r="F643">
+        <v>1194.501</v>
+      </c>
+      <c r="G643">
+        <v>704.196</v>
+      </c>
+      <c r="H643">
+        <v>765.883</v>
+      </c>
+      <c r="I643">
+        <v>1470.079</v>
+      </c>
+      <c r="J643">
+        <v>2664.58</v>
+      </c>
+      <c r="K643">
+        <v>0</v>
+      </c>
+      <c r="L643">
+        <v>45100.606</v>
+      </c>
+      <c r="M643">
+        <v>47802.227</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>