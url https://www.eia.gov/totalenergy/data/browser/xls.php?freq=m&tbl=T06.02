--- v1 (2025-11-19)
+++ v2 (2026-01-05)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 6.2 Coal Consumption by Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Coal Consumed by the Commercial Sector, CHP</t>
   </si>
   <si>
     <t>Coal Consumed by the Commercial Sector, Other</t>
   </si>
   <si>
     <t>Coal Consumed by the Commercial Sector, Total</t>
   </si>
   <si>
     <t>Coal Consumed by the Industrial Sector, Coke Plants</t>
   </si>
   <si>
     <t>Coal Consumed by the Other Industrial Sector, CHP</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25720,819 +25720,901 @@
       </c>
       <c r="I624">
         <v>1766.159</v>
       </c>
       <c r="J624">
         <v>3075.669</v>
       </c>
       <c r="K624">
         <v>0</v>
       </c>
       <c r="L624">
         <v>32076.025</v>
       </c>
       <c r="M624">
         <v>35221.733</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625" t="s">
         <v>19</v>
       </c>
       <c r="C625">
-        <v>53.515</v>
+        <v>63.411</v>
       </c>
       <c r="D625">
-        <v>42.677</v>
+        <v>34.759</v>
       </c>
       <c r="E625">
-        <v>96.192</v>
+        <v>98.17</v>
       </c>
       <c r="F625">
         <v>1275.529</v>
       </c>
       <c r="G625">
-        <v>780.37</v>
+        <v>793.708</v>
       </c>
       <c r="H625">
-        <v>1009.919</v>
+        <v>1020.194</v>
       </c>
       <c r="I625">
-        <v>1790.289</v>
+        <v>1813.902</v>
       </c>
       <c r="J625">
-        <v>3065.818</v>
+        <v>3089.431</v>
       </c>
       <c r="K625">
         <v>0</v>
       </c>
       <c r="L625">
-        <v>42490.049</v>
+        <v>42462.507</v>
       </c>
       <c r="M625">
-        <v>45652.059</v>
+        <v>45650.108</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626" t="s">
         <v>19</v>
       </c>
       <c r="C626">
-        <v>39.077</v>
+        <v>47.15</v>
       </c>
       <c r="D626">
-        <v>29.244</v>
+        <v>25.846</v>
       </c>
       <c r="E626">
-        <v>68.321</v>
+        <v>72.996</v>
       </c>
       <c r="F626">
         <v>1263.871</v>
       </c>
       <c r="G626">
-        <v>698.491</v>
+        <v>671.333</v>
       </c>
       <c r="H626">
-        <v>1122.51</v>
+        <v>1173.686</v>
       </c>
       <c r="I626">
-        <v>1821.001</v>
+        <v>1845.019</v>
       </c>
       <c r="J626">
-        <v>3084.872</v>
+        <v>3108.89</v>
       </c>
       <c r="K626">
         <v>0</v>
       </c>
       <c r="L626">
-        <v>25962.732</v>
+        <v>26017.036</v>
       </c>
       <c r="M626">
-        <v>29115.925</v>
+        <v>29198.922</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627" t="s">
         <v>19</v>
       </c>
       <c r="C627">
-        <v>35.857</v>
+        <v>37.056</v>
       </c>
       <c r="D627">
-        <v>28.165</v>
+        <v>20.313</v>
       </c>
       <c r="E627">
-        <v>64.022</v>
+        <v>57.369</v>
       </c>
       <c r="F627">
         <v>1327.882</v>
       </c>
       <c r="G627">
-        <v>792.169</v>
+        <v>733.499</v>
       </c>
       <c r="H627">
-        <v>1022.874</v>
+        <v>1105.483</v>
       </c>
       <c r="I627">
-        <v>1815.043</v>
+        <v>1838.982</v>
       </c>
       <c r="J627">
-        <v>3142.925</v>
+        <v>3166.864</v>
       </c>
       <c r="K627">
         <v>0</v>
       </c>
       <c r="L627">
-        <v>22322.798</v>
+        <v>22422.23</v>
       </c>
       <c r="M627">
-        <v>25529.745</v>
+        <v>25646.463</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628" t="s">
         <v>19</v>
       </c>
       <c r="C628">
-        <v>30.481</v>
+        <v>30.74</v>
       </c>
       <c r="D628">
-        <v>1.542</v>
+        <v>18.523</v>
       </c>
       <c r="E628">
-        <v>32.023</v>
+        <v>49.263</v>
       </c>
       <c r="F628">
-        <v>1231.831</v>
+        <v>1227.042</v>
       </c>
       <c r="G628">
-        <v>658.847</v>
+        <v>594.663</v>
       </c>
       <c r="H628">
-        <v>1041.835</v>
+        <v>1124.765</v>
       </c>
       <c r="I628">
-        <v>1700.682</v>
+        <v>1719.428</v>
       </c>
       <c r="J628">
-        <v>2932.513</v>
+        <v>2946.47</v>
       </c>
       <c r="K628">
         <v>0</v>
       </c>
       <c r="L628">
-        <v>21288.506</v>
+        <v>21281.213</v>
       </c>
       <c r="M628">
-        <v>24253.042</v>
+        <v>24276.946</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629" t="s">
         <v>19</v>
       </c>
       <c r="C629">
-        <v>18.558</v>
+        <v>18.61</v>
       </c>
       <c r="D629">
-        <v>0.939</v>
+        <v>11.214</v>
       </c>
       <c r="E629">
-        <v>19.497</v>
+        <v>29.824</v>
       </c>
       <c r="F629">
-        <v>1283.241</v>
+        <v>1278.252</v>
       </c>
       <c r="G629">
-        <v>657.903</v>
+        <v>632.484</v>
       </c>
       <c r="H629">
-        <v>1067.495</v>
+        <v>1111.933</v>
       </c>
       <c r="I629">
-        <v>1725.398</v>
+        <v>1744.417</v>
       </c>
       <c r="J629">
-        <v>3008.639</v>
+        <v>3022.669</v>
       </c>
       <c r="K629">
         <v>0</v>
       </c>
       <c r="L629">
-        <v>26252.667</v>
+        <v>26198.446</v>
       </c>
       <c r="M629">
-        <v>29280.803</v>
+        <v>29250.939</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630" t="s">
         <v>19</v>
       </c>
       <c r="C630">
-        <v>28.748</v>
+        <v>26.231</v>
       </c>
       <c r="D630">
-        <v>1.454</v>
+        <v>15.805</v>
       </c>
       <c r="E630">
-        <v>30.202</v>
+        <v>42.036</v>
       </c>
       <c r="F630">
-        <v>1237.753</v>
+        <v>1232.942</v>
       </c>
       <c r="G630">
-        <v>689.026</v>
+        <v>622.199</v>
       </c>
       <c r="H630">
-        <v>1037.345</v>
+        <v>1123.201</v>
       </c>
       <c r="I630">
-        <v>1726.371</v>
+        <v>1745.4</v>
       </c>
       <c r="J630">
-        <v>2964.124</v>
+        <v>2978.342</v>
       </c>
       <c r="K630">
         <v>0</v>
       </c>
       <c r="L630">
-        <v>34464.393</v>
+        <v>34447.316</v>
       </c>
       <c r="M630">
-        <v>37458.719</v>
+        <v>37467.694</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631" t="s">
         <v>19</v>
       </c>
       <c r="C631">
-        <v>30.953</v>
+        <v>28.027</v>
       </c>
       <c r="D631">
-        <v>-1.01</v>
+        <v>0.62</v>
       </c>
       <c r="E631">
-        <v>29.943</v>
+        <v>28.647</v>
       </c>
       <c r="F631">
         <v>1325.719</v>
       </c>
       <c r="G631">
-        <v>726.401</v>
+        <v>683.994</v>
       </c>
       <c r="H631">
-        <v>973.432</v>
+        <v>1009.352</v>
       </c>
       <c r="I631">
-        <v>1699.833</v>
+        <v>1693.346</v>
       </c>
       <c r="J631">
-        <v>3025.552</v>
+        <v>3019.065</v>
       </c>
       <c r="K631">
         <v>0</v>
       </c>
       <c r="L631">
-        <v>40518.526</v>
+        <v>40470.849</v>
       </c>
       <c r="M631">
-        <v>43574.021</v>
+        <v>43518.561</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632" t="s">
         <v>19</v>
       </c>
       <c r="C632">
-        <v>32.053</v>
+        <v>30.678</v>
       </c>
       <c r="D632">
-        <v>-1.046</v>
+        <v>0.679</v>
       </c>
       <c r="E632">
-        <v>31.007</v>
+        <v>31.357</v>
       </c>
       <c r="F632">
         <v>1349.476</v>
       </c>
       <c r="G632">
-        <v>735.908</v>
+        <v>663.704</v>
       </c>
       <c r="H632">
-        <v>967.535</v>
+        <v>1033.238</v>
       </c>
       <c r="I632">
-        <v>1703.443</v>
+        <v>1696.942</v>
       </c>
       <c r="J632">
-        <v>3052.919</v>
+        <v>3046.418</v>
       </c>
       <c r="K632">
         <v>0</v>
       </c>
       <c r="L632">
-        <v>39471.338</v>
+        <v>39397.057</v>
       </c>
       <c r="M632">
-        <v>42555.264</v>
+        <v>42474.832</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633" t="s">
         <v>19</v>
       </c>
       <c r="C633">
-        <v>31.32</v>
+        <v>30.569</v>
       </c>
       <c r="D633">
-        <v>-1.021</v>
+        <v>0.676</v>
       </c>
       <c r="E633">
-        <v>30.299</v>
+        <v>31.245</v>
       </c>
       <c r="F633">
         <v>1253.217</v>
       </c>
       <c r="G633">
-        <v>683.389</v>
+        <v>652.098</v>
       </c>
       <c r="H633">
-        <v>1023.098</v>
+        <v>1047.876</v>
       </c>
       <c r="I633">
-        <v>1706.487</v>
+        <v>1699.974</v>
       </c>
       <c r="J633">
-        <v>2959.704</v>
+        <v>2953.191</v>
       </c>
       <c r="K633">
         <v>0</v>
       </c>
       <c r="L633">
-        <v>31640.361</v>
+        <v>31501.532</v>
       </c>
       <c r="M633">
-        <v>34630.364</v>
+        <v>34485.968</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634" t="s">
         <v>19</v>
       </c>
       <c r="C634">
-        <v>29.43</v>
+        <v>31.285</v>
       </c>
       <c r="D634">
-        <v>28.939</v>
+        <v>23.812</v>
       </c>
       <c r="E634">
-        <v>58.369</v>
+        <v>55.097</v>
       </c>
       <c r="F634">
         <v>1309.35</v>
       </c>
       <c r="G634">
-        <v>711.112</v>
+        <v>663.285</v>
       </c>
       <c r="H634">
-        <v>1205.191</v>
+        <v>1251.135</v>
       </c>
       <c r="I634">
-        <v>1916.303</v>
+        <v>1914.42</v>
       </c>
       <c r="J634">
-        <v>3225.653</v>
+        <v>3223.77</v>
       </c>
       <c r="K634">
         <v>0</v>
       </c>
       <c r="L634">
-        <v>27464.702</v>
+        <v>27307.751</v>
       </c>
       <c r="M634">
-        <v>30748.724</v>
+        <v>30586.618</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635" t="s">
         <v>19</v>
       </c>
       <c r="C635">
-        <v>32.09</v>
+        <v>37.442</v>
       </c>
       <c r="D635">
-        <v>31.555</v>
+        <v>28.498</v>
       </c>
       <c r="E635">
-        <v>63.645</v>
+        <v>65.94</v>
       </c>
       <c r="F635">
         <v>1284.996</v>
       </c>
       <c r="G635">
-        <v>740.248</v>
+        <v>692.122</v>
       </c>
       <c r="H635">
-        <v>1173.717</v>
+        <v>1219.963</v>
       </c>
       <c r="I635">
-        <v>1913.965</v>
+        <v>1912.085</v>
       </c>
       <c r="J635">
-        <v>3198.961</v>
+        <v>3197.081</v>
       </c>
       <c r="K635">
         <v>0</v>
       </c>
       <c r="L635">
-        <v>26470.249</v>
+        <v>26336.125</v>
       </c>
       <c r="M635">
-        <v>29732.855</v>
+        <v>29599.146</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636" t="s">
         <v>19</v>
       </c>
       <c r="C636">
-        <v>35.477</v>
+        <v>40.507</v>
       </c>
       <c r="D636">
-        <v>34.885</v>
+        <v>30.832</v>
       </c>
       <c r="E636">
-        <v>70.362</v>
+        <v>71.339</v>
       </c>
       <c r="F636">
         <v>1371.56</v>
       </c>
       <c r="G636">
-        <v>756.161</v>
+        <v>730.964</v>
       </c>
       <c r="H636">
-        <v>1169.172</v>
+        <v>1192.477</v>
       </c>
       <c r="I636">
-        <v>1925.333</v>
+        <v>1923.441</v>
       </c>
       <c r="J636">
-        <v>3296.893</v>
+        <v>3295.001</v>
       </c>
       <c r="K636">
         <v>0</v>
       </c>
       <c r="L636">
-        <v>35456.698</v>
+        <v>35416.15</v>
       </c>
       <c r="M636">
-        <v>38823.953</v>
+        <v>38782.49</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637" t="s">
         <v>19</v>
       </c>
       <c r="C637">
-        <v>47.218</v>
+        <v>48.837</v>
       </c>
       <c r="D637">
-        <v>39.304</v>
+        <v>37.685</v>
       </c>
       <c r="E637">
         <v>86.522</v>
       </c>
       <c r="F637">
         <v>1245.3</v>
       </c>
       <c r="G637">
-        <v>807.503</v>
+        <v>765.086</v>
       </c>
       <c r="H637">
-        <v>991.969</v>
+        <v>1034.386</v>
       </c>
       <c r="I637">
         <v>1799.472</v>
       </c>
       <c r="J637">
         <v>3044.772</v>
       </c>
       <c r="K637">
         <v>0</v>
       </c>
       <c r="L637">
-        <v>45901.048</v>
+        <v>45929.194</v>
       </c>
       <c r="M637">
-        <v>49032.342</v>
+        <v>49060.488</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638" t="s">
         <v>19</v>
       </c>
       <c r="C638">
-        <v>40.535</v>
+        <v>42.21</v>
       </c>
       <c r="D638">
-        <v>33.741</v>
+        <v>32.066</v>
       </c>
       <c r="E638">
         <v>74.276</v>
       </c>
       <c r="F638">
         <v>1128.205</v>
       </c>
       <c r="G638">
-        <v>709.633</v>
+        <v>670.841</v>
       </c>
       <c r="H638">
-        <v>1100.488</v>
+        <v>1139.28</v>
       </c>
       <c r="I638">
         <v>1810.121</v>
       </c>
       <c r="J638">
         <v>2938.326</v>
       </c>
       <c r="K638">
         <v>0</v>
       </c>
       <c r="L638">
-        <v>35184.93</v>
+        <v>35223.525</v>
       </c>
       <c r="M638">
-        <v>38197.532</v>
+        <v>38236.127</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639" t="s">
         <v>19</v>
       </c>
       <c r="C639">
-        <v>35.871</v>
+        <v>38.421</v>
       </c>
       <c r="D639">
-        <v>29.858</v>
+        <v>27.308</v>
       </c>
       <c r="E639">
         <v>65.729</v>
       </c>
       <c r="F639">
         <v>1247.658</v>
       </c>
       <c r="G639">
-        <v>785.25</v>
+        <v>742.826</v>
       </c>
       <c r="H639">
-        <v>1033.984</v>
+        <v>1076.408</v>
       </c>
       <c r="I639">
         <v>1819.234</v>
       </c>
       <c r="J639">
         <v>3066.892</v>
       </c>
       <c r="K639">
         <v>0</v>
       </c>
       <c r="L639">
-        <v>27932.378</v>
+        <v>28022.229</v>
       </c>
       <c r="M639">
-        <v>31064.999</v>
+        <v>31154.85</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640" t="s">
         <v>19</v>
       </c>
       <c r="C640">
-        <v>29.672</v>
+        <v>32.005</v>
       </c>
       <c r="D640">
-        <v>15.433</v>
+        <v>14.346</v>
       </c>
       <c r="E640">
-        <v>45.105</v>
+        <v>46.351</v>
       </c>
       <c r="F640">
-        <v>1145.316</v>
+        <v>1191.1</v>
       </c>
       <c r="G640">
-        <v>728.024</v>
+        <v>684.9</v>
       </c>
       <c r="H640">
-        <v>905.724</v>
+        <v>847.562</v>
       </c>
       <c r="I640">
-        <v>1633.748</v>
+        <v>1532.462</v>
       </c>
       <c r="J640">
-        <v>2779.064</v>
+        <v>2723.562</v>
       </c>
       <c r="K640">
         <v>0</v>
       </c>
       <c r="L640">
-        <v>25987.499</v>
+        <v>25861.28</v>
       </c>
       <c r="M640">
-        <v>28811.668</v>
+        <v>28631.193</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641" t="s">
         <v>19</v>
       </c>
       <c r="C641">
-        <v>28.186</v>
+        <v>29.571</v>
       </c>
       <c r="D641">
-        <v>21.583</v>
+        <v>13.255</v>
       </c>
       <c r="E641">
-        <v>49.769</v>
+        <v>42.826</v>
       </c>
       <c r="F641">
-        <v>1182.613</v>
+        <v>1256.858</v>
       </c>
       <c r="G641">
-        <v>617.365</v>
+        <v>580.596</v>
       </c>
       <c r="H641">
-        <v>831.997</v>
+        <v>949.748</v>
       </c>
       <c r="I641">
-        <v>1449.362</v>
+        <v>1530.344</v>
       </c>
       <c r="J641">
-        <v>2631.974</v>
+        <v>2787.202</v>
       </c>
       <c r="K641">
         <v>0</v>
       </c>
       <c r="L641">
-        <v>27844.019</v>
+        <v>27931.247</v>
       </c>
       <c r="M641">
-        <v>30525.763</v>
+        <v>30761.275</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642" t="s">
         <v>19</v>
       </c>
       <c r="C642">
-        <v>24.097</v>
+        <v>25.631</v>
       </c>
       <c r="D642">
-        <v>23.194</v>
+        <v>11.488</v>
       </c>
       <c r="E642">
-        <v>47.291</v>
+        <v>37.119</v>
       </c>
       <c r="F642">
-        <v>1175.205</v>
+        <v>1267.743</v>
       </c>
       <c r="G642">
-        <v>657.421</v>
+        <v>623.886</v>
       </c>
       <c r="H642">
-        <v>866.229</v>
+        <v>920.146</v>
       </c>
       <c r="I642">
-        <v>1523.65</v>
+        <v>1544.032</v>
       </c>
       <c r="J642">
-        <v>2698.855</v>
+        <v>2811.775</v>
       </c>
       <c r="K642">
         <v>0</v>
       </c>
       <c r="L642">
-        <v>36522.916</v>
+        <v>36563.031</v>
       </c>
       <c r="M642">
-        <v>39269.062</v>
+        <v>39411.925</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643" t="s">
         <v>19</v>
       </c>
       <c r="C643">
-        <v>31.902</v>
+        <v>33.984</v>
       </c>
       <c r="D643">
-        <v>5.139</v>
+        <v>3.057</v>
       </c>
       <c r="E643">
         <v>37.041</v>
       </c>
       <c r="F643">
         <v>1194.501</v>
       </c>
       <c r="G643">
-        <v>704.196</v>
+        <v>673.251</v>
       </c>
       <c r="H643">
-        <v>765.883</v>
+        <v>796.828</v>
       </c>
       <c r="I643">
         <v>1470.079</v>
       </c>
       <c r="J643">
         <v>2664.58</v>
       </c>
       <c r="K643">
         <v>0</v>
       </c>
       <c r="L643">
-        <v>45100.606</v>
+        <v>45139.967</v>
       </c>
       <c r="M643">
-        <v>47802.227</v>
+        <v>47841.588</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644" t="s">
+        <v>19</v>
+      </c>
+      <c r="C644">
+        <v>32.005</v>
+      </c>
+      <c r="D644">
+        <v>11.672</v>
+      </c>
+      <c r="E644">
+        <v>43.677</v>
+      </c>
+      <c r="F644">
+        <v>1249.207</v>
+      </c>
+      <c r="G644">
+        <v>646.04</v>
+      </c>
+      <c r="H644">
+        <v>802.996</v>
+      </c>
+      <c r="I644">
+        <v>1449.036</v>
+      </c>
+      <c r="J644">
+        <v>2698.243</v>
+      </c>
+      <c r="K644">
+        <v>0</v>
+      </c>
+      <c r="L644">
+        <v>39721.846</v>
+      </c>
+      <c r="M644">
+        <v>42463.766</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645" t="s">
+        <v>19</v>
+      </c>
+      <c r="C645">
+        <v>31.543</v>
+      </c>
+      <c r="D645">
+        <v>9.736</v>
+      </c>
+      <c r="E645">
+        <v>41.279</v>
+      </c>
+      <c r="F645">
+        <v>1197.174</v>
+      </c>
+      <c r="G645">
+        <v>620.094</v>
+      </c>
+      <c r="H645">
+        <v>941.649</v>
+      </c>
+      <c r="I645">
+        <v>1561.743</v>
+      </c>
+      <c r="J645">
+        <v>2758.917</v>
+      </c>
+      <c r="K645">
+        <v>0</v>
+      </c>
+      <c r="L645">
+        <v>33452.768</v>
+      </c>
+      <c r="M645">
+        <v>36252.964</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -29732,81 +29814,81 @@
       </c>
       <c r="I87">
         <v>22173.041</v>
       </c>
       <c r="J87">
         <v>38021.577</v>
       </c>
       <c r="K87">
         <v>0</v>
       </c>
       <c r="L87">
         <v>387205.305</v>
       </c>
       <c r="M87">
         <v>425894.593</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88" t="s">
         <v>19</v>
       </c>
       <c r="C88">
-        <v>397.559</v>
+        <v>421.706</v>
       </c>
       <c r="D88">
-        <v>196.323</v>
+        <v>211.577</v>
       </c>
       <c r="E88">
-        <v>593.882</v>
+        <v>633.283</v>
       </c>
       <c r="F88">
-        <v>15514.425</v>
+        <v>15499.836</v>
       </c>
       <c r="G88">
-        <v>8630.025</v>
+        <v>8134.053</v>
       </c>
       <c r="H88">
-        <v>12814.123</v>
+        <v>13413.303</v>
       </c>
       <c r="I88">
-        <v>21444.148</v>
+        <v>21547.356</v>
       </c>
       <c r="J88">
-        <v>36958.573</v>
+        <v>37047.192</v>
       </c>
       <c r="K88">
         <v>0</v>
       </c>
       <c r="L88">
-        <v>373803.018</v>
+        <v>373258.211</v>
       </c>
       <c r="M88">
-        <v>411355.473</v>
+        <v>410938.686</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>