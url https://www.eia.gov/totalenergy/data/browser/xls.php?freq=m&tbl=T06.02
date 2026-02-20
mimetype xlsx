--- v2 (2026-01-05)
+++ v3 (2026-02-20)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 6.2 Coal Consumption by Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Coal Consumed by the Commercial Sector, CHP</t>
   </si>
   <si>
     <t>Coal Consumed by the Commercial Sector, Other</t>
   </si>
   <si>
     <t>Coal Consumed by the Commercial Sector, Total</t>
   </si>
   <si>
     <t>Coal Consumed by the Industrial Sector, Coke Plants</t>
   </si>
   <si>
     <t>Coal Consumed by the Other Industrial Sector, CHP</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -26571,50 +26571,91 @@
         <v>41.279</v>
       </c>
       <c r="F645">
         <v>1197.174</v>
       </c>
       <c r="G645">
         <v>620.094</v>
       </c>
       <c r="H645">
         <v>941.649</v>
       </c>
       <c r="I645">
         <v>1561.743</v>
       </c>
       <c r="J645">
         <v>2758.917</v>
       </c>
       <c r="K645">
         <v>0</v>
       </c>
       <c r="L645">
         <v>33452.768</v>
       </c>
       <c r="M645">
         <v>36252.964</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646" t="s">
+        <v>19</v>
+      </c>
+      <c r="C646">
+        <v>31.585</v>
+      </c>
+      <c r="D646">
+        <v>26.14</v>
+      </c>
+      <c r="E646">
+        <v>57.725</v>
+      </c>
+      <c r="F646">
+        <v>1227.058</v>
+      </c>
+      <c r="G646">
+        <v>621.162</v>
+      </c>
+      <c r="H646">
+        <v>1067.259</v>
+      </c>
+      <c r="I646">
+        <v>1688.421</v>
+      </c>
+      <c r="J646">
+        <v>2915.479</v>
+      </c>
+      <c r="K646">
+        <v>0</v>
+      </c>
+      <c r="L646">
+        <v>31176.327</v>
+      </c>
+      <c r="M646">
+        <v>34149.531</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>