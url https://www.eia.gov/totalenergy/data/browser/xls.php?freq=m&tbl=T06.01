--- v0 (2025-10-03)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 6.1 Coal Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Production</t>
   </si>
   <si>
     <t>Waste Coal Supplied</t>
   </si>
   <si>
     <t>Coal Imports</t>
   </si>
   <si>
     <t>Coal Exports</t>
   </si>
   <si>
     <t>Coal Net Imports</t>
   </si>
   <si>
     <t>Coal Stock Change</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -14984,1330 +14984,1330 @@
       </c>
       <c r="I508">
         <v>63209.565</v>
       </c>
     </row>
     <row r="509" spans="1:26">
       <c r="A509" s="6">
         <v>41760.0</v>
       </c>
       <c r="B509">
         <v>83793.445</v>
       </c>
       <c r="C509">
         <v>927.452</v>
       </c>
       <c r="D509">
         <v>1279.714</v>
       </c>
       <c r="E509">
         <v>8181.931</v>
       </c>
       <c r="F509">
         <v>-6902.217</v>
       </c>
       <c r="G509">
-        <v>7157.098</v>
+        <v>7141.024</v>
       </c>
       <c r="H509">
-        <v>1476.887</v>
+        <v>1492.961</v>
       </c>
       <c r="I509">
         <v>69184.695</v>
       </c>
     </row>
     <row r="510" spans="1:26">
       <c r="A510" s="6">
         <v>41791.0</v>
       </c>
       <c r="B510">
         <v>79068.896</v>
       </c>
       <c r="C510">
         <v>1054.214</v>
       </c>
       <c r="D510">
         <v>1365.136</v>
       </c>
       <c r="E510">
         <v>8540.178</v>
       </c>
       <c r="F510">
         <v>-7175.042</v>
       </c>
       <c r="G510">
-        <v>-4544.07</v>
+        <v>-4542.649</v>
       </c>
       <c r="H510">
-        <v>-1994.944</v>
+        <v>-1996.365</v>
       </c>
       <c r="I510">
         <v>79487.082</v>
       </c>
     </row>
     <row r="511" spans="1:26">
       <c r="A511" s="6">
         <v>41821.0</v>
       </c>
       <c r="B511">
         <v>84448.36</v>
       </c>
       <c r="C511">
         <v>1121.5</v>
       </c>
       <c r="D511">
         <v>927.759</v>
       </c>
       <c r="E511">
         <v>7119.457</v>
       </c>
       <c r="F511">
         <v>-6191.698</v>
       </c>
       <c r="G511">
-        <v>-8057.439</v>
+        <v>-8069.928</v>
       </c>
       <c r="H511">
-        <v>633.306</v>
+        <v>645.795</v>
       </c>
       <c r="I511">
         <v>86802.295</v>
       </c>
     </row>
     <row r="512" spans="1:26">
       <c r="A512" s="6">
         <v>41852.0</v>
       </c>
       <c r="B512">
         <v>87346.499</v>
       </c>
       <c r="C512">
         <v>1105.238</v>
       </c>
       <c r="D512">
         <v>1075.911</v>
       </c>
       <c r="E512">
         <v>7637.343</v>
       </c>
       <c r="F512">
         <v>-6561.432</v>
       </c>
       <c r="G512">
-        <v>-6292.171</v>
+        <v>-6265.189</v>
       </c>
       <c r="H512">
-        <v>1825.348</v>
+        <v>1798.366</v>
       </c>
       <c r="I512">
         <v>86357.128</v>
       </c>
     </row>
     <row r="513" spans="1:26">
       <c r="A513" s="6">
         <v>41883.0</v>
       </c>
       <c r="B513">
         <v>83581.92</v>
       </c>
       <c r="C513">
         <v>1028.962</v>
       </c>
       <c r="D513">
         <v>1147.802</v>
       </c>
       <c r="E513">
         <v>7966.275</v>
       </c>
       <c r="F513">
         <v>-6818.473</v>
       </c>
       <c r="G513">
-        <v>2395.489</v>
+        <v>2395.579</v>
       </c>
       <c r="H513">
-        <v>1103.371</v>
+        <v>1103.281</v>
       </c>
       <c r="I513">
         <v>74293.549</v>
       </c>
     </row>
     <row r="514" spans="1:26">
       <c r="A514" s="6">
         <v>41913.0</v>
       </c>
       <c r="B514">
         <v>85461.709</v>
       </c>
       <c r="C514">
         <v>715.007</v>
       </c>
       <c r="D514">
         <v>583.591</v>
       </c>
       <c r="E514">
         <v>7737.799</v>
       </c>
       <c r="F514">
         <v>-7154.208</v>
       </c>
       <c r="G514">
-        <v>12004.648</v>
+        <v>12004.568</v>
       </c>
       <c r="H514">
-        <v>523.919</v>
+        <v>523.999</v>
       </c>
       <c r="I514">
         <v>66493.941</v>
       </c>
     </row>
     <row r="515" spans="1:26">
       <c r="A515" s="6">
         <v>41944.0</v>
       </c>
       <c r="B515">
         <v>81754.81</v>
       </c>
       <c r="C515">
         <v>972.926</v>
       </c>
       <c r="D515">
         <v>1004.79</v>
       </c>
       <c r="E515">
         <v>7556.675</v>
       </c>
       <c r="F515">
         <v>-6551.885</v>
       </c>
       <c r="G515">
-        <v>5676.7</v>
+        <v>5672.573</v>
       </c>
       <c r="H515">
-        <v>344.408</v>
+        <v>348.535</v>
       </c>
       <c r="I515">
         <v>70154.743</v>
       </c>
     </row>
     <row r="516" spans="1:26">
       <c r="A516" s="6">
         <v>41974.0</v>
       </c>
       <c r="B516">
         <v>86340.59</v>
       </c>
       <c r="C516">
         <v>974.163</v>
       </c>
       <c r="D516">
         <v>585.611</v>
       </c>
       <c r="E516">
         <v>6981.259</v>
       </c>
       <c r="F516">
         <v>-6395.648</v>
       </c>
       <c r="G516">
-        <v>10076.089</v>
+        <v>9836.49</v>
       </c>
       <c r="H516">
-        <v>-2576.194</v>
+        <v>-2336.595</v>
       </c>
       <c r="I516">
         <v>73419.21</v>
       </c>
     </row>
     <row r="517" spans="1:26">
       <c r="A517" s="6">
         <v>42005.0</v>
       </c>
       <c r="B517">
         <v>86596.905</v>
       </c>
       <c r="C517">
         <v>1065.103</v>
       </c>
       <c r="D517">
         <v>1292.689</v>
       </c>
       <c r="E517">
         <v>7871.269</v>
       </c>
       <c r="F517">
         <v>-6578.58</v>
       </c>
       <c r="G517">
-        <v>2235.909</v>
+        <v>2389.879</v>
       </c>
       <c r="H517">
-        <v>1952.829</v>
+        <v>1798.859</v>
       </c>
       <c r="I517">
         <v>76894.69</v>
       </c>
     </row>
     <row r="518" spans="1:26">
       <c r="A518" s="6">
         <v>42036.0</v>
       </c>
       <c r="B518">
         <v>72250.698</v>
       </c>
       <c r="C518">
         <v>1001.462</v>
       </c>
       <c r="D518">
         <v>865.707</v>
       </c>
       <c r="E518">
         <v>6495.743</v>
       </c>
       <c r="F518">
         <v>-5630.036</v>
       </c>
       <c r="G518">
-        <v>-4927.029</v>
+        <v>-4928.537</v>
       </c>
       <c r="H518">
-        <v>231.554</v>
+        <v>233.062</v>
       </c>
       <c r="I518">
         <v>72317.599</v>
       </c>
     </row>
     <row r="519" spans="1:26">
       <c r="A519" s="6">
         <v>42064.0</v>
       </c>
       <c r="B519">
         <v>81476.183</v>
       </c>
       <c r="C519">
         <v>754.557</v>
       </c>
       <c r="D519">
         <v>850.41</v>
       </c>
       <c r="E519">
         <v>7612.039</v>
       </c>
       <c r="F519">
         <v>-6761.629</v>
       </c>
       <c r="G519">
-        <v>4929.784</v>
+        <v>4930.166</v>
       </c>
       <c r="H519">
-        <v>6979.361</v>
+        <v>6978.979</v>
       </c>
       <c r="I519">
         <v>63559.966</v>
       </c>
     </row>
     <row r="520" spans="1:26">
       <c r="A520" s="6">
         <v>42095.0</v>
       </c>
       <c r="B520">
         <v>75208.63</v>
       </c>
       <c r="C520">
         <v>580.044</v>
       </c>
       <c r="D520">
         <v>878.964</v>
       </c>
       <c r="E520">
         <v>7216.169</v>
       </c>
       <c r="F520">
         <v>-6337.205</v>
       </c>
       <c r="G520">
-        <v>13594.419</v>
+        <v>13570.995</v>
       </c>
       <c r="H520">
-        <v>2649.631</v>
+        <v>2673.055</v>
       </c>
       <c r="I520">
         <v>53207.419</v>
       </c>
     </row>
     <row r="521" spans="1:26">
       <c r="A521" s="6">
         <v>42125.0</v>
       </c>
       <c r="B521">
         <v>70414.557</v>
       </c>
       <c r="C521">
         <v>756.198</v>
       </c>
       <c r="D521">
         <v>919.499</v>
       </c>
       <c r="E521">
         <v>6761.08</v>
       </c>
       <c r="F521">
         <v>-5841.581</v>
       </c>
       <c r="G521">
-        <v>5579.787</v>
+        <v>5575.21</v>
       </c>
       <c r="H521">
-        <v>-2173.803</v>
+        <v>-2169.226</v>
       </c>
       <c r="I521">
         <v>61923.19</v>
       </c>
     </row>
     <row r="522" spans="1:26">
       <c r="A522" s="6">
         <v>42156.0</v>
       </c>
       <c r="B522">
         <v>66933.365</v>
       </c>
       <c r="C522">
         <v>872.419</v>
       </c>
       <c r="D522">
         <v>841.506</v>
       </c>
       <c r="E522">
         <v>5788.552</v>
       </c>
       <c r="F522">
         <v>-4947.046</v>
       </c>
       <c r="G522">
-        <v>-6537.786</v>
+        <v>-6552.454</v>
       </c>
       <c r="H522">
-        <v>-4448.356</v>
+        <v>-4433.688</v>
       </c>
       <c r="I522">
         <v>73844.88</v>
       </c>
     </row>
     <row r="523" spans="1:26">
       <c r="A523" s="6">
         <v>42186.0</v>
       </c>
       <c r="B523">
         <v>76476.217</v>
       </c>
       <c r="C523">
         <v>883.439</v>
       </c>
       <c r="D523">
         <v>1091.037</v>
       </c>
       <c r="E523">
         <v>5117.384</v>
       </c>
       <c r="F523">
         <v>-4026.347</v>
       </c>
       <c r="G523">
-        <v>-8637.238</v>
+        <v>-8638.209</v>
       </c>
       <c r="H523">
-        <v>521.598</v>
+        <v>522.569</v>
       </c>
       <c r="I523">
         <v>81448.949</v>
       </c>
     </row>
     <row r="524" spans="1:26">
       <c r="A524" s="6">
         <v>42217.0</v>
       </c>
       <c r="B524">
         <v>82623.422</v>
       </c>
       <c r="C524">
         <v>954.193</v>
       </c>
       <c r="D524">
         <v>969.811</v>
       </c>
       <c r="E524">
         <v>6408.672</v>
       </c>
       <c r="F524">
         <v>-5438.861</v>
       </c>
       <c r="G524">
-        <v>-3371.748</v>
+        <v>-3359.91</v>
       </c>
       <c r="H524">
-        <v>2936.061</v>
+        <v>2924.223</v>
       </c>
       <c r="I524">
         <v>78574.441</v>
       </c>
     </row>
     <row r="525" spans="1:26">
       <c r="A525" s="6">
         <v>42248.0</v>
       </c>
       <c r="B525">
         <v>77723.74</v>
       </c>
       <c r="C525">
         <v>884.643</v>
       </c>
       <c r="D525">
         <v>903.666</v>
       </c>
       <c r="E525">
         <v>5388.246</v>
       </c>
       <c r="F525">
         <v>-4484.58</v>
       </c>
       <c r="G525">
-        <v>5280.172</v>
+        <v>5283.075</v>
       </c>
       <c r="H525">
-        <v>-525.861</v>
+        <v>-528.764</v>
       </c>
       <c r="I525">
         <v>69369.492</v>
       </c>
     </row>
     <row r="526" spans="1:26">
       <c r="A526" s="6">
         <v>42278.0</v>
       </c>
       <c r="B526">
         <v>75662.374</v>
       </c>
       <c r="C526">
         <v>543.592</v>
       </c>
       <c r="D526">
         <v>854.498</v>
       </c>
       <c r="E526">
         <v>5743.984</v>
       </c>
       <c r="F526">
         <v>-4889.486</v>
       </c>
       <c r="G526">
-        <v>13272.382</v>
+        <v>13278.07</v>
       </c>
       <c r="H526">
-        <v>-360.454</v>
+        <v>-366.142</v>
       </c>
       <c r="I526">
         <v>58404.552</v>
       </c>
     </row>
     <row r="527" spans="1:26">
       <c r="A527" s="6">
         <v>42309.0</v>
       </c>
       <c r="B527">
         <v>68573.907</v>
       </c>
       <c r="C527">
         <v>840.071</v>
       </c>
       <c r="D527">
         <v>881.681</v>
       </c>
       <c r="E527">
         <v>4708.853</v>
       </c>
       <c r="F527">
         <v>-3827.172</v>
       </c>
       <c r="G527">
-        <v>13055.192</v>
+        <v>13061.287</v>
       </c>
       <c r="H527">
-        <v>-1108.339</v>
+        <v>-1114.434</v>
       </c>
       <c r="I527">
         <v>53639.953</v>
       </c>
     </row>
     <row r="528" spans="1:26">
       <c r="A528" s="6">
         <v>42339.0</v>
       </c>
       <c r="B528">
         <v>63000.565</v>
       </c>
       <c r="C528">
         <v>833.581</v>
       </c>
       <c r="D528">
         <v>968.543</v>
       </c>
       <c r="E528">
         <v>4845.897</v>
       </c>
       <c r="F528">
         <v>-3877.354</v>
       </c>
       <c r="G528">
-        <v>6350.23</v>
+        <v>6094.168</v>
       </c>
       <c r="H528">
-        <v>-1322.987</v>
+        <v>-1066.925</v>
       </c>
       <c r="I528">
         <v>54929.549</v>
       </c>
     </row>
     <row r="529" spans="1:26">
       <c r="A529" s="6">
         <v>42370.0</v>
       </c>
       <c r="B529">
         <v>60568.715</v>
       </c>
       <c r="C529">
         <v>1077.272</v>
       </c>
       <c r="D529">
         <v>693.172</v>
       </c>
       <c r="E529">
         <v>4433.252</v>
       </c>
       <c r="F529">
         <v>-3740.08</v>
       </c>
       <c r="G529">
-        <v>-9523.591</v>
+        <v>-9250.037</v>
       </c>
       <c r="H529">
-        <v>767.274</v>
+        <v>493.72</v>
       </c>
       <c r="I529">
         <v>66662.224</v>
       </c>
     </row>
     <row r="530" spans="1:26">
       <c r="A530" s="6">
         <v>42401.0</v>
       </c>
       <c r="B530">
         <v>57328.506</v>
       </c>
       <c r="C530">
         <v>934.058</v>
       </c>
       <c r="D530">
         <v>818.848</v>
       </c>
       <c r="E530">
         <v>4511.363</v>
       </c>
       <c r="F530">
         <v>-3692.515</v>
       </c>
       <c r="G530">
-        <v>-388.347</v>
+        <v>-387.473</v>
       </c>
       <c r="H530">
-        <v>-252.321</v>
+        <v>-253.195</v>
       </c>
       <c r="I530">
         <v>55210.717</v>
       </c>
     </row>
     <row r="531" spans="1:26">
       <c r="A531" s="6">
         <v>42430.0</v>
       </c>
       <c r="B531">
         <v>55327.888</v>
       </c>
       <c r="C531">
         <v>817.735</v>
       </c>
       <c r="D531">
         <v>1185.524</v>
       </c>
       <c r="E531">
         <v>5208.406</v>
       </c>
       <c r="F531">
         <v>-4022.882</v>
       </c>
       <c r="G531">
-        <v>4160.203</v>
+        <v>4168.07</v>
       </c>
       <c r="H531">
-        <v>3387.932</v>
+        <v>3380.065</v>
       </c>
       <c r="I531">
         <v>44574.606</v>
       </c>
     </row>
     <row r="532" spans="1:26">
       <c r="A532" s="6">
         <v>42461.0</v>
       </c>
       <c r="B532">
         <v>48216.355</v>
       </c>
       <c r="C532">
         <v>641.96</v>
       </c>
       <c r="D532">
         <v>740.322</v>
       </c>
       <c r="E532">
         <v>4583.27</v>
       </c>
       <c r="F532">
         <v>-3842.948</v>
       </c>
       <c r="G532">
-        <v>1365.328</v>
+        <v>1360.351</v>
       </c>
       <c r="H532">
-        <v>266.335</v>
+        <v>271.312</v>
       </c>
       <c r="I532">
         <v>43383.704</v>
       </c>
     </row>
     <row r="533" spans="1:26">
       <c r="A533" s="6">
         <v>42491.0</v>
       </c>
       <c r="B533">
         <v>53123.077</v>
       </c>
       <c r="C533">
         <v>706.181</v>
       </c>
       <c r="D533">
         <v>910.333</v>
       </c>
       <c r="E533">
         <v>4208.61</v>
       </c>
       <c r="F533">
         <v>-3298.277</v>
       </c>
       <c r="G533">
-        <v>-1797.118</v>
+        <v>-1802.409</v>
       </c>
       <c r="H533">
-        <v>2985.166</v>
+        <v>2990.457</v>
       </c>
       <c r="I533">
         <v>49342.933</v>
       </c>
     </row>
     <row r="534" spans="1:26">
       <c r="A534" s="6">
         <v>42522.0</v>
       </c>
       <c r="B534">
         <v>59513.341</v>
       </c>
       <c r="C534">
         <v>825.673</v>
       </c>
       <c r="D534">
         <v>641.153</v>
       </c>
       <c r="E534">
         <v>5431.525</v>
       </c>
       <c r="F534">
         <v>-4790.372</v>
       </c>
       <c r="G534">
-        <v>-11530.606</v>
+        <v>-11527.58</v>
       </c>
       <c r="H534">
-        <v>-471.981</v>
+        <v>-475.007</v>
       </c>
       <c r="I534">
         <v>67551.229</v>
       </c>
     </row>
     <row r="535" spans="1:26">
       <c r="A535" s="6">
         <v>42552.0</v>
       </c>
       <c r="B535">
         <v>61783.814</v>
       </c>
       <c r="C535">
         <v>1049.962</v>
       </c>
       <c r="D535">
         <v>990.059</v>
       </c>
       <c r="E535">
         <v>3275.897</v>
       </c>
       <c r="F535">
         <v>-2285.838</v>
       </c>
       <c r="G535">
-        <v>-15599.153</v>
+        <v>-15581.128</v>
       </c>
       <c r="H535">
-        <v>-2421.448</v>
+        <v>-2439.473</v>
       </c>
       <c r="I535">
         <v>78568.539</v>
       </c>
     </row>
     <row r="536" spans="1:26">
       <c r="A536" s="6">
         <v>42583.0</v>
       </c>
       <c r="B536">
         <v>68246.998</v>
       </c>
       <c r="C536">
         <v>1063.929</v>
       </c>
       <c r="D536">
         <v>943.008</v>
       </c>
       <c r="E536">
         <v>5003.156</v>
       </c>
       <c r="F536">
         <v>-4060.148</v>
       </c>
       <c r="G536">
-        <v>-11557.65</v>
+        <v>-11551.696</v>
       </c>
       <c r="H536">
-        <v>-1366.107</v>
+        <v>-1372.061</v>
       </c>
       <c r="I536">
         <v>78174.536</v>
       </c>
     </row>
     <row r="537" spans="1:26">
       <c r="A537" s="6">
         <v>42614.0</v>
       </c>
       <c r="B537">
         <v>65069.717</v>
       </c>
       <c r="C537">
         <v>765.89</v>
       </c>
       <c r="D537">
         <v>800.009</v>
       </c>
       <c r="E537">
         <v>4272.857</v>
       </c>
       <c r="F537">
         <v>-3472.848</v>
       </c>
       <c r="G537">
-        <v>-4256.484</v>
+        <v>-4259.526</v>
       </c>
       <c r="H537">
-        <v>4.345</v>
+        <v>7.387</v>
       </c>
       <c r="I537">
         <v>66614.898</v>
       </c>
     </row>
     <row r="538" spans="1:26">
       <c r="A538" s="6">
         <v>42644.0</v>
       </c>
       <c r="B538">
         <v>68725.231</v>
       </c>
       <c r="C538">
         <v>540.819</v>
       </c>
       <c r="D538">
         <v>768.381</v>
       </c>
       <c r="E538">
         <v>4862.944</v>
       </c>
       <c r="F538">
         <v>-4094.563</v>
       </c>
       <c r="G538">
-        <v>3475.553</v>
+        <v>3482.054</v>
       </c>
       <c r="H538">
-        <v>2743.231</v>
+        <v>2736.73</v>
       </c>
       <c r="I538">
         <v>58952.703</v>
       </c>
     </row>
     <row r="539" spans="1:26">
       <c r="A539" s="6">
         <v>42675.0</v>
       </c>
       <c r="B539">
         <v>67149.752</v>
       </c>
       <c r="C539">
         <v>705.441</v>
       </c>
       <c r="D539">
         <v>706.435</v>
       </c>
       <c r="E539">
         <v>6553.501</v>
       </c>
       <c r="F539">
         <v>-5847.066</v>
       </c>
       <c r="G539">
-        <v>8533.894</v>
+        <v>8538.002</v>
       </c>
       <c r="H539">
-        <v>940.991</v>
+        <v>936.883</v>
       </c>
       <c r="I539">
         <v>52533.242</v>
       </c>
     </row>
     <row r="540" spans="1:26">
       <c r="A540" s="6">
         <v>42705.0</v>
       </c>
       <c r="B540">
         <v>63311.104</v>
       </c>
       <c r="C540">
         <v>1009.484</v>
       </c>
       <c r="D540">
         <v>649.114</v>
       </c>
       <c r="E540">
         <v>7926.236</v>
       </c>
       <c r="F540">
         <v>-7277.122</v>
       </c>
       <c r="G540">
-        <v>-8220.051</v>
+        <v>-8629.841</v>
       </c>
       <c r="H540">
-        <v>-4237.841</v>
+        <v>-3828.051</v>
       </c>
       <c r="I540">
         <v>69501.358</v>
       </c>
     </row>
     <row r="541" spans="1:26">
       <c r="A541" s="6">
         <v>42736.0</v>
       </c>
       <c r="B541">
         <v>68414.386</v>
       </c>
       <c r="C541">
         <v>1026.588</v>
       </c>
       <c r="D541">
         <v>743.092</v>
       </c>
       <c r="E541">
         <v>7403.149</v>
       </c>
       <c r="F541">
         <v>-6660.057</v>
       </c>
       <c r="G541">
-        <v>-6802.568</v>
+        <v>-6367.525</v>
       </c>
       <c r="H541">
-        <v>1577.891</v>
+        <v>1142.848</v>
       </c>
       <c r="I541">
         <v>68005.594</v>
       </c>
     </row>
     <row r="542" spans="1:26">
       <c r="A542" s="6">
         <v>42767.0</v>
       </c>
       <c r="B542">
         <v>64389.031</v>
       </c>
       <c r="C542">
         <v>916.237</v>
       </c>
       <c r="D542">
         <v>612.301</v>
       </c>
       <c r="E542">
         <v>7061.509</v>
       </c>
       <c r="F542">
         <v>-6449.208</v>
       </c>
       <c r="G542">
-        <v>4245.811</v>
+        <v>4245.573</v>
       </c>
       <c r="H542">
-        <v>2229.325</v>
+        <v>2229.563</v>
       </c>
       <c r="I542">
         <v>52380.924</v>
       </c>
     </row>
     <row r="543" spans="1:26">
       <c r="A543" s="6">
         <v>42795.0</v>
       </c>
       <c r="B543">
         <v>64335.048</v>
       </c>
       <c r="C543">
         <v>975.415</v>
       </c>
       <c r="D543">
         <v>559.661</v>
       </c>
       <c r="E543">
         <v>8074.942</v>
       </c>
       <c r="F543">
         <v>-7515.281</v>
       </c>
       <c r="G543">
-        <v>1104.372</v>
+        <v>1096.267</v>
       </c>
       <c r="H543">
-        <v>3365.573</v>
+        <v>3373.678</v>
       </c>
       <c r="I543">
         <v>53325.237</v>
       </c>
     </row>
     <row r="544" spans="1:26">
       <c r="A544" s="6">
         <v>42826.0</v>
       </c>
       <c r="B544">
         <v>58753.723</v>
       </c>
       <c r="C544">
         <v>651.103</v>
       </c>
       <c r="D544">
         <v>492.863</v>
       </c>
       <c r="E544">
         <v>7131.821</v>
       </c>
       <c r="F544">
         <v>-6638.958</v>
       </c>
       <c r="G544">
-        <v>2203.247</v>
+        <v>2197.642</v>
       </c>
       <c r="H544">
-        <v>1997.174</v>
+        <v>2002.779</v>
       </c>
       <c r="I544">
         <v>48565.447</v>
       </c>
     </row>
     <row r="545" spans="1:26">
       <c r="A545" s="6">
         <v>42856.0</v>
       </c>
       <c r="B545">
         <v>62115.414</v>
       </c>
       <c r="C545">
         <v>695.704</v>
       </c>
       <c r="D545">
         <v>1053.12</v>
       </c>
       <c r="E545">
         <v>7200.181</v>
       </c>
       <c r="F545">
         <v>-6147.061</v>
       </c>
       <c r="G545">
-        <v>-2110.436</v>
+        <v>-2116.451</v>
       </c>
       <c r="H545">
-        <v>3572.809</v>
+        <v>3578.824</v>
       </c>
       <c r="I545">
         <v>55201.684</v>
       </c>
     </row>
     <row r="546" spans="1:26">
       <c r="A546" s="6">
         <v>42887.0</v>
       </c>
       <c r="B546">
         <v>66228.987</v>
       </c>
       <c r="C546">
         <v>776.565</v>
       </c>
       <c r="D546">
         <v>651.067</v>
       </c>
       <c r="E546">
         <v>7504.172</v>
       </c>
       <c r="F546">
         <v>-6853.105</v>
       </c>
       <c r="G546">
-        <v>-5338.261</v>
+        <v>-5351.063</v>
       </c>
       <c r="H546">
-        <v>2392.161</v>
+        <v>2404.963</v>
       </c>
       <c r="I546">
         <v>63098.547</v>
       </c>
     </row>
     <row r="547" spans="1:26">
       <c r="A547" s="6">
         <v>42917.0</v>
       </c>
       <c r="B547">
         <v>62966.364</v>
       </c>
       <c r="C547">
         <v>907.042</v>
       </c>
       <c r="D547">
         <v>956.274</v>
       </c>
       <c r="E547">
         <v>7154.344</v>
       </c>
       <c r="F547">
         <v>-6198.07</v>
       </c>
       <c r="G547">
-        <v>-10094.371</v>
+        <v>-10087.95</v>
       </c>
       <c r="H547">
-        <v>-6444.077</v>
+        <v>-6450.498</v>
       </c>
       <c r="I547">
         <v>74213.784</v>
       </c>
     </row>
     <row r="548" spans="1:26">
       <c r="A548" s="6">
         <v>42948.0</v>
       </c>
       <c r="B548">
         <v>70582.33</v>
       </c>
       <c r="C548">
         <v>900.879</v>
       </c>
       <c r="D548">
         <v>864.366</v>
       </c>
       <c r="E548">
         <v>8591.78</v>
       </c>
       <c r="F548">
         <v>-7727.414</v>
       </c>
       <c r="G548">
-        <v>-5775.008</v>
+        <v>-5766.897</v>
       </c>
       <c r="H548">
-        <v>-698.327</v>
+        <v>-706.438</v>
       </c>
       <c r="I548">
         <v>70229.13</v>
       </c>
     </row>
     <row r="549" spans="1:26">
       <c r="A549" s="6">
         <v>42979.0</v>
       </c>
       <c r="B549">
         <v>62891.468</v>
       </c>
       <c r="C549">
         <v>801.196</v>
       </c>
       <c r="D549">
         <v>512.823</v>
       </c>
       <c r="E549">
         <v>8824.844</v>
       </c>
       <c r="F549">
         <v>-8312.021</v>
       </c>
       <c r="G549">
-        <v>-2352.113</v>
+        <v>-2349.335</v>
       </c>
       <c r="H549">
-        <v>-1306.681</v>
+        <v>-1309.459</v>
       </c>
       <c r="I549">
         <v>59039.437</v>
       </c>
     </row>
     <row r="550" spans="1:26">
       <c r="A550" s="6">
         <v>43009.0</v>
       </c>
       <c r="B550">
         <v>66367.608</v>
       </c>
       <c r="C550">
         <v>629.794</v>
       </c>
       <c r="D550">
         <v>581.59</v>
       </c>
       <c r="E550">
         <v>9130.467</v>
       </c>
       <c r="F550">
         <v>-8548.877</v>
       </c>
       <c r="G550">
-        <v>1837.753</v>
+        <v>1847.455</v>
       </c>
       <c r="H550">
-        <v>2174.93</v>
+        <v>2165.228</v>
       </c>
       <c r="I550">
         <v>54435.842</v>
       </c>
     </row>
     <row r="551" spans="1:26">
       <c r="A551" s="6">
         <v>43040.0</v>
       </c>
       <c r="B551">
         <v>64345.233</v>
       </c>
       <c r="C551">
         <v>668.316</v>
       </c>
       <c r="D551">
         <v>367.576</v>
       </c>
       <c r="E551">
         <v>9049.456</v>
       </c>
       <c r="F551">
         <v>-8681.88</v>
       </c>
       <c r="G551">
-        <v>2132.488</v>
+        <v>2134.654</v>
       </c>
       <c r="H551">
-        <v>-1158.094</v>
+        <v>-1160.26</v>
       </c>
       <c r="I551">
         <v>55357.275</v>
       </c>
     </row>
     <row r="552" spans="1:26">
       <c r="A552" s="6">
         <v>43070.0</v>
       </c>
       <c r="B552">
         <v>63219.765</v>
       </c>
       <c r="C552">
         <v>1002.61</v>
       </c>
       <c r="D552">
         <v>407.919</v>
       </c>
       <c r="E552">
         <v>9818.454</v>
       </c>
       <c r="F552">
         <v>-9410.535</v>
       </c>
       <c r="G552">
-        <v>-5517.537</v>
+        <v>-5515.753</v>
       </c>
       <c r="H552">
-        <v>-2673.404</v>
+        <v>-2675.188</v>
       </c>
       <c r="I552">
         <v>63002.781</v>
       </c>
     </row>
     <row r="553" spans="1:26">
       <c r="A553" s="6">
         <v>43101.0</v>
       </c>
       <c r="B553">
         <v>61971.188</v>
       </c>
       <c r="C553">
         <v>1090.352</v>
       </c>
       <c r="D553">
         <v>499.626</v>
       </c>
       <c r="E553">
         <v>8659.211</v>
       </c>
       <c r="F553">
         <v>-8159.585</v>
       </c>
       <c r="G553">
-        <v>-13915.52</v>
+        <v>-13881.359</v>
       </c>
       <c r="H553">
-        <v>-436.299</v>
+        <v>-470.46</v>
       </c>
       <c r="I553">
         <v>69253.774</v>
       </c>
     </row>
     <row r="554" spans="1:26">
       <c r="A554" s="6">
         <v>43132.0</v>
       </c>
       <c r="B554">
         <v>60268.717</v>
       </c>
       <c r="C554">
         <v>908.829</v>
       </c>
       <c r="D554">
         <v>349.198</v>
       </c>
       <c r="E554">
         <v>8982.565</v>
       </c>
       <c r="F554">
         <v>-8633.367</v>
       </c>
       <c r="G554">
@@ -18857,98 +18857,127 @@
         <v>232.199</v>
       </c>
       <c r="E642">
         <v>6949.676</v>
       </c>
       <c r="F642">
         <v>-6717.477</v>
       </c>
       <c r="G642">
         <v>-2831.213</v>
       </c>
       <c r="H642">
         <v>1752.254</v>
       </c>
       <c r="I642">
         <v>39269.062</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>46958.625</v>
       </c>
-      <c r="C643" t="s">
-        <v>15</v>
+      <c r="C643">
+        <v>522.5</v>
       </c>
       <c r="D643">
         <v>220.995</v>
       </c>
       <c r="E643">
         <v>6517.552</v>
       </c>
       <c r="F643">
         <v>-6296.557</v>
       </c>
-      <c r="G643" t="s">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="G643">
+        <v>-8055.206</v>
+      </c>
+      <c r="H643">
+        <v>1437.547</v>
+      </c>
+      <c r="I643">
+        <v>47802.227</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>48646.165</v>
       </c>
       <c r="C644" t="s">
         <v>15</v>
       </c>
       <c r="D644" t="s">
         <v>15</v>
       </c>
       <c r="E644" t="s">
         <v>15</v>
       </c>
       <c r="F644" t="s">
         <v>15</v>
       </c>
       <c r="G644" t="s">
         <v>15</v>
       </c>
       <c r="H644" t="s">
         <v>15</v>
       </c>
       <c r="I644" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>45458.542</v>
+      </c>
+      <c r="C645" t="s">
+        <v>15</v>
+      </c>
+      <c r="D645" t="s">
+        <v>15</v>
+      </c>
+      <c r="E645" t="s">
+        <v>15</v>
+      </c>
+      <c r="F645" t="s">
+        <v>15</v>
+      </c>
+      <c r="G645" t="s">
+        <v>15</v>
+      </c>
+      <c r="H645" t="s">
+        <v>15</v>
+      </c>
+      <c r="I645" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -20943,170 +20972,170 @@
       </c>
       <c r="I77">
         <v>924441.815</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="7">
         <v>2014</v>
       </c>
       <c r="B78">
         <v>1000048.758</v>
       </c>
       <c r="C78">
         <v>12090.206</v>
       </c>
       <c r="D78">
         <v>11349.926</v>
       </c>
       <c r="E78">
         <v>97256.746</v>
       </c>
       <c r="F78">
         <v>-85906.82</v>
       </c>
       <c r="G78">
-        <v>-2356.849</v>
+        <v>-2600.725</v>
       </c>
       <c r="H78">
-        <v>10857.515</v>
+        <v>11101.391</v>
       </c>
       <c r="I78">
         <v>917731.478</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="7">
         <v>2015</v>
       </c>
       <c r="B79">
         <v>896940.563</v>
       </c>
       <c r="C79">
         <v>9969.302</v>
       </c>
       <c r="D79">
         <v>11318.011</v>
       </c>
       <c r="E79">
         <v>73957.888</v>
       </c>
       <c r="F79">
         <v>-62639.877</v>
       </c>
       <c r="G79">
-        <v>40824.074</v>
+        <v>40703.74</v>
       </c>
       <c r="H79">
-        <v>5331.234</v>
+        <v>5451.568</v>
       </c>
       <c r="I79">
         <v>798114.68</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="7">
         <v>2016</v>
       </c>
       <c r="B80">
         <v>728364.498</v>
       </c>
       <c r="C80">
         <v>10138.404</v>
       </c>
       <c r="D80">
         <v>9846.358</v>
       </c>
       <c r="E80">
         <v>60271.017</v>
       </c>
       <c r="F80">
         <v>-50424.659</v>
       </c>
       <c r="G80">
-        <v>-45338.022</v>
+        <v>-45441.213</v>
       </c>
       <c r="H80">
-        <v>2345.575</v>
+        <v>2448.766</v>
       </c>
       <c r="I80">
         <v>731070.69</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="7">
         <v>2017</v>
       </c>
       <c r="B81">
         <v>774609.357</v>
       </c>
       <c r="C81">
         <v>9951.449</v>
       </c>
       <c r="D81">
         <v>7802.652</v>
       </c>
       <c r="E81">
         <v>96945.119</v>
       </c>
       <c r="F81">
         <v>-89142.467</v>
       </c>
       <c r="G81">
-        <v>-26466.623</v>
+        <v>-26033.383</v>
       </c>
       <c r="H81">
-        <v>5029.278</v>
+        <v>4596.038</v>
       </c>
       <c r="I81">
         <v>716855.684</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="7">
         <v>2018</v>
       </c>
       <c r="B82">
         <v>756167.095</v>
       </c>
       <c r="C82">
         <v>10431.158</v>
       </c>
       <c r="D82">
         <v>5954.155</v>
       </c>
       <c r="E82">
         <v>116244.072</v>
       </c>
       <c r="F82">
         <v>-110289.917</v>
       </c>
       <c r="G82">
-        <v>-37194.081</v>
+        <v>-37159.92</v>
       </c>
       <c r="H82">
-        <v>5397.09</v>
+        <v>5362.929</v>
       </c>
       <c r="I82">
         <v>688105.327</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="7">
         <v>2019</v>
       </c>
       <c r="B83">
         <v>706309.263</v>
       </c>
       <c r="C83">
         <v>8003.42</v>
       </c>
       <c r="D83">
         <v>6697.137</v>
       </c>
       <c r="E83">
         <v>93764.651</v>
       </c>
       <c r="F83">
         <v>-87067.514</v>
       </c>
       <c r="G83">