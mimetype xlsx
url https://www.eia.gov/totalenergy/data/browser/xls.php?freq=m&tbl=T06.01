--- v1 (2025-11-19)
+++ v2 (2026-01-05)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 6.1 Coal Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Production</t>
   </si>
   <si>
     <t>Waste Coal Supplied</t>
   </si>
   <si>
     <t>Coal Imports</t>
   </si>
   <si>
     <t>Coal Exports</t>
   </si>
   <si>
     <t>Coal Net Imports</t>
   </si>
   <si>
     <t>Coal Stock Change</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -18000,984 +18000,1042 @@
       </c>
       <c r="I612">
         <v>45392.051</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>51052.732</v>
       </c>
       <c r="C613">
         <v>627.141</v>
       </c>
       <c r="D613">
         <v>439.736</v>
       </c>
       <c r="E613">
         <v>7081.534</v>
       </c>
       <c r="F613">
         <v>-6641.798</v>
       </c>
       <c r="G613">
-        <v>4466.265</v>
+        <v>4442.265</v>
       </c>
       <c r="H613">
-        <v>1479.256</v>
+        <v>1503.256</v>
       </c>
       <c r="I613">
         <v>39092.554</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>45750.904</v>
       </c>
       <c r="C614">
         <v>719.322</v>
       </c>
       <c r="D614">
         <v>299.642</v>
       </c>
       <c r="E614">
         <v>8255.458</v>
       </c>
       <c r="F614">
         <v>-7955.816</v>
       </c>
       <c r="G614">
-        <v>8039.886</v>
+        <v>7622.886</v>
       </c>
       <c r="H614">
-        <v>133.465</v>
+        <v>550.465</v>
       </c>
       <c r="I614">
         <v>30341.059</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>52027.269</v>
       </c>
       <c r="C615">
         <v>737.45</v>
       </c>
       <c r="D615">
         <v>280.836</v>
       </c>
       <c r="E615">
         <v>9191.885</v>
       </c>
       <c r="F615">
         <v>-8911.049</v>
       </c>
       <c r="G615">
-        <v>9205.697</v>
+        <v>9837.697</v>
       </c>
       <c r="H615">
-        <v>2330.449</v>
+        <v>1698.449</v>
       </c>
       <c r="I615">
         <v>32317.524</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>47006.179</v>
       </c>
       <c r="C616">
         <v>602.316</v>
       </c>
       <c r="D616">
         <v>426.414</v>
       </c>
       <c r="E616">
         <v>7837.54</v>
       </c>
       <c r="F616">
         <v>-7411.126</v>
       </c>
       <c r="G616">
-        <v>10436.228</v>
+        <v>11069.228</v>
       </c>
       <c r="H616">
-        <v>3698.497</v>
+        <v>3065.497</v>
       </c>
       <c r="I616">
         <v>26062.644</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>48262.134</v>
       </c>
       <c r="C617">
         <v>479.153</v>
       </c>
       <c r="D617">
         <v>305.446</v>
       </c>
       <c r="E617">
         <v>8429.59</v>
       </c>
       <c r="F617">
         <v>-8124.144</v>
       </c>
       <c r="G617">
-        <v>8347.045</v>
+        <v>8934.045</v>
       </c>
       <c r="H617">
-        <v>3580.856</v>
+        <v>2993.856</v>
       </c>
       <c r="I617">
         <v>28689.242</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>47183.56</v>
       </c>
       <c r="C618">
         <v>654.963</v>
       </c>
       <c r="D618">
         <v>282.364</v>
       </c>
       <c r="E618">
         <v>8436.883</v>
       </c>
       <c r="F618">
         <v>-8154.519</v>
       </c>
       <c r="G618">
-        <v>1413.386</v>
+        <v>1953.386</v>
       </c>
       <c r="H618">
-        <v>1541.59</v>
+        <v>1001.59</v>
       </c>
       <c r="I618">
         <v>36729.028</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>46594.643</v>
       </c>
       <c r="C619">
         <v>868.831</v>
       </c>
       <c r="D619">
         <v>325.707</v>
       </c>
       <c r="E619">
         <v>6701.185</v>
       </c>
       <c r="F619">
         <v>-6375.478</v>
       </c>
       <c r="G619">
-        <v>-7324.44</v>
+        <v>-5914.44</v>
       </c>
       <c r="H619">
-        <v>852.64</v>
+        <v>-557.36</v>
       </c>
       <c r="I619">
         <v>47559.796</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>50624.503</v>
       </c>
       <c r="C620">
         <v>808.719</v>
       </c>
       <c r="D620">
         <v>354.741</v>
       </c>
       <c r="E620">
         <v>9119.346</v>
       </c>
       <c r="F620">
         <v>-8764.605</v>
       </c>
       <c r="G620">
-        <v>-6542.619</v>
+        <v>-4735.619</v>
       </c>
       <c r="H620">
-        <v>2161.487</v>
+        <v>354.487</v>
       </c>
       <c r="I620">
         <v>47049.749</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>48619.798</v>
       </c>
       <c r="C621">
         <v>503.407</v>
       </c>
       <c r="D621">
         <v>313.973</v>
       </c>
       <c r="E621">
         <v>8815.643</v>
       </c>
       <c r="F621">
         <v>-8501.67</v>
       </c>
       <c r="G621">
-        <v>-883.275</v>
+        <v>349.725</v>
       </c>
       <c r="H621">
-        <v>4171.477</v>
+        <v>2938.477</v>
       </c>
       <c r="I621">
         <v>37333.333</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>47602.804</v>
       </c>
       <c r="C622">
         <v>589.954</v>
       </c>
       <c r="D622">
         <v>413.349</v>
       </c>
       <c r="E622">
         <v>9205.295</v>
       </c>
       <c r="F622">
         <v>-8791.946</v>
       </c>
       <c r="G622">
-        <v>4971.792</v>
+        <v>5092.792</v>
       </c>
       <c r="H622">
-        <v>1721.61</v>
+        <v>1600.61</v>
       </c>
       <c r="I622">
         <v>32707.41</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>47518.639</v>
       </c>
       <c r="C623">
         <v>721.104</v>
       </c>
       <c r="D623">
         <v>335.148</v>
       </c>
       <c r="E623">
         <v>8388.032</v>
       </c>
       <c r="F623">
         <v>-8052.884</v>
       </c>
       <c r="G623">
-        <v>7913.096</v>
+        <v>7929.096</v>
       </c>
       <c r="H623">
-        <v>-516.758</v>
+        <v>-532.758</v>
       </c>
       <c r="I623">
         <v>32790.521</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>45710.852</v>
       </c>
       <c r="C624">
         <v>852.254</v>
       </c>
       <c r="D624">
         <v>232.768</v>
       </c>
       <c r="E624">
         <v>8745.672</v>
       </c>
       <c r="F624">
         <v>-8512.904</v>
       </c>
       <c r="G624">
-        <v>2002.947</v>
+        <v>1911.947</v>
       </c>
       <c r="H624">
-        <v>825.522</v>
+        <v>916.522</v>
       </c>
       <c r="I624">
         <v>35221.733</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>44052.01</v>
+        <v>44060.189</v>
       </c>
       <c r="C625">
-        <v>830.453</v>
+        <v>779.548</v>
       </c>
       <c r="D625">
         <v>93.541</v>
       </c>
       <c r="E625">
-        <v>8411.113</v>
+        <v>8428.751</v>
       </c>
       <c r="F625">
-        <v>-8317.572</v>
+        <v>-8335.21</v>
       </c>
       <c r="G625">
-        <v>-2843.945</v>
+        <v>-9374.494</v>
       </c>
       <c r="H625">
-        <v>-6243.223</v>
+        <v>228.913</v>
       </c>
       <c r="I625">
-        <v>45652.059</v>
+        <v>45650.108</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>44010.722</v>
+        <v>44018.888</v>
       </c>
       <c r="C626">
-        <v>721.092</v>
+        <v>783.453</v>
       </c>
       <c r="D626">
         <v>150.527</v>
       </c>
       <c r="E626">
-        <v>9119.032</v>
+        <v>8679.676</v>
       </c>
       <c r="F626">
-        <v>-8968.505</v>
+        <v>-8529.149</v>
       </c>
       <c r="G626">
-        <v>4826.561</v>
+        <v>5114.549</v>
       </c>
       <c r="H626">
-        <v>1820.823</v>
+        <v>1959.721</v>
       </c>
       <c r="I626">
-        <v>29115.925</v>
+        <v>29198.922</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>41808.232</v>
+        <v>41815.979</v>
       </c>
       <c r="C627">
-        <v>767.582</v>
+        <v>853.526</v>
       </c>
       <c r="D627">
         <v>84.851</v>
       </c>
       <c r="E627">
-        <v>9275.482</v>
+        <v>9662.44</v>
       </c>
       <c r="F627">
-        <v>-9190.631</v>
+        <v>-9577.589</v>
       </c>
       <c r="G627">
-        <v>5780.165</v>
+        <v>6166.677</v>
       </c>
       <c r="H627">
-        <v>2075.273</v>
+        <v>1278.776</v>
       </c>
       <c r="I627">
-        <v>25529.745</v>
+        <v>25646.463</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>35709.395</v>
+        <v>35763.853</v>
       </c>
       <c r="C628">
-        <v>745.736</v>
+        <v>754.351</v>
       </c>
       <c r="D628">
         <v>253.539</v>
       </c>
       <c r="E628">
-        <v>6842.93</v>
+        <v>6764.862</v>
       </c>
       <c r="F628">
-        <v>-6589.391</v>
+        <v>-6511.323</v>
       </c>
       <c r="G628">
-        <v>2778.019</v>
+        <v>3255.944</v>
       </c>
       <c r="H628">
-        <v>2834.679</v>
+        <v>2473.991</v>
       </c>
       <c r="I628">
-        <v>24253.042</v>
+        <v>24276.946</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>39370.106</v>
+        <v>39430.148</v>
       </c>
       <c r="C629">
-        <v>599.407</v>
+        <v>578.87</v>
       </c>
       <c r="D629">
         <v>79.715</v>
       </c>
       <c r="E629">
-        <v>8937.965</v>
+        <v>9122.913</v>
       </c>
       <c r="F629">
-        <v>-8858.25</v>
+        <v>-9043.198</v>
       </c>
       <c r="G629">
-        <v>514.023</v>
+        <v>1006.256</v>
       </c>
       <c r="H629">
-        <v>1316.437</v>
+        <v>708.625</v>
       </c>
       <c r="I629">
-        <v>29280.803</v>
+        <v>29250.939</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>43003.758</v>
+        <v>43069.394</v>
       </c>
       <c r="C630">
-        <v>777.24</v>
+        <v>714.825</v>
       </c>
       <c r="D630">
         <v>202.564</v>
       </c>
       <c r="E630">
-        <v>10011.162</v>
+        <v>10164.614</v>
       </c>
       <c r="F630">
-        <v>-9808.598</v>
+        <v>-9962.05</v>
       </c>
       <c r="G630">
-        <v>-5230.943</v>
+        <v>-4709.428</v>
       </c>
       <c r="H630">
-        <v>1744.624</v>
+        <v>1063.903</v>
       </c>
       <c r="I630">
-        <v>37458.719</v>
+        <v>37467.694</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>43342.918</v>
+        <v>43388.767</v>
       </c>
       <c r="C631">
-        <v>871.061</v>
+        <v>826.215</v>
       </c>
       <c r="D631">
         <v>184.878</v>
       </c>
       <c r="E631">
-        <v>8760.348</v>
+        <v>8905.28</v>
       </c>
       <c r="F631">
-        <v>-8575.47</v>
+        <v>-8720.402</v>
       </c>
       <c r="G631">
-        <v>-8590.363</v>
+        <v>-7923.764</v>
       </c>
       <c r="H631">
-        <v>654.851</v>
+        <v>-100.217</v>
       </c>
       <c r="I631">
-        <v>43574.021</v>
+        <v>43518.561</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>47110.135</v>
+        <v>47159.948</v>
       </c>
       <c r="C632">
-        <v>653.1</v>
+        <v>560.688</v>
       </c>
       <c r="D632">
         <v>288.092</v>
       </c>
       <c r="E632">
-        <v>9093.825</v>
+        <v>9118.887</v>
       </c>
       <c r="F632">
-        <v>-8805.733</v>
+        <v>-8830.795</v>
       </c>
       <c r="G632">
-        <v>-6407.674</v>
+        <v>-5694.826</v>
       </c>
       <c r="H632">
-        <v>2809.913</v>
+        <v>2109.836</v>
       </c>
       <c r="I632">
-        <v>42555.264</v>
+        <v>42474.832</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>45723.696</v>
+        <v>45772.017</v>
       </c>
       <c r="C633">
-        <v>556.596</v>
+        <v>438.876</v>
       </c>
       <c r="D633">
         <v>247.956</v>
       </c>
       <c r="E633">
-        <v>9452.78</v>
+        <v>9566.497</v>
       </c>
       <c r="F633">
-        <v>-9204.824</v>
+        <v>-9318.541</v>
       </c>
       <c r="G633">
-        <v>-6.129</v>
+        <v>727.417</v>
       </c>
       <c r="H633">
-        <v>2451.233</v>
+        <v>1678.967</v>
       </c>
       <c r="I633">
-        <v>34630.364</v>
+        <v>34485.968</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>44295.355</v>
+        <v>44317.433</v>
       </c>
       <c r="C634">
-        <v>594.268</v>
+        <v>436.076</v>
       </c>
       <c r="D634">
         <v>118.162</v>
       </c>
       <c r="E634">
-        <v>8967.633</v>
+        <v>9117.597</v>
       </c>
       <c r="F634">
-        <v>-8849.471</v>
+        <v>-8999.435</v>
       </c>
       <c r="G634">
-        <v>4145.41</v>
+        <v>5021.503</v>
       </c>
       <c r="H634">
-        <v>1146.018</v>
+        <v>145.953</v>
       </c>
       <c r="I634">
-        <v>30748.724</v>
+        <v>30586.618</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>40963.87</v>
+        <v>40984.303</v>
       </c>
       <c r="C635">
-        <v>537.814</v>
+        <v>423.466</v>
       </c>
       <c r="D635">
         <v>167.085</v>
       </c>
       <c r="E635">
-        <v>9421.228</v>
+        <v>9305.011</v>
       </c>
       <c r="F635">
-        <v>-9254.143</v>
+        <v>-9137.926</v>
       </c>
       <c r="G635">
-        <v>2271.679</v>
+        <v>3173.252</v>
       </c>
       <c r="H635">
-        <v>243.007</v>
+        <v>-502.555</v>
       </c>
       <c r="I635">
-        <v>29732.855</v>
+        <v>29599.146</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>42738.096</v>
+        <v>42759.405</v>
       </c>
       <c r="C636">
-        <v>646.681</v>
+        <v>621.201</v>
       </c>
       <c r="D636">
         <v>126.801</v>
       </c>
       <c r="E636">
-        <v>9294.929</v>
+        <v>9489.855</v>
       </c>
       <c r="F636">
-        <v>-9168.128</v>
+        <v>-9363.054</v>
       </c>
       <c r="G636">
-        <v>-4235.806</v>
+        <v>-3434.783</v>
       </c>
       <c r="H636">
-        <v>-371.498</v>
+        <v>-1330.155</v>
       </c>
       <c r="I636">
-        <v>38823.953</v>
+        <v>38782.49</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>44845.035</v>
       </c>
       <c r="C637">
         <v>704.394</v>
       </c>
       <c r="D637">
         <v>244.581</v>
       </c>
       <c r="E637">
         <v>7725.77</v>
       </c>
       <c r="F637">
         <v>-7481.189</v>
       </c>
       <c r="G637">
-        <v>-14617.229</v>
+        <v>-21733.217</v>
       </c>
       <c r="H637">
-        <v>3653.127</v>
+        <v>10740.969</v>
       </c>
       <c r="I637">
-        <v>49032.342</v>
+        <v>49060.488</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>39706.701</v>
       </c>
       <c r="C638">
         <v>830.318</v>
       </c>
       <c r="D638">
         <v>197.349</v>
       </c>
       <c r="E638">
         <v>7387.252</v>
       </c>
       <c r="F638">
         <v>-7189.903</v>
       </c>
       <c r="G638">
-        <v>-5904.486</v>
+        <v>-5734.134</v>
       </c>
       <c r="H638">
-        <v>1054.07</v>
+        <v>845.123</v>
       </c>
       <c r="I638">
-        <v>38197.532</v>
+        <v>38236.127</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>47781.933</v>
       </c>
       <c r="C639">
         <v>811.65</v>
       </c>
       <c r="D639">
         <v>190.439</v>
       </c>
       <c r="E639">
         <v>9298.817</v>
       </c>
       <c r="F639">
         <v>-9108.378</v>
       </c>
       <c r="G639">
-        <v>4831.493</v>
+        <v>4892.447</v>
       </c>
       <c r="H639">
-        <v>3588.713</v>
+        <v>3437.908</v>
       </c>
       <c r="I639">
-        <v>31064.999</v>
+        <v>31154.85</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>43695.902</v>
+        <v>41876.334</v>
       </c>
       <c r="C640">
-        <v>522.5</v>
+        <v>811.844</v>
       </c>
       <c r="D640">
         <v>264.115</v>
       </c>
       <c r="E640">
         <v>7584.086</v>
       </c>
       <c r="F640">
         <v>-7319.971</v>
       </c>
       <c r="G640">
-        <v>3663.416</v>
+        <v>4394.724</v>
       </c>
       <c r="H640">
-        <v>4423.347</v>
+        <v>2342.29</v>
       </c>
       <c r="I640">
-        <v>28811.668</v>
+        <v>28631.193</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>46227.415</v>
+        <v>44020.249</v>
       </c>
       <c r="C641">
-        <v>522.5</v>
+        <v>838.746</v>
       </c>
       <c r="D641">
         <v>195.683</v>
       </c>
       <c r="E641">
         <v>7844.021</v>
       </c>
       <c r="F641">
         <v>-7648.338</v>
       </c>
       <c r="G641">
-        <v>3709.97</v>
+        <v>3762.417</v>
       </c>
       <c r="H641">
-        <v>4865.845</v>
+        <v>2686.965</v>
       </c>
       <c r="I641">
-        <v>30525.763</v>
+        <v>30761.275</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>44385.08</v>
+        <v>42239.888</v>
       </c>
       <c r="C642">
-        <v>522.5</v>
+        <v>851.917</v>
       </c>
       <c r="D642">
         <v>232.199</v>
       </c>
       <c r="E642">
         <v>6949.676</v>
       </c>
       <c r="F642">
         <v>-6717.477</v>
       </c>
       <c r="G642">
-        <v>-2831.213</v>
+        <v>-2882.775</v>
       </c>
       <c r="H642">
-        <v>1752.254</v>
+        <v>-154.822</v>
       </c>
       <c r="I642">
-        <v>39269.062</v>
+        <v>39411.925</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>46958.625</v>
       </c>
       <c r="C643">
         <v>522.5</v>
       </c>
       <c r="D643">
         <v>220.995</v>
       </c>
       <c r="E643">
         <v>6517.552</v>
       </c>
       <c r="F643">
         <v>-6296.557</v>
       </c>
       <c r="G643">
-        <v>-8055.206</v>
+        <v>-8933.37</v>
       </c>
       <c r="H643">
-        <v>1437.547</v>
+        <v>2276.35</v>
       </c>
       <c r="I643">
-        <v>47802.227</v>
+        <v>47841.588</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>48646.165</v>
       </c>
-      <c r="C644" t="s">
-[...18 lines deleted...]
-        <v>15</v>
+      <c r="C644">
+        <v>522.5</v>
+      </c>
+      <c r="D644">
+        <v>240.645</v>
+      </c>
+      <c r="E644">
+        <v>8169.686</v>
+      </c>
+      <c r="F644">
+        <v>-7929.041</v>
+      </c>
+      <c r="G644">
+        <v>-4931.457</v>
+      </c>
+      <c r="H644">
+        <v>3707.315</v>
+      </c>
+      <c r="I644">
+        <v>42463.766</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>45458.542</v>
       </c>
-      <c r="C645" t="s">
-[...17 lines deleted...]
-      <c r="I645" t="s">
+      <c r="C645">
+        <v>522.5</v>
+      </c>
+      <c r="D645">
+        <v>336.438</v>
+      </c>
+      <c r="E645">
+        <v>7805.418</v>
+      </c>
+      <c r="F645">
+        <v>-7468.98</v>
+      </c>
+      <c r="G645">
+        <v>280.221</v>
+      </c>
+      <c r="H645">
+        <v>1978.878</v>
+      </c>
+      <c r="I645">
+        <v>36252.964</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>44760.318</v>
+      </c>
+      <c r="C646" t="s">
+        <v>15</v>
+      </c>
+      <c r="D646" t="s">
+        <v>15</v>
+      </c>
+      <c r="E646" t="s">
+        <v>15</v>
+      </c>
+      <c r="F646" t="s">
+        <v>15</v>
+      </c>
+      <c r="G646" t="s">
+        <v>15</v>
+      </c>
+      <c r="H646" t="s">
+        <v>15</v>
+      </c>
+      <c r="I646" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>42903.667</v>
+      </c>
+      <c r="C647" t="s">
+        <v>15</v>
+      </c>
+      <c r="D647" t="s">
+        <v>15</v>
+      </c>
+      <c r="E647" t="s">
+        <v>15</v>
+      </c>
+      <c r="F647" t="s">
+        <v>15</v>
+      </c>
+      <c r="G647" t="s">
+        <v>15</v>
+      </c>
+      <c r="H647" t="s">
+        <v>15</v>
+      </c>
+      <c r="I647" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -21233,86 +21291,86 @@
       </c>
       <c r="I86">
         <v>515533.821</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>577954.017</v>
       </c>
       <c r="C87">
         <v>8164.614</v>
       </c>
       <c r="D87">
         <v>4010.124</v>
       </c>
       <c r="E87">
         <v>100208.063</v>
       </c>
       <c r="F87">
         <v>-96197.939</v>
       </c>
       <c r="G87">
-        <v>42046.008</v>
+        <v>48493.008</v>
       </c>
       <c r="H87">
-        <v>21980.091</v>
+        <v>15533.091</v>
       </c>
       <c r="I87">
         <v>425894.593</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>512128.293</v>
+        <v>512540.324</v>
       </c>
       <c r="C88">
-        <v>8301.03</v>
+        <v>7771.095</v>
       </c>
       <c r="D88">
         <v>1997.711</v>
       </c>
       <c r="E88">
-        <v>107588.427</v>
+        <v>108326.383</v>
       </c>
       <c r="F88">
-        <v>-105590.716</v>
+        <v>-106328.672</v>
       </c>
       <c r="G88">
-        <v>-6999.003</v>
+        <v>-6671.697</v>
       </c>
       <c r="H88">
-        <v>10482.137</v>
+        <v>9715.758</v>
       </c>
       <c r="I88">
-        <v>411355.473</v>
+        <v>410938.686</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>