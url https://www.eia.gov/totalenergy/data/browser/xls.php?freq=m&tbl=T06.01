--- v2 (2026-01-05)
+++ v3 (2026-02-20)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 6.1 Coal Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Production</t>
   </si>
   <si>
     <t>Waste Coal Supplied</t>
   </si>
   <si>
     <t>Coal Imports</t>
   </si>
   <si>
     <t>Coal Exports</t>
   </si>
   <si>
     <t>Coal Net Imports</t>
   </si>
   <si>
     <t>Coal Stock Change</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z647"/>
+  <dimension ref="A1:Z648"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A647"/>
+      <selection activeCell="A13" sqref="A13:A648"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -18696,346 +18696,375 @@
       </c>
       <c r="I636">
         <v>38782.49</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>44845.035</v>
       </c>
       <c r="C637">
         <v>704.394</v>
       </c>
       <c r="D637">
         <v>244.581</v>
       </c>
       <c r="E637">
         <v>7725.77</v>
       </c>
       <c r="F637">
         <v>-7481.189</v>
       </c>
       <c r="G637">
-        <v>-21733.217</v>
+        <v>-14937.217</v>
       </c>
       <c r="H637">
-        <v>10740.969</v>
+        <v>3944.969</v>
       </c>
       <c r="I637">
         <v>49060.488</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>39706.701</v>
       </c>
       <c r="C638">
         <v>830.318</v>
       </c>
       <c r="D638">
         <v>197.349</v>
       </c>
       <c r="E638">
         <v>7387.252</v>
       </c>
       <c r="F638">
         <v>-7189.903</v>
       </c>
       <c r="G638">
-        <v>-5734.134</v>
+        <v>-5898.134</v>
       </c>
       <c r="H638">
-        <v>845.123</v>
+        <v>1009.123</v>
       </c>
       <c r="I638">
         <v>38236.127</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>47781.933</v>
       </c>
       <c r="C639">
         <v>811.65</v>
       </c>
       <c r="D639">
         <v>190.439</v>
       </c>
       <c r="E639">
         <v>9298.817</v>
       </c>
       <c r="F639">
         <v>-9108.378</v>
       </c>
       <c r="G639">
-        <v>4892.447</v>
+        <v>4793.447</v>
       </c>
       <c r="H639">
-        <v>3437.908</v>
+        <v>3536.908</v>
       </c>
       <c r="I639">
         <v>31154.85</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>41876.334</v>
       </c>
       <c r="C640">
         <v>811.844</v>
       </c>
       <c r="D640">
         <v>264.115</v>
       </c>
       <c r="E640">
         <v>7584.086</v>
       </c>
       <c r="F640">
         <v>-7319.971</v>
       </c>
       <c r="G640">
-        <v>4394.724</v>
+        <v>4369.724</v>
       </c>
       <c r="H640">
-        <v>2342.29</v>
+        <v>2367.29</v>
       </c>
       <c r="I640">
         <v>28631.193</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>44020.249</v>
       </c>
       <c r="C641">
         <v>838.746</v>
       </c>
       <c r="D641">
         <v>195.683</v>
       </c>
       <c r="E641">
         <v>7844.021</v>
       </c>
       <c r="F641">
         <v>-7648.338</v>
       </c>
       <c r="G641">
-        <v>3762.417</v>
+        <v>3684.417</v>
       </c>
       <c r="H641">
-        <v>2686.965</v>
+        <v>2764.965</v>
       </c>
       <c r="I641">
         <v>30761.275</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>42239.888</v>
       </c>
       <c r="C642">
         <v>851.917</v>
       </c>
       <c r="D642">
         <v>232.199</v>
       </c>
       <c r="E642">
         <v>6949.676</v>
       </c>
       <c r="F642">
         <v>-6717.477</v>
       </c>
       <c r="G642">
-        <v>-2882.775</v>
+        <v>-2968.775</v>
       </c>
       <c r="H642">
-        <v>-154.822</v>
+        <v>-68.822</v>
       </c>
       <c r="I642">
         <v>39411.925</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>46958.625</v>
       </c>
       <c r="C643">
         <v>522.5</v>
       </c>
       <c r="D643">
         <v>220.995</v>
       </c>
       <c r="E643">
         <v>6517.552</v>
       </c>
       <c r="F643">
         <v>-6296.557</v>
       </c>
       <c r="G643">
-        <v>-8933.37</v>
+        <v>-8833.37</v>
       </c>
       <c r="H643">
-        <v>2276.35</v>
+        <v>2176.35</v>
       </c>
       <c r="I643">
         <v>47841.588</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>48646.165</v>
       </c>
       <c r="C644">
         <v>522.5</v>
       </c>
       <c r="D644">
         <v>240.645</v>
       </c>
       <c r="E644">
         <v>8169.686</v>
       </c>
       <c r="F644">
         <v>-7929.041</v>
       </c>
       <c r="G644">
-        <v>-4931.457</v>
+        <v>-4766.457</v>
       </c>
       <c r="H644">
-        <v>3707.315</v>
+        <v>3542.315</v>
       </c>
       <c r="I644">
         <v>42463.766</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>45458.542</v>
       </c>
       <c r="C645">
         <v>522.5</v>
       </c>
       <c r="D645">
         <v>336.438</v>
       </c>
       <c r="E645">
         <v>7805.418</v>
       </c>
       <c r="F645">
         <v>-7468.98</v>
       </c>
       <c r="G645">
-        <v>280.221</v>
+        <v>404.221</v>
       </c>
       <c r="H645">
-        <v>1978.878</v>
+        <v>1854.878</v>
       </c>
       <c r="I645">
         <v>36252.964</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
         <v>44760.318</v>
       </c>
-      <c r="C646" t="s">
-[...18 lines deleted...]
-        <v>15</v>
+      <c r="C646">
+        <v>522.5</v>
+      </c>
+      <c r="D646">
+        <v>335.374</v>
+      </c>
+      <c r="E646">
+        <v>8534.198</v>
+      </c>
+      <c r="F646">
+        <v>-8198.824</v>
+      </c>
+      <c r="G646">
+        <v>3583.692</v>
+      </c>
+      <c r="H646">
+        <v>-649.229</v>
+      </c>
+      <c r="I646">
+        <v>34149.531</v>
       </c>
     </row>
     <row r="647" spans="1:26">
       <c r="A647" s="6">
         <v>45962.0</v>
       </c>
       <c r="B647">
         <v>42903.667</v>
       </c>
       <c r="C647" t="s">
         <v>15</v>
       </c>
       <c r="D647" t="s">
         <v>15</v>
       </c>
       <c r="E647" t="s">
         <v>15</v>
       </c>
       <c r="F647" t="s">
         <v>15</v>
       </c>
       <c r="G647" t="s">
         <v>15</v>
       </c>
       <c r="H647" t="s">
         <v>15</v>
       </c>
       <c r="I647" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="648" spans="1:26">
+      <c r="A648" s="6">
+        <v>45992.0</v>
+      </c>
+      <c r="B648">
+        <v>43840.072</v>
+      </c>
+      <c r="C648" t="s">
+        <v>15</v>
+      </c>
+      <c r="D648" t="s">
+        <v>15</v>
+      </c>
+      <c r="E648" t="s">
+        <v>15</v>
+      </c>
+      <c r="F648" t="s">
+        <v>15</v>
+      </c>
+      <c r="G648" t="s">
+        <v>15</v>
+      </c>
+      <c r="H648" t="s">
+        <v>15</v>
+      </c>
+      <c r="I648" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>