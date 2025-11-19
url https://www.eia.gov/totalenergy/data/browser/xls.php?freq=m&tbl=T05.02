--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 5.2 Crude Oil and Natural Gas Exploratory and Development Wells</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Wells Drilled, Crude Oil</t>
   </si>
   <si>
     <t>Wells Drilled, Natural Gas</t>
   </si>
   <si>
     <t>Wells Drilled, Dry</t>
   </si>
   <si>
     <t>Crude Oil, Natural Gas, and Dry Wells Drilled, Horizontal and Directional Trajectory</t>
   </si>
   <si>
     <t>Crude Oil, Natural Gas, and Dry Wells Drilled, Vertical Trajectory</t>
   </si>
   <si>
     <t>Crude Oil, Natural Gas, and Dry Wells Drilled, Total</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="89.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="20.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="90.978" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="106.974" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="87.836" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -9484,166 +9484,166 @@
       </c>
       <c r="H228">
         <v>5586</v>
       </c>
       <c r="I228">
         <v>4479</v>
       </c>
       <c r="J228">
         <v>3831</v>
       </c>
       <c r="K228">
         <v>2368</v>
       </c>
       <c r="L228">
         <v>11528</v>
       </c>
       <c r="M228">
         <v>13896</v>
       </c>
     </row>
     <row r="229" spans="1:26">
       <c r="A229" s="6">
         <v>33239.0</v>
       </c>
       <c r="B229">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="C229">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D229">
         <v>566</v>
       </c>
       <c r="E229">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F229">
-        <v>2369</v>
+        <v>2368</v>
       </c>
       <c r="G229">
         <v>2650</v>
       </c>
       <c r="H229">
-        <v>5909</v>
+        <v>5902</v>
       </c>
       <c r="I229">
-        <v>4097</v>
+        <v>4108</v>
       </c>
       <c r="J229">
         <v>3076</v>
       </c>
       <c r="K229">
-        <v>2484</v>
+        <v>2495</v>
       </c>
       <c r="L229">
-        <v>10599</v>
+        <v>10591</v>
       </c>
       <c r="M229">
-        <v>13083</v>
+        <v>13086</v>
       </c>
     </row>
     <row r="230" spans="1:26">
       <c r="A230" s="6">
         <v>33270.0</v>
       </c>
       <c r="B230">
         <v>1231</v>
       </c>
       <c r="C230">
         <v>682</v>
       </c>
       <c r="D230">
         <v>600</v>
       </c>
       <c r="E230">
         <v>224</v>
       </c>
       <c r="F230">
         <v>2289</v>
       </c>
       <c r="G230">
         <v>2513</v>
       </c>
       <c r="H230">
         <v>5455</v>
       </c>
       <c r="I230">
         <v>3876</v>
       </c>
       <c r="J230">
         <v>3112</v>
       </c>
       <c r="K230">
         <v>1974</v>
       </c>
       <c r="L230">
         <v>10469</v>
       </c>
       <c r="M230">
         <v>12443</v>
       </c>
     </row>
     <row r="231" spans="1:26">
       <c r="A231" s="6">
         <v>33298.0</v>
       </c>
       <c r="B231">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="C231">
         <v>651</v>
       </c>
       <c r="D231">
         <v>617</v>
       </c>
       <c r="E231">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F231">
         <v>2241</v>
       </c>
       <c r="G231">
-        <v>2503</v>
+        <v>2504</v>
       </c>
       <c r="H231">
-        <v>5724</v>
+        <v>5735</v>
       </c>
       <c r="I231">
         <v>3899</v>
       </c>
       <c r="J231">
         <v>3093</v>
       </c>
       <c r="K231">
-        <v>2457</v>
+        <v>2468</v>
       </c>
       <c r="L231">
         <v>10259</v>
       </c>
       <c r="M231">
-        <v>12715</v>
+        <v>12727</v>
       </c>
     </row>
     <row r="232" spans="1:26">
       <c r="A232" s="6">
         <v>33329.0</v>
       </c>
       <c r="B232">
         <v>1183</v>
       </c>
       <c r="C232">
         <v>630</v>
       </c>
       <c r="D232">
         <v>631</v>
       </c>
       <c r="E232">
         <v>234</v>
       </c>
       <c r="F232">
         <v>2210</v>
       </c>
       <c r="G232">
         <v>2444</v>
       </c>
       <c r="H232">
@@ -9692,327 +9692,327 @@
       </c>
       <c r="I233">
         <v>3601</v>
       </c>
       <c r="J233">
         <v>2809</v>
       </c>
       <c r="K233">
         <v>1938</v>
       </c>
       <c r="L233">
         <v>9399</v>
       </c>
       <c r="M233">
         <v>11338</v>
       </c>
     </row>
     <row r="234" spans="1:26">
       <c r="A234" s="6">
         <v>33390.0</v>
       </c>
       <c r="B234">
         <v>970</v>
       </c>
       <c r="C234">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D234">
         <v>640</v>
       </c>
       <c r="E234">
         <v>243</v>
       </c>
       <c r="F234">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G234">
-        <v>2261</v>
+        <v>2262</v>
       </c>
       <c r="H234">
         <v>4389</v>
       </c>
       <c r="I234">
-        <v>3901</v>
+        <v>3908</v>
       </c>
       <c r="J234">
         <v>3101</v>
       </c>
       <c r="K234">
         <v>2109</v>
       </c>
       <c r="L234">
-        <v>9282</v>
+        <v>9289</v>
       </c>
       <c r="M234">
-        <v>11392</v>
+        <v>11398</v>
       </c>
     </row>
     <row r="235" spans="1:26">
       <c r="A235" s="6">
         <v>33420.0</v>
       </c>
       <c r="B235">
         <v>1032</v>
       </c>
       <c r="C235">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="D235">
         <v>712</v>
       </c>
       <c r="E235">
         <v>223</v>
       </c>
       <c r="F235">
-        <v>2219</v>
+        <v>2218</v>
       </c>
       <c r="G235">
-        <v>2442</v>
+        <v>2441</v>
       </c>
       <c r="H235">
         <v>4601</v>
       </c>
       <c r="I235">
-        <v>3912</v>
+        <v>3908</v>
       </c>
       <c r="J235">
         <v>3451</v>
       </c>
       <c r="K235">
         <v>2041</v>
       </c>
       <c r="L235">
-        <v>9923</v>
+        <v>9918</v>
       </c>
       <c r="M235">
-        <v>11963</v>
+        <v>11959</v>
       </c>
     </row>
     <row r="236" spans="1:26">
       <c r="A236" s="6">
         <v>33451.0</v>
       </c>
       <c r="B236">
         <v>1079</v>
       </c>
       <c r="C236">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D236">
         <v>641</v>
       </c>
       <c r="E236">
         <v>231</v>
       </c>
       <c r="F236">
-        <v>2240</v>
+        <v>2241</v>
       </c>
       <c r="G236">
-        <v>2471</v>
+        <v>2472</v>
       </c>
       <c r="H236">
         <v>4680</v>
       </c>
       <c r="I236">
-        <v>4170</v>
+        <v>4174</v>
       </c>
       <c r="J236">
         <v>3183</v>
       </c>
       <c r="K236">
         <v>2113</v>
       </c>
       <c r="L236">
-        <v>9920</v>
+        <v>9924</v>
       </c>
       <c r="M236">
-        <v>12033</v>
+        <v>12037</v>
       </c>
     </row>
     <row r="237" spans="1:26">
       <c r="A237" s="6">
         <v>33482.0</v>
       </c>
       <c r="B237">
         <v>943</v>
       </c>
       <c r="C237">
         <v>695</v>
       </c>
       <c r="D237">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="E237">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F237">
         <v>2058</v>
       </c>
       <c r="G237">
-        <v>2234</v>
+        <v>2235</v>
       </c>
       <c r="H237">
         <v>4001</v>
       </c>
       <c r="I237">
         <v>3687</v>
       </c>
       <c r="J237">
-        <v>2980</v>
+        <v>2987</v>
       </c>
       <c r="K237">
-        <v>1468</v>
+        <v>1475</v>
       </c>
       <c r="L237">
         <v>9200</v>
       </c>
       <c r="M237">
-        <v>10668</v>
+        <v>10675</v>
       </c>
     </row>
     <row r="238" spans="1:26">
       <c r="A238" s="6">
         <v>33512.0</v>
       </c>
       <c r="B238">
         <v>1090</v>
       </c>
       <c r="C238">
         <v>764</v>
       </c>
       <c r="D238">
-        <v>673</v>
+        <v>672</v>
       </c>
       <c r="E238">
         <v>188</v>
       </c>
       <c r="F238">
-        <v>2339</v>
+        <v>2338</v>
       </c>
       <c r="G238">
-        <v>2527</v>
+        <v>2526</v>
       </c>
       <c r="H238">
         <v>4543</v>
       </c>
       <c r="I238">
         <v>4117</v>
       </c>
       <c r="J238">
-        <v>3364</v>
+        <v>3361</v>
       </c>
       <c r="K238">
         <v>1702</v>
       </c>
       <c r="L238">
-        <v>10322</v>
+        <v>10319</v>
       </c>
       <c r="M238">
-        <v>12024</v>
+        <v>12021</v>
       </c>
     </row>
     <row r="239" spans="1:26">
       <c r="A239" s="6">
         <v>33543.0</v>
       </c>
       <c r="B239">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C239">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="D239">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="E239">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="F239">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="G239">
-        <v>2180</v>
+        <v>2184</v>
       </c>
       <c r="H239">
-        <v>3806</v>
+        <v>3813</v>
       </c>
       <c r="I239">
-        <v>4206</v>
+        <v>4199</v>
       </c>
       <c r="J239">
-        <v>2929</v>
+        <v>2932</v>
       </c>
       <c r="K239">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="L239">
-        <v>9258</v>
+        <v>9259</v>
       </c>
       <c r="M239">
-        <v>10942</v>
+        <v>10944</v>
       </c>
     </row>
     <row r="240" spans="1:26">
       <c r="A240" s="6">
         <v>33573.0</v>
       </c>
       <c r="B240">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="C240">
         <v>655</v>
       </c>
       <c r="D240">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="E240">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="F240">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="G240">
-        <v>2114</v>
+        <v>2115</v>
       </c>
       <c r="H240">
-        <v>4048</v>
+        <v>4040</v>
       </c>
       <c r="I240">
         <v>3725</v>
       </c>
       <c r="J240">
-        <v>3005</v>
+        <v>3006</v>
       </c>
       <c r="K240">
-        <v>1721</v>
+        <v>1713</v>
       </c>
       <c r="L240">
-        <v>9057</v>
+        <v>9058</v>
       </c>
       <c r="M240">
-        <v>10778</v>
+        <v>10771</v>
       </c>
     </row>
     <row r="241" spans="1:26">
       <c r="A241" s="6">
         <v>33604.0</v>
       </c>
       <c r="B241">
         <v>902</v>
       </c>
       <c r="C241">
         <v>582</v>
       </c>
       <c r="D241">
         <v>472</v>
       </c>
       <c r="E241">
         <v>176</v>
       </c>
       <c r="F241">
         <v>1780</v>
       </c>
       <c r="G241">
         <v>1956</v>
       </c>
       <c r="H241">
@@ -10105,406 +10105,406 @@
       </c>
       <c r="J243">
         <v>2443</v>
       </c>
       <c r="K243">
         <v>1285</v>
       </c>
       <c r="L243">
         <v>8104</v>
       </c>
       <c r="M243">
         <v>9390</v>
       </c>
     </row>
     <row r="244" spans="1:26">
       <c r="A244" s="6">
         <v>33695.0</v>
       </c>
       <c r="B244">
         <v>749</v>
       </c>
       <c r="C244">
         <v>444</v>
       </c>
       <c r="D244">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="E244">
         <v>142</v>
       </c>
       <c r="F244">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="G244">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="H244">
         <v>3592</v>
       </c>
       <c r="I244">
         <v>2790</v>
       </c>
       <c r="J244">
-        <v>2467</v>
+        <v>2476</v>
       </c>
       <c r="K244">
         <v>1436</v>
       </c>
       <c r="L244">
-        <v>7413</v>
+        <v>7422</v>
       </c>
       <c r="M244">
-        <v>8849</v>
+        <v>8858</v>
       </c>
     </row>
     <row r="245" spans="1:26">
       <c r="A245" s="6">
         <v>33725.0</v>
       </c>
       <c r="B245">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="C245">
         <v>465</v>
       </c>
       <c r="D245">
         <v>531</v>
       </c>
       <c r="E245">
         <v>153</v>
       </c>
       <c r="F245">
-        <v>1569</v>
+        <v>1568</v>
       </c>
       <c r="G245">
-        <v>1722</v>
+        <v>1721</v>
       </c>
       <c r="H245">
-        <v>3672</v>
+        <v>3663</v>
       </c>
       <c r="I245">
         <v>2839</v>
       </c>
       <c r="J245">
         <v>2520</v>
       </c>
       <c r="K245">
         <v>1446</v>
       </c>
       <c r="L245">
-        <v>7584</v>
+        <v>7575</v>
       </c>
       <c r="M245">
-        <v>9030</v>
+        <v>9021</v>
       </c>
     </row>
     <row r="246" spans="1:26">
       <c r="A246" s="6">
         <v>33756.0</v>
       </c>
       <c r="B246">
         <v>746</v>
       </c>
       <c r="C246">
         <v>532</v>
       </c>
       <c r="D246">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="E246">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F246">
         <v>1573</v>
       </c>
       <c r="G246">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="H246">
         <v>3640</v>
       </c>
       <c r="I246">
         <v>3193</v>
       </c>
       <c r="J246">
-        <v>2203</v>
+        <v>2207</v>
       </c>
       <c r="K246">
-        <v>1534</v>
+        <v>1537</v>
       </c>
       <c r="L246">
         <v>7503</v>
       </c>
       <c r="M246">
-        <v>9037</v>
+        <v>9040</v>
       </c>
     </row>
     <row r="247" spans="1:26">
       <c r="A247" s="6">
         <v>33786.0</v>
       </c>
       <c r="B247">
         <v>850</v>
       </c>
       <c r="C247">
         <v>577</v>
       </c>
       <c r="D247">
         <v>518</v>
       </c>
       <c r="E247">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="F247">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="G247">
         <v>1945</v>
       </c>
       <c r="H247">
-        <v>3962</v>
+        <v>3973</v>
       </c>
       <c r="I247">
         <v>3342</v>
       </c>
       <c r="J247">
         <v>2458</v>
       </c>
       <c r="K247">
-        <v>1420</v>
+        <v>1417</v>
       </c>
       <c r="L247">
-        <v>8343</v>
+        <v>8356</v>
       </c>
       <c r="M247">
-        <v>9763</v>
+        <v>9773</v>
       </c>
     </row>
     <row r="248" spans="1:26">
       <c r="A248" s="6">
         <v>33817.0</v>
       </c>
       <c r="B248">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C248">
         <v>661</v>
       </c>
       <c r="D248">
         <v>557</v>
       </c>
       <c r="E248">
         <v>161</v>
       </c>
       <c r="F248">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="G248">
-        <v>2045</v>
+        <v>2046</v>
       </c>
       <c r="H248">
-        <v>3784</v>
+        <v>3785</v>
       </c>
       <c r="I248">
         <v>3746</v>
       </c>
       <c r="J248">
         <v>2709</v>
       </c>
       <c r="K248">
         <v>1465</v>
       </c>
       <c r="L248">
-        <v>8774</v>
+        <v>8775</v>
       </c>
       <c r="M248">
-        <v>10239</v>
+        <v>10240</v>
       </c>
     </row>
     <row r="249" spans="1:26">
       <c r="A249" s="6">
         <v>33848.0</v>
       </c>
       <c r="B249">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="C249">
         <v>697</v>
       </c>
       <c r="D249">
         <v>520</v>
       </c>
       <c r="E249">
         <v>160</v>
       </c>
       <c r="F249">
-        <v>1965</v>
+        <v>1964</v>
       </c>
       <c r="G249">
-        <v>2125</v>
+        <v>2124</v>
       </c>
       <c r="H249">
-        <v>4255</v>
+        <v>4253</v>
       </c>
       <c r="I249">
         <v>4063</v>
       </c>
       <c r="J249">
         <v>2720</v>
       </c>
       <c r="K249">
         <v>1458</v>
       </c>
       <c r="L249">
-        <v>9579</v>
+        <v>9578</v>
       </c>
       <c r="M249">
-        <v>11038</v>
+        <v>11036</v>
       </c>
     </row>
     <row r="250" spans="1:26">
       <c r="A250" s="6">
         <v>33878.0</v>
       </c>
       <c r="B250">
         <v>954</v>
       </c>
       <c r="C250">
         <v>936</v>
       </c>
       <c r="D250">
         <v>528</v>
       </c>
       <c r="E250">
         <v>166</v>
       </c>
       <c r="F250">
         <v>2252</v>
       </c>
       <c r="G250">
         <v>2418</v>
       </c>
       <c r="H250">
-        <v>4194</v>
+        <v>4197</v>
       </c>
       <c r="I250">
         <v>5285</v>
       </c>
       <c r="J250">
         <v>2715</v>
       </c>
       <c r="K250">
         <v>1428</v>
       </c>
       <c r="L250">
-        <v>10766</v>
+        <v>10769</v>
       </c>
       <c r="M250">
-        <v>12194</v>
+        <v>12197</v>
       </c>
     </row>
     <row r="251" spans="1:26">
       <c r="A251" s="6">
         <v>33909.0</v>
       </c>
       <c r="B251">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C251">
         <v>879</v>
       </c>
       <c r="D251">
         <v>490</v>
       </c>
       <c r="E251">
         <v>179</v>
       </c>
       <c r="F251">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G251">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="H251">
-        <v>4011</v>
+        <v>4015</v>
       </c>
       <c r="I251">
         <v>5282</v>
       </c>
       <c r="J251">
         <v>2511</v>
       </c>
       <c r="K251">
         <v>1483</v>
       </c>
       <c r="L251">
-        <v>10321</v>
+        <v>10325</v>
       </c>
       <c r="M251">
-        <v>11804</v>
+        <v>11808</v>
       </c>
     </row>
     <row r="252" spans="1:26">
       <c r="A252" s="6">
         <v>33939.0</v>
       </c>
       <c r="B252">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C252">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="D252">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="E252">
         <v>182</v>
       </c>
       <c r="F252">
-        <v>2181</v>
+        <v>2182</v>
       </c>
       <c r="G252">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="H252">
-        <v>4628</v>
+        <v>4629</v>
       </c>
       <c r="I252">
-        <v>5470</v>
+        <v>5471</v>
       </c>
       <c r="J252">
-        <v>2460</v>
+        <v>2463</v>
       </c>
       <c r="K252">
         <v>1602</v>
       </c>
       <c r="L252">
-        <v>10956</v>
+        <v>10961</v>
       </c>
       <c r="M252">
-        <v>12558</v>
+        <v>12563</v>
       </c>
     </row>
     <row r="253" spans="1:26">
       <c r="A253" s="6">
         <v>33970.0</v>
       </c>
       <c r="B253">
         <v>753</v>
       </c>
       <c r="C253">
         <v>973</v>
       </c>
       <c r="D253">
         <v>402</v>
       </c>
       <c r="E253">
         <v>157</v>
       </c>
       <c r="F253">
         <v>1971</v>
       </c>
       <c r="G253">
         <v>2128</v>
       </c>
       <c r="H253">
@@ -10518,116 +10518,116 @@
       </c>
       <c r="K253">
         <v>1395</v>
       </c>
       <c r="L253">
         <v>10004</v>
       </c>
       <c r="M253">
         <v>11399</v>
       </c>
     </row>
     <row r="254" spans="1:26">
       <c r="A254" s="6">
         <v>34001.0</v>
       </c>
       <c r="B254">
         <v>687</v>
       </c>
       <c r="C254">
         <v>949</v>
       </c>
       <c r="D254">
         <v>374</v>
       </c>
       <c r="E254">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F254">
-        <v>1859</v>
+        <v>1858</v>
       </c>
       <c r="G254">
         <v>2010</v>
       </c>
       <c r="H254">
-        <v>3364</v>
+        <v>3371</v>
       </c>
       <c r="I254">
         <v>5522</v>
       </c>
       <c r="J254">
         <v>2110</v>
       </c>
       <c r="K254">
-        <v>1384</v>
+        <v>1396</v>
       </c>
       <c r="L254">
-        <v>9612</v>
+        <v>9606</v>
       </c>
       <c r="M254">
-        <v>10996</v>
+        <v>11003</v>
       </c>
     </row>
     <row r="255" spans="1:26">
       <c r="A255" s="6">
         <v>34029.0</v>
       </c>
       <c r="B255">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C255">
         <v>887</v>
       </c>
       <c r="D255">
         <v>432</v>
       </c>
       <c r="E255">
         <v>161</v>
       </c>
       <c r="F255">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="G255">
-        <v>2071</v>
+        <v>2072</v>
       </c>
       <c r="H255">
-        <v>3504</v>
+        <v>3511</v>
       </c>
       <c r="I255">
         <v>5722</v>
       </c>
       <c r="J255">
         <v>2186</v>
       </c>
       <c r="K255">
         <v>1561</v>
       </c>
       <c r="L255">
-        <v>9851</v>
+        <v>9859</v>
       </c>
       <c r="M255">
-        <v>11412</v>
+        <v>11419</v>
       </c>
     </row>
     <row r="256" spans="1:26">
       <c r="A256" s="6">
         <v>34060.0</v>
       </c>
       <c r="B256">
         <v>695</v>
       </c>
       <c r="C256">
         <v>595</v>
       </c>
       <c r="D256">
         <v>485</v>
       </c>
       <c r="E256">
         <v>161</v>
       </c>
       <c r="F256">
         <v>1614</v>
       </c>
       <c r="G256">
         <v>1775</v>
       </c>
       <c r="H256">
@@ -10638,119 +10638,119 @@
       </c>
       <c r="J256">
         <v>2483</v>
       </c>
       <c r="K256">
         <v>1553</v>
       </c>
       <c r="L256">
         <v>8762</v>
       </c>
       <c r="M256">
         <v>10315</v>
       </c>
     </row>
     <row r="257" spans="1:26">
       <c r="A257" s="6">
         <v>34090.0</v>
       </c>
       <c r="B257">
         <v>721</v>
       </c>
       <c r="C257">
         <v>675</v>
       </c>
       <c r="D257">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="E257">
         <v>186</v>
       </c>
       <c r="F257">
-        <v>1642</v>
+        <v>1640</v>
       </c>
       <c r="G257">
-        <v>1828</v>
+        <v>1826</v>
       </c>
       <c r="H257">
         <v>3444</v>
       </c>
       <c r="I257">
         <v>4447</v>
       </c>
       <c r="J257">
-        <v>2254</v>
+        <v>2252</v>
       </c>
       <c r="K257">
         <v>1697</v>
       </c>
       <c r="L257">
-        <v>8447</v>
+        <v>8446</v>
       </c>
       <c r="M257">
-        <v>10145</v>
+        <v>10143</v>
       </c>
     </row>
     <row r="258" spans="1:26">
       <c r="A258" s="6">
         <v>34121.0</v>
       </c>
       <c r="B258">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="C258">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D258">
         <v>457</v>
       </c>
       <c r="E258">
         <v>189</v>
       </c>
       <c r="F258">
-        <v>1741</v>
+        <v>1744</v>
       </c>
       <c r="G258">
-        <v>1930</v>
+        <v>1933</v>
       </c>
       <c r="H258">
-        <v>4098</v>
+        <v>4100</v>
       </c>
       <c r="I258">
-        <v>4175</v>
+        <v>4179</v>
       </c>
       <c r="J258">
         <v>2242</v>
       </c>
       <c r="K258">
         <v>1708</v>
       </c>
       <c r="L258">
-        <v>8807</v>
+        <v>8813</v>
       </c>
       <c r="M258">
-        <v>10515</v>
+        <v>10521</v>
       </c>
     </row>
     <row r="259" spans="1:26">
       <c r="A259" s="6">
         <v>34151.0</v>
       </c>
       <c r="B259">
         <v>792</v>
       </c>
       <c r="C259">
         <v>630</v>
       </c>
       <c r="D259">
         <v>572</v>
       </c>
       <c r="E259">
         <v>174</v>
       </c>
       <c r="F259">
         <v>1820</v>
       </c>
       <c r="G259">
         <v>1994</v>
       </c>
       <c r="H259">
@@ -10758,81 +10758,81 @@
       </c>
       <c r="I259">
         <v>3872</v>
       </c>
       <c r="J259">
         <v>2750</v>
       </c>
       <c r="K259">
         <v>1661</v>
       </c>
       <c r="L259">
         <v>8831</v>
       </c>
       <c r="M259">
         <v>10492</v>
       </c>
     </row>
     <row r="260" spans="1:26">
       <c r="A260" s="6">
         <v>34182.0</v>
       </c>
       <c r="B260">
         <v>898</v>
       </c>
       <c r="C260">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="D260">
         <v>534</v>
       </c>
       <c r="E260">
         <v>185</v>
       </c>
       <c r="F260">
-        <v>1989</v>
+        <v>1988</v>
       </c>
       <c r="G260">
-        <v>2174</v>
+        <v>2173</v>
       </c>
       <c r="H260">
         <v>4030</v>
       </c>
       <c r="I260">
-        <v>4484</v>
+        <v>4479</v>
       </c>
       <c r="J260">
         <v>2628</v>
       </c>
       <c r="K260">
         <v>1668</v>
       </c>
       <c r="L260">
-        <v>9474</v>
+        <v>9470</v>
       </c>
       <c r="M260">
-        <v>11142</v>
+        <v>11137</v>
       </c>
     </row>
     <row r="261" spans="1:26">
       <c r="A261" s="6">
         <v>34213.0</v>
       </c>
       <c r="B261">
         <v>869</v>
       </c>
       <c r="C261">
         <v>817</v>
       </c>
       <c r="D261">
         <v>558</v>
       </c>
       <c r="E261">
         <v>217</v>
       </c>
       <c r="F261">
         <v>2027</v>
       </c>
       <c r="G261">
         <v>2244</v>
       </c>
       <c r="H261">
@@ -10843,280 +10843,280 @@
       </c>
       <c r="J261">
         <v>2789</v>
       </c>
       <c r="K261">
         <v>1815</v>
       </c>
       <c r="L261">
         <v>9869</v>
       </c>
       <c r="M261">
         <v>11683</v>
       </c>
     </row>
     <row r="262" spans="1:26">
       <c r="A262" s="6">
         <v>34243.0</v>
       </c>
       <c r="B262">
         <v>900</v>
       </c>
       <c r="C262">
         <v>894</v>
       </c>
       <c r="D262">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="E262">
         <v>205</v>
       </c>
       <c r="F262">
-        <v>2132</v>
+        <v>2131</v>
       </c>
       <c r="G262">
-        <v>2337</v>
+        <v>2336</v>
       </c>
       <c r="H262">
-        <v>4546</v>
+        <v>4538</v>
       </c>
       <c r="I262">
         <v>5324</v>
       </c>
       <c r="J262">
-        <v>2605</v>
+        <v>2604</v>
       </c>
       <c r="K262">
         <v>1833</v>
       </c>
       <c r="L262">
-        <v>10641</v>
+        <v>10633</v>
       </c>
       <c r="M262">
-        <v>12474</v>
+        <v>12466</v>
       </c>
     </row>
     <row r="263" spans="1:26">
       <c r="A263" s="6">
         <v>34274.0</v>
       </c>
       <c r="B263">
         <v>825</v>
       </c>
       <c r="C263">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="D263">
         <v>531</v>
       </c>
       <c r="E263">
         <v>223</v>
       </c>
       <c r="F263">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="G263">
-        <v>2198</v>
+        <v>2199</v>
       </c>
       <c r="H263">
         <v>4427</v>
       </c>
       <c r="I263">
-        <v>5343</v>
+        <v>5351</v>
       </c>
       <c r="J263">
         <v>2737</v>
       </c>
       <c r="K263">
         <v>1982</v>
       </c>
       <c r="L263">
-        <v>10525</v>
+        <v>10533</v>
       </c>
       <c r="M263">
-        <v>12507</v>
+        <v>12515</v>
       </c>
     </row>
     <row r="264" spans="1:26">
       <c r="A264" s="6">
         <v>34304.0</v>
       </c>
       <c r="B264">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C264">
         <v>834</v>
       </c>
       <c r="D264">
         <v>534</v>
       </c>
       <c r="E264">
         <v>222</v>
       </c>
       <c r="F264">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="G264">
-        <v>2184</v>
+        <v>2186</v>
       </c>
       <c r="H264">
-        <v>4215</v>
+        <v>4224</v>
       </c>
       <c r="I264">
         <v>5252</v>
       </c>
       <c r="J264">
         <v>2954</v>
       </c>
       <c r="K264">
         <v>2067</v>
       </c>
       <c r="L264">
-        <v>10354</v>
+        <v>10363</v>
       </c>
       <c r="M264">
-        <v>12422</v>
+        <v>12430</v>
       </c>
     </row>
     <row r="265" spans="1:26">
       <c r="A265" s="6">
         <v>34335.0</v>
       </c>
       <c r="B265">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="C265">
         <v>750</v>
       </c>
       <c r="D265">
         <v>411</v>
       </c>
       <c r="E265">
         <v>190</v>
       </c>
       <c r="F265">
-        <v>1725</v>
+        <v>1724</v>
       </c>
       <c r="G265">
-        <v>1915</v>
+        <v>1914</v>
       </c>
       <c r="H265">
-        <v>4135</v>
+        <v>4130</v>
       </c>
       <c r="I265">
         <v>5119</v>
       </c>
       <c r="J265">
         <v>2441</v>
       </c>
       <c r="K265">
         <v>1850</v>
       </c>
       <c r="L265">
-        <v>9845</v>
+        <v>9840</v>
       </c>
       <c r="M265">
-        <v>11695</v>
+        <v>11690</v>
       </c>
     </row>
     <row r="266" spans="1:26">
       <c r="A266" s="6">
         <v>34366.0</v>
       </c>
       <c r="B266">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C266">
         <v>677</v>
       </c>
       <c r="D266">
         <v>317</v>
       </c>
       <c r="E266">
         <v>156</v>
       </c>
       <c r="F266">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="G266">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="H266">
-        <v>3440</v>
+        <v>3453</v>
       </c>
       <c r="I266">
         <v>4462</v>
       </c>
       <c r="J266">
         <v>1757</v>
       </c>
       <c r="K266">
         <v>1465</v>
       </c>
       <c r="L266">
-        <v>8195</v>
+        <v>8207</v>
       </c>
       <c r="M266">
-        <v>9660</v>
+        <v>9672</v>
       </c>
     </row>
     <row r="267" spans="1:26">
       <c r="A267" s="6">
         <v>34394.0</v>
       </c>
       <c r="B267">
         <v>641</v>
       </c>
       <c r="C267">
         <v>725</v>
       </c>
       <c r="D267">
         <v>366</v>
       </c>
       <c r="E267">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F267">
-        <v>1551</v>
+        <v>1550</v>
       </c>
       <c r="G267">
         <v>1732</v>
       </c>
       <c r="H267">
-        <v>3513</v>
+        <v>3512</v>
       </c>
       <c r="I267">
         <v>4851</v>
       </c>
       <c r="J267">
         <v>2170</v>
       </c>
       <c r="K267">
-        <v>1774</v>
+        <v>1786</v>
       </c>
       <c r="L267">
-        <v>8760</v>
+        <v>8747</v>
       </c>
       <c r="M267">
         <v>10534</v>
       </c>
     </row>
     <row r="268" spans="1:26">
       <c r="A268" s="6">
         <v>34425.0</v>
       </c>
       <c r="B268">
         <v>583</v>
       </c>
       <c r="C268">
         <v>706</v>
       </c>
       <c r="D268">
         <v>388</v>
       </c>
       <c r="E268">
         <v>170</v>
       </c>
       <c r="F268">
         <v>1507</v>
       </c>
       <c r="G268">
@@ -11127,122 +11127,122 @@
       </c>
       <c r="I268">
         <v>4810</v>
       </c>
       <c r="J268">
         <v>1916</v>
       </c>
       <c r="K268">
         <v>1628</v>
       </c>
       <c r="L268">
         <v>8197</v>
       </c>
       <c r="M268">
         <v>9825</v>
       </c>
     </row>
     <row r="269" spans="1:26">
       <c r="A269" s="6">
         <v>34455.0</v>
       </c>
       <c r="B269">
         <v>589</v>
       </c>
       <c r="C269">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="D269">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E269">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F269">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="G269">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="H269">
         <v>3185</v>
       </c>
       <c r="I269">
-        <v>4741</v>
+        <v>4753</v>
       </c>
       <c r="J269">
-        <v>2176</v>
+        <v>2186</v>
       </c>
       <c r="K269">
-        <v>1827</v>
+        <v>1839</v>
       </c>
       <c r="L269">
-        <v>8275</v>
+        <v>8285</v>
       </c>
       <c r="M269">
-        <v>10102</v>
+        <v>10124</v>
       </c>
     </row>
     <row r="270" spans="1:26">
       <c r="A270" s="6">
         <v>34486.0</v>
       </c>
       <c r="B270">
         <v>621</v>
       </c>
       <c r="C270">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D270">
         <v>444</v>
       </c>
       <c r="E270">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="F270">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="G270">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="H270">
-        <v>3259</v>
+        <v>3252</v>
       </c>
       <c r="I270">
-        <v>5061</v>
+        <v>5072</v>
       </c>
       <c r="J270">
         <v>2298</v>
       </c>
       <c r="K270">
-        <v>2196</v>
+        <v>2184</v>
       </c>
       <c r="L270">
-        <v>8422</v>
+        <v>8438</v>
       </c>
       <c r="M270">
-        <v>10618</v>
+        <v>10622</v>
       </c>
     </row>
     <row r="271" spans="1:26">
       <c r="A271" s="6">
         <v>34516.0</v>
       </c>
       <c r="B271">
         <v>572</v>
       </c>
       <c r="C271">
         <v>824</v>
       </c>
       <c r="D271">
         <v>440</v>
       </c>
       <c r="E271">
         <v>198</v>
       </c>
       <c r="F271">
         <v>1638</v>
       </c>
       <c r="G271">
         <v>1836</v>
       </c>
       <c r="H271">
@@ -11312,101 +11312,101 @@
       <c r="B273">
         <v>676</v>
       </c>
       <c r="C273">
         <v>909</v>
       </c>
       <c r="D273">
         <v>445</v>
       </c>
       <c r="E273">
         <v>201</v>
       </c>
       <c r="F273">
         <v>1829</v>
       </c>
       <c r="G273">
         <v>2030</v>
       </c>
       <c r="H273">
         <v>3087</v>
       </c>
       <c r="I273">
         <v>5443</v>
       </c>
       <c r="J273">
-        <v>2239</v>
+        <v>2238</v>
       </c>
       <c r="K273">
         <v>1879</v>
       </c>
       <c r="L273">
-        <v>8890</v>
+        <v>8888</v>
       </c>
       <c r="M273">
-        <v>10769</v>
+        <v>10767</v>
       </c>
     </row>
     <row r="274" spans="1:26">
       <c r="A274" s="6">
         <v>34608.0</v>
       </c>
       <c r="B274">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="C274">
         <v>939</v>
       </c>
       <c r="D274">
         <v>471</v>
       </c>
       <c r="E274">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="F274">
         <v>1914</v>
       </c>
       <c r="G274">
-        <v>2130</v>
+        <v>2129</v>
       </c>
       <c r="H274">
-        <v>3610</v>
+        <v>3598</v>
       </c>
       <c r="I274">
         <v>5785</v>
       </c>
       <c r="J274">
         <v>2542</v>
       </c>
       <c r="K274">
-        <v>2082</v>
+        <v>2070</v>
       </c>
       <c r="L274">
         <v>9856</v>
       </c>
       <c r="M274">
-        <v>11938</v>
+        <v>11926</v>
       </c>
     </row>
     <row r="275" spans="1:26">
       <c r="A275" s="6">
         <v>34639.0</v>
       </c>
       <c r="B275">
         <v>678</v>
       </c>
       <c r="C275">
         <v>848</v>
       </c>
       <c r="D275">
         <v>464</v>
       </c>
       <c r="E275">
         <v>180</v>
       </c>
       <c r="F275">
         <v>1810</v>
       </c>
       <c r="G275">
         <v>1990</v>
       </c>
       <c r="H275">
@@ -11458,78 +11458,78 @@
       </c>
       <c r="J276">
         <v>2609</v>
       </c>
       <c r="K276">
         <v>1916</v>
       </c>
       <c r="L276">
         <v>9288</v>
       </c>
       <c r="M276">
         <v>11205</v>
       </c>
     </row>
     <row r="277" spans="1:26">
       <c r="A277" s="6">
         <v>34700.0</v>
       </c>
       <c r="B277">
         <v>712</v>
       </c>
       <c r="C277">
         <v>794</v>
       </c>
       <c r="D277">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="E277">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F277">
         <v>1698</v>
       </c>
       <c r="G277">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="H277">
         <v>3525</v>
       </c>
       <c r="I277">
         <v>5410</v>
       </c>
       <c r="J277">
-        <v>2241</v>
+        <v>2256</v>
       </c>
       <c r="K277">
-        <v>1911</v>
+        <v>1926</v>
       </c>
       <c r="L277">
         <v>9266</v>
       </c>
       <c r="M277">
-        <v>11176</v>
+        <v>11192</v>
       </c>
     </row>
     <row r="278" spans="1:26">
       <c r="A278" s="6">
         <v>34731.0</v>
       </c>
       <c r="B278">
         <v>663</v>
       </c>
       <c r="C278">
         <v>777</v>
       </c>
       <c r="D278">
         <v>376</v>
       </c>
       <c r="E278">
         <v>204</v>
       </c>
       <c r="F278">
         <v>1612</v>
       </c>
       <c r="G278">
         <v>1816</v>
       </c>
       <c r="H278">
@@ -11616,330 +11616,330 @@
       </c>
       <c r="H280">
         <v>3132</v>
       </c>
       <c r="I280">
         <v>4051</v>
       </c>
       <c r="J280">
         <v>2030</v>
       </c>
       <c r="K280">
         <v>1975</v>
       </c>
       <c r="L280">
         <v>7238</v>
       </c>
       <c r="M280">
         <v>9213</v>
       </c>
     </row>
     <row r="281" spans="1:26">
       <c r="A281" s="6">
         <v>34820.0</v>
       </c>
       <c r="B281">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C281">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D281">
         <v>382</v>
       </c>
       <c r="E281">
         <v>201</v>
       </c>
       <c r="F281">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="G281">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="H281">
-        <v>3525</v>
+        <v>3527</v>
       </c>
       <c r="I281">
-        <v>4064</v>
+        <v>4071</v>
       </c>
       <c r="J281">
         <v>2153</v>
       </c>
       <c r="K281">
         <v>1683</v>
       </c>
       <c r="L281">
-        <v>8059</v>
+        <v>8068</v>
       </c>
       <c r="M281">
-        <v>9742</v>
+        <v>9751</v>
       </c>
     </row>
     <row r="282" spans="1:26">
       <c r="A282" s="6">
         <v>34851.0</v>
       </c>
       <c r="B282">
         <v>732</v>
       </c>
       <c r="C282">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="D282">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="E282">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="F282">
-        <v>1518</v>
+        <v>1517</v>
       </c>
       <c r="G282">
-        <v>1752</v>
+        <v>1750</v>
       </c>
       <c r="H282">
         <v>3446</v>
       </c>
       <c r="I282">
-        <v>3869</v>
+        <v>3856</v>
       </c>
       <c r="J282">
-        <v>2370</v>
+        <v>2353</v>
       </c>
       <c r="K282">
-        <v>2005</v>
+        <v>1988</v>
       </c>
       <c r="L282">
-        <v>7679</v>
+        <v>7667</v>
       </c>
       <c r="M282">
-        <v>9685</v>
+        <v>9655</v>
       </c>
     </row>
     <row r="283" spans="1:26">
       <c r="A283" s="6">
         <v>34881.0</v>
       </c>
       <c r="B283">
         <v>788</v>
       </c>
       <c r="C283">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D283">
         <v>445</v>
       </c>
       <c r="E283">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F283">
         <v>1623</v>
       </c>
       <c r="G283">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="H283">
-        <v>3788</v>
+        <v>3789</v>
       </c>
       <c r="I283">
-        <v>4004</v>
+        <v>4014</v>
       </c>
       <c r="J283">
         <v>2399</v>
       </c>
       <c r="K283">
-        <v>2048</v>
+        <v>2057</v>
       </c>
       <c r="L283">
-        <v>8144</v>
+        <v>8145</v>
       </c>
       <c r="M283">
-        <v>10191</v>
+        <v>10202</v>
       </c>
     </row>
     <row r="284" spans="1:26">
       <c r="A284" s="6">
         <v>34912.0</v>
       </c>
       <c r="B284">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C284">
         <v>715</v>
       </c>
       <c r="D284">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="E284">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F284">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="G284">
-        <v>1909</v>
+        <v>1911</v>
       </c>
       <c r="H284">
-        <v>3739</v>
+        <v>3741</v>
       </c>
       <c r="I284">
         <v>4178</v>
       </c>
       <c r="J284">
-        <v>2194</v>
+        <v>2208</v>
       </c>
       <c r="K284">
-        <v>1969</v>
+        <v>1983</v>
       </c>
       <c r="L284">
-        <v>8143</v>
+        <v>8145</v>
       </c>
       <c r="M284">
-        <v>10112</v>
+        <v>10128</v>
       </c>
     </row>
     <row r="285" spans="1:26">
       <c r="A285" s="6">
         <v>34943.0</v>
       </c>
       <c r="B285">
         <v>696</v>
       </c>
       <c r="C285">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="D285">
         <v>450</v>
       </c>
       <c r="E285">
         <v>218</v>
       </c>
       <c r="F285">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="G285">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="H285">
         <v>3437</v>
       </c>
       <c r="I285">
-        <v>4599</v>
+        <v>4604</v>
       </c>
       <c r="J285">
         <v>2446</v>
       </c>
       <c r="K285">
         <v>2134</v>
       </c>
       <c r="L285">
-        <v>8348</v>
+        <v>8353</v>
       </c>
       <c r="M285">
-        <v>10482</v>
+        <v>10488</v>
       </c>
     </row>
     <row r="286" spans="1:26">
       <c r="A286" s="6">
         <v>34973.0</v>
       </c>
       <c r="B286">
         <v>749</v>
       </c>
       <c r="C286">
         <v>776</v>
       </c>
       <c r="D286">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="E286">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="F286">
         <v>1780</v>
       </c>
       <c r="G286">
-        <v>1983</v>
+        <v>1982</v>
       </c>
       <c r="H286">
         <v>3637</v>
       </c>
       <c r="I286">
         <v>4452</v>
       </c>
       <c r="J286">
-        <v>2269</v>
+        <v>2255</v>
       </c>
       <c r="K286">
-        <v>1850</v>
+        <v>1836</v>
       </c>
       <c r="L286">
         <v>8507</v>
       </c>
       <c r="M286">
-        <v>10357</v>
+        <v>10343</v>
       </c>
     </row>
     <row r="287" spans="1:26">
       <c r="A287" s="6">
         <v>35004.0</v>
       </c>
       <c r="B287">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C287">
         <v>698</v>
       </c>
       <c r="D287">
         <v>437</v>
       </c>
       <c r="E287">
         <v>213</v>
       </c>
       <c r="F287">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="G287">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="H287">
-        <v>3420</v>
+        <v>3427</v>
       </c>
       <c r="I287">
-        <v>4356</v>
+        <v>4363</v>
       </c>
       <c r="J287">
         <v>2369</v>
       </c>
       <c r="K287">
         <v>1994</v>
       </c>
       <c r="L287">
-        <v>8150</v>
+        <v>8164</v>
       </c>
       <c r="M287">
-        <v>10144</v>
+        <v>10158</v>
       </c>
     </row>
     <row r="288" spans="1:26">
       <c r="A288" s="6">
         <v>35034.0</v>
       </c>
       <c r="B288">
         <v>683</v>
       </c>
       <c r="C288">
         <v>721</v>
       </c>
       <c r="D288">
         <v>421</v>
       </c>
       <c r="E288">
         <v>202</v>
       </c>
       <c r="F288">
         <v>1623</v>
       </c>
       <c r="G288">
         <v>1825</v>
       </c>
       <c r="H288">
@@ -12026,330 +12026,330 @@
       </c>
       <c r="H290">
         <v>3214</v>
       </c>
       <c r="I290">
         <v>4506</v>
       </c>
       <c r="J290">
         <v>1937</v>
       </c>
       <c r="K290">
         <v>1717</v>
       </c>
       <c r="L290">
         <v>7940</v>
       </c>
       <c r="M290">
         <v>9657</v>
       </c>
     </row>
     <row r="291" spans="1:26">
       <c r="A291" s="6">
         <v>35125.0</v>
       </c>
       <c r="B291">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="C291">
         <v>735</v>
       </c>
       <c r="D291">
         <v>375</v>
       </c>
       <c r="E291">
         <v>203</v>
       </c>
       <c r="F291">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="G291">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="H291">
-        <v>3323</v>
+        <v>3326</v>
       </c>
       <c r="I291">
         <v>4630</v>
       </c>
       <c r="J291">
         <v>2300</v>
       </c>
       <c r="K291">
         <v>1866</v>
       </c>
       <c r="L291">
-        <v>8387</v>
+        <v>8390</v>
       </c>
       <c r="M291">
-        <v>10253</v>
+        <v>10256</v>
       </c>
     </row>
     <row r="292" spans="1:26">
       <c r="A292" s="6">
         <v>35156.0</v>
       </c>
       <c r="B292">
         <v>708</v>
       </c>
       <c r="C292">
         <v>683</v>
       </c>
       <c r="D292">
         <v>370</v>
       </c>
       <c r="E292">
         <v>239</v>
       </c>
       <c r="F292">
         <v>1522</v>
       </c>
       <c r="G292">
         <v>1761</v>
       </c>
       <c r="H292">
         <v>3292</v>
       </c>
       <c r="I292">
         <v>4577</v>
       </c>
       <c r="J292">
         <v>1951</v>
       </c>
       <c r="K292">
         <v>2104</v>
       </c>
       <c r="L292">
         <v>7716</v>
       </c>
       <c r="M292">
         <v>9821</v>
       </c>
     </row>
     <row r="293" spans="1:26">
       <c r="A293" s="6">
         <v>35186.0</v>
       </c>
       <c r="B293">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C293">
         <v>715</v>
       </c>
       <c r="D293">
         <v>445</v>
       </c>
       <c r="E293">
         <v>242</v>
       </c>
       <c r="F293">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="G293">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="H293">
-        <v>3645</v>
+        <v>3661</v>
       </c>
       <c r="I293">
         <v>4848</v>
       </c>
       <c r="J293">
         <v>2370</v>
       </c>
       <c r="K293">
         <v>2185</v>
       </c>
       <c r="L293">
-        <v>8678</v>
+        <v>8694</v>
       </c>
       <c r="M293">
-        <v>10864</v>
+        <v>10879</v>
       </c>
     </row>
     <row r="294" spans="1:26">
       <c r="A294" s="6">
         <v>35217.0</v>
       </c>
       <c r="B294">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C294">
         <v>710</v>
       </c>
       <c r="D294">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E294">
         <v>244</v>
       </c>
       <c r="F294">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="G294">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="H294">
-        <v>3374</v>
+        <v>3375</v>
       </c>
       <c r="I294">
         <v>4617</v>
       </c>
       <c r="J294">
-        <v>2417</v>
+        <v>2423</v>
       </c>
       <c r="K294">
         <v>2178</v>
       </c>
       <c r="L294">
-        <v>8231</v>
+        <v>8237</v>
       </c>
       <c r="M294">
-        <v>10409</v>
+        <v>10415</v>
       </c>
     </row>
     <row r="295" spans="1:26">
       <c r="A295" s="6">
         <v>35247.0</v>
       </c>
       <c r="B295">
-        <v>798</v>
+        <v>797</v>
       </c>
       <c r="C295">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D295">
         <v>457</v>
       </c>
       <c r="E295">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F295">
-        <v>1806</v>
+        <v>1805</v>
       </c>
       <c r="G295">
         <v>2036</v>
       </c>
       <c r="H295">
-        <v>3696</v>
+        <v>3695</v>
       </c>
       <c r="I295">
-        <v>4924</v>
+        <v>4942</v>
       </c>
       <c r="J295">
         <v>2463</v>
       </c>
       <c r="K295">
-        <v>2173</v>
+        <v>2191</v>
       </c>
       <c r="L295">
         <v>8910</v>
       </c>
       <c r="M295">
-        <v>11083</v>
+        <v>11101</v>
       </c>
     </row>
     <row r="296" spans="1:26">
       <c r="A296" s="6">
         <v>35278.0</v>
       </c>
       <c r="B296">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C296">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="D296">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="E296">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F296">
-        <v>1965</v>
+        <v>1966</v>
       </c>
       <c r="G296">
-        <v>2208</v>
+        <v>2210</v>
       </c>
       <c r="H296">
-        <v>4164</v>
+        <v>4174</v>
       </c>
       <c r="I296">
-        <v>5457</v>
+        <v>5473</v>
       </c>
       <c r="J296">
-        <v>2559</v>
+        <v>2548</v>
       </c>
       <c r="K296">
-        <v>2419</v>
+        <v>2431</v>
       </c>
       <c r="L296">
-        <v>9761</v>
+        <v>9765</v>
       </c>
       <c r="M296">
-        <v>12179</v>
+        <v>12195</v>
       </c>
     </row>
     <row r="297" spans="1:26">
       <c r="A297" s="6">
         <v>35309.0</v>
       </c>
       <c r="B297">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="C297">
         <v>793</v>
       </c>
       <c r="D297">
         <v>424</v>
       </c>
       <c r="E297">
         <v>212</v>
       </c>
       <c r="F297">
-        <v>1737</v>
+        <v>1740</v>
       </c>
       <c r="G297">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="H297">
-        <v>3475</v>
+        <v>3487</v>
       </c>
       <c r="I297">
         <v>4942</v>
       </c>
       <c r="J297">
         <v>2329</v>
       </c>
       <c r="K297">
         <v>2015</v>
       </c>
       <c r="L297">
-        <v>8730</v>
+        <v>8743</v>
       </c>
       <c r="M297">
-        <v>10746</v>
+        <v>10758</v>
       </c>
     </row>
     <row r="298" spans="1:26">
       <c r="A298" s="6">
         <v>35339.0</v>
       </c>
       <c r="B298">
         <v>897</v>
       </c>
       <c r="C298">
         <v>918</v>
       </c>
       <c r="D298">
         <v>493</v>
       </c>
       <c r="E298">
         <v>228</v>
       </c>
       <c r="F298">
         <v>2080</v>
       </c>
       <c r="G298">
         <v>2308</v>
       </c>
       <c r="H298">
@@ -12401,201 +12401,201 @@
       </c>
       <c r="J299">
         <v>2575</v>
       </c>
       <c r="K299">
         <v>2209</v>
       </c>
       <c r="L299">
         <v>9902</v>
       </c>
       <c r="M299">
         <v>12111</v>
       </c>
     </row>
     <row r="300" spans="1:26">
       <c r="A300" s="6">
         <v>35400.0</v>
       </c>
       <c r="B300">
         <v>856</v>
       </c>
       <c r="C300">
         <v>803</v>
       </c>
       <c r="D300">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="E300">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F300">
         <v>1834</v>
       </c>
       <c r="G300">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="H300">
         <v>3966</v>
       </c>
       <c r="I300">
         <v>5259</v>
       </c>
       <c r="J300">
-        <v>2332</v>
+        <v>2353</v>
       </c>
       <c r="K300">
-        <v>2291</v>
+        <v>2312</v>
       </c>
       <c r="L300">
         <v>9266</v>
       </c>
       <c r="M300">
-        <v>11557</v>
+        <v>11579</v>
       </c>
     </row>
     <row r="301" spans="1:26">
       <c r="A301" s="6">
         <v>35431.0</v>
       </c>
       <c r="B301">
         <v>805</v>
       </c>
       <c r="C301">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="D301">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="E301">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F301">
-        <v>1823</v>
+        <v>1822</v>
       </c>
       <c r="G301">
         <v>2039</v>
       </c>
       <c r="H301">
         <v>3879</v>
       </c>
       <c r="I301">
-        <v>5546</v>
+        <v>5559</v>
       </c>
       <c r="J301">
-        <v>2277</v>
+        <v>2269</v>
       </c>
       <c r="K301">
-        <v>2141</v>
+        <v>2154</v>
       </c>
       <c r="L301">
-        <v>9561</v>
+        <v>9553</v>
       </c>
       <c r="M301">
-        <v>11702</v>
+        <v>11707</v>
       </c>
     </row>
     <row r="302" spans="1:26">
       <c r="A302" s="6">
         <v>35462.0</v>
       </c>
       <c r="B302">
         <v>826</v>
       </c>
       <c r="C302">
         <v>782</v>
       </c>
       <c r="D302">
         <v>422</v>
       </c>
       <c r="E302">
         <v>222</v>
       </c>
       <c r="F302">
         <v>1808</v>
       </c>
       <c r="G302">
         <v>2030</v>
       </c>
       <c r="H302">
         <v>3932</v>
       </c>
       <c r="I302">
         <v>5298</v>
       </c>
       <c r="J302">
         <v>2479</v>
       </c>
       <c r="K302">
         <v>2092</v>
       </c>
       <c r="L302">
         <v>9617</v>
       </c>
       <c r="M302">
         <v>11709</v>
       </c>
     </row>
     <row r="303" spans="1:26">
       <c r="A303" s="6">
         <v>35490.0</v>
       </c>
       <c r="B303">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="C303">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="D303">
         <v>372</v>
       </c>
       <c r="E303">
         <v>253</v>
       </c>
       <c r="F303">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="G303">
-        <v>2045</v>
+        <v>2048</v>
       </c>
       <c r="H303">
-        <v>4289</v>
+        <v>4293</v>
       </c>
       <c r="I303">
-        <v>5655</v>
+        <v>5658</v>
       </c>
       <c r="J303">
         <v>2118</v>
       </c>
       <c r="K303">
         <v>2335</v>
       </c>
       <c r="L303">
-        <v>9728</v>
+        <v>9733</v>
       </c>
       <c r="M303">
-        <v>12063</v>
+        <v>12069</v>
       </c>
     </row>
     <row r="304" spans="1:26">
       <c r="A304" s="6">
         <v>35521.0</v>
       </c>
       <c r="B304">
         <v>906</v>
       </c>
       <c r="C304">
         <v>758</v>
       </c>
       <c r="D304">
         <v>409</v>
       </c>
       <c r="E304">
         <v>258</v>
       </c>
       <c r="F304">
         <v>1815</v>
       </c>
       <c r="G304">
         <v>2073</v>
       </c>
       <c r="H304">
@@ -12624,183 +12624,183 @@
       <c r="B305">
         <v>1022</v>
       </c>
       <c r="C305">
         <v>789</v>
       </c>
       <c r="D305">
         <v>439</v>
       </c>
       <c r="E305">
         <v>280</v>
       </c>
       <c r="F305">
         <v>1970</v>
       </c>
       <c r="G305">
         <v>2250</v>
       </c>
       <c r="H305">
         <v>4765</v>
       </c>
       <c r="I305">
         <v>5382</v>
       </c>
       <c r="J305">
-        <v>2484</v>
+        <v>2487</v>
       </c>
       <c r="K305">
-        <v>2387</v>
+        <v>2389</v>
       </c>
       <c r="L305">
         <v>10245</v>
       </c>
       <c r="M305">
-        <v>12631</v>
+        <v>12634</v>
       </c>
     </row>
     <row r="306" spans="1:26">
       <c r="A306" s="6">
         <v>35582.0</v>
       </c>
       <c r="B306">
-        <v>1020</v>
+        <v>1019</v>
       </c>
       <c r="C306">
         <v>861</v>
       </c>
       <c r="D306">
         <v>474</v>
       </c>
       <c r="E306">
         <v>296</v>
       </c>
       <c r="F306">
-        <v>2059</v>
+        <v>2058</v>
       </c>
       <c r="G306">
-        <v>2355</v>
+        <v>2354</v>
       </c>
       <c r="H306">
-        <v>5033</v>
+        <v>5032</v>
       </c>
       <c r="I306">
         <v>5734</v>
       </c>
       <c r="J306">
         <v>2766</v>
       </c>
       <c r="K306">
         <v>2498</v>
       </c>
       <c r="L306">
-        <v>11035</v>
+        <v>11033</v>
       </c>
       <c r="M306">
-        <v>13533</v>
+        <v>13531</v>
       </c>
     </row>
     <row r="307" spans="1:26">
       <c r="A307" s="6">
         <v>35612.0</v>
       </c>
       <c r="B307">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="C307">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D307">
         <v>489</v>
       </c>
       <c r="E307">
         <v>295</v>
       </c>
       <c r="F307">
-        <v>2132</v>
+        <v>2134</v>
       </c>
       <c r="G307">
-        <v>2427</v>
+        <v>2429</v>
       </c>
       <c r="H307">
-        <v>4917</v>
+        <v>4919</v>
       </c>
       <c r="I307">
-        <v>5583</v>
+        <v>5591</v>
       </c>
       <c r="J307">
         <v>2692</v>
       </c>
       <c r="K307">
         <v>2549</v>
       </c>
       <c r="L307">
-        <v>10643</v>
+        <v>10652</v>
       </c>
       <c r="M307">
-        <v>13192</v>
+        <v>13201</v>
       </c>
     </row>
     <row r="308" spans="1:26">
       <c r="A308" s="6">
         <v>35643.0</v>
       </c>
       <c r="B308">
         <v>985</v>
       </c>
       <c r="C308">
         <v>950</v>
       </c>
       <c r="D308">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="E308">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="F308">
         <v>2144</v>
       </c>
       <c r="G308">
-        <v>2435</v>
+        <v>2434</v>
       </c>
       <c r="H308">
-        <v>4760</v>
+        <v>4750</v>
       </c>
       <c r="I308">
         <v>5891</v>
       </c>
       <c r="J308">
-        <v>2894</v>
+        <v>2890</v>
       </c>
       <c r="K308">
-        <v>2489</v>
+        <v>2473</v>
       </c>
       <c r="L308">
         <v>11057</v>
       </c>
       <c r="M308">
-        <v>13546</v>
+        <v>13531</v>
       </c>
     </row>
     <row r="309" spans="1:26">
       <c r="A309" s="6">
         <v>35674.0</v>
       </c>
       <c r="B309">
         <v>993</v>
       </c>
       <c r="C309">
         <v>1025</v>
       </c>
       <c r="D309">
         <v>531</v>
       </c>
       <c r="E309">
         <v>336</v>
       </c>
       <c r="F309">
         <v>2213</v>
       </c>
       <c r="G309">
         <v>2549</v>
       </c>
       <c r="H309">
@@ -12893,160 +12893,160 @@
       </c>
       <c r="J311">
         <v>2648</v>
       </c>
       <c r="K311">
         <v>2364</v>
       </c>
       <c r="L311">
         <v>10985</v>
       </c>
       <c r="M311">
         <v>13350</v>
       </c>
     </row>
     <row r="312" spans="1:26">
       <c r="A312" s="6">
         <v>35765.0</v>
       </c>
       <c r="B312">
         <v>872</v>
       </c>
       <c r="C312">
         <v>924</v>
       </c>
       <c r="D312">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="E312">
         <v>295</v>
       </c>
       <c r="F312">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="G312">
-        <v>2290</v>
+        <v>2291</v>
       </c>
       <c r="H312">
         <v>4454</v>
       </c>
       <c r="I312">
         <v>6224</v>
       </c>
       <c r="J312">
-        <v>2972</v>
+        <v>2988</v>
       </c>
       <c r="K312">
         <v>2843</v>
       </c>
       <c r="L312">
-        <v>10807</v>
+        <v>10823</v>
       </c>
       <c r="M312">
-        <v>13650</v>
+        <v>13666</v>
       </c>
     </row>
     <row r="313" spans="1:26">
       <c r="A313" s="6">
         <v>35796.0</v>
       </c>
       <c r="B313">
         <v>869</v>
       </c>
       <c r="C313">
         <v>910</v>
       </c>
       <c r="D313">
         <v>435</v>
       </c>
       <c r="E313">
         <v>275</v>
       </c>
       <c r="F313">
         <v>1939</v>
       </c>
       <c r="G313">
         <v>2214</v>
       </c>
       <c r="H313">
         <v>4445</v>
       </c>
       <c r="I313">
         <v>5967</v>
       </c>
       <c r="J313">
         <v>2418</v>
       </c>
       <c r="K313">
         <v>2400</v>
       </c>
       <c r="L313">
         <v>10430</v>
       </c>
       <c r="M313">
         <v>12830</v>
       </c>
     </row>
     <row r="314" spans="1:26">
       <c r="A314" s="6">
         <v>35827.0</v>
       </c>
       <c r="B314">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C314">
         <v>790</v>
       </c>
       <c r="D314">
         <v>357</v>
       </c>
       <c r="E314">
         <v>270</v>
       </c>
       <c r="F314">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="G314">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="H314">
-        <v>4020</v>
+        <v>4023</v>
       </c>
       <c r="I314">
         <v>5531</v>
       </c>
       <c r="J314">
         <v>2316</v>
       </c>
       <c r="K314">
         <v>2542</v>
       </c>
       <c r="L314">
-        <v>9325</v>
+        <v>9329</v>
       </c>
       <c r="M314">
-        <v>11867</v>
+        <v>11871</v>
       </c>
     </row>
     <row r="315" spans="1:26">
       <c r="A315" s="6">
         <v>35855.0</v>
       </c>
       <c r="B315">
         <v>793</v>
       </c>
       <c r="C315">
         <v>792</v>
       </c>
       <c r="D315">
         <v>363</v>
       </c>
       <c r="E315">
         <v>293</v>
       </c>
       <c r="F315">
         <v>1655</v>
       </c>
       <c r="G315">
         <v>1948</v>
       </c>
       <c r="H315">
@@ -13054,860 +13054,860 @@
       </c>
       <c r="I315">
         <v>5808</v>
       </c>
       <c r="J315">
         <v>2284</v>
       </c>
       <c r="K315">
         <v>2664</v>
       </c>
       <c r="L315">
         <v>9490</v>
       </c>
       <c r="M315">
         <v>12154</v>
       </c>
     </row>
     <row r="316" spans="1:26">
       <c r="A316" s="6">
         <v>35886.0</v>
       </c>
       <c r="B316">
         <v>763</v>
       </c>
       <c r="C316">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="D316">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="E316">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="F316">
-        <v>1673</v>
+        <v>1672</v>
       </c>
       <c r="G316">
-        <v>1949</v>
+        <v>1947</v>
       </c>
       <c r="H316">
         <v>3786</v>
       </c>
       <c r="I316">
-        <v>5656</v>
+        <v>5650</v>
       </c>
       <c r="J316">
-        <v>2244</v>
+        <v>2225</v>
       </c>
       <c r="K316">
-        <v>2377</v>
+        <v>2357</v>
       </c>
       <c r="L316">
-        <v>9310</v>
+        <v>9304</v>
       </c>
       <c r="M316">
-        <v>11687</v>
+        <v>11661</v>
       </c>
     </row>
     <row r="317" spans="1:26">
       <c r="A317" s="6">
         <v>35916.0</v>
       </c>
       <c r="B317">
         <v>656</v>
       </c>
       <c r="C317">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="D317">
         <v>447</v>
       </c>
       <c r="E317">
         <v>262</v>
       </c>
       <c r="F317">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="G317">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="H317">
         <v>3067</v>
       </c>
       <c r="I317">
-        <v>5510</v>
+        <v>5520</v>
       </c>
       <c r="J317">
-        <v>2705</v>
+        <v>2706</v>
       </c>
       <c r="K317">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="L317">
-        <v>8957</v>
+        <v>8968</v>
       </c>
       <c r="M317">
-        <v>11281</v>
+        <v>11294</v>
       </c>
     </row>
     <row r="318" spans="1:26">
       <c r="A318" s="6">
         <v>35947.0</v>
       </c>
       <c r="B318">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C318">
         <v>878</v>
       </c>
       <c r="D318">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E318">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F318">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="G318">
-        <v>1950</v>
+        <v>1952</v>
       </c>
       <c r="H318">
-        <v>3122</v>
+        <v>3124</v>
       </c>
       <c r="I318">
         <v>5982</v>
       </c>
       <c r="J318">
-        <v>2328</v>
+        <v>2333</v>
       </c>
       <c r="K318">
-        <v>2193</v>
+        <v>2198</v>
       </c>
       <c r="L318">
-        <v>9240</v>
+        <v>9241</v>
       </c>
       <c r="M318">
-        <v>11433</v>
+        <v>11439</v>
       </c>
     </row>
     <row r="319" spans="1:26">
       <c r="A319" s="6">
         <v>35977.0</v>
       </c>
       <c r="B319">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="C319">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D319">
         <v>386</v>
       </c>
       <c r="E319">
         <v>272</v>
       </c>
       <c r="F319">
         <v>1714</v>
       </c>
       <c r="G319">
         <v>1986</v>
       </c>
       <c r="H319">
-        <v>3137</v>
+        <v>3131</v>
       </c>
       <c r="I319">
-        <v>5987</v>
+        <v>5989</v>
       </c>
       <c r="J319">
         <v>2398</v>
       </c>
       <c r="K319">
-        <v>2270</v>
+        <v>2267</v>
       </c>
       <c r="L319">
         <v>9251</v>
       </c>
       <c r="M319">
-        <v>11521</v>
+        <v>11518</v>
       </c>
     </row>
     <row r="320" spans="1:26">
       <c r="A320" s="6">
         <v>36008.0</v>
       </c>
       <c r="B320">
         <v>583</v>
       </c>
       <c r="C320">
         <v>919</v>
       </c>
       <c r="D320">
         <v>374</v>
       </c>
       <c r="E320">
         <v>269</v>
       </c>
       <c r="F320">
         <v>1607</v>
       </c>
       <c r="G320">
         <v>1876</v>
       </c>
       <c r="H320">
         <v>2666</v>
       </c>
       <c r="I320">
         <v>5944</v>
       </c>
       <c r="J320">
         <v>2080</v>
       </c>
       <c r="K320">
         <v>2094</v>
       </c>
       <c r="L320">
         <v>8596</v>
       </c>
       <c r="M320">
         <v>10691</v>
       </c>
     </row>
     <row r="321" spans="1:26">
       <c r="A321" s="6">
         <v>36039.0</v>
       </c>
       <c r="B321">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="C321">
         <v>935</v>
       </c>
       <c r="D321">
         <v>316</v>
       </c>
       <c r="E321">
         <v>223</v>
       </c>
       <c r="F321">
-        <v>1583</v>
+        <v>1582</v>
       </c>
       <c r="G321">
-        <v>1806</v>
+        <v>1805</v>
       </c>
       <c r="H321">
-        <v>2492</v>
+        <v>2490</v>
       </c>
       <c r="I321">
         <v>5634</v>
       </c>
       <c r="J321">
         <v>1890</v>
       </c>
       <c r="K321">
         <v>1729</v>
       </c>
       <c r="L321">
-        <v>8288</v>
+        <v>8286</v>
       </c>
       <c r="M321">
-        <v>10016</v>
+        <v>10015</v>
       </c>
     </row>
     <row r="322" spans="1:26">
       <c r="A322" s="6">
         <v>36069.0</v>
       </c>
       <c r="B322">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C322">
         <v>999</v>
       </c>
       <c r="D322">
         <v>390</v>
       </c>
       <c r="E322">
         <v>228</v>
       </c>
       <c r="F322">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="G322">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="H322">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="I322">
         <v>6358</v>
       </c>
       <c r="J322">
         <v>2203</v>
       </c>
       <c r="K322">
         <v>1937</v>
       </c>
       <c r="L322">
-        <v>8788</v>
+        <v>8789</v>
       </c>
       <c r="M322">
-        <v>10725</v>
+        <v>10726</v>
       </c>
     </row>
     <row r="323" spans="1:26">
       <c r="A323" s="6">
         <v>36100.0</v>
       </c>
       <c r="B323">
         <v>417</v>
       </c>
       <c r="C323">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="D323">
         <v>311</v>
       </c>
       <c r="E323">
         <v>182</v>
       </c>
       <c r="F323">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="G323">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="H323">
         <v>1780</v>
       </c>
       <c r="I323">
-        <v>5156</v>
+        <v>5171</v>
       </c>
       <c r="J323">
         <v>1736</v>
       </c>
       <c r="K323">
         <v>1522</v>
       </c>
       <c r="L323">
-        <v>7150</v>
+        <v>7166</v>
       </c>
       <c r="M323">
-        <v>8672</v>
+        <v>8688</v>
       </c>
     </row>
     <row r="324" spans="1:26">
       <c r="A324" s="6">
         <v>36130.0</v>
       </c>
       <c r="B324">
         <v>336</v>
       </c>
       <c r="C324">
         <v>804</v>
       </c>
       <c r="D324">
         <v>310</v>
       </c>
       <c r="E324">
         <v>168</v>
       </c>
       <c r="F324">
         <v>1282</v>
       </c>
       <c r="G324">
         <v>1450</v>
       </c>
       <c r="H324">
         <v>1624</v>
       </c>
       <c r="I324">
         <v>4676</v>
       </c>
       <c r="J324">
         <v>1875</v>
       </c>
       <c r="K324">
         <v>1547</v>
       </c>
       <c r="L324">
         <v>6628</v>
       </c>
       <c r="M324">
         <v>8175</v>
       </c>
     </row>
     <row r="325" spans="1:26">
       <c r="A325" s="6">
         <v>36161.0</v>
       </c>
       <c r="B325">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="C325">
         <v>735</v>
       </c>
       <c r="D325">
         <v>243</v>
       </c>
       <c r="E325">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F325">
         <v>1094</v>
       </c>
       <c r="G325">
-        <v>1280</v>
+        <v>1279</v>
       </c>
       <c r="H325">
-        <v>1442</v>
+        <v>1441</v>
       </c>
       <c r="I325">
         <v>4930</v>
       </c>
       <c r="J325">
         <v>1535</v>
       </c>
       <c r="K325">
-        <v>1674</v>
+        <v>1672</v>
       </c>
       <c r="L325">
         <v>6234</v>
       </c>
       <c r="M325">
-        <v>7908</v>
+        <v>7906</v>
       </c>
     </row>
     <row r="326" spans="1:26">
       <c r="A326" s="6">
         <v>36192.0</v>
       </c>
       <c r="B326">
         <v>295</v>
       </c>
       <c r="C326">
         <v>606</v>
       </c>
       <c r="D326">
         <v>186</v>
       </c>
       <c r="E326">
         <v>159</v>
       </c>
       <c r="F326">
         <v>928</v>
       </c>
       <c r="G326">
         <v>1087</v>
       </c>
       <c r="H326">
         <v>1364</v>
       </c>
       <c r="I326">
         <v>3928</v>
       </c>
       <c r="J326">
         <v>1273</v>
       </c>
       <c r="K326">
         <v>1543</v>
       </c>
       <c r="L326">
         <v>5022</v>
       </c>
       <c r="M326">
         <v>6565</v>
       </c>
     </row>
     <row r="327" spans="1:26">
       <c r="A327" s="6">
         <v>36220.0</v>
       </c>
       <c r="B327">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="C327">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="D327">
         <v>216</v>
       </c>
       <c r="E327">
         <v>143</v>
       </c>
       <c r="F327">
-        <v>999</v>
+        <v>997</v>
       </c>
       <c r="G327">
-        <v>1142</v>
+        <v>1140</v>
       </c>
       <c r="H327">
-        <v>1234</v>
+        <v>1232</v>
       </c>
       <c r="I327">
-        <v>4219</v>
+        <v>4207</v>
       </c>
       <c r="J327">
         <v>1246</v>
       </c>
       <c r="K327">
         <v>1207</v>
       </c>
       <c r="L327">
-        <v>5491</v>
+        <v>5477</v>
       </c>
       <c r="M327">
-        <v>6699</v>
+        <v>6684</v>
       </c>
     </row>
     <row r="328" spans="1:26">
       <c r="A328" s="6">
         <v>36251.0</v>
       </c>
       <c r="B328">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C328">
         <v>557</v>
       </c>
       <c r="D328">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E328">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F328">
         <v>981</v>
       </c>
       <c r="G328">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="H328">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="I328">
         <v>3829</v>
       </c>
       <c r="J328">
-        <v>1691</v>
+        <v>1703</v>
       </c>
       <c r="K328">
-        <v>1413</v>
+        <v>1427</v>
       </c>
       <c r="L328">
         <v>5346</v>
       </c>
       <c r="M328">
-        <v>6759</v>
+        <v>6773</v>
       </c>
     </row>
     <row r="329" spans="1:26">
       <c r="A329" s="6">
         <v>36281.0</v>
       </c>
       <c r="B329">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C329">
         <v>580</v>
       </c>
       <c r="D329">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E329">
         <v>158</v>
       </c>
       <c r="F329">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="G329">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="H329">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="I329">
         <v>4029</v>
       </c>
       <c r="J329">
-        <v>1647</v>
+        <v>1663</v>
       </c>
       <c r="K329">
         <v>1468</v>
       </c>
       <c r="L329">
-        <v>5531</v>
+        <v>5548</v>
       </c>
       <c r="M329">
-        <v>6999</v>
+        <v>7016</v>
       </c>
     </row>
     <row r="330" spans="1:26">
       <c r="A330" s="6">
         <v>36312.0</v>
       </c>
       <c r="B330">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C330">
         <v>635</v>
       </c>
       <c r="D330">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="E330">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="F330">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="G330">
         <v>1297</v>
       </c>
       <c r="H330">
-        <v>1530</v>
+        <v>1533</v>
       </c>
       <c r="I330">
         <v>4007</v>
       </c>
       <c r="J330">
-        <v>1610</v>
+        <v>1598</v>
       </c>
       <c r="K330">
-        <v>1400</v>
+        <v>1388</v>
       </c>
       <c r="L330">
-        <v>5747</v>
+        <v>5750</v>
       </c>
       <c r="M330">
-        <v>7148</v>
+        <v>7138</v>
       </c>
     </row>
     <row r="331" spans="1:26">
       <c r="A331" s="6">
         <v>36342.0</v>
       </c>
       <c r="B331">
         <v>406</v>
       </c>
       <c r="C331">
         <v>629</v>
       </c>
       <c r="D331">
         <v>269</v>
       </c>
       <c r="E331">
         <v>147</v>
       </c>
       <c r="F331">
         <v>1157</v>
       </c>
       <c r="G331">
         <v>1304</v>
       </c>
       <c r="H331">
         <v>1641</v>
       </c>
       <c r="I331">
         <v>3952</v>
       </c>
       <c r="J331">
         <v>1509</v>
       </c>
       <c r="K331">
         <v>1144</v>
       </c>
       <c r="L331">
         <v>5958</v>
       </c>
       <c r="M331">
         <v>7102</v>
       </c>
     </row>
     <row r="332" spans="1:26">
       <c r="A332" s="6">
         <v>36373.0</v>
       </c>
       <c r="B332">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C332">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="D332">
         <v>318</v>
       </c>
       <c r="E332">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F332">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="G332">
         <v>1527</v>
       </c>
       <c r="H332">
-        <v>1844</v>
+        <v>1849</v>
       </c>
       <c r="I332">
-        <v>4710</v>
+        <v>4694</v>
       </c>
       <c r="J332">
         <v>1800</v>
       </c>
       <c r="K332">
-        <v>1480</v>
+        <v>1464</v>
       </c>
       <c r="L332">
-        <v>6873</v>
+        <v>6879</v>
       </c>
       <c r="M332">
-        <v>8353</v>
+        <v>8342</v>
       </c>
     </row>
     <row r="333" spans="1:26">
       <c r="A333" s="6">
         <v>36404.0</v>
       </c>
       <c r="B333">
         <v>442</v>
       </c>
       <c r="C333">
         <v>816</v>
       </c>
       <c r="D333">
         <v>339</v>
       </c>
       <c r="E333">
         <v>172</v>
       </c>
       <c r="F333">
         <v>1425</v>
       </c>
       <c r="G333">
         <v>1597</v>
       </c>
       <c r="H333">
         <v>2026</v>
       </c>
       <c r="I333">
         <v>4832</v>
       </c>
       <c r="J333">
         <v>1849</v>
       </c>
       <c r="K333">
         <v>1427</v>
       </c>
       <c r="L333">
         <v>7280</v>
       </c>
       <c r="M333">
         <v>8707</v>
       </c>
     </row>
     <row r="334" spans="1:26">
       <c r="A334" s="6">
         <v>36434.0</v>
       </c>
       <c r="B334">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="C334">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="D334">
         <v>347</v>
       </c>
       <c r="E334">
         <v>174</v>
       </c>
       <c r="F334">
         <v>1556</v>
       </c>
       <c r="G334">
         <v>1730</v>
       </c>
       <c r="H334">
-        <v>2189</v>
+        <v>2185</v>
       </c>
       <c r="I334">
-        <v>5440</v>
+        <v>5445</v>
       </c>
       <c r="J334">
         <v>1891</v>
       </c>
       <c r="K334">
         <v>1386</v>
       </c>
       <c r="L334">
         <v>8134</v>
       </c>
       <c r="M334">
         <v>9521</v>
       </c>
     </row>
     <row r="335" spans="1:26">
       <c r="A335" s="6">
         <v>36465.0</v>
       </c>
       <c r="B335">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C335">
         <v>866</v>
       </c>
       <c r="D335">
         <v>354</v>
       </c>
       <c r="E335">
         <v>214</v>
       </c>
       <c r="F335">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="G335">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="H335">
-        <v>2584</v>
+        <v>2586</v>
       </c>
       <c r="I335">
         <v>5408</v>
       </c>
       <c r="J335">
         <v>1972</v>
       </c>
       <c r="K335">
         <v>1803</v>
       </c>
       <c r="L335">
-        <v>8161</v>
+        <v>8163</v>
       </c>
       <c r="M335">
-        <v>9964</v>
+        <v>9967</v>
       </c>
     </row>
     <row r="336" spans="1:26">
       <c r="A336" s="6">
         <v>36495.0</v>
       </c>
       <c r="B336">
         <v>498</v>
       </c>
       <c r="C336">
         <v>830</v>
       </c>
       <c r="D336">
         <v>343</v>
       </c>
       <c r="E336">
         <v>181</v>
       </c>
       <c r="F336">
         <v>1490</v>
       </c>
       <c r="G336">
         <v>1671</v>
       </c>
       <c r="H336">
@@ -14035,453 +14035,453 @@
       </c>
       <c r="H339">
         <v>2755</v>
       </c>
       <c r="I339">
         <v>5862</v>
       </c>
       <c r="J339">
         <v>1851</v>
       </c>
       <c r="K339">
         <v>2034</v>
       </c>
       <c r="L339">
         <v>8433</v>
       </c>
       <c r="M339">
         <v>10468</v>
       </c>
     </row>
     <row r="340" spans="1:26">
       <c r="A340" s="6">
         <v>36617.0</v>
       </c>
       <c r="B340">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C340">
         <v>768</v>
       </c>
       <c r="D340">
         <v>310</v>
       </c>
       <c r="E340">
         <v>223</v>
       </c>
       <c r="F340">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="G340">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="H340">
-        <v>2527</v>
+        <v>2529</v>
       </c>
       <c r="I340">
         <v>5290</v>
       </c>
       <c r="J340">
         <v>1900</v>
       </c>
       <c r="K340">
         <v>1860</v>
       </c>
       <c r="L340">
-        <v>7857</v>
+        <v>7859</v>
       </c>
       <c r="M340">
-        <v>9717</v>
+        <v>9719</v>
       </c>
     </row>
     <row r="341" spans="1:26">
       <c r="A341" s="6">
         <v>36647.0</v>
       </c>
       <c r="B341">
         <v>685</v>
       </c>
       <c r="C341">
         <v>824</v>
       </c>
       <c r="D341">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E341">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F341">
         <v>1628</v>
       </c>
       <c r="G341">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="H341">
         <v>2892</v>
       </c>
       <c r="I341">
         <v>5494</v>
       </c>
       <c r="J341">
-        <v>2059</v>
+        <v>2061</v>
       </c>
       <c r="K341">
-        <v>1931</v>
+        <v>1933</v>
       </c>
       <c r="L341">
         <v>8514</v>
       </c>
       <c r="M341">
-        <v>10446</v>
+        <v>10447</v>
       </c>
     </row>
     <row r="342" spans="1:26">
       <c r="A342" s="6">
         <v>36678.0</v>
       </c>
       <c r="B342">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="C342">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="D342">
         <v>321</v>
       </c>
       <c r="E342">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="F342">
         <v>1640</v>
       </c>
       <c r="G342">
-        <v>1928</v>
+        <v>1927</v>
       </c>
       <c r="H342">
-        <v>2962</v>
+        <v>2957</v>
       </c>
       <c r="I342">
-        <v>6077</v>
+        <v>6080</v>
       </c>
       <c r="J342">
         <v>1838</v>
       </c>
       <c r="K342">
-        <v>2353</v>
+        <v>2350</v>
       </c>
       <c r="L342">
-        <v>8523</v>
+        <v>8525</v>
       </c>
       <c r="M342">
-        <v>10877</v>
+        <v>10875</v>
       </c>
     </row>
     <row r="343" spans="1:26">
       <c r="A343" s="6">
         <v>36708.0</v>
       </c>
       <c r="B343">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C343">
         <v>928</v>
       </c>
       <c r="D343">
         <v>353</v>
       </c>
       <c r="E343">
         <v>255</v>
       </c>
       <c r="F343">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="G343">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="H343">
-        <v>3099</v>
+        <v>3107</v>
       </c>
       <c r="I343">
         <v>6006</v>
       </c>
       <c r="J343">
         <v>2090</v>
       </c>
       <c r="K343">
         <v>2134</v>
       </c>
       <c r="L343">
-        <v>9062</v>
+        <v>9070</v>
       </c>
       <c r="M343">
-        <v>11195</v>
+        <v>11203</v>
       </c>
     </row>
     <row r="344" spans="1:26">
       <c r="A344" s="6">
         <v>36739.0</v>
       </c>
       <c r="B344">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="C344">
         <v>1176</v>
       </c>
       <c r="D344">
         <v>414</v>
       </c>
       <c r="E344">
         <v>302</v>
       </c>
       <c r="F344">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="G344">
-        <v>2319</v>
+        <v>2318</v>
       </c>
       <c r="H344">
-        <v>3012</v>
+        <v>3004</v>
       </c>
       <c r="I344">
         <v>7574</v>
       </c>
       <c r="J344">
         <v>2447</v>
       </c>
       <c r="K344">
         <v>2479</v>
       </c>
       <c r="L344">
-        <v>10555</v>
+        <v>10547</v>
       </c>
       <c r="M344">
-        <v>13034</v>
+        <v>13026</v>
       </c>
     </row>
     <row r="345" spans="1:26">
       <c r="A345" s="6">
         <v>36770.0</v>
       </c>
       <c r="B345">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C345">
         <v>1053</v>
       </c>
       <c r="D345">
         <v>306</v>
       </c>
       <c r="E345">
         <v>261</v>
       </c>
       <c r="F345">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="G345">
-        <v>2039</v>
+        <v>2040</v>
       </c>
       <c r="H345">
-        <v>2997</v>
+        <v>3005</v>
       </c>
       <c r="I345">
         <v>6774</v>
       </c>
       <c r="J345">
         <v>1657</v>
       </c>
       <c r="K345">
         <v>2112</v>
       </c>
       <c r="L345">
-        <v>9315</v>
+        <v>9323</v>
       </c>
       <c r="M345">
-        <v>11428</v>
+        <v>11435</v>
       </c>
     </row>
     <row r="346" spans="1:26">
       <c r="A346" s="6">
         <v>36800.0</v>
       </c>
       <c r="B346">
         <v>791</v>
       </c>
       <c r="C346">
         <v>1155</v>
       </c>
       <c r="D346">
         <v>344</v>
       </c>
       <c r="E346">
         <v>263</v>
       </c>
       <c r="F346">
         <v>2027</v>
       </c>
       <c r="G346">
         <v>2290</v>
       </c>
       <c r="H346">
         <v>3376</v>
       </c>
       <c r="I346">
         <v>7450</v>
       </c>
       <c r="J346">
         <v>1935</v>
       </c>
       <c r="K346">
         <v>2138</v>
       </c>
       <c r="L346">
         <v>10622</v>
       </c>
       <c r="M346">
         <v>12760</v>
       </c>
     </row>
     <row r="347" spans="1:26">
       <c r="A347" s="6">
         <v>36831.0</v>
       </c>
       <c r="B347">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="C347">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="D347">
         <v>307</v>
       </c>
       <c r="E347">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F347">
         <v>1780</v>
       </c>
       <c r="G347">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="H347">
-        <v>2922</v>
+        <v>2914</v>
       </c>
       <c r="I347">
-        <v>6721</v>
+        <v>6738</v>
       </c>
       <c r="J347">
         <v>1849</v>
       </c>
       <c r="K347">
-        <v>1944</v>
+        <v>1956</v>
       </c>
       <c r="L347">
-        <v>9548</v>
+        <v>9544</v>
       </c>
       <c r="M347">
-        <v>11492</v>
+        <v>11500</v>
       </c>
     </row>
     <row r="348" spans="1:26">
       <c r="A348" s="6">
         <v>36861.0</v>
       </c>
       <c r="B348">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C348">
-        <v>1060</v>
+        <v>1059</v>
       </c>
       <c r="D348">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E348">
         <v>232</v>
       </c>
       <c r="F348">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="G348">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="H348">
-        <v>3041</v>
+        <v>3044</v>
       </c>
       <c r="I348">
-        <v>7067</v>
+        <v>7055</v>
       </c>
       <c r="J348">
-        <v>1667</v>
+        <v>1682</v>
       </c>
       <c r="K348">
-        <v>1965</v>
+        <v>1968</v>
       </c>
       <c r="L348">
-        <v>9810</v>
+        <v>9813</v>
       </c>
       <c r="M348">
-        <v>11775</v>
+        <v>11781</v>
       </c>
     </row>
     <row r="349" spans="1:26">
       <c r="A349" s="6">
         <v>36892.0</v>
       </c>
       <c r="B349">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="C349">
         <v>1119</v>
       </c>
       <c r="D349">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E349">
         <v>271</v>
       </c>
       <c r="F349">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="G349">
-        <v>2158</v>
+        <v>2161</v>
       </c>
       <c r="H349">
-        <v>3279</v>
+        <v>3285</v>
       </c>
       <c r="I349">
         <v>7507</v>
       </c>
       <c r="J349">
-        <v>1980</v>
+        <v>1997</v>
       </c>
       <c r="K349">
         <v>2279</v>
       </c>
       <c r="L349">
-        <v>10488</v>
+        <v>10511</v>
       </c>
       <c r="M349">
-        <v>12767</v>
+        <v>12789</v>
       </c>
     </row>
     <row r="350" spans="1:26">
       <c r="A350" s="6">
         <v>36923.0</v>
       </c>
       <c r="B350">
         <v>656</v>
       </c>
       <c r="C350">
         <v>1038</v>
       </c>
       <c r="D350">
         <v>298</v>
       </c>
       <c r="E350">
         <v>232</v>
       </c>
       <c r="F350">
         <v>1760</v>
       </c>
       <c r="G350">
         <v>1992</v>
       </c>
       <c r="H350">
@@ -14530,368 +14530,368 @@
       </c>
       <c r="I351">
         <v>7801</v>
       </c>
       <c r="J351">
         <v>1685</v>
       </c>
       <c r="K351">
         <v>2244</v>
       </c>
       <c r="L351">
         <v>10872</v>
       </c>
       <c r="M351">
         <v>13116</v>
       </c>
     </row>
     <row r="352" spans="1:26">
       <c r="A352" s="6">
         <v>36982.0</v>
       </c>
       <c r="B352">
         <v>716</v>
       </c>
       <c r="C352">
-        <v>1167</v>
+        <v>1166</v>
       </c>
       <c r="D352">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="E352">
         <v>284</v>
       </c>
       <c r="F352">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="G352">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="H352">
         <v>3403</v>
       </c>
       <c r="I352">
-        <v>7994</v>
+        <v>7977</v>
       </c>
       <c r="J352">
-        <v>2043</v>
+        <v>2069</v>
       </c>
       <c r="K352">
-        <v>2504</v>
+        <v>2503</v>
       </c>
       <c r="L352">
-        <v>10936</v>
+        <v>10946</v>
       </c>
       <c r="M352">
-        <v>13439</v>
+        <v>13449</v>
       </c>
     </row>
     <row r="353" spans="1:26">
       <c r="A353" s="6">
         <v>37012.0</v>
       </c>
       <c r="B353">
         <v>817</v>
       </c>
       <c r="C353">
         <v>1247</v>
       </c>
       <c r="D353">
         <v>404</v>
       </c>
       <c r="E353">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="F353">
-        <v>2175</v>
+        <v>2176</v>
       </c>
       <c r="G353">
         <v>2468</v>
       </c>
       <c r="H353">
         <v>3765</v>
       </c>
       <c r="I353">
         <v>8721</v>
       </c>
       <c r="J353">
         <v>2183</v>
       </c>
       <c r="K353">
-        <v>2537</v>
+        <v>2529</v>
       </c>
       <c r="L353">
-        <v>12133</v>
+        <v>12141</v>
       </c>
       <c r="M353">
         <v>14670</v>
       </c>
     </row>
     <row r="354" spans="1:26">
       <c r="A354" s="6">
         <v>37043.0</v>
       </c>
       <c r="B354">
         <v>768</v>
       </c>
       <c r="C354">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="D354">
         <v>395</v>
       </c>
       <c r="E354">
         <v>298</v>
       </c>
       <c r="F354">
-        <v>2199</v>
+        <v>2200</v>
       </c>
       <c r="G354">
-        <v>2497</v>
+        <v>2498</v>
       </c>
       <c r="H354">
         <v>3560</v>
       </c>
       <c r="I354">
-        <v>8592</v>
+        <v>8601</v>
       </c>
       <c r="J354">
-        <v>2196</v>
+        <v>2198</v>
       </c>
       <c r="K354">
         <v>2479</v>
       </c>
       <c r="L354">
-        <v>11869</v>
+        <v>11880</v>
       </c>
       <c r="M354">
-        <v>14348</v>
+        <v>14359</v>
       </c>
     </row>
     <row r="355" spans="1:26">
       <c r="A355" s="6">
         <v>37073.0</v>
       </c>
       <c r="B355">
         <v>747</v>
       </c>
       <c r="C355">
         <v>1333</v>
       </c>
       <c r="D355">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="E355">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="F355">
         <v>2167</v>
       </c>
       <c r="G355">
-        <v>2467</v>
+        <v>2466</v>
       </c>
       <c r="H355">
         <v>3562</v>
       </c>
       <c r="I355">
         <v>8966</v>
       </c>
       <c r="J355">
-        <v>2157</v>
+        <v>2142</v>
       </c>
       <c r="K355">
-        <v>2625</v>
+        <v>2610</v>
       </c>
       <c r="L355">
         <v>12060</v>
       </c>
       <c r="M355">
-        <v>14685</v>
+        <v>14670</v>
       </c>
     </row>
     <row r="356" spans="1:26">
       <c r="A356" s="6">
         <v>37104.0</v>
       </c>
       <c r="B356">
         <v>778</v>
       </c>
       <c r="C356">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="D356">
         <v>407</v>
       </c>
       <c r="E356">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F356">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="G356">
-        <v>2664</v>
+        <v>2666</v>
       </c>
       <c r="H356">
         <v>3524</v>
       </c>
       <c r="I356">
-        <v>9867</v>
+        <v>9890</v>
       </c>
       <c r="J356">
         <v>2172</v>
       </c>
       <c r="K356">
-        <v>2668</v>
+        <v>2678</v>
       </c>
       <c r="L356">
-        <v>12896</v>
+        <v>12908</v>
       </c>
       <c r="M356">
-        <v>15563</v>
+        <v>15586</v>
       </c>
     </row>
     <row r="357" spans="1:26">
       <c r="A357" s="6">
         <v>37135.0</v>
       </c>
       <c r="B357">
         <v>671</v>
       </c>
       <c r="C357">
         <v>1334</v>
       </c>
       <c r="D357">
         <v>349</v>
       </c>
       <c r="E357">
         <v>270</v>
       </c>
       <c r="F357">
         <v>2084</v>
       </c>
       <c r="G357">
         <v>2354</v>
       </c>
       <c r="H357">
         <v>3009</v>
       </c>
       <c r="I357">
-        <v>8687</v>
+        <v>8685</v>
       </c>
       <c r="J357">
         <v>1930</v>
       </c>
       <c r="K357">
         <v>2589</v>
       </c>
       <c r="L357">
-        <v>11037</v>
+        <v>11035</v>
       </c>
       <c r="M357">
-        <v>13627</v>
+        <v>13625</v>
       </c>
     </row>
     <row r="358" spans="1:26">
       <c r="A358" s="6">
         <v>37165.0</v>
       </c>
       <c r="B358">
         <v>770</v>
       </c>
       <c r="C358">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="D358">
         <v>401</v>
       </c>
       <c r="E358">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="F358">
         <v>2331</v>
       </c>
       <c r="G358">
-        <v>2641</v>
+        <v>2640</v>
       </c>
       <c r="H358">
         <v>3678</v>
       </c>
       <c r="I358">
-        <v>9785</v>
+        <v>9774</v>
       </c>
       <c r="J358">
         <v>2013</v>
       </c>
       <c r="K358">
-        <v>2773</v>
+        <v>2761</v>
       </c>
       <c r="L358">
         <v>12703</v>
       </c>
       <c r="M358">
-        <v>15477</v>
+        <v>15465</v>
       </c>
     </row>
     <row r="359" spans="1:26">
       <c r="A359" s="6">
         <v>37196.0</v>
       </c>
       <c r="B359">
         <v>609</v>
       </c>
       <c r="C359">
-        <v>1265</v>
+        <v>1263</v>
       </c>
       <c r="D359">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E359">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F359">
-        <v>1970</v>
+        <v>1968</v>
       </c>
       <c r="G359">
-        <v>2227</v>
+        <v>2226</v>
       </c>
       <c r="H359">
         <v>2791</v>
       </c>
       <c r="I359">
-        <v>8290</v>
+        <v>8261</v>
       </c>
       <c r="J359">
-        <v>1925</v>
+        <v>1941</v>
       </c>
       <c r="K359">
-        <v>2325</v>
+        <v>2341</v>
       </c>
       <c r="L359">
-        <v>10681</v>
+        <v>10652</v>
       </c>
       <c r="M359">
-        <v>13005</v>
+        <v>12993</v>
       </c>
     </row>
     <row r="360" spans="1:26">
       <c r="A360" s="6">
         <v>37226.0</v>
       </c>
       <c r="B360">
         <v>553</v>
       </c>
       <c r="C360">
         <v>1047</v>
       </c>
       <c r="D360">
         <v>301</v>
       </c>
       <c r="E360">
         <v>243</v>
       </c>
       <c r="F360">
         <v>1658</v>
       </c>
       <c r="G360">
         <v>1901</v>
       </c>
       <c r="H360">
@@ -14902,324 +14902,324 @@
       </c>
       <c r="J360">
         <v>1805</v>
       </c>
       <c r="K360">
         <v>2232</v>
       </c>
       <c r="L360">
         <v>9368</v>
       </c>
       <c r="M360">
         <v>11601</v>
       </c>
     </row>
     <row r="361" spans="1:26">
       <c r="A361" s="6">
         <v>37257.0</v>
       </c>
       <c r="B361">
         <v>568</v>
       </c>
       <c r="C361">
         <v>1174</v>
       </c>
       <c r="D361">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E361">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F361">
         <v>1824</v>
       </c>
       <c r="G361">
-        <v>2035</v>
+        <v>2036</v>
       </c>
       <c r="H361">
         <v>2788</v>
       </c>
       <c r="I361">
         <v>7986</v>
       </c>
       <c r="J361">
-        <v>1722</v>
+        <v>1737</v>
       </c>
       <c r="K361">
-        <v>2067</v>
+        <v>2082</v>
       </c>
       <c r="L361">
         <v>10428</v>
       </c>
       <c r="M361">
-        <v>12496</v>
+        <v>12511</v>
       </c>
     </row>
     <row r="362" spans="1:26">
       <c r="A362" s="6">
         <v>37288.0</v>
       </c>
       <c r="B362">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C362">
         <v>1018</v>
       </c>
       <c r="D362">
         <v>252</v>
       </c>
       <c r="E362">
         <v>250</v>
       </c>
       <c r="F362">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="G362">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="H362">
-        <v>2078</v>
+        <v>2086</v>
       </c>
       <c r="I362">
         <v>6854</v>
       </c>
       <c r="J362">
         <v>1386</v>
       </c>
       <c r="K362">
         <v>1924</v>
       </c>
       <c r="L362">
-        <v>8393</v>
+        <v>8402</v>
       </c>
       <c r="M362">
-        <v>10317</v>
+        <v>10325</v>
       </c>
     </row>
     <row r="363" spans="1:26">
       <c r="A363" s="6">
         <v>37316.0</v>
       </c>
       <c r="B363">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="C363">
-        <v>966</v>
+        <v>965</v>
       </c>
       <c r="D363">
         <v>269</v>
       </c>
       <c r="E363">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="F363">
-        <v>1491</v>
+        <v>1490</v>
       </c>
       <c r="G363">
-        <v>1713</v>
+        <v>1711</v>
       </c>
       <c r="H363">
-        <v>2284</v>
+        <v>2276</v>
       </c>
       <c r="I363">
-        <v>6864</v>
+        <v>6848</v>
       </c>
       <c r="J363">
         <v>1507</v>
       </c>
       <c r="K363">
-        <v>1856</v>
+        <v>1840</v>
       </c>
       <c r="L363">
-        <v>8799</v>
+        <v>8791</v>
       </c>
       <c r="M363">
-        <v>10655</v>
+        <v>10631</v>
       </c>
     </row>
     <row r="364" spans="1:26">
       <c r="A364" s="6">
         <v>37347.0</v>
       </c>
       <c r="B364">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C364">
         <v>954</v>
       </c>
       <c r="D364">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="E364">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="F364">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="G364">
         <v>1792</v>
       </c>
       <c r="H364">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="I364">
         <v>6585</v>
       </c>
       <c r="J364">
-        <v>1639</v>
+        <v>1622</v>
       </c>
       <c r="K364">
-        <v>2047</v>
+        <v>2030</v>
       </c>
       <c r="L364">
-        <v>8492</v>
+        <v>8494</v>
       </c>
       <c r="M364">
-        <v>10538</v>
+        <v>10524</v>
       </c>
     </row>
     <row r="365" spans="1:26">
       <c r="A365" s="6">
         <v>37377.0</v>
       </c>
       <c r="B365">
         <v>523</v>
       </c>
       <c r="C365">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="D365">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="E365">
         <v>224</v>
       </c>
       <c r="F365">
         <v>1591</v>
       </c>
       <c r="G365">
         <v>1815</v>
       </c>
       <c r="H365">
         <v>2338</v>
       </c>
       <c r="I365">
-        <v>6915</v>
+        <v>6922</v>
       </c>
       <c r="J365">
-        <v>1604</v>
+        <v>1596</v>
       </c>
       <c r="K365">
         <v>2008</v>
       </c>
       <c r="L365">
         <v>8848</v>
       </c>
       <c r="M365">
         <v>10857</v>
       </c>
     </row>
     <row r="366" spans="1:26">
       <c r="A366" s="6">
         <v>37408.0</v>
       </c>
       <c r="B366">
         <v>584</v>
       </c>
       <c r="C366">
         <v>1074</v>
       </c>
       <c r="D366">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="E366">
         <v>237</v>
       </c>
       <c r="F366">
-        <v>1717</v>
+        <v>1716</v>
       </c>
       <c r="G366">
-        <v>1954</v>
+        <v>1953</v>
       </c>
       <c r="H366">
         <v>2334</v>
       </c>
       <c r="I366">
         <v>7198</v>
       </c>
       <c r="J366">
-        <v>1527</v>
+        <v>1521</v>
       </c>
       <c r="K366">
         <v>1907</v>
       </c>
       <c r="L366">
-        <v>9152</v>
+        <v>9146</v>
       </c>
       <c r="M366">
-        <v>11059</v>
+        <v>11053</v>
       </c>
     </row>
     <row r="367" spans="1:26">
       <c r="A367" s="6">
         <v>37438.0</v>
       </c>
       <c r="B367">
         <v>632</v>
       </c>
       <c r="C367">
-        <v>1071</v>
+        <v>1070</v>
       </c>
       <c r="D367">
         <v>303</v>
       </c>
       <c r="E367">
         <v>265</v>
       </c>
       <c r="F367">
-        <v>1741</v>
+        <v>1740</v>
       </c>
       <c r="G367">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="H367">
         <v>2655</v>
       </c>
       <c r="I367">
-        <v>7171</v>
+        <v>7169</v>
       </c>
       <c r="J367">
         <v>1632</v>
       </c>
       <c r="K367">
         <v>2187</v>
       </c>
       <c r="L367">
-        <v>9271</v>
+        <v>9269</v>
       </c>
       <c r="M367">
-        <v>11458</v>
+        <v>11457</v>
       </c>
     </row>
     <row r="368" spans="1:26">
       <c r="A368" s="6">
         <v>37469.0</v>
       </c>
       <c r="B368">
         <v>604</v>
       </c>
       <c r="C368">
         <v>1188</v>
       </c>
       <c r="D368">
         <v>347</v>
       </c>
       <c r="E368">
         <v>277</v>
       </c>
       <c r="F368">
         <v>1862</v>
       </c>
       <c r="G368">
         <v>2139</v>
       </c>
       <c r="H368">
@@ -15254,54 +15254,54 @@
       <c r="D369">
         <v>290</v>
       </c>
       <c r="E369">
         <v>251</v>
       </c>
       <c r="F369">
         <v>1602</v>
       </c>
       <c r="G369">
         <v>1853</v>
       </c>
       <c r="H369">
         <v>2110</v>
       </c>
       <c r="I369">
         <v>7158</v>
       </c>
       <c r="J369">
         <v>1682</v>
       </c>
       <c r="K369">
         <v>2071</v>
       </c>
       <c r="L369">
-        <v>8880</v>
+        <v>8879</v>
       </c>
       <c r="M369">
-        <v>10951</v>
+        <v>10950</v>
       </c>
     </row>
     <row r="370" spans="1:26">
       <c r="A370" s="6">
         <v>37530.0</v>
       </c>
       <c r="B370">
         <v>620</v>
       </c>
       <c r="C370">
         <v>1110</v>
       </c>
       <c r="D370">
         <v>330</v>
       </c>
       <c r="E370">
         <v>237</v>
       </c>
       <c r="F370">
         <v>1823</v>
       </c>
       <c r="G370">
         <v>2060</v>
       </c>
       <c r="H370">
@@ -15555,122 +15555,122 @@
       </c>
       <c r="I376">
         <v>8447</v>
       </c>
       <c r="J376">
         <v>1954</v>
       </c>
       <c r="K376">
         <v>2670</v>
       </c>
       <c r="L376">
         <v>10922</v>
       </c>
       <c r="M376">
         <v>13592</v>
       </c>
     </row>
     <row r="377" spans="1:26">
       <c r="A377" s="6">
         <v>37742.0</v>
       </c>
       <c r="B377">
         <v>700</v>
       </c>
       <c r="C377">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="D377">
         <v>307</v>
       </c>
       <c r="E377">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F377">
         <v>1945</v>
       </c>
       <c r="G377">
-        <v>2238</v>
+        <v>2239</v>
       </c>
       <c r="H377">
         <v>3260</v>
       </c>
       <c r="I377">
-        <v>8444</v>
+        <v>8461</v>
       </c>
       <c r="J377">
         <v>1898</v>
       </c>
       <c r="K377">
-        <v>2454</v>
+        <v>2470</v>
       </c>
       <c r="L377">
         <v>11148</v>
       </c>
       <c r="M377">
-        <v>13602</v>
+        <v>13619</v>
       </c>
     </row>
     <row r="378" spans="1:26">
       <c r="A378" s="6">
         <v>37773.0</v>
       </c>
       <c r="B378">
         <v>696</v>
       </c>
       <c r="C378">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="D378">
         <v>303</v>
       </c>
       <c r="E378">
         <v>305</v>
       </c>
       <c r="F378">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="G378">
-        <v>2283</v>
+        <v>2284</v>
       </c>
       <c r="H378">
         <v>3141</v>
       </c>
       <c r="I378">
-        <v>8918</v>
+        <v>8931</v>
       </c>
       <c r="J378">
         <v>1545</v>
       </c>
       <c r="K378">
         <v>2323</v>
       </c>
       <c r="L378">
-        <v>11281</v>
+        <v>11294</v>
       </c>
       <c r="M378">
-        <v>13604</v>
+        <v>13617</v>
       </c>
     </row>
     <row r="379" spans="1:26">
       <c r="A379" s="6">
         <v>37803.0</v>
       </c>
       <c r="B379">
         <v>716</v>
       </c>
       <c r="C379">
         <v>1359</v>
       </c>
       <c r="D379">
         <v>358</v>
       </c>
       <c r="E379">
         <v>337</v>
       </c>
       <c r="F379">
         <v>2096</v>
       </c>
       <c r="G379">
         <v>2433</v>
       </c>
       <c r="H379">
@@ -15716,166 +15716,166 @@
       </c>
       <c r="H380">
         <v>3340</v>
       </c>
       <c r="I380">
         <v>9941</v>
       </c>
       <c r="J380">
         <v>2021</v>
       </c>
       <c r="K380">
         <v>3010</v>
       </c>
       <c r="L380">
         <v>12292</v>
       </c>
       <c r="M380">
         <v>15302</v>
       </c>
     </row>
     <row r="381" spans="1:26">
       <c r="A381" s="6">
         <v>37865.0</v>
       </c>
       <c r="B381">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C381">
         <v>1418</v>
       </c>
       <c r="D381">
         <v>337</v>
       </c>
       <c r="E381">
         <v>335</v>
       </c>
       <c r="F381">
-        <v>2173</v>
+        <v>2174</v>
       </c>
       <c r="G381">
-        <v>2508</v>
+        <v>2509</v>
       </c>
       <c r="H381">
-        <v>3322</v>
+        <v>3325</v>
       </c>
       <c r="I381">
         <v>9644</v>
       </c>
       <c r="J381">
         <v>1900</v>
       </c>
       <c r="K381">
         <v>2702</v>
       </c>
       <c r="L381">
-        <v>12165</v>
+        <v>12167</v>
       </c>
       <c r="M381">
-        <v>14867</v>
+        <v>14869</v>
       </c>
     </row>
     <row r="382" spans="1:26">
       <c r="A382" s="6">
         <v>37895.0</v>
       </c>
       <c r="B382">
         <v>685</v>
       </c>
       <c r="C382">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="D382">
         <v>401</v>
       </c>
       <c r="E382">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F382">
         <v>2287</v>
       </c>
       <c r="G382">
-        <v>2667</v>
+        <v>2668</v>
       </c>
       <c r="H382">
         <v>3149</v>
       </c>
       <c r="I382">
-        <v>10234</v>
+        <v>10247</v>
       </c>
       <c r="J382">
         <v>2180</v>
       </c>
       <c r="K382">
-        <v>3275</v>
+        <v>3288</v>
       </c>
       <c r="L382">
         <v>12289</v>
       </c>
       <c r="M382">
-        <v>15564</v>
+        <v>15577</v>
       </c>
     </row>
     <row r="383" spans="1:26">
       <c r="A383" s="6">
         <v>37926.0</v>
       </c>
       <c r="B383">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="C383">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="D383">
         <v>324</v>
       </c>
       <c r="E383">
         <v>347</v>
       </c>
       <c r="F383">
         <v>1922</v>
       </c>
       <c r="G383">
         <v>2269</v>
       </c>
       <c r="H383">
-        <v>2692</v>
+        <v>2690</v>
       </c>
       <c r="I383">
-        <v>9498</v>
+        <v>9514</v>
       </c>
       <c r="J383">
         <v>1829</v>
       </c>
       <c r="K383">
         <v>3117</v>
       </c>
       <c r="L383">
-        <v>10902</v>
+        <v>10916</v>
       </c>
       <c r="M383">
-        <v>14019</v>
+        <v>14033</v>
       </c>
     </row>
     <row r="384" spans="1:26">
       <c r="A384" s="6">
         <v>37956.0</v>
       </c>
       <c r="B384">
         <v>684</v>
       </c>
       <c r="C384">
         <v>1392</v>
       </c>
       <c r="D384">
         <v>307</v>
       </c>
       <c r="E384">
         <v>359</v>
       </c>
       <c r="F384">
         <v>2024</v>
       </c>
       <c r="G384">
         <v>2383</v>
       </c>
       <c r="H384">
@@ -15962,125 +15962,125 @@
       </c>
       <c r="H386">
         <v>2872</v>
       </c>
       <c r="I386">
         <v>8888</v>
       </c>
       <c r="J386">
         <v>1330</v>
       </c>
       <c r="K386">
         <v>2149</v>
       </c>
       <c r="L386">
         <v>10941</v>
       </c>
       <c r="M386">
         <v>13090</v>
       </c>
     </row>
     <row r="387" spans="1:26">
       <c r="A387" s="6">
         <v>38047.0</v>
       </c>
       <c r="B387">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="C387">
         <v>1404</v>
       </c>
       <c r="D387">
         <v>329</v>
       </c>
       <c r="E387">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="F387">
         <v>1960</v>
       </c>
       <c r="G387">
-        <v>2402</v>
+        <v>2401</v>
       </c>
       <c r="H387">
-        <v>3116</v>
+        <v>3109</v>
       </c>
       <c r="I387">
         <v>10266</v>
       </c>
       <c r="J387">
         <v>1992</v>
       </c>
       <c r="K387">
-        <v>3524</v>
+        <v>3518</v>
       </c>
       <c r="L387">
         <v>11849</v>
       </c>
       <c r="M387">
-        <v>15373</v>
+        <v>15367</v>
       </c>
     </row>
     <row r="388" spans="1:26">
       <c r="A388" s="6">
         <v>38078.0</v>
       </c>
       <c r="B388">
         <v>717</v>
       </c>
       <c r="C388">
         <v>1388</v>
       </c>
       <c r="D388">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E388">
         <v>414</v>
       </c>
       <c r="F388">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="G388">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="H388">
         <v>3209</v>
       </c>
       <c r="I388">
         <v>9970</v>
       </c>
       <c r="J388">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="K388">
         <v>3305</v>
       </c>
       <c r="L388">
-        <v>11601</v>
+        <v>11602</v>
       </c>
       <c r="M388">
-        <v>14906</v>
+        <v>14908</v>
       </c>
     </row>
     <row r="389" spans="1:26">
       <c r="A389" s="6">
         <v>38108.0</v>
       </c>
       <c r="B389">
         <v>736</v>
       </c>
       <c r="C389">
         <v>1464</v>
       </c>
       <c r="D389">
         <v>331</v>
       </c>
       <c r="E389">
         <v>408</v>
       </c>
       <c r="F389">
         <v>2123</v>
       </c>
       <c r="G389">
         <v>2531</v>
       </c>
       <c r="H389">
@@ -16129,122 +16129,122 @@
       </c>
       <c r="I390">
         <v>10896</v>
       </c>
       <c r="J390">
         <v>1686</v>
       </c>
       <c r="K390">
         <v>4156</v>
       </c>
       <c r="L390">
         <v>12104</v>
       </c>
       <c r="M390">
         <v>16260</v>
       </c>
     </row>
     <row r="391" spans="1:26">
       <c r="A391" s="6">
         <v>38169.0</v>
       </c>
       <c r="B391">
         <v>744</v>
       </c>
       <c r="C391">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="D391">
         <v>306</v>
       </c>
       <c r="E391">
         <v>422</v>
       </c>
       <c r="F391">
-        <v>2182</v>
+        <v>2183</v>
       </c>
       <c r="G391">
-        <v>2604</v>
+        <v>2605</v>
       </c>
       <c r="H391">
         <v>3588</v>
       </c>
       <c r="I391">
-        <v>10917</v>
+        <v>10930</v>
       </c>
       <c r="J391">
         <v>1818</v>
       </c>
       <c r="K391">
         <v>3572</v>
       </c>
       <c r="L391">
-        <v>12750</v>
+        <v>12763</v>
       </c>
       <c r="M391">
-        <v>16323</v>
+        <v>16336</v>
       </c>
     </row>
     <row r="392" spans="1:26">
       <c r="A392" s="6">
         <v>38200.0</v>
       </c>
       <c r="B392">
         <v>820</v>
       </c>
       <c r="C392">
         <v>1593</v>
       </c>
       <c r="D392">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="E392">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="F392">
         <v>2338</v>
       </c>
       <c r="G392">
-        <v>2769</v>
+        <v>2768</v>
       </c>
       <c r="H392">
         <v>3771</v>
       </c>
       <c r="I392">
         <v>11135</v>
       </c>
       <c r="J392">
-        <v>2032</v>
+        <v>2019</v>
       </c>
       <c r="K392">
-        <v>3593</v>
+        <v>3580</v>
       </c>
       <c r="L392">
         <v>13344</v>
       </c>
       <c r="M392">
-        <v>16938</v>
+        <v>16925</v>
       </c>
     </row>
     <row r="393" spans="1:26">
       <c r="A393" s="6">
         <v>38231.0</v>
       </c>
       <c r="B393">
         <v>857</v>
       </c>
       <c r="C393">
         <v>1702</v>
       </c>
       <c r="D393">
         <v>361</v>
       </c>
       <c r="E393">
         <v>471</v>
       </c>
       <c r="F393">
         <v>2449</v>
       </c>
       <c r="G393">
         <v>2920</v>
       </c>
       <c r="H393">
@@ -16255,271 +16255,271 @@
       </c>
       <c r="J393">
         <v>1979</v>
       </c>
       <c r="K393">
         <v>4161</v>
       </c>
       <c r="L393">
         <v>13520</v>
       </c>
       <c r="M393">
         <v>17681</v>
       </c>
     </row>
     <row r="394" spans="1:26">
       <c r="A394" s="6">
         <v>38261.0</v>
       </c>
       <c r="B394">
         <v>758</v>
       </c>
       <c r="C394">
         <v>1666</v>
       </c>
       <c r="D394">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="E394">
         <v>454</v>
       </c>
       <c r="F394">
-        <v>2364</v>
+        <v>2363</v>
       </c>
       <c r="G394">
-        <v>2818</v>
+        <v>2817</v>
       </c>
       <c r="H394">
         <v>3504</v>
       </c>
       <c r="I394">
         <v>11343</v>
       </c>
       <c r="J394">
-        <v>2261</v>
+        <v>2260</v>
       </c>
       <c r="K394">
         <v>3947</v>
       </c>
       <c r="L394">
-        <v>13161</v>
+        <v>13160</v>
       </c>
       <c r="M394">
-        <v>17108</v>
+        <v>17107</v>
       </c>
     </row>
     <row r="395" spans="1:26">
       <c r="A395" s="6">
         <v>38292.0</v>
       </c>
       <c r="B395">
         <v>695</v>
       </c>
       <c r="C395">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="D395">
         <v>321</v>
       </c>
       <c r="E395">
         <v>438</v>
       </c>
       <c r="F395">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="G395">
-        <v>2500</v>
+        <v>2501</v>
       </c>
       <c r="H395">
         <v>3287</v>
       </c>
       <c r="I395">
-        <v>10351</v>
+        <v>10352</v>
       </c>
       <c r="J395">
         <v>1953</v>
       </c>
       <c r="K395">
         <v>4012</v>
       </c>
       <c r="L395">
-        <v>11579</v>
+        <v>11580</v>
       </c>
       <c r="M395">
-        <v>15591</v>
+        <v>15592</v>
       </c>
     </row>
     <row r="396" spans="1:26">
       <c r="A396" s="6">
         <v>38322.0</v>
       </c>
       <c r="B396">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C396">
         <v>1485</v>
       </c>
       <c r="D396">
         <v>313</v>
       </c>
       <c r="E396">
         <v>423</v>
       </c>
       <c r="F396">
-        <v>2068</v>
+        <v>2069</v>
       </c>
       <c r="G396">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H396">
-        <v>3301</v>
+        <v>3307</v>
       </c>
       <c r="I396">
         <v>10390</v>
       </c>
       <c r="J396">
         <v>1807</v>
       </c>
       <c r="K396">
         <v>3706</v>
       </c>
       <c r="L396">
-        <v>11793</v>
+        <v>11798</v>
       </c>
       <c r="M396">
-        <v>15499</v>
+        <v>15504</v>
       </c>
     </row>
     <row r="397" spans="1:26">
       <c r="A397" s="6">
         <v>38353.0</v>
       </c>
       <c r="B397">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C397">
         <v>1549</v>
       </c>
       <c r="D397">
         <v>295</v>
       </c>
       <c r="E397">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F397">
         <v>2178</v>
       </c>
       <c r="G397">
-        <v>2587</v>
+        <v>2588</v>
       </c>
       <c r="H397">
-        <v>3554</v>
+        <v>3556</v>
       </c>
       <c r="I397">
         <v>10939</v>
       </c>
       <c r="J397">
         <v>1791</v>
       </c>
       <c r="K397">
-        <v>3719</v>
+        <v>3721</v>
       </c>
       <c r="L397">
         <v>12566</v>
       </c>
       <c r="M397">
-        <v>16285</v>
+        <v>16287</v>
       </c>
     </row>
     <row r="398" spans="1:26">
       <c r="A398" s="6">
         <v>38384.0</v>
       </c>
       <c r="B398">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="C398">
         <v>1505</v>
       </c>
       <c r="D398">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="E398">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="F398">
-        <v>2079</v>
+        <v>2078</v>
       </c>
       <c r="G398">
-        <v>2486</v>
+        <v>2484</v>
       </c>
       <c r="H398">
-        <v>3533</v>
+        <v>3528</v>
       </c>
       <c r="I398">
         <v>10812</v>
       </c>
       <c r="J398">
-        <v>1590</v>
+        <v>1574</v>
       </c>
       <c r="K398">
-        <v>3606</v>
+        <v>3590</v>
       </c>
       <c r="L398">
-        <v>12329</v>
+        <v>12324</v>
       </c>
       <c r="M398">
-        <v>15935</v>
+        <v>15914</v>
       </c>
     </row>
     <row r="399" spans="1:26">
       <c r="A399" s="6">
         <v>38412.0</v>
       </c>
       <c r="B399">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C399">
-        <v>1609</v>
+        <v>1608</v>
       </c>
       <c r="D399">
         <v>332</v>
       </c>
       <c r="E399">
         <v>457</v>
       </c>
       <c r="F399">
         <v>2303</v>
       </c>
       <c r="G399">
         <v>2760</v>
       </c>
       <c r="H399">
-        <v>4147</v>
+        <v>4154</v>
       </c>
       <c r="I399">
-        <v>11929</v>
+        <v>11923</v>
       </c>
       <c r="J399">
         <v>1966</v>
       </c>
       <c r="K399">
         <v>4251</v>
       </c>
       <c r="L399">
         <v>13791</v>
       </c>
       <c r="M399">
         <v>18042</v>
       </c>
     </row>
     <row r="400" spans="1:26">
       <c r="A400" s="6">
         <v>38443.0</v>
       </c>
       <c r="B400">
         <v>832</v>
       </c>
       <c r="C400">
         <v>1701</v>
       </c>
       <c r="D400">
@@ -16577,125 +16577,125 @@
       </c>
       <c r="H401">
         <v>4240</v>
       </c>
       <c r="I401">
         <v>12269</v>
       </c>
       <c r="J401">
         <v>1963</v>
       </c>
       <c r="K401">
         <v>4175</v>
       </c>
       <c r="L401">
         <v>14297</v>
       </c>
       <c r="M401">
         <v>18472</v>
       </c>
     </row>
     <row r="402" spans="1:26">
       <c r="A402" s="6">
         <v>38504.0</v>
       </c>
       <c r="B402">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="C402">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="D402">
         <v>388</v>
       </c>
       <c r="E402">
         <v>511</v>
       </c>
       <c r="F402">
         <v>2658</v>
       </c>
       <c r="G402">
         <v>3169</v>
       </c>
       <c r="H402">
-        <v>4129</v>
+        <v>4123</v>
       </c>
       <c r="I402">
-        <v>13151</v>
+        <v>13161</v>
       </c>
       <c r="J402">
         <v>2093</v>
       </c>
       <c r="K402">
         <v>4380</v>
       </c>
       <c r="L402">
-        <v>14993</v>
+        <v>14998</v>
       </c>
       <c r="M402">
-        <v>19373</v>
+        <v>19378</v>
       </c>
     </row>
     <row r="403" spans="1:26">
       <c r="A403" s="6">
         <v>38534.0</v>
       </c>
       <c r="B403">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="C403">
         <v>1807</v>
       </c>
       <c r="D403">
         <v>352</v>
       </c>
       <c r="E403">
         <v>516</v>
       </c>
       <c r="F403">
-        <v>2595</v>
+        <v>2596</v>
       </c>
       <c r="G403">
-        <v>3111</v>
+        <v>3112</v>
       </c>
       <c r="H403">
-        <v>4355</v>
+        <v>4360</v>
       </c>
       <c r="I403">
         <v>12569</v>
       </c>
       <c r="J403">
         <v>1927</v>
       </c>
       <c r="K403">
         <v>4565</v>
       </c>
       <c r="L403">
-        <v>14286</v>
+        <v>14292</v>
       </c>
       <c r="M403">
-        <v>18851</v>
+        <v>18856</v>
       </c>
     </row>
     <row r="404" spans="1:26">
       <c r="A404" s="6">
         <v>38565.0</v>
       </c>
       <c r="B404">
         <v>998</v>
       </c>
       <c r="C404">
         <v>2016</v>
       </c>
       <c r="D404">
         <v>405</v>
       </c>
       <c r="E404">
         <v>586</v>
       </c>
       <c r="F404">
         <v>2833</v>
       </c>
       <c r="G404">
         <v>3419</v>
       </c>
       <c r="H404">
@@ -16703,81 +16703,81 @@
       </c>
       <c r="I404">
         <v>13894</v>
       </c>
       <c r="J404">
         <v>2148</v>
       </c>
       <c r="K404">
         <v>5144</v>
       </c>
       <c r="L404">
         <v>15455</v>
       </c>
       <c r="M404">
         <v>20598</v>
       </c>
     </row>
     <row r="405" spans="1:26">
       <c r="A405" s="6">
         <v>38596.0</v>
       </c>
       <c r="B405">
         <v>955</v>
       </c>
       <c r="C405">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="D405">
         <v>353</v>
       </c>
       <c r="E405">
         <v>494</v>
       </c>
       <c r="F405">
-        <v>2702</v>
+        <v>2703</v>
       </c>
       <c r="G405">
-        <v>3196</v>
+        <v>3197</v>
       </c>
       <c r="H405">
         <v>4236</v>
       </c>
       <c r="I405">
-        <v>12759</v>
+        <v>12763</v>
       </c>
       <c r="J405">
         <v>1783</v>
       </c>
       <c r="K405">
         <v>4309</v>
       </c>
       <c r="L405">
-        <v>14468</v>
+        <v>14472</v>
       </c>
       <c r="M405">
-        <v>18778</v>
+        <v>18782</v>
       </c>
     </row>
     <row r="406" spans="1:26">
       <c r="A406" s="6">
         <v>38626.0</v>
       </c>
       <c r="B406">
         <v>952</v>
       </c>
       <c r="C406">
         <v>1939</v>
       </c>
       <c r="D406">
         <v>356</v>
       </c>
       <c r="E406">
         <v>564</v>
       </c>
       <c r="F406">
         <v>2683</v>
       </c>
       <c r="G406">
         <v>3247</v>
       </c>
       <c r="H406">
@@ -16785,286 +16785,286 @@
       </c>
       <c r="I406">
         <v>13439</v>
       </c>
       <c r="J406">
         <v>1847</v>
       </c>
       <c r="K406">
         <v>4890</v>
       </c>
       <c r="L406">
         <v>14711</v>
       </c>
       <c r="M406">
         <v>19601</v>
       </c>
     </row>
     <row r="407" spans="1:26">
       <c r="A407" s="6">
         <v>38657.0</v>
       </c>
       <c r="B407">
         <v>974</v>
       </c>
       <c r="C407">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="D407">
         <v>365</v>
       </c>
       <c r="E407">
         <v>550</v>
       </c>
       <c r="F407">
-        <v>2623</v>
+        <v>2624</v>
       </c>
       <c r="G407">
-        <v>3173</v>
+        <v>3174</v>
       </c>
       <c r="H407">
         <v>4466</v>
       </c>
       <c r="I407">
-        <v>12180</v>
+        <v>12192</v>
       </c>
       <c r="J407">
         <v>2027</v>
       </c>
       <c r="K407">
         <v>4851</v>
       </c>
       <c r="L407">
-        <v>13822</v>
+        <v>13834</v>
       </c>
       <c r="M407">
-        <v>18674</v>
+        <v>18685</v>
       </c>
     </row>
     <row r="408" spans="1:26">
       <c r="A408" s="6">
         <v>38687.0</v>
       </c>
       <c r="B408">
         <v>879</v>
       </c>
       <c r="C408">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="D408">
         <v>334</v>
       </c>
       <c r="E408">
         <v>547</v>
       </c>
       <c r="F408">
-        <v>2429</v>
+        <v>2428</v>
       </c>
       <c r="G408">
-        <v>2976</v>
+        <v>2975</v>
       </c>
       <c r="H408">
         <v>4102</v>
       </c>
       <c r="I408">
-        <v>12384</v>
+        <v>12373</v>
       </c>
       <c r="J408">
         <v>1820</v>
       </c>
       <c r="K408">
         <v>4964</v>
       </c>
       <c r="L408">
-        <v>13342</v>
+        <v>13331</v>
       </c>
       <c r="M408">
-        <v>18306</v>
+        <v>18294</v>
       </c>
     </row>
     <row r="409" spans="1:26">
       <c r="A409" s="6">
         <v>38718.0</v>
       </c>
       <c r="B409">
         <v>1041</v>
       </c>
       <c r="C409">
         <v>1953</v>
       </c>
       <c r="D409">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="E409">
         <v>522</v>
       </c>
       <c r="F409">
-        <v>2831</v>
+        <v>2830</v>
       </c>
       <c r="G409">
-        <v>3353</v>
+        <v>3352</v>
       </c>
       <c r="H409">
         <v>4837</v>
       </c>
       <c r="I409">
         <v>13576</v>
       </c>
       <c r="J409">
-        <v>2167</v>
+        <v>2157</v>
       </c>
       <c r="K409">
         <v>4664</v>
       </c>
       <c r="L409">
-        <v>15916</v>
+        <v>15906</v>
       </c>
       <c r="M409">
-        <v>20580</v>
+        <v>20570</v>
       </c>
     </row>
     <row r="410" spans="1:26">
       <c r="A410" s="6">
         <v>38749.0</v>
       </c>
       <c r="B410">
         <v>895</v>
       </c>
       <c r="C410">
         <v>1885</v>
       </c>
       <c r="D410">
         <v>333</v>
       </c>
       <c r="E410">
         <v>540</v>
       </c>
       <c r="F410">
         <v>2573</v>
       </c>
       <c r="G410">
         <v>3113</v>
       </c>
       <c r="H410">
         <v>4283</v>
       </c>
       <c r="I410">
-        <v>13230</v>
+        <v>13239</v>
       </c>
       <c r="J410">
         <v>1696</v>
       </c>
       <c r="K410">
         <v>4721</v>
       </c>
       <c r="L410">
-        <v>14488</v>
+        <v>14496</v>
       </c>
       <c r="M410">
-        <v>19209</v>
+        <v>19217</v>
       </c>
     </row>
     <row r="411" spans="1:26">
       <c r="A411" s="6">
         <v>38777.0</v>
       </c>
       <c r="B411">
         <v>1025</v>
       </c>
       <c r="C411">
-        <v>2059</v>
+        <v>2057</v>
       </c>
       <c r="D411">
         <v>374</v>
       </c>
       <c r="E411">
         <v>566</v>
       </c>
       <c r="F411">
-        <v>2892</v>
+        <v>2890</v>
       </c>
       <c r="G411">
-        <v>3458</v>
+        <v>3456</v>
       </c>
       <c r="H411">
         <v>5178</v>
       </c>
       <c r="I411">
-        <v>14545</v>
+        <v>14527</v>
       </c>
       <c r="J411">
         <v>2005</v>
       </c>
       <c r="K411">
         <v>5179</v>
       </c>
       <c r="L411">
-        <v>16549</v>
+        <v>16531</v>
       </c>
       <c r="M411">
-        <v>21729</v>
+        <v>21710</v>
       </c>
     </row>
     <row r="412" spans="1:26">
       <c r="A412" s="6">
         <v>38808.0</v>
       </c>
       <c r="B412">
         <v>1010</v>
       </c>
       <c r="C412">
         <v>1909</v>
       </c>
       <c r="D412">
         <v>411</v>
       </c>
       <c r="E412">
         <v>618</v>
       </c>
       <c r="F412">
         <v>2712</v>
       </c>
       <c r="G412">
         <v>3330</v>
       </c>
       <c r="H412">
         <v>4801</v>
       </c>
       <c r="I412">
-        <v>13408</v>
+        <v>13410</v>
       </c>
       <c r="J412">
         <v>2209</v>
       </c>
       <c r="K412">
         <v>5170</v>
       </c>
       <c r="L412">
-        <v>15249</v>
+        <v>15250</v>
       </c>
       <c r="M412">
-        <v>20419</v>
+        <v>20421</v>
       </c>
     </row>
     <row r="413" spans="1:26">
       <c r="A413" s="6">
         <v>38838.0</v>
       </c>
       <c r="B413">
         <v>1080</v>
       </c>
       <c r="C413">
         <v>2123</v>
       </c>
       <c r="D413">
         <v>376</v>
       </c>
       <c r="E413">
         <v>639</v>
       </c>
       <c r="F413">
         <v>2940</v>
       </c>
       <c r="G413">
         <v>3579</v>
       </c>
       <c r="H413">
@@ -17113,327 +17113,327 @@
       </c>
       <c r="I414">
         <v>15486</v>
       </c>
       <c r="J414">
         <v>2283</v>
       </c>
       <c r="K414">
         <v>6051</v>
       </c>
       <c r="L414">
         <v>17098</v>
       </c>
       <c r="M414">
         <v>23149</v>
       </c>
     </row>
     <row r="415" spans="1:26">
       <c r="A415" s="6">
         <v>38899.0</v>
       </c>
       <c r="B415">
         <v>1146</v>
       </c>
       <c r="C415">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="D415">
         <v>416</v>
       </c>
       <c r="E415">
         <v>615</v>
       </c>
       <c r="F415">
-        <v>2956</v>
+        <v>2957</v>
       </c>
       <c r="G415">
-        <v>3571</v>
+        <v>3572</v>
       </c>
       <c r="H415">
         <v>5196</v>
       </c>
       <c r="I415">
-        <v>13994</v>
+        <v>14006</v>
       </c>
       <c r="J415">
         <v>2103</v>
       </c>
       <c r="K415">
         <v>5393</v>
       </c>
       <c r="L415">
-        <v>15902</v>
+        <v>15913</v>
       </c>
       <c r="M415">
-        <v>21294</v>
+        <v>21305</v>
       </c>
     </row>
     <row r="416" spans="1:26">
       <c r="A416" s="6">
         <v>38930.0</v>
       </c>
       <c r="B416">
         <v>1148</v>
       </c>
       <c r="C416">
-        <v>2367</v>
+        <v>2366</v>
       </c>
       <c r="D416">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E416">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="F416">
-        <v>3284</v>
+        <v>3283</v>
       </c>
       <c r="G416">
         <v>3952</v>
       </c>
       <c r="H416">
         <v>5206</v>
       </c>
       <c r="I416">
-        <v>16411</v>
+        <v>16400</v>
       </c>
       <c r="J416">
-        <v>2177</v>
+        <v>2194</v>
       </c>
       <c r="K416">
-        <v>5996</v>
+        <v>6013</v>
       </c>
       <c r="L416">
-        <v>17798</v>
+        <v>17787</v>
       </c>
       <c r="M416">
-        <v>23794</v>
+        <v>23799</v>
       </c>
     </row>
     <row r="417" spans="1:26">
       <c r="A417" s="6">
         <v>38961.0</v>
       </c>
       <c r="B417">
         <v>1116</v>
       </c>
       <c r="C417">
-        <v>2139</v>
+        <v>2142</v>
       </c>
       <c r="D417">
         <v>396</v>
       </c>
       <c r="E417">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="F417">
-        <v>2919</v>
+        <v>2921</v>
       </c>
       <c r="G417">
-        <v>3651</v>
+        <v>3654</v>
       </c>
       <c r="H417">
         <v>5153</v>
       </c>
       <c r="I417">
-        <v>14980</v>
+        <v>15000</v>
       </c>
       <c r="J417">
         <v>1990</v>
       </c>
       <c r="K417">
-        <v>6390</v>
+        <v>6401</v>
       </c>
       <c r="L417">
-        <v>15734</v>
+        <v>15743</v>
       </c>
       <c r="M417">
-        <v>22123</v>
+        <v>22143</v>
       </c>
     </row>
     <row r="418" spans="1:26">
       <c r="A418" s="6">
         <v>38991.0</v>
       </c>
       <c r="B418">
         <v>1180</v>
       </c>
       <c r="C418">
         <v>2253</v>
       </c>
       <c r="D418">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="E418">
         <v>697</v>
       </c>
       <c r="F418">
-        <v>3157</v>
+        <v>3156</v>
       </c>
       <c r="G418">
-        <v>3854</v>
+        <v>3853</v>
       </c>
       <c r="H418">
         <v>5457</v>
       </c>
       <c r="I418">
         <v>15833</v>
       </c>
       <c r="J418">
-        <v>2307</v>
+        <v>2296</v>
       </c>
       <c r="K418">
         <v>6124</v>
       </c>
       <c r="L418">
-        <v>17472</v>
+        <v>17461</v>
       </c>
       <c r="M418">
-        <v>23597</v>
+        <v>23585</v>
       </c>
     </row>
     <row r="419" spans="1:26">
       <c r="A419" s="6">
         <v>39022.0</v>
       </c>
       <c r="B419">
         <v>1172</v>
       </c>
       <c r="C419">
         <v>2157</v>
       </c>
       <c r="D419">
         <v>436</v>
       </c>
       <c r="E419">
         <v>723</v>
       </c>
       <c r="F419">
         <v>3042</v>
       </c>
       <c r="G419">
         <v>3765</v>
       </c>
       <c r="H419">
         <v>5422</v>
       </c>
       <c r="I419">
         <v>15422</v>
       </c>
       <c r="J419">
         <v>2286</v>
       </c>
       <c r="K419">
         <v>6262</v>
       </c>
       <c r="L419">
         <v>16868</v>
       </c>
       <c r="M419">
         <v>23130</v>
       </c>
     </row>
     <row r="420" spans="1:26">
       <c r="A420" s="6">
         <v>39052.0</v>
       </c>
       <c r="B420">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C420">
         <v>2010</v>
       </c>
       <c r="D420">
         <v>392</v>
       </c>
       <c r="E420">
         <v>718</v>
       </c>
       <c r="F420">
-        <v>2778</v>
+        <v>2779</v>
       </c>
       <c r="G420">
-        <v>3496</v>
+        <v>3497</v>
       </c>
       <c r="H420">
-        <v>5207</v>
+        <v>5208</v>
       </c>
       <c r="I420">
         <v>14047</v>
       </c>
       <c r="J420">
         <v>2241</v>
       </c>
       <c r="K420">
         <v>6012</v>
       </c>
       <c r="L420">
-        <v>15483</v>
+        <v>15484</v>
       </c>
       <c r="M420">
         <v>21495</v>
       </c>
     </row>
     <row r="421" spans="1:26">
       <c r="A421" s="6">
         <v>39083.0</v>
       </c>
       <c r="B421">
         <v>1027</v>
       </c>
       <c r="C421">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="D421">
         <v>378</v>
       </c>
       <c r="E421">
         <v>692</v>
       </c>
       <c r="F421">
-        <v>2792</v>
+        <v>2793</v>
       </c>
       <c r="G421">
-        <v>3484</v>
+        <v>3485</v>
       </c>
       <c r="H421">
         <v>4876</v>
       </c>
       <c r="I421">
-        <v>14863</v>
+        <v>14874</v>
       </c>
       <c r="J421">
         <v>2348</v>
       </c>
       <c r="K421">
         <v>6118</v>
       </c>
       <c r="L421">
-        <v>15968</v>
+        <v>15980</v>
       </c>
       <c r="M421">
-        <v>22086</v>
+        <v>22098</v>
       </c>
     </row>
     <row r="422" spans="1:26">
       <c r="A422" s="6">
         <v>39114.0</v>
       </c>
       <c r="B422">
         <v>945</v>
       </c>
       <c r="C422">
         <v>1929</v>
       </c>
       <c r="D422">
         <v>314</v>
       </c>
       <c r="E422">
         <v>682</v>
       </c>
       <c r="F422">
         <v>2506</v>
       </c>
       <c r="G422">
         <v>3188</v>
       </c>
       <c r="H422">
@@ -17485,78 +17485,78 @@
       </c>
       <c r="J423">
         <v>2172</v>
       </c>
       <c r="K423">
         <v>7238</v>
       </c>
       <c r="L423">
         <v>16577</v>
       </c>
       <c r="M423">
         <v>23815</v>
       </c>
     </row>
     <row r="424" spans="1:26">
       <c r="A424" s="6">
         <v>39173.0</v>
       </c>
       <c r="B424">
         <v>990</v>
       </c>
       <c r="C424">
         <v>2071</v>
       </c>
       <c r="D424">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="E424">
-        <v>760</v>
+        <v>759</v>
       </c>
       <c r="F424">
         <v>2653</v>
       </c>
       <c r="G424">
-        <v>3413</v>
+        <v>3412</v>
       </c>
       <c r="H424">
         <v>4972</v>
       </c>
       <c r="I424">
         <v>15479</v>
       </c>
       <c r="J424">
-        <v>1919</v>
+        <v>1916</v>
       </c>
       <c r="K424">
-        <v>6761</v>
+        <v>6758</v>
       </c>
       <c r="L424">
         <v>15610</v>
       </c>
       <c r="M424">
-        <v>22370</v>
+        <v>22367</v>
       </c>
     </row>
     <row r="425" spans="1:26">
       <c r="A425" s="6">
         <v>39203.0</v>
       </c>
       <c r="B425">
         <v>1084</v>
       </c>
       <c r="C425">
         <v>2329</v>
       </c>
       <c r="D425">
         <v>424</v>
       </c>
       <c r="E425">
         <v>850</v>
       </c>
       <c r="F425">
         <v>2987</v>
       </c>
       <c r="G425">
         <v>3837</v>
       </c>
       <c r="H425">
@@ -17646,163 +17646,163 @@
       </c>
       <c r="I427">
         <v>16654</v>
       </c>
       <c r="J427">
         <v>2239</v>
       </c>
       <c r="K427">
         <v>8026</v>
       </c>
       <c r="L427">
         <v>16415</v>
       </c>
       <c r="M427">
         <v>24441</v>
       </c>
     </row>
     <row r="428" spans="1:26">
       <c r="A428" s="6">
         <v>39295.0</v>
       </c>
       <c r="B428">
         <v>1228</v>
       </c>
       <c r="C428">
-        <v>2453</v>
+        <v>2455</v>
       </c>
       <c r="D428">
         <v>442</v>
       </c>
       <c r="E428">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="F428">
-        <v>3166</v>
+        <v>3167</v>
       </c>
       <c r="G428">
-        <v>4123</v>
+        <v>4125</v>
       </c>
       <c r="H428">
         <v>5941</v>
       </c>
       <c r="I428">
-        <v>17863</v>
+        <v>17880</v>
       </c>
       <c r="J428">
         <v>2328</v>
       </c>
       <c r="K428">
-        <v>8680</v>
+        <v>8693</v>
       </c>
       <c r="L428">
-        <v>17452</v>
+        <v>17456</v>
       </c>
       <c r="M428">
-        <v>26132</v>
+        <v>26149</v>
       </c>
     </row>
     <row r="429" spans="1:26">
       <c r="A429" s="6">
         <v>39326.0</v>
       </c>
       <c r="B429">
         <v>1107</v>
       </c>
       <c r="C429">
         <v>2298</v>
       </c>
       <c r="D429">
         <v>393</v>
       </c>
       <c r="E429">
         <v>849</v>
       </c>
       <c r="F429">
         <v>2949</v>
       </c>
       <c r="G429">
         <v>3798</v>
       </c>
       <c r="H429">
         <v>5215</v>
       </c>
       <c r="I429">
         <v>16405</v>
       </c>
       <c r="J429">
         <v>2016</v>
       </c>
       <c r="K429">
         <v>7441</v>
       </c>
       <c r="L429">
         <v>16195</v>
       </c>
       <c r="M429">
         <v>23636</v>
       </c>
     </row>
     <row r="430" spans="1:26">
       <c r="A430" s="6">
         <v>39356.0</v>
       </c>
       <c r="B430">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="C430">
         <v>2577</v>
       </c>
       <c r="D430">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="E430">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="F430">
-        <v>3336</v>
+        <v>3335</v>
       </c>
       <c r="G430">
-        <v>4285</v>
+        <v>4283</v>
       </c>
       <c r="H430">
-        <v>5614</v>
+        <v>5602</v>
       </c>
       <c r="I430">
         <v>18493</v>
       </c>
       <c r="J430">
-        <v>2376</v>
+        <v>2355</v>
       </c>
       <c r="K430">
-        <v>8339</v>
+        <v>8327</v>
       </c>
       <c r="L430">
-        <v>18145</v>
+        <v>18124</v>
       </c>
       <c r="M430">
-        <v>26484</v>
+        <v>26450</v>
       </c>
     </row>
     <row r="431" spans="1:26">
       <c r="A431" s="6">
         <v>39387.0</v>
       </c>
       <c r="B431">
         <v>1087</v>
       </c>
       <c r="C431">
         <v>2257</v>
       </c>
       <c r="D431">
         <v>440</v>
       </c>
       <c r="E431">
         <v>890</v>
       </c>
       <c r="F431">
         <v>2894</v>
       </c>
       <c r="G431">
         <v>3784</v>
       </c>
       <c r="H431">
@@ -17828,186 +17828,186 @@
       <c r="A432" s="6">
         <v>39417.0</v>
       </c>
       <c r="B432">
         <v>1059</v>
       </c>
       <c r="C432">
         <v>2144</v>
       </c>
       <c r="D432">
         <v>363</v>
       </c>
       <c r="E432">
         <v>878</v>
       </c>
       <c r="F432">
         <v>2688</v>
       </c>
       <c r="G432">
         <v>3566</v>
       </c>
       <c r="H432">
         <v>5331</v>
       </c>
       <c r="I432">
-        <v>16545</v>
+        <v>16546</v>
       </c>
       <c r="J432">
         <v>1830</v>
       </c>
       <c r="K432">
         <v>7995</v>
       </c>
       <c r="L432">
         <v>15710</v>
       </c>
       <c r="M432">
-        <v>23705</v>
+        <v>23706</v>
       </c>
     </row>
     <row r="433" spans="1:26">
       <c r="A433" s="6">
         <v>39448.0</v>
       </c>
       <c r="B433">
         <v>1203</v>
       </c>
       <c r="C433">
-        <v>2125</v>
+        <v>2126</v>
       </c>
       <c r="D433">
         <v>400</v>
       </c>
       <c r="E433">
         <v>870</v>
       </c>
       <c r="F433">
-        <v>2858</v>
+        <v>2859</v>
       </c>
       <c r="G433">
-        <v>3728</v>
+        <v>3729</v>
       </c>
       <c r="H433">
         <v>5757</v>
       </c>
       <c r="I433">
-        <v>16316</v>
+        <v>16322</v>
       </c>
       <c r="J433">
         <v>2192</v>
       </c>
       <c r="K433">
         <v>7961</v>
       </c>
       <c r="L433">
-        <v>16303</v>
+        <v>16309</v>
       </c>
       <c r="M433">
-        <v>24264</v>
+        <v>24271</v>
       </c>
     </row>
     <row r="434" spans="1:26">
       <c r="A434" s="6">
         <v>39479.0</v>
       </c>
       <c r="B434">
         <v>1171</v>
       </c>
       <c r="C434">
         <v>2141</v>
       </c>
       <c r="D434">
         <v>311</v>
       </c>
       <c r="E434">
         <v>900</v>
       </c>
       <c r="F434">
         <v>2723</v>
       </c>
       <c r="G434">
         <v>3623</v>
       </c>
       <c r="H434">
         <v>5687</v>
       </c>
       <c r="I434">
         <v>16468</v>
       </c>
       <c r="J434">
         <v>1814</v>
       </c>
       <c r="K434">
         <v>8250</v>
       </c>
       <c r="L434">
         <v>15719</v>
       </c>
       <c r="M434">
         <v>23969</v>
       </c>
     </row>
     <row r="435" spans="1:26">
       <c r="A435" s="6">
         <v>39508.0</v>
       </c>
       <c r="B435">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="C435">
         <v>2228</v>
       </c>
       <c r="D435">
         <v>361</v>
       </c>
       <c r="E435">
         <v>971</v>
       </c>
       <c r="F435">
-        <v>2819</v>
+        <v>2820</v>
       </c>
       <c r="G435">
-        <v>3790</v>
+        <v>3791</v>
       </c>
       <c r="H435">
-        <v>5849</v>
+        <v>5853</v>
       </c>
       <c r="I435">
         <v>17354</v>
       </c>
       <c r="J435">
         <v>2022</v>
       </c>
       <c r="K435">
         <v>9007</v>
       </c>
       <c r="L435">
-        <v>16217</v>
+        <v>16222</v>
       </c>
       <c r="M435">
-        <v>25224</v>
+        <v>25229</v>
       </c>
     </row>
     <row r="436" spans="1:26">
       <c r="A436" s="6">
         <v>39539.0</v>
       </c>
       <c r="B436">
         <v>1229</v>
       </c>
       <c r="C436">
         <v>2210</v>
       </c>
       <c r="D436">
         <v>366</v>
       </c>
       <c r="E436">
         <v>1042</v>
       </c>
       <c r="F436">
         <v>2763</v>
       </c>
       <c r="G436">
         <v>3805</v>
       </c>
       <c r="H436">
@@ -18018,151 +18018,151 @@
       </c>
       <c r="J436">
         <v>1873</v>
       </c>
       <c r="K436">
         <v>9446</v>
       </c>
       <c r="L436">
         <v>15908</v>
       </c>
       <c r="M436">
         <v>25355</v>
       </c>
     </row>
     <row r="437" spans="1:26">
       <c r="A437" s="6">
         <v>39569.0</v>
       </c>
       <c r="B437">
         <v>1386</v>
       </c>
       <c r="C437">
         <v>2290</v>
       </c>
       <c r="D437">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="E437">
-        <v>1087</v>
+        <v>1086</v>
       </c>
       <c r="F437">
         <v>2929</v>
       </c>
       <c r="G437">
-        <v>4016</v>
+        <v>4015</v>
       </c>
       <c r="H437">
-        <v>6928</v>
+        <v>6927</v>
       </c>
       <c r="I437">
         <v>18034</v>
       </c>
       <c r="J437">
-        <v>1789</v>
+        <v>1785</v>
       </c>
       <c r="K437">
-        <v>10159</v>
+        <v>10146</v>
       </c>
       <c r="L437">
-        <v>16593</v>
+        <v>16601</v>
       </c>
       <c r="M437">
-        <v>26752</v>
+        <v>26747</v>
       </c>
     </row>
     <row r="438" spans="1:26">
       <c r="A438" s="6">
         <v>39600.0</v>
       </c>
       <c r="B438">
         <v>1462</v>
       </c>
       <c r="C438">
         <v>2291</v>
       </c>
       <c r="D438">
         <v>406</v>
       </c>
       <c r="E438">
         <v>1080</v>
       </c>
       <c r="F438">
         <v>3079</v>
       </c>
       <c r="G438">
         <v>4159</v>
       </c>
       <c r="H438">
         <v>7172</v>
       </c>
       <c r="I438">
         <v>18137</v>
       </c>
       <c r="J438">
         <v>2168</v>
       </c>
       <c r="K438">
         <v>10216</v>
       </c>
       <c r="L438">
         <v>17261</v>
       </c>
       <c r="M438">
         <v>27476</v>
       </c>
     </row>
     <row r="439" spans="1:26">
       <c r="A439" s="6">
         <v>39630.0</v>
       </c>
       <c r="B439">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="C439">
         <v>2428</v>
       </c>
       <c r="D439">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="E439">
         <v>1170</v>
       </c>
       <c r="F439">
         <v>3286</v>
       </c>
       <c r="G439">
         <v>4456</v>
       </c>
       <c r="H439">
-        <v>7268</v>
+        <v>7270</v>
       </c>
       <c r="I439">
         <v>18494</v>
       </c>
       <c r="J439">
-        <v>2368</v>
+        <v>2367</v>
       </c>
       <c r="K439">
         <v>10907</v>
       </c>
       <c r="L439">
         <v>17224</v>
       </c>
       <c r="M439">
         <v>28131</v>
       </c>
     </row>
     <row r="440" spans="1:26">
       <c r="A440" s="6">
         <v>39661.0</v>
       </c>
       <c r="B440">
         <v>1500</v>
       </c>
       <c r="C440">
         <v>2394</v>
       </c>
       <c r="D440">
         <v>503</v>
       </c>
       <c r="E440">
@@ -18176,576 +18176,576 @@
       </c>
       <c r="H440">
         <v>7147</v>
       </c>
       <c r="I440">
         <v>18100</v>
       </c>
       <c r="J440">
         <v>2453</v>
       </c>
       <c r="K440">
         <v>10442</v>
       </c>
       <c r="L440">
         <v>17258</v>
       </c>
       <c r="M440">
         <v>27701</v>
       </c>
     </row>
     <row r="441" spans="1:26">
       <c r="A441" s="6">
         <v>39692.0</v>
       </c>
       <c r="B441">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="C441">
         <v>2440</v>
       </c>
       <c r="D441">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="E441">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="F441">
-        <v>3255</v>
+        <v>3256</v>
       </c>
       <c r="G441">
-        <v>4423</v>
+        <v>4425</v>
       </c>
       <c r="H441">
-        <v>6852</v>
+        <v>6864</v>
       </c>
       <c r="I441">
         <v>18602</v>
       </c>
       <c r="J441">
-        <v>2339</v>
+        <v>2343</v>
       </c>
       <c r="K441">
-        <v>10886</v>
+        <v>10899</v>
       </c>
       <c r="L441">
-        <v>16907</v>
+        <v>16911</v>
       </c>
       <c r="M441">
-        <v>27793</v>
+        <v>27810</v>
       </c>
     </row>
     <row r="442" spans="1:26">
       <c r="A442" s="6">
         <v>39722.0</v>
       </c>
       <c r="B442">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="C442">
-        <v>2671</v>
+        <v>2670</v>
       </c>
       <c r="D442">
         <v>525</v>
       </c>
       <c r="E442">
-        <v>1292</v>
+        <v>1291</v>
       </c>
       <c r="F442">
-        <v>3550</v>
+        <v>3551</v>
       </c>
       <c r="G442">
         <v>4842</v>
       </c>
       <c r="H442">
-        <v>7900</v>
+        <v>7904</v>
       </c>
       <c r="I442">
-        <v>20035</v>
+        <v>20031</v>
       </c>
       <c r="J442">
         <v>2528</v>
       </c>
       <c r="K442">
-        <v>12080</v>
+        <v>12078</v>
       </c>
       <c r="L442">
-        <v>18383</v>
+        <v>18385</v>
       </c>
       <c r="M442">
-        <v>30463</v>
+        <v>30462</v>
       </c>
     </row>
     <row r="443" spans="1:26">
       <c r="A443" s="6">
         <v>39753.0</v>
       </c>
       <c r="B443">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="C443">
         <v>2270</v>
       </c>
       <c r="D443">
         <v>468</v>
       </c>
       <c r="E443">
         <v>1170</v>
       </c>
       <c r="F443">
-        <v>3031</v>
+        <v>3032</v>
       </c>
       <c r="G443">
-        <v>4201</v>
+        <v>4202</v>
       </c>
       <c r="H443">
-        <v>7192</v>
+        <v>7194</v>
       </c>
       <c r="I443">
         <v>18184</v>
       </c>
       <c r="J443">
         <v>2490</v>
       </c>
       <c r="K443">
         <v>11370</v>
       </c>
       <c r="L443">
-        <v>16496</v>
+        <v>16497</v>
       </c>
       <c r="M443">
-        <v>27866</v>
+        <v>27867</v>
       </c>
     </row>
     <row r="444" spans="1:26">
       <c r="A444" s="6">
         <v>39783.0</v>
       </c>
       <c r="B444">
         <v>1255</v>
       </c>
       <c r="C444">
-        <v>2055</v>
+        <v>2057</v>
       </c>
       <c r="D444">
         <v>434</v>
       </c>
       <c r="E444">
         <v>1090</v>
       </c>
       <c r="F444">
-        <v>2654</v>
+        <v>2656</v>
       </c>
       <c r="G444">
-        <v>3744</v>
+        <v>3746</v>
       </c>
       <c r="H444">
         <v>6653</v>
       </c>
       <c r="I444">
-        <v>16576</v>
+        <v>16584</v>
       </c>
       <c r="J444">
         <v>2245</v>
       </c>
       <c r="K444">
         <v>10415</v>
       </c>
       <c r="L444">
-        <v>15060</v>
+        <v>15067</v>
       </c>
       <c r="M444">
-        <v>25475</v>
+        <v>25482</v>
       </c>
     </row>
     <row r="445" spans="1:26">
       <c r="A445" s="6">
         <v>39814.0</v>
       </c>
       <c r="B445">
-        <v>1287</v>
+        <v>1286</v>
       </c>
       <c r="C445">
         <v>2097</v>
       </c>
       <c r="D445">
         <v>327</v>
       </c>
       <c r="E445">
         <v>1075</v>
       </c>
       <c r="F445">
-        <v>2636</v>
+        <v>2635</v>
       </c>
       <c r="G445">
-        <v>3711</v>
+        <v>3710</v>
       </c>
       <c r="H445">
-        <v>6595</v>
+        <v>6593</v>
       </c>
       <c r="I445">
         <v>16857</v>
       </c>
       <c r="J445">
         <v>1947</v>
       </c>
       <c r="K445">
         <v>10256</v>
       </c>
       <c r="L445">
-        <v>15143</v>
+        <v>15142</v>
       </c>
       <c r="M445">
-        <v>25399</v>
+        <v>25397</v>
       </c>
     </row>
     <row r="446" spans="1:26">
       <c r="A446" s="6">
         <v>39845.0</v>
       </c>
       <c r="B446">
         <v>998</v>
       </c>
       <c r="C446">
         <v>1715</v>
       </c>
       <c r="D446">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E446">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="F446">
         <v>2027</v>
       </c>
       <c r="G446">
-        <v>2982</v>
+        <v>2983</v>
       </c>
       <c r="H446">
         <v>5319</v>
       </c>
       <c r="I446">
         <v>14078</v>
       </c>
       <c r="J446">
-        <v>1514</v>
+        <v>1530</v>
       </c>
       <c r="K446">
-        <v>9533</v>
+        <v>9549</v>
       </c>
       <c r="L446">
         <v>11378</v>
       </c>
       <c r="M446">
-        <v>20911</v>
+        <v>20927</v>
       </c>
     </row>
     <row r="447" spans="1:26">
       <c r="A447" s="6">
         <v>39873.0</v>
       </c>
       <c r="B447">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="C447">
         <v>1664</v>
       </c>
       <c r="D447">
         <v>276</v>
       </c>
       <c r="E447">
         <v>998</v>
       </c>
       <c r="F447">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="G447">
-        <v>2857</v>
+        <v>2858</v>
       </c>
       <c r="H447">
-        <v>5402</v>
+        <v>5413</v>
       </c>
       <c r="I447">
         <v>14137</v>
       </c>
       <c r="J447">
         <v>1505</v>
       </c>
       <c r="K447">
         <v>10004</v>
       </c>
       <c r="L447">
-        <v>11039</v>
+        <v>11051</v>
       </c>
       <c r="M447">
-        <v>21043</v>
+        <v>21055</v>
       </c>
     </row>
     <row r="448" spans="1:26">
       <c r="A448" s="6">
         <v>39904.0</v>
       </c>
       <c r="B448">
         <v>794</v>
       </c>
       <c r="C448">
         <v>1351</v>
       </c>
       <c r="D448">
         <v>276</v>
       </c>
       <c r="E448">
         <v>825</v>
       </c>
       <c r="F448">
         <v>1596</v>
       </c>
       <c r="G448">
         <v>2421</v>
       </c>
       <c r="H448">
         <v>4547</v>
       </c>
       <c r="I448">
         <v>11437</v>
       </c>
       <c r="J448">
         <v>1444</v>
       </c>
       <c r="K448">
         <v>8198</v>
       </c>
       <c r="L448">
         <v>9230</v>
       </c>
       <c r="M448">
         <v>17429</v>
       </c>
     </row>
     <row r="449" spans="1:26">
       <c r="A449" s="6">
         <v>39934.0</v>
       </c>
       <c r="B449">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C449">
         <v>1119</v>
       </c>
       <c r="D449">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="E449">
         <v>685</v>
       </c>
       <c r="F449">
         <v>1270</v>
       </c>
       <c r="G449">
         <v>1955</v>
       </c>
       <c r="H449">
-        <v>3353</v>
+        <v>3354</v>
       </c>
       <c r="I449">
         <v>9719</v>
       </c>
       <c r="J449">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="K449">
         <v>6941</v>
       </c>
       <c r="L449">
-        <v>7127</v>
+        <v>7126</v>
       </c>
       <c r="M449">
-        <v>14068</v>
+        <v>14067</v>
       </c>
     </row>
     <row r="450" spans="1:26">
       <c r="A450" s="6">
         <v>39965.0</v>
       </c>
       <c r="B450">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="C450">
         <v>1227</v>
       </c>
       <c r="D450">
         <v>260</v>
       </c>
       <c r="E450">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="F450">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="G450">
-        <v>2316</v>
+        <v>2317</v>
       </c>
       <c r="H450">
-        <v>4133</v>
+        <v>4134</v>
       </c>
       <c r="I450">
-        <v>10219</v>
+        <v>10205</v>
       </c>
       <c r="J450">
         <v>1336</v>
       </c>
       <c r="K450">
-        <v>8431</v>
+        <v>8415</v>
       </c>
       <c r="L450">
-        <v>7257</v>
+        <v>7260</v>
       </c>
       <c r="M450">
-        <v>15687</v>
+        <v>15675</v>
       </c>
     </row>
     <row r="451" spans="1:26">
       <c r="A451" s="6">
         <v>39995.0</v>
       </c>
       <c r="B451">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C451">
         <v>1099</v>
       </c>
       <c r="D451">
         <v>297</v>
       </c>
       <c r="E451">
         <v>702</v>
       </c>
       <c r="F451">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="G451">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="H451">
-        <v>3985</v>
+        <v>3987</v>
       </c>
       <c r="I451">
         <v>9087</v>
       </c>
       <c r="J451">
         <v>1510</v>
       </c>
       <c r="K451">
         <v>7026</v>
       </c>
       <c r="L451">
-        <v>7556</v>
+        <v>7558</v>
       </c>
       <c r="M451">
-        <v>14582</v>
+        <v>14584</v>
       </c>
     </row>
     <row r="452" spans="1:26">
       <c r="A452" s="6">
         <v>40026.0</v>
       </c>
       <c r="B452">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C452">
         <v>1226</v>
       </c>
       <c r="D452">
         <v>298</v>
       </c>
       <c r="E452">
         <v>827</v>
       </c>
       <c r="F452">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="G452">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="H452">
-        <v>4393</v>
+        <v>4403</v>
       </c>
       <c r="I452">
         <v>10030</v>
       </c>
       <c r="J452">
         <v>1370</v>
       </c>
       <c r="K452">
         <v>8294</v>
       </c>
       <c r="L452">
-        <v>7499</v>
+        <v>7510</v>
       </c>
       <c r="M452">
-        <v>15793</v>
+        <v>15803</v>
       </c>
     </row>
     <row r="453" spans="1:26">
       <c r="A453" s="6">
         <v>40057.0</v>
       </c>
       <c r="B453">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="C453">
-        <v>1054</v>
+        <v>1053</v>
       </c>
       <c r="D453">
         <v>298</v>
       </c>
       <c r="E453">
         <v>736</v>
       </c>
       <c r="F453">
-        <v>1601</v>
+        <v>1599</v>
       </c>
       <c r="G453">
-        <v>2337</v>
+        <v>2335</v>
       </c>
       <c r="H453">
-        <v>4810</v>
+        <v>4800</v>
       </c>
       <c r="I453">
-        <v>8525</v>
+        <v>8512</v>
       </c>
       <c r="J453">
         <v>1454</v>
       </c>
       <c r="K453">
         <v>7461</v>
       </c>
       <c r="L453">
-        <v>7328</v>
+        <v>7305</v>
       </c>
       <c r="M453">
-        <v>14789</v>
+        <v>14766</v>
       </c>
     </row>
     <row r="454" spans="1:26">
       <c r="A454" s="6">
         <v>40087.0</v>
       </c>
       <c r="B454">
         <v>965</v>
       </c>
       <c r="C454">
         <v>1067</v>
       </c>
       <c r="D454">
         <v>286</v>
       </c>
       <c r="E454">
         <v>818</v>
       </c>
       <c r="F454">
         <v>1500</v>
       </c>
       <c r="G454">
         <v>2318</v>
       </c>
       <c r="H454">
@@ -18797,78 +18797,78 @@
       </c>
       <c r="J455">
         <v>1299</v>
       </c>
       <c r="K455">
         <v>8094</v>
       </c>
       <c r="L455">
         <v>7250</v>
       </c>
       <c r="M455">
         <v>15344</v>
       </c>
     </row>
     <row r="456" spans="1:26">
       <c r="A456" s="6">
         <v>40148.0</v>
       </c>
       <c r="B456">
         <v>893</v>
       </c>
       <c r="C456">
         <v>1029</v>
       </c>
       <c r="D456">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E456">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="F456">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="G456">
-        <v>2196</v>
+        <v>2197</v>
       </c>
       <c r="H456">
         <v>4518</v>
       </c>
       <c r="I456">
-        <v>8561</v>
+        <v>8557</v>
       </c>
       <c r="J456">
-        <v>1373</v>
+        <v>1376</v>
       </c>
       <c r="K456">
-        <v>7345</v>
+        <v>7327</v>
       </c>
       <c r="L456">
-        <v>7107</v>
+        <v>7124</v>
       </c>
       <c r="M456">
-        <v>14452</v>
+        <v>14451</v>
       </c>
     </row>
     <row r="457" spans="1:26">
       <c r="A457" s="6">
         <v>40179.0</v>
       </c>
       <c r="B457">
         <v>972</v>
       </c>
       <c r="C457">
         <v>1154</v>
       </c>
       <c r="D457">
         <v>228</v>
       </c>
       <c r="E457">
         <v>847</v>
       </c>
       <c r="F457">
         <v>1507</v>
       </c>
       <c r="G457">
         <v>2354</v>
       </c>
       <c r="H457">
@@ -18879,283 +18879,283 @@
       </c>
       <c r="J457">
         <v>1098</v>
       </c>
       <c r="K457">
         <v>8848</v>
       </c>
       <c r="L457">
         <v>7939</v>
       </c>
       <c r="M457">
         <v>16786</v>
       </c>
     </row>
     <row r="458" spans="1:26">
       <c r="A458" s="6">
         <v>40210.0</v>
       </c>
       <c r="B458">
         <v>916</v>
       </c>
       <c r="C458">
         <v>994</v>
       </c>
       <c r="D458">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="E458">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="F458">
         <v>1257</v>
       </c>
       <c r="G458">
-        <v>2092</v>
+        <v>2091</v>
       </c>
       <c r="H458">
         <v>5365</v>
       </c>
       <c r="I458">
-        <v>8876</v>
+        <v>8879</v>
       </c>
       <c r="J458">
-        <v>960</v>
+        <v>948</v>
       </c>
       <c r="K458">
-        <v>8436</v>
+        <v>8424</v>
       </c>
       <c r="L458">
-        <v>6765</v>
+        <v>6767</v>
       </c>
       <c r="M458">
-        <v>15200</v>
+        <v>15192</v>
       </c>
     </row>
     <row r="459" spans="1:26">
       <c r="A459" s="6">
         <v>40238.0</v>
       </c>
       <c r="B459">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="C459">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="D459">
         <v>272</v>
       </c>
       <c r="E459">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="F459">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="G459">
-        <v>2557</v>
+        <v>2559</v>
       </c>
       <c r="H459">
-        <v>6432</v>
+        <v>6437</v>
       </c>
       <c r="I459">
-        <v>11091</v>
+        <v>11109</v>
       </c>
       <c r="J459">
         <v>1536</v>
       </c>
       <c r="K459">
-        <v>10750</v>
+        <v>10767</v>
       </c>
       <c r="L459">
-        <v>8309</v>
+        <v>8314</v>
       </c>
       <c r="M459">
-        <v>19059</v>
+        <v>19082</v>
       </c>
     </row>
     <row r="460" spans="1:26">
       <c r="A460" s="6">
         <v>40269.0</v>
       </c>
       <c r="B460">
-        <v>1261</v>
+        <v>1260</v>
       </c>
       <c r="C460">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="D460">
         <v>316</v>
       </c>
       <c r="E460">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="F460">
-        <v>1711</v>
+        <v>1710</v>
       </c>
       <c r="G460">
         <v>2682</v>
       </c>
       <c r="H460">
-        <v>7243</v>
+        <v>7238</v>
       </c>
       <c r="I460">
-        <v>10248</v>
+        <v>10260</v>
       </c>
       <c r="J460">
-        <v>1453</v>
+        <v>1451</v>
       </c>
       <c r="K460">
-        <v>9982</v>
+        <v>9993</v>
       </c>
       <c r="L460">
-        <v>8961</v>
+        <v>8956</v>
       </c>
       <c r="M460">
-        <v>18943</v>
+        <v>18949</v>
       </c>
     </row>
     <row r="461" spans="1:26">
       <c r="A461" s="6">
         <v>40299.0</v>
       </c>
       <c r="B461">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="C461">
         <v>1200</v>
       </c>
       <c r="D461">
         <v>328</v>
       </c>
       <c r="E461">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="F461">
         <v>1729</v>
       </c>
       <c r="G461">
-        <v>2803</v>
+        <v>2804</v>
       </c>
       <c r="H461">
-        <v>7578</v>
+        <v>7586</v>
       </c>
       <c r="I461">
         <v>10782</v>
       </c>
       <c r="J461">
         <v>1612</v>
       </c>
       <c r="K461">
-        <v>11265</v>
+        <v>11274</v>
       </c>
       <c r="L461">
         <v>8706</v>
       </c>
       <c r="M461">
-        <v>19971</v>
+        <v>19979</v>
       </c>
     </row>
     <row r="462" spans="1:26">
       <c r="A462" s="6">
         <v>40330.0</v>
       </c>
       <c r="B462">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="C462">
         <v>1182</v>
       </c>
       <c r="D462">
         <v>341</v>
       </c>
       <c r="E462">
         <v>1102</v>
       </c>
       <c r="F462">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="G462">
-        <v>2901</v>
+        <v>2902</v>
       </c>
       <c r="H462">
-        <v>8088</v>
+        <v>8096</v>
       </c>
       <c r="I462">
         <v>10997</v>
       </c>
       <c r="J462">
         <v>1725</v>
       </c>
       <c r="K462">
         <v>11722</v>
       </c>
       <c r="L462">
-        <v>9088</v>
+        <v>9096</v>
       </c>
       <c r="M462">
-        <v>20810</v>
+        <v>20818</v>
       </c>
     </row>
     <row r="463" spans="1:26">
       <c r="A463" s="6">
         <v>40360.0</v>
       </c>
       <c r="B463">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="C463">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="D463">
         <v>449</v>
       </c>
       <c r="E463">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="F463">
         <v>1945</v>
       </c>
       <c r="G463">
-        <v>3156</v>
+        <v>3158</v>
       </c>
       <c r="H463">
-        <v>8178</v>
+        <v>8182</v>
       </c>
       <c r="I463">
-        <v>12132</v>
+        <v>12136</v>
       </c>
       <c r="J463">
         <v>2271</v>
       </c>
       <c r="K463">
-        <v>12677</v>
+        <v>12684</v>
       </c>
       <c r="L463">
         <v>9904</v>
       </c>
       <c r="M463">
-        <v>22581</v>
+        <v>22588</v>
       </c>
     </row>
     <row r="464" spans="1:26">
       <c r="A464" s="6">
         <v>40391.0</v>
       </c>
       <c r="B464">
         <v>1463</v>
       </c>
       <c r="C464">
         <v>1252</v>
       </c>
       <c r="D464">
         <v>395</v>
       </c>
       <c r="E464">
         <v>1282</v>
       </c>
       <c r="F464">
         <v>1828</v>
       </c>
       <c r="G464">
         <v>3110</v>
       </c>
       <c r="H464">
@@ -19163,122 +19163,122 @@
       </c>
       <c r="I464">
         <v>11778</v>
       </c>
       <c r="J464">
         <v>1890</v>
       </c>
       <c r="K464">
         <v>13350</v>
       </c>
       <c r="L464">
         <v>9411</v>
       </c>
       <c r="M464">
         <v>22761</v>
       </c>
     </row>
     <row r="465" spans="1:26">
       <c r="A465" s="6">
         <v>40422.0</v>
       </c>
       <c r="B465">
         <v>1434</v>
       </c>
       <c r="C465">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="D465">
         <v>340</v>
       </c>
       <c r="E465">
         <v>1105</v>
       </c>
       <c r="F465">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="G465">
-        <v>2959</v>
+        <v>2961</v>
       </c>
       <c r="H465">
         <v>8753</v>
       </c>
       <c r="I465">
-        <v>10800</v>
+        <v>10816</v>
       </c>
       <c r="J465">
         <v>1648</v>
       </c>
       <c r="K465">
         <v>11959</v>
       </c>
       <c r="L465">
-        <v>9241</v>
+        <v>9257</v>
       </c>
       <c r="M465">
-        <v>21201</v>
+        <v>21216</v>
       </c>
     </row>
     <row r="466" spans="1:26">
       <c r="A466" s="6">
         <v>40452.0</v>
       </c>
       <c r="B466">
         <v>1516</v>
       </c>
       <c r="C466">
         <v>1223</v>
       </c>
       <c r="D466">
         <v>377</v>
       </c>
       <c r="E466">
         <v>1169</v>
       </c>
       <c r="F466">
         <v>1947</v>
       </c>
       <c r="G466">
         <v>3116</v>
       </c>
       <c r="H466">
         <v>9411</v>
       </c>
       <c r="I466">
-        <v>11509</v>
+        <v>11508</v>
       </c>
       <c r="J466">
         <v>1870</v>
       </c>
       <c r="K466">
         <v>12867</v>
       </c>
       <c r="L466">
-        <v>9922</v>
+        <v>9921</v>
       </c>
       <c r="M466">
-        <v>22789</v>
+        <v>22788</v>
       </c>
     </row>
     <row r="467" spans="1:26">
       <c r="A467" s="6">
         <v>40483.0</v>
       </c>
       <c r="B467">
         <v>1413</v>
       </c>
       <c r="C467">
         <v>1226</v>
       </c>
       <c r="D467">
         <v>334</v>
       </c>
       <c r="E467">
         <v>1215</v>
       </c>
       <c r="F467">
         <v>1758</v>
       </c>
       <c r="G467">
         <v>2973</v>
       </c>
       <c r="H467">
@@ -19465,435 +19465,435 @@
       </c>
     </row>
     <row r="472" spans="1:26">
       <c r="A472" s="6">
         <v>40634.0</v>
       </c>
       <c r="B472">
         <v>1528</v>
       </c>
       <c r="C472">
         <v>1086</v>
       </c>
       <c r="D472">
         <v>291</v>
       </c>
       <c r="E472">
         <v>1344</v>
       </c>
       <c r="F472">
         <v>1561</v>
       </c>
       <c r="G472">
         <v>2905</v>
       </c>
       <c r="H472">
-        <v>10668</v>
+        <v>10677</v>
       </c>
       <c r="I472">
         <v>11560</v>
       </c>
       <c r="J472">
         <v>1478</v>
       </c>
       <c r="K472">
         <v>15131</v>
       </c>
       <c r="L472">
-        <v>8575</v>
+        <v>8584</v>
       </c>
       <c r="M472">
-        <v>23706</v>
+        <v>23715</v>
       </c>
     </row>
     <row r="473" spans="1:26">
       <c r="A473" s="6">
         <v>40664.0</v>
       </c>
       <c r="B473">
-        <v>1751</v>
+        <v>1750</v>
       </c>
       <c r="C473">
         <v>1020</v>
       </c>
       <c r="D473">
         <v>433</v>
       </c>
       <c r="E473">
         <v>1397</v>
       </c>
       <c r="F473">
-        <v>1807</v>
+        <v>1806</v>
       </c>
       <c r="G473">
-        <v>3204</v>
+        <v>3203</v>
       </c>
       <c r="H473">
-        <v>12305</v>
+        <v>12294</v>
       </c>
       <c r="I473">
         <v>11083</v>
       </c>
       <c r="J473">
         <v>1754</v>
       </c>
       <c r="K473">
         <v>16139</v>
       </c>
       <c r="L473">
-        <v>9002</v>
+        <v>8991</v>
       </c>
       <c r="M473">
-        <v>25141</v>
+        <v>25131</v>
       </c>
     </row>
     <row r="474" spans="1:26">
       <c r="A474" s="6">
         <v>40695.0</v>
       </c>
       <c r="B474">
-        <v>1898</v>
+        <v>1901</v>
       </c>
       <c r="C474">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="D474">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="E474">
         <v>1423</v>
       </c>
       <c r="F474">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="G474">
-        <v>3301</v>
+        <v>3302</v>
       </c>
       <c r="H474">
-        <v>12345</v>
+        <v>12380</v>
       </c>
       <c r="I474">
-        <v>11217</v>
+        <v>11230</v>
       </c>
       <c r="J474">
-        <v>1558</v>
+        <v>1541</v>
       </c>
       <c r="K474">
-        <v>15906</v>
+        <v>15918</v>
       </c>
       <c r="L474">
-        <v>9214</v>
+        <v>9233</v>
       </c>
       <c r="M474">
-        <v>25120</v>
+        <v>25152</v>
       </c>
     </row>
     <row r="475" spans="1:26">
       <c r="A475" s="6">
         <v>40725.0</v>
       </c>
       <c r="B475">
         <v>1920</v>
       </c>
       <c r="C475">
         <v>1028</v>
       </c>
       <c r="D475">
         <v>333</v>
       </c>
       <c r="E475">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="F475">
-        <v>1828</v>
+        <v>1827</v>
       </c>
       <c r="G475">
         <v>3281</v>
       </c>
       <c r="H475">
-        <v>13997</v>
+        <v>13995</v>
       </c>
       <c r="I475">
         <v>11122</v>
       </c>
       <c r="J475">
         <v>1699</v>
       </c>
       <c r="K475">
-        <v>16847</v>
+        <v>16864</v>
       </c>
       <c r="L475">
-        <v>9971</v>
+        <v>9952</v>
       </c>
       <c r="M475">
-        <v>26818</v>
+        <v>26816</v>
       </c>
     </row>
     <row r="476" spans="1:26">
       <c r="A476" s="6">
         <v>40756.0</v>
       </c>
       <c r="B476">
-        <v>2163</v>
+        <v>2162</v>
       </c>
       <c r="C476">
         <v>1119</v>
       </c>
       <c r="D476">
         <v>351</v>
       </c>
       <c r="E476">
-        <v>1612</v>
+        <v>1611</v>
       </c>
       <c r="F476">
         <v>2021</v>
       </c>
       <c r="G476">
-        <v>3633</v>
+        <v>3632</v>
       </c>
       <c r="H476">
-        <v>14885</v>
+        <v>14877</v>
       </c>
       <c r="I476">
         <v>12030</v>
       </c>
       <c r="J476">
         <v>1752</v>
       </c>
       <c r="K476">
-        <v>18691</v>
+        <v>18673</v>
       </c>
       <c r="L476">
-        <v>9977</v>
+        <v>9986</v>
       </c>
       <c r="M476">
-        <v>28668</v>
+        <v>28660</v>
       </c>
     </row>
     <row r="477" spans="1:26">
       <c r="A477" s="6">
         <v>40787.0</v>
       </c>
       <c r="B477">
         <v>2038</v>
       </c>
       <c r="C477">
         <v>1013</v>
       </c>
       <c r="D477">
         <v>352</v>
       </c>
       <c r="E477">
         <v>1490</v>
       </c>
       <c r="F477">
         <v>1913</v>
       </c>
       <c r="G477">
         <v>3403</v>
       </c>
       <c r="H477">
         <v>14414</v>
       </c>
       <c r="I477">
         <v>10742</v>
       </c>
       <c r="J477">
         <v>1550</v>
       </c>
       <c r="K477">
         <v>17191</v>
       </c>
       <c r="L477">
         <v>9515</v>
       </c>
       <c r="M477">
         <v>26706</v>
       </c>
     </row>
     <row r="478" spans="1:26">
       <c r="A478" s="6">
         <v>40817.0</v>
       </c>
       <c r="B478">
-        <v>2271</v>
+        <v>2270</v>
       </c>
       <c r="C478">
         <v>1133</v>
       </c>
       <c r="D478">
         <v>409</v>
       </c>
       <c r="E478">
         <v>1722</v>
       </c>
       <c r="F478">
-        <v>2091</v>
+        <v>2090</v>
       </c>
       <c r="G478">
-        <v>3813</v>
+        <v>3812</v>
       </c>
       <c r="H478">
-        <v>16270</v>
+        <v>16257</v>
       </c>
       <c r="I478">
         <v>12262</v>
       </c>
       <c r="J478">
         <v>1930</v>
       </c>
       <c r="K478">
-        <v>19844</v>
+        <v>19841</v>
       </c>
       <c r="L478">
-        <v>10618</v>
+        <v>10608</v>
       </c>
       <c r="M478">
-        <v>30462</v>
+        <v>30449</v>
       </c>
     </row>
     <row r="479" spans="1:26">
       <c r="A479" s="6">
         <v>40848.0</v>
       </c>
       <c r="B479">
         <v>2184</v>
       </c>
       <c r="C479">
         <v>1133</v>
       </c>
       <c r="D479">
         <v>338</v>
       </c>
       <c r="E479">
         <v>1691</v>
       </c>
       <c r="F479">
         <v>1964</v>
       </c>
       <c r="G479">
         <v>3655</v>
       </c>
       <c r="H479">
         <v>15899</v>
       </c>
       <c r="I479">
         <v>12192</v>
       </c>
       <c r="J479">
         <v>1541</v>
       </c>
       <c r="K479">
         <v>19774</v>
       </c>
       <c r="L479">
         <v>9858</v>
       </c>
       <c r="M479">
         <v>29632</v>
       </c>
     </row>
     <row r="480" spans="1:26">
       <c r="A480" s="6">
         <v>40878.0</v>
       </c>
       <c r="B480">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="C480">
         <v>1017</v>
       </c>
       <c r="D480">
         <v>287</v>
       </c>
       <c r="E480">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="F480">
         <v>1676</v>
       </c>
       <c r="G480">
-        <v>3205</v>
+        <v>3206</v>
       </c>
       <c r="H480">
-        <v>14497</v>
+        <v>14508</v>
       </c>
       <c r="I480">
         <v>10696</v>
       </c>
       <c r="J480">
         <v>1398</v>
       </c>
       <c r="K480">
-        <v>17655</v>
+        <v>17666</v>
       </c>
       <c r="L480">
         <v>8936</v>
       </c>
       <c r="M480">
-        <v>26590</v>
+        <v>26602</v>
       </c>
     </row>
     <row r="481" spans="1:26">
       <c r="A481" s="6">
         <v>40909.0</v>
       </c>
       <c r="B481">
-        <v>2212</v>
+        <v>2213</v>
       </c>
       <c r="C481">
         <v>1079</v>
       </c>
       <c r="D481">
         <v>330</v>
       </c>
       <c r="E481">
         <v>1597</v>
       </c>
       <c r="F481">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G481">
-        <v>3621</v>
+        <v>3622</v>
       </c>
       <c r="H481">
-        <v>16768</v>
+        <v>16769</v>
       </c>
       <c r="I481">
         <v>11247</v>
       </c>
       <c r="J481">
         <v>1743</v>
       </c>
       <c r="K481">
         <v>18508</v>
       </c>
       <c r="L481">
-        <v>11249</v>
+        <v>11250</v>
       </c>
       <c r="M481">
-        <v>29757</v>
+        <v>29758</v>
       </c>
     </row>
     <row r="482" spans="1:26">
       <c r="A482" s="6">
         <v>40940.0</v>
       </c>
       <c r="B482">
         <v>1973</v>
       </c>
       <c r="C482">
         <v>926</v>
       </c>
       <c r="D482">
         <v>274</v>
       </c>
       <c r="E482">
         <v>1556</v>
       </c>
       <c r="F482">
         <v>1617</v>
       </c>
       <c r="G482">
         <v>3173</v>
       </c>
       <c r="H482">
@@ -19901,1639 +19901,1639 @@
       </c>
       <c r="I482">
         <v>9800</v>
       </c>
       <c r="J482">
         <v>1522</v>
       </c>
       <c r="K482">
         <v>17800</v>
       </c>
       <c r="L482">
         <v>9384</v>
       </c>
       <c r="M482">
         <v>27184</v>
       </c>
     </row>
     <row r="483" spans="1:26">
       <c r="A483" s="6">
         <v>40969.0</v>
       </c>
       <c r="B483">
         <v>2351</v>
       </c>
       <c r="C483">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D483">
         <v>335</v>
       </c>
       <c r="E483">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="F483">
         <v>1907</v>
       </c>
       <c r="G483">
-        <v>3600</v>
+        <v>3602</v>
       </c>
       <c r="H483">
         <v>18549</v>
       </c>
       <c r="I483">
-        <v>10044</v>
+        <v>10068</v>
       </c>
       <c r="J483">
         <v>1466</v>
       </c>
       <c r="K483">
-        <v>19451</v>
+        <v>19475</v>
       </c>
       <c r="L483">
         <v>10608</v>
       </c>
       <c r="M483">
-        <v>30059</v>
+        <v>30083</v>
       </c>
     </row>
     <row r="484" spans="1:26">
       <c r="A484" s="6">
         <v>41000.0</v>
       </c>
       <c r="B484">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="C484">
         <v>862</v>
       </c>
       <c r="D484">
         <v>362</v>
       </c>
       <c r="E484">
         <v>1631</v>
       </c>
       <c r="F484">
-        <v>1901</v>
+        <v>1904</v>
       </c>
       <c r="G484">
-        <v>3532</v>
+        <v>3535</v>
       </c>
       <c r="H484">
-        <v>17915</v>
+        <v>17949</v>
       </c>
       <c r="I484">
         <v>9610</v>
       </c>
       <c r="J484">
         <v>1691</v>
       </c>
       <c r="K484">
         <v>18969</v>
       </c>
       <c r="L484">
-        <v>10247</v>
+        <v>10281</v>
       </c>
       <c r="M484">
-        <v>29216</v>
+        <v>29250</v>
       </c>
     </row>
     <row r="485" spans="1:26">
       <c r="A485" s="6">
         <v>41030.0</v>
       </c>
       <c r="B485">
-        <v>2438</v>
+        <v>2437</v>
       </c>
       <c r="C485">
         <v>965</v>
       </c>
       <c r="D485">
         <v>377</v>
       </c>
       <c r="E485">
         <v>1815</v>
       </c>
       <c r="F485">
-        <v>1965</v>
+        <v>1964</v>
       </c>
       <c r="G485">
-        <v>3780</v>
+        <v>3779</v>
       </c>
       <c r="H485">
-        <v>18913</v>
+        <v>18898</v>
       </c>
       <c r="I485">
         <v>11013</v>
       </c>
       <c r="J485">
         <v>1719</v>
       </c>
       <c r="K485">
         <v>21684</v>
       </c>
       <c r="L485">
-        <v>9961</v>
+        <v>9945</v>
       </c>
       <c r="M485">
-        <v>31645</v>
+        <v>31630</v>
       </c>
     </row>
     <row r="486" spans="1:26">
       <c r="A486" s="6">
         <v>41061.0</v>
       </c>
       <c r="B486">
         <v>2399</v>
       </c>
       <c r="C486">
         <v>898</v>
       </c>
       <c r="D486">
         <v>394</v>
       </c>
       <c r="E486">
         <v>1698</v>
       </c>
       <c r="F486">
         <v>1993</v>
       </c>
       <c r="G486">
         <v>3691</v>
       </c>
       <c r="H486">
-        <v>17668</v>
+        <v>17670</v>
       </c>
       <c r="I486">
         <v>10138</v>
       </c>
       <c r="J486">
         <v>1771</v>
       </c>
       <c r="K486">
         <v>19828</v>
       </c>
       <c r="L486">
-        <v>9750</v>
+        <v>9752</v>
       </c>
       <c r="M486">
-        <v>29577</v>
+        <v>29580</v>
       </c>
     </row>
     <row r="487" spans="1:26">
       <c r="A487" s="6">
         <v>41091.0</v>
       </c>
       <c r="B487">
-        <v>2535</v>
+        <v>2533</v>
       </c>
       <c r="C487">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="D487">
         <v>386</v>
       </c>
       <c r="E487">
-        <v>1826</v>
+        <v>1825</v>
       </c>
       <c r="F487">
-        <v>1997</v>
+        <v>1995</v>
       </c>
       <c r="G487">
-        <v>3823</v>
+        <v>3820</v>
       </c>
       <c r="H487">
-        <v>19916</v>
+        <v>19895</v>
       </c>
       <c r="I487">
-        <v>10046</v>
+        <v>10033</v>
       </c>
       <c r="J487">
         <v>1875</v>
       </c>
       <c r="K487">
-        <v>21610</v>
+        <v>21597</v>
       </c>
       <c r="L487">
-        <v>10227</v>
+        <v>10206</v>
       </c>
       <c r="M487">
-        <v>31836</v>
+        <v>31803</v>
       </c>
     </row>
     <row r="488" spans="1:26">
       <c r="A488" s="6">
         <v>41122.0</v>
       </c>
       <c r="B488">
-        <v>2507</v>
+        <v>2512</v>
       </c>
       <c r="C488">
         <v>801</v>
       </c>
       <c r="D488">
         <v>406</v>
       </c>
       <c r="E488">
         <v>1708</v>
       </c>
       <c r="F488">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="G488">
-        <v>3714</v>
+        <v>3719</v>
       </c>
       <c r="H488">
-        <v>18819</v>
+        <v>18862</v>
       </c>
       <c r="I488">
         <v>8965</v>
       </c>
       <c r="J488">
         <v>1889</v>
       </c>
       <c r="K488">
         <v>19841</v>
       </c>
       <c r="L488">
-        <v>9833</v>
+        <v>9876</v>
       </c>
       <c r="M488">
-        <v>29674</v>
+        <v>29717</v>
       </c>
     </row>
     <row r="489" spans="1:26">
       <c r="A489" s="6">
         <v>41153.0</v>
       </c>
       <c r="B489">
-        <v>2263</v>
+        <v>2264</v>
       </c>
       <c r="C489">
         <v>692</v>
       </c>
       <c r="D489">
         <v>370</v>
       </c>
       <c r="E489">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="F489">
         <v>1777</v>
       </c>
       <c r="G489">
-        <v>3325</v>
+        <v>3326</v>
       </c>
       <c r="H489">
-        <v>18324</v>
+        <v>18342</v>
       </c>
       <c r="I489">
         <v>7646</v>
       </c>
       <c r="J489">
         <v>1675</v>
       </c>
       <c r="K489">
-        <v>18517</v>
+        <v>18535</v>
       </c>
       <c r="L489">
         <v>9127</v>
       </c>
       <c r="M489">
-        <v>27644</v>
+        <v>27662</v>
       </c>
     </row>
     <row r="490" spans="1:26">
       <c r="A490" s="6">
         <v>41183.0</v>
       </c>
       <c r="B490">
-        <v>2556</v>
+        <v>2552</v>
       </c>
       <c r="C490">
         <v>695</v>
       </c>
       <c r="D490">
         <v>393</v>
       </c>
       <c r="E490">
-        <v>1680</v>
+        <v>1679</v>
       </c>
       <c r="F490">
-        <v>1964</v>
+        <v>1961</v>
       </c>
       <c r="G490">
-        <v>3644</v>
+        <v>3640</v>
       </c>
       <c r="H490">
-        <v>19692</v>
+        <v>19645</v>
       </c>
       <c r="I490">
         <v>8028</v>
       </c>
       <c r="J490">
         <v>1857</v>
       </c>
       <c r="K490">
-        <v>19915</v>
+        <v>19897</v>
       </c>
       <c r="L490">
-        <v>9662</v>
+        <v>9632</v>
       </c>
       <c r="M490">
-        <v>29577</v>
+        <v>29529</v>
       </c>
     </row>
     <row r="491" spans="1:26">
       <c r="A491" s="6">
         <v>41214.0</v>
       </c>
       <c r="B491">
         <v>2192</v>
       </c>
       <c r="C491">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="D491">
         <v>377</v>
       </c>
       <c r="E491">
-        <v>1535</v>
+        <v>1534</v>
       </c>
       <c r="F491">
         <v>1700</v>
       </c>
       <c r="G491">
-        <v>3235</v>
+        <v>3234</v>
       </c>
       <c r="H491">
         <v>17937</v>
       </c>
       <c r="I491">
-        <v>7775</v>
+        <v>7762</v>
       </c>
       <c r="J491">
         <v>1766</v>
       </c>
       <c r="K491">
-        <v>18930</v>
+        <v>18918</v>
       </c>
       <c r="L491">
         <v>8547</v>
       </c>
       <c r="M491">
-        <v>27477</v>
+        <v>27465</v>
       </c>
     </row>
     <row r="492" spans="1:26">
       <c r="A492" s="6">
         <v>41244.0</v>
       </c>
       <c r="B492">
         <v>2122</v>
       </c>
       <c r="C492">
         <v>636</v>
       </c>
       <c r="D492">
         <v>348</v>
       </c>
       <c r="E492">
         <v>1527</v>
       </c>
       <c r="F492">
         <v>1579</v>
       </c>
       <c r="G492">
         <v>3106</v>
       </c>
       <c r="H492">
         <v>17806</v>
       </c>
       <c r="I492">
         <v>7423</v>
       </c>
       <c r="J492">
         <v>1754</v>
       </c>
       <c r="K492">
         <v>18921</v>
       </c>
       <c r="L492">
         <v>8062</v>
       </c>
       <c r="M492">
         <v>26983</v>
       </c>
     </row>
     <row r="493" spans="1:26">
       <c r="A493" s="6">
         <v>41275.0</v>
       </c>
       <c r="B493">
-        <v>2200</v>
+        <v>2199</v>
       </c>
       <c r="C493">
         <v>792</v>
       </c>
       <c r="D493">
         <v>298</v>
       </c>
       <c r="E493">
         <v>1508</v>
       </c>
       <c r="F493">
-        <v>1782</v>
+        <v>1781</v>
       </c>
       <c r="G493">
-        <v>3290</v>
+        <v>3289</v>
       </c>
       <c r="H493">
-        <v>17285</v>
+        <v>17274</v>
       </c>
       <c r="I493">
         <v>8435</v>
       </c>
       <c r="J493">
         <v>1395</v>
       </c>
       <c r="K493">
         <v>17933</v>
       </c>
       <c r="L493">
-        <v>9181</v>
+        <v>9170</v>
       </c>
       <c r="M493">
-        <v>27114</v>
+        <v>27104</v>
       </c>
     </row>
     <row r="494" spans="1:26">
       <c r="A494" s="6">
         <v>41306.0</v>
       </c>
       <c r="B494">
         <v>2162</v>
       </c>
       <c r="C494">
         <v>673</v>
       </c>
       <c r="D494">
         <v>269</v>
       </c>
       <c r="E494">
         <v>1598</v>
       </c>
       <c r="F494">
         <v>1506</v>
       </c>
       <c r="G494">
         <v>3104</v>
       </c>
       <c r="H494">
         <v>18219</v>
       </c>
       <c r="I494">
         <v>8089</v>
       </c>
       <c r="J494">
         <v>1372</v>
       </c>
       <c r="K494">
         <v>19656</v>
       </c>
       <c r="L494">
         <v>8024</v>
       </c>
       <c r="M494">
         <v>27680</v>
       </c>
     </row>
     <row r="495" spans="1:26">
       <c r="A495" s="6">
         <v>41334.0</v>
       </c>
       <c r="B495">
-        <v>2242</v>
+        <v>2243</v>
       </c>
       <c r="C495">
         <v>665</v>
       </c>
       <c r="D495">
         <v>312</v>
       </c>
       <c r="E495">
         <v>1625</v>
       </c>
       <c r="F495">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="G495">
-        <v>3219</v>
+        <v>3220</v>
       </c>
       <c r="H495">
-        <v>18496</v>
+        <v>18507</v>
       </c>
       <c r="I495">
         <v>8042</v>
       </c>
       <c r="J495">
         <v>1722</v>
       </c>
       <c r="K495">
         <v>19824</v>
       </c>
       <c r="L495">
-        <v>8437</v>
+        <v>8447</v>
       </c>
       <c r="M495">
-        <v>28260</v>
+        <v>28271</v>
       </c>
     </row>
     <row r="496" spans="1:26">
       <c r="A496" s="6">
         <v>41365.0</v>
       </c>
       <c r="B496">
-        <v>2378</v>
+        <v>2377</v>
       </c>
       <c r="C496">
         <v>707</v>
       </c>
       <c r="D496">
         <v>301</v>
       </c>
       <c r="E496">
         <v>1707</v>
       </c>
       <c r="F496">
-        <v>1679</v>
+        <v>1678</v>
       </c>
       <c r="G496">
-        <v>3386</v>
+        <v>3385</v>
       </c>
       <c r="H496">
-        <v>19347</v>
+        <v>19336</v>
       </c>
       <c r="I496">
         <v>8513</v>
       </c>
       <c r="J496">
         <v>1485</v>
       </c>
       <c r="K496">
         <v>20765</v>
       </c>
       <c r="L496">
-        <v>8579</v>
+        <v>8569</v>
       </c>
       <c r="M496">
-        <v>29345</v>
+        <v>29334</v>
       </c>
     </row>
     <row r="497" spans="1:26">
       <c r="A497" s="6">
         <v>41395.0</v>
       </c>
       <c r="B497">
-        <v>2379</v>
+        <v>2382</v>
       </c>
       <c r="C497">
         <v>767</v>
       </c>
       <c r="D497">
         <v>309</v>
       </c>
       <c r="E497">
-        <v>1805</v>
+        <v>1808</v>
       </c>
       <c r="F497">
         <v>1650</v>
       </c>
       <c r="G497">
-        <v>3455</v>
+        <v>3458</v>
       </c>
       <c r="H497">
-        <v>19642</v>
+        <v>19682</v>
       </c>
       <c r="I497">
         <v>9125</v>
       </c>
       <c r="J497">
         <v>1588</v>
       </c>
       <c r="K497">
-        <v>21958</v>
+        <v>21998</v>
       </c>
       <c r="L497">
         <v>8398</v>
       </c>
       <c r="M497">
-        <v>30355</v>
+        <v>30395</v>
       </c>
     </row>
     <row r="498" spans="1:26">
       <c r="A498" s="6">
         <v>41426.0</v>
       </c>
       <c r="B498">
-        <v>2395</v>
+        <v>2394</v>
       </c>
       <c r="C498">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="D498">
         <v>347</v>
       </c>
       <c r="E498">
-        <v>1887</v>
+        <v>1886</v>
       </c>
       <c r="F498">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="G498">
         <v>3564</v>
       </c>
       <c r="H498">
-        <v>20250</v>
+        <v>20237</v>
       </c>
       <c r="I498">
-        <v>9676</v>
+        <v>9678</v>
       </c>
       <c r="J498">
         <v>1843</v>
       </c>
       <c r="K498">
-        <v>23248</v>
+        <v>23234</v>
       </c>
       <c r="L498">
-        <v>8522</v>
+        <v>8524</v>
       </c>
       <c r="M498">
-        <v>31770</v>
+        <v>31758</v>
       </c>
     </row>
     <row r="499" spans="1:26">
       <c r="A499" s="6">
         <v>41456.0</v>
       </c>
       <c r="B499">
         <v>2637</v>
       </c>
       <c r="C499">
         <v>780</v>
       </c>
       <c r="D499">
         <v>349</v>
       </c>
       <c r="E499">
         <v>1849</v>
       </c>
       <c r="F499">
         <v>1917</v>
       </c>
       <c r="G499">
         <v>3766</v>
       </c>
       <c r="H499">
         <v>21335</v>
       </c>
       <c r="I499">
         <v>9137</v>
       </c>
       <c r="J499">
         <v>1740</v>
       </c>
       <c r="K499">
         <v>23324</v>
       </c>
       <c r="L499">
         <v>8888</v>
       </c>
       <c r="M499">
         <v>32213</v>
       </c>
     </row>
     <row r="500" spans="1:26">
       <c r="A500" s="6">
         <v>41487.0</v>
       </c>
       <c r="B500">
-        <v>2527</v>
+        <v>2529</v>
       </c>
       <c r="C500">
         <v>771</v>
       </c>
       <c r="D500">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="E500">
-        <v>1902</v>
+        <v>1901</v>
       </c>
       <c r="F500">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="G500">
-        <v>3676</v>
+        <v>3677</v>
       </c>
       <c r="H500">
-        <v>21853</v>
+        <v>21849</v>
       </c>
       <c r="I500">
         <v>9095</v>
       </c>
       <c r="J500">
-        <v>1829</v>
+        <v>1828</v>
       </c>
       <c r="K500">
-        <v>23851</v>
+        <v>23832</v>
       </c>
       <c r="L500">
-        <v>8925</v>
+        <v>8939</v>
       </c>
       <c r="M500">
-        <v>32777</v>
+        <v>32772</v>
       </c>
     </row>
     <row r="501" spans="1:26">
       <c r="A501" s="6">
         <v>41518.0</v>
       </c>
       <c r="B501">
         <v>2422</v>
       </c>
       <c r="C501">
         <v>664</v>
       </c>
       <c r="D501">
         <v>350</v>
       </c>
       <c r="E501">
         <v>1699</v>
       </c>
       <c r="F501">
         <v>1737</v>
       </c>
       <c r="G501">
         <v>3436</v>
       </c>
       <c r="H501">
-        <v>19747</v>
+        <v>19746</v>
       </c>
       <c r="I501">
         <v>8108</v>
       </c>
       <c r="J501">
         <v>1681</v>
       </c>
       <c r="K501">
         <v>21385</v>
       </c>
       <c r="L501">
-        <v>8152</v>
+        <v>8151</v>
       </c>
       <c r="M501">
-        <v>29536</v>
+        <v>29535</v>
       </c>
     </row>
     <row r="502" spans="1:26">
       <c r="A502" s="6">
         <v>41548.0</v>
       </c>
       <c r="B502">
-        <v>2643</v>
+        <v>2642</v>
       </c>
       <c r="C502">
         <v>724</v>
       </c>
       <c r="D502">
         <v>388</v>
       </c>
       <c r="E502">
         <v>1782</v>
       </c>
       <c r="F502">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="G502">
-        <v>3755</v>
+        <v>3754</v>
       </c>
       <c r="H502">
-        <v>21895</v>
+        <v>21884</v>
       </c>
       <c r="I502">
         <v>8537</v>
       </c>
       <c r="J502">
         <v>1961</v>
       </c>
       <c r="K502">
         <v>22613</v>
       </c>
       <c r="L502">
-        <v>9780</v>
+        <v>9770</v>
       </c>
       <c r="M502">
-        <v>32393</v>
+        <v>32382</v>
       </c>
     </row>
     <row r="503" spans="1:26">
       <c r="A503" s="6">
         <v>41579.0</v>
       </c>
       <c r="B503">
         <v>2228</v>
       </c>
       <c r="C503">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D503">
         <v>342</v>
       </c>
       <c r="E503">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="F503">
         <v>1629</v>
       </c>
       <c r="G503">
-        <v>3209</v>
+        <v>3210</v>
       </c>
       <c r="H503">
-        <v>18702</v>
+        <v>18701</v>
       </c>
       <c r="I503">
-        <v>7613</v>
+        <v>7632</v>
       </c>
       <c r="J503">
         <v>1707</v>
       </c>
       <c r="K503">
-        <v>20429</v>
+        <v>20448</v>
       </c>
       <c r="L503">
         <v>7592</v>
       </c>
       <c r="M503">
-        <v>28021</v>
+        <v>28040</v>
       </c>
     </row>
     <row r="504" spans="1:26">
       <c r="A504" s="6">
         <v>41609.0</v>
       </c>
       <c r="B504">
         <v>2046</v>
       </c>
       <c r="C504">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="D504">
         <v>308</v>
       </c>
       <c r="E504">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="F504">
         <v>1332</v>
       </c>
       <c r="G504">
-        <v>2886</v>
+        <v>2885</v>
       </c>
       <c r="H504">
         <v>18116</v>
       </c>
       <c r="I504">
-        <v>6525</v>
+        <v>6506</v>
       </c>
       <c r="J504">
         <v>1615</v>
       </c>
       <c r="K504">
-        <v>19772</v>
+        <v>19753</v>
       </c>
       <c r="L504">
         <v>6484</v>
       </c>
       <c r="M504">
-        <v>26256</v>
+        <v>26237</v>
       </c>
     </row>
     <row r="505" spans="1:26">
       <c r="A505" s="6">
         <v>41640.0</v>
       </c>
       <c r="B505">
         <v>2551</v>
       </c>
       <c r="C505">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="D505">
         <v>289</v>
       </c>
       <c r="E505">
-        <v>1654</v>
+        <v>1657</v>
       </c>
       <c r="F505">
         <v>1852</v>
       </c>
       <c r="G505">
-        <v>3506</v>
+        <v>3509</v>
       </c>
       <c r="H505">
         <v>20289</v>
       </c>
       <c r="I505">
-        <v>7717</v>
+        <v>7754</v>
       </c>
       <c r="J505">
         <v>1611</v>
       </c>
       <c r="K505">
-        <v>20632</v>
+        <v>20669</v>
       </c>
       <c r="L505">
         <v>8985</v>
       </c>
       <c r="M505">
-        <v>29617</v>
+        <v>29654</v>
       </c>
     </row>
     <row r="506" spans="1:26">
       <c r="A506" s="6">
         <v>41671.0</v>
       </c>
       <c r="B506">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C506">
         <v>473</v>
       </c>
       <c r="D506">
         <v>288</v>
       </c>
       <c r="E506">
         <v>1433</v>
       </c>
       <c r="F506">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="G506">
-        <v>2784</v>
+        <v>2785</v>
       </c>
       <c r="H506">
-        <v>17498</v>
+        <v>17509</v>
       </c>
       <c r="I506">
         <v>5884</v>
       </c>
       <c r="J506">
         <v>1588</v>
       </c>
       <c r="K506">
         <v>18468</v>
       </c>
       <c r="L506">
-        <v>6502</v>
+        <v>6513</v>
       </c>
       <c r="M506">
-        <v>24970</v>
+        <v>24981</v>
       </c>
     </row>
     <row r="507" spans="1:26">
       <c r="A507" s="6">
         <v>41699.0</v>
       </c>
       <c r="B507">
         <v>2433</v>
       </c>
       <c r="C507">
         <v>717</v>
       </c>
       <c r="D507">
         <v>321</v>
       </c>
       <c r="E507">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="F507">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="G507">
         <v>3471</v>
       </c>
       <c r="H507">
-        <v>21916</v>
+        <v>21922</v>
       </c>
       <c r="I507">
         <v>8989</v>
       </c>
       <c r="J507">
         <v>1725</v>
       </c>
       <c r="K507">
-        <v>24647</v>
+        <v>24664</v>
       </c>
       <c r="L507">
-        <v>7983</v>
+        <v>7972</v>
       </c>
       <c r="M507">
-        <v>32630</v>
+        <v>32636</v>
       </c>
     </row>
     <row r="508" spans="1:26">
       <c r="A508" s="6">
         <v>41730.0</v>
       </c>
       <c r="B508">
-        <v>2382</v>
+        <v>2383</v>
       </c>
       <c r="C508">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="D508">
         <v>339</v>
       </c>
       <c r="E508">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="F508">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="G508">
-        <v>3430</v>
+        <v>3432</v>
       </c>
       <c r="H508">
-        <v>21363</v>
+        <v>21364</v>
       </c>
       <c r="I508">
-        <v>8800</v>
+        <v>8812</v>
       </c>
       <c r="J508">
         <v>1644</v>
       </c>
       <c r="K508">
-        <v>24181</v>
+        <v>24193</v>
       </c>
       <c r="L508">
-        <v>7626</v>
+        <v>7628</v>
       </c>
       <c r="M508">
-        <v>31807</v>
+        <v>31820</v>
       </c>
     </row>
     <row r="509" spans="1:26">
       <c r="A509" s="6">
         <v>41760.0</v>
       </c>
       <c r="B509">
-        <v>2538</v>
+        <v>2539</v>
       </c>
       <c r="C509">
         <v>653</v>
       </c>
       <c r="D509">
         <v>379</v>
       </c>
       <c r="E509">
         <v>1927</v>
       </c>
       <c r="F509">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="G509">
-        <v>3570</v>
+        <v>3571</v>
       </c>
       <c r="H509">
-        <v>22703</v>
+        <v>22723</v>
       </c>
       <c r="I509">
-        <v>8028</v>
+        <v>8031</v>
       </c>
       <c r="J509">
         <v>2040</v>
       </c>
       <c r="K509">
-        <v>24793</v>
+        <v>24796</v>
       </c>
       <c r="L509">
-        <v>7978</v>
+        <v>7998</v>
       </c>
       <c r="M509">
-        <v>32771</v>
+        <v>32794</v>
       </c>
     </row>
     <row r="510" spans="1:26">
       <c r="A510" s="6">
         <v>41791.0</v>
       </c>
       <c r="B510">
-        <v>2573</v>
+        <v>2572</v>
       </c>
       <c r="C510">
         <v>653</v>
       </c>
       <c r="D510">
         <v>372</v>
       </c>
       <c r="E510">
-        <v>1920</v>
+        <v>1919</v>
       </c>
       <c r="F510">
         <v>1678</v>
       </c>
       <c r="G510">
-        <v>3598</v>
+        <v>3597</v>
       </c>
       <c r="H510">
-        <v>22920</v>
+        <v>22905</v>
       </c>
       <c r="I510">
         <v>8114</v>
       </c>
       <c r="J510">
         <v>2011</v>
       </c>
       <c r="K510">
-        <v>25185</v>
+        <v>25169</v>
       </c>
       <c r="L510">
-        <v>7859</v>
+        <v>7860</v>
       </c>
       <c r="M510">
-        <v>33044</v>
+        <v>33029</v>
       </c>
     </row>
     <row r="511" spans="1:26">
       <c r="A511" s="6">
         <v>41821.0</v>
       </c>
       <c r="B511">
         <v>2619</v>
       </c>
       <c r="C511">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="D511">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="E511">
-        <v>1972</v>
+        <v>1970</v>
       </c>
       <c r="F511">
         <v>1710</v>
       </c>
       <c r="G511">
-        <v>3682</v>
+        <v>3680</v>
       </c>
       <c r="H511">
-        <v>23543</v>
+        <v>23542</v>
       </c>
       <c r="I511">
-        <v>8086</v>
+        <v>8049</v>
       </c>
       <c r="J511">
-        <v>2052</v>
+        <v>2054</v>
       </c>
       <c r="K511">
-        <v>25524</v>
+        <v>25488</v>
       </c>
       <c r="L511">
         <v>8157</v>
       </c>
       <c r="M511">
-        <v>33681</v>
+        <v>33645</v>
       </c>
     </row>
     <row r="512" spans="1:26">
       <c r="A512" s="6">
         <v>41852.0</v>
       </c>
       <c r="B512">
-        <v>2680</v>
+        <v>2681</v>
       </c>
       <c r="C512">
         <v>653</v>
       </c>
       <c r="D512">
         <v>383</v>
       </c>
       <c r="E512">
         <v>1930</v>
       </c>
       <c r="F512">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="G512">
-        <v>3716</v>
+        <v>3717</v>
       </c>
       <c r="H512">
-        <v>23797</v>
+        <v>23809</v>
       </c>
       <c r="I512">
         <v>8007</v>
       </c>
       <c r="J512">
         <v>1915</v>
       </c>
       <c r="K512">
         <v>25321</v>
       </c>
       <c r="L512">
-        <v>8398</v>
+        <v>8410</v>
       </c>
       <c r="M512">
-        <v>33719</v>
+        <v>33731</v>
       </c>
     </row>
     <row r="513" spans="1:26">
       <c r="A513" s="6">
         <v>41883.0</v>
       </c>
       <c r="B513">
-        <v>2446</v>
+        <v>2444</v>
       </c>
       <c r="C513">
         <v>660</v>
       </c>
       <c r="D513">
         <v>416</v>
       </c>
       <c r="E513">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="F513">
-        <v>1642</v>
+        <v>1639</v>
       </c>
       <c r="G513">
-        <v>3522</v>
+        <v>3520</v>
       </c>
       <c r="H513">
-        <v>22262</v>
+        <v>22246</v>
       </c>
       <c r="I513">
         <v>8109</v>
       </c>
       <c r="J513">
         <v>2170</v>
       </c>
       <c r="K513">
-        <v>25035</v>
+        <v>25053</v>
       </c>
       <c r="L513">
-        <v>7507</v>
+        <v>7472</v>
       </c>
       <c r="M513">
-        <v>32542</v>
+        <v>32526</v>
       </c>
     </row>
     <row r="514" spans="1:26">
       <c r="A514" s="6">
         <v>41913.0</v>
       </c>
       <c r="B514">
-        <v>2703</v>
+        <v>2702</v>
       </c>
       <c r="C514">
         <v>750</v>
       </c>
       <c r="D514">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="E514">
-        <v>2078</v>
+        <v>2077</v>
       </c>
       <c r="F514">
-        <v>1818</v>
+        <v>1817</v>
       </c>
       <c r="G514">
-        <v>3896</v>
+        <v>3894</v>
       </c>
       <c r="H514">
-        <v>24033</v>
+        <v>24015</v>
       </c>
       <c r="I514">
         <v>9155</v>
       </c>
       <c r="J514">
-        <v>2402</v>
+        <v>2401</v>
       </c>
       <c r="K514">
-        <v>27226</v>
+        <v>27208</v>
       </c>
       <c r="L514">
-        <v>8364</v>
+        <v>8363</v>
       </c>
       <c r="M514">
-        <v>35590</v>
+        <v>35571</v>
       </c>
     </row>
     <row r="515" spans="1:26">
       <c r="A515" s="6">
         <v>41944.0</v>
       </c>
       <c r="B515">
         <v>2425</v>
       </c>
       <c r="C515">
         <v>620</v>
       </c>
       <c r="D515">
         <v>387</v>
       </c>
       <c r="E515">
         <v>1851</v>
       </c>
       <c r="F515">
         <v>1581</v>
       </c>
       <c r="G515">
         <v>3432</v>
       </c>
       <c r="H515">
         <v>22884</v>
       </c>
       <c r="I515">
         <v>7646</v>
       </c>
       <c r="J515">
         <v>2187</v>
       </c>
       <c r="K515">
         <v>24813</v>
       </c>
       <c r="L515">
         <v>7905</v>
       </c>
       <c r="M515">
         <v>32718</v>
       </c>
     </row>
     <row r="516" spans="1:26">
       <c r="A516" s="6">
         <v>41974.0</v>
       </c>
       <c r="B516">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="C516">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="D516">
         <v>373</v>
       </c>
       <c r="E516">
-        <v>1958</v>
+        <v>1962</v>
       </c>
       <c r="F516">
         <v>1437</v>
       </c>
       <c r="G516">
-        <v>3395</v>
+        <v>3399</v>
       </c>
       <c r="H516">
-        <v>23605</v>
+        <v>23645</v>
       </c>
       <c r="I516">
-        <v>8490</v>
+        <v>8514</v>
       </c>
       <c r="J516">
         <v>2041</v>
       </c>
       <c r="K516">
-        <v>26857</v>
+        <v>26921</v>
       </c>
       <c r="L516">
         <v>7279</v>
       </c>
       <c r="M516">
-        <v>34137</v>
+        <v>34200</v>
       </c>
     </row>
     <row r="517" spans="1:26">
       <c r="A517" s="6">
         <v>42005.0</v>
       </c>
       <c r="B517">
-        <v>2263</v>
+        <v>2265</v>
       </c>
       <c r="C517">
         <v>562</v>
       </c>
       <c r="D517">
         <v>315</v>
       </c>
       <c r="E517">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="F517">
         <v>1458</v>
       </c>
       <c r="G517">
-        <v>3140</v>
+        <v>3142</v>
       </c>
       <c r="H517">
-        <v>20404</v>
+        <v>20439</v>
       </c>
       <c r="I517">
         <v>6798</v>
       </c>
       <c r="J517">
         <v>2136</v>
       </c>
       <c r="K517">
-        <v>22509</v>
+        <v>22543</v>
       </c>
       <c r="L517">
         <v>6829</v>
       </c>
       <c r="M517">
-        <v>29338</v>
+        <v>29373</v>
       </c>
     </row>
     <row r="518" spans="1:26">
       <c r="A518" s="6">
         <v>42036.0</v>
       </c>
       <c r="B518">
-        <v>1911</v>
+        <v>1910</v>
       </c>
       <c r="C518">
         <v>531</v>
       </c>
       <c r="D518">
         <v>243</v>
       </c>
       <c r="E518">
-        <v>1663</v>
+        <v>1661</v>
       </c>
       <c r="F518">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="G518">
-        <v>2685</v>
+        <v>2684</v>
       </c>
       <c r="H518">
-        <v>19624</v>
+        <v>19595</v>
       </c>
       <c r="I518">
         <v>6764</v>
       </c>
       <c r="J518">
         <v>1349</v>
       </c>
       <c r="K518">
-        <v>22642</v>
+        <v>22611</v>
       </c>
       <c r="L518">
-        <v>5096</v>
+        <v>5098</v>
       </c>
       <c r="M518">
-        <v>27737</v>
+        <v>27709</v>
       </c>
     </row>
     <row r="519" spans="1:26">
       <c r="A519" s="6">
         <v>42064.0</v>
       </c>
       <c r="B519">
-        <v>1779</v>
+        <v>1777</v>
       </c>
       <c r="C519">
         <v>540</v>
       </c>
       <c r="D519">
         <v>197</v>
       </c>
       <c r="E519">
-        <v>1689</v>
+        <v>1686</v>
       </c>
       <c r="F519">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="G519">
-        <v>2516</v>
+        <v>2514</v>
       </c>
       <c r="H519">
-        <v>19351</v>
+        <v>19301</v>
       </c>
       <c r="I519">
         <v>6975</v>
       </c>
       <c r="J519">
         <v>1258</v>
       </c>
       <c r="K519">
-        <v>23436</v>
+        <v>23381</v>
       </c>
       <c r="L519">
-        <v>4148</v>
+        <v>4153</v>
       </c>
       <c r="M519">
-        <v>27584</v>
+        <v>27534</v>
       </c>
     </row>
     <row r="520" spans="1:26">
       <c r="A520" s="6">
         <v>42095.0</v>
       </c>
       <c r="B520">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="C520">
         <v>544</v>
       </c>
       <c r="D520">
         <v>257</v>
       </c>
       <c r="E520">
         <v>1524</v>
       </c>
       <c r="F520">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="G520">
-        <v>2383</v>
+        <v>2382</v>
       </c>
       <c r="H520">
-        <v>16436</v>
+        <v>16432</v>
       </c>
       <c r="I520">
         <v>7317</v>
       </c>
       <c r="J520">
         <v>1252</v>
       </c>
       <c r="K520">
         <v>20884</v>
       </c>
       <c r="L520">
-        <v>4121</v>
+        <v>4117</v>
       </c>
       <c r="M520">
-        <v>25005</v>
+        <v>25001</v>
       </c>
     </row>
     <row r="521" spans="1:26">
       <c r="A521" s="6">
         <v>42125.0</v>
       </c>
       <c r="B521">
-        <v>1351</v>
+        <v>1350</v>
       </c>
       <c r="C521">
         <v>483</v>
       </c>
       <c r="D521">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="E521">
         <v>1373</v>
       </c>
       <c r="F521">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="G521">
-        <v>2075</v>
+        <v>2073</v>
       </c>
       <c r="H521">
-        <v>15207</v>
+        <v>15205</v>
       </c>
       <c r="I521">
         <v>6153</v>
       </c>
       <c r="J521">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="K521">
         <v>19309</v>
       </c>
       <c r="L521">
-        <v>3465</v>
+        <v>3461</v>
       </c>
       <c r="M521">
-        <v>22774</v>
+        <v>22770</v>
       </c>
     </row>
     <row r="522" spans="1:26">
       <c r="A522" s="6">
         <v>42156.0</v>
       </c>
       <c r="B522">
         <v>1347</v>
       </c>
       <c r="C522">
         <v>397</v>
       </c>
       <c r="D522">
         <v>298</v>
       </c>
       <c r="E522">
         <v>1293</v>
       </c>
       <c r="F522">
         <v>749</v>
       </c>
       <c r="G522">
         <v>2042</v>
       </c>
       <c r="H522">
@@ -21541,81 +21541,81 @@
       </c>
       <c r="I522">
         <v>5392</v>
       </c>
       <c r="J522">
         <v>2041</v>
       </c>
       <c r="K522">
         <v>17876</v>
       </c>
       <c r="L522">
         <v>3617</v>
       </c>
       <c r="M522">
         <v>21494</v>
       </c>
     </row>
     <row r="523" spans="1:26">
       <c r="A523" s="6">
         <v>42186.0</v>
       </c>
       <c r="B523">
         <v>1342</v>
       </c>
       <c r="C523">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="D523">
         <v>225</v>
       </c>
       <c r="E523">
-        <v>1204</v>
+        <v>1203</v>
       </c>
       <c r="F523">
         <v>739</v>
       </c>
       <c r="G523">
-        <v>1943</v>
+        <v>1942</v>
       </c>
       <c r="H523">
         <v>13607</v>
       </c>
       <c r="I523">
-        <v>5144</v>
+        <v>5132</v>
       </c>
       <c r="J523">
         <v>1276</v>
       </c>
       <c r="K523">
-        <v>16871</v>
+        <v>16858</v>
       </c>
       <c r="L523">
         <v>3156</v>
       </c>
       <c r="M523">
-        <v>20027</v>
+        <v>20015</v>
       </c>
     </row>
     <row r="524" spans="1:26">
       <c r="A524" s="6">
         <v>42217.0</v>
       </c>
       <c r="B524">
         <v>1290</v>
       </c>
       <c r="C524">
         <v>394</v>
       </c>
       <c r="D524">
         <v>257</v>
       </c>
       <c r="E524">
         <v>1200</v>
       </c>
       <c r="F524">
         <v>741</v>
       </c>
       <c r="G524">
         <v>1941</v>
       </c>
       <c r="H524">
@@ -21626,201 +21626,201 @@
       </c>
       <c r="J524">
         <v>1434</v>
       </c>
       <c r="K524">
         <v>16872</v>
       </c>
       <c r="L524">
         <v>3059</v>
       </c>
       <c r="M524">
         <v>19931</v>
       </c>
     </row>
     <row r="525" spans="1:26">
       <c r="A525" s="6">
         <v>42248.0</v>
       </c>
       <c r="B525">
         <v>1261</v>
       </c>
       <c r="C525">
         <v>404</v>
       </c>
       <c r="D525">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E525">
         <v>1123</v>
       </c>
       <c r="F525">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="G525">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="H525">
         <v>12486</v>
       </c>
       <c r="I525">
         <v>5219</v>
       </c>
       <c r="J525">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="K525">
         <v>15668</v>
       </c>
       <c r="L525">
-        <v>3294</v>
+        <v>3295</v>
       </c>
       <c r="M525">
-        <v>18962</v>
+        <v>18963</v>
       </c>
     </row>
     <row r="526" spans="1:26">
       <c r="A526" s="6">
         <v>42278.0</v>
       </c>
       <c r="B526">
         <v>1092</v>
       </c>
       <c r="C526">
         <v>444</v>
       </c>
       <c r="D526">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="E526">
         <v>1128</v>
       </c>
       <c r="F526">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="G526">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="H526">
         <v>10872</v>
       </c>
       <c r="I526">
         <v>6023</v>
       </c>
       <c r="J526">
-        <v>1223</v>
+        <v>1219</v>
       </c>
       <c r="K526">
         <v>15509</v>
       </c>
       <c r="L526">
-        <v>2610</v>
+        <v>2606</v>
       </c>
       <c r="M526">
-        <v>18119</v>
+        <v>18115</v>
       </c>
     </row>
     <row r="527" spans="1:26">
       <c r="A527" s="6">
         <v>42309.0</v>
       </c>
       <c r="B527">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="C527">
         <v>417</v>
       </c>
       <c r="D527">
         <v>199</v>
       </c>
       <c r="E527">
         <v>1115</v>
       </c>
       <c r="F527">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="G527">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="H527">
-        <v>11102</v>
+        <v>11106</v>
       </c>
       <c r="I527">
         <v>5897</v>
       </c>
       <c r="J527">
         <v>1082</v>
       </c>
       <c r="K527">
         <v>15745</v>
       </c>
       <c r="L527">
-        <v>2336</v>
+        <v>2340</v>
       </c>
       <c r="M527">
-        <v>18080</v>
+        <v>18085</v>
       </c>
     </row>
     <row r="528" spans="1:26">
       <c r="A528" s="6">
         <v>42339.0</v>
       </c>
       <c r="B528">
         <v>972</v>
       </c>
       <c r="C528">
         <v>357</v>
       </c>
       <c r="D528">
         <v>176</v>
       </c>
       <c r="E528">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="F528">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G528">
         <v>1505</v>
       </c>
       <c r="H528">
-        <v>9854</v>
+        <v>9861</v>
       </c>
       <c r="I528">
         <v>5038</v>
       </c>
       <c r="J528">
         <v>1057</v>
       </c>
       <c r="K528">
-        <v>13979</v>
+        <v>13990</v>
       </c>
       <c r="L528">
-        <v>1970</v>
+        <v>1966</v>
       </c>
       <c r="M528">
-        <v>15949</v>
+        <v>15956</v>
       </c>
     </row>
     <row r="529" spans="1:26">
       <c r="A529" s="6">
         <v>42370.0</v>
       </c>
       <c r="B529">
         <v>895</v>
       </c>
       <c r="C529">
         <v>292</v>
       </c>
       <c r="D529">
         <v>133</v>
       </c>
       <c r="E529">
         <v>868</v>
       </c>
       <c r="F529">
         <v>452</v>
       </c>
       <c r="G529">
         <v>1320</v>
       </c>
       <c r="H529">
@@ -21913,599 +21913,599 @@
       </c>
       <c r="J531">
         <v>586</v>
       </c>
       <c r="K531">
         <v>11227</v>
       </c>
       <c r="L531">
         <v>1218</v>
       </c>
       <c r="M531">
         <v>12445</v>
       </c>
     </row>
     <row r="532" spans="1:26">
       <c r="A532" s="6">
         <v>42461.0</v>
       </c>
       <c r="B532">
         <v>582</v>
       </c>
       <c r="C532">
         <v>291</v>
       </c>
       <c r="D532">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E532">
         <v>733</v>
       </c>
       <c r="F532">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="G532">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="H532">
         <v>6939</v>
       </c>
       <c r="I532">
         <v>4306</v>
       </c>
       <c r="J532">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="K532">
         <v>10836</v>
       </c>
       <c r="L532">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="M532">
-        <v>12006</v>
+        <v>12007</v>
       </c>
     </row>
     <row r="533" spans="1:26">
       <c r="A533" s="6">
         <v>42491.0</v>
       </c>
       <c r="B533">
         <v>627</v>
       </c>
       <c r="C533">
         <v>247</v>
       </c>
       <c r="D533">
         <v>107</v>
       </c>
       <c r="E533">
         <v>692</v>
       </c>
       <c r="F533">
         <v>289</v>
       </c>
       <c r="G533">
         <v>981</v>
       </c>
       <c r="H533">
         <v>7498</v>
       </c>
       <c r="I533">
         <v>3436</v>
       </c>
       <c r="J533">
         <v>668</v>
       </c>
       <c r="K533">
         <v>10271</v>
       </c>
       <c r="L533">
         <v>1331</v>
       </c>
       <c r="M533">
         <v>11602</v>
       </c>
     </row>
     <row r="534" spans="1:26">
       <c r="A534" s="6">
         <v>42522.0</v>
       </c>
       <c r="B534">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="C534">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D534">
         <v>122</v>
       </c>
       <c r="E534">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="F534">
         <v>308</v>
       </c>
       <c r="G534">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="H534">
-        <v>7871</v>
+        <v>7899</v>
       </c>
       <c r="I534">
-        <v>3835</v>
+        <v>3855</v>
       </c>
       <c r="J534">
         <v>604</v>
       </c>
       <c r="K534">
-        <v>11034</v>
+        <v>11082</v>
       </c>
       <c r="L534">
         <v>1275</v>
       </c>
       <c r="M534">
-        <v>12309</v>
+        <v>12357</v>
       </c>
     </row>
     <row r="535" spans="1:26">
       <c r="A535" s="6">
         <v>42552.0</v>
       </c>
       <c r="B535">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C535">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D535">
         <v>142</v>
       </c>
       <c r="E535">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="F535">
         <v>344</v>
       </c>
       <c r="G535">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="H535">
-        <v>7340</v>
+        <v>7360</v>
       </c>
       <c r="I535">
-        <v>3347</v>
+        <v>3366</v>
       </c>
       <c r="J535">
         <v>772</v>
       </c>
       <c r="K535">
-        <v>10271</v>
+        <v>10310</v>
       </c>
       <c r="L535">
         <v>1189</v>
       </c>
       <c r="M535">
-        <v>11460</v>
+        <v>11498</v>
       </c>
     </row>
     <row r="536" spans="1:26">
       <c r="A536" s="6">
         <v>42583.0</v>
       </c>
       <c r="B536">
         <v>677</v>
       </c>
       <c r="C536">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="D536">
         <v>177</v>
       </c>
       <c r="E536">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="F536">
         <v>374</v>
       </c>
       <c r="G536">
-        <v>1147</v>
+        <v>1145</v>
       </c>
       <c r="H536">
         <v>7468</v>
       </c>
       <c r="I536">
-        <v>4361</v>
+        <v>4322</v>
       </c>
       <c r="J536">
         <v>1061</v>
       </c>
       <c r="K536">
-        <v>11423</v>
+        <v>11385</v>
       </c>
       <c r="L536">
         <v>1467</v>
       </c>
       <c r="M536">
-        <v>12890</v>
+        <v>12852</v>
       </c>
     </row>
     <row r="537" spans="1:26">
       <c r="A537" s="6">
         <v>42614.0</v>
       </c>
       <c r="B537">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="C537">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D537">
         <v>164</v>
       </c>
       <c r="E537">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="F537">
         <v>383</v>
       </c>
       <c r="G537">
-        <v>1106</v>
+        <v>1104</v>
       </c>
       <c r="H537">
-        <v>8160</v>
+        <v>8113</v>
       </c>
       <c r="I537">
-        <v>3209</v>
+        <v>3225</v>
       </c>
       <c r="J537">
         <v>952</v>
       </c>
       <c r="K537">
-        <v>10745</v>
+        <v>10713</v>
       </c>
       <c r="L537">
         <v>1578</v>
       </c>
       <c r="M537">
-        <v>12322</v>
+        <v>12291</v>
       </c>
     </row>
     <row r="538" spans="1:26">
       <c r="A538" s="6">
         <v>42644.0</v>
       </c>
       <c r="B538">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="C538">
         <v>231</v>
       </c>
       <c r="D538">
         <v>160</v>
       </c>
       <c r="E538">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="F538">
         <v>388</v>
       </c>
       <c r="G538">
-        <v>1135</v>
+        <v>1134</v>
       </c>
       <c r="H538">
-        <v>8502</v>
+        <v>8486</v>
       </c>
       <c r="I538">
         <v>3379</v>
       </c>
       <c r="J538">
         <v>912</v>
       </c>
       <c r="K538">
-        <v>11197</v>
+        <v>11181</v>
       </c>
       <c r="L538">
         <v>1596</v>
       </c>
       <c r="M538">
-        <v>12793</v>
+        <v>12777</v>
       </c>
     </row>
     <row r="539" spans="1:26">
       <c r="A539" s="6">
         <v>42675.0</v>
       </c>
       <c r="B539">
         <v>772</v>
       </c>
       <c r="C539">
         <v>229</v>
       </c>
       <c r="D539">
         <v>171</v>
       </c>
       <c r="E539">
         <v>761</v>
       </c>
       <c r="F539">
         <v>411</v>
       </c>
       <c r="G539">
         <v>1172</v>
       </c>
       <c r="H539">
         <v>8435</v>
       </c>
       <c r="I539">
         <v>3094</v>
       </c>
       <c r="J539">
         <v>890</v>
       </c>
       <c r="K539">
         <v>10969</v>
       </c>
       <c r="L539">
         <v>1449</v>
       </c>
       <c r="M539">
         <v>12418</v>
       </c>
     </row>
     <row r="540" spans="1:26">
       <c r="A540" s="6">
         <v>42705.0</v>
       </c>
       <c r="B540">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="C540">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D540">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E540">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="F540">
         <v>338</v>
       </c>
       <c r="G540">
-        <v>1123</v>
+        <v>1122</v>
       </c>
       <c r="H540">
-        <v>9122</v>
+        <v>9104</v>
       </c>
       <c r="I540">
-        <v>3427</v>
+        <v>3445</v>
       </c>
       <c r="J540">
-        <v>829</v>
+        <v>812</v>
       </c>
       <c r="K540">
-        <v>11875</v>
+        <v>11858</v>
       </c>
       <c r="L540">
         <v>1503</v>
       </c>
       <c r="M540">
-        <v>13379</v>
+        <v>13361</v>
       </c>
     </row>
     <row r="541" spans="1:26">
       <c r="A541" s="6">
         <v>42736.0</v>
       </c>
       <c r="B541">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C541">
         <v>263</v>
       </c>
       <c r="D541">
         <v>113</v>
       </c>
       <c r="E541">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="F541">
         <v>350</v>
       </c>
       <c r="G541">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="H541">
-        <v>8499</v>
+        <v>8518</v>
       </c>
       <c r="I541">
         <v>3703</v>
       </c>
       <c r="J541">
         <v>869</v>
       </c>
       <c r="K541">
-        <v>11407</v>
+        <v>11425</v>
       </c>
       <c r="L541">
         <v>1664</v>
       </c>
       <c r="M541">
-        <v>13071</v>
+        <v>13090</v>
       </c>
     </row>
     <row r="542" spans="1:26">
       <c r="A542" s="6">
         <v>42767.0</v>
       </c>
       <c r="B542">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C542">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D542">
         <v>152</v>
       </c>
       <c r="E542">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="F542">
         <v>367</v>
       </c>
       <c r="G542">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="H542">
-        <v>8288</v>
+        <v>8303</v>
       </c>
       <c r="I542">
-        <v>3554</v>
+        <v>3574</v>
       </c>
       <c r="J542">
         <v>1009</v>
       </c>
       <c r="K542">
-        <v>11452</v>
+        <v>11487</v>
       </c>
       <c r="L542">
         <v>1399</v>
       </c>
       <c r="M542">
-        <v>12851</v>
+        <v>12886</v>
       </c>
     </row>
     <row r="543" spans="1:26">
       <c r="A543" s="6">
         <v>42795.0</v>
       </c>
       <c r="B543">
-        <v>781</v>
+        <v>779</v>
       </c>
       <c r="C543">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D543">
         <v>172</v>
       </c>
       <c r="E543">
-        <v>829</v>
+        <v>828</v>
       </c>
       <c r="F543">
         <v>373</v>
       </c>
       <c r="G543">
-        <v>1202</v>
+        <v>1201</v>
       </c>
       <c r="H543">
-        <v>9287</v>
+        <v>9253</v>
       </c>
       <c r="I543">
-        <v>3623</v>
+        <v>3640</v>
       </c>
       <c r="J543">
         <v>1140</v>
       </c>
       <c r="K543">
-        <v>12523</v>
+        <v>12506</v>
       </c>
       <c r="L543">
         <v>1527</v>
       </c>
       <c r="M543">
-        <v>14050</v>
+        <v>14034</v>
       </c>
     </row>
     <row r="544" spans="1:26">
       <c r="A544" s="6">
         <v>42826.0</v>
       </c>
       <c r="B544">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="C544">
         <v>290</v>
       </c>
       <c r="D544">
         <v>166</v>
       </c>
       <c r="E544">
-        <v>925</v>
+        <v>923</v>
       </c>
       <c r="F544">
         <v>349</v>
       </c>
       <c r="G544">
-        <v>1274</v>
+        <v>1272</v>
       </c>
       <c r="H544">
-        <v>9794</v>
+        <v>9757</v>
       </c>
       <c r="I544">
         <v>4457</v>
       </c>
       <c r="J544">
         <v>1088</v>
       </c>
       <c r="K544">
-        <v>13836</v>
+        <v>13800</v>
       </c>
       <c r="L544">
         <v>1503</v>
       </c>
       <c r="M544">
-        <v>15339</v>
+        <v>15302</v>
       </c>
     </row>
     <row r="545" spans="1:26">
       <c r="A545" s="6">
         <v>42856.0</v>
       </c>
       <c r="B545">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="C545">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="D545">
         <v>156</v>
       </c>
       <c r="E545">
         <v>950</v>
       </c>
       <c r="F545">
         <v>403</v>
       </c>
       <c r="G545">
         <v>1353</v>
       </c>
       <c r="H545">
-        <v>11393</v>
+        <v>11331</v>
       </c>
       <c r="I545">
-        <v>4007</v>
+        <v>4069</v>
       </c>
       <c r="J545">
         <v>884</v>
       </c>
       <c r="K545">
         <v>14596</v>
       </c>
       <c r="L545">
         <v>1688</v>
       </c>
       <c r="M545">
         <v>16284</v>
       </c>
     </row>
     <row r="546" spans="1:26">
       <c r="A546" s="6">
         <v>42887.0</v>
       </c>
       <c r="B546">
         <v>955</v>
       </c>
       <c r="C546">
         <v>367</v>
       </c>
       <c r="D546">
@@ -22569,78 +22569,78 @@
       </c>
       <c r="J547">
         <v>1164</v>
       </c>
       <c r="K547">
         <v>16572</v>
       </c>
       <c r="L547">
         <v>1642</v>
       </c>
       <c r="M547">
         <v>18214</v>
       </c>
     </row>
     <row r="548" spans="1:26">
       <c r="A548" s="6">
         <v>42948.0</v>
       </c>
       <c r="B548">
         <v>954</v>
       </c>
       <c r="C548">
         <v>384</v>
       </c>
       <c r="D548">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="E548">
         <v>1132</v>
       </c>
       <c r="F548">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="G548">
-        <v>1508</v>
+        <v>1506</v>
       </c>
       <c r="H548">
         <v>11660</v>
       </c>
       <c r="I548">
         <v>5763</v>
       </c>
       <c r="J548">
-        <v>1049</v>
+        <v>1046</v>
       </c>
       <c r="K548">
         <v>16944</v>
       </c>
       <c r="L548">
-        <v>1527</v>
+        <v>1524</v>
       </c>
       <c r="M548">
-        <v>18471</v>
+        <v>18469</v>
       </c>
     </row>
     <row r="549" spans="1:26">
       <c r="A549" s="6">
         <v>42979.0</v>
       </c>
       <c r="B549">
         <v>941</v>
       </c>
       <c r="C549">
         <v>446</v>
       </c>
       <c r="D549">
         <v>160</v>
       </c>
       <c r="E549">
         <v>1184</v>
       </c>
       <c r="F549">
         <v>363</v>
       </c>
       <c r="G549">
         <v>1547</v>
       </c>
       <c r="H549">
@@ -22648,192 +22648,192 @@
       </c>
       <c r="I549">
         <v>6869</v>
       </c>
       <c r="J549">
         <v>1016</v>
       </c>
       <c r="K549">
         <v>18433</v>
       </c>
       <c r="L549">
         <v>1536</v>
       </c>
       <c r="M549">
         <v>19969</v>
       </c>
     </row>
     <row r="550" spans="1:26">
       <c r="A550" s="6">
         <v>43009.0</v>
       </c>
       <c r="B550">
         <v>1137</v>
       </c>
       <c r="C550">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D550">
         <v>183</v>
       </c>
       <c r="E550">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="F550">
         <v>409</v>
       </c>
       <c r="G550">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="H550">
-        <v>14674</v>
+        <v>14668</v>
       </c>
       <c r="I550">
-        <v>6036</v>
+        <v>6055</v>
       </c>
       <c r="J550">
         <v>1198</v>
       </c>
       <c r="K550">
-        <v>20248</v>
+        <v>20262</v>
       </c>
       <c r="L550">
         <v>1659</v>
       </c>
       <c r="M550">
-        <v>21907</v>
+        <v>21921</v>
       </c>
     </row>
     <row r="551" spans="1:26">
       <c r="A551" s="6">
         <v>43040.0</v>
       </c>
       <c r="B551">
         <v>1158</v>
       </c>
       <c r="C551">
         <v>409</v>
       </c>
       <c r="D551">
         <v>181</v>
       </c>
       <c r="E551">
         <v>1314</v>
       </c>
       <c r="F551">
         <v>434</v>
       </c>
       <c r="G551">
         <v>1748</v>
       </c>
       <c r="H551">
         <v>14865</v>
       </c>
       <c r="I551">
         <v>6248</v>
       </c>
       <c r="J551">
         <v>1267</v>
       </c>
       <c r="K551">
         <v>20591</v>
       </c>
       <c r="L551">
         <v>1790</v>
       </c>
       <c r="M551">
         <v>22380</v>
       </c>
     </row>
     <row r="552" spans="1:26">
       <c r="A552" s="6">
         <v>43070.0</v>
       </c>
       <c r="B552">
-        <v>1132</v>
+        <v>1131</v>
       </c>
       <c r="C552">
         <v>425</v>
       </c>
       <c r="D552">
         <v>175</v>
       </c>
       <c r="E552">
-        <v>1321</v>
+        <v>1320</v>
       </c>
       <c r="F552">
         <v>411</v>
       </c>
       <c r="G552">
-        <v>1732</v>
+        <v>1731</v>
       </c>
       <c r="H552">
-        <v>15033</v>
+        <v>15019</v>
       </c>
       <c r="I552">
         <v>6316</v>
       </c>
       <c r="J552">
         <v>1094</v>
       </c>
       <c r="K552">
-        <v>20644</v>
+        <v>20630</v>
       </c>
       <c r="L552">
         <v>1799</v>
       </c>
       <c r="M552">
-        <v>22443</v>
+        <v>22429</v>
       </c>
     </row>
     <row r="553" spans="1:26">
       <c r="A553" s="6">
         <v>43101.0</v>
       </c>
       <c r="B553">
-        <v>1048</v>
+        <v>1047</v>
       </c>
       <c r="C553">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D553">
         <v>143</v>
       </c>
       <c r="E553">
         <v>1153</v>
       </c>
       <c r="F553">
         <v>382</v>
       </c>
       <c r="G553">
         <v>1535</v>
       </c>
       <c r="H553">
-        <v>13065</v>
+        <v>13042</v>
       </c>
       <c r="I553">
-        <v>5229</v>
+        <v>5252</v>
       </c>
       <c r="J553">
         <v>896</v>
       </c>
       <c r="K553">
         <v>17645</v>
       </c>
       <c r="L553">
         <v>1545</v>
       </c>
       <c r="M553">
         <v>19190</v>
       </c>
     </row>
     <row r="554" spans="1:26">
       <c r="A554" s="6">
         <v>43132.0</v>
       </c>
       <c r="B554">
         <v>1042</v>
       </c>
       <c r="C554">
         <v>324</v>
       </c>
       <c r="D554">
@@ -22891,72 +22891,72 @@
       </c>
       <c r="H555">
         <v>15792</v>
       </c>
       <c r="I555">
         <v>6484</v>
       </c>
       <c r="J555">
         <v>1170</v>
       </c>
       <c r="K555">
         <v>21648</v>
       </c>
       <c r="L555">
         <v>1797</v>
       </c>
       <c r="M555">
         <v>23445</v>
       </c>
     </row>
     <row r="556" spans="1:26">
       <c r="A556" s="6">
         <v>43191.0</v>
       </c>
       <c r="B556">
-        <v>1203</v>
+        <v>1202</v>
       </c>
       <c r="C556">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D556">
         <v>164</v>
       </c>
       <c r="E556">
         <v>1397</v>
       </c>
       <c r="F556">
         <v>394</v>
       </c>
       <c r="G556">
         <v>1791</v>
       </c>
       <c r="H556">
-        <v>15480</v>
+        <v>15462</v>
       </c>
       <c r="I556">
-        <v>6648</v>
+        <v>6666</v>
       </c>
       <c r="J556">
         <v>1027</v>
       </c>
       <c r="K556">
         <v>21547</v>
       </c>
       <c r="L556">
         <v>1609</v>
       </c>
       <c r="M556">
         <v>23155</v>
       </c>
     </row>
     <row r="557" spans="1:26">
       <c r="A557" s="6">
         <v>43221.0</v>
       </c>
       <c r="B557">
         <v>1166</v>
       </c>
       <c r="C557">
         <v>403</v>
       </c>
       <c r="D557">
@@ -22973,933 +22973,933 @@
       </c>
       <c r="H557">
         <v>15028</v>
       </c>
       <c r="I557">
         <v>6551</v>
       </c>
       <c r="J557">
         <v>1131</v>
       </c>
       <c r="K557">
         <v>20961</v>
       </c>
       <c r="L557">
         <v>1748</v>
       </c>
       <c r="M557">
         <v>22710</v>
       </c>
     </row>
     <row r="558" spans="1:26">
       <c r="A558" s="6">
         <v>43252.0</v>
       </c>
       <c r="B558">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="C558">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D558">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="E558">
         <v>1466</v>
       </c>
       <c r="F558">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="G558">
-        <v>1857</v>
+        <v>1856</v>
       </c>
       <c r="H558">
-        <v>15786</v>
+        <v>15764</v>
       </c>
       <c r="I558">
-        <v>7126</v>
+        <v>7148</v>
       </c>
       <c r="J558">
         <v>1377</v>
       </c>
       <c r="K558">
         <v>22767</v>
       </c>
       <c r="L558">
-        <v>1522</v>
+        <v>1521</v>
       </c>
       <c r="M558">
         <v>24289</v>
       </c>
     </row>
     <row r="559" spans="1:26">
       <c r="A559" s="6">
         <v>43282.0</v>
       </c>
       <c r="B559">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="C559">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D559">
         <v>158</v>
       </c>
       <c r="E559">
         <v>1430</v>
       </c>
       <c r="F559">
         <v>478</v>
       </c>
       <c r="G559">
         <v>1908</v>
       </c>
       <c r="H559">
-        <v>16289</v>
+        <v>16271</v>
       </c>
       <c r="I559">
-        <v>6883</v>
+        <v>6901</v>
       </c>
       <c r="J559">
         <v>1011</v>
       </c>
       <c r="K559">
         <v>22512</v>
       </c>
       <c r="L559">
         <v>1671</v>
       </c>
       <c r="M559">
         <v>24183</v>
       </c>
     </row>
     <row r="560" spans="1:26">
       <c r="A560" s="6">
         <v>43313.0</v>
       </c>
       <c r="B560">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="C560">
         <v>501</v>
       </c>
       <c r="D560">
         <v>208</v>
       </c>
       <c r="E560">
         <v>1578</v>
       </c>
       <c r="F560">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="G560">
-        <v>2067</v>
+        <v>2069</v>
       </c>
       <c r="H560">
-        <v>18231</v>
+        <v>18234</v>
       </c>
       <c r="I560">
         <v>7881</v>
       </c>
       <c r="J560">
         <v>1270</v>
       </c>
       <c r="K560">
         <v>25535</v>
       </c>
       <c r="L560">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="M560">
-        <v>27383</v>
+        <v>27385</v>
       </c>
     </row>
     <row r="561" spans="1:26">
       <c r="A561" s="6">
         <v>43344.0</v>
       </c>
       <c r="B561">
-        <v>1245</v>
+        <v>1244</v>
       </c>
       <c r="C561">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D561">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="E561">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="F561">
         <v>399</v>
       </c>
       <c r="G561">
-        <v>1903</v>
+        <v>1902</v>
       </c>
       <c r="H561">
-        <v>16433</v>
+        <v>16413</v>
       </c>
       <c r="I561">
-        <v>7621</v>
+        <v>7642</v>
       </c>
       <c r="J561">
-        <v>1417</v>
+        <v>1407</v>
       </c>
       <c r="K561">
-        <v>23991</v>
+        <v>23981</v>
       </c>
       <c r="L561">
         <v>1481</v>
       </c>
       <c r="M561">
-        <v>25471</v>
+        <v>25462</v>
       </c>
     </row>
     <row r="562" spans="1:26">
       <c r="A562" s="6">
         <v>43374.0</v>
       </c>
       <c r="B562">
         <v>1278</v>
       </c>
       <c r="C562">
         <v>433</v>
       </c>
       <c r="D562">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E562">
         <v>1462</v>
       </c>
       <c r="F562">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="G562">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="H562">
         <v>16198</v>
       </c>
       <c r="I562">
         <v>7070</v>
       </c>
       <c r="J562">
         <v>1238</v>
       </c>
       <c r="K562">
         <v>23000</v>
       </c>
       <c r="L562">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="M562">
-        <v>24505</v>
+        <v>24506</v>
       </c>
     </row>
     <row r="563" spans="1:26">
       <c r="A563" s="6">
         <v>43405.0</v>
       </c>
       <c r="B563">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="C563">
         <v>414</v>
       </c>
       <c r="D563">
         <v>197</v>
       </c>
       <c r="E563">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="F563">
         <v>418</v>
       </c>
       <c r="G563">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="H563">
-        <v>16853</v>
+        <v>16856</v>
       </c>
       <c r="I563">
         <v>6760</v>
       </c>
       <c r="J563">
         <v>1458</v>
       </c>
       <c r="K563">
-        <v>23367</v>
+        <v>23370</v>
       </c>
       <c r="L563">
         <v>1703</v>
       </c>
       <c r="M563">
-        <v>25070</v>
+        <v>25073</v>
       </c>
     </row>
     <row r="564" spans="1:26">
       <c r="A564" s="6">
         <v>43435.0</v>
       </c>
       <c r="B564">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="C564">
         <v>351</v>
       </c>
       <c r="D564">
         <v>181</v>
       </c>
       <c r="E564">
         <v>1243</v>
       </c>
       <c r="F564">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="G564">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="H564">
-        <v>14571</v>
+        <v>14572</v>
       </c>
       <c r="I564">
         <v>5350</v>
       </c>
       <c r="J564">
         <v>1341</v>
       </c>
       <c r="K564">
         <v>19682</v>
       </c>
       <c r="L564">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="M564">
-        <v>21262</v>
+        <v>21263</v>
       </c>
     </row>
     <row r="565" spans="1:26">
       <c r="A565" s="6">
         <v>43466.0</v>
       </c>
       <c r="B565">
-        <v>1177</v>
+        <v>1176</v>
       </c>
       <c r="C565">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D565">
         <v>158</v>
       </c>
       <c r="E565">
         <v>1255</v>
       </c>
       <c r="F565">
         <v>411</v>
       </c>
       <c r="G565">
         <v>1666</v>
       </c>
       <c r="H565">
-        <v>15012</v>
+        <v>14997</v>
       </c>
       <c r="I565">
-        <v>5193</v>
+        <v>5208</v>
       </c>
       <c r="J565">
         <v>1201</v>
       </c>
       <c r="K565">
         <v>19794</v>
       </c>
       <c r="L565">
         <v>1611</v>
       </c>
       <c r="M565">
         <v>21406</v>
       </c>
     </row>
     <row r="566" spans="1:26">
       <c r="A566" s="6">
         <v>43497.0</v>
       </c>
       <c r="B566">
         <v>1049</v>
       </c>
       <c r="C566">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D566">
         <v>150</v>
       </c>
       <c r="E566">
         <v>1240</v>
       </c>
       <c r="F566">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="G566">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="H566">
-        <v>14562</v>
+        <v>14553</v>
       </c>
       <c r="I566">
-        <v>6052</v>
+        <v>6065</v>
       </c>
       <c r="J566">
         <v>1215</v>
       </c>
       <c r="K566">
         <v>20338</v>
       </c>
       <c r="L566">
-        <v>1491</v>
+        <v>1495</v>
       </c>
       <c r="M566">
-        <v>21829</v>
+        <v>21833</v>
       </c>
     </row>
     <row r="567" spans="1:26">
       <c r="A567" s="6">
         <v>43525.0</v>
       </c>
       <c r="B567">
-        <v>1070</v>
+        <v>1068</v>
       </c>
       <c r="C567">
         <v>362</v>
       </c>
       <c r="D567">
         <v>158</v>
       </c>
       <c r="E567">
-        <v>1295</v>
+        <v>1293</v>
       </c>
       <c r="F567">
         <v>295</v>
       </c>
       <c r="G567">
-        <v>1590</v>
+        <v>1588</v>
       </c>
       <c r="H567">
-        <v>14870</v>
+        <v>14836</v>
       </c>
       <c r="I567">
         <v>6031</v>
       </c>
       <c r="J567">
         <v>955</v>
       </c>
       <c r="K567">
-        <v>20731</v>
+        <v>20696</v>
       </c>
       <c r="L567">
         <v>1125</v>
       </c>
       <c r="M567">
-        <v>21856</v>
+        <v>21821</v>
       </c>
     </row>
     <row r="568" spans="1:26">
       <c r="A568" s="6">
         <v>43556.0</v>
       </c>
       <c r="B568">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="C568">
         <v>410</v>
       </c>
       <c r="D568">
         <v>140</v>
       </c>
       <c r="E568">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="F568">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="G568">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="H568">
-        <v>16023</v>
+        <v>16026</v>
       </c>
       <c r="I568">
         <v>6750</v>
       </c>
       <c r="J568">
         <v>1017</v>
       </c>
       <c r="K568">
-        <v>22307</v>
+        <v>22312</v>
       </c>
       <c r="L568">
-        <v>1482</v>
+        <v>1481</v>
       </c>
       <c r="M568">
-        <v>23789</v>
+        <v>23793</v>
       </c>
     </row>
     <row r="569" spans="1:26">
       <c r="A569" s="6">
         <v>43586.0</v>
       </c>
       <c r="B569">
-        <v>1158</v>
+        <v>1157</v>
       </c>
       <c r="C569">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D569">
         <v>147</v>
       </c>
       <c r="E569">
-        <v>1361</v>
+        <v>1360</v>
       </c>
       <c r="F569">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="G569">
         <v>1671</v>
       </c>
       <c r="H569">
-        <v>16081</v>
+        <v>16067</v>
       </c>
       <c r="I569">
-        <v>6062</v>
+        <v>6076</v>
       </c>
       <c r="J569">
         <v>1163</v>
       </c>
       <c r="K569">
-        <v>21995</v>
+        <v>21994</v>
       </c>
       <c r="L569">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="M569">
         <v>23307</v>
       </c>
     </row>
     <row r="570" spans="1:26">
       <c r="A570" s="6">
         <v>43617.0</v>
       </c>
       <c r="B570">
         <v>1188</v>
       </c>
       <c r="C570">
         <v>421</v>
       </c>
       <c r="D570">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E570">
         <v>1449</v>
       </c>
       <c r="F570">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="G570">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="H570">
         <v>16749</v>
       </c>
       <c r="I570">
         <v>7275</v>
       </c>
       <c r="J570">
-        <v>1232</v>
+        <v>1242</v>
       </c>
       <c r="K570">
         <v>23938</v>
       </c>
       <c r="L570">
-        <v>1318</v>
+        <v>1328</v>
       </c>
       <c r="M570">
-        <v>25256</v>
+        <v>25266</v>
       </c>
     </row>
     <row r="571" spans="1:26">
       <c r="A571" s="6">
         <v>43647.0</v>
       </c>
       <c r="B571">
-        <v>1372</v>
+        <v>1375</v>
       </c>
       <c r="C571">
         <v>397</v>
       </c>
       <c r="D571">
         <v>207</v>
       </c>
       <c r="E571">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="F571">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G571">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="H571">
-        <v>18603</v>
+        <v>18625</v>
       </c>
       <c r="I571">
         <v>6660</v>
       </c>
       <c r="J571">
         <v>1297</v>
       </c>
       <c r="K571">
-        <v>24852</v>
+        <v>24873</v>
       </c>
       <c r="L571">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="M571">
-        <v>26559</v>
+        <v>26582</v>
       </c>
     </row>
     <row r="572" spans="1:26">
       <c r="A572" s="6">
         <v>43678.0</v>
       </c>
       <c r="B572">
         <v>1369</v>
       </c>
       <c r="C572">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D572">
         <v>175</v>
       </c>
       <c r="E572">
         <v>1561</v>
       </c>
       <c r="F572">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="G572">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="H572">
-        <v>19092</v>
+        <v>19073</v>
       </c>
       <c r="I572">
-        <v>6920</v>
+        <v>6936</v>
       </c>
       <c r="J572">
         <v>1139</v>
       </c>
       <c r="K572">
-        <v>25663</v>
+        <v>25659</v>
       </c>
       <c r="L572">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="M572">
-        <v>27152</v>
+        <v>27149</v>
       </c>
     </row>
     <row r="573" spans="1:26">
       <c r="A573" s="6">
         <v>43709.0</v>
       </c>
       <c r="B573">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="C573">
         <v>343</v>
       </c>
       <c r="D573">
         <v>171</v>
       </c>
       <c r="E573">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="F573">
         <v>392</v>
       </c>
       <c r="G573">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="H573">
-        <v>16202</v>
+        <v>16207</v>
       </c>
       <c r="I573">
         <v>5818</v>
       </c>
       <c r="J573">
         <v>1286</v>
       </c>
       <c r="K573">
-        <v>21777</v>
+        <v>21781</v>
       </c>
       <c r="L573">
         <v>1530</v>
       </c>
       <c r="M573">
-        <v>23307</v>
+        <v>23311</v>
       </c>
     </row>
     <row r="574" spans="1:26">
       <c r="A574" s="6">
         <v>43739.0</v>
       </c>
       <c r="B574">
         <v>1262</v>
       </c>
       <c r="C574">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D574">
         <v>176</v>
       </c>
       <c r="E574">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="F574">
         <v>395</v>
       </c>
       <c r="G574">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="H574">
-        <v>16975</v>
+        <v>16958</v>
       </c>
       <c r="I574">
-        <v>6473</v>
+        <v>6491</v>
       </c>
       <c r="J574">
         <v>1296</v>
       </c>
       <c r="K574">
-        <v>23244</v>
+        <v>23245</v>
       </c>
       <c r="L574">
         <v>1500</v>
       </c>
       <c r="M574">
-        <v>24744</v>
+        <v>24745</v>
       </c>
     </row>
     <row r="575" spans="1:26">
       <c r="A575" s="6">
         <v>43770.0</v>
       </c>
       <c r="B575">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="C575">
         <v>344</v>
       </c>
       <c r="D575">
         <v>149</v>
       </c>
       <c r="E575">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="F575">
         <v>306</v>
       </c>
       <c r="G575">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="H575">
-        <v>14265</v>
+        <v>14269</v>
       </c>
       <c r="I575">
         <v>5938</v>
       </c>
       <c r="J575">
         <v>1114</v>
       </c>
       <c r="K575">
-        <v>20177</v>
+        <v>20181</v>
       </c>
       <c r="L575">
         <v>1140</v>
       </c>
       <c r="M575">
-        <v>21318</v>
+        <v>21321</v>
       </c>
     </row>
     <row r="576" spans="1:26">
       <c r="A576" s="6">
         <v>43800.0</v>
       </c>
       <c r="B576">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="C576">
         <v>237</v>
       </c>
       <c r="D576">
         <v>148</v>
       </c>
       <c r="E576">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="F576">
         <v>344</v>
       </c>
       <c r="G576">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="H576">
-        <v>11958</v>
+        <v>11993</v>
       </c>
       <c r="I576">
         <v>3982</v>
       </c>
       <c r="J576">
         <v>1044</v>
       </c>
       <c r="K576">
-        <v>15651</v>
+        <v>15686</v>
       </c>
       <c r="L576">
         <v>1333</v>
       </c>
       <c r="M576">
-        <v>16984</v>
+        <v>17019</v>
       </c>
     </row>
     <row r="577" spans="1:26">
       <c r="A577" s="6">
         <v>43831.0</v>
       </c>
       <c r="B577">
         <v>1025</v>
       </c>
       <c r="C577">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="D577">
         <v>144</v>
       </c>
       <c r="E577">
-        <v>1177</v>
+        <v>1176</v>
       </c>
       <c r="F577">
         <v>270</v>
       </c>
       <c r="G577">
-        <v>1447</v>
+        <v>1446</v>
       </c>
       <c r="H577">
         <v>15038</v>
       </c>
       <c r="I577">
-        <v>4801</v>
+        <v>4786</v>
       </c>
       <c r="J577">
         <v>1365</v>
       </c>
       <c r="K577">
-        <v>20128</v>
+        <v>20112</v>
       </c>
       <c r="L577">
         <v>1077</v>
       </c>
       <c r="M577">
-        <v>21204</v>
+        <v>21189</v>
       </c>
     </row>
     <row r="578" spans="1:26">
       <c r="A578" s="6">
         <v>43862.0</v>
       </c>
       <c r="B578">
         <v>1011</v>
       </c>
       <c r="C578">
         <v>292</v>
       </c>
       <c r="D578">
         <v>120</v>
       </c>
       <c r="E578">
         <v>1175</v>
       </c>
       <c r="F578">
         <v>248</v>
       </c>
       <c r="G578">
         <v>1423</v>
       </c>
       <c r="H578">
         <v>15055</v>
       </c>
       <c r="I578">
         <v>5255</v>
       </c>
       <c r="J578">
         <v>958</v>
       </c>
       <c r="K578">
         <v>20322</v>
       </c>
       <c r="L578">
         <v>947</v>
       </c>
       <c r="M578">
         <v>21269</v>
       </c>
     </row>
     <row r="579" spans="1:26">
       <c r="A579" s="6">
         <v>43891.0</v>
       </c>
       <c r="B579">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="C579">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D579">
         <v>110</v>
       </c>
       <c r="E579">
         <v>1103</v>
       </c>
       <c r="F579">
         <v>196</v>
       </c>
       <c r="G579">
         <v>1299</v>
       </c>
       <c r="H579">
-        <v>14095</v>
+        <v>14074</v>
       </c>
       <c r="I579">
-        <v>4878</v>
+        <v>4900</v>
       </c>
       <c r="J579">
         <v>993</v>
       </c>
       <c r="K579">
         <v>19121</v>
       </c>
       <c r="L579">
         <v>845</v>
       </c>
       <c r="M579">
         <v>19966</v>
       </c>
     </row>
     <row r="580" spans="1:26">
       <c r="A580" s="6">
         <v>43922.0</v>
       </c>
       <c r="B580">
         <v>541</v>
       </c>
       <c r="C580">
         <v>288</v>
       </c>
       <c r="D580">
@@ -24039,2544 +24039,2585 @@
       </c>
       <c r="H583">
         <v>5288</v>
       </c>
       <c r="I583">
         <v>3394</v>
       </c>
       <c r="J583">
         <v>538</v>
       </c>
       <c r="K583">
         <v>8747</v>
       </c>
       <c r="L583">
         <v>473</v>
       </c>
       <c r="M583">
         <v>9220</v>
       </c>
     </row>
     <row r="584" spans="1:26">
       <c r="A584" s="6">
         <v>44044.0</v>
       </c>
       <c r="B584">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="C584">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D584">
         <v>76</v>
       </c>
       <c r="E584">
         <v>536</v>
       </c>
       <c r="F584">
         <v>158</v>
       </c>
       <c r="G584">
         <v>694</v>
       </c>
       <c r="H584">
-        <v>7167</v>
+        <v>7147</v>
       </c>
       <c r="I584">
-        <v>2589</v>
+        <v>2611</v>
       </c>
       <c r="J584">
         <v>460</v>
       </c>
       <c r="K584">
-        <v>9615</v>
+        <v>9617</v>
       </c>
       <c r="L584">
         <v>601</v>
       </c>
       <c r="M584">
-        <v>10216</v>
+        <v>10218</v>
       </c>
     </row>
     <row r="585" spans="1:26">
       <c r="A585" s="6">
         <v>44075.0</v>
       </c>
       <c r="B585">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C585">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D585">
         <v>75</v>
       </c>
       <c r="E585">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="F585">
         <v>151</v>
       </c>
       <c r="G585">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="H585">
-        <v>7403</v>
+        <v>7424</v>
       </c>
       <c r="I585">
-        <v>4123</v>
+        <v>4139</v>
       </c>
       <c r="J585">
         <v>514</v>
       </c>
       <c r="K585">
-        <v>11510</v>
+        <v>11547</v>
       </c>
       <c r="L585">
         <v>530</v>
       </c>
       <c r="M585">
-        <v>12040</v>
+        <v>12077</v>
       </c>
     </row>
     <row r="586" spans="1:26">
       <c r="A586" s="6">
         <v>44105.0</v>
       </c>
       <c r="B586">
         <v>556</v>
       </c>
       <c r="C586">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="D586">
         <v>108</v>
       </c>
       <c r="E586">
-        <v>654</v>
+        <v>653</v>
       </c>
       <c r="F586">
         <v>188</v>
       </c>
       <c r="G586">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="H586">
         <v>8003</v>
       </c>
       <c r="I586">
-        <v>3151</v>
+        <v>3134</v>
       </c>
       <c r="J586">
         <v>687</v>
       </c>
       <c r="K586">
-        <v>11241</v>
+        <v>11224</v>
       </c>
       <c r="L586">
         <v>600</v>
       </c>
       <c r="M586">
-        <v>11841</v>
+        <v>11824</v>
       </c>
     </row>
     <row r="587" spans="1:26">
       <c r="A587" s="6">
         <v>44136.0</v>
       </c>
       <c r="B587">
         <v>563</v>
       </c>
       <c r="C587">
         <v>208</v>
       </c>
       <c r="D587">
         <v>93</v>
       </c>
       <c r="E587">
         <v>702</v>
       </c>
       <c r="F587">
         <v>162</v>
       </c>
       <c r="G587">
         <v>864</v>
       </c>
       <c r="H587">
         <v>8644</v>
       </c>
       <c r="I587">
         <v>3782</v>
       </c>
       <c r="J587">
         <v>651</v>
       </c>
       <c r="K587">
         <v>12513</v>
       </c>
       <c r="L587">
         <v>562</v>
       </c>
       <c r="M587">
         <v>13076</v>
       </c>
     </row>
     <row r="588" spans="1:26">
       <c r="A588" s="6">
         <v>44166.0</v>
       </c>
       <c r="B588">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="C588">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D588">
         <v>91</v>
       </c>
       <c r="E588">
         <v>679</v>
       </c>
       <c r="F588">
         <v>151</v>
       </c>
       <c r="G588">
         <v>830</v>
       </c>
       <c r="H588">
-        <v>7260</v>
+        <v>7240</v>
       </c>
       <c r="I588">
-        <v>4475</v>
+        <v>4494</v>
       </c>
       <c r="J588">
         <v>799</v>
       </c>
       <c r="K588">
         <v>11937</v>
       </c>
       <c r="L588">
         <v>597</v>
       </c>
       <c r="M588">
         <v>12534</v>
       </c>
     </row>
     <row r="589" spans="1:26">
       <c r="A589" s="6">
         <v>44197.0</v>
       </c>
       <c r="B589">
         <v>608</v>
       </c>
       <c r="C589">
         <v>176</v>
       </c>
       <c r="D589">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E589">
         <v>690</v>
       </c>
       <c r="F589">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G589">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="H589">
         <v>9161</v>
       </c>
       <c r="I589">
         <v>3245</v>
       </c>
       <c r="J589">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="K589">
         <v>12248</v>
       </c>
       <c r="L589">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="M589">
-        <v>13128</v>
+        <v>13130</v>
       </c>
     </row>
     <row r="590" spans="1:26">
       <c r="A590" s="6">
         <v>44228.0</v>
       </c>
       <c r="B590">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C590">
         <v>216</v>
       </c>
       <c r="D590">
         <v>61</v>
       </c>
       <c r="E590">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="F590">
         <v>133</v>
       </c>
       <c r="G590">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="H590">
-        <v>7504</v>
+        <v>7525</v>
       </c>
       <c r="I590">
         <v>4067</v>
       </c>
       <c r="J590">
         <v>464</v>
       </c>
       <c r="K590">
-        <v>11602</v>
+        <v>11622</v>
       </c>
       <c r="L590">
         <v>433</v>
       </c>
       <c r="M590">
-        <v>12035</v>
+        <v>12055</v>
       </c>
     </row>
     <row r="591" spans="1:26">
       <c r="A591" s="6">
         <v>44256.0</v>
       </c>
       <c r="B591">
         <v>693</v>
       </c>
       <c r="C591">
         <v>211</v>
       </c>
       <c r="D591">
         <v>80</v>
       </c>
       <c r="E591">
         <v>811</v>
       </c>
       <c r="F591">
         <v>173</v>
       </c>
       <c r="G591">
         <v>984</v>
       </c>
       <c r="H591">
-        <v>10390</v>
+        <v>10387</v>
       </c>
       <c r="I591">
         <v>3841</v>
       </c>
       <c r="J591">
         <v>600</v>
       </c>
       <c r="K591">
-        <v>14209</v>
+        <v>14207</v>
       </c>
       <c r="L591">
         <v>622</v>
       </c>
       <c r="M591">
-        <v>14831</v>
+        <v>14829</v>
       </c>
     </row>
     <row r="592" spans="1:26">
       <c r="A592" s="6">
         <v>44287.0</v>
       </c>
       <c r="B592">
         <v>855</v>
       </c>
       <c r="C592">
         <v>233</v>
       </c>
       <c r="D592">
         <v>89</v>
       </c>
       <c r="E592">
-        <v>955</v>
+        <v>954</v>
       </c>
       <c r="F592">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="G592">
         <v>1177</v>
       </c>
       <c r="H592">
-        <v>13107</v>
+        <v>13090</v>
       </c>
       <c r="I592">
         <v>4309</v>
       </c>
       <c r="J592">
         <v>637</v>
       </c>
       <c r="K592">
-        <v>17276</v>
+        <v>17258</v>
       </c>
       <c r="L592">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="M592">
-        <v>18052</v>
+        <v>18035</v>
       </c>
     </row>
     <row r="593" spans="1:26">
       <c r="A593" s="6">
         <v>44317.0</v>
       </c>
       <c r="B593">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C593">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="D593">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="E593">
-        <v>923</v>
+        <v>922</v>
       </c>
       <c r="F593">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="G593">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="H593">
-        <v>11320</v>
+        <v>11321</v>
       </c>
       <c r="I593">
-        <v>4995</v>
+        <v>4951</v>
       </c>
       <c r="J593">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="K593">
-        <v>16297</v>
+        <v>16254</v>
       </c>
       <c r="L593">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="M593">
-        <v>17135</v>
+        <v>17091</v>
       </c>
     </row>
     <row r="594" spans="1:26">
       <c r="A594" s="6">
         <v>44348.0</v>
       </c>
       <c r="B594">
-        <v>736</v>
+        <v>735</v>
       </c>
       <c r="C594">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D594">
         <v>109</v>
       </c>
       <c r="E594">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="F594">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="G594">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="H594">
-        <v>10609</v>
+        <v>10607</v>
       </c>
       <c r="I594">
-        <v>4996</v>
+        <v>5039</v>
       </c>
       <c r="J594">
         <v>648</v>
       </c>
       <c r="K594">
-        <v>15270</v>
+        <v>15313</v>
       </c>
       <c r="L594">
-        <v>983</v>
+        <v>981</v>
       </c>
       <c r="M594">
-        <v>16253</v>
+        <v>16294</v>
       </c>
     </row>
     <row r="595" spans="1:26">
       <c r="A595" s="6">
         <v>44378.0</v>
       </c>
       <c r="B595">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="C595">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="D595">
         <v>100</v>
       </c>
       <c r="E595">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="F595">
         <v>236</v>
       </c>
       <c r="G595">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="H595">
-        <v>11153</v>
+        <v>11229</v>
       </c>
       <c r="I595">
-        <v>4121</v>
+        <v>4102</v>
       </c>
       <c r="J595">
         <v>725</v>
       </c>
       <c r="K595">
-        <v>15067</v>
+        <v>15124</v>
       </c>
       <c r="L595">
         <v>932</v>
       </c>
       <c r="M595">
-        <v>15999</v>
+        <v>16056</v>
       </c>
     </row>
     <row r="596" spans="1:26">
       <c r="A596" s="6">
         <v>44409.0</v>
       </c>
       <c r="B596">
-        <v>912</v>
+        <v>911</v>
       </c>
       <c r="C596">
         <v>238</v>
       </c>
       <c r="D596">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E596">
-        <v>1000</v>
+        <v>999</v>
       </c>
       <c r="F596">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G596">
         <v>1281</v>
       </c>
       <c r="H596">
-        <v>13524</v>
+        <v>13505</v>
       </c>
       <c r="I596">
         <v>4295</v>
       </c>
       <c r="J596">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="K596">
-        <v>17701</v>
+        <v>17682</v>
       </c>
       <c r="L596">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="M596">
-        <v>18794</v>
+        <v>18777</v>
       </c>
     </row>
     <row r="597" spans="1:26">
       <c r="A597" s="6">
         <v>44440.0</v>
       </c>
       <c r="B597">
         <v>761</v>
       </c>
       <c r="C597">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D597">
         <v>135</v>
       </c>
       <c r="E597">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="F597">
         <v>336</v>
       </c>
       <c r="G597">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="H597">
-        <v>10143</v>
+        <v>10141</v>
       </c>
       <c r="I597">
-        <v>5341</v>
+        <v>5382</v>
       </c>
       <c r="J597">
         <v>918</v>
       </c>
       <c r="K597">
-        <v>15179</v>
+        <v>15218</v>
       </c>
       <c r="L597">
         <v>1224</v>
       </c>
       <c r="M597">
-        <v>16402</v>
+        <v>16441</v>
       </c>
     </row>
     <row r="598" spans="1:26">
       <c r="A598" s="6">
         <v>44470.0</v>
       </c>
       <c r="B598">
-        <v>841</v>
+        <v>833</v>
       </c>
       <c r="C598">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="D598">
         <v>158</v>
       </c>
       <c r="E598">
-        <v>1021</v>
+        <v>1016</v>
       </c>
       <c r="F598">
         <v>299</v>
       </c>
       <c r="G598">
-        <v>1320</v>
+        <v>1315</v>
       </c>
       <c r="H598">
-        <v>12092</v>
+        <v>11944</v>
       </c>
       <c r="I598">
-        <v>6058</v>
+        <v>6112</v>
       </c>
       <c r="J598">
         <v>1056</v>
       </c>
       <c r="K598">
-        <v>18074</v>
+        <v>17981</v>
       </c>
       <c r="L598">
         <v>1132</v>
       </c>
       <c r="M598">
-        <v>19206</v>
+        <v>19113</v>
       </c>
     </row>
     <row r="599" spans="1:26">
       <c r="A599" s="6">
         <v>44501.0</v>
       </c>
       <c r="B599">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="C599">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="D599">
         <v>120</v>
       </c>
       <c r="E599">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="F599">
         <v>304</v>
       </c>
       <c r="G599">
-        <v>1251</v>
+        <v>1258</v>
       </c>
       <c r="H599">
-        <v>11516</v>
+        <v>11690</v>
       </c>
       <c r="I599">
-        <v>5252</v>
+        <v>5229</v>
       </c>
       <c r="J599">
         <v>823</v>
       </c>
       <c r="K599">
-        <v>16503</v>
+        <v>16655</v>
       </c>
       <c r="L599">
         <v>1088</v>
       </c>
       <c r="M599">
-        <v>17591</v>
+        <v>17742</v>
       </c>
     </row>
     <row r="600" spans="1:26">
       <c r="A600" s="6">
         <v>44531.0</v>
       </c>
       <c r="B600">
-        <v>789</v>
+        <v>780</v>
       </c>
       <c r="C600">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D600">
         <v>128</v>
       </c>
       <c r="E600">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="F600">
         <v>286</v>
       </c>
       <c r="G600">
-        <v>1169</v>
+        <v>1162</v>
       </c>
       <c r="H600">
-        <v>11218</v>
+        <v>11022</v>
       </c>
       <c r="I600">
-        <v>4537</v>
+        <v>4583</v>
       </c>
       <c r="J600">
         <v>954</v>
       </c>
       <c r="K600">
-        <v>15596</v>
+        <v>15446</v>
       </c>
       <c r="L600">
         <v>1113</v>
       </c>
       <c r="M600">
-        <v>16709</v>
+        <v>16559</v>
       </c>
     </row>
     <row r="601" spans="1:26">
       <c r="A601" s="6">
         <v>44562.0</v>
       </c>
       <c r="B601">
-        <v>908</v>
+        <v>918</v>
       </c>
       <c r="C601">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D601">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="E601">
-        <v>990</v>
+        <v>995</v>
       </c>
       <c r="F601">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="G601">
-        <v>1306</v>
+        <v>1313</v>
       </c>
       <c r="H601">
-        <v>12987</v>
+        <v>13124</v>
       </c>
       <c r="I601">
-        <v>4443</v>
+        <v>4467</v>
       </c>
       <c r="J601">
-        <v>1078</v>
+        <v>989</v>
       </c>
       <c r="K601">
-        <v>17356</v>
+        <v>17424</v>
       </c>
       <c r="L601">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="M601">
-        <v>18509</v>
+        <v>18581</v>
       </c>
     </row>
     <row r="602" spans="1:26">
       <c r="A602" s="6">
         <v>44593.0</v>
       </c>
       <c r="B602">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C602">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="D602">
         <v>105</v>
       </c>
       <c r="E602">
-        <v>807</v>
+        <v>801</v>
       </c>
       <c r="F602">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="G602">
-        <v>1038</v>
+        <v>1033</v>
       </c>
       <c r="H602">
-        <v>10446</v>
+        <v>10492</v>
       </c>
       <c r="I602">
-        <v>4379</v>
+        <v>4270</v>
       </c>
       <c r="J602">
         <v>765</v>
       </c>
       <c r="K602">
-        <v>14639</v>
+        <v>14572</v>
       </c>
       <c r="L602">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="M602">
-        <v>15591</v>
+        <v>15526</v>
       </c>
     </row>
     <row r="603" spans="1:26">
       <c r="A603" s="6">
         <v>44621.0</v>
       </c>
       <c r="B603">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C603">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="D603">
         <v>120</v>
       </c>
       <c r="E603">
-        <v>1020</v>
+        <v>1026</v>
       </c>
       <c r="F603">
         <v>293</v>
       </c>
       <c r="G603">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="H603">
-        <v>12329</v>
+        <v>12367</v>
       </c>
       <c r="I603">
-        <v>6391</v>
+        <v>6466</v>
       </c>
       <c r="J603">
         <v>919</v>
       </c>
       <c r="K603">
-        <v>18430</v>
+        <v>18544</v>
       </c>
       <c r="L603">
         <v>1208</v>
       </c>
       <c r="M603">
-        <v>19639</v>
+        <v>19752</v>
       </c>
     </row>
     <row r="604" spans="1:26">
       <c r="A604" s="6">
         <v>44652.0</v>
       </c>
       <c r="B604">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="C604">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="D604">
         <v>109</v>
       </c>
       <c r="E604">
-        <v>912</v>
+        <v>906</v>
       </c>
       <c r="F604">
         <v>302</v>
       </c>
       <c r="G604">
-        <v>1214</v>
+        <v>1208</v>
       </c>
       <c r="H604">
-        <v>12101</v>
+        <v>12041</v>
       </c>
       <c r="I604">
-        <v>4770</v>
+        <v>4744</v>
       </c>
       <c r="J604">
         <v>831</v>
       </c>
       <c r="K604">
-        <v>16548</v>
+        <v>16462</v>
       </c>
       <c r="L604">
         <v>1153</v>
       </c>
       <c r="M604">
-        <v>17701</v>
+        <v>17615</v>
       </c>
     </row>
     <row r="605" spans="1:26">
       <c r="A605" s="6">
         <v>44682.0</v>
       </c>
       <c r="B605">
-        <v>890</v>
+        <v>889</v>
       </c>
       <c r="C605">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="D605">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E605">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="F605">
         <v>322</v>
       </c>
       <c r="G605">
-        <v>1393</v>
+        <v>1398</v>
       </c>
       <c r="H605">
-        <v>13217</v>
+        <v>13199</v>
       </c>
       <c r="I605">
-        <v>6247</v>
+        <v>6355</v>
       </c>
       <c r="J605">
-        <v>1120</v>
+        <v>1139</v>
       </c>
       <c r="K605">
-        <v>19334</v>
+        <v>19443</v>
       </c>
       <c r="L605">
         <v>1251</v>
       </c>
       <c r="M605">
-        <v>20584</v>
+        <v>20693</v>
       </c>
     </row>
     <row r="606" spans="1:26">
       <c r="A606" s="6">
         <v>44713.0</v>
       </c>
       <c r="B606">
-        <v>914</v>
+        <v>912</v>
       </c>
       <c r="C606">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="D606">
         <v>151</v>
       </c>
       <c r="E606">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="F606">
         <v>321</v>
       </c>
       <c r="G606">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="H606">
-        <v>13534</v>
+        <v>13489</v>
       </c>
       <c r="I606">
-        <v>6113</v>
+        <v>6172</v>
       </c>
       <c r="J606">
         <v>992</v>
       </c>
       <c r="K606">
-        <v>19552</v>
+        <v>19566</v>
       </c>
       <c r="L606">
         <v>1088</v>
       </c>
       <c r="M606">
-        <v>20640</v>
+        <v>20654</v>
       </c>
     </row>
     <row r="607" spans="1:26">
       <c r="A607" s="6">
         <v>44743.0</v>
       </c>
       <c r="B607">
         <v>846</v>
       </c>
       <c r="C607">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D607">
         <v>119</v>
       </c>
       <c r="E607">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="F607">
         <v>295</v>
       </c>
       <c r="G607">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="H607">
-        <v>12555</v>
+        <v>12568</v>
       </c>
       <c r="I607">
-        <v>6850</v>
+        <v>6895</v>
       </c>
       <c r="J607">
         <v>818</v>
       </c>
       <c r="K607">
-        <v>19084</v>
+        <v>19142</v>
       </c>
       <c r="L607">
         <v>1139</v>
       </c>
       <c r="M607">
-        <v>20224</v>
+        <v>20281</v>
       </c>
     </row>
     <row r="608" spans="1:26">
       <c r="A608" s="6">
         <v>44774.0</v>
       </c>
       <c r="B608">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="C608">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="D608">
         <v>135</v>
       </c>
       <c r="E608">
-        <v>1124</v>
+        <v>1118</v>
       </c>
       <c r="F608">
         <v>334</v>
       </c>
       <c r="G608">
-        <v>1458</v>
+        <v>1452</v>
       </c>
       <c r="H608">
-        <v>14678</v>
+        <v>14629</v>
       </c>
       <c r="I608">
-        <v>5998</v>
+        <v>5926</v>
       </c>
       <c r="J608">
         <v>954</v>
       </c>
       <c r="K608">
-        <v>20450</v>
+        <v>20329</v>
       </c>
       <c r="L608">
         <v>1179</v>
       </c>
       <c r="M608">
-        <v>21630</v>
+        <v>21509</v>
       </c>
     </row>
     <row r="609" spans="1:26">
       <c r="A609" s="6">
         <v>44805.0</v>
       </c>
       <c r="B609">
-        <v>1051</v>
+        <v>1047</v>
       </c>
       <c r="C609">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="D609">
-        <v>149</v>
+        <v>126</v>
       </c>
       <c r="E609">
-        <v>1217</v>
+        <v>1185</v>
       </c>
       <c r="F609">
-        <v>340</v>
+        <v>333</v>
       </c>
       <c r="G609">
-        <v>1557</v>
+        <v>1518</v>
       </c>
       <c r="H609">
-        <v>16057</v>
+        <v>15960</v>
       </c>
       <c r="I609">
-        <v>6594</v>
+        <v>6200</v>
       </c>
       <c r="J609">
-        <v>1060</v>
+        <v>987</v>
       </c>
       <c r="K609">
-        <v>22417</v>
+        <v>22053</v>
       </c>
       <c r="L609">
-        <v>1294</v>
+        <v>1094</v>
       </c>
       <c r="M609">
-        <v>23711</v>
+        <v>23147</v>
       </c>
     </row>
     <row r="610" spans="1:26">
       <c r="A610" s="6">
         <v>44835.0</v>
       </c>
       <c r="B610">
-        <v>1030</v>
+        <v>1025</v>
       </c>
       <c r="C610">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="D610">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="E610">
         <v>1181</v>
       </c>
       <c r="F610">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="G610">
-        <v>1544</v>
+        <v>1543</v>
       </c>
       <c r="H610">
-        <v>15282</v>
+        <v>15191</v>
       </c>
       <c r="I610">
-        <v>6723</v>
+        <v>6782</v>
       </c>
       <c r="J610">
-        <v>1124</v>
+        <v>1143</v>
       </c>
       <c r="K610">
-        <v>21677</v>
+        <v>21670</v>
       </c>
       <c r="L610">
-        <v>1452</v>
+        <v>1446</v>
       </c>
       <c r="M610">
-        <v>23129</v>
+        <v>23116</v>
       </c>
     </row>
     <row r="611" spans="1:26">
       <c r="A611" s="6">
         <v>44866.0</v>
       </c>
       <c r="B611">
-        <v>959</v>
+        <v>995</v>
       </c>
       <c r="C611">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="D611">
         <v>141</v>
       </c>
       <c r="E611">
-        <v>1173</v>
+        <v>1204</v>
       </c>
       <c r="F611">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="G611">
-        <v>1492</v>
+        <v>1527</v>
       </c>
       <c r="H611">
-        <v>14068</v>
+        <v>14800</v>
       </c>
       <c r="I611">
-        <v>7241</v>
+        <v>7197</v>
       </c>
       <c r="J611">
-        <v>1212</v>
+        <v>1230</v>
       </c>
       <c r="K611">
-        <v>21317</v>
+        <v>22006</v>
       </c>
       <c r="L611">
-        <v>1203</v>
+        <v>1221</v>
       </c>
       <c r="M611">
-        <v>22520</v>
+        <v>23228</v>
       </c>
     </row>
     <row r="612" spans="1:26">
       <c r="A612" s="6">
         <v>44896.0</v>
       </c>
       <c r="B612">
-        <v>962</v>
+        <v>998</v>
       </c>
       <c r="C612">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="D612">
         <v>141</v>
       </c>
       <c r="E612">
-        <v>1147</v>
+        <v>1169</v>
       </c>
       <c r="F612">
-        <v>298</v>
+        <v>309</v>
       </c>
       <c r="G612">
-        <v>1445</v>
+        <v>1478</v>
       </c>
       <c r="H612">
-        <v>14415</v>
+        <v>15056</v>
       </c>
       <c r="I612">
-        <v>6453</v>
+        <v>6329</v>
       </c>
       <c r="J612">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="K612">
-        <v>20844</v>
+        <v>21366</v>
       </c>
       <c r="L612">
-        <v>1120</v>
+        <v>1119</v>
       </c>
       <c r="M612">
-        <v>21965</v>
+        <v>22485</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
-        <v>951</v>
+        <v>987</v>
       </c>
       <c r="C613">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="D613">
         <v>140</v>
       </c>
       <c r="E613">
-        <v>1124</v>
+        <v>1155</v>
       </c>
       <c r="F613">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="G613">
-        <v>1432</v>
+        <v>1466</v>
       </c>
       <c r="H613">
-        <v>14139</v>
+        <v>14878</v>
       </c>
       <c r="I613">
-        <v>6384</v>
+        <v>6324</v>
       </c>
       <c r="J613">
-        <v>1131</v>
+        <v>1137</v>
       </c>
       <c r="K613">
-        <v>20426</v>
+        <v>21110</v>
       </c>
       <c r="L613">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="M613">
-        <v>21654</v>
+        <v>22339</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
-        <v>932</v>
+        <v>967</v>
       </c>
       <c r="C614">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="D614">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E614">
-        <v>1183</v>
+        <v>1213</v>
       </c>
       <c r="F614">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="G614">
-        <v>1409</v>
+        <v>1441</v>
       </c>
       <c r="H614">
-        <v>14408</v>
+        <v>15130</v>
       </c>
       <c r="I614">
-        <v>6915</v>
+        <v>6848</v>
       </c>
       <c r="J614">
-        <v>1027</v>
+        <v>1044</v>
       </c>
       <c r="K614">
-        <v>21498</v>
+        <v>22171</v>
       </c>
       <c r="L614">
         <v>851</v>
       </c>
       <c r="M614">
-        <v>22349</v>
+        <v>23022</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
-        <v>912</v>
+        <v>947</v>
       </c>
       <c r="C615">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="D615">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E615">
-        <v>1143</v>
+        <v>1175</v>
       </c>
       <c r="F615">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="G615">
-        <v>1397</v>
+        <v>1431</v>
       </c>
       <c r="H615">
-        <v>14314</v>
+        <v>14818</v>
       </c>
       <c r="I615">
-        <v>6522</v>
+        <v>6673</v>
       </c>
       <c r="J615">
-        <v>979</v>
+        <v>1029</v>
       </c>
       <c r="K615">
-        <v>20772</v>
+        <v>21476</v>
       </c>
       <c r="L615">
         <v>1044</v>
       </c>
       <c r="M615">
-        <v>21815</v>
+        <v>22520</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
-        <v>927</v>
+        <v>945</v>
       </c>
       <c r="C616">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="D616">
         <v>136</v>
       </c>
       <c r="E616">
-        <v>1174</v>
+        <v>1187</v>
       </c>
       <c r="F616">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G616">
-        <v>1413</v>
+        <v>1430</v>
       </c>
       <c r="H616">
-        <v>15334</v>
+        <v>15305</v>
       </c>
       <c r="I616">
-        <v>6465</v>
+        <v>6397</v>
       </c>
       <c r="J616">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="K616">
-        <v>21828</v>
+        <v>21747</v>
       </c>
       <c r="L616">
-        <v>939</v>
+        <v>929</v>
       </c>
       <c r="M616">
-        <v>22766</v>
+        <v>22676</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="C617">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="D617">
         <v>132</v>
       </c>
       <c r="E617">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="F617">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="G617">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="H617">
-        <v>15194</v>
+        <v>15249</v>
       </c>
       <c r="I617">
-        <v>5874</v>
+        <v>5792</v>
       </c>
       <c r="J617">
-        <v>939</v>
+        <v>945</v>
       </c>
       <c r="K617">
-        <v>21058</v>
+        <v>21083</v>
       </c>
       <c r="L617">
-        <v>948</v>
+        <v>903</v>
       </c>
       <c r="M617">
-        <v>22006</v>
+        <v>21986</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
-        <v>957</v>
+        <v>953</v>
       </c>
       <c r="C618">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="D618">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="E618">
-        <v>1145</v>
+        <v>1140</v>
       </c>
       <c r="F618">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G618">
-        <v>1373</v>
+        <v>1366</v>
       </c>
       <c r="H618">
-        <v>15595</v>
+        <v>15543</v>
       </c>
       <c r="I618">
-        <v>5338</v>
+        <v>5279</v>
       </c>
       <c r="J618">
-        <v>904</v>
+        <v>895</v>
       </c>
       <c r="K618">
-        <v>20972</v>
+        <v>20877</v>
       </c>
       <c r="L618">
-        <v>864</v>
+        <v>841</v>
       </c>
       <c r="M618">
-        <v>21836</v>
+        <v>21717</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="C619">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="D619">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="E619">
         <v>1123</v>
       </c>
       <c r="F619">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="G619">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="H619">
-        <v>14713</v>
+        <v>14614</v>
       </c>
       <c r="I619">
-        <v>6273</v>
+        <v>6357</v>
       </c>
       <c r="J619">
-        <v>939</v>
+        <v>973</v>
       </c>
       <c r="K619">
-        <v>21056</v>
+        <v>21041</v>
       </c>
       <c r="L619">
-        <v>869</v>
+        <v>902</v>
       </c>
       <c r="M619">
-        <v>21925</v>
+        <v>21943</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="C620">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D620">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="E620">
         <v>1113</v>
       </c>
       <c r="F620">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="G620">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="H620">
         <v>15246</v>
       </c>
       <c r="I620">
         <v>5787</v>
       </c>
       <c r="J620">
         <v>967</v>
       </c>
       <c r="K620">
         <v>20988</v>
       </c>
       <c r="L620">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="M620">
         <v>21999</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>870</v>
       </c>
       <c r="C621">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="D621">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E621">
-        <v>1000</v>
+        <v>997</v>
       </c>
       <c r="F621">
         <v>245</v>
       </c>
       <c r="G621">
-        <v>1245</v>
+        <v>1242</v>
       </c>
       <c r="H621">
-        <v>14432</v>
+        <v>14417</v>
       </c>
       <c r="I621">
-        <v>4747</v>
+        <v>4692</v>
       </c>
       <c r="J621">
-        <v>840</v>
+        <v>831</v>
       </c>
       <c r="K621">
-        <v>19068</v>
+        <v>19008</v>
       </c>
       <c r="L621">
-        <v>950</v>
+        <v>932</v>
       </c>
       <c r="M621">
-        <v>20018</v>
+        <v>19940</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="C622">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="D622">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="E622">
-        <v>1207</v>
+        <v>1205</v>
       </c>
       <c r="F622">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="G622">
-        <v>1453</v>
+        <v>1452</v>
       </c>
       <c r="H622">
-        <v>16104</v>
+        <v>16068</v>
       </c>
       <c r="I622">
-        <v>6733</v>
+        <v>6788</v>
       </c>
       <c r="J622">
-        <v>982</v>
+        <v>974</v>
       </c>
       <c r="K622">
-        <v>22882</v>
+        <v>22918</v>
       </c>
       <c r="L622">
-        <v>935</v>
+        <v>912</v>
       </c>
       <c r="M622">
-        <v>23818</v>
+        <v>23830</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="C623">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="D623">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E623">
-        <v>964</v>
+        <v>958</v>
       </c>
       <c r="F623">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="G623">
-        <v>1198</v>
+        <v>1194</v>
       </c>
       <c r="H623">
-        <v>13404</v>
+        <v>13372</v>
       </c>
       <c r="I623">
-        <v>4876</v>
+        <v>4821</v>
       </c>
       <c r="J623">
-        <v>825</v>
+        <v>816</v>
       </c>
       <c r="K623">
-        <v>18219</v>
+        <v>18142</v>
       </c>
       <c r="L623">
-        <v>886</v>
+        <v>867</v>
       </c>
       <c r="M623">
-        <v>19105</v>
+        <v>19008</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
-        <v>856</v>
+        <v>855</v>
       </c>
       <c r="C624">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="D624">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="E624">
-        <v>1012</v>
+        <v>1010</v>
       </c>
       <c r="F624">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="G624">
-        <v>1237</v>
+        <v>1233</v>
       </c>
       <c r="H624">
-        <v>14105</v>
+        <v>14101</v>
       </c>
       <c r="I624">
-        <v>4929</v>
+        <v>4960</v>
       </c>
       <c r="J624">
-        <v>847</v>
+        <v>838</v>
       </c>
       <c r="K624">
-        <v>19033</v>
+        <v>19088</v>
       </c>
       <c r="L624">
-        <v>848</v>
+        <v>810</v>
       </c>
       <c r="M624">
-        <v>19881</v>
+        <v>19898</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>775</v>
+        <v>800</v>
       </c>
       <c r="C625">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D625">
         <v>113</v>
       </c>
       <c r="E625">
-        <v>968</v>
+        <v>990</v>
       </c>
       <c r="F625">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="G625">
-        <v>1150</v>
+        <v>1173</v>
       </c>
       <c r="H625">
-        <v>12215</v>
+        <v>12665</v>
       </c>
       <c r="I625">
-        <v>5276</v>
+        <v>5318</v>
       </c>
       <c r="J625">
-        <v>853</v>
+        <v>875</v>
       </c>
       <c r="K625">
-        <v>17591</v>
+        <v>18095</v>
       </c>
       <c r="L625">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="M625">
-        <v>18343</v>
+        <v>18858</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="C626">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="D626">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="E626">
-        <v>1084</v>
+        <v>1078</v>
       </c>
       <c r="F626">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="G626">
-        <v>1242</v>
+        <v>1235</v>
       </c>
       <c r="H626">
-        <v>14794</v>
+        <v>14759</v>
       </c>
       <c r="I626">
-        <v>5493</v>
+        <v>5466</v>
       </c>
       <c r="J626">
-        <v>847</v>
+        <v>831</v>
       </c>
       <c r="K626">
-        <v>20540</v>
+        <v>20487</v>
       </c>
       <c r="L626">
-        <v>594</v>
+        <v>568</v>
       </c>
       <c r="M626">
-        <v>21134</v>
+        <v>21055</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>832</v>
+        <v>837</v>
       </c>
       <c r="C627">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="D627">
         <v>113</v>
       </c>
       <c r="E627">
-        <v>1008</v>
+        <v>1013</v>
       </c>
       <c r="F627">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="G627">
-        <v>1198</v>
+        <v>1202</v>
       </c>
       <c r="H627">
-        <v>14363</v>
+        <v>14444</v>
       </c>
       <c r="I627">
-        <v>4673</v>
+        <v>4619</v>
       </c>
       <c r="J627">
         <v>991</v>
       </c>
       <c r="K627">
-        <v>19297</v>
+        <v>19357</v>
       </c>
       <c r="L627">
-        <v>730</v>
+        <v>697</v>
       </c>
       <c r="M627">
-        <v>20027</v>
+        <v>20054</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>945</v>
       </c>
       <c r="C628">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="D628">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="E628">
-        <v>1096</v>
+        <v>1094</v>
       </c>
       <c r="F628">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="G628">
-        <v>1306</v>
+        <v>1303</v>
       </c>
       <c r="H628">
         <v>16139</v>
       </c>
       <c r="I628">
         <v>4719</v>
       </c>
       <c r="J628">
-        <v>882</v>
+        <v>874</v>
       </c>
       <c r="K628">
-        <v>20948</v>
+        <v>20972</v>
       </c>
       <c r="L628">
-        <v>792</v>
+        <v>760</v>
       </c>
       <c r="M628">
-        <v>21740</v>
+        <v>21731</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>801</v>
+        <v>796</v>
       </c>
       <c r="C629">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="D629">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="E629">
-        <v>989</v>
+        <v>980</v>
       </c>
       <c r="F629">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="G629">
-        <v>1181</v>
+        <v>1179</v>
       </c>
       <c r="H629">
-        <v>13865</v>
+        <v>13738</v>
       </c>
       <c r="I629">
-        <v>5357</v>
+        <v>5446</v>
       </c>
       <c r="J629">
-        <v>804</v>
+        <v>795</v>
       </c>
       <c r="K629">
-        <v>19303</v>
+        <v>19246</v>
       </c>
       <c r="L629">
-        <v>723</v>
+        <v>733</v>
       </c>
       <c r="M629">
-        <v>20026</v>
+        <v>19979</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>801</v>
+        <v>810</v>
       </c>
       <c r="C630">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D630">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E630">
         <v>940</v>
       </c>
       <c r="F630">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="G630">
-        <v>1154</v>
+        <v>1163</v>
       </c>
       <c r="H630">
-        <v>13869</v>
+        <v>13876</v>
       </c>
       <c r="I630">
-        <v>4830</v>
+        <v>4829</v>
       </c>
       <c r="J630">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="K630">
         <v>18700</v>
       </c>
       <c r="L630">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="M630">
-        <v>19505</v>
+        <v>19508</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="C631">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="D631">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="E631">
-        <v>1064</v>
+        <v>1058</v>
       </c>
       <c r="F631">
         <v>247</v>
       </c>
       <c r="G631">
-        <v>1311</v>
+        <v>1305</v>
       </c>
       <c r="H631">
-        <v>15899</v>
+        <v>15820</v>
       </c>
       <c r="I631">
-        <v>4537</v>
+        <v>4530</v>
       </c>
       <c r="J631">
         <v>949</v>
       </c>
       <c r="K631">
-        <v>20456</v>
+        <v>20406</v>
       </c>
       <c r="L631">
-        <v>929</v>
+        <v>894</v>
       </c>
       <c r="M631">
-        <v>21385</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="C632">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D632">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E632">
-        <v>1019</v>
+        <v>1016</v>
       </c>
       <c r="F632">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="G632">
-        <v>1220</v>
+        <v>1219</v>
       </c>
       <c r="H632">
-        <v>15163</v>
+        <v>15139</v>
       </c>
       <c r="I632">
-        <v>4147</v>
+        <v>4143</v>
       </c>
       <c r="J632">
-        <v>842</v>
+        <v>831</v>
       </c>
       <c r="K632">
-        <v>19396</v>
+        <v>19378</v>
       </c>
       <c r="L632">
-        <v>756</v>
+        <v>735</v>
       </c>
       <c r="M632">
-        <v>20152</v>
+        <v>20113</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>799</v>
       </c>
       <c r="C633">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D633">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E633">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="F633">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="G633">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="H633">
-        <v>13856</v>
+        <v>13814</v>
       </c>
       <c r="I633">
-        <v>5688</v>
+        <v>5729</v>
       </c>
       <c r="J633">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="K633">
-        <v>19665</v>
+        <v>19676</v>
       </c>
       <c r="L633">
-        <v>683</v>
+        <v>669</v>
       </c>
       <c r="M633">
-        <v>20347</v>
+        <v>20345</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>950</v>
+        <v>961</v>
       </c>
       <c r="C634">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="D634">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="E634">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="F634">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="G634">
-        <v>1335</v>
+        <v>1342</v>
       </c>
       <c r="H634">
-        <v>16357</v>
+        <v>16505</v>
       </c>
       <c r="I634">
-        <v>5138</v>
+        <v>5102</v>
       </c>
       <c r="J634">
-        <v>911</v>
+        <v>902</v>
       </c>
       <c r="K634">
-        <v>21590</v>
+        <v>21705</v>
       </c>
       <c r="L634">
-        <v>815</v>
+        <v>805</v>
       </c>
       <c r="M634">
-        <v>22406</v>
+        <v>22509</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>749</v>
+        <v>772</v>
       </c>
       <c r="C635">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D635">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="E635">
-        <v>895</v>
+        <v>905</v>
       </c>
       <c r="F635">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="G635">
-        <v>1082</v>
+        <v>1101</v>
       </c>
       <c r="H635">
-        <v>12618</v>
+        <v>12691</v>
       </c>
       <c r="I635">
-        <v>4156</v>
+        <v>4085</v>
       </c>
       <c r="J635">
         <v>768</v>
       </c>
       <c r="K635">
-        <v>16837</v>
+        <v>16834</v>
       </c>
       <c r="L635">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="M635">
         <v>17543</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>755</v>
+        <v>778</v>
       </c>
       <c r="C636">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D636">
         <v>108</v>
       </c>
       <c r="E636">
-        <v>932</v>
+        <v>943</v>
       </c>
       <c r="F636">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="G636">
-        <v>1092</v>
+        <v>1111</v>
       </c>
       <c r="H636">
-        <v>13117</v>
+        <v>13144</v>
       </c>
       <c r="I636">
-        <v>4230</v>
+        <v>4124</v>
       </c>
       <c r="J636">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="K636">
-        <v>17503</v>
+        <v>17426</v>
       </c>
       <c r="L636">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="M636">
-        <v>18115</v>
+        <v>18041</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>738</v>
+        <v>766</v>
       </c>
       <c r="C637">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D637">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E637">
-        <v>952</v>
+        <v>975</v>
       </c>
       <c r="F637">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="G637">
-        <v>1105</v>
+        <v>1137</v>
       </c>
       <c r="H637">
-        <v>12893</v>
+        <v>12926</v>
       </c>
       <c r="I637">
-        <v>5223</v>
+        <v>5281</v>
       </c>
       <c r="J637">
-        <v>749</v>
+        <v>761</v>
       </c>
       <c r="K637">
-        <v>18290</v>
+        <v>18382</v>
       </c>
       <c r="L637">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="M637">
-        <v>18865</v>
+        <v>18968</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="C638">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="D638">
         <v>107</v>
       </c>
       <c r="E638">
-        <v>938</v>
+        <v>957</v>
       </c>
       <c r="F638">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="G638">
-        <v>1093</v>
+        <v>1117</v>
       </c>
       <c r="H638">
-        <v>12033</v>
+        <v>12432</v>
       </c>
       <c r="I638">
-        <v>4817</v>
+        <v>4851</v>
       </c>
       <c r="J638">
-        <v>779</v>
+        <v>788</v>
       </c>
       <c r="K638">
-        <v>17046</v>
+        <v>17492</v>
       </c>
       <c r="L638">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="M638">
-        <v>17629</v>
+        <v>18071</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>762</v>
+        <v>781</v>
       </c>
       <c r="C639">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D639">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="E639">
-        <v>946</v>
+        <v>965</v>
       </c>
       <c r="F639">
         <v>152</v>
       </c>
       <c r="G639">
-        <v>1098</v>
+        <v>1117</v>
       </c>
       <c r="H639">
-        <v>13475</v>
+        <v>14210</v>
       </c>
       <c r="I639">
-        <v>4470</v>
+        <v>4887</v>
       </c>
       <c r="J639">
-        <v>775</v>
+        <v>766</v>
       </c>
       <c r="K639">
-        <v>18146</v>
+        <v>19310</v>
       </c>
       <c r="L639">
-        <v>574</v>
+        <v>553</v>
       </c>
       <c r="M639">
-        <v>18720</v>
+        <v>19863</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>760</v>
+        <v>779</v>
       </c>
       <c r="C640">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D640">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="E640">
-        <v>919</v>
+        <v>932</v>
       </c>
       <c r="F640">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="G640">
-        <v>1087</v>
+        <v>1106</v>
       </c>
       <c r="H640">
-        <v>12125</v>
+        <v>12129</v>
       </c>
       <c r="I640">
-        <v>4376</v>
+        <v>4742</v>
       </c>
       <c r="J640">
-        <v>831</v>
+        <v>793</v>
       </c>
       <c r="K640">
-        <v>16701</v>
+        <v>17035</v>
       </c>
       <c r="L640">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="M640">
-        <v>17332</v>
+        <v>17665</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>735</v>
+        <v>758</v>
       </c>
       <c r="C641">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="D641">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E641">
-        <v>894</v>
+        <v>907</v>
       </c>
       <c r="F641">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="G641">
-        <v>1063</v>
+        <v>1082</v>
       </c>
       <c r="H641">
-        <v>11963</v>
+        <v>13585</v>
       </c>
       <c r="I641">
-        <v>4163</v>
+        <v>4032</v>
       </c>
       <c r="J641">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="K641">
-        <v>16247</v>
+        <v>17705</v>
       </c>
       <c r="L641">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="M641">
-        <v>16882</v>
+        <v>18362</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>679</v>
+        <v>701</v>
       </c>
       <c r="C642">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D642">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E642">
-        <v>876</v>
+        <v>890</v>
       </c>
       <c r="F642">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="G642">
-        <v>1027</v>
+        <v>1047</v>
       </c>
       <c r="H642">
-        <v>10766</v>
+        <v>11230</v>
       </c>
       <c r="I642">
-        <v>4952</v>
+        <v>4828</v>
       </c>
       <c r="J642">
-        <v>769</v>
+        <v>777</v>
       </c>
       <c r="K642">
-        <v>15919</v>
+        <v>16267</v>
       </c>
       <c r="L642">
         <v>568</v>
       </c>
       <c r="M642">
-        <v>16487</v>
+        <v>16835</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>652</v>
+        <v>675</v>
       </c>
       <c r="C643">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="D643">
         <v>98</v>
       </c>
       <c r="E643">
-        <v>831</v>
+        <v>845</v>
       </c>
       <c r="F643">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="G643">
-        <v>1002</v>
+        <v>1023</v>
       </c>
       <c r="H643">
-        <v>10095</v>
+        <v>10526</v>
       </c>
       <c r="I643">
-        <v>4913</v>
+        <v>4825</v>
       </c>
       <c r="J643">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="K643">
-        <v>15102</v>
+        <v>15444</v>
       </c>
       <c r="L643">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="M643">
-        <v>15745</v>
+        <v>16089</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>635</v>
+        <v>659</v>
       </c>
       <c r="C644">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="D644">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E644">
-        <v>839</v>
+        <v>856</v>
       </c>
       <c r="F644">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="G644">
-        <v>1001</v>
+        <v>1025</v>
       </c>
       <c r="H644">
-        <v>9864</v>
+        <v>10321</v>
       </c>
       <c r="I644">
-        <v>5262</v>
+        <v>5195</v>
       </c>
       <c r="J644">
-        <v>731</v>
+        <v>742</v>
       </c>
       <c r="K644">
-        <v>15247</v>
+        <v>15646</v>
       </c>
       <c r="L644">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="M644">
-        <v>15856</v>
+        <v>16257</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>670</v>
+      </c>
+      <c r="C645">
+        <v>259</v>
+      </c>
+      <c r="D645">
+        <v>98</v>
+      </c>
+      <c r="E645">
+        <v>870</v>
+      </c>
+      <c r="F645">
+        <v>157</v>
+      </c>
+      <c r="G645">
+        <v>1027</v>
+      </c>
+      <c r="H645">
+        <v>10632</v>
+      </c>
+      <c r="I645">
+        <v>5086</v>
+      </c>
+      <c r="J645">
+        <v>752</v>
+      </c>
+      <c r="K645">
+        <v>15901</v>
+      </c>
+      <c r="L645">
+        <v>568</v>
+      </c>
+      <c r="M645">
+        <v>16470</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -28423,1434 +28464,1434 @@
       </c>
       <c r="I54">
         <v>52870</v>
       </c>
       <c r="J54">
         <v>41360</v>
       </c>
       <c r="K54">
         <v>23619</v>
       </c>
       <c r="L54">
         <v>127764</v>
       </c>
       <c r="M54">
         <v>151383</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="7">
         <v>1991</v>
       </c>
       <c r="B55">
         <v>12961</v>
       </c>
       <c r="C55">
-        <v>8289</v>
+        <v>8290</v>
       </c>
       <c r="D55">
-        <v>7464</v>
+        <v>7470</v>
       </c>
       <c r="E55">
-        <v>2665</v>
+        <v>2669</v>
       </c>
       <c r="F55">
-        <v>26049</v>
+        <v>26052</v>
       </c>
       <c r="G55">
-        <v>28714</v>
+        <v>28721</v>
       </c>
       <c r="H55">
-        <v>57426</v>
+        <v>57430</v>
       </c>
       <c r="I55">
-        <v>47000</v>
+        <v>47011</v>
       </c>
       <c r="J55">
-        <v>37359</v>
+        <v>37367</v>
       </c>
       <c r="K55">
-        <v>23800</v>
+        <v>23823</v>
       </c>
       <c r="L55">
-        <v>117986</v>
+        <v>117984</v>
       </c>
       <c r="M55">
-        <v>141785</v>
+        <v>141807</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="7">
         <v>1992</v>
       </c>
       <c r="B56">
-        <v>9953</v>
+        <v>9955</v>
       </c>
       <c r="C56">
-        <v>7733</v>
+        <v>7734</v>
       </c>
       <c r="D56">
-        <v>5872</v>
+        <v>5873</v>
       </c>
       <c r="E56">
         <v>1928</v>
       </c>
       <c r="F56">
-        <v>21630</v>
+        <v>21634</v>
       </c>
       <c r="G56">
-        <v>23558</v>
+        <v>23562</v>
       </c>
       <c r="H56">
-        <v>47511</v>
+        <v>47521</v>
       </c>
       <c r="I56">
-        <v>45226</v>
+        <v>45227</v>
       </c>
       <c r="J56">
-        <v>29652</v>
+        <v>29667</v>
       </c>
       <c r="K56">
         <v>17650</v>
       </c>
       <c r="L56">
-        <v>104740</v>
+        <v>104765</v>
       </c>
       <c r="M56">
-        <v>122390</v>
+        <v>122415</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="7">
         <v>1993</v>
       </c>
       <c r="B57">
-        <v>9503</v>
+        <v>9508</v>
       </c>
       <c r="C57">
-        <v>9516</v>
+        <v>9517</v>
       </c>
       <c r="D57">
-        <v>5854</v>
+        <v>5851</v>
       </c>
       <c r="E57">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="F57">
-        <v>22642</v>
+        <v>22644</v>
       </c>
       <c r="G57">
-        <v>24873</v>
+        <v>24876</v>
       </c>
       <c r="H57">
-        <v>46686</v>
+        <v>46702</v>
       </c>
       <c r="I57">
-        <v>59009</v>
+        <v>59017</v>
       </c>
       <c r="J57">
-        <v>29807</v>
+        <v>29805</v>
       </c>
       <c r="K57">
-        <v>20325</v>
+        <v>20337</v>
       </c>
       <c r="L57">
-        <v>115177</v>
+        <v>115188</v>
       </c>
       <c r="M57">
-        <v>135502</v>
+        <v>135524</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="7">
         <v>1994</v>
       </c>
       <c r="B58">
-        <v>7821</v>
+        <v>7820</v>
       </c>
       <c r="C58">
-        <v>9556</v>
+        <v>9558</v>
       </c>
       <c r="D58">
-        <v>5128</v>
+        <v>5129</v>
       </c>
       <c r="E58">
         <v>2260</v>
       </c>
       <c r="F58">
-        <v>20245</v>
+        <v>20247</v>
       </c>
       <c r="G58">
-        <v>22505</v>
+        <v>22507</v>
       </c>
       <c r="H58">
-        <v>40531</v>
+        <v>40519</v>
       </c>
       <c r="I58">
-        <v>61020</v>
+        <v>61043</v>
       </c>
       <c r="J58">
-        <v>27536</v>
+        <v>27545</v>
       </c>
       <c r="K58">
         <v>21846</v>
       </c>
       <c r="L58">
-        <v>107241</v>
+        <v>107261</v>
       </c>
       <c r="M58">
-        <v>129088</v>
+        <v>129107</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="7">
         <v>1995</v>
       </c>
       <c r="B59">
-        <v>8631</v>
+        <v>8634</v>
       </c>
       <c r="C59">
-        <v>8451</v>
+        <v>8453</v>
       </c>
       <c r="D59">
         <v>4941</v>
       </c>
       <c r="E59">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="F59">
-        <v>19516</v>
+        <v>19520</v>
       </c>
       <c r="G59">
-        <v>22023</v>
+        <v>22028</v>
       </c>
       <c r="H59">
-        <v>41900</v>
+        <v>41911</v>
       </c>
       <c r="I59">
-        <v>53455</v>
+        <v>53471</v>
       </c>
       <c r="J59">
-        <v>26639</v>
+        <v>26637</v>
       </c>
       <c r="K59">
-        <v>23206</v>
+        <v>23213</v>
       </c>
       <c r="L59">
-        <v>98788</v>
+        <v>98806</v>
       </c>
       <c r="M59">
-        <v>121994</v>
+        <v>122020</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="7">
         <v>1996</v>
       </c>
       <c r="B60">
-        <v>9334</v>
+        <v>9340</v>
       </c>
       <c r="C60">
-        <v>9284</v>
+        <v>9287</v>
       </c>
       <c r="D60">
-        <v>5153</v>
+        <v>5155</v>
       </c>
       <c r="E60">
-        <v>2722</v>
+        <v>2726</v>
       </c>
       <c r="F60">
-        <v>21049</v>
+        <v>21056</v>
       </c>
       <c r="G60">
-        <v>23771</v>
+        <v>23782</v>
       </c>
       <c r="H60">
-        <v>44032</v>
+        <v>44073</v>
       </c>
       <c r="I60">
-        <v>59568</v>
+        <v>59603</v>
       </c>
       <c r="J60">
-        <v>28437</v>
+        <v>28454</v>
       </c>
       <c r="K60">
-        <v>25574</v>
+        <v>25625</v>
       </c>
       <c r="L60">
-        <v>106463</v>
+        <v>106504</v>
       </c>
       <c r="M60">
-        <v>132037</v>
+        <v>132129</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="7">
         <v>1997</v>
       </c>
       <c r="B61">
-        <v>11175</v>
+        <v>11177</v>
       </c>
       <c r="C61">
-        <v>10709</v>
+        <v>10712</v>
       </c>
       <c r="D61">
-        <v>5592</v>
+        <v>5591</v>
       </c>
       <c r="E61">
         <v>3269</v>
       </c>
       <c r="F61">
-        <v>24207</v>
+        <v>24211</v>
       </c>
       <c r="G61">
-        <v>27476</v>
+        <v>27480</v>
       </c>
       <c r="H61">
-        <v>54178</v>
+        <v>54170</v>
       </c>
       <c r="I61">
-        <v>70043</v>
+        <v>70067</v>
       </c>
       <c r="J61">
-        <v>31692</v>
+        <v>31698</v>
       </c>
       <c r="K61">
-        <v>29207</v>
+        <v>29208</v>
       </c>
       <c r="L61">
-        <v>126706</v>
+        <v>126727</v>
       </c>
       <c r="M61">
-        <v>155913</v>
+        <v>155935</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="7">
         <v>1998</v>
       </c>
       <c r="B62">
-        <v>7544</v>
+        <v>7545</v>
       </c>
       <c r="C62">
-        <v>10400</v>
+        <v>10404</v>
       </c>
       <c r="D62">
         <v>4453</v>
       </c>
       <c r="E62">
         <v>3004</v>
       </c>
       <c r="F62">
-        <v>19393</v>
+        <v>19398</v>
       </c>
       <c r="G62">
-        <v>22397</v>
+        <v>22402</v>
       </c>
       <c r="H62">
         <v>36366</v>
       </c>
       <c r="I62">
-        <v>68208</v>
+        <v>68231</v>
       </c>
       <c r="J62">
-        <v>26477</v>
+        <v>26465</v>
       </c>
       <c r="K62">
-        <v>25599</v>
+        <v>25584</v>
       </c>
       <c r="L62">
-        <v>105452</v>
+        <v>105477</v>
       </c>
       <c r="M62">
-        <v>131052</v>
+        <v>131061</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="7">
         <v>1999</v>
       </c>
       <c r="B63">
-        <v>4721</v>
+        <v>4723</v>
       </c>
       <c r="C63">
-        <v>8562</v>
+        <v>8561</v>
       </c>
       <c r="D63">
-        <v>3465</v>
+        <v>3466</v>
       </c>
       <c r="E63">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F63">
-        <v>14731</v>
+        <v>14734</v>
       </c>
       <c r="G63">
-        <v>16748</v>
+        <v>16750</v>
       </c>
       <c r="H63">
-        <v>20711</v>
+        <v>20717</v>
       </c>
       <c r="I63">
-        <v>54697</v>
+        <v>54672</v>
       </c>
       <c r="J63">
-        <v>20009</v>
+        <v>20025</v>
       </c>
       <c r="K63">
-        <v>17576</v>
+        <v>17560</v>
       </c>
       <c r="L63">
-        <v>77841</v>
+        <v>77854</v>
       </c>
       <c r="M63">
-        <v>95417</v>
+        <v>95414</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2000</v>
       </c>
       <c r="B64">
         <v>7950</v>
       </c>
       <c r="C64">
-        <v>11368</v>
+        <v>11370</v>
       </c>
       <c r="D64">
-        <v>3893</v>
+        <v>3895</v>
       </c>
       <c r="E64">
-        <v>2925</v>
+        <v>2926</v>
       </c>
       <c r="F64">
-        <v>20286</v>
+        <v>20289</v>
       </c>
       <c r="G64">
-        <v>23211</v>
+        <v>23215</v>
       </c>
       <c r="H64">
-        <v>34827</v>
+        <v>34826</v>
       </c>
       <c r="I64">
-        <v>75303</v>
+        <v>75310</v>
       </c>
       <c r="J64">
-        <v>22738</v>
+        <v>22755</v>
       </c>
       <c r="K64">
-        <v>24402</v>
+        <v>24416</v>
       </c>
       <c r="L64">
-        <v>108466</v>
+        <v>108476</v>
       </c>
       <c r="M64">
-        <v>132868</v>
+        <v>132892</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="7">
         <v>2001</v>
       </c>
       <c r="B65">
-        <v>8555</v>
+        <v>8557</v>
       </c>
       <c r="C65">
-        <v>14979</v>
+        <v>14978</v>
       </c>
       <c r="D65">
-        <v>4266</v>
+        <v>4269</v>
       </c>
       <c r="E65">
-        <v>3332</v>
+        <v>3331</v>
       </c>
       <c r="F65">
-        <v>24468</v>
+        <v>24473</v>
       </c>
       <c r="G65">
-        <v>27800</v>
+        <v>27804</v>
       </c>
       <c r="H65">
-        <v>40110</v>
+        <v>40116</v>
       </c>
       <c r="I65">
-        <v>100428</v>
+        <v>100401</v>
       </c>
       <c r="J65">
-        <v>23886</v>
+        <v>23933</v>
       </c>
       <c r="K65">
-        <v>29363</v>
+        <v>29353</v>
       </c>
       <c r="L65">
-        <v>135062</v>
+        <v>135096</v>
       </c>
       <c r="M65">
-        <v>164424</v>
+        <v>164449</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="7">
         <v>2002</v>
       </c>
       <c r="B66">
-        <v>6570</v>
+        <v>6571</v>
       </c>
       <c r="C66">
-        <v>12575</v>
+        <v>12574</v>
       </c>
       <c r="D66">
-        <v>3579</v>
+        <v>3577</v>
       </c>
       <c r="E66">
-        <v>2947</v>
+        <v>2946</v>
       </c>
       <c r="F66">
-        <v>19777</v>
+        <v>19776</v>
       </c>
       <c r="G66">
-        <v>22724</v>
+        <v>22722</v>
       </c>
       <c r="H66">
-        <v>28954</v>
+        <v>28956</v>
       </c>
       <c r="I66">
-        <v>85275</v>
+        <v>85264</v>
       </c>
       <c r="J66">
-        <v>20264</v>
+        <v>20249</v>
       </c>
       <c r="K66">
-        <v>24886</v>
+        <v>24868</v>
       </c>
       <c r="L66">
-        <v>109608</v>
+        <v>109602</v>
       </c>
       <c r="M66">
-        <v>134494</v>
+        <v>134470</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="7">
         <v>2003</v>
       </c>
       <c r="B67">
         <v>7849</v>
       </c>
       <c r="C67">
-        <v>15398</v>
+        <v>15402</v>
       </c>
       <c r="D67">
         <v>3802</v>
       </c>
       <c r="E67">
-        <v>3762</v>
+        <v>3764</v>
       </c>
       <c r="F67">
-        <v>23287</v>
+        <v>23289</v>
       </c>
       <c r="G67">
-        <v>27049</v>
+        <v>27053</v>
       </c>
       <c r="H67">
         <v>36363</v>
       </c>
       <c r="I67">
-        <v>105731</v>
+        <v>105789</v>
       </c>
       <c r="J67">
         <v>21571</v>
       </c>
       <c r="K67">
-        <v>31543</v>
+        <v>31572</v>
       </c>
       <c r="L67">
-        <v>132122</v>
+        <v>132150</v>
       </c>
       <c r="M67">
-        <v>163664</v>
+        <v>163723</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="7">
         <v>2004</v>
       </c>
       <c r="B68">
         <v>8678</v>
       </c>
       <c r="C68">
-        <v>17880</v>
+        <v>17882</v>
       </c>
       <c r="D68">
-        <v>3839</v>
+        <v>3838</v>
       </c>
       <c r="E68">
-        <v>4953</v>
+        <v>4951</v>
       </c>
       <c r="F68">
-        <v>25444</v>
+        <v>25447</v>
       </c>
       <c r="G68">
-        <v>30397</v>
+        <v>30398</v>
       </c>
       <c r="H68">
-        <v>40674</v>
+        <v>40673</v>
       </c>
       <c r="I68">
-        <v>125855</v>
+        <v>125869</v>
       </c>
       <c r="J68">
-        <v>22256</v>
+        <v>22244</v>
       </c>
       <c r="K68">
-        <v>42394</v>
+        <v>42375</v>
       </c>
       <c r="L68">
-        <v>146391</v>
+        <v>146410</v>
       </c>
       <c r="M68">
         <v>188785</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="7">
         <v>2005</v>
       </c>
       <c r="B69">
-        <v>10655</v>
+        <v>10656</v>
       </c>
       <c r="C69">
-        <v>21201</v>
+        <v>21202</v>
       </c>
       <c r="D69">
-        <v>4153</v>
+        <v>4152</v>
       </c>
       <c r="E69">
         <v>5998</v>
       </c>
       <c r="F69">
-        <v>30011</v>
+        <v>30012</v>
       </c>
       <c r="G69">
-        <v>36009</v>
+        <v>36010</v>
       </c>
       <c r="H69">
-        <v>49640</v>
+        <v>49643</v>
       </c>
       <c r="I69">
-        <v>148839</v>
+        <v>148847</v>
       </c>
       <c r="J69">
-        <v>22940</v>
+        <v>22924</v>
       </c>
       <c r="K69">
-        <v>53041</v>
+        <v>53027</v>
       </c>
       <c r="L69">
-        <v>168378</v>
+        <v>168387</v>
       </c>
       <c r="M69">
-        <v>221419</v>
+        <v>221414</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="7">
         <v>2006</v>
       </c>
       <c r="B70">
-        <v>13100</v>
+        <v>13101</v>
       </c>
       <c r="C70">
-        <v>25048</v>
+        <v>25049</v>
       </c>
       <c r="D70">
-        <v>4826</v>
+        <v>4825</v>
       </c>
       <c r="E70">
-        <v>7736</v>
+        <v>7738</v>
       </c>
       <c r="F70">
-        <v>35238</v>
+        <v>35237</v>
       </c>
       <c r="G70">
-        <v>42974</v>
+        <v>42975</v>
       </c>
       <c r="H70">
-        <v>61187</v>
+        <v>61188</v>
       </c>
       <c r="I70">
-        <v>175988</v>
+        <v>176001</v>
       </c>
       <c r="J70">
-        <v>25448</v>
+        <v>25443</v>
       </c>
       <c r="K70">
-        <v>67646</v>
+        <v>67674</v>
       </c>
       <c r="L70">
-        <v>194977</v>
+        <v>194957</v>
       </c>
       <c r="M70">
-        <v>262623</v>
+        <v>262631</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="7">
         <v>2007</v>
       </c>
       <c r="B71">
-        <v>13091</v>
+        <v>13090</v>
       </c>
       <c r="C71">
-        <v>26965</v>
+        <v>26968</v>
       </c>
       <c r="D71">
-        <v>4716</v>
+        <v>4714</v>
       </c>
       <c r="E71">
-        <v>10111</v>
+        <v>10110</v>
       </c>
       <c r="F71">
-        <v>34661</v>
+        <v>34662</v>
       </c>
       <c r="G71">
         <v>44772</v>
       </c>
       <c r="H71">
-        <v>62867</v>
+        <v>62854</v>
       </c>
       <c r="I71">
-        <v>197855</v>
+        <v>197883</v>
       </c>
       <c r="J71">
-        <v>25667</v>
+        <v>25642</v>
       </c>
       <c r="K71">
-        <v>90012</v>
+        <v>90009</v>
       </c>
       <c r="L71">
-        <v>196376</v>
+        <v>196371</v>
       </c>
       <c r="M71">
-        <v>286388</v>
+        <v>286380</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="7">
         <v>2008</v>
       </c>
       <c r="B72">
-        <v>16547</v>
+        <v>16552</v>
       </c>
       <c r="C72">
-        <v>27543</v>
+        <v>27545</v>
       </c>
       <c r="D72">
-        <v>5094</v>
+        <v>5093</v>
       </c>
       <c r="E72">
-        <v>12969</v>
+        <v>12968</v>
       </c>
       <c r="F72">
-        <v>36215</v>
+        <v>36222</v>
       </c>
       <c r="G72">
-        <v>49184</v>
+        <v>49190</v>
       </c>
       <c r="H72">
-        <v>80629</v>
+        <v>80653</v>
       </c>
       <c r="I72">
-        <v>213557</v>
+        <v>213566</v>
       </c>
       <c r="J72">
-        <v>26282</v>
+        <v>26280</v>
       </c>
       <c r="K72">
-        <v>121140</v>
+        <v>121137</v>
       </c>
       <c r="L72">
-        <v>199328</v>
+        <v>199363</v>
       </c>
       <c r="M72">
-        <v>320468</v>
+        <v>320500</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="7">
         <v>2009</v>
       </c>
       <c r="B73">
-        <v>11000</v>
+        <v>11003</v>
       </c>
       <c r="C73">
-        <v>15731</v>
+        <v>15730</v>
       </c>
       <c r="D73">
-        <v>3348</v>
+        <v>3349</v>
       </c>
       <c r="E73">
-        <v>10015</v>
+        <v>10014</v>
       </c>
       <c r="F73">
-        <v>20064</v>
+        <v>20068</v>
       </c>
       <c r="G73">
-        <v>30079</v>
+        <v>30082</v>
       </c>
       <c r="H73">
-        <v>56561</v>
+        <v>56576</v>
       </c>
       <c r="I73">
-        <v>131102</v>
+        <v>131071</v>
       </c>
       <c r="J73">
-        <v>17118</v>
+        <v>17135</v>
       </c>
       <c r="K73">
-        <v>99682</v>
+        <v>99664</v>
       </c>
       <c r="L73">
-        <v>105099</v>
+        <v>105117</v>
       </c>
       <c r="M73">
         <v>204781</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="7">
         <v>2010</v>
       </c>
       <c r="B74">
-        <v>15453</v>
+        <v>15456</v>
       </c>
       <c r="C74">
-        <v>14068</v>
+        <v>14073</v>
       </c>
       <c r="D74">
-        <v>3864</v>
+        <v>3863</v>
       </c>
       <c r="E74">
-        <v>12921</v>
+        <v>12925</v>
       </c>
       <c r="F74">
-        <v>20464</v>
+        <v>20467</v>
       </c>
       <c r="G74">
-        <v>33385</v>
+        <v>33392</v>
       </c>
       <c r="H74">
-        <v>93195</v>
+        <v>93215</v>
       </c>
       <c r="I74">
-        <v>130226</v>
+        <v>130275</v>
       </c>
       <c r="J74">
-        <v>19136</v>
+        <v>19123</v>
       </c>
       <c r="K74">
-        <v>137304</v>
+        <v>137336</v>
       </c>
       <c r="L74">
-        <v>105252</v>
+        <v>105277</v>
       </c>
       <c r="M74">
-        <v>242556</v>
+        <v>242614</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="7">
         <v>2011</v>
       </c>
       <c r="B75">
-        <v>21944</v>
+        <v>21945</v>
       </c>
       <c r="C75">
-        <v>12824</v>
+        <v>12825</v>
       </c>
       <c r="D75">
-        <v>3933</v>
+        <v>3930</v>
       </c>
       <c r="E75">
-        <v>17223</v>
+        <v>17224</v>
       </c>
       <c r="F75">
-        <v>21478</v>
+        <v>21476</v>
       </c>
       <c r="G75">
-        <v>38701</v>
+        <v>38700</v>
       </c>
       <c r="H75">
-        <v>154643</v>
+        <v>154664</v>
       </c>
       <c r="I75">
-        <v>135951</v>
+        <v>135964</v>
       </c>
       <c r="J75">
-        <v>18945</v>
+        <v>18928</v>
       </c>
       <c r="K75">
-        <v>197288</v>
+        <v>197310</v>
       </c>
       <c r="L75">
-        <v>112250</v>
+        <v>112246</v>
       </c>
       <c r="M75">
-        <v>309538</v>
+        <v>309556</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="7">
         <v>2012</v>
       </c>
       <c r="B76">
-        <v>27856</v>
+        <v>27859</v>
       </c>
       <c r="C76">
         <v>10036</v>
       </c>
       <c r="D76">
         <v>4352</v>
       </c>
       <c r="E76">
         <v>19814</v>
       </c>
       <c r="F76">
-        <v>22430</v>
+        <v>22433</v>
       </c>
       <c r="G76">
-        <v>42244</v>
+        <v>42247</v>
       </c>
       <c r="H76">
-        <v>218169</v>
+        <v>218185</v>
       </c>
       <c r="I76">
         <v>111734</v>
       </c>
       <c r="J76">
         <v>20727</v>
       </c>
       <c r="K76">
         <v>233974</v>
       </c>
       <c r="L76">
-        <v>116656</v>
+        <v>116671</v>
       </c>
       <c r="M76">
-        <v>350630</v>
+        <v>350645</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="7">
         <v>2013</v>
       </c>
       <c r="B77">
-        <v>28259</v>
+        <v>28261</v>
       </c>
       <c r="C77">
-        <v>8536</v>
+        <v>8537</v>
       </c>
       <c r="D77">
-        <v>3951</v>
+        <v>3950</v>
       </c>
       <c r="E77">
-        <v>20496</v>
+        <v>20497</v>
       </c>
       <c r="F77">
-        <v>20250</v>
+        <v>20251</v>
       </c>
       <c r="G77">
-        <v>40746</v>
+        <v>40748</v>
       </c>
       <c r="H77">
         <v>234886</v>
       </c>
       <c r="I77">
-        <v>100896</v>
+        <v>100898</v>
       </c>
       <c r="J77">
-        <v>19938</v>
+        <v>19937</v>
       </c>
       <c r="K77">
-        <v>254757</v>
+        <v>254765</v>
       </c>
       <c r="L77">
-        <v>100963</v>
+        <v>100956</v>
       </c>
       <c r="M77">
-        <v>355720</v>
+        <v>355721</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="7">
         <v>2014</v>
       </c>
       <c r="B78">
-        <v>29737</v>
+        <v>29739</v>
       </c>
       <c r="C78">
-        <v>7878</v>
+        <v>7881</v>
       </c>
       <c r="D78">
         <v>4387</v>
       </c>
       <c r="E78">
-        <v>22400</v>
+        <v>22406</v>
       </c>
       <c r="F78">
-        <v>19602</v>
+        <v>19601</v>
       </c>
       <c r="G78">
-        <v>42002</v>
+        <v>42007</v>
       </c>
       <c r="H78">
-        <v>266814</v>
+        <v>266854</v>
       </c>
       <c r="I78">
-        <v>97025</v>
+        <v>97065</v>
       </c>
       <c r="J78">
         <v>23387</v>
       </c>
       <c r="K78">
-        <v>292682</v>
+        <v>292763</v>
       </c>
       <c r="L78">
-        <v>94544</v>
+        <v>94543</v>
       </c>
       <c r="M78">
-        <v>387226</v>
+        <v>387306</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="7">
         <v>2015</v>
       </c>
       <c r="B79">
-        <v>17238</v>
+        <v>17236</v>
       </c>
       <c r="C79">
-        <v>5449</v>
+        <v>5448</v>
       </c>
       <c r="D79">
-        <v>2852</v>
+        <v>2851</v>
       </c>
       <c r="E79">
-        <v>16022</v>
+        <v>16019</v>
       </c>
       <c r="F79">
-        <v>9517</v>
+        <v>9516</v>
       </c>
       <c r="G79">
-        <v>25539</v>
+        <v>25535</v>
       </c>
       <c r="H79">
-        <v>176101</v>
+        <v>176061</v>
       </c>
       <c r="I79">
-        <v>72120</v>
+        <v>72108</v>
       </c>
       <c r="J79">
-        <v>16780</v>
+        <v>16775</v>
       </c>
       <c r="K79">
-        <v>221300</v>
+        <v>221248</v>
       </c>
       <c r="L79">
-        <v>43702</v>
+        <v>43697</v>
       </c>
       <c r="M79">
-        <v>265002</v>
+        <v>264945</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="7">
         <v>2016</v>
       </c>
       <c r="B80">
-        <v>8489</v>
+        <v>8487</v>
       </c>
       <c r="C80">
-        <v>3095</v>
+        <v>3097</v>
       </c>
       <c r="D80">
         <v>1657</v>
       </c>
       <c r="E80">
-        <v>9066</v>
+        <v>9065</v>
       </c>
       <c r="F80">
-        <v>4175</v>
+        <v>4176</v>
       </c>
       <c r="G80">
         <v>13241</v>
       </c>
       <c r="H80">
-        <v>97933</v>
+        <v>97899</v>
       </c>
       <c r="I80">
-        <v>43902</v>
+        <v>43936</v>
       </c>
       <c r="J80">
-        <v>9505</v>
+        <v>9489</v>
       </c>
       <c r="K80">
-        <v>134082</v>
+        <v>134065</v>
       </c>
       <c r="L80">
-        <v>17258</v>
+        <v>17260</v>
       </c>
       <c r="M80">
-        <v>151340</v>
+        <v>151325</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="7">
         <v>2017</v>
       </c>
       <c r="B81">
-        <v>11236</v>
+        <v>11230</v>
       </c>
       <c r="C81">
-        <v>4114</v>
+        <v>4120</v>
       </c>
       <c r="D81">
-        <v>1980</v>
+        <v>1978</v>
       </c>
       <c r="E81">
         <v>12654</v>
       </c>
       <c r="F81">
-        <v>4676</v>
+        <v>4674</v>
       </c>
       <c r="G81">
-        <v>17330</v>
+        <v>17328</v>
       </c>
       <c r="H81">
-        <v>138456</v>
+        <v>138338</v>
       </c>
       <c r="I81">
-        <v>61774</v>
+        <v>61891</v>
       </c>
       <c r="J81">
-        <v>13066</v>
+        <v>13064</v>
       </c>
       <c r="K81">
         <v>193690</v>
       </c>
       <c r="L81">
-        <v>19606</v>
+        <v>19603</v>
       </c>
       <c r="M81">
-        <v>213295</v>
+        <v>213293</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="7">
         <v>2018</v>
       </c>
       <c r="B82">
-        <v>14470</v>
+        <v>14469</v>
       </c>
       <c r="C82">
-        <v>4966</v>
+        <v>4971</v>
       </c>
       <c r="D82">
-        <v>2100</v>
+        <v>2099</v>
       </c>
       <c r="E82">
         <v>16566</v>
       </c>
       <c r="F82">
-        <v>4970</v>
+        <v>4973</v>
       </c>
       <c r="G82">
-        <v>21536</v>
+        <v>21539</v>
       </c>
       <c r="H82">
-        <v>187410</v>
+        <v>187314</v>
       </c>
       <c r="I82">
-        <v>78695</v>
+        <v>78796</v>
       </c>
       <c r="J82">
-        <v>14288</v>
+        <v>14278</v>
       </c>
       <c r="K82">
-        <v>261170</v>
+        <v>261162</v>
       </c>
       <c r="L82">
-        <v>19223</v>
+        <v>19226</v>
       </c>
       <c r="M82">
-        <v>280392</v>
+        <v>280389</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="7">
         <v>2019</v>
       </c>
       <c r="B83">
-        <v>13916</v>
+        <v>13921</v>
       </c>
       <c r="C83">
-        <v>4361</v>
+        <v>4366</v>
       </c>
       <c r="D83">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="E83">
-        <v>15903</v>
+        <v>15910</v>
       </c>
       <c r="F83">
-        <v>4316</v>
+        <v>4320</v>
       </c>
       <c r="G83">
-        <v>20219</v>
+        <v>20230</v>
       </c>
       <c r="H83">
-        <v>190392</v>
+        <v>190353</v>
       </c>
       <c r="I83">
-        <v>73155</v>
+        <v>73231</v>
       </c>
       <c r="J83">
-        <v>13959</v>
+        <v>13969</v>
       </c>
       <c r="K83">
-        <v>260468</v>
+        <v>260498</v>
       </c>
       <c r="L83">
-        <v>17039</v>
+        <v>17055</v>
       </c>
       <c r="M83">
-        <v>277506</v>
+        <v>277553</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="7">
         <v>2020</v>
       </c>
       <c r="B84">
-        <v>7169</v>
+        <v>7167</v>
       </c>
       <c r="C84">
-        <v>2616</v>
+        <v>2618</v>
       </c>
       <c r="D84">
         <v>1096</v>
       </c>
       <c r="E84">
         <v>8927</v>
       </c>
       <c r="F84">
         <v>1954</v>
       </c>
       <c r="G84">
         <v>10881</v>
       </c>
       <c r="H84">
-        <v>106596</v>
+        <v>106555</v>
       </c>
       <c r="I84">
-        <v>47772</v>
+        <v>47820</v>
       </c>
       <c r="J84">
         <v>8492</v>
       </c>
       <c r="K84">
-        <v>155561</v>
+        <v>155567</v>
       </c>
       <c r="L84">
         <v>7300</v>
       </c>
       <c r="M84">
-        <v>162861</v>
+        <v>162867</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="7">
         <v>2021</v>
       </c>
       <c r="B85">
-        <v>9048</v>
+        <v>9043</v>
       </c>
       <c r="C85">
-        <v>2990</v>
+        <v>2995</v>
       </c>
       <c r="D85">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="E85">
         <v>10439</v>
       </c>
       <c r="F85">
-        <v>2994</v>
+        <v>2995</v>
       </c>
       <c r="G85">
-        <v>13433</v>
+        <v>13434</v>
       </c>
       <c r="H85">
-        <v>131736</v>
+        <v>131623</v>
       </c>
       <c r="I85">
-        <v>55055</v>
+        <v>55156</v>
       </c>
       <c r="J85">
-        <v>9342</v>
+        <v>9345</v>
       </c>
       <c r="K85">
-        <v>185021</v>
+        <v>185009</v>
       </c>
       <c r="L85">
-        <v>11113</v>
+        <v>11114</v>
       </c>
       <c r="M85">
-        <v>196134</v>
+        <v>196123</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="7">
         <v>2022</v>
       </c>
       <c r="B86">
-        <v>10951</v>
+        <v>11017</v>
       </c>
       <c r="C86">
-        <v>3918</v>
+        <v>3913</v>
       </c>
       <c r="D86">
-        <v>1620</v>
+        <v>1591</v>
       </c>
       <c r="E86">
-        <v>12755</v>
+        <v>12777</v>
       </c>
       <c r="F86">
-        <v>3734</v>
+        <v>3744</v>
       </c>
       <c r="G86">
-        <v>16489</v>
+        <v>16521</v>
       </c>
       <c r="H86">
-        <v>161670</v>
+        <v>162917</v>
       </c>
       <c r="I86">
-        <v>72203</v>
+        <v>71804</v>
       </c>
       <c r="J86">
-        <v>11969</v>
+        <v>11867</v>
       </c>
       <c r="K86">
-        <v>231648</v>
+        <v>232578</v>
       </c>
       <c r="L86">
-        <v>14193</v>
+        <v>14009</v>
       </c>
       <c r="M86">
-        <v>245841</v>
+        <v>246587</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
-        <v>10939</v>
+        <v>11057</v>
       </c>
       <c r="C87">
-        <v>3759</v>
+        <v>3754</v>
       </c>
       <c r="D87">
-        <v>1565</v>
+        <v>1553</v>
       </c>
       <c r="E87">
-        <v>13328</v>
+        <v>13418</v>
       </c>
       <c r="F87">
-        <v>2935</v>
+        <v>2946</v>
       </c>
       <c r="G87">
-        <v>16263</v>
+        <v>16364</v>
       </c>
       <c r="H87">
-        <v>176985</v>
+        <v>178739</v>
       </c>
       <c r="I87">
-        <v>70842</v>
+        <v>70717</v>
       </c>
       <c r="J87">
-        <v>11347</v>
+        <v>11422</v>
       </c>
       <c r="K87">
-        <v>247801</v>
+        <v>249647</v>
       </c>
       <c r="L87">
-        <v>11373</v>
+        <v>11231</v>
       </c>
       <c r="M87">
-        <v>259174</v>
+        <v>260878</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>10099</v>
+        <v>10187</v>
       </c>
       <c r="C88">
-        <v>2965</v>
+        <v>2956</v>
       </c>
       <c r="D88">
-        <v>1397</v>
+        <v>1381</v>
       </c>
       <c r="E88">
-        <v>12124</v>
+        <v>12149</v>
       </c>
       <c r="F88">
-        <v>2337</v>
+        <v>2375</v>
       </c>
       <c r="G88">
-        <v>14461</v>
+        <v>14524</v>
       </c>
       <c r="H88">
-        <v>172255</v>
+        <v>172734</v>
       </c>
       <c r="I88">
-        <v>58243</v>
+        <v>58109</v>
       </c>
       <c r="J88">
-        <v>10225</v>
+        <v>10194</v>
       </c>
       <c r="K88">
-        <v>231826</v>
+        <v>232280</v>
       </c>
       <c r="L88">
-        <v>8896</v>
+        <v>8757</v>
       </c>
       <c r="M88">
-        <v>240722</v>
+        <v>241037</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>