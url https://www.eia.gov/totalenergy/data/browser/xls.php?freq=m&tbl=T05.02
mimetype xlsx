--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 5.2 Crude Oil and Natural Gas Exploratory and Development Wells</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Wells Drilled, Crude Oil</t>
   </si>
   <si>
     <t>Wells Drilled, Natural Gas</t>
   </si>
   <si>
     <t>Wells Drilled, Dry</t>
   </si>
   <si>
     <t>Crude Oil, Natural Gas, and Dry Wells Drilled, Horizontal and Directional Trajectory</t>
   </si>
   <si>
     <t>Crude Oil, Natural Gas, and Dry Wells Drilled, Vertical Trajectory</t>
   </si>
   <si>
     <t>Crude Oil, Natural Gas, and Dry Wells Drilled, Total</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="89.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="20.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="90.978" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="106.974" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="87.836" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -9487,655 +9487,655 @@
       </c>
       <c r="I228">
         <v>4479</v>
       </c>
       <c r="J228">
         <v>3831</v>
       </c>
       <c r="K228">
         <v>2368</v>
       </c>
       <c r="L228">
         <v>11528</v>
       </c>
       <c r="M228">
         <v>13896</v>
       </c>
     </row>
     <row r="229" spans="1:26">
       <c r="A229" s="6">
         <v>33239.0</v>
       </c>
       <c r="B229">
         <v>1310</v>
       </c>
       <c r="C229">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D229">
         <v>566</v>
       </c>
       <c r="E229">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="F229">
-        <v>2368</v>
+        <v>2370</v>
       </c>
       <c r="G229">
-        <v>2650</v>
+        <v>2651</v>
       </c>
       <c r="H229">
         <v>5902</v>
       </c>
       <c r="I229">
-        <v>4108</v>
+        <v>4118</v>
       </c>
       <c r="J229">
         <v>3076</v>
       </c>
       <c r="K229">
-        <v>2495</v>
+        <v>2478</v>
       </c>
       <c r="L229">
-        <v>10591</v>
+        <v>10618</v>
       </c>
       <c r="M229">
-        <v>13086</v>
+        <v>13096</v>
       </c>
     </row>
     <row r="230" spans="1:26">
       <c r="A230" s="6">
         <v>33270.0</v>
       </c>
       <c r="B230">
         <v>1231</v>
       </c>
       <c r="C230">
         <v>682</v>
       </c>
       <c r="D230">
         <v>600</v>
       </c>
       <c r="E230">
         <v>224</v>
       </c>
       <c r="F230">
         <v>2289</v>
       </c>
       <c r="G230">
         <v>2513</v>
       </c>
       <c r="H230">
         <v>5455</v>
       </c>
       <c r="I230">
         <v>3876</v>
       </c>
       <c r="J230">
         <v>3112</v>
       </c>
       <c r="K230">
         <v>1974</v>
       </c>
       <c r="L230">
         <v>10469</v>
       </c>
       <c r="M230">
         <v>12443</v>
       </c>
     </row>
     <row r="231" spans="1:26">
       <c r="A231" s="6">
         <v>33298.0</v>
       </c>
       <c r="B231">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="C231">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="D231">
         <v>617</v>
       </c>
       <c r="E231">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="F231">
-        <v>2241</v>
+        <v>2243</v>
       </c>
       <c r="G231">
-        <v>2504</v>
+        <v>2505</v>
       </c>
       <c r="H231">
-        <v>5735</v>
+        <v>5731</v>
       </c>
       <c r="I231">
-        <v>3899</v>
+        <v>3910</v>
       </c>
       <c r="J231">
         <v>3093</v>
       </c>
       <c r="K231">
-        <v>2468</v>
+        <v>2453</v>
       </c>
       <c r="L231">
-        <v>10259</v>
+        <v>10281</v>
       </c>
       <c r="M231">
-        <v>12727</v>
+        <v>12733</v>
       </c>
     </row>
     <row r="232" spans="1:26">
       <c r="A232" s="6">
         <v>33329.0</v>
       </c>
       <c r="B232">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="C232">
         <v>630</v>
       </c>
       <c r="D232">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="E232">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F232">
-        <v>2210</v>
+        <v>2213</v>
       </c>
       <c r="G232">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="H232">
-        <v>5342</v>
+        <v>5350</v>
       </c>
       <c r="I232">
         <v>3810</v>
       </c>
       <c r="J232">
-        <v>3256</v>
+        <v>3237</v>
       </c>
       <c r="K232">
-        <v>2109</v>
+        <v>2074</v>
       </c>
       <c r="L232">
-        <v>10298</v>
+        <v>10322</v>
       </c>
       <c r="M232">
-        <v>12407</v>
+        <v>12397</v>
       </c>
     </row>
     <row r="233" spans="1:26">
       <c r="A233" s="6">
         <v>33359.0</v>
       </c>
       <c r="B233">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="C233">
         <v>654</v>
       </c>
       <c r="D233">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="E233">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="F233">
         <v>2144</v>
       </c>
       <c r="G233">
-        <v>2375</v>
+        <v>2374</v>
       </c>
       <c r="H233">
-        <v>4929</v>
+        <v>4921</v>
       </c>
       <c r="I233">
         <v>3601</v>
       </c>
       <c r="J233">
-        <v>2809</v>
+        <v>2812</v>
       </c>
       <c r="K233">
-        <v>1938</v>
+        <v>1922</v>
       </c>
       <c r="L233">
-        <v>9399</v>
+        <v>9411</v>
       </c>
       <c r="M233">
-        <v>11338</v>
+        <v>11334</v>
       </c>
     </row>
     <row r="234" spans="1:26">
       <c r="A234" s="6">
         <v>33390.0</v>
       </c>
       <c r="B234">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="C234">
         <v>652</v>
       </c>
       <c r="D234">
         <v>640</v>
       </c>
       <c r="E234">
         <v>243</v>
       </c>
       <c r="F234">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G234">
-        <v>2262</v>
+        <v>2263</v>
       </c>
       <c r="H234">
-        <v>4389</v>
+        <v>4391</v>
       </c>
       <c r="I234">
         <v>3908</v>
       </c>
       <c r="J234">
         <v>3101</v>
       </c>
       <c r="K234">
         <v>2109</v>
       </c>
       <c r="L234">
-        <v>9289</v>
+        <v>9291</v>
       </c>
       <c r="M234">
-        <v>11398</v>
+        <v>11400</v>
       </c>
     </row>
     <row r="235" spans="1:26">
       <c r="A235" s="6">
         <v>33420.0</v>
       </c>
       <c r="B235">
         <v>1032</v>
       </c>
       <c r="C235">
         <v>697</v>
       </c>
       <c r="D235">
         <v>712</v>
       </c>
       <c r="E235">
         <v>223</v>
       </c>
       <c r="F235">
         <v>2218</v>
       </c>
       <c r="G235">
         <v>2441</v>
       </c>
       <c r="H235">
-        <v>4601</v>
+        <v>4600</v>
       </c>
       <c r="I235">
         <v>3908</v>
       </c>
       <c r="J235">
         <v>3451</v>
       </c>
       <c r="K235">
-        <v>2041</v>
+        <v>2040</v>
       </c>
       <c r="L235">
         <v>9918</v>
       </c>
       <c r="M235">
         <v>11959</v>
       </c>
     </row>
     <row r="236" spans="1:26">
       <c r="A236" s="6">
         <v>33451.0</v>
       </c>
       <c r="B236">
         <v>1079</v>
       </c>
       <c r="C236">
         <v>752</v>
       </c>
       <c r="D236">
         <v>641</v>
       </c>
       <c r="E236">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="F236">
-        <v>2241</v>
+        <v>2243</v>
       </c>
       <c r="G236">
         <v>2472</v>
       </c>
       <c r="H236">
         <v>4680</v>
       </c>
       <c r="I236">
         <v>4174</v>
       </c>
       <c r="J236">
         <v>3183</v>
       </c>
       <c r="K236">
-        <v>2113</v>
+        <v>2079</v>
       </c>
       <c r="L236">
-        <v>9924</v>
+        <v>9958</v>
       </c>
       <c r="M236">
         <v>12037</v>
       </c>
     </row>
     <row r="237" spans="1:26">
       <c r="A237" s="6">
         <v>33482.0</v>
       </c>
       <c r="B237">
-        <v>943</v>
+        <v>942</v>
       </c>
       <c r="C237">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="D237">
         <v>597</v>
       </c>
       <c r="E237">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F237">
-        <v>2058</v>
+        <v>2059</v>
       </c>
       <c r="G237">
         <v>2235</v>
       </c>
       <c r="H237">
-        <v>4001</v>
+        <v>3997</v>
       </c>
       <c r="I237">
-        <v>3687</v>
+        <v>3691</v>
       </c>
       <c r="J237">
         <v>2987</v>
       </c>
       <c r="K237">
-        <v>1475</v>
+        <v>1464</v>
       </c>
       <c r="L237">
-        <v>9200</v>
+        <v>9212</v>
       </c>
       <c r="M237">
         <v>10675</v>
       </c>
     </row>
     <row r="238" spans="1:26">
       <c r="A238" s="6">
         <v>33512.0</v>
       </c>
       <c r="B238">
-        <v>1090</v>
+        <v>1089</v>
       </c>
       <c r="C238">
         <v>764</v>
       </c>
       <c r="D238">
         <v>672</v>
       </c>
       <c r="E238">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F238">
-        <v>2338</v>
+        <v>2340</v>
       </c>
       <c r="G238">
-        <v>2526</v>
+        <v>2525</v>
       </c>
       <c r="H238">
-        <v>4543</v>
+        <v>4541</v>
       </c>
       <c r="I238">
         <v>4117</v>
       </c>
       <c r="J238">
         <v>3361</v>
       </c>
       <c r="K238">
-        <v>1702</v>
+        <v>1674</v>
       </c>
       <c r="L238">
-        <v>10319</v>
+        <v>10346</v>
       </c>
       <c r="M238">
-        <v>12021</v>
+        <v>12020</v>
       </c>
     </row>
     <row r="239" spans="1:26">
       <c r="A239" s="6">
         <v>33543.0</v>
       </c>
       <c r="B239">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="C239">
         <v>684</v>
       </c>
       <c r="D239">
         <v>612</v>
       </c>
       <c r="E239">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="F239">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="G239">
-        <v>2184</v>
+        <v>2186</v>
       </c>
       <c r="H239">
-        <v>3813</v>
+        <v>3819</v>
       </c>
       <c r="I239">
         <v>4199</v>
       </c>
       <c r="J239">
         <v>2932</v>
       </c>
       <c r="K239">
-        <v>1685</v>
+        <v>1657</v>
       </c>
       <c r="L239">
-        <v>9259</v>
+        <v>9293</v>
       </c>
       <c r="M239">
-        <v>10944</v>
+        <v>10950</v>
       </c>
     </row>
     <row r="240" spans="1:26">
       <c r="A240" s="6">
         <v>33573.0</v>
       </c>
       <c r="B240">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C240">
         <v>655</v>
       </c>
       <c r="D240">
         <v>590</v>
       </c>
       <c r="E240">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="F240">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="G240">
-        <v>2115</v>
+        <v>2116</v>
       </c>
       <c r="H240">
-        <v>4040</v>
+        <v>4042</v>
       </c>
       <c r="I240">
         <v>3725</v>
       </c>
       <c r="J240">
         <v>3006</v>
       </c>
       <c r="K240">
-        <v>1713</v>
+        <v>1699</v>
       </c>
       <c r="L240">
-        <v>9058</v>
+        <v>9075</v>
       </c>
       <c r="M240">
-        <v>10771</v>
+        <v>10773</v>
       </c>
     </row>
     <row r="241" spans="1:26">
       <c r="A241" s="6">
         <v>33604.0</v>
       </c>
       <c r="B241">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="C241">
         <v>582</v>
       </c>
       <c r="D241">
         <v>472</v>
       </c>
       <c r="E241">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F241">
         <v>1780</v>
       </c>
       <c r="G241">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="H241">
-        <v>4415</v>
+        <v>4417</v>
       </c>
       <c r="I241">
         <v>3340</v>
       </c>
       <c r="J241">
         <v>2412</v>
       </c>
       <c r="K241">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="L241">
         <v>8631</v>
       </c>
       <c r="M241">
-        <v>10167</v>
+        <v>10169</v>
       </c>
     </row>
     <row r="242" spans="1:26">
       <c r="A242" s="6">
         <v>33635.0</v>
       </c>
       <c r="B242">
         <v>696</v>
       </c>
       <c r="C242">
         <v>507</v>
       </c>
       <c r="D242">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E242">
         <v>164</v>
       </c>
       <c r="F242">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="G242">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="H242">
-        <v>3396</v>
+        <v>3387</v>
       </c>
       <c r="I242">
         <v>2891</v>
       </c>
       <c r="J242">
-        <v>2035</v>
+        <v>2048</v>
       </c>
       <c r="K242">
         <v>1557</v>
       </c>
       <c r="L242">
-        <v>6765</v>
+        <v>6769</v>
       </c>
       <c r="M242">
-        <v>8322</v>
+        <v>8326</v>
       </c>
     </row>
     <row r="243" spans="1:26">
       <c r="A243" s="6">
         <v>33664.0</v>
       </c>
       <c r="B243">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="C243">
         <v>505</v>
       </c>
       <c r="D243">
         <v>469</v>
       </c>
       <c r="E243">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F243">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="G243">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="H243">
-        <v>3963</v>
+        <v>3981</v>
       </c>
       <c r="I243">
         <v>2984</v>
       </c>
       <c r="J243">
         <v>2443</v>
       </c>
       <c r="K243">
-        <v>1285</v>
+        <v>1291</v>
       </c>
       <c r="L243">
-        <v>8104</v>
+        <v>8117</v>
       </c>
       <c r="M243">
-        <v>9390</v>
+        <v>9408</v>
       </c>
     </row>
     <row r="244" spans="1:26">
       <c r="A244" s="6">
         <v>33695.0</v>
       </c>
       <c r="B244">
         <v>749</v>
       </c>
       <c r="C244">
         <v>444</v>
       </c>
       <c r="D244">
         <v>483</v>
       </c>
       <c r="E244">
         <v>142</v>
       </c>
       <c r="F244">
         <v>1534</v>
       </c>
       <c r="G244">
         <v>1676</v>
       </c>
       <c r="H244">
@@ -10143,3566 +10143,3566 @@
       </c>
       <c r="I244">
         <v>2790</v>
       </c>
       <c r="J244">
         <v>2476</v>
       </c>
       <c r="K244">
         <v>1436</v>
       </c>
       <c r="L244">
         <v>7422</v>
       </c>
       <c r="M244">
         <v>8858</v>
       </c>
     </row>
     <row r="245" spans="1:26">
       <c r="A245" s="6">
         <v>33725.0</v>
       </c>
       <c r="B245">
         <v>725</v>
       </c>
       <c r="C245">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D245">
         <v>531</v>
       </c>
       <c r="E245">
         <v>153</v>
       </c>
       <c r="F245">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="G245">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="H245">
         <v>3663</v>
       </c>
       <c r="I245">
-        <v>2839</v>
+        <v>2850</v>
       </c>
       <c r="J245">
         <v>2520</v>
       </c>
       <c r="K245">
         <v>1446</v>
       </c>
       <c r="L245">
-        <v>7575</v>
+        <v>7586</v>
       </c>
       <c r="M245">
-        <v>9021</v>
+        <v>9032</v>
       </c>
     </row>
     <row r="246" spans="1:26">
       <c r="A246" s="6">
         <v>33756.0</v>
       </c>
       <c r="B246">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="C246">
         <v>532</v>
       </c>
       <c r="D246">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="E246">
         <v>157</v>
       </c>
       <c r="F246">
-        <v>1573</v>
+        <v>1571</v>
       </c>
       <c r="G246">
-        <v>1730</v>
+        <v>1728</v>
       </c>
       <c r="H246">
-        <v>3640</v>
+        <v>3639</v>
       </c>
       <c r="I246">
         <v>3193</v>
       </c>
       <c r="J246">
-        <v>2207</v>
+        <v>2203</v>
       </c>
       <c r="K246">
         <v>1537</v>
       </c>
       <c r="L246">
-        <v>7503</v>
+        <v>7498</v>
       </c>
       <c r="M246">
-        <v>9040</v>
+        <v>9036</v>
       </c>
     </row>
     <row r="247" spans="1:26">
       <c r="A247" s="6">
         <v>33786.0</v>
       </c>
       <c r="B247">
         <v>850</v>
       </c>
       <c r="C247">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D247">
         <v>518</v>
       </c>
       <c r="E247">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F247">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="G247">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="H247">
         <v>3973</v>
       </c>
       <c r="I247">
-        <v>3342</v>
+        <v>3346</v>
       </c>
       <c r="J247">
         <v>2458</v>
       </c>
       <c r="K247">
-        <v>1417</v>
+        <v>1398</v>
       </c>
       <c r="L247">
-        <v>8356</v>
+        <v>8378</v>
       </c>
       <c r="M247">
-        <v>9773</v>
+        <v>9776</v>
       </c>
     </row>
     <row r="248" spans="1:26">
       <c r="A248" s="6">
         <v>33817.0</v>
       </c>
       <c r="B248">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C248">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D248">
         <v>557</v>
       </c>
       <c r="E248">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F248">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="G248">
-        <v>2046</v>
+        <v>2048</v>
       </c>
       <c r="H248">
-        <v>3785</v>
+        <v>3790</v>
       </c>
       <c r="I248">
-        <v>3746</v>
+        <v>3748</v>
       </c>
       <c r="J248">
         <v>2709</v>
       </c>
       <c r="K248">
-        <v>1465</v>
+        <v>1470</v>
       </c>
       <c r="L248">
-        <v>8775</v>
+        <v>8777</v>
       </c>
       <c r="M248">
-        <v>10240</v>
+        <v>10247</v>
       </c>
     </row>
     <row r="249" spans="1:26">
       <c r="A249" s="6">
         <v>33848.0</v>
       </c>
       <c r="B249">
         <v>907</v>
       </c>
       <c r="C249">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D249">
         <v>520</v>
       </c>
       <c r="E249">
         <v>160</v>
       </c>
       <c r="F249">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="G249">
-        <v>2124</v>
+        <v>2125</v>
       </c>
       <c r="H249">
         <v>4253</v>
       </c>
       <c r="I249">
-        <v>4063</v>
+        <v>4066</v>
       </c>
       <c r="J249">
         <v>2720</v>
       </c>
       <c r="K249">
         <v>1458</v>
       </c>
       <c r="L249">
-        <v>9578</v>
+        <v>9581</v>
       </c>
       <c r="M249">
-        <v>11036</v>
+        <v>11040</v>
       </c>
     </row>
     <row r="250" spans="1:26">
       <c r="A250" s="6">
         <v>33878.0</v>
       </c>
       <c r="B250">
-        <v>954</v>
+        <v>953</v>
       </c>
       <c r="C250">
         <v>936</v>
       </c>
       <c r="D250">
         <v>528</v>
       </c>
       <c r="E250">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="F250">
         <v>2252</v>
       </c>
       <c r="G250">
-        <v>2418</v>
+        <v>2417</v>
       </c>
       <c r="H250">
-        <v>4197</v>
+        <v>4185</v>
       </c>
       <c r="I250">
         <v>5285</v>
       </c>
       <c r="J250">
         <v>2715</v>
       </c>
       <c r="K250">
-        <v>1428</v>
+        <v>1416</v>
       </c>
       <c r="L250">
         <v>10769</v>
       </c>
       <c r="M250">
-        <v>12197</v>
+        <v>12185</v>
       </c>
     </row>
     <row r="251" spans="1:26">
       <c r="A251" s="6">
         <v>33909.0</v>
       </c>
       <c r="B251">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="C251">
         <v>879</v>
       </c>
       <c r="D251">
         <v>490</v>
       </c>
       <c r="E251">
         <v>179</v>
       </c>
       <c r="F251">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="G251">
-        <v>2196</v>
+        <v>2198</v>
       </c>
       <c r="H251">
-        <v>4015</v>
+        <v>4024</v>
       </c>
       <c r="I251">
         <v>5282</v>
       </c>
       <c r="J251">
         <v>2511</v>
       </c>
       <c r="K251">
         <v>1483</v>
       </c>
       <c r="L251">
-        <v>10325</v>
+        <v>10334</v>
       </c>
       <c r="M251">
-        <v>11808</v>
+        <v>11817</v>
       </c>
     </row>
     <row r="252" spans="1:26">
       <c r="A252" s="6">
         <v>33939.0</v>
       </c>
       <c r="B252">
-        <v>951</v>
+        <v>950</v>
       </c>
       <c r="C252">
         <v>949</v>
       </c>
       <c r="D252">
         <v>464</v>
       </c>
       <c r="E252">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="F252">
         <v>2182</v>
       </c>
       <c r="G252">
-        <v>2364</v>
+        <v>2363</v>
       </c>
       <c r="H252">
-        <v>4629</v>
+        <v>4622</v>
       </c>
       <c r="I252">
         <v>5471</v>
       </c>
       <c r="J252">
         <v>2463</v>
       </c>
       <c r="K252">
-        <v>1602</v>
+        <v>1587</v>
       </c>
       <c r="L252">
-        <v>10961</v>
+        <v>10968</v>
       </c>
       <c r="M252">
-        <v>12563</v>
+        <v>12556</v>
       </c>
     </row>
     <row r="253" spans="1:26">
       <c r="A253" s="6">
         <v>33970.0</v>
       </c>
       <c r="B253">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C253">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="D253">
         <v>402</v>
       </c>
       <c r="E253">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="F253">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="G253">
         <v>2128</v>
       </c>
       <c r="H253">
-        <v>3699</v>
+        <v>3711</v>
       </c>
       <c r="I253">
-        <v>5629</v>
+        <v>5627</v>
       </c>
       <c r="J253">
         <v>2071</v>
       </c>
       <c r="K253">
-        <v>1395</v>
+        <v>1372</v>
       </c>
       <c r="L253">
-        <v>10004</v>
+        <v>10037</v>
       </c>
       <c r="M253">
-        <v>11399</v>
+        <v>11409</v>
       </c>
     </row>
     <row r="254" spans="1:26">
       <c r="A254" s="6">
         <v>34001.0</v>
       </c>
       <c r="B254">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="C254">
         <v>949</v>
       </c>
       <c r="D254">
         <v>374</v>
       </c>
       <c r="E254">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="F254">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="G254">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="H254">
-        <v>3371</v>
+        <v>3354</v>
       </c>
       <c r="I254">
         <v>5522</v>
       </c>
       <c r="J254">
         <v>2110</v>
       </c>
       <c r="K254">
-        <v>1396</v>
+        <v>1355</v>
       </c>
       <c r="L254">
-        <v>9606</v>
+        <v>9631</v>
       </c>
       <c r="M254">
-        <v>11003</v>
+        <v>10986</v>
       </c>
     </row>
     <row r="255" spans="1:26">
       <c r="A255" s="6">
         <v>34029.0</v>
       </c>
       <c r="B255">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="C255">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="D255">
         <v>432</v>
       </c>
       <c r="E255">
         <v>161</v>
       </c>
       <c r="F255">
         <v>1911</v>
       </c>
       <c r="G255">
         <v>2072</v>
       </c>
       <c r="H255">
-        <v>3511</v>
+        <v>3499</v>
       </c>
       <c r="I255">
-        <v>5722</v>
+        <v>5727</v>
       </c>
       <c r="J255">
         <v>2186</v>
       </c>
       <c r="K255">
-        <v>1561</v>
+        <v>1553</v>
       </c>
       <c r="L255">
         <v>9859</v>
       </c>
       <c r="M255">
-        <v>11419</v>
+        <v>11412</v>
       </c>
     </row>
     <row r="256" spans="1:26">
       <c r="A256" s="6">
         <v>34060.0</v>
       </c>
       <c r="B256">
         <v>695</v>
       </c>
       <c r="C256">
         <v>595</v>
       </c>
       <c r="D256">
         <v>485</v>
       </c>
       <c r="E256">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="F256">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="G256">
         <v>1775</v>
       </c>
       <c r="H256">
         <v>3388</v>
       </c>
       <c r="I256">
         <v>4445</v>
       </c>
       <c r="J256">
         <v>2483</v>
       </c>
       <c r="K256">
-        <v>1553</v>
+        <v>1527</v>
       </c>
       <c r="L256">
-        <v>8762</v>
+        <v>8788</v>
       </c>
       <c r="M256">
         <v>10315</v>
       </c>
     </row>
     <row r="257" spans="1:26">
       <c r="A257" s="6">
         <v>34090.0</v>
       </c>
       <c r="B257">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="C257">
         <v>675</v>
       </c>
       <c r="D257">
         <v>430</v>
       </c>
       <c r="E257">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F257">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="G257">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="H257">
-        <v>3444</v>
+        <v>3451</v>
       </c>
       <c r="I257">
         <v>4447</v>
       </c>
       <c r="J257">
         <v>2252</v>
       </c>
       <c r="K257">
-        <v>1697</v>
+        <v>1680</v>
       </c>
       <c r="L257">
-        <v>8446</v>
+        <v>8470</v>
       </c>
       <c r="M257">
-        <v>10143</v>
+        <v>10150</v>
       </c>
     </row>
     <row r="258" spans="1:26">
       <c r="A258" s="6">
         <v>34121.0</v>
       </c>
       <c r="B258">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="C258">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D258">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="E258">
         <v>189</v>
       </c>
       <c r="F258">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="G258">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="H258">
-        <v>4100</v>
+        <v>4113</v>
       </c>
       <c r="I258">
-        <v>4179</v>
+        <v>4187</v>
       </c>
       <c r="J258">
-        <v>2242</v>
+        <v>2241</v>
       </c>
       <c r="K258">
-        <v>1708</v>
+        <v>1697</v>
       </c>
       <c r="L258">
-        <v>8813</v>
+        <v>8844</v>
       </c>
       <c r="M258">
-        <v>10521</v>
+        <v>10541</v>
       </c>
     </row>
     <row r="259" spans="1:26">
       <c r="A259" s="6">
         <v>34151.0</v>
       </c>
       <c r="B259">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="C259">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="D259">
         <v>572</v>
       </c>
       <c r="E259">
         <v>174</v>
       </c>
       <c r="F259">
         <v>1820</v>
       </c>
       <c r="G259">
         <v>1994</v>
       </c>
       <c r="H259">
-        <v>3870</v>
+        <v>3856</v>
       </c>
       <c r="I259">
-        <v>3872</v>
+        <v>3892</v>
       </c>
       <c r="J259">
         <v>2750</v>
       </c>
       <c r="K259">
-        <v>1661</v>
+        <v>1654</v>
       </c>
       <c r="L259">
-        <v>8831</v>
+        <v>8843</v>
       </c>
       <c r="M259">
-        <v>10492</v>
+        <v>10498</v>
       </c>
     </row>
     <row r="260" spans="1:26">
       <c r="A260" s="6">
         <v>34182.0</v>
       </c>
       <c r="B260">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="C260">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="D260">
         <v>534</v>
       </c>
       <c r="E260">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="F260">
-        <v>1988</v>
+        <v>1987</v>
       </c>
       <c r="G260">
-        <v>2173</v>
+        <v>2171</v>
       </c>
       <c r="H260">
-        <v>4030</v>
+        <v>4017</v>
       </c>
       <c r="I260">
-        <v>4479</v>
+        <v>4484</v>
       </c>
       <c r="J260">
         <v>2628</v>
       </c>
       <c r="K260">
-        <v>1668</v>
+        <v>1664</v>
       </c>
       <c r="L260">
-        <v>9470</v>
+        <v>9464</v>
       </c>
       <c r="M260">
-        <v>11137</v>
+        <v>11128</v>
       </c>
     </row>
     <row r="261" spans="1:26">
       <c r="A261" s="6">
         <v>34213.0</v>
       </c>
       <c r="B261">
-        <v>869</v>
+        <v>868</v>
       </c>
       <c r="C261">
         <v>817</v>
       </c>
       <c r="D261">
         <v>558</v>
       </c>
       <c r="E261">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F261">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="G261">
-        <v>2244</v>
+        <v>2243</v>
       </c>
       <c r="H261">
-        <v>4100</v>
+        <v>4090</v>
       </c>
       <c r="I261">
-        <v>4794</v>
+        <v>4797</v>
       </c>
       <c r="J261">
         <v>2789</v>
       </c>
       <c r="K261">
-        <v>1815</v>
+        <v>1787</v>
       </c>
       <c r="L261">
-        <v>9869</v>
+        <v>9889</v>
       </c>
       <c r="M261">
-        <v>11683</v>
+        <v>11676</v>
       </c>
     </row>
     <row r="262" spans="1:26">
       <c r="A262" s="6">
         <v>34243.0</v>
       </c>
       <c r="B262">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="C262">
         <v>894</v>
       </c>
       <c r="D262">
         <v>542</v>
       </c>
       <c r="E262">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F262">
-        <v>2131</v>
+        <v>2132</v>
       </c>
       <c r="G262">
-        <v>2336</v>
+        <v>2335</v>
       </c>
       <c r="H262">
-        <v>4538</v>
+        <v>4526</v>
       </c>
       <c r="I262">
         <v>5324</v>
       </c>
       <c r="J262">
         <v>2604</v>
       </c>
       <c r="K262">
-        <v>1833</v>
+        <v>1806</v>
       </c>
       <c r="L262">
-        <v>10633</v>
+        <v>10648</v>
       </c>
       <c r="M262">
-        <v>12466</v>
+        <v>12454</v>
       </c>
     </row>
     <row r="263" spans="1:26">
       <c r="A263" s="6">
         <v>34274.0</v>
       </c>
       <c r="B263">
         <v>825</v>
       </c>
       <c r="C263">
         <v>843</v>
       </c>
       <c r="D263">
         <v>531</v>
       </c>
       <c r="E263">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="F263">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="G263">
         <v>2199</v>
       </c>
       <c r="H263">
         <v>4427</v>
       </c>
       <c r="I263">
         <v>5351</v>
       </c>
       <c r="J263">
         <v>2737</v>
       </c>
       <c r="K263">
-        <v>1982</v>
+        <v>1970</v>
       </c>
       <c r="L263">
-        <v>10533</v>
+        <v>10545</v>
       </c>
       <c r="M263">
         <v>12515</v>
       </c>
     </row>
     <row r="264" spans="1:26">
       <c r="A264" s="6">
         <v>34304.0</v>
       </c>
       <c r="B264">
         <v>818</v>
       </c>
       <c r="C264">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="D264">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="E264">
         <v>222</v>
       </c>
       <c r="F264">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="G264">
-        <v>2186</v>
+        <v>2187</v>
       </c>
       <c r="H264">
         <v>4224</v>
       </c>
       <c r="I264">
-        <v>5252</v>
+        <v>5262</v>
       </c>
       <c r="J264">
-        <v>2954</v>
+        <v>2946</v>
       </c>
       <c r="K264">
         <v>2067</v>
       </c>
       <c r="L264">
-        <v>10363</v>
+        <v>10365</v>
       </c>
       <c r="M264">
-        <v>12430</v>
+        <v>12432</v>
       </c>
     </row>
     <row r="265" spans="1:26">
       <c r="A265" s="6">
         <v>34335.0</v>
       </c>
       <c r="B265">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="C265">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="D265">
         <v>411</v>
       </c>
       <c r="E265">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="F265">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="G265">
         <v>1914</v>
       </c>
       <c r="H265">
-        <v>4130</v>
+        <v>4112</v>
       </c>
       <c r="I265">
-        <v>5119</v>
+        <v>5137</v>
       </c>
       <c r="J265">
         <v>2441</v>
       </c>
       <c r="K265">
-        <v>1850</v>
+        <v>1838</v>
       </c>
       <c r="L265">
-        <v>9840</v>
+        <v>9852</v>
       </c>
       <c r="M265">
         <v>11690</v>
       </c>
     </row>
     <row r="266" spans="1:26">
       <c r="A266" s="6">
         <v>34366.0</v>
       </c>
       <c r="B266">
         <v>612</v>
       </c>
       <c r="C266">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D266">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E266">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F266">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="G266">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="H266">
         <v>3453</v>
       </c>
       <c r="I266">
-        <v>4462</v>
+        <v>4469</v>
       </c>
       <c r="J266">
-        <v>1757</v>
+        <v>1760</v>
       </c>
       <c r="K266">
-        <v>1465</v>
+        <v>1468</v>
       </c>
       <c r="L266">
-        <v>8207</v>
+        <v>8214</v>
       </c>
       <c r="M266">
-        <v>9672</v>
+        <v>9682</v>
       </c>
     </row>
     <row r="267" spans="1:26">
       <c r="A267" s="6">
         <v>34394.0</v>
       </c>
       <c r="B267">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="C267">
         <v>725</v>
       </c>
       <c r="D267">
         <v>366</v>
       </c>
       <c r="E267">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="F267">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="G267">
-        <v>1732</v>
+        <v>1731</v>
       </c>
       <c r="H267">
-        <v>3512</v>
+        <v>3509</v>
       </c>
       <c r="I267">
         <v>4851</v>
       </c>
       <c r="J267">
         <v>2170</v>
       </c>
       <c r="K267">
-        <v>1786</v>
+        <v>1768</v>
       </c>
       <c r="L267">
-        <v>8747</v>
+        <v>8762</v>
       </c>
       <c r="M267">
-        <v>10534</v>
+        <v>10531</v>
       </c>
     </row>
     <row r="268" spans="1:26">
       <c r="A268" s="6">
         <v>34425.0</v>
       </c>
       <c r="B268">
         <v>583</v>
       </c>
       <c r="C268">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="D268">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E268">
         <v>170</v>
       </c>
       <c r="F268">
         <v>1507</v>
       </c>
       <c r="G268">
         <v>1677</v>
       </c>
       <c r="H268">
         <v>3100</v>
       </c>
       <c r="I268">
-        <v>4810</v>
+        <v>4802</v>
       </c>
       <c r="J268">
-        <v>1916</v>
+        <v>1926</v>
       </c>
       <c r="K268">
-        <v>1628</v>
+        <v>1617</v>
       </c>
       <c r="L268">
-        <v>8197</v>
+        <v>8211</v>
       </c>
       <c r="M268">
-        <v>9825</v>
+        <v>9828</v>
       </c>
     </row>
     <row r="269" spans="1:26">
       <c r="A269" s="6">
         <v>34455.0</v>
       </c>
       <c r="B269">
         <v>589</v>
       </c>
       <c r="C269">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="D269">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="E269">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="F269">
-        <v>1537</v>
+        <v>1540</v>
       </c>
       <c r="G269">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="H269">
         <v>3185</v>
       </c>
       <c r="I269">
-        <v>4753</v>
+        <v>4760</v>
       </c>
       <c r="J269">
-        <v>2186</v>
+        <v>2175</v>
       </c>
       <c r="K269">
-        <v>1839</v>
+        <v>1822</v>
       </c>
       <c r="L269">
-        <v>8285</v>
+        <v>8298</v>
       </c>
       <c r="M269">
-        <v>10124</v>
+        <v>10120</v>
       </c>
     </row>
     <row r="270" spans="1:26">
       <c r="A270" s="6">
         <v>34486.0</v>
       </c>
       <c r="B270">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C270">
         <v>779</v>
       </c>
       <c r="D270">
         <v>444</v>
       </c>
       <c r="E270">
         <v>225</v>
       </c>
       <c r="F270">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="G270">
-        <v>1844</v>
+        <v>1845</v>
       </c>
       <c r="H270">
-        <v>3252</v>
+        <v>3259</v>
       </c>
       <c r="I270">
         <v>5072</v>
       </c>
       <c r="J270">
         <v>2298</v>
       </c>
       <c r="K270">
-        <v>2184</v>
+        <v>2174</v>
       </c>
       <c r="L270">
-        <v>8438</v>
+        <v>8454</v>
       </c>
       <c r="M270">
-        <v>10622</v>
+        <v>10629</v>
       </c>
     </row>
     <row r="271" spans="1:26">
       <c r="A271" s="6">
         <v>34516.0</v>
       </c>
       <c r="B271">
         <v>572</v>
       </c>
       <c r="C271">
         <v>824</v>
       </c>
       <c r="D271">
         <v>440</v>
       </c>
       <c r="E271">
         <v>198</v>
       </c>
       <c r="F271">
         <v>1638</v>
       </c>
       <c r="G271">
         <v>1836</v>
       </c>
       <c r="H271">
         <v>2841</v>
       </c>
       <c r="I271">
-        <v>5217</v>
+        <v>5219</v>
       </c>
       <c r="J271">
         <v>2399</v>
       </c>
       <c r="K271">
         <v>1908</v>
       </c>
       <c r="L271">
-        <v>8549</v>
+        <v>8551</v>
       </c>
       <c r="M271">
-        <v>10456</v>
+        <v>10458</v>
       </c>
     </row>
     <row r="272" spans="1:26">
       <c r="A272" s="6">
         <v>34547.0</v>
       </c>
       <c r="B272">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C272">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D272">
         <v>526</v>
       </c>
       <c r="E272">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F272">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="G272">
-        <v>2067</v>
+        <v>2069</v>
       </c>
       <c r="H272">
-        <v>3313</v>
+        <v>3317</v>
       </c>
       <c r="I272">
-        <v>5073</v>
+        <v>5076</v>
       </c>
       <c r="J272">
         <v>2624</v>
       </c>
       <c r="K272">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="L272">
-        <v>9455</v>
+        <v>9458</v>
       </c>
       <c r="M272">
-        <v>11010</v>
+        <v>11017</v>
       </c>
     </row>
     <row r="273" spans="1:26">
       <c r="A273" s="6">
         <v>34578.0</v>
       </c>
       <c r="B273">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C273">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="D273">
         <v>445</v>
       </c>
       <c r="E273">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="F273">
-        <v>1829</v>
+        <v>1834</v>
       </c>
       <c r="G273">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="H273">
-        <v>3087</v>
+        <v>3094</v>
       </c>
       <c r="I273">
-        <v>5443</v>
+        <v>5447</v>
       </c>
       <c r="J273">
         <v>2238</v>
       </c>
       <c r="K273">
-        <v>1879</v>
+        <v>1845</v>
       </c>
       <c r="L273">
-        <v>8888</v>
+        <v>8934</v>
       </c>
       <c r="M273">
-        <v>10767</v>
+        <v>10778</v>
       </c>
     </row>
     <row r="274" spans="1:26">
       <c r="A274" s="6">
         <v>34608.0</v>
       </c>
       <c r="B274">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="C274">
-        <v>939</v>
+        <v>938</v>
       </c>
       <c r="D274">
         <v>471</v>
       </c>
       <c r="E274">
         <v>215</v>
       </c>
       <c r="F274">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="G274">
-        <v>2129</v>
+        <v>2130</v>
       </c>
       <c r="H274">
-        <v>3598</v>
+        <v>3621</v>
       </c>
       <c r="I274">
-        <v>5785</v>
+        <v>5782</v>
       </c>
       <c r="J274">
         <v>2542</v>
       </c>
       <c r="K274">
         <v>2070</v>
       </c>
       <c r="L274">
-        <v>9856</v>
+        <v>9876</v>
       </c>
       <c r="M274">
-        <v>11926</v>
+        <v>11946</v>
       </c>
     </row>
     <row r="275" spans="1:26">
       <c r="A275" s="6">
         <v>34639.0</v>
       </c>
       <c r="B275">
         <v>678</v>
       </c>
       <c r="C275">
         <v>848</v>
       </c>
       <c r="D275">
         <v>464</v>
       </c>
       <c r="E275">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="F275">
-        <v>1810</v>
+        <v>1812</v>
       </c>
       <c r="G275">
         <v>1990</v>
       </c>
       <c r="H275">
-        <v>3531</v>
+        <v>3523</v>
       </c>
       <c r="I275">
-        <v>5380</v>
+        <v>5381</v>
       </c>
       <c r="J275">
         <v>2364</v>
       </c>
       <c r="K275">
-        <v>1765</v>
+        <v>1733</v>
       </c>
       <c r="L275">
-        <v>9510</v>
+        <v>9535</v>
       </c>
       <c r="M275">
-        <v>11274</v>
+        <v>11268</v>
       </c>
     </row>
     <row r="276" spans="1:26">
       <c r="A276" s="6">
         <v>34669.0</v>
       </c>
       <c r="B276">
         <v>697</v>
       </c>
       <c r="C276">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="D276">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="E276">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F276">
-        <v>1767</v>
+        <v>1771</v>
       </c>
       <c r="G276">
-        <v>1964</v>
+        <v>1969</v>
       </c>
       <c r="H276">
-        <v>3519</v>
+        <v>3536</v>
       </c>
       <c r="I276">
-        <v>5077</v>
+        <v>5111</v>
       </c>
       <c r="J276">
-        <v>2609</v>
+        <v>2622</v>
       </c>
       <c r="K276">
-        <v>1916</v>
+        <v>1923</v>
       </c>
       <c r="L276">
-        <v>9288</v>
+        <v>9346</v>
       </c>
       <c r="M276">
-        <v>11205</v>
+        <v>11269</v>
       </c>
     </row>
     <row r="277" spans="1:26">
       <c r="A277" s="6">
         <v>34700.0</v>
       </c>
       <c r="B277">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C277">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="D277">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="E277">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="F277">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="G277">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="H277">
-        <v>3525</v>
+        <v>3534</v>
       </c>
       <c r="I277">
-        <v>5410</v>
+        <v>5422</v>
       </c>
       <c r="J277">
-        <v>2256</v>
+        <v>2244</v>
       </c>
       <c r="K277">
-        <v>1926</v>
+        <v>1919</v>
       </c>
       <c r="L277">
-        <v>9266</v>
+        <v>9281</v>
       </c>
       <c r="M277">
-        <v>11192</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="278" spans="1:26">
       <c r="A278" s="6">
         <v>34731.0</v>
       </c>
       <c r="B278">
         <v>663</v>
       </c>
       <c r="C278">
         <v>777</v>
       </c>
       <c r="D278">
         <v>376</v>
       </c>
       <c r="E278">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="F278">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="G278">
         <v>1816</v>
       </c>
       <c r="H278">
         <v>3272</v>
       </c>
       <c r="I278">
         <v>5059</v>
       </c>
       <c r="J278">
         <v>2049</v>
       </c>
       <c r="K278">
-        <v>1984</v>
+        <v>1973</v>
       </c>
       <c r="L278">
-        <v>8396</v>
+        <v>8407</v>
       </c>
       <c r="M278">
         <v>10380</v>
       </c>
     </row>
     <row r="279" spans="1:26">
       <c r="A279" s="6">
         <v>34759.0</v>
       </c>
       <c r="B279">
         <v>724</v>
       </c>
       <c r="C279">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="D279">
         <v>355</v>
       </c>
       <c r="E279">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F279">
         <v>1627</v>
       </c>
       <c r="G279">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="H279">
-        <v>3565</v>
+        <v>3559</v>
       </c>
       <c r="I279">
-        <v>4926</v>
+        <v>4932</v>
       </c>
       <c r="J279">
         <v>1929</v>
       </c>
       <c r="K279">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="L279">
-        <v>8586</v>
+        <v>8584</v>
       </c>
       <c r="M279">
         <v>10420</v>
       </c>
     </row>
     <row r="280" spans="1:26">
       <c r="A280" s="6">
         <v>34790.0</v>
       </c>
       <c r="B280">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C280">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D280">
         <v>361</v>
       </c>
       <c r="E280">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="F280">
-        <v>1406</v>
+        <v>1410</v>
       </c>
       <c r="G280">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="H280">
-        <v>3132</v>
+        <v>3145</v>
       </c>
       <c r="I280">
-        <v>4051</v>
+        <v>4056</v>
       </c>
       <c r="J280">
         <v>2030</v>
       </c>
       <c r="K280">
-        <v>1975</v>
+        <v>1946</v>
       </c>
       <c r="L280">
-        <v>7238</v>
+        <v>7286</v>
       </c>
       <c r="M280">
-        <v>9213</v>
+        <v>9232</v>
       </c>
     </row>
     <row r="281" spans="1:26">
       <c r="A281" s="6">
         <v>34820.0</v>
       </c>
       <c r="B281">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C281">
         <v>604</v>
       </c>
       <c r="D281">
         <v>382</v>
       </c>
       <c r="E281">
         <v>201</v>
       </c>
       <c r="F281">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="G281">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="H281">
-        <v>3527</v>
+        <v>3528</v>
       </c>
       <c r="I281">
         <v>4071</v>
       </c>
       <c r="J281">
         <v>2153</v>
       </c>
       <c r="K281">
         <v>1683</v>
       </c>
       <c r="L281">
-        <v>8068</v>
+        <v>8069</v>
       </c>
       <c r="M281">
-        <v>9751</v>
+        <v>9752</v>
       </c>
     </row>
     <row r="282" spans="1:26">
       <c r="A282" s="6">
         <v>34851.0</v>
       </c>
       <c r="B282">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C282">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="D282">
         <v>442</v>
       </c>
       <c r="E282">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="F282">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="G282">
         <v>1750</v>
       </c>
       <c r="H282">
-        <v>3446</v>
+        <v>3447</v>
       </c>
       <c r="I282">
-        <v>3856</v>
+        <v>3845</v>
       </c>
       <c r="J282">
-        <v>2353</v>
+        <v>2361</v>
       </c>
       <c r="K282">
-        <v>1988</v>
+        <v>1973</v>
       </c>
       <c r="L282">
-        <v>7667</v>
+        <v>7679</v>
       </c>
       <c r="M282">
-        <v>9655</v>
+        <v>9652</v>
       </c>
     </row>
     <row r="283" spans="1:26">
       <c r="A283" s="6">
         <v>34881.0</v>
       </c>
       <c r="B283">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C283">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="D283">
         <v>445</v>
       </c>
       <c r="E283">
         <v>235</v>
       </c>
       <c r="F283">
-        <v>1623</v>
+        <v>1626</v>
       </c>
       <c r="G283">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="H283">
-        <v>3789</v>
+        <v>3797</v>
       </c>
       <c r="I283">
-        <v>4014</v>
+        <v>4021</v>
       </c>
       <c r="J283">
         <v>2399</v>
       </c>
       <c r="K283">
-        <v>2057</v>
+        <v>2055</v>
       </c>
       <c r="L283">
-        <v>8145</v>
+        <v>8161</v>
       </c>
       <c r="M283">
-        <v>10202</v>
+        <v>10216</v>
       </c>
     </row>
     <row r="284" spans="1:26">
       <c r="A284" s="6">
         <v>34912.0</v>
       </c>
       <c r="B284">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C284">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="D284">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="E284">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="F284">
-        <v>1698</v>
+        <v>1701</v>
       </c>
       <c r="G284">
-        <v>1911</v>
+        <v>1913</v>
       </c>
       <c r="H284">
-        <v>3741</v>
+        <v>3740</v>
       </c>
       <c r="I284">
-        <v>4178</v>
+        <v>4187</v>
       </c>
       <c r="J284">
-        <v>2208</v>
+        <v>2205</v>
       </c>
       <c r="K284">
-        <v>1983</v>
+        <v>1972</v>
       </c>
       <c r="L284">
-        <v>8145</v>
+        <v>8161</v>
       </c>
       <c r="M284">
-        <v>10128</v>
+        <v>10132</v>
       </c>
     </row>
     <row r="285" spans="1:26">
       <c r="A285" s="6">
         <v>34943.0</v>
       </c>
       <c r="B285">
         <v>696</v>
       </c>
       <c r="C285">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D285">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="E285">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="F285">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="G285">
         <v>1980</v>
       </c>
       <c r="H285">
         <v>3437</v>
       </c>
       <c r="I285">
-        <v>4604</v>
+        <v>4616</v>
       </c>
       <c r="J285">
-        <v>2446</v>
+        <v>2432</v>
       </c>
       <c r="K285">
-        <v>2134</v>
+        <v>2117</v>
       </c>
       <c r="L285">
-        <v>8353</v>
+        <v>8368</v>
       </c>
       <c r="M285">
-        <v>10488</v>
+        <v>10485</v>
       </c>
     </row>
     <row r="286" spans="1:26">
       <c r="A286" s="6">
         <v>34973.0</v>
       </c>
       <c r="B286">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C286">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="D286">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="E286">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="F286">
-        <v>1780</v>
+        <v>1785</v>
       </c>
       <c r="G286">
-        <v>1982</v>
+        <v>1985</v>
       </c>
       <c r="H286">
-        <v>3637</v>
+        <v>3638</v>
       </c>
       <c r="I286">
-        <v>4452</v>
+        <v>4457</v>
       </c>
       <c r="J286">
-        <v>2255</v>
+        <v>2270</v>
       </c>
       <c r="K286">
-        <v>1836</v>
+        <v>1806</v>
       </c>
       <c r="L286">
-        <v>8507</v>
+        <v>8558</v>
       </c>
       <c r="M286">
-        <v>10343</v>
+        <v>10364</v>
       </c>
     </row>
     <row r="287" spans="1:26">
       <c r="A287" s="6">
         <v>35004.0</v>
       </c>
       <c r="B287">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C287">
         <v>698</v>
       </c>
       <c r="D287">
         <v>437</v>
       </c>
       <c r="E287">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="F287">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="G287">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="H287">
-        <v>3427</v>
+        <v>3429</v>
       </c>
       <c r="I287">
-        <v>4363</v>
+        <v>4360</v>
       </c>
       <c r="J287">
         <v>2369</v>
       </c>
       <c r="K287">
-        <v>1994</v>
+        <v>1973</v>
       </c>
       <c r="L287">
-        <v>8164</v>
+        <v>8184</v>
       </c>
       <c r="M287">
-        <v>10158</v>
+        <v>10157</v>
       </c>
     </row>
     <row r="288" spans="1:26">
       <c r="A288" s="6">
         <v>35034.0</v>
       </c>
       <c r="B288">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C288">
         <v>721</v>
       </c>
       <c r="D288">
         <v>421</v>
       </c>
       <c r="E288">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="F288">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="G288">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="H288">
-        <v>3412</v>
+        <v>3418</v>
       </c>
       <c r="I288">
-        <v>4487</v>
+        <v>4484</v>
       </c>
       <c r="J288">
         <v>2191</v>
       </c>
       <c r="K288">
-        <v>1818</v>
+        <v>1808</v>
       </c>
       <c r="L288">
-        <v>8273</v>
+        <v>8286</v>
       </c>
       <c r="M288">
-        <v>10091</v>
+        <v>10094</v>
       </c>
     </row>
     <row r="289" spans="1:26">
       <c r="A289" s="6">
         <v>35065.0</v>
       </c>
       <c r="B289">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C289">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="D289">
         <v>439</v>
       </c>
       <c r="E289">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="F289">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="G289">
         <v>1877</v>
       </c>
       <c r="H289">
-        <v>3547</v>
+        <v>3548</v>
       </c>
       <c r="I289">
-        <v>4933</v>
+        <v>4924</v>
       </c>
       <c r="J289">
         <v>2626</v>
       </c>
       <c r="K289">
-        <v>2211</v>
+        <v>2182</v>
       </c>
       <c r="L289">
-        <v>8894</v>
+        <v>8915</v>
       </c>
       <c r="M289">
-        <v>11105</v>
+        <v>11098</v>
       </c>
     </row>
     <row r="290" spans="1:26">
       <c r="A290" s="6">
         <v>35096.0</v>
       </c>
       <c r="B290">
         <v>693</v>
       </c>
       <c r="C290">
         <v>697</v>
       </c>
       <c r="D290">
         <v>336</v>
       </c>
       <c r="E290">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="F290">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="G290">
         <v>1726</v>
       </c>
       <c r="H290">
-        <v>3214</v>
+        <v>3213</v>
       </c>
       <c r="I290">
-        <v>4506</v>
+        <v>4507</v>
       </c>
       <c r="J290">
         <v>1937</v>
       </c>
       <c r="K290">
-        <v>1717</v>
+        <v>1678</v>
       </c>
       <c r="L290">
-        <v>7940</v>
+        <v>7979</v>
       </c>
       <c r="M290">
-        <v>9657</v>
+        <v>9656</v>
       </c>
     </row>
     <row r="291" spans="1:26">
       <c r="A291" s="6">
         <v>35125.0</v>
       </c>
       <c r="B291">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C291">
         <v>735</v>
       </c>
       <c r="D291">
         <v>375</v>
       </c>
       <c r="E291">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="F291">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="G291">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="H291">
-        <v>3326</v>
+        <v>3334</v>
       </c>
       <c r="I291">
         <v>4630</v>
       </c>
       <c r="J291">
         <v>2300</v>
       </c>
       <c r="K291">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="L291">
-        <v>8390</v>
+        <v>8414</v>
       </c>
       <c r="M291">
-        <v>10256</v>
+        <v>10264</v>
       </c>
     </row>
     <row r="292" spans="1:26">
       <c r="A292" s="6">
         <v>35156.0</v>
       </c>
       <c r="B292">
         <v>708</v>
       </c>
       <c r="C292">
         <v>683</v>
       </c>
       <c r="D292">
         <v>370</v>
       </c>
       <c r="E292">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F292">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="G292">
         <v>1761</v>
       </c>
       <c r="H292">
         <v>3292</v>
       </c>
       <c r="I292">
         <v>4577</v>
       </c>
       <c r="J292">
         <v>1951</v>
       </c>
       <c r="K292">
-        <v>2104</v>
+        <v>2064</v>
       </c>
       <c r="L292">
-        <v>7716</v>
+        <v>7757</v>
       </c>
       <c r="M292">
         <v>9821</v>
       </c>
     </row>
     <row r="293" spans="1:26">
       <c r="A293" s="6">
         <v>35186.0</v>
       </c>
       <c r="B293">
         <v>807</v>
       </c>
       <c r="C293">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D293">
         <v>445</v>
       </c>
       <c r="E293">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="F293">
-        <v>1725</v>
+        <v>1728</v>
       </c>
       <c r="G293">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="H293">
         <v>3661</v>
       </c>
       <c r="I293">
-        <v>4848</v>
+        <v>4865</v>
       </c>
       <c r="J293">
         <v>2370</v>
       </c>
       <c r="K293">
-        <v>2185</v>
+        <v>2149</v>
       </c>
       <c r="L293">
-        <v>8694</v>
+        <v>8746</v>
       </c>
       <c r="M293">
-        <v>10879</v>
+        <v>10896</v>
       </c>
     </row>
     <row r="294" spans="1:26">
       <c r="A294" s="6">
         <v>35217.0</v>
       </c>
       <c r="B294">
         <v>727</v>
       </c>
       <c r="C294">
         <v>710</v>
       </c>
       <c r="D294">
         <v>419</v>
       </c>
       <c r="E294">
         <v>244</v>
       </c>
       <c r="F294">
         <v>1612</v>
       </c>
       <c r="G294">
         <v>1856</v>
       </c>
       <c r="H294">
         <v>3375</v>
       </c>
       <c r="I294">
         <v>4617</v>
       </c>
       <c r="J294">
         <v>2423</v>
       </c>
       <c r="K294">
         <v>2178</v>
       </c>
       <c r="L294">
         <v>8237</v>
       </c>
       <c r="M294">
         <v>10415</v>
       </c>
     </row>
     <row r="295" spans="1:26">
       <c r="A295" s="6">
         <v>35247.0</v>
       </c>
       <c r="B295">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="C295">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="D295">
         <v>457</v>
       </c>
       <c r="E295">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F295">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="G295">
-        <v>2036</v>
+        <v>2039</v>
       </c>
       <c r="H295">
-        <v>3695</v>
+        <v>3698</v>
       </c>
       <c r="I295">
-        <v>4942</v>
+        <v>4951</v>
       </c>
       <c r="J295">
         <v>2463</v>
       </c>
       <c r="K295">
-        <v>2191</v>
+        <v>2200</v>
       </c>
       <c r="L295">
-        <v>8910</v>
+        <v>8913</v>
       </c>
       <c r="M295">
-        <v>11101</v>
+        <v>11113</v>
       </c>
     </row>
     <row r="296" spans="1:26">
       <c r="A296" s="6">
         <v>35278.0</v>
       </c>
       <c r="B296">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="C296">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="D296">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="E296">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="F296">
-        <v>1966</v>
+        <v>1970</v>
       </c>
       <c r="G296">
-        <v>2210</v>
+        <v>2212</v>
       </c>
       <c r="H296">
-        <v>4174</v>
+        <v>4170</v>
       </c>
       <c r="I296">
-        <v>5473</v>
+        <v>5491</v>
       </c>
       <c r="J296">
-        <v>2548</v>
+        <v>2549</v>
       </c>
       <c r="K296">
-        <v>2431</v>
+        <v>2395</v>
       </c>
       <c r="L296">
-        <v>9765</v>
+        <v>9815</v>
       </c>
       <c r="M296">
-        <v>12195</v>
+        <v>12210</v>
       </c>
     </row>
     <row r="297" spans="1:26">
       <c r="A297" s="6">
         <v>35309.0</v>
       </c>
       <c r="B297">
         <v>735</v>
       </c>
       <c r="C297">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D297">
         <v>424</v>
       </c>
       <c r="E297">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="F297">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="G297">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="H297">
-        <v>3487</v>
+        <v>3493</v>
       </c>
       <c r="I297">
-        <v>4942</v>
+        <v>4947</v>
       </c>
       <c r="J297">
         <v>2329</v>
       </c>
       <c r="K297">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="L297">
-        <v>8743</v>
+        <v>8759</v>
       </c>
       <c r="M297">
-        <v>10758</v>
+        <v>10770</v>
       </c>
     </row>
     <row r="298" spans="1:26">
       <c r="A298" s="6">
         <v>35339.0</v>
       </c>
       <c r="B298">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="C298">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="D298">
         <v>493</v>
       </c>
       <c r="E298">
         <v>228</v>
       </c>
       <c r="F298">
-        <v>2080</v>
+        <v>2079</v>
       </c>
       <c r="G298">
-        <v>2308</v>
+        <v>2307</v>
       </c>
       <c r="H298">
-        <v>4148</v>
+        <v>4161</v>
       </c>
       <c r="I298">
-        <v>5528</v>
+        <v>5511</v>
       </c>
       <c r="J298">
         <v>2578</v>
       </c>
       <c r="K298">
         <v>2205</v>
       </c>
       <c r="L298">
-        <v>10049</v>
+        <v>10044</v>
       </c>
       <c r="M298">
-        <v>12254</v>
+        <v>12250</v>
       </c>
     </row>
     <row r="299" spans="1:26">
       <c r="A299" s="6">
         <v>35370.0</v>
       </c>
       <c r="B299">
         <v>860</v>
       </c>
       <c r="C299">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="D299">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="E299">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="F299">
-        <v>1972</v>
+        <v>1976</v>
       </c>
       <c r="G299">
-        <v>2201</v>
+        <v>2202</v>
       </c>
       <c r="H299">
         <v>4189</v>
       </c>
       <c r="I299">
-        <v>5347</v>
+        <v>5355</v>
       </c>
       <c r="J299">
-        <v>2575</v>
+        <v>2567</v>
       </c>
       <c r="K299">
-        <v>2209</v>
+        <v>2168</v>
       </c>
       <c r="L299">
-        <v>9902</v>
+        <v>9943</v>
       </c>
       <c r="M299">
         <v>12111</v>
       </c>
     </row>
     <row r="300" spans="1:26">
       <c r="A300" s="6">
         <v>35400.0</v>
       </c>
       <c r="B300">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="C300">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="D300">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="E300">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F300">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="G300">
-        <v>2083</v>
+        <v>2086</v>
       </c>
       <c r="H300">
-        <v>3966</v>
+        <v>3979</v>
       </c>
       <c r="I300">
-        <v>5259</v>
+        <v>5274</v>
       </c>
       <c r="J300">
-        <v>2353</v>
+        <v>2352</v>
       </c>
       <c r="K300">
-        <v>2312</v>
+        <v>2323</v>
       </c>
       <c r="L300">
-        <v>9266</v>
+        <v>9283</v>
       </c>
       <c r="M300">
-        <v>11579</v>
+        <v>11606</v>
       </c>
     </row>
     <row r="301" spans="1:26">
       <c r="A301" s="6">
         <v>35431.0</v>
       </c>
       <c r="B301">
         <v>805</v>
       </c>
       <c r="C301">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D301">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="E301">
         <v>217</v>
       </c>
       <c r="F301">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="G301">
-        <v>2039</v>
+        <v>2041</v>
       </c>
       <c r="H301">
         <v>3879</v>
       </c>
       <c r="I301">
-        <v>5559</v>
+        <v>5563</v>
       </c>
       <c r="J301">
-        <v>2269</v>
+        <v>2281</v>
       </c>
       <c r="K301">
-        <v>2154</v>
+        <v>2153</v>
       </c>
       <c r="L301">
-        <v>9553</v>
+        <v>9570</v>
       </c>
       <c r="M301">
-        <v>11707</v>
+        <v>11723</v>
       </c>
     </row>
     <row r="302" spans="1:26">
       <c r="A302" s="6">
         <v>35462.0</v>
       </c>
       <c r="B302">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="C302">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="D302">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="E302">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="F302">
-        <v>1808</v>
+        <v>1812</v>
       </c>
       <c r="G302">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="H302">
-        <v>3932</v>
+        <v>3945</v>
       </c>
       <c r="I302">
-        <v>5298</v>
+        <v>5301</v>
       </c>
       <c r="J302">
-        <v>2479</v>
+        <v>2468</v>
       </c>
       <c r="K302">
-        <v>2092</v>
+        <v>2061</v>
       </c>
       <c r="L302">
-        <v>9617</v>
+        <v>9653</v>
       </c>
       <c r="M302">
-        <v>11709</v>
+        <v>11714</v>
       </c>
     </row>
     <row r="303" spans="1:26">
       <c r="A303" s="6">
         <v>35490.0</v>
       </c>
       <c r="B303">
         <v>879</v>
       </c>
       <c r="C303">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="D303">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E303">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="F303">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="G303">
         <v>2048</v>
       </c>
       <c r="H303">
-        <v>4293</v>
+        <v>4282</v>
       </c>
       <c r="I303">
-        <v>5658</v>
+        <v>5654</v>
       </c>
       <c r="J303">
-        <v>2118</v>
+        <v>2131</v>
       </c>
       <c r="K303">
-        <v>2335</v>
+        <v>2319</v>
       </c>
       <c r="L303">
-        <v>9733</v>
+        <v>9748</v>
       </c>
       <c r="M303">
-        <v>12069</v>
+        <v>12067</v>
       </c>
     </row>
     <row r="304" spans="1:26">
       <c r="A304" s="6">
         <v>35521.0</v>
       </c>
       <c r="B304">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="C304">
         <v>758</v>
       </c>
       <c r="D304">
         <v>409</v>
       </c>
       <c r="E304">
         <v>258</v>
       </c>
       <c r="F304">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="G304">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="H304">
-        <v>4340</v>
+        <v>4353</v>
       </c>
       <c r="I304">
-        <v>5561</v>
+        <v>5553</v>
       </c>
       <c r="J304">
         <v>2245</v>
       </c>
       <c r="K304">
-        <v>2357</v>
+        <v>2349</v>
       </c>
       <c r="L304">
-        <v>9789</v>
+        <v>9802</v>
       </c>
       <c r="M304">
-        <v>12146</v>
+        <v>12151</v>
       </c>
     </row>
     <row r="305" spans="1:26">
       <c r="A305" s="6">
         <v>35551.0</v>
       </c>
       <c r="B305">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="C305">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="D305">
         <v>439</v>
       </c>
       <c r="E305">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F305">
-        <v>1970</v>
+        <v>1968</v>
       </c>
       <c r="G305">
-        <v>2250</v>
+        <v>2249</v>
       </c>
       <c r="H305">
-        <v>4765</v>
+        <v>4770</v>
       </c>
       <c r="I305">
-        <v>5382</v>
+        <v>5375</v>
       </c>
       <c r="J305">
         <v>2487</v>
       </c>
       <c r="K305">
-        <v>2389</v>
+        <v>2395</v>
       </c>
       <c r="L305">
-        <v>10245</v>
+        <v>10237</v>
       </c>
       <c r="M305">
-        <v>12634</v>
+        <v>12632</v>
       </c>
     </row>
     <row r="306" spans="1:26">
       <c r="A306" s="6">
         <v>35582.0</v>
       </c>
       <c r="B306">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="C306">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="D306">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="E306">
         <v>296</v>
       </c>
       <c r="F306">
-        <v>2058</v>
+        <v>2063</v>
       </c>
       <c r="G306">
-        <v>2354</v>
+        <v>2359</v>
       </c>
       <c r="H306">
-        <v>5032</v>
+        <v>5045</v>
       </c>
       <c r="I306">
-        <v>5734</v>
+        <v>5742</v>
       </c>
       <c r="J306">
-        <v>2766</v>
+        <v>2780</v>
       </c>
       <c r="K306">
-        <v>2498</v>
+        <v>2495</v>
       </c>
       <c r="L306">
-        <v>11033</v>
+        <v>11071</v>
       </c>
       <c r="M306">
-        <v>13531</v>
+        <v>13567</v>
       </c>
     </row>
     <row r="307" spans="1:26">
       <c r="A307" s="6">
         <v>35612.0</v>
       </c>
       <c r="B307">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="C307">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="D307">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="E307">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="F307">
         <v>2134</v>
       </c>
       <c r="G307">
-        <v>2429</v>
+        <v>2426</v>
       </c>
       <c r="H307">
-        <v>4919</v>
+        <v>4907</v>
       </c>
       <c r="I307">
-        <v>5591</v>
+        <v>5574</v>
       </c>
       <c r="J307">
-        <v>2692</v>
+        <v>2684</v>
       </c>
       <c r="K307">
-        <v>2549</v>
+        <v>2513</v>
       </c>
       <c r="L307">
         <v>10652</v>
       </c>
       <c r="M307">
-        <v>13201</v>
+        <v>13166</v>
       </c>
     </row>
     <row r="308" spans="1:26">
       <c r="A308" s="6">
         <v>35643.0</v>
       </c>
       <c r="B308">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="C308">
         <v>950</v>
       </c>
       <c r="D308">
         <v>499</v>
       </c>
       <c r="E308">
         <v>290</v>
       </c>
       <c r="F308">
-        <v>2144</v>
+        <v>2145</v>
       </c>
       <c r="G308">
-        <v>2434</v>
+        <v>2435</v>
       </c>
       <c r="H308">
-        <v>4750</v>
+        <v>4760</v>
       </c>
       <c r="I308">
         <v>5891</v>
       </c>
       <c r="J308">
-        <v>2890</v>
+        <v>2889</v>
       </c>
       <c r="K308">
-        <v>2473</v>
+        <v>2477</v>
       </c>
       <c r="L308">
-        <v>11057</v>
+        <v>11064</v>
       </c>
       <c r="M308">
-        <v>13531</v>
+        <v>13541</v>
       </c>
     </row>
     <row r="309" spans="1:26">
       <c r="A309" s="6">
         <v>35674.0</v>
       </c>
       <c r="B309">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C309">
         <v>1025</v>
       </c>
       <c r="D309">
         <v>531</v>
       </c>
       <c r="E309">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="F309">
-        <v>2213</v>
+        <v>2215</v>
       </c>
       <c r="G309">
-        <v>2549</v>
+        <v>2550</v>
       </c>
       <c r="H309">
-        <v>4820</v>
+        <v>4823</v>
       </c>
       <c r="I309">
         <v>6250</v>
       </c>
       <c r="J309">
         <v>2980</v>
       </c>
       <c r="K309">
-        <v>2879</v>
+        <v>2858</v>
       </c>
       <c r="L309">
-        <v>11170</v>
+        <v>11194</v>
       </c>
       <c r="M309">
-        <v>14050</v>
+        <v>14053</v>
       </c>
     </row>
     <row r="310" spans="1:26">
       <c r="A310" s="6">
         <v>35704.0</v>
       </c>
       <c r="B310">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C310">
         <v>1085</v>
       </c>
       <c r="D310">
         <v>574</v>
       </c>
       <c r="E310">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="F310">
-        <v>2351</v>
+        <v>2354</v>
       </c>
       <c r="G310">
-        <v>2619</v>
+        <v>2620</v>
       </c>
       <c r="H310">
         <v>4679</v>
       </c>
       <c r="I310">
         <v>6527</v>
       </c>
       <c r="J310">
         <v>3137</v>
       </c>
       <c r="K310">
-        <v>2273</v>
+        <v>2248</v>
       </c>
       <c r="L310">
-        <v>12069</v>
+        <v>12094</v>
       </c>
       <c r="M310">
         <v>14342</v>
       </c>
     </row>
     <row r="311" spans="1:26">
       <c r="A311" s="6">
         <v>35735.0</v>
       </c>
       <c r="B311">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="C311">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D311">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="E311">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F311">
-        <v>2105</v>
+        <v>2106</v>
       </c>
       <c r="G311">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="H311">
-        <v>4310</v>
+        <v>4311</v>
       </c>
       <c r="I311">
-        <v>6392</v>
+        <v>6396</v>
       </c>
       <c r="J311">
-        <v>2648</v>
+        <v>2670</v>
       </c>
       <c r="K311">
-        <v>2364</v>
+        <v>2369</v>
       </c>
       <c r="L311">
-        <v>10985</v>
+        <v>11008</v>
       </c>
       <c r="M311">
-        <v>13350</v>
+        <v>13377</v>
       </c>
     </row>
     <row r="312" spans="1:26">
       <c r="A312" s="6">
         <v>35765.0</v>
       </c>
       <c r="B312">
-        <v>872</v>
+        <v>871</v>
       </c>
       <c r="C312">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="D312">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="E312">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F312">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="G312">
-        <v>2291</v>
+        <v>2290</v>
       </c>
       <c r="H312">
-        <v>4454</v>
+        <v>4443</v>
       </c>
       <c r="I312">
-        <v>6224</v>
+        <v>6231</v>
       </c>
       <c r="J312">
-        <v>2988</v>
+        <v>2973</v>
       </c>
       <c r="K312">
-        <v>2843</v>
+        <v>2784</v>
       </c>
       <c r="L312">
-        <v>10823</v>
+        <v>10862</v>
       </c>
       <c r="M312">
-        <v>13666</v>
+        <v>13647</v>
       </c>
     </row>
     <row r="313" spans="1:26">
       <c r="A313" s="6">
         <v>35796.0</v>
       </c>
       <c r="B313">
-        <v>869</v>
+        <v>868</v>
       </c>
       <c r="C313">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="D313">
         <v>435</v>
       </c>
       <c r="E313">
         <v>275</v>
       </c>
       <c r="F313">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="G313">
-        <v>2214</v>
+        <v>2215</v>
       </c>
       <c r="H313">
-        <v>4445</v>
+        <v>4438</v>
       </c>
       <c r="I313">
-        <v>5967</v>
+        <v>5985</v>
       </c>
       <c r="J313">
-        <v>2418</v>
+        <v>2417</v>
       </c>
       <c r="K313">
-        <v>2400</v>
+        <v>2394</v>
       </c>
       <c r="L313">
-        <v>10430</v>
+        <v>10446</v>
       </c>
       <c r="M313">
-        <v>12830</v>
+        <v>12840</v>
       </c>
     </row>
     <row r="314" spans="1:26">
       <c r="A314" s="6">
         <v>35827.0</v>
       </c>
       <c r="B314">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="C314">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D314">
         <v>357</v>
       </c>
       <c r="E314">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="F314">
-        <v>1623</v>
+        <v>1626</v>
       </c>
       <c r="G314">
         <v>1893</v>
       </c>
       <c r="H314">
-        <v>4023</v>
+        <v>4009</v>
       </c>
       <c r="I314">
-        <v>5531</v>
+        <v>5542</v>
       </c>
       <c r="J314">
         <v>2316</v>
       </c>
       <c r="K314">
-        <v>2542</v>
+        <v>2508</v>
       </c>
       <c r="L314">
-        <v>9329</v>
+        <v>9359</v>
       </c>
       <c r="M314">
-        <v>11871</v>
+        <v>11867</v>
       </c>
     </row>
     <row r="315" spans="1:26">
       <c r="A315" s="6">
         <v>35855.0</v>
       </c>
       <c r="B315">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="C315">
         <v>792</v>
       </c>
       <c r="D315">
         <v>363</v>
       </c>
       <c r="E315">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="F315">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="G315">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="H315">
-        <v>4062</v>
+        <v>4072</v>
       </c>
       <c r="I315">
         <v>5808</v>
       </c>
       <c r="J315">
         <v>2284</v>
       </c>
       <c r="K315">
-        <v>2664</v>
+        <v>2644</v>
       </c>
       <c r="L315">
-        <v>9490</v>
+        <v>9519</v>
       </c>
       <c r="M315">
-        <v>12154</v>
+        <v>12163</v>
       </c>
     </row>
     <row r="316" spans="1:26">
       <c r="A316" s="6">
         <v>35886.0</v>
       </c>
       <c r="B316">
         <v>763</v>
       </c>
       <c r="C316">
         <v>825</v>
       </c>
       <c r="D316">
         <v>359</v>
       </c>
       <c r="E316">
         <v>275</v>
       </c>
       <c r="F316">
         <v>1672</v>
       </c>
       <c r="G316">
         <v>1947</v>
       </c>
       <c r="H316">
         <v>3786</v>
       </c>
       <c r="I316">
         <v>5650</v>
       </c>
       <c r="J316">
         <v>2225</v>
       </c>
       <c r="K316">
         <v>2357</v>
       </c>
       <c r="L316">
         <v>9304</v>
       </c>
       <c r="M316">
         <v>11661</v>
       </c>
     </row>
     <row r="317" spans="1:26">
       <c r="A317" s="6">
         <v>35916.0</v>
       </c>
       <c r="B317">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="C317">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D317">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E317">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="F317">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="G317">
         <v>1890</v>
       </c>
       <c r="H317">
-        <v>3067</v>
+        <v>3064</v>
       </c>
       <c r="I317">
-        <v>5520</v>
+        <v>5531</v>
       </c>
       <c r="J317">
-        <v>2706</v>
+        <v>2707</v>
       </c>
       <c r="K317">
-        <v>2326</v>
+        <v>2310</v>
       </c>
       <c r="L317">
-        <v>8968</v>
+        <v>8992</v>
       </c>
       <c r="M317">
-        <v>11294</v>
+        <v>11302</v>
       </c>
     </row>
     <row r="318" spans="1:26">
       <c r="A318" s="6">
         <v>35947.0</v>
       </c>
       <c r="B318">
         <v>669</v>
       </c>
       <c r="C318">
         <v>878</v>
       </c>
       <c r="D318">
         <v>405</v>
       </c>
       <c r="E318">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="F318">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="G318">
         <v>1952</v>
       </c>
       <c r="H318">
         <v>3124</v>
       </c>
       <c r="I318">
         <v>5982</v>
       </c>
       <c r="J318">
         <v>2333</v>
       </c>
       <c r="K318">
-        <v>2198</v>
+        <v>2175</v>
       </c>
       <c r="L318">
-        <v>9241</v>
+        <v>9264</v>
       </c>
       <c r="M318">
         <v>11439</v>
       </c>
     </row>
     <row r="319" spans="1:26">
       <c r="A319" s="6">
         <v>35977.0</v>
       </c>
       <c r="B319">
         <v>680</v>
       </c>
       <c r="C319">
         <v>920</v>
       </c>
       <c r="D319">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="E319">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="F319">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="G319">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="H319">
         <v>3131</v>
       </c>
       <c r="I319">
         <v>5989</v>
       </c>
       <c r="J319">
-        <v>2398</v>
+        <v>2383</v>
       </c>
       <c r="K319">
-        <v>2267</v>
+        <v>2231</v>
       </c>
       <c r="L319">
-        <v>9251</v>
+        <v>9273</v>
       </c>
       <c r="M319">
-        <v>11518</v>
+        <v>11504</v>
       </c>
     </row>
     <row r="320" spans="1:26">
       <c r="A320" s="6">
         <v>36008.0</v>
       </c>
       <c r="B320">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C320">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D320">
         <v>374</v>
       </c>
       <c r="E320">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F320">
-        <v>1607</v>
+        <v>1612</v>
       </c>
       <c r="G320">
-        <v>1876</v>
+        <v>1879</v>
       </c>
       <c r="H320">
-        <v>2666</v>
+        <v>2674</v>
       </c>
       <c r="I320">
-        <v>5944</v>
+        <v>5953</v>
       </c>
       <c r="J320">
         <v>2080</v>
       </c>
       <c r="K320">
-        <v>2094</v>
+        <v>2060</v>
       </c>
       <c r="L320">
-        <v>8596</v>
+        <v>8647</v>
       </c>
       <c r="M320">
-        <v>10691</v>
+        <v>10707</v>
       </c>
     </row>
     <row r="321" spans="1:26">
       <c r="A321" s="6">
         <v>36039.0</v>
       </c>
       <c r="B321">
         <v>554</v>
       </c>
       <c r="C321">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="D321">
         <v>316</v>
       </c>
       <c r="E321">
         <v>223</v>
       </c>
       <c r="F321">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="G321">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="H321">
         <v>2490</v>
       </c>
       <c r="I321">
-        <v>5634</v>
+        <v>5647</v>
       </c>
       <c r="J321">
         <v>1890</v>
       </c>
       <c r="K321">
         <v>1729</v>
       </c>
       <c r="L321">
-        <v>8286</v>
+        <v>8299</v>
       </c>
       <c r="M321">
-        <v>10015</v>
+        <v>10027</v>
       </c>
     </row>
     <row r="322" spans="1:26">
       <c r="A322" s="6">
         <v>36069.0</v>
       </c>
       <c r="B322">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="C322">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D322">
         <v>390</v>
       </c>
       <c r="E322">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="F322">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="G322">
         <v>1868</v>
       </c>
       <c r="H322">
-        <v>2165</v>
+        <v>2161</v>
       </c>
       <c r="I322">
-        <v>6358</v>
+        <v>6362</v>
       </c>
       <c r="J322">
         <v>2203</v>
       </c>
       <c r="K322">
-        <v>1937</v>
+        <v>1920</v>
       </c>
       <c r="L322">
-        <v>8789</v>
+        <v>8806</v>
       </c>
       <c r="M322">
         <v>10726</v>
       </c>
     </row>
     <row r="323" spans="1:26">
       <c r="A323" s="6">
         <v>36100.0</v>
       </c>
       <c r="B323">
         <v>417</v>
       </c>
       <c r="C323">
         <v>845</v>
       </c>
       <c r="D323">
         <v>311</v>
       </c>
       <c r="E323">
         <v>182</v>
       </c>
       <c r="F323">
         <v>1391</v>
       </c>
       <c r="G323">
         <v>1573</v>
       </c>
       <c r="H323">
-        <v>1780</v>
+        <v>1768</v>
       </c>
       <c r="I323">
         <v>5171</v>
       </c>
       <c r="J323">
         <v>1736</v>
       </c>
       <c r="K323">
-        <v>1522</v>
+        <v>1510</v>
       </c>
       <c r="L323">
         <v>7166</v>
       </c>
       <c r="M323">
-        <v>8688</v>
+        <v>8676</v>
       </c>
     </row>
     <row r="324" spans="1:26">
       <c r="A324" s="6">
         <v>36130.0</v>
       </c>
       <c r="B324">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="C324">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D324">
         <v>310</v>
       </c>
       <c r="E324">
         <v>168</v>
       </c>
       <c r="F324">
         <v>1282</v>
       </c>
       <c r="G324">
         <v>1450</v>
       </c>
       <c r="H324">
-        <v>1624</v>
+        <v>1621</v>
       </c>
       <c r="I324">
-        <v>4676</v>
+        <v>4685</v>
       </c>
       <c r="J324">
         <v>1875</v>
       </c>
       <c r="K324">
-        <v>1547</v>
+        <v>1542</v>
       </c>
       <c r="L324">
-        <v>6628</v>
+        <v>6638</v>
       </c>
       <c r="M324">
-        <v>8175</v>
+        <v>8180</v>
       </c>
     </row>
     <row r="325" spans="1:26">
       <c r="A325" s="6">
         <v>36161.0</v>
       </c>
       <c r="B325">
         <v>301</v>
       </c>
       <c r="C325">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="D325">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E325">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F325">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="G325">
         <v>1279</v>
       </c>
       <c r="H325">
-        <v>1441</v>
+        <v>1437</v>
       </c>
       <c r="I325">
-        <v>4930</v>
+        <v>4952</v>
       </c>
       <c r="J325">
-        <v>1535</v>
+        <v>1533</v>
       </c>
       <c r="K325">
-        <v>1672</v>
+        <v>1645</v>
       </c>
       <c r="L325">
-        <v>6234</v>
+        <v>6277</v>
       </c>
       <c r="M325">
-        <v>7906</v>
+        <v>7922</v>
       </c>
     </row>
     <row r="326" spans="1:26">
       <c r="A326" s="6">
         <v>36192.0</v>
       </c>
       <c r="B326">
         <v>295</v>
       </c>
       <c r="C326">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D326">
         <v>186</v>
       </c>
       <c r="E326">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="F326">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="G326">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="H326">
         <v>1364</v>
       </c>
       <c r="I326">
-        <v>3928</v>
+        <v>3931</v>
       </c>
       <c r="J326">
         <v>1273</v>
       </c>
       <c r="K326">
-        <v>1543</v>
+        <v>1532</v>
       </c>
       <c r="L326">
-        <v>5022</v>
+        <v>5036</v>
       </c>
       <c r="M326">
-        <v>6565</v>
+        <v>6569</v>
       </c>
     </row>
     <row r="327" spans="1:26">
       <c r="A327" s="6">
         <v>36220.0</v>
       </c>
       <c r="B327">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="C327">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D327">
         <v>216</v>
       </c>
       <c r="E327">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="F327">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="G327">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="H327">
-        <v>1232</v>
+        <v>1221</v>
       </c>
       <c r="I327">
-        <v>4207</v>
+        <v>4232</v>
       </c>
       <c r="J327">
         <v>1246</v>
       </c>
       <c r="K327">
-        <v>1207</v>
+        <v>1184</v>
       </c>
       <c r="L327">
-        <v>5477</v>
+        <v>5516</v>
       </c>
       <c r="M327">
-        <v>6684</v>
+        <v>6699</v>
       </c>
     </row>
     <row r="328" spans="1:26">
       <c r="A328" s="6">
         <v>36251.0</v>
       </c>
       <c r="B328">
         <v>298</v>
       </c>
       <c r="C328">
         <v>557</v>
       </c>
       <c r="D328">
         <v>300</v>
       </c>
       <c r="E328">
         <v>174</v>
       </c>
       <c r="F328">
         <v>981</v>
       </c>
       <c r="G328">
         <v>1155</v>
       </c>
       <c r="H328">
         <v>1241</v>
       </c>
       <c r="I328">
         <v>3829</v>
       </c>
       <c r="J328">
         <v>1703</v>
       </c>
       <c r="K328">
         <v>1427</v>
       </c>
       <c r="L328">
         <v>5346</v>
       </c>
       <c r="M328">
         <v>6773</v>
       </c>
     </row>
     <row r="329" spans="1:26">
       <c r="A329" s="6">
         <v>36281.0</v>
       </c>
       <c r="B329">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="C329">
         <v>580</v>
       </c>
       <c r="D329">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E329">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F329">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="G329">
         <v>1170</v>
       </c>
       <c r="H329">
-        <v>1325</v>
+        <v>1314</v>
       </c>
       <c r="I329">
         <v>4029</v>
       </c>
       <c r="J329">
         <v>1663</v>
       </c>
       <c r="K329">
-        <v>1468</v>
+        <v>1434</v>
       </c>
       <c r="L329">
-        <v>5548</v>
+        <v>5572</v>
       </c>
       <c r="M329">
-        <v>7016</v>
+        <v>7006</v>
       </c>
     </row>
     <row r="330" spans="1:26">
       <c r="A330" s="6">
         <v>36312.0</v>
       </c>
       <c r="B330">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C330">
         <v>635</v>
       </c>
       <c r="D330">
         <v>282</v>
       </c>
       <c r="E330">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="F330">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="G330">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="H330">
-        <v>1533</v>
+        <v>1539</v>
       </c>
       <c r="I330">
         <v>4007</v>
       </c>
       <c r="J330">
         <v>1598</v>
       </c>
       <c r="K330">
-        <v>1388</v>
+        <v>1353</v>
       </c>
       <c r="L330">
-        <v>5750</v>
+        <v>5792</v>
       </c>
       <c r="M330">
-        <v>7138</v>
+        <v>7144</v>
       </c>
     </row>
     <row r="331" spans="1:26">
       <c r="A331" s="6">
         <v>36342.0</v>
       </c>
       <c r="B331">
         <v>406</v>
       </c>
       <c r="C331">
         <v>629</v>
       </c>
       <c r="D331">
         <v>269</v>
       </c>
       <c r="E331">
         <v>147</v>
       </c>
       <c r="F331">
         <v>1157</v>
       </c>
       <c r="G331">
         <v>1304</v>
       </c>
       <c r="H331">
@@ -13716,1305 +13716,1305 @@
       </c>
       <c r="K331">
         <v>1144</v>
       </c>
       <c r="L331">
         <v>5958</v>
       </c>
       <c r="M331">
         <v>7102</v>
       </c>
     </row>
     <row r="332" spans="1:26">
       <c r="A332" s="6">
         <v>36373.0</v>
       </c>
       <c r="B332">
         <v>413</v>
       </c>
       <c r="C332">
         <v>796</v>
       </c>
       <c r="D332">
         <v>318</v>
       </c>
       <c r="E332">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="F332">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="G332">
         <v>1527</v>
       </c>
       <c r="H332">
         <v>1849</v>
       </c>
       <c r="I332">
         <v>4694</v>
       </c>
       <c r="J332">
         <v>1800</v>
       </c>
       <c r="K332">
-        <v>1464</v>
+        <v>1452</v>
       </c>
       <c r="L332">
-        <v>6879</v>
+        <v>6891</v>
       </c>
       <c r="M332">
         <v>8342</v>
       </c>
     </row>
     <row r="333" spans="1:26">
       <c r="A333" s="6">
         <v>36404.0</v>
       </c>
       <c r="B333">
         <v>442</v>
       </c>
       <c r="C333">
         <v>816</v>
       </c>
       <c r="D333">
         <v>339</v>
       </c>
       <c r="E333">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="F333">
-        <v>1425</v>
+        <v>1428</v>
       </c>
       <c r="G333">
         <v>1597</v>
       </c>
       <c r="H333">
         <v>2026</v>
       </c>
       <c r="I333">
         <v>4832</v>
       </c>
       <c r="J333">
         <v>1849</v>
       </c>
       <c r="K333">
-        <v>1427</v>
+        <v>1400</v>
       </c>
       <c r="L333">
-        <v>7280</v>
+        <v>7306</v>
       </c>
       <c r="M333">
         <v>8707</v>
       </c>
     </row>
     <row r="334" spans="1:26">
       <c r="A334" s="6">
         <v>36434.0</v>
       </c>
       <c r="B334">
         <v>495</v>
       </c>
       <c r="C334">
         <v>888</v>
       </c>
       <c r="D334">
         <v>347</v>
       </c>
       <c r="E334">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="F334">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="G334">
         <v>1730</v>
       </c>
       <c r="H334">
         <v>2185</v>
       </c>
       <c r="I334">
         <v>5445</v>
       </c>
       <c r="J334">
         <v>1891</v>
       </c>
       <c r="K334">
-        <v>1386</v>
+        <v>1370</v>
       </c>
       <c r="L334">
-        <v>8134</v>
+        <v>8151</v>
       </c>
       <c r="M334">
         <v>9521</v>
       </c>
     </row>
     <row r="335" spans="1:26">
       <c r="A335" s="6">
         <v>36465.0</v>
       </c>
       <c r="B335">
         <v>573</v>
       </c>
       <c r="C335">
         <v>866</v>
       </c>
       <c r="D335">
         <v>354</v>
       </c>
       <c r="E335">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="F335">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="G335">
         <v>1793</v>
       </c>
       <c r="H335">
         <v>2586</v>
       </c>
       <c r="I335">
         <v>5408</v>
       </c>
       <c r="J335">
         <v>1972</v>
       </c>
       <c r="K335">
-        <v>1803</v>
+        <v>1789</v>
       </c>
       <c r="L335">
-        <v>8163</v>
+        <v>8178</v>
       </c>
       <c r="M335">
         <v>9967</v>
       </c>
     </row>
     <row r="336" spans="1:26">
       <c r="A336" s="6">
         <v>36495.0</v>
       </c>
       <c r="B336">
         <v>498</v>
       </c>
       <c r="C336">
-        <v>830</v>
+        <v>828</v>
       </c>
       <c r="D336">
         <v>343</v>
       </c>
       <c r="E336">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="F336">
         <v>1490</v>
       </c>
       <c r="G336">
-        <v>1671</v>
+        <v>1669</v>
       </c>
       <c r="H336">
         <v>2294</v>
       </c>
       <c r="I336">
-        <v>5412</v>
+        <v>5405</v>
       </c>
       <c r="J336">
         <v>1986</v>
       </c>
       <c r="K336">
-        <v>1630</v>
+        <v>1605</v>
       </c>
       <c r="L336">
-        <v>8062</v>
+        <v>8080</v>
       </c>
       <c r="M336">
-        <v>9692</v>
+        <v>9685</v>
       </c>
     </row>
     <row r="337" spans="1:26">
       <c r="A337" s="6">
         <v>36526.0</v>
       </c>
       <c r="B337">
         <v>590</v>
       </c>
       <c r="C337">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="D337">
         <v>306</v>
       </c>
       <c r="E337">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="F337">
-        <v>1526</v>
+        <v>1529</v>
       </c>
       <c r="G337">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="H337">
         <v>2838</v>
       </c>
       <c r="I337">
-        <v>5600</v>
+        <v>5609</v>
       </c>
       <c r="J337">
         <v>1752</v>
       </c>
       <c r="K337">
-        <v>1790</v>
+        <v>1781</v>
       </c>
       <c r="L337">
-        <v>8400</v>
+        <v>8418</v>
       </c>
       <c r="M337">
-        <v>10190</v>
+        <v>10199</v>
       </c>
     </row>
     <row r="338" spans="1:26">
       <c r="A338" s="6">
         <v>36557.0</v>
       </c>
       <c r="B338">
         <v>514</v>
       </c>
       <c r="C338">
         <v>797</v>
       </c>
       <c r="D338">
         <v>283</v>
       </c>
       <c r="E338">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="F338">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="G338">
         <v>1594</v>
       </c>
       <c r="H338">
         <v>2407</v>
       </c>
       <c r="I338">
-        <v>5388</v>
+        <v>5386</v>
       </c>
       <c r="J338">
         <v>1693</v>
       </c>
       <c r="K338">
-        <v>1662</v>
+        <v>1646</v>
       </c>
       <c r="L338">
-        <v>7826</v>
+        <v>7840</v>
       </c>
       <c r="M338">
-        <v>9488</v>
+        <v>9486</v>
       </c>
     </row>
     <row r="339" spans="1:26">
       <c r="A339" s="6">
         <v>36586.0</v>
       </c>
       <c r="B339">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C339">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="D339">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E339">
         <v>250</v>
       </c>
       <c r="F339">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="G339">
-        <v>1764</v>
+        <v>1767</v>
       </c>
       <c r="H339">
-        <v>2755</v>
+        <v>2760</v>
       </c>
       <c r="I339">
-        <v>5862</v>
+        <v>5865</v>
       </c>
       <c r="J339">
-        <v>1851</v>
+        <v>1866</v>
       </c>
       <c r="K339">
-        <v>2034</v>
+        <v>2031</v>
       </c>
       <c r="L339">
-        <v>8433</v>
+        <v>8460</v>
       </c>
       <c r="M339">
-        <v>10468</v>
+        <v>10490</v>
       </c>
     </row>
     <row r="340" spans="1:26">
       <c r="A340" s="6">
         <v>36617.0</v>
       </c>
       <c r="B340">
         <v>596</v>
       </c>
       <c r="C340">
         <v>768</v>
       </c>
       <c r="D340">
         <v>310</v>
       </c>
       <c r="E340">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="F340">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="G340">
         <v>1674</v>
       </c>
       <c r="H340">
         <v>2529</v>
       </c>
       <c r="I340">
         <v>5290</v>
       </c>
       <c r="J340">
         <v>1900</v>
       </c>
       <c r="K340">
-        <v>1860</v>
+        <v>1839</v>
       </c>
       <c r="L340">
-        <v>7859</v>
+        <v>7880</v>
       </c>
       <c r="M340">
         <v>9719</v>
       </c>
     </row>
     <row r="341" spans="1:26">
       <c r="A341" s="6">
         <v>36647.0</v>
       </c>
       <c r="B341">
         <v>685</v>
       </c>
       <c r="C341">
         <v>824</v>
       </c>
       <c r="D341">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E341">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="F341">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="G341">
-        <v>1862</v>
+        <v>1863</v>
       </c>
       <c r="H341">
         <v>2892</v>
       </c>
       <c r="I341">
         <v>5494</v>
       </c>
       <c r="J341">
-        <v>2061</v>
+        <v>2066</v>
       </c>
       <c r="K341">
-        <v>1933</v>
+        <v>1919</v>
       </c>
       <c r="L341">
-        <v>8514</v>
+        <v>8534</v>
       </c>
       <c r="M341">
-        <v>10447</v>
+        <v>10452</v>
       </c>
     </row>
     <row r="342" spans="1:26">
       <c r="A342" s="6">
         <v>36678.0</v>
       </c>
       <c r="B342">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="C342">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D342">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="E342">
         <v>287</v>
       </c>
       <c r="F342">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="G342">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="H342">
-        <v>2957</v>
+        <v>2971</v>
       </c>
       <c r="I342">
-        <v>6080</v>
+        <v>6090</v>
       </c>
       <c r="J342">
-        <v>1838</v>
+        <v>1833</v>
       </c>
       <c r="K342">
-        <v>2350</v>
+        <v>2340</v>
       </c>
       <c r="L342">
-        <v>8525</v>
+        <v>8554</v>
       </c>
       <c r="M342">
-        <v>10875</v>
+        <v>10894</v>
       </c>
     </row>
     <row r="343" spans="1:26">
       <c r="A343" s="6">
         <v>36708.0</v>
       </c>
       <c r="B343">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C343">
         <v>928</v>
       </c>
       <c r="D343">
         <v>353</v>
       </c>
       <c r="E343">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="F343">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="G343">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="H343">
-        <v>3107</v>
+        <v>3118</v>
       </c>
       <c r="I343">
         <v>6006</v>
       </c>
       <c r="J343">
         <v>2090</v>
       </c>
       <c r="K343">
-        <v>2134</v>
+        <v>2121</v>
       </c>
       <c r="L343">
-        <v>9070</v>
+        <v>9093</v>
       </c>
       <c r="M343">
-        <v>11203</v>
+        <v>11214</v>
       </c>
     </row>
     <row r="344" spans="1:26">
       <c r="A344" s="6">
         <v>36739.0</v>
       </c>
       <c r="B344">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="C344">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="D344">
         <v>414</v>
       </c>
       <c r="E344">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="F344">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G344">
         <v>2318</v>
       </c>
       <c r="H344">
-        <v>3004</v>
+        <v>3001</v>
       </c>
       <c r="I344">
-        <v>7574</v>
+        <v>7578</v>
       </c>
       <c r="J344">
         <v>2447</v>
       </c>
       <c r="K344">
-        <v>2479</v>
+        <v>2459</v>
       </c>
       <c r="L344">
-        <v>10547</v>
+        <v>10566</v>
       </c>
       <c r="M344">
         <v>13026</v>
       </c>
     </row>
     <row r="345" spans="1:26">
       <c r="A345" s="6">
         <v>36770.0</v>
       </c>
       <c r="B345">
         <v>681</v>
       </c>
       <c r="C345">
         <v>1053</v>
       </c>
       <c r="D345">
         <v>306</v>
       </c>
       <c r="E345">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="F345">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="G345">
         <v>2040</v>
       </c>
       <c r="H345">
         <v>3005</v>
       </c>
       <c r="I345">
         <v>6774</v>
       </c>
       <c r="J345">
         <v>1657</v>
       </c>
       <c r="K345">
-        <v>2112</v>
+        <v>2100</v>
       </c>
       <c r="L345">
-        <v>9323</v>
+        <v>9335</v>
       </c>
       <c r="M345">
         <v>11435</v>
       </c>
     </row>
     <row r="346" spans="1:26">
       <c r="A346" s="6">
         <v>36800.0</v>
       </c>
       <c r="B346">
         <v>791</v>
       </c>
       <c r="C346">
         <v>1155</v>
       </c>
       <c r="D346">
         <v>344</v>
       </c>
       <c r="E346">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="F346">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="G346">
         <v>2290</v>
       </c>
       <c r="H346">
         <v>3376</v>
       </c>
       <c r="I346">
         <v>7450</v>
       </c>
       <c r="J346">
         <v>1935</v>
       </c>
       <c r="K346">
-        <v>2138</v>
+        <v>2108</v>
       </c>
       <c r="L346">
-        <v>10622</v>
+        <v>10652</v>
       </c>
       <c r="M346">
         <v>12760</v>
       </c>
     </row>
     <row r="347" spans="1:26">
       <c r="A347" s="6">
         <v>36831.0</v>
       </c>
       <c r="B347">
         <v>675</v>
       </c>
       <c r="C347">
         <v>1030</v>
       </c>
       <c r="D347">
         <v>307</v>
       </c>
       <c r="E347">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="F347">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="G347">
         <v>2012</v>
       </c>
       <c r="H347">
         <v>2914</v>
       </c>
       <c r="I347">
         <v>6738</v>
       </c>
       <c r="J347">
         <v>1849</v>
       </c>
       <c r="K347">
-        <v>1956</v>
+        <v>1934</v>
       </c>
       <c r="L347">
-        <v>9544</v>
+        <v>9566</v>
       </c>
       <c r="M347">
         <v>11500</v>
       </c>
     </row>
     <row r="348" spans="1:26">
       <c r="A348" s="6">
         <v>36861.0</v>
       </c>
       <c r="B348">
         <v>664</v>
       </c>
       <c r="C348">
         <v>1059</v>
       </c>
       <c r="D348">
         <v>294</v>
       </c>
       <c r="E348">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="F348">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="G348">
         <v>2017</v>
       </c>
       <c r="H348">
         <v>3044</v>
       </c>
       <c r="I348">
         <v>7055</v>
       </c>
       <c r="J348">
         <v>1682</v>
       </c>
       <c r="K348">
-        <v>1968</v>
+        <v>1941</v>
       </c>
       <c r="L348">
-        <v>9813</v>
+        <v>9840</v>
       </c>
       <c r="M348">
         <v>11781</v>
       </c>
     </row>
     <row r="349" spans="1:26">
       <c r="A349" s="6">
         <v>36892.0</v>
       </c>
       <c r="B349">
         <v>715</v>
       </c>
       <c r="C349">
-        <v>1119</v>
+        <v>1118</v>
       </c>
       <c r="D349">
         <v>327</v>
       </c>
       <c r="E349">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="F349">
-        <v>1890</v>
+        <v>1893</v>
       </c>
       <c r="G349">
-        <v>2161</v>
+        <v>2160</v>
       </c>
       <c r="H349">
-        <v>3285</v>
+        <v>3286</v>
       </c>
       <c r="I349">
-        <v>7507</v>
+        <v>7500</v>
       </c>
       <c r="J349">
         <v>1997</v>
       </c>
       <c r="K349">
-        <v>2279</v>
+        <v>2210</v>
       </c>
       <c r="L349">
-        <v>10511</v>
+        <v>10572</v>
       </c>
       <c r="M349">
-        <v>12789</v>
+        <v>12782</v>
       </c>
     </row>
     <row r="350" spans="1:26">
       <c r="A350" s="6">
         <v>36923.0</v>
       </c>
       <c r="B350">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="C350">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="D350">
         <v>298</v>
       </c>
       <c r="E350">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="F350">
-        <v>1760</v>
+        <v>1763</v>
       </c>
       <c r="G350">
         <v>1992</v>
       </c>
       <c r="H350">
-        <v>3087</v>
+        <v>3083</v>
       </c>
       <c r="I350">
-        <v>7243</v>
+        <v>7250</v>
       </c>
       <c r="J350">
         <v>1796</v>
       </c>
       <c r="K350">
-        <v>2107</v>
+        <v>2062</v>
       </c>
       <c r="L350">
-        <v>10019</v>
+        <v>10067</v>
       </c>
       <c r="M350">
-        <v>12126</v>
+        <v>12130</v>
       </c>
     </row>
     <row r="351" spans="1:26">
       <c r="A351" s="6">
         <v>36951.0</v>
       </c>
       <c r="B351">
         <v>757</v>
       </c>
       <c r="C351">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="D351">
         <v>287</v>
       </c>
       <c r="E351">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="F351">
-        <v>1927</v>
+        <v>1933</v>
       </c>
       <c r="G351">
-        <v>2190</v>
+        <v>2193</v>
       </c>
       <c r="H351">
-        <v>3630</v>
+        <v>3632</v>
       </c>
       <c r="I351">
-        <v>7801</v>
+        <v>7808</v>
       </c>
       <c r="J351">
         <v>1685</v>
       </c>
       <c r="K351">
-        <v>2244</v>
+        <v>2211</v>
       </c>
       <c r="L351">
-        <v>10872</v>
+        <v>10915</v>
       </c>
       <c r="M351">
-        <v>13116</v>
+        <v>13125</v>
       </c>
     </row>
     <row r="352" spans="1:26">
       <c r="A352" s="6">
         <v>36982.0</v>
       </c>
       <c r="B352">
         <v>716</v>
       </c>
       <c r="C352">
         <v>1166</v>
       </c>
       <c r="D352">
         <v>360</v>
       </c>
       <c r="E352">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="F352">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="G352">
         <v>2242</v>
       </c>
       <c r="H352">
         <v>3403</v>
       </c>
       <c r="I352">
-        <v>7977</v>
+        <v>7978</v>
       </c>
       <c r="J352">
         <v>2069</v>
       </c>
       <c r="K352">
-        <v>2503</v>
+        <v>2488</v>
       </c>
       <c r="L352">
-        <v>10946</v>
+        <v>10961</v>
       </c>
       <c r="M352">
         <v>13449</v>
       </c>
     </row>
     <row r="353" spans="1:26">
       <c r="A353" s="6">
         <v>37012.0</v>
       </c>
       <c r="B353">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="C353">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D353">
         <v>404</v>
       </c>
       <c r="E353">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="F353">
-        <v>2176</v>
+        <v>2177</v>
       </c>
       <c r="G353">
-        <v>2468</v>
+        <v>2467</v>
       </c>
       <c r="H353">
-        <v>3765</v>
+        <v>3774</v>
       </c>
       <c r="I353">
-        <v>8721</v>
+        <v>8716</v>
       </c>
       <c r="J353">
         <v>2183</v>
       </c>
       <c r="K353">
-        <v>2529</v>
+        <v>2494</v>
       </c>
       <c r="L353">
-        <v>12141</v>
+        <v>12180</v>
       </c>
       <c r="M353">
-        <v>14670</v>
+        <v>14674</v>
       </c>
     </row>
     <row r="354" spans="1:26">
       <c r="A354" s="6">
         <v>37043.0</v>
       </c>
       <c r="B354">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C354">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="D354">
         <v>395</v>
       </c>
       <c r="E354">
         <v>298</v>
       </c>
       <c r="F354">
-        <v>2200</v>
+        <v>2204</v>
       </c>
       <c r="G354">
-        <v>2498</v>
+        <v>2502</v>
       </c>
       <c r="H354">
-        <v>3560</v>
+        <v>3570</v>
       </c>
       <c r="I354">
-        <v>8601</v>
+        <v>8619</v>
       </c>
       <c r="J354">
         <v>2198</v>
       </c>
       <c r="K354">
         <v>2479</v>
       </c>
       <c r="L354">
-        <v>11880</v>
+        <v>11908</v>
       </c>
       <c r="M354">
-        <v>14359</v>
+        <v>14387</v>
       </c>
     </row>
     <row r="355" spans="1:26">
       <c r="A355" s="6">
         <v>37073.0</v>
       </c>
       <c r="B355">
         <v>747</v>
       </c>
       <c r="C355">
-        <v>1333</v>
+        <v>1332</v>
       </c>
       <c r="D355">
         <v>386</v>
       </c>
       <c r="E355">
         <v>299</v>
       </c>
       <c r="F355">
-        <v>2167</v>
+        <v>2166</v>
       </c>
       <c r="G355">
-        <v>2466</v>
+        <v>2465</v>
       </c>
       <c r="H355">
-        <v>3562</v>
+        <v>3568</v>
       </c>
       <c r="I355">
-        <v>8966</v>
+        <v>8957</v>
       </c>
       <c r="J355">
         <v>2142</v>
       </c>
       <c r="K355">
         <v>2610</v>
       </c>
       <c r="L355">
-        <v>12060</v>
+        <v>12057</v>
       </c>
       <c r="M355">
-        <v>14670</v>
+        <v>14667</v>
       </c>
     </row>
     <row r="356" spans="1:26">
       <c r="A356" s="6">
         <v>37104.0</v>
       </c>
       <c r="B356">
         <v>778</v>
       </c>
       <c r="C356">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="D356">
         <v>407</v>
       </c>
       <c r="E356">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="F356">
-        <v>2354</v>
+        <v>2360</v>
       </c>
       <c r="G356">
-        <v>2666</v>
+        <v>2668</v>
       </c>
       <c r="H356">
-        <v>3524</v>
+        <v>3519</v>
       </c>
       <c r="I356">
-        <v>9890</v>
+        <v>9904</v>
       </c>
       <c r="J356">
         <v>2172</v>
       </c>
       <c r="K356">
-        <v>2678</v>
+        <v>2620</v>
       </c>
       <c r="L356">
-        <v>12908</v>
+        <v>12975</v>
       </c>
       <c r="M356">
-        <v>15586</v>
+        <v>15595</v>
       </c>
     </row>
     <row r="357" spans="1:26">
       <c r="A357" s="6">
         <v>37135.0</v>
       </c>
       <c r="B357">
         <v>671</v>
       </c>
       <c r="C357">
         <v>1334</v>
       </c>
       <c r="D357">
         <v>349</v>
       </c>
       <c r="E357">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="F357">
-        <v>2084</v>
+        <v>2085</v>
       </c>
       <c r="G357">
         <v>2354</v>
       </c>
       <c r="H357">
         <v>3009</v>
       </c>
       <c r="I357">
-        <v>8685</v>
+        <v>8689</v>
       </c>
       <c r="J357">
         <v>1930</v>
       </c>
       <c r="K357">
-        <v>2589</v>
+        <v>2570</v>
       </c>
       <c r="L357">
-        <v>11035</v>
+        <v>11058</v>
       </c>
       <c r="M357">
-        <v>13625</v>
+        <v>13629</v>
       </c>
     </row>
     <row r="358" spans="1:26">
       <c r="A358" s="6">
         <v>37165.0</v>
       </c>
       <c r="B358">
         <v>770</v>
       </c>
       <c r="C358">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="D358">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="E358">
         <v>309</v>
       </c>
       <c r="F358">
         <v>2331</v>
       </c>
       <c r="G358">
         <v>2640</v>
       </c>
       <c r="H358">
-        <v>3678</v>
+        <v>3687</v>
       </c>
       <c r="I358">
-        <v>9774</v>
+        <v>9773</v>
       </c>
       <c r="J358">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="K358">
-        <v>2761</v>
+        <v>2757</v>
       </c>
       <c r="L358">
-        <v>12703</v>
+        <v>12711</v>
       </c>
       <c r="M358">
-        <v>15465</v>
+        <v>15468</v>
       </c>
     </row>
     <row r="359" spans="1:26">
       <c r="A359" s="6">
         <v>37196.0</v>
       </c>
       <c r="B359">
         <v>609</v>
       </c>
       <c r="C359">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="D359">
         <v>354</v>
       </c>
       <c r="E359">
         <v>258</v>
       </c>
       <c r="F359">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="G359">
-        <v>2226</v>
+        <v>2228</v>
       </c>
       <c r="H359">
         <v>2791</v>
       </c>
       <c r="I359">
-        <v>8261</v>
+        <v>8270</v>
       </c>
       <c r="J359">
         <v>1941</v>
       </c>
       <c r="K359">
-        <v>2341</v>
+        <v>2328</v>
       </c>
       <c r="L359">
-        <v>10652</v>
+        <v>10674</v>
       </c>
       <c r="M359">
-        <v>12993</v>
+        <v>13002</v>
       </c>
     </row>
     <row r="360" spans="1:26">
       <c r="A360" s="6">
         <v>37226.0</v>
       </c>
       <c r="B360">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C360">
         <v>1047</v>
       </c>
       <c r="D360">
         <v>301</v>
       </c>
       <c r="E360">
         <v>243</v>
       </c>
       <c r="F360">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="G360">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="H360">
-        <v>2821</v>
+        <v>2823</v>
       </c>
       <c r="I360">
         <v>6974</v>
       </c>
       <c r="J360">
         <v>1805</v>
       </c>
       <c r="K360">
         <v>2232</v>
       </c>
       <c r="L360">
-        <v>9368</v>
+        <v>9370</v>
       </c>
       <c r="M360">
-        <v>11601</v>
+        <v>11603</v>
       </c>
     </row>
     <row r="361" spans="1:26">
       <c r="A361" s="6">
         <v>37257.0</v>
       </c>
       <c r="B361">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="C361">
         <v>1174</v>
       </c>
       <c r="D361">
         <v>294</v>
       </c>
       <c r="E361">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="F361">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="G361">
-        <v>2036</v>
+        <v>2035</v>
       </c>
       <c r="H361">
-        <v>2788</v>
+        <v>2774</v>
       </c>
       <c r="I361">
         <v>7986</v>
       </c>
       <c r="J361">
         <v>1737</v>
       </c>
       <c r="K361">
-        <v>2082</v>
+        <v>2022</v>
       </c>
       <c r="L361">
-        <v>10428</v>
+        <v>10474</v>
       </c>
       <c r="M361">
-        <v>12511</v>
+        <v>12497</v>
       </c>
     </row>
     <row r="362" spans="1:26">
       <c r="A362" s="6">
         <v>37288.0</v>
       </c>
       <c r="B362">
         <v>454</v>
       </c>
       <c r="C362">
-        <v>1018</v>
+        <v>1017</v>
       </c>
       <c r="D362">
         <v>252</v>
       </c>
       <c r="E362">
         <v>250</v>
       </c>
       <c r="F362">
-        <v>1474</v>
+        <v>1473</v>
       </c>
       <c r="G362">
-        <v>1724</v>
+        <v>1723</v>
       </c>
       <c r="H362">
         <v>2086</v>
       </c>
       <c r="I362">
-        <v>6854</v>
+        <v>6848</v>
       </c>
       <c r="J362">
         <v>1386</v>
       </c>
       <c r="K362">
         <v>1924</v>
       </c>
       <c r="L362">
-        <v>8402</v>
+        <v>8396</v>
       </c>
       <c r="M362">
-        <v>10325</v>
+        <v>10320</v>
       </c>
     </row>
     <row r="363" spans="1:26">
       <c r="A363" s="6">
         <v>37316.0</v>
       </c>
       <c r="B363">
         <v>477</v>
       </c>
       <c r="C363">
         <v>965</v>
       </c>
       <c r="D363">
         <v>269</v>
       </c>
       <c r="E363">
         <v>221</v>
       </c>
       <c r="F363">
         <v>1490</v>
       </c>
       <c r="G363">
         <v>1711</v>
       </c>
       <c r="H363">
@@ -15063,3771 +15063,3771 @@
       </c>
       <c r="I364">
         <v>6585</v>
       </c>
       <c r="J364">
         <v>1622</v>
       </c>
       <c r="K364">
         <v>2030</v>
       </c>
       <c r="L364">
         <v>8494</v>
       </c>
       <c r="M364">
         <v>10524</v>
       </c>
     </row>
     <row r="365" spans="1:26">
       <c r="A365" s="6">
         <v>37377.0</v>
       </c>
       <c r="B365">
         <v>523</v>
       </c>
       <c r="C365">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D365">
         <v>291</v>
       </c>
       <c r="E365">
         <v>224</v>
       </c>
       <c r="F365">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="G365">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="H365">
         <v>2338</v>
       </c>
       <c r="I365">
-        <v>6922</v>
+        <v>6937</v>
       </c>
       <c r="J365">
         <v>1596</v>
       </c>
       <c r="K365">
         <v>2008</v>
       </c>
       <c r="L365">
-        <v>8848</v>
+        <v>8863</v>
       </c>
       <c r="M365">
-        <v>10857</v>
+        <v>10872</v>
       </c>
     </row>
     <row r="366" spans="1:26">
       <c r="A366" s="6">
         <v>37408.0</v>
       </c>
       <c r="B366">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C366">
         <v>1074</v>
       </c>
       <c r="D366">
         <v>295</v>
       </c>
       <c r="E366">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="F366">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="G366">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="H366">
-        <v>2334</v>
+        <v>2336</v>
       </c>
       <c r="I366">
         <v>7198</v>
       </c>
       <c r="J366">
         <v>1521</v>
       </c>
       <c r="K366">
-        <v>1907</v>
+        <v>1890</v>
       </c>
       <c r="L366">
-        <v>9146</v>
+        <v>9165</v>
       </c>
       <c r="M366">
-        <v>11053</v>
+        <v>11055</v>
       </c>
     </row>
     <row r="367" spans="1:26">
       <c r="A367" s="6">
         <v>37438.0</v>
       </c>
       <c r="B367">
         <v>632</v>
       </c>
       <c r="C367">
-        <v>1070</v>
+        <v>1069</v>
       </c>
       <c r="D367">
         <v>303</v>
       </c>
       <c r="E367">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="F367">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="G367">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="H367">
         <v>2655</v>
       </c>
       <c r="I367">
-        <v>7169</v>
+        <v>7154</v>
       </c>
       <c r="J367">
         <v>1632</v>
       </c>
       <c r="K367">
-        <v>2187</v>
+        <v>2150</v>
       </c>
       <c r="L367">
-        <v>9269</v>
+        <v>9292</v>
       </c>
       <c r="M367">
-        <v>11457</v>
+        <v>11442</v>
       </c>
     </row>
     <row r="368" spans="1:26">
       <c r="A368" s="6">
         <v>37469.0</v>
       </c>
       <c r="B368">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C368">
         <v>1188</v>
       </c>
       <c r="D368">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="E368">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="F368">
-        <v>1862</v>
+        <v>1865</v>
       </c>
       <c r="G368">
-        <v>2139</v>
+        <v>2141</v>
       </c>
       <c r="H368">
-        <v>2548</v>
+        <v>2549</v>
       </c>
       <c r="I368">
         <v>7793</v>
       </c>
       <c r="J368">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="K368">
-        <v>2381</v>
+        <v>2352</v>
       </c>
       <c r="L368">
-        <v>9892</v>
+        <v>9923</v>
       </c>
       <c r="M368">
-        <v>12274</v>
+        <v>12276</v>
       </c>
     </row>
     <row r="369" spans="1:26">
       <c r="A369" s="6">
         <v>37500.0</v>
       </c>
       <c r="B369">
         <v>494</v>
       </c>
       <c r="C369">
         <v>1069</v>
       </c>
       <c r="D369">
         <v>290</v>
       </c>
       <c r="E369">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="F369">
-        <v>1602</v>
+        <v>1605</v>
       </c>
       <c r="G369">
         <v>1853</v>
       </c>
       <c r="H369">
         <v>2110</v>
       </c>
       <c r="I369">
         <v>7158</v>
       </c>
       <c r="J369">
         <v>1682</v>
       </c>
       <c r="K369">
-        <v>2071</v>
+        <v>2031</v>
       </c>
       <c r="L369">
-        <v>8879</v>
+        <v>8919</v>
       </c>
       <c r="M369">
         <v>10950</v>
       </c>
     </row>
     <row r="370" spans="1:26">
       <c r="A370" s="6">
         <v>37530.0</v>
       </c>
       <c r="B370">
         <v>620</v>
       </c>
       <c r="C370">
         <v>1110</v>
       </c>
       <c r="D370">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E370">
         <v>237</v>
       </c>
       <c r="F370">
-        <v>1823</v>
+        <v>1821</v>
       </c>
       <c r="G370">
-        <v>2060</v>
+        <v>2058</v>
       </c>
       <c r="H370">
         <v>2616</v>
       </c>
       <c r="I370">
         <v>7328</v>
       </c>
       <c r="J370">
-        <v>1886</v>
+        <v>1882</v>
       </c>
       <c r="K370">
         <v>2028</v>
       </c>
       <c r="L370">
-        <v>9802</v>
+        <v>9798</v>
       </c>
       <c r="M370">
-        <v>11830</v>
+        <v>11826</v>
       </c>
     </row>
     <row r="371" spans="1:26">
       <c r="A371" s="6">
         <v>37561.0</v>
       </c>
       <c r="B371">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C371">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="D371">
         <v>281</v>
       </c>
       <c r="E371">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="F371">
-        <v>1624</v>
+        <v>1629</v>
       </c>
       <c r="G371">
-        <v>1879</v>
+        <v>1881</v>
       </c>
       <c r="H371">
-        <v>2502</v>
+        <v>2505</v>
       </c>
       <c r="I371">
-        <v>6770</v>
+        <v>6778</v>
       </c>
       <c r="J371">
         <v>1850</v>
       </c>
       <c r="K371">
-        <v>1975</v>
+        <v>1921</v>
       </c>
       <c r="L371">
-        <v>9148</v>
+        <v>9212</v>
       </c>
       <c r="M371">
-        <v>11122</v>
+        <v>11133</v>
       </c>
     </row>
     <row r="372" spans="1:26">
       <c r="A372" s="6">
         <v>37591.0</v>
       </c>
       <c r="B372">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="C372">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="D372">
         <v>313</v>
       </c>
       <c r="E372">
         <v>271</v>
       </c>
       <c r="F372">
         <v>1484</v>
       </c>
       <c r="G372">
         <v>1755</v>
       </c>
       <c r="H372">
-        <v>2386</v>
+        <v>2376</v>
       </c>
       <c r="I372">
-        <v>6655</v>
+        <v>6665</v>
       </c>
       <c r="J372">
         <v>1896</v>
       </c>
       <c r="K372">
         <v>2434</v>
       </c>
       <c r="L372">
         <v>8503</v>
       </c>
       <c r="M372">
         <v>10937</v>
       </c>
     </row>
     <row r="373" spans="1:26">
       <c r="A373" s="6">
         <v>37622.0</v>
       </c>
       <c r="B373">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="C373">
         <v>1037</v>
       </c>
       <c r="D373">
         <v>291</v>
       </c>
       <c r="E373">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="F373">
         <v>1641</v>
       </c>
       <c r="G373">
-        <v>1910</v>
+        <v>1909</v>
       </c>
       <c r="H373">
-        <v>2786</v>
+        <v>2773</v>
       </c>
       <c r="I373">
-        <v>7220</v>
+        <v>7228</v>
       </c>
       <c r="J373">
         <v>1666</v>
       </c>
       <c r="K373">
-        <v>2210</v>
+        <v>2200</v>
       </c>
       <c r="L373">
-        <v>9461</v>
+        <v>9467</v>
       </c>
       <c r="M373">
-        <v>11671</v>
+        <v>11667</v>
       </c>
     </row>
     <row r="374" spans="1:26">
       <c r="A374" s="6">
         <v>37653.0</v>
       </c>
       <c r="B374">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="C374">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="D374">
         <v>230</v>
       </c>
       <c r="E374">
         <v>215</v>
       </c>
       <c r="F374">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="G374">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="H374">
-        <v>2512</v>
+        <v>2502</v>
       </c>
       <c r="I374">
-        <v>6488</v>
+        <v>6502</v>
       </c>
       <c r="J374">
         <v>1311</v>
       </c>
       <c r="K374">
         <v>1959</v>
       </c>
       <c r="L374">
-        <v>8352</v>
+        <v>8356</v>
       </c>
       <c r="M374">
-        <v>10311</v>
+        <v>10315</v>
       </c>
     </row>
     <row r="375" spans="1:26">
       <c r="A375" s="6">
         <v>37681.0</v>
       </c>
       <c r="B375">
         <v>577</v>
       </c>
       <c r="C375">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="D375">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="E375">
         <v>260</v>
       </c>
       <c r="F375">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="G375">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="H375">
         <v>2720</v>
       </c>
       <c r="I375">
-        <v>8140</v>
+        <v>8160</v>
       </c>
       <c r="J375">
         <v>1562</v>
       </c>
       <c r="K375">
         <v>2257</v>
       </c>
       <c r="L375">
-        <v>10165</v>
+        <v>10185</v>
       </c>
       <c r="M375">
-        <v>12422</v>
+        <v>12442</v>
       </c>
     </row>
     <row r="376" spans="1:26">
       <c r="A376" s="6">
         <v>37712.0</v>
       </c>
       <c r="B376">
-        <v>644</v>
+        <v>643</v>
       </c>
       <c r="C376">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="D376">
         <v>318</v>
       </c>
       <c r="E376">
         <v>313</v>
       </c>
       <c r="F376">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="G376">
-        <v>2145</v>
+        <v>2146</v>
       </c>
       <c r="H376">
-        <v>3190</v>
+        <v>3186</v>
       </c>
       <c r="I376">
-        <v>8447</v>
+        <v>8464</v>
       </c>
       <c r="J376">
         <v>1954</v>
       </c>
       <c r="K376">
         <v>2670</v>
       </c>
       <c r="L376">
-        <v>10922</v>
+        <v>10934</v>
       </c>
       <c r="M376">
-        <v>13592</v>
+        <v>13604</v>
       </c>
     </row>
     <row r="377" spans="1:26">
       <c r="A377" s="6">
         <v>37742.0</v>
       </c>
       <c r="B377">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="C377">
-        <v>1232</v>
+        <v>1231</v>
       </c>
       <c r="D377">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E377">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="F377">
-        <v>1945</v>
+        <v>1943</v>
       </c>
       <c r="G377">
-        <v>2239</v>
+        <v>2236</v>
       </c>
       <c r="H377">
-        <v>3260</v>
+        <v>3247</v>
       </c>
       <c r="I377">
-        <v>8461</v>
+        <v>8451</v>
       </c>
       <c r="J377">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="K377">
-        <v>2470</v>
+        <v>2454</v>
       </c>
       <c r="L377">
-        <v>11148</v>
+        <v>11144</v>
       </c>
       <c r="M377">
-        <v>13619</v>
+        <v>13598</v>
       </c>
     </row>
     <row r="378" spans="1:26">
       <c r="A378" s="6">
         <v>37773.0</v>
       </c>
       <c r="B378">
         <v>696</v>
       </c>
       <c r="C378">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="D378">
         <v>303</v>
       </c>
       <c r="E378">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="F378">
-        <v>1979</v>
+        <v>1983</v>
       </c>
       <c r="G378">
-        <v>2284</v>
+        <v>2287</v>
       </c>
       <c r="H378">
         <v>3141</v>
       </c>
       <c r="I378">
-        <v>8931</v>
+        <v>8948</v>
       </c>
       <c r="J378">
         <v>1545</v>
       </c>
       <c r="K378">
-        <v>2323</v>
+        <v>2295</v>
       </c>
       <c r="L378">
-        <v>11294</v>
+        <v>11339</v>
       </c>
       <c r="M378">
-        <v>13617</v>
+        <v>13634</v>
       </c>
     </row>
     <row r="379" spans="1:26">
       <c r="A379" s="6">
         <v>37803.0</v>
       </c>
       <c r="B379">
         <v>716</v>
       </c>
       <c r="C379">
         <v>1359</v>
       </c>
       <c r="D379">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E379">
         <v>337</v>
       </c>
       <c r="F379">
-        <v>2096</v>
+        <v>2097</v>
       </c>
       <c r="G379">
-        <v>2433</v>
+        <v>2434</v>
       </c>
       <c r="H379">
         <v>3158</v>
       </c>
       <c r="I379">
         <v>8985</v>
       </c>
       <c r="J379">
-        <v>2003</v>
+        <v>2017</v>
       </c>
       <c r="K379">
-        <v>2643</v>
+        <v>2647</v>
       </c>
       <c r="L379">
-        <v>11504</v>
+        <v>11512</v>
       </c>
       <c r="M379">
-        <v>14146</v>
+        <v>14160</v>
       </c>
     </row>
     <row r="380" spans="1:26">
       <c r="A380" s="6">
         <v>37834.0</v>
       </c>
       <c r="B380">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="C380">
-        <v>1484</v>
+        <v>1487</v>
       </c>
       <c r="D380">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="E380">
         <v>349</v>
       </c>
       <c r="F380">
-        <v>2217</v>
+        <v>2218</v>
       </c>
       <c r="G380">
-        <v>2566</v>
+        <v>2567</v>
       </c>
       <c r="H380">
-        <v>3340</v>
+        <v>3324</v>
       </c>
       <c r="I380">
-        <v>9941</v>
+        <v>9965</v>
       </c>
       <c r="J380">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="K380">
-        <v>3010</v>
+        <v>3001</v>
       </c>
       <c r="L380">
-        <v>12292</v>
+        <v>12313</v>
       </c>
       <c r="M380">
-        <v>15302</v>
+        <v>15314</v>
       </c>
     </row>
     <row r="381" spans="1:26">
       <c r="A381" s="6">
         <v>37865.0</v>
       </c>
       <c r="B381">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C381">
         <v>1418</v>
       </c>
       <c r="D381">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="E381">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="F381">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="G381">
         <v>2509</v>
       </c>
       <c r="H381">
-        <v>3325</v>
+        <v>3328</v>
       </c>
       <c r="I381">
         <v>9644</v>
       </c>
       <c r="J381">
-        <v>1900</v>
+        <v>1895</v>
       </c>
       <c r="K381">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="L381">
-        <v>12167</v>
+        <v>12181</v>
       </c>
       <c r="M381">
-        <v>14869</v>
+        <v>14867</v>
       </c>
     </row>
     <row r="382" spans="1:26">
       <c r="A382" s="6">
         <v>37895.0</v>
       </c>
       <c r="B382">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C382">
         <v>1582</v>
       </c>
       <c r="D382">
         <v>401</v>
       </c>
       <c r="E382">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="F382">
-        <v>2287</v>
+        <v>2289</v>
       </c>
       <c r="G382">
-        <v>2668</v>
+        <v>2669</v>
       </c>
       <c r="H382">
-        <v>3149</v>
+        <v>3153</v>
       </c>
       <c r="I382">
         <v>10247</v>
       </c>
       <c r="J382">
         <v>2180</v>
       </c>
       <c r="K382">
-        <v>3288</v>
+        <v>3265</v>
       </c>
       <c r="L382">
-        <v>12289</v>
+        <v>12316</v>
       </c>
       <c r="M382">
-        <v>15577</v>
+        <v>15580</v>
       </c>
     </row>
     <row r="383" spans="1:26">
       <c r="A383" s="6">
         <v>37926.0</v>
       </c>
       <c r="B383">
         <v>577</v>
       </c>
       <c r="C383">
-        <v>1368</v>
+        <v>1367</v>
       </c>
       <c r="D383">
         <v>324</v>
       </c>
       <c r="E383">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="F383">
         <v>1922</v>
       </c>
       <c r="G383">
-        <v>2269</v>
+        <v>2268</v>
       </c>
       <c r="H383">
         <v>2690</v>
       </c>
       <c r="I383">
-        <v>9514</v>
+        <v>9509</v>
       </c>
       <c r="J383">
         <v>1829</v>
       </c>
       <c r="K383">
-        <v>3117</v>
+        <v>3085</v>
       </c>
       <c r="L383">
-        <v>10916</v>
+        <v>10943</v>
       </c>
       <c r="M383">
-        <v>14033</v>
+        <v>14028</v>
       </c>
     </row>
     <row r="384" spans="1:26">
       <c r="A384" s="6">
         <v>37956.0</v>
       </c>
       <c r="B384">
         <v>684</v>
       </c>
       <c r="C384">
         <v>1392</v>
       </c>
       <c r="D384">
         <v>307</v>
       </c>
       <c r="E384">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="F384">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G384">
         <v>2383</v>
       </c>
       <c r="H384">
         <v>3093</v>
       </c>
       <c r="I384">
-        <v>9770</v>
+        <v>9772</v>
       </c>
       <c r="J384">
         <v>1700</v>
       </c>
       <c r="K384">
-        <v>2924</v>
+        <v>2903</v>
       </c>
       <c r="L384">
-        <v>11640</v>
+        <v>11663</v>
       </c>
       <c r="M384">
-        <v>14564</v>
+        <v>14565</v>
       </c>
     </row>
     <row r="385" spans="1:26">
       <c r="A385" s="6">
         <v>37987.0</v>
       </c>
       <c r="B385">
         <v>617</v>
       </c>
       <c r="C385">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="D385">
         <v>299</v>
       </c>
       <c r="E385">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="F385">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="G385">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="H385">
         <v>2719</v>
       </c>
       <c r="I385">
-        <v>9255</v>
+        <v>9258</v>
       </c>
       <c r="J385">
         <v>1828</v>
       </c>
       <c r="K385">
-        <v>2786</v>
+        <v>2771</v>
       </c>
       <c r="L385">
-        <v>11016</v>
+        <v>11035</v>
       </c>
       <c r="M385">
-        <v>13802</v>
+        <v>13805</v>
       </c>
     </row>
     <row r="386" spans="1:26">
       <c r="A386" s="6">
         <v>38018.0</v>
       </c>
       <c r="B386">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="C386">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="D386">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E386">
         <v>262</v>
       </c>
       <c r="F386">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="G386">
-        <v>2131</v>
+        <v>2132</v>
       </c>
       <c r="H386">
-        <v>2872</v>
+        <v>2865</v>
       </c>
       <c r="I386">
-        <v>8888</v>
+        <v>8896</v>
       </c>
       <c r="J386">
-        <v>1330</v>
+        <v>1338</v>
       </c>
       <c r="K386">
         <v>2149</v>
       </c>
       <c r="L386">
-        <v>10941</v>
+        <v>10949</v>
       </c>
       <c r="M386">
-        <v>13090</v>
+        <v>13098</v>
       </c>
     </row>
     <row r="387" spans="1:26">
       <c r="A387" s="6">
         <v>38047.0</v>
       </c>
       <c r="B387">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C387">
-        <v>1404</v>
+        <v>1403</v>
       </c>
       <c r="D387">
         <v>329</v>
       </c>
       <c r="E387">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="F387">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="G387">
         <v>2401</v>
       </c>
       <c r="H387">
-        <v>3109</v>
+        <v>3115</v>
       </c>
       <c r="I387">
-        <v>10266</v>
+        <v>10258</v>
       </c>
       <c r="J387">
         <v>1992</v>
       </c>
       <c r="K387">
-        <v>3518</v>
+        <v>3506</v>
       </c>
       <c r="L387">
-        <v>11849</v>
+        <v>11859</v>
       </c>
       <c r="M387">
-        <v>15367</v>
+        <v>15364</v>
       </c>
     </row>
     <row r="388" spans="1:26">
       <c r="A388" s="6">
         <v>38078.0</v>
       </c>
       <c r="B388">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="C388">
         <v>1388</v>
       </c>
       <c r="D388">
         <v>318</v>
       </c>
       <c r="E388">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="F388">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="G388">
-        <v>2423</v>
+        <v>2421</v>
       </c>
       <c r="H388">
-        <v>3209</v>
+        <v>3199</v>
       </c>
       <c r="I388">
         <v>9970</v>
       </c>
       <c r="J388">
         <v>1729</v>
       </c>
       <c r="K388">
-        <v>3305</v>
+        <v>3286</v>
       </c>
       <c r="L388">
-        <v>11602</v>
+        <v>11611</v>
       </c>
       <c r="M388">
-        <v>14908</v>
+        <v>14897</v>
       </c>
     </row>
     <row r="389" spans="1:26">
       <c r="A389" s="6">
         <v>38108.0</v>
       </c>
       <c r="B389">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C389">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="D389">
         <v>331</v>
       </c>
       <c r="E389">
         <v>408</v>
       </c>
       <c r="F389">
-        <v>2123</v>
+        <v>2125</v>
       </c>
       <c r="G389">
-        <v>2531</v>
+        <v>2533</v>
       </c>
       <c r="H389">
-        <v>3492</v>
+        <v>3496</v>
       </c>
       <c r="I389">
-        <v>10878</v>
+        <v>10882</v>
       </c>
       <c r="J389">
         <v>1844</v>
       </c>
       <c r="K389">
         <v>3480</v>
       </c>
       <c r="L389">
-        <v>12733</v>
+        <v>12741</v>
       </c>
       <c r="M389">
-        <v>16213</v>
+        <v>16221</v>
       </c>
     </row>
     <row r="390" spans="1:26">
       <c r="A390" s="6">
         <v>38139.0</v>
       </c>
       <c r="B390">
         <v>753</v>
       </c>
       <c r="C390">
         <v>1500</v>
       </c>
       <c r="D390">
         <v>299</v>
       </c>
       <c r="E390">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="F390">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="G390">
         <v>2552</v>
       </c>
       <c r="H390">
         <v>3678</v>
       </c>
       <c r="I390">
         <v>10896</v>
       </c>
       <c r="J390">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="K390">
-        <v>4156</v>
+        <v>4140</v>
       </c>
       <c r="L390">
-        <v>12104</v>
+        <v>12120</v>
       </c>
       <c r="M390">
-        <v>16260</v>
+        <v>16261</v>
       </c>
     </row>
     <row r="391" spans="1:26">
       <c r="A391" s="6">
         <v>38169.0</v>
       </c>
       <c r="B391">
         <v>744</v>
       </c>
       <c r="C391">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="D391">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E391">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="F391">
-        <v>2183</v>
+        <v>2186</v>
       </c>
       <c r="G391">
-        <v>2605</v>
+        <v>2607</v>
       </c>
       <c r="H391">
         <v>3588</v>
       </c>
       <c r="I391">
-        <v>10930</v>
+        <v>10942</v>
       </c>
       <c r="J391">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="K391">
-        <v>3572</v>
+        <v>3561</v>
       </c>
       <c r="L391">
-        <v>12763</v>
+        <v>12787</v>
       </c>
       <c r="M391">
-        <v>16336</v>
+        <v>16349</v>
       </c>
     </row>
     <row r="392" spans="1:26">
       <c r="A392" s="6">
         <v>38200.0</v>
       </c>
       <c r="B392">
         <v>820</v>
       </c>
       <c r="C392">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="D392">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="E392">
         <v>430</v>
       </c>
       <c r="F392">
-        <v>2338</v>
+        <v>2340</v>
       </c>
       <c r="G392">
-        <v>2768</v>
+        <v>2770</v>
       </c>
       <c r="H392">
         <v>3771</v>
       </c>
       <c r="I392">
-        <v>11135</v>
+        <v>11146</v>
       </c>
       <c r="J392">
-        <v>2019</v>
+        <v>2027</v>
       </c>
       <c r="K392">
-        <v>3580</v>
+        <v>3556</v>
       </c>
       <c r="L392">
-        <v>13344</v>
+        <v>13387</v>
       </c>
       <c r="M392">
-        <v>16925</v>
+        <v>16944</v>
       </c>
     </row>
     <row r="393" spans="1:26">
       <c r="A393" s="6">
         <v>38231.0</v>
       </c>
       <c r="B393">
         <v>857</v>
       </c>
       <c r="C393">
-        <v>1702</v>
+        <v>1701</v>
       </c>
       <c r="D393">
         <v>361</v>
       </c>
       <c r="E393">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="F393">
         <v>2449</v>
       </c>
       <c r="G393">
-        <v>2920</v>
+        <v>2919</v>
       </c>
       <c r="H393">
         <v>4136</v>
       </c>
       <c r="I393">
-        <v>11566</v>
+        <v>11555</v>
       </c>
       <c r="J393">
         <v>1979</v>
       </c>
       <c r="K393">
-        <v>4161</v>
+        <v>4150</v>
       </c>
       <c r="L393">
         <v>13520</v>
       </c>
       <c r="M393">
-        <v>17681</v>
+        <v>17670</v>
       </c>
     </row>
     <row r="394" spans="1:26">
       <c r="A394" s="6">
         <v>38261.0</v>
       </c>
       <c r="B394">
         <v>758</v>
       </c>
       <c r="C394">
         <v>1666</v>
       </c>
       <c r="D394">
         <v>393</v>
       </c>
       <c r="E394">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="F394">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="G394">
         <v>2817</v>
       </c>
       <c r="H394">
         <v>3504</v>
       </c>
       <c r="I394">
         <v>11343</v>
       </c>
       <c r="J394">
         <v>2260</v>
       </c>
       <c r="K394">
-        <v>3947</v>
+        <v>3929</v>
       </c>
       <c r="L394">
-        <v>13160</v>
+        <v>13178</v>
       </c>
       <c r="M394">
         <v>17107</v>
       </c>
     </row>
     <row r="395" spans="1:26">
       <c r="A395" s="6">
         <v>38292.0</v>
       </c>
       <c r="B395">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="C395">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="D395">
         <v>321</v>
       </c>
       <c r="E395">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="F395">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="G395">
-        <v>2501</v>
+        <v>2500</v>
       </c>
       <c r="H395">
-        <v>3287</v>
+        <v>3270</v>
       </c>
       <c r="I395">
-        <v>10352</v>
+        <v>10363</v>
       </c>
       <c r="J395">
         <v>1953</v>
       </c>
       <c r="K395">
-        <v>4012</v>
+        <v>3988</v>
       </c>
       <c r="L395">
-        <v>11580</v>
+        <v>11598</v>
       </c>
       <c r="M395">
-        <v>15592</v>
+        <v>15586</v>
       </c>
     </row>
     <row r="396" spans="1:26">
       <c r="A396" s="6">
         <v>38322.0</v>
       </c>
       <c r="B396">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="C396">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="D396">
         <v>313</v>
       </c>
       <c r="E396">
         <v>423</v>
       </c>
       <c r="F396">
-        <v>2069</v>
+        <v>2066</v>
       </c>
       <c r="G396">
-        <v>2492</v>
+        <v>2489</v>
       </c>
       <c r="H396">
-        <v>3307</v>
+        <v>3298</v>
       </c>
       <c r="I396">
         <v>10390</v>
       </c>
       <c r="J396">
         <v>1807</v>
       </c>
       <c r="K396">
         <v>3706</v>
       </c>
       <c r="L396">
-        <v>11798</v>
+        <v>11789</v>
       </c>
       <c r="M396">
-        <v>15504</v>
+        <v>15496</v>
       </c>
     </row>
     <row r="397" spans="1:26">
       <c r="A397" s="6">
         <v>38353.0</v>
       </c>
       <c r="B397">
         <v>744</v>
       </c>
       <c r="C397">
-        <v>1549</v>
+        <v>1553</v>
       </c>
       <c r="D397">
         <v>295</v>
       </c>
       <c r="E397">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="F397">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="G397">
-        <v>2588</v>
+        <v>2592</v>
       </c>
       <c r="H397">
         <v>3556</v>
       </c>
       <c r="I397">
-        <v>10939</v>
+        <v>10954</v>
       </c>
       <c r="J397">
         <v>1791</v>
       </c>
       <c r="K397">
-        <v>3721</v>
+        <v>3727</v>
       </c>
       <c r="L397">
-        <v>12566</v>
+        <v>12575</v>
       </c>
       <c r="M397">
-        <v>16287</v>
+        <v>16301</v>
       </c>
     </row>
     <row r="398" spans="1:26">
       <c r="A398" s="6">
         <v>38384.0</v>
       </c>
       <c r="B398">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C398">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="D398">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="E398">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="F398">
-        <v>2078</v>
+        <v>2081</v>
       </c>
       <c r="G398">
-        <v>2484</v>
+        <v>2485</v>
       </c>
       <c r="H398">
-        <v>3528</v>
+        <v>3532</v>
       </c>
       <c r="I398">
-        <v>10812</v>
+        <v>10816</v>
       </c>
       <c r="J398">
-        <v>1574</v>
+        <v>1573</v>
       </c>
       <c r="K398">
-        <v>3590</v>
+        <v>3575</v>
       </c>
       <c r="L398">
-        <v>12324</v>
+        <v>12346</v>
       </c>
       <c r="M398">
-        <v>15914</v>
+        <v>15921</v>
       </c>
     </row>
     <row r="399" spans="1:26">
       <c r="A399" s="6">
         <v>38412.0</v>
       </c>
       <c r="B399">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C399">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="D399">
         <v>332</v>
       </c>
       <c r="E399">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="F399">
-        <v>2303</v>
+        <v>2305</v>
       </c>
       <c r="G399">
         <v>2760</v>
       </c>
       <c r="H399">
-        <v>4154</v>
+        <v>4150</v>
       </c>
       <c r="I399">
-        <v>11923</v>
+        <v>11927</v>
       </c>
       <c r="J399">
         <v>1966</v>
       </c>
       <c r="K399">
-        <v>4251</v>
+        <v>4221</v>
       </c>
       <c r="L399">
-        <v>13791</v>
+        <v>13821</v>
       </c>
       <c r="M399">
         <v>18042</v>
       </c>
     </row>
     <row r="400" spans="1:26">
       <c r="A400" s="6">
         <v>38443.0</v>
       </c>
       <c r="B400">
         <v>832</v>
       </c>
       <c r="C400">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="D400">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="E400">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="F400">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="G400">
         <v>2891</v>
       </c>
       <c r="H400">
-        <v>4006</v>
+        <v>4004</v>
       </c>
       <c r="I400">
-        <v>12514</v>
+        <v>12524</v>
       </c>
       <c r="J400">
-        <v>1985</v>
+        <v>1969</v>
       </c>
       <c r="K400">
-        <v>4188</v>
+        <v>4168</v>
       </c>
       <c r="L400">
-        <v>14317</v>
+        <v>14329</v>
       </c>
       <c r="M400">
-        <v>18505</v>
+        <v>18497</v>
       </c>
     </row>
     <row r="401" spans="1:26">
       <c r="A401" s="6">
         <v>38473.0</v>
       </c>
       <c r="B401">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="C401">
         <v>1744</v>
       </c>
       <c r="D401">
         <v>363</v>
       </c>
       <c r="E401">
         <v>494</v>
       </c>
       <c r="F401">
-        <v>2500</v>
+        <v>2499</v>
       </c>
       <c r="G401">
-        <v>2994</v>
+        <v>2993</v>
       </c>
       <c r="H401">
-        <v>4240</v>
+        <v>4232</v>
       </c>
       <c r="I401">
         <v>12269</v>
       </c>
       <c r="J401">
         <v>1963</v>
       </c>
       <c r="K401">
         <v>4175</v>
       </c>
       <c r="L401">
-        <v>14297</v>
+        <v>14289</v>
       </c>
       <c r="M401">
-        <v>18472</v>
+        <v>18464</v>
       </c>
     </row>
     <row r="402" spans="1:26">
       <c r="A402" s="6">
         <v>38504.0</v>
       </c>
       <c r="B402">
-        <v>934</v>
+        <v>933</v>
       </c>
       <c r="C402">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="D402">
         <v>388</v>
       </c>
       <c r="E402">
         <v>511</v>
       </c>
       <c r="F402">
-        <v>2658</v>
+        <v>2659</v>
       </c>
       <c r="G402">
-        <v>3169</v>
+        <v>3170</v>
       </c>
       <c r="H402">
-        <v>4123</v>
+        <v>4119</v>
       </c>
       <c r="I402">
-        <v>13161</v>
+        <v>13189</v>
       </c>
       <c r="J402">
         <v>2093</v>
       </c>
       <c r="K402">
         <v>4380</v>
       </c>
       <c r="L402">
-        <v>14998</v>
+        <v>15022</v>
       </c>
       <c r="M402">
-        <v>19378</v>
+        <v>19401</v>
       </c>
     </row>
     <row r="403" spans="1:26">
       <c r="A403" s="6">
         <v>38534.0</v>
       </c>
       <c r="B403">
         <v>953</v>
       </c>
       <c r="C403">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="D403">
         <v>352</v>
       </c>
       <c r="E403">
         <v>516</v>
       </c>
       <c r="F403">
-        <v>2596</v>
+        <v>2597</v>
       </c>
       <c r="G403">
-        <v>3112</v>
+        <v>3113</v>
       </c>
       <c r="H403">
         <v>4360</v>
       </c>
       <c r="I403">
-        <v>12569</v>
+        <v>12567</v>
       </c>
       <c r="J403">
         <v>1927</v>
       </c>
       <c r="K403">
-        <v>4565</v>
+        <v>4564</v>
       </c>
       <c r="L403">
-        <v>14292</v>
+        <v>14291</v>
       </c>
       <c r="M403">
-        <v>18856</v>
+        <v>18855</v>
       </c>
     </row>
     <row r="404" spans="1:26">
       <c r="A404" s="6">
         <v>38565.0</v>
       </c>
       <c r="B404">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="C404">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="D404">
         <v>405</v>
       </c>
       <c r="E404">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="F404">
         <v>2833</v>
       </c>
       <c r="G404">
-        <v>3419</v>
+        <v>3420</v>
       </c>
       <c r="H404">
-        <v>4557</v>
+        <v>4529</v>
       </c>
       <c r="I404">
-        <v>13894</v>
+        <v>13934</v>
       </c>
       <c r="J404">
         <v>2148</v>
       </c>
       <c r="K404">
-        <v>5144</v>
+        <v>5153</v>
       </c>
       <c r="L404">
-        <v>15455</v>
+        <v>15457</v>
       </c>
       <c r="M404">
-        <v>20598</v>
+        <v>20610</v>
       </c>
     </row>
     <row r="405" spans="1:26">
       <c r="A405" s="6">
         <v>38596.0</v>
       </c>
       <c r="B405">
         <v>955</v>
       </c>
       <c r="C405">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="D405">
         <v>353</v>
       </c>
       <c r="E405">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="F405">
-        <v>2703</v>
+        <v>2702</v>
       </c>
       <c r="G405">
-        <v>3197</v>
+        <v>3198</v>
       </c>
       <c r="H405">
-        <v>4236</v>
+        <v>4237</v>
       </c>
       <c r="I405">
-        <v>12763</v>
+        <v>12764</v>
       </c>
       <c r="J405">
         <v>1783</v>
       </c>
       <c r="K405">
-        <v>4309</v>
+        <v>4323</v>
       </c>
       <c r="L405">
-        <v>14472</v>
+        <v>14460</v>
       </c>
       <c r="M405">
-        <v>18782</v>
+        <v>18783</v>
       </c>
     </row>
     <row r="406" spans="1:26">
       <c r="A406" s="6">
         <v>38626.0</v>
       </c>
       <c r="B406">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="C406">
         <v>1939</v>
       </c>
       <c r="D406">
         <v>356</v>
       </c>
       <c r="E406">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="F406">
-        <v>2683</v>
+        <v>2686</v>
       </c>
       <c r="G406">
-        <v>3247</v>
+        <v>3249</v>
       </c>
       <c r="H406">
-        <v>4315</v>
+        <v>4328</v>
       </c>
       <c r="I406">
-        <v>13439</v>
+        <v>13432</v>
       </c>
       <c r="J406">
         <v>1847</v>
       </c>
       <c r="K406">
-        <v>4890</v>
+        <v>4874</v>
       </c>
       <c r="L406">
-        <v>14711</v>
+        <v>14734</v>
       </c>
       <c r="M406">
-        <v>19601</v>
+        <v>19608</v>
       </c>
     </row>
     <row r="407" spans="1:26">
       <c r="A407" s="6">
         <v>38657.0</v>
       </c>
       <c r="B407">
         <v>974</v>
       </c>
       <c r="C407">
         <v>1835</v>
       </c>
       <c r="D407">
         <v>365</v>
       </c>
       <c r="E407">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="F407">
-        <v>2624</v>
+        <v>2625</v>
       </c>
       <c r="G407">
         <v>3174</v>
       </c>
       <c r="H407">
         <v>4466</v>
       </c>
       <c r="I407">
         <v>12192</v>
       </c>
       <c r="J407">
         <v>2027</v>
       </c>
       <c r="K407">
-        <v>4851</v>
+        <v>4844</v>
       </c>
       <c r="L407">
-        <v>13834</v>
+        <v>13841</v>
       </c>
       <c r="M407">
         <v>18685</v>
       </c>
     </row>
     <row r="408" spans="1:26">
       <c r="A408" s="6">
         <v>38687.0</v>
       </c>
       <c r="B408">
         <v>879</v>
       </c>
       <c r="C408">
-        <v>1762</v>
+        <v>1765</v>
       </c>
       <c r="D408">
         <v>334</v>
       </c>
       <c r="E408">
         <v>547</v>
       </c>
       <c r="F408">
-        <v>2428</v>
+        <v>2431</v>
       </c>
       <c r="G408">
-        <v>2975</v>
+        <v>2978</v>
       </c>
       <c r="H408">
         <v>4102</v>
       </c>
       <c r="I408">
-        <v>12373</v>
+        <v>12400</v>
       </c>
       <c r="J408">
-        <v>1820</v>
+        <v>1814</v>
       </c>
       <c r="K408">
-        <v>4964</v>
+        <v>4961</v>
       </c>
       <c r="L408">
-        <v>13331</v>
+        <v>13355</v>
       </c>
       <c r="M408">
-        <v>18294</v>
+        <v>18316</v>
       </c>
     </row>
     <row r="409" spans="1:26">
       <c r="A409" s="6">
         <v>38718.0</v>
       </c>
       <c r="B409">
         <v>1041</v>
       </c>
       <c r="C409">
-        <v>1953</v>
+        <v>1950</v>
       </c>
       <c r="D409">
         <v>358</v>
       </c>
       <c r="E409">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="F409">
-        <v>2830</v>
+        <v>2828</v>
       </c>
       <c r="G409">
-        <v>3352</v>
+        <v>3349</v>
       </c>
       <c r="H409">
-        <v>4837</v>
+        <v>4836</v>
       </c>
       <c r="I409">
-        <v>13576</v>
+        <v>13552</v>
       </c>
       <c r="J409">
         <v>2157</v>
       </c>
       <c r="K409">
-        <v>4664</v>
+        <v>4637</v>
       </c>
       <c r="L409">
-        <v>15906</v>
+        <v>15907</v>
       </c>
       <c r="M409">
-        <v>20570</v>
+        <v>20545</v>
       </c>
     </row>
     <row r="410" spans="1:26">
       <c r="A410" s="6">
         <v>38749.0</v>
       </c>
       <c r="B410">
         <v>895</v>
       </c>
       <c r="C410">
         <v>1885</v>
       </c>
       <c r="D410">
         <v>333</v>
       </c>
       <c r="E410">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="F410">
-        <v>2573</v>
+        <v>2575</v>
       </c>
       <c r="G410">
         <v>3113</v>
       </c>
       <c r="H410">
-        <v>4283</v>
+        <v>4280</v>
       </c>
       <c r="I410">
-        <v>13239</v>
+        <v>13236</v>
       </c>
       <c r="J410">
         <v>1696</v>
       </c>
       <c r="K410">
-        <v>4721</v>
+        <v>4692</v>
       </c>
       <c r="L410">
-        <v>14496</v>
+        <v>14519</v>
       </c>
       <c r="M410">
-        <v>19217</v>
+        <v>19211</v>
       </c>
     </row>
     <row r="411" spans="1:26">
       <c r="A411" s="6">
         <v>38777.0</v>
       </c>
       <c r="B411">
         <v>1025</v>
       </c>
       <c r="C411">
         <v>2057</v>
       </c>
       <c r="D411">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E411">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="F411">
-        <v>2890</v>
+        <v>2892</v>
       </c>
       <c r="G411">
-        <v>3456</v>
+        <v>3457</v>
       </c>
       <c r="H411">
         <v>5178</v>
       </c>
       <c r="I411">
-        <v>14527</v>
+        <v>14535</v>
       </c>
       <c r="J411">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="K411">
-        <v>5179</v>
+        <v>5164</v>
       </c>
       <c r="L411">
-        <v>16531</v>
+        <v>16557</v>
       </c>
       <c r="M411">
-        <v>21710</v>
+        <v>21721</v>
       </c>
     </row>
     <row r="412" spans="1:26">
       <c r="A412" s="6">
         <v>38808.0</v>
       </c>
       <c r="B412">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="C412">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="D412">
         <v>411</v>
       </c>
       <c r="E412">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="F412">
         <v>2712</v>
       </c>
       <c r="G412">
-        <v>3330</v>
+        <v>3329</v>
       </c>
       <c r="H412">
-        <v>4801</v>
+        <v>4788</v>
       </c>
       <c r="I412">
-        <v>13410</v>
+        <v>13421</v>
       </c>
       <c r="J412">
         <v>2209</v>
       </c>
       <c r="K412">
-        <v>5170</v>
+        <v>5147</v>
       </c>
       <c r="L412">
-        <v>15250</v>
+        <v>15271</v>
       </c>
       <c r="M412">
-        <v>20421</v>
+        <v>20417</v>
       </c>
     </row>
     <row r="413" spans="1:26">
       <c r="A413" s="6">
         <v>38838.0</v>
       </c>
       <c r="B413">
         <v>1080</v>
       </c>
       <c r="C413">
         <v>2123</v>
       </c>
       <c r="D413">
         <v>376</v>
       </c>
       <c r="E413">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="F413">
-        <v>2940</v>
+        <v>2941</v>
       </c>
       <c r="G413">
         <v>3579</v>
       </c>
       <c r="H413">
         <v>5065</v>
       </c>
       <c r="I413">
         <v>15055</v>
       </c>
       <c r="J413">
         <v>1984</v>
       </c>
       <c r="K413">
-        <v>5685</v>
+        <v>5660</v>
       </c>
       <c r="L413">
-        <v>16420</v>
+        <v>16445</v>
       </c>
       <c r="M413">
         <v>22105</v>
       </c>
     </row>
     <row r="414" spans="1:26">
       <c r="A414" s="6">
         <v>38869.0</v>
       </c>
       <c r="B414">
-        <v>1193</v>
+        <v>1192</v>
       </c>
       <c r="C414">
-        <v>2184</v>
+        <v>2187</v>
       </c>
       <c r="D414">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="E414">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="F414">
-        <v>3154</v>
+        <v>3160</v>
       </c>
       <c r="G414">
-        <v>3852</v>
+        <v>3855</v>
       </c>
       <c r="H414">
-        <v>5381</v>
+        <v>5380</v>
       </c>
       <c r="I414">
-        <v>15486</v>
+        <v>15501</v>
       </c>
       <c r="J414">
-        <v>2283</v>
+        <v>2287</v>
       </c>
       <c r="K414">
-        <v>6051</v>
+        <v>6010</v>
       </c>
       <c r="L414">
-        <v>17098</v>
+        <v>17159</v>
       </c>
       <c r="M414">
-        <v>23149</v>
+        <v>23168</v>
       </c>
     </row>
     <row r="415" spans="1:26">
       <c r="A415" s="6">
         <v>38899.0</v>
       </c>
       <c r="B415">
-        <v>1146</v>
+        <v>1144</v>
       </c>
       <c r="C415">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="D415">
         <v>416</v>
       </c>
       <c r="E415">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="F415">
         <v>2957</v>
       </c>
       <c r="G415">
-        <v>3572</v>
+        <v>3571</v>
       </c>
       <c r="H415">
-        <v>5196</v>
+        <v>5181</v>
       </c>
       <c r="I415">
-        <v>14006</v>
+        <v>14008</v>
       </c>
       <c r="J415">
         <v>2103</v>
       </c>
       <c r="K415">
-        <v>5393</v>
+        <v>5372</v>
       </c>
       <c r="L415">
-        <v>15913</v>
+        <v>15920</v>
       </c>
       <c r="M415">
-        <v>21305</v>
+        <v>21292</v>
       </c>
     </row>
     <row r="416" spans="1:26">
       <c r="A416" s="6">
         <v>38930.0</v>
       </c>
       <c r="B416">
         <v>1148</v>
       </c>
       <c r="C416">
-        <v>2366</v>
+        <v>2367</v>
       </c>
       <c r="D416">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="E416">
         <v>669</v>
       </c>
       <c r="F416">
-        <v>3283</v>
+        <v>3285</v>
       </c>
       <c r="G416">
-        <v>3952</v>
+        <v>3954</v>
       </c>
       <c r="H416">
         <v>5206</v>
       </c>
       <c r="I416">
-        <v>16400</v>
+        <v>16407</v>
       </c>
       <c r="J416">
-        <v>2194</v>
+        <v>2206</v>
       </c>
       <c r="K416">
-        <v>6013</v>
+        <v>6012</v>
       </c>
       <c r="L416">
-        <v>17787</v>
+        <v>17807</v>
       </c>
       <c r="M416">
-        <v>23799</v>
+        <v>23819</v>
       </c>
     </row>
     <row r="417" spans="1:26">
       <c r="A417" s="6">
         <v>38961.0</v>
       </c>
       <c r="B417">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="C417">
-        <v>2142</v>
+        <v>2144</v>
       </c>
       <c r="D417">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="E417">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="F417">
-        <v>2921</v>
+        <v>2926</v>
       </c>
       <c r="G417">
-        <v>3654</v>
+        <v>3656</v>
       </c>
       <c r="H417">
-        <v>5153</v>
+        <v>5164</v>
       </c>
       <c r="I417">
-        <v>15000</v>
+        <v>15005</v>
       </c>
       <c r="J417">
         <v>1990</v>
       </c>
       <c r="K417">
-        <v>6401</v>
+        <v>6362</v>
       </c>
       <c r="L417">
-        <v>15743</v>
+        <v>15797</v>
       </c>
       <c r="M417">
-        <v>22143</v>
+        <v>22159</v>
       </c>
     </row>
     <row r="418" spans="1:26">
       <c r="A418" s="6">
         <v>38991.0</v>
       </c>
       <c r="B418">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="C418">
         <v>2253</v>
       </c>
       <c r="D418">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E418">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="F418">
-        <v>3156</v>
+        <v>3157</v>
       </c>
       <c r="G418">
         <v>3853</v>
       </c>
       <c r="H418">
-        <v>5457</v>
+        <v>5452</v>
       </c>
       <c r="I418">
         <v>15833</v>
       </c>
       <c r="J418">
-        <v>2296</v>
+        <v>2299</v>
       </c>
       <c r="K418">
-        <v>6124</v>
+        <v>6108</v>
       </c>
       <c r="L418">
-        <v>17461</v>
+        <v>17476</v>
       </c>
       <c r="M418">
-        <v>23585</v>
+        <v>23584</v>
       </c>
     </row>
     <row r="419" spans="1:26">
       <c r="A419" s="6">
         <v>39022.0</v>
       </c>
       <c r="B419">
-        <v>1172</v>
+        <v>1171</v>
       </c>
       <c r="C419">
-        <v>2157</v>
+        <v>2160</v>
       </c>
       <c r="D419">
         <v>436</v>
       </c>
       <c r="E419">
         <v>723</v>
       </c>
       <c r="F419">
-        <v>3042</v>
+        <v>3044</v>
       </c>
       <c r="G419">
-        <v>3765</v>
+        <v>3767</v>
       </c>
       <c r="H419">
-        <v>5422</v>
+        <v>5418</v>
       </c>
       <c r="I419">
-        <v>15422</v>
+        <v>15432</v>
       </c>
       <c r="J419">
         <v>2286</v>
       </c>
       <c r="K419">
         <v>6262</v>
       </c>
       <c r="L419">
-        <v>16868</v>
+        <v>16874</v>
       </c>
       <c r="M419">
-        <v>23130</v>
+        <v>23136</v>
       </c>
     </row>
     <row r="420" spans="1:26">
       <c r="A420" s="6">
         <v>39052.0</v>
       </c>
       <c r="B420">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="C420">
         <v>2010</v>
       </c>
       <c r="D420">
         <v>392</v>
       </c>
       <c r="E420">
         <v>718</v>
       </c>
       <c r="F420">
-        <v>2779</v>
+        <v>2778</v>
       </c>
       <c r="G420">
-        <v>3497</v>
+        <v>3496</v>
       </c>
       <c r="H420">
-        <v>5208</v>
+        <v>5203</v>
       </c>
       <c r="I420">
         <v>14047</v>
       </c>
       <c r="J420">
         <v>2241</v>
       </c>
       <c r="K420">
         <v>6012</v>
       </c>
       <c r="L420">
-        <v>15484</v>
+        <v>15479</v>
       </c>
       <c r="M420">
-        <v>21495</v>
+        <v>21491</v>
       </c>
     </row>
     <row r="421" spans="1:26">
       <c r="A421" s="6">
         <v>39083.0</v>
       </c>
       <c r="B421">
-        <v>1027</v>
+        <v>1026</v>
       </c>
       <c r="C421">
-        <v>2080</v>
+        <v>2082</v>
       </c>
       <c r="D421">
         <v>378</v>
       </c>
       <c r="E421">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="F421">
-        <v>2793</v>
+        <v>2795</v>
       </c>
       <c r="G421">
-        <v>3485</v>
+        <v>3486</v>
       </c>
       <c r="H421">
-        <v>4876</v>
+        <v>4872</v>
       </c>
       <c r="I421">
-        <v>14874</v>
+        <v>14894</v>
       </c>
       <c r="J421">
         <v>2348</v>
       </c>
       <c r="K421">
-        <v>6118</v>
+        <v>6094</v>
       </c>
       <c r="L421">
-        <v>15980</v>
+        <v>16020</v>
       </c>
       <c r="M421">
-        <v>22098</v>
+        <v>22114</v>
       </c>
     </row>
     <row r="422" spans="1:26">
       <c r="A422" s="6">
         <v>39114.0</v>
       </c>
       <c r="B422">
         <v>945</v>
       </c>
       <c r="C422">
-        <v>1929</v>
+        <v>1927</v>
       </c>
       <c r="D422">
         <v>314</v>
       </c>
       <c r="E422">
         <v>682</v>
       </c>
       <c r="F422">
-        <v>2506</v>
+        <v>2504</v>
       </c>
       <c r="G422">
-        <v>3188</v>
+        <v>3186</v>
       </c>
       <c r="H422">
         <v>4737</v>
       </c>
       <c r="I422">
-        <v>14348</v>
+        <v>14326</v>
       </c>
       <c r="J422">
         <v>1801</v>
       </c>
       <c r="K422">
         <v>6089</v>
       </c>
       <c r="L422">
-        <v>14797</v>
+        <v>14775</v>
       </c>
       <c r="M422">
-        <v>20886</v>
+        <v>20864</v>
       </c>
     </row>
     <row r="423" spans="1:26">
       <c r="A423" s="6">
         <v>39142.0</v>
       </c>
       <c r="B423">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="C423">
-        <v>2239</v>
+        <v>2243</v>
       </c>
       <c r="D423">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="E423">
         <v>829</v>
       </c>
       <c r="F423">
-        <v>2832</v>
+        <v>2833</v>
       </c>
       <c r="G423">
-        <v>3661</v>
+        <v>3662</v>
       </c>
       <c r="H423">
-        <v>5282</v>
+        <v>5270</v>
       </c>
       <c r="I423">
-        <v>16361</v>
+        <v>16383</v>
       </c>
       <c r="J423">
-        <v>2172</v>
+        <v>2169</v>
       </c>
       <c r="K423">
         <v>7238</v>
       </c>
       <c r="L423">
-        <v>16577</v>
+        <v>16584</v>
       </c>
       <c r="M423">
-        <v>23815</v>
+        <v>23823</v>
       </c>
     </row>
     <row r="424" spans="1:26">
       <c r="A424" s="6">
         <v>39173.0</v>
       </c>
       <c r="B424">
-        <v>990</v>
+        <v>989</v>
       </c>
       <c r="C424">
-        <v>2071</v>
+        <v>2074</v>
       </c>
       <c r="D424">
         <v>351</v>
       </c>
       <c r="E424">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="F424">
-        <v>2653</v>
+        <v>2656</v>
       </c>
       <c r="G424">
-        <v>3412</v>
+        <v>3414</v>
       </c>
       <c r="H424">
-        <v>4972</v>
+        <v>4965</v>
       </c>
       <c r="I424">
-        <v>15479</v>
+        <v>15497</v>
       </c>
       <c r="J424">
         <v>1916</v>
       </c>
       <c r="K424">
-        <v>6758</v>
+        <v>6739</v>
       </c>
       <c r="L424">
-        <v>15610</v>
+        <v>15639</v>
       </c>
       <c r="M424">
-        <v>22367</v>
+        <v>22378</v>
       </c>
     </row>
     <row r="425" spans="1:26">
       <c r="A425" s="6">
         <v>39203.0</v>
       </c>
       <c r="B425">
-        <v>1084</v>
+        <v>1082</v>
       </c>
       <c r="C425">
-        <v>2329</v>
+        <v>2332</v>
       </c>
       <c r="D425">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="E425">
-        <v>850</v>
+        <v>849</v>
       </c>
       <c r="F425">
-        <v>2987</v>
+        <v>2988</v>
       </c>
       <c r="G425">
         <v>3837</v>
       </c>
       <c r="H425">
-        <v>5196</v>
+        <v>5183</v>
       </c>
       <c r="I425">
-        <v>17257</v>
+        <v>17264</v>
       </c>
       <c r="J425">
-        <v>2337</v>
+        <v>2334</v>
       </c>
       <c r="K425">
-        <v>7576</v>
+        <v>7567</v>
       </c>
       <c r="L425">
         <v>17214</v>
       </c>
       <c r="M425">
-        <v>24790</v>
+        <v>24781</v>
       </c>
     </row>
     <row r="426" spans="1:26">
       <c r="A426" s="6">
         <v>39234.0</v>
       </c>
       <c r="B426">
-        <v>1134</v>
+        <v>1133</v>
       </c>
       <c r="C426">
-        <v>2353</v>
+        <v>2356</v>
       </c>
       <c r="D426">
         <v>369</v>
       </c>
       <c r="E426">
         <v>871</v>
       </c>
       <c r="F426">
-        <v>2985</v>
+        <v>2987</v>
       </c>
       <c r="G426">
-        <v>3856</v>
+        <v>3858</v>
       </c>
       <c r="H426">
-        <v>5213</v>
+        <v>5209</v>
       </c>
       <c r="I426">
-        <v>16998</v>
+        <v>17009</v>
       </c>
       <c r="J426">
         <v>1935</v>
       </c>
       <c r="K426">
         <v>7786</v>
       </c>
       <c r="L426">
-        <v>16360</v>
+        <v>16366</v>
       </c>
       <c r="M426">
-        <v>24146</v>
+        <v>24152</v>
       </c>
     </row>
     <row r="427" spans="1:26">
       <c r="A427" s="6">
         <v>39264.0</v>
       </c>
       <c r="B427">
-        <v>1137</v>
+        <v>1135</v>
       </c>
       <c r="C427">
         <v>2236</v>
       </c>
       <c r="D427">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E427">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="F427">
-        <v>2873</v>
+        <v>2874</v>
       </c>
       <c r="G427">
-        <v>3777</v>
+        <v>3776</v>
       </c>
       <c r="H427">
-        <v>5548</v>
+        <v>5533</v>
       </c>
       <c r="I427">
-        <v>16654</v>
+        <v>16660</v>
       </c>
       <c r="J427">
-        <v>2239</v>
+        <v>2241</v>
       </c>
       <c r="K427">
-        <v>8026</v>
+        <v>7996</v>
       </c>
       <c r="L427">
-        <v>16415</v>
+        <v>16438</v>
       </c>
       <c r="M427">
-        <v>24441</v>
+        <v>24435</v>
       </c>
     </row>
     <row r="428" spans="1:26">
       <c r="A428" s="6">
         <v>39295.0</v>
       </c>
       <c r="B428">
-        <v>1228</v>
+        <v>1227</v>
       </c>
       <c r="C428">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="D428">
         <v>442</v>
       </c>
       <c r="E428">
         <v>958</v>
       </c>
       <c r="F428">
         <v>3167</v>
       </c>
       <c r="G428">
         <v>4125</v>
       </c>
       <c r="H428">
-        <v>5941</v>
+        <v>5926</v>
       </c>
       <c r="I428">
-        <v>17880</v>
+        <v>17887</v>
       </c>
       <c r="J428">
         <v>2328</v>
       </c>
       <c r="K428">
-        <v>8693</v>
+        <v>8675</v>
       </c>
       <c r="L428">
-        <v>17456</v>
+        <v>17466</v>
       </c>
       <c r="M428">
-        <v>26149</v>
+        <v>26141</v>
       </c>
     </row>
     <row r="429" spans="1:26">
       <c r="A429" s="6">
         <v>39326.0</v>
       </c>
       <c r="B429">
         <v>1107</v>
       </c>
       <c r="C429">
         <v>2298</v>
       </c>
       <c r="D429">
         <v>393</v>
       </c>
       <c r="E429">
-        <v>849</v>
+        <v>848</v>
       </c>
       <c r="F429">
-        <v>2949</v>
+        <v>2950</v>
       </c>
       <c r="G429">
         <v>3798</v>
       </c>
       <c r="H429">
         <v>5215</v>
       </c>
       <c r="I429">
         <v>16405</v>
       </c>
       <c r="J429">
         <v>2016</v>
       </c>
       <c r="K429">
-        <v>7441</v>
+        <v>7431</v>
       </c>
       <c r="L429">
-        <v>16195</v>
+        <v>16206</v>
       </c>
       <c r="M429">
         <v>23636</v>
       </c>
     </row>
     <row r="430" spans="1:26">
       <c r="A430" s="6">
         <v>39356.0</v>
       </c>
       <c r="B430">
         <v>1239</v>
       </c>
       <c r="C430">
-        <v>2577</v>
+        <v>2579</v>
       </c>
       <c r="D430">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E430">
         <v>948</v>
       </c>
       <c r="F430">
-        <v>3335</v>
+        <v>3338</v>
       </c>
       <c r="G430">
-        <v>4283</v>
+        <v>4286</v>
       </c>
       <c r="H430">
         <v>5602</v>
       </c>
       <c r="I430">
-        <v>18493</v>
+        <v>18510</v>
       </c>
       <c r="J430">
-        <v>2355</v>
+        <v>2359</v>
       </c>
       <c r="K430">
-        <v>8327</v>
+        <v>8324</v>
       </c>
       <c r="L430">
-        <v>18124</v>
+        <v>18146</v>
       </c>
       <c r="M430">
-        <v>26450</v>
+        <v>26470</v>
       </c>
     </row>
     <row r="431" spans="1:26">
       <c r="A431" s="6">
         <v>39387.0</v>
       </c>
       <c r="B431">
         <v>1087</v>
       </c>
       <c r="C431">
-        <v>2257</v>
+        <v>2256</v>
       </c>
       <c r="D431">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="E431">
         <v>890</v>
       </c>
       <c r="F431">
-        <v>2894</v>
+        <v>2892</v>
       </c>
       <c r="G431">
-        <v>3784</v>
+        <v>3782</v>
       </c>
       <c r="H431">
         <v>4942</v>
       </c>
       <c r="I431">
-        <v>16588</v>
+        <v>16584</v>
       </c>
       <c r="J431">
-        <v>2366</v>
+        <v>2353</v>
       </c>
       <c r="K431">
         <v>7962</v>
       </c>
       <c r="L431">
-        <v>15934</v>
+        <v>15917</v>
       </c>
       <c r="M431">
-        <v>23896</v>
+        <v>23879</v>
       </c>
     </row>
     <row r="432" spans="1:26">
       <c r="A432" s="6">
         <v>39417.0</v>
       </c>
       <c r="B432">
         <v>1059</v>
       </c>
       <c r="C432">
-        <v>2144</v>
+        <v>2142</v>
       </c>
       <c r="D432">
         <v>363</v>
       </c>
       <c r="E432">
         <v>878</v>
       </c>
       <c r="F432">
-        <v>2688</v>
+        <v>2686</v>
       </c>
       <c r="G432">
-        <v>3566</v>
+        <v>3564</v>
       </c>
       <c r="H432">
         <v>5331</v>
       </c>
       <c r="I432">
-        <v>16546</v>
+        <v>16538</v>
       </c>
       <c r="J432">
         <v>1830</v>
       </c>
       <c r="K432">
         <v>7995</v>
       </c>
       <c r="L432">
-        <v>15710</v>
+        <v>15703</v>
       </c>
       <c r="M432">
-        <v>23706</v>
+        <v>23698</v>
       </c>
     </row>
     <row r="433" spans="1:26">
       <c r="A433" s="6">
         <v>39448.0</v>
       </c>
       <c r="B433">
         <v>1203</v>
       </c>
       <c r="C433">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="D433">
         <v>400</v>
       </c>
       <c r="E433">
         <v>870</v>
       </c>
       <c r="F433">
-        <v>2859</v>
+        <v>2860</v>
       </c>
       <c r="G433">
-        <v>3729</v>
+        <v>3730</v>
       </c>
       <c r="H433">
         <v>5757</v>
       </c>
       <c r="I433">
         <v>16322</v>
       </c>
       <c r="J433">
         <v>2192</v>
       </c>
       <c r="K433">
         <v>7961</v>
       </c>
       <c r="L433">
-        <v>16309</v>
+        <v>16310</v>
       </c>
       <c r="M433">
         <v>24271</v>
       </c>
     </row>
     <row r="434" spans="1:26">
       <c r="A434" s="6">
         <v>39479.0</v>
       </c>
       <c r="B434">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="C434">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="D434">
         <v>311</v>
       </c>
       <c r="E434">
         <v>900</v>
       </c>
       <c r="F434">
-        <v>2723</v>
+        <v>2722</v>
       </c>
       <c r="G434">
-        <v>3623</v>
+        <v>3622</v>
       </c>
       <c r="H434">
-        <v>5687</v>
+        <v>5673</v>
       </c>
       <c r="I434">
-        <v>16468</v>
+        <v>16480</v>
       </c>
       <c r="J434">
         <v>1814</v>
       </c>
       <c r="K434">
         <v>8250</v>
       </c>
       <c r="L434">
-        <v>15719</v>
+        <v>15716</v>
       </c>
       <c r="M434">
-        <v>23969</v>
+        <v>23967</v>
       </c>
     </row>
     <row r="435" spans="1:26">
       <c r="A435" s="6">
         <v>39508.0</v>
       </c>
       <c r="B435">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="C435">
         <v>2228</v>
       </c>
       <c r="D435">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="E435">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="F435">
-        <v>2820</v>
+        <v>2823</v>
       </c>
       <c r="G435">
         <v>3791</v>
       </c>
       <c r="H435">
-        <v>5853</v>
+        <v>5856</v>
       </c>
       <c r="I435">
         <v>17354</v>
       </c>
       <c r="J435">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="K435">
-        <v>9007</v>
+        <v>8959</v>
       </c>
       <c r="L435">
-        <v>16222</v>
+        <v>16264</v>
       </c>
       <c r="M435">
-        <v>25229</v>
+        <v>25224</v>
       </c>
     </row>
     <row r="436" spans="1:26">
       <c r="A436" s="6">
         <v>39539.0</v>
       </c>
       <c r="B436">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="C436">
         <v>2210</v>
       </c>
       <c r="D436">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="E436">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="F436">
         <v>2763</v>
       </c>
       <c r="G436">
-        <v>3805</v>
+        <v>3807</v>
       </c>
       <c r="H436">
-        <v>6225</v>
+        <v>6231</v>
       </c>
       <c r="I436">
-        <v>17256</v>
+        <v>17267</v>
       </c>
       <c r="J436">
-        <v>1873</v>
+        <v>1881</v>
       </c>
       <c r="K436">
-        <v>9446</v>
+        <v>9469</v>
       </c>
       <c r="L436">
-        <v>15908</v>
+        <v>15910</v>
       </c>
       <c r="M436">
-        <v>25355</v>
+        <v>25380</v>
       </c>
     </row>
     <row r="437" spans="1:26">
       <c r="A437" s="6">
         <v>39569.0</v>
       </c>
       <c r="B437">
-        <v>1386</v>
+        <v>1382</v>
       </c>
       <c r="C437">
-        <v>2290</v>
+        <v>2293</v>
       </c>
       <c r="D437">
         <v>339</v>
       </c>
       <c r="E437">
         <v>1086</v>
       </c>
       <c r="F437">
-        <v>2929</v>
+        <v>2928</v>
       </c>
       <c r="G437">
-        <v>4015</v>
+        <v>4014</v>
       </c>
       <c r="H437">
-        <v>6927</v>
+        <v>6888</v>
       </c>
       <c r="I437">
-        <v>18034</v>
+        <v>18067</v>
       </c>
       <c r="J437">
         <v>1785</v>
       </c>
       <c r="K437">
         <v>10146</v>
       </c>
       <c r="L437">
-        <v>16601</v>
+        <v>16595</v>
       </c>
       <c r="M437">
-        <v>26747</v>
+        <v>26741</v>
       </c>
     </row>
     <row r="438" spans="1:26">
       <c r="A438" s="6">
         <v>39600.0</v>
       </c>
       <c r="B438">
-        <v>1462</v>
+        <v>1459</v>
       </c>
       <c r="C438">
-        <v>2291</v>
+        <v>2294</v>
       </c>
       <c r="D438">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E438">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="F438">
-        <v>3079</v>
+        <v>3082</v>
       </c>
       <c r="G438">
-        <v>4159</v>
+        <v>4160</v>
       </c>
       <c r="H438">
-        <v>7172</v>
+        <v>7152</v>
       </c>
       <c r="I438">
-        <v>18137</v>
+        <v>18154</v>
       </c>
       <c r="J438">
-        <v>2168</v>
+        <v>2165</v>
       </c>
       <c r="K438">
-        <v>10216</v>
+        <v>10197</v>
       </c>
       <c r="L438">
-        <v>17261</v>
+        <v>17275</v>
       </c>
       <c r="M438">
-        <v>27476</v>
+        <v>27472</v>
       </c>
     </row>
     <row r="439" spans="1:26">
       <c r="A439" s="6">
         <v>39630.0</v>
       </c>
       <c r="B439">
         <v>1534</v>
       </c>
       <c r="C439">
-        <v>2428</v>
+        <v>2431</v>
       </c>
       <c r="D439">
         <v>494</v>
       </c>
       <c r="E439">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="F439">
-        <v>3286</v>
+        <v>3288</v>
       </c>
       <c r="G439">
-        <v>4456</v>
+        <v>4459</v>
       </c>
       <c r="H439">
         <v>7270</v>
       </c>
       <c r="I439">
-        <v>18494</v>
+        <v>18504</v>
       </c>
       <c r="J439">
         <v>2367</v>
       </c>
       <c r="K439">
-        <v>10907</v>
+        <v>10911</v>
       </c>
       <c r="L439">
-        <v>17224</v>
+        <v>17230</v>
       </c>
       <c r="M439">
-        <v>28131</v>
+        <v>28141</v>
       </c>
     </row>
     <row r="440" spans="1:26">
       <c r="A440" s="6">
         <v>39661.0</v>
       </c>
       <c r="B440">
         <v>1500</v>
       </c>
       <c r="C440">
-        <v>2394</v>
+        <v>2395</v>
       </c>
       <c r="D440">
         <v>503</v>
       </c>
       <c r="E440">
         <v>1129</v>
       </c>
       <c r="F440">
-        <v>3268</v>
+        <v>3269</v>
       </c>
       <c r="G440">
-        <v>4397</v>
+        <v>4398</v>
       </c>
       <c r="H440">
         <v>7147</v>
       </c>
       <c r="I440">
-        <v>18100</v>
+        <v>18116</v>
       </c>
       <c r="J440">
         <v>2453</v>
       </c>
       <c r="K440">
-        <v>10442</v>
+        <v>10439</v>
       </c>
       <c r="L440">
-        <v>17258</v>
+        <v>17278</v>
       </c>
       <c r="M440">
-        <v>27701</v>
+        <v>27717</v>
       </c>
     </row>
     <row r="441" spans="1:26">
       <c r="A441" s="6">
         <v>39692.0</v>
       </c>
       <c r="B441">
-        <v>1499</v>
+        <v>1498</v>
       </c>
       <c r="C441">
         <v>2440</v>
       </c>
       <c r="D441">
         <v>486</v>
       </c>
       <c r="E441">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="F441">
-        <v>3256</v>
+        <v>3254</v>
       </c>
       <c r="G441">
-        <v>4425</v>
+        <v>4424</v>
       </c>
       <c r="H441">
-        <v>6864</v>
+        <v>6860</v>
       </c>
       <c r="I441">
-        <v>18602</v>
+        <v>18607</v>
       </c>
       <c r="J441">
         <v>2343</v>
       </c>
       <c r="K441">
-        <v>10899</v>
+        <v>10906</v>
       </c>
       <c r="L441">
-        <v>16911</v>
+        <v>16904</v>
       </c>
       <c r="M441">
         <v>27810</v>
       </c>
     </row>
     <row r="442" spans="1:26">
       <c r="A442" s="6">
         <v>39722.0</v>
       </c>
       <c r="B442">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="C442">
-        <v>2670</v>
+        <v>2671</v>
       </c>
       <c r="D442">
         <v>525</v>
       </c>
       <c r="E442">
         <v>1291</v>
       </c>
       <c r="F442">
-        <v>3551</v>
+        <v>3553</v>
       </c>
       <c r="G442">
-        <v>4842</v>
+        <v>4844</v>
       </c>
       <c r="H442">
-        <v>7904</v>
+        <v>7905</v>
       </c>
       <c r="I442">
-        <v>20031</v>
+        <v>20035</v>
       </c>
       <c r="J442">
         <v>2528</v>
       </c>
       <c r="K442">
         <v>12078</v>
       </c>
       <c r="L442">
-        <v>18385</v>
+        <v>18390</v>
       </c>
       <c r="M442">
-        <v>30462</v>
+        <v>30468</v>
       </c>
     </row>
     <row r="443" spans="1:26">
       <c r="A443" s="6">
         <v>39753.0</v>
       </c>
       <c r="B443">
-        <v>1464</v>
+        <v>1461</v>
       </c>
       <c r="C443">
-        <v>2270</v>
+        <v>2273</v>
       </c>
       <c r="D443">
         <v>468</v>
       </c>
       <c r="E443">
-        <v>1170</v>
+        <v>1168</v>
       </c>
       <c r="F443">
-        <v>3032</v>
+        <v>3034</v>
       </c>
       <c r="G443">
         <v>4202</v>
       </c>
       <c r="H443">
-        <v>7194</v>
+        <v>7171</v>
       </c>
       <c r="I443">
-        <v>18184</v>
+        <v>18206</v>
       </c>
       <c r="J443">
         <v>2490</v>
       </c>
       <c r="K443">
-        <v>11370</v>
+        <v>11330</v>
       </c>
       <c r="L443">
-        <v>16497</v>
+        <v>16538</v>
       </c>
       <c r="M443">
         <v>27867</v>
       </c>
     </row>
     <row r="444" spans="1:26">
       <c r="A444" s="6">
         <v>39783.0</v>
       </c>
       <c r="B444">
-        <v>1255</v>
+        <v>1254</v>
       </c>
       <c r="C444">
         <v>2057</v>
       </c>
       <c r="D444">
         <v>434</v>
       </c>
       <c r="E444">
-        <v>1090</v>
+        <v>1089</v>
       </c>
       <c r="F444">
         <v>2656</v>
       </c>
       <c r="G444">
-        <v>3746</v>
+        <v>3745</v>
       </c>
       <c r="H444">
-        <v>6653</v>
+        <v>6649</v>
       </c>
       <c r="I444">
-        <v>16584</v>
+        <v>16591</v>
       </c>
       <c r="J444">
         <v>2245</v>
       </c>
       <c r="K444">
-        <v>10415</v>
+        <v>10408</v>
       </c>
       <c r="L444">
-        <v>15067</v>
+        <v>15078</v>
       </c>
       <c r="M444">
-        <v>25482</v>
+        <v>25486</v>
       </c>
     </row>
     <row r="445" spans="1:26">
       <c r="A445" s="6">
         <v>39814.0</v>
       </c>
       <c r="B445">
         <v>1286</v>
       </c>
       <c r="C445">
-        <v>2097</v>
+        <v>2099</v>
       </c>
       <c r="D445">
         <v>327</v>
       </c>
       <c r="E445">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="F445">
-        <v>2635</v>
+        <v>2636</v>
       </c>
       <c r="G445">
-        <v>3710</v>
+        <v>3712</v>
       </c>
       <c r="H445">
-        <v>6593</v>
+        <v>6594</v>
       </c>
       <c r="I445">
-        <v>16857</v>
+        <v>16867</v>
       </c>
       <c r="J445">
         <v>1947</v>
       </c>
       <c r="K445">
-        <v>10256</v>
+        <v>10262</v>
       </c>
       <c r="L445">
-        <v>15142</v>
+        <v>15145</v>
       </c>
       <c r="M445">
-        <v>25397</v>
+        <v>25408</v>
       </c>
     </row>
     <row r="446" spans="1:26">
       <c r="A446" s="6">
         <v>39845.0</v>
       </c>
       <c r="B446">
         <v>998</v>
       </c>
       <c r="C446">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="D446">
         <v>270</v>
       </c>
       <c r="E446">
         <v>956</v>
       </c>
       <c r="F446">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="G446">
-        <v>2983</v>
+        <v>2985</v>
       </c>
       <c r="H446">
-        <v>5319</v>
+        <v>5315</v>
       </c>
       <c r="I446">
-        <v>14078</v>
+        <v>14104</v>
       </c>
       <c r="J446">
         <v>1530</v>
       </c>
       <c r="K446">
-        <v>9549</v>
+        <v>9545</v>
       </c>
       <c r="L446">
-        <v>11378</v>
+        <v>11404</v>
       </c>
       <c r="M446">
-        <v>20927</v>
+        <v>20949</v>
       </c>
     </row>
     <row r="447" spans="1:26">
       <c r="A447" s="6">
         <v>39873.0</v>
       </c>
       <c r="B447">
-        <v>918</v>
+        <v>917</v>
       </c>
       <c r="C447">
-        <v>1664</v>
+        <v>1663</v>
       </c>
       <c r="D447">
         <v>276</v>
       </c>
       <c r="E447">
-        <v>998</v>
+        <v>997</v>
       </c>
       <c r="F447">
-        <v>1860</v>
+        <v>1859</v>
       </c>
       <c r="G447">
-        <v>2858</v>
+        <v>2856</v>
       </c>
       <c r="H447">
-        <v>5413</v>
+        <v>5409</v>
       </c>
       <c r="I447">
-        <v>14137</v>
+        <v>14121</v>
       </c>
       <c r="J447">
         <v>1505</v>
       </c>
       <c r="K447">
-        <v>10004</v>
+        <v>9988</v>
       </c>
       <c r="L447">
-        <v>11051</v>
+        <v>11047</v>
       </c>
       <c r="M447">
-        <v>21055</v>
+        <v>21035</v>
       </c>
     </row>
     <row r="448" spans="1:26">
       <c r="A448" s="6">
         <v>39904.0</v>
       </c>
       <c r="B448">
         <v>794</v>
       </c>
       <c r="C448">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="D448">
         <v>276</v>
       </c>
       <c r="E448">
         <v>825</v>
       </c>
       <c r="F448">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="G448">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="H448">
         <v>4547</v>
       </c>
       <c r="I448">
-        <v>11437</v>
+        <v>11442</v>
       </c>
       <c r="J448">
         <v>1444</v>
       </c>
       <c r="K448">
         <v>8198</v>
       </c>
       <c r="L448">
-        <v>9230</v>
+        <v>9235</v>
       </c>
       <c r="M448">
-        <v>17429</v>
+        <v>17433</v>
       </c>
     </row>
     <row r="449" spans="1:26">
       <c r="A449" s="6">
         <v>39934.0</v>
       </c>
       <c r="B449">
         <v>630</v>
       </c>
       <c r="C449">
         <v>1119</v>
       </c>
       <c r="D449">
         <v>206</v>
       </c>
       <c r="E449">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="F449">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="G449">
         <v>1955</v>
       </c>
       <c r="H449">
         <v>3354</v>
       </c>
       <c r="I449">
         <v>9719</v>
       </c>
       <c r="J449">
-        <v>993</v>
+        <v>988</v>
       </c>
       <c r="K449">
-        <v>6941</v>
+        <v>6933</v>
       </c>
       <c r="L449">
-        <v>7126</v>
+        <v>7129</v>
       </c>
       <c r="M449">
-        <v>14067</v>
+        <v>14061</v>
       </c>
     </row>
     <row r="450" spans="1:26">
       <c r="A450" s="6">
         <v>39965.0</v>
       </c>
       <c r="B450">
         <v>830</v>
       </c>
       <c r="C450">
-        <v>1227</v>
+        <v>1226</v>
       </c>
       <c r="D450">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="E450">
         <v>826</v>
       </c>
       <c r="F450">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="G450">
-        <v>2317</v>
+        <v>2318</v>
       </c>
       <c r="H450">
         <v>4134</v>
       </c>
       <c r="I450">
-        <v>10205</v>
+        <v>10203</v>
       </c>
       <c r="J450">
-        <v>1336</v>
+        <v>1343</v>
       </c>
       <c r="K450">
         <v>8415</v>
       </c>
       <c r="L450">
-        <v>7260</v>
+        <v>7265</v>
       </c>
       <c r="M450">
-        <v>15675</v>
+        <v>15680</v>
       </c>
     </row>
     <row r="451" spans="1:26">
       <c r="A451" s="6">
         <v>39995.0</v>
       </c>
       <c r="B451">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="C451">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="D451">
         <v>297</v>
       </c>
       <c r="E451">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="F451">
         <v>1532</v>
       </c>
       <c r="G451">
-        <v>2234</v>
+        <v>2235</v>
       </c>
       <c r="H451">
-        <v>3987</v>
+        <v>4001</v>
       </c>
       <c r="I451">
-        <v>9087</v>
+        <v>9082</v>
       </c>
       <c r="J451">
         <v>1510</v>
       </c>
       <c r="K451">
-        <v>7026</v>
+        <v>7034</v>
       </c>
       <c r="L451">
-        <v>7558</v>
+        <v>7559</v>
       </c>
       <c r="M451">
-        <v>14584</v>
+        <v>14593</v>
       </c>
     </row>
     <row r="452" spans="1:26">
       <c r="A452" s="6">
         <v>40026.0</v>
       </c>
       <c r="B452">
         <v>921</v>
       </c>
       <c r="C452">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="D452">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="E452">
         <v>827</v>
       </c>
       <c r="F452">
         <v>1618</v>
       </c>
       <c r="G452">
         <v>2445</v>
       </c>
       <c r="H452">
         <v>4403</v>
       </c>
       <c r="I452">
-        <v>10030</v>
+        <v>10035</v>
       </c>
       <c r="J452">
-        <v>1370</v>
+        <v>1368</v>
       </c>
       <c r="K452">
         <v>8294</v>
       </c>
       <c r="L452">
-        <v>7510</v>
+        <v>7512</v>
       </c>
       <c r="M452">
-        <v>15803</v>
+        <v>15806</v>
       </c>
     </row>
     <row r="453" spans="1:26">
       <c r="A453" s="6">
         <v>40057.0</v>
       </c>
       <c r="B453">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C453">
-        <v>1053</v>
+        <v>1052</v>
       </c>
       <c r="D453">
         <v>298</v>
       </c>
       <c r="E453">
-        <v>736</v>
+        <v>735</v>
       </c>
       <c r="F453">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="G453">
         <v>2335</v>
       </c>
       <c r="H453">
-        <v>4800</v>
+        <v>4809</v>
       </c>
       <c r="I453">
-        <v>8512</v>
+        <v>8505</v>
       </c>
       <c r="J453">
         <v>1454</v>
       </c>
       <c r="K453">
-        <v>7461</v>
+        <v>7454</v>
       </c>
       <c r="L453">
-        <v>7305</v>
+        <v>7314</v>
       </c>
       <c r="M453">
-        <v>14766</v>
+        <v>14768</v>
       </c>
     </row>
     <row r="454" spans="1:26">
       <c r="A454" s="6">
         <v>40087.0</v>
       </c>
       <c r="B454">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="C454">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="D454">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="E454">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="F454">
-        <v>1500</v>
+        <v>1499</v>
       </c>
       <c r="G454">
         <v>2318</v>
       </c>
       <c r="H454">
-        <v>4679</v>
+        <v>4685</v>
       </c>
       <c r="I454">
-        <v>9234</v>
+        <v>9241</v>
       </c>
       <c r="J454">
-        <v>1371</v>
+        <v>1365</v>
       </c>
       <c r="K454">
-        <v>8101</v>
+        <v>8108</v>
       </c>
       <c r="L454">
-        <v>7183</v>
+        <v>7184</v>
       </c>
       <c r="M454">
-        <v>15284</v>
+        <v>15291</v>
       </c>
     </row>
     <row r="455" spans="1:26">
       <c r="A455" s="6">
         <v>40118.0</v>
       </c>
       <c r="B455">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C455">
         <v>1083</v>
       </c>
       <c r="D455">
         <v>280</v>
       </c>
       <c r="E455">
         <v>818</v>
       </c>
       <c r="F455">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="G455">
-        <v>2309</v>
+        <v>2310</v>
       </c>
       <c r="H455">
-        <v>4828</v>
+        <v>4832</v>
       </c>
       <c r="I455">
         <v>9217</v>
       </c>
       <c r="J455">
         <v>1299</v>
       </c>
       <c r="K455">
         <v>8094</v>
       </c>
       <c r="L455">
-        <v>7250</v>
+        <v>7255</v>
       </c>
       <c r="M455">
-        <v>15344</v>
+        <v>15349</v>
       </c>
     </row>
     <row r="456" spans="1:26">
       <c r="A456" s="6">
         <v>40148.0</v>
       </c>
       <c r="B456">
         <v>893</v>
       </c>
       <c r="C456">
         <v>1029</v>
       </c>
       <c r="D456">
         <v>275</v>
       </c>
       <c r="E456">
         <v>748</v>
       </c>
       <c r="F456">
         <v>1449</v>
       </c>
       <c r="G456">
         <v>2197</v>
       </c>
       <c r="H456">
@@ -18835,4292 +18835,4292 @@
       </c>
       <c r="I456">
         <v>8557</v>
       </c>
       <c r="J456">
         <v>1376</v>
       </c>
       <c r="K456">
         <v>7327</v>
       </c>
       <c r="L456">
         <v>7124</v>
       </c>
       <c r="M456">
         <v>14451</v>
       </c>
     </row>
     <row r="457" spans="1:26">
       <c r="A457" s="6">
         <v>40179.0</v>
       </c>
       <c r="B457">
         <v>972</v>
       </c>
       <c r="C457">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="D457">
         <v>228</v>
       </c>
       <c r="E457">
-        <v>847</v>
+        <v>846</v>
       </c>
       <c r="F457">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="G457">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="H457">
-        <v>5523</v>
+        <v>5518</v>
       </c>
       <c r="I457">
-        <v>10166</v>
+        <v>10174</v>
       </c>
       <c r="J457">
         <v>1098</v>
       </c>
       <c r="K457">
-        <v>8848</v>
+        <v>8832</v>
       </c>
       <c r="L457">
-        <v>7939</v>
+        <v>7958</v>
       </c>
       <c r="M457">
-        <v>16786</v>
+        <v>16790</v>
       </c>
     </row>
     <row r="458" spans="1:26">
       <c r="A458" s="6">
         <v>40210.0</v>
       </c>
       <c r="B458">
         <v>916</v>
       </c>
       <c r="C458">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="D458">
         <v>181</v>
       </c>
       <c r="E458">
         <v>834</v>
       </c>
       <c r="F458">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="G458">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="H458">
         <v>5365</v>
       </c>
       <c r="I458">
-        <v>8879</v>
+        <v>8884</v>
       </c>
       <c r="J458">
         <v>948</v>
       </c>
       <c r="K458">
         <v>8424</v>
       </c>
       <c r="L458">
-        <v>6767</v>
+        <v>6772</v>
       </c>
       <c r="M458">
-        <v>15192</v>
+        <v>15197</v>
       </c>
     </row>
     <row r="459" spans="1:26">
       <c r="A459" s="6">
         <v>40238.0</v>
       </c>
       <c r="B459">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="C459">
-        <v>1198</v>
+        <v>1197</v>
       </c>
       <c r="D459">
         <v>272</v>
       </c>
       <c r="E459">
         <v>1013</v>
       </c>
       <c r="F459">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="G459">
-        <v>2559</v>
+        <v>2560</v>
       </c>
       <c r="H459">
-        <v>6437</v>
+        <v>6455</v>
       </c>
       <c r="I459">
-        <v>11109</v>
+        <v>11104</v>
       </c>
       <c r="J459">
         <v>1536</v>
       </c>
       <c r="K459">
         <v>10767</v>
       </c>
       <c r="L459">
-        <v>8314</v>
+        <v>8327</v>
       </c>
       <c r="M459">
-        <v>19082</v>
+        <v>19095</v>
       </c>
     </row>
     <row r="460" spans="1:26">
       <c r="A460" s="6">
         <v>40269.0</v>
       </c>
       <c r="B460">
-        <v>1260</v>
+        <v>1259</v>
       </c>
       <c r="C460">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="D460">
         <v>316</v>
       </c>
       <c r="E460">
-        <v>972</v>
+        <v>970</v>
       </c>
       <c r="F460">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="G460">
         <v>2682</v>
       </c>
       <c r="H460">
-        <v>7238</v>
+        <v>7236</v>
       </c>
       <c r="I460">
-        <v>10260</v>
+        <v>10263</v>
       </c>
       <c r="J460">
         <v>1451</v>
       </c>
       <c r="K460">
-        <v>9993</v>
+        <v>9989</v>
       </c>
       <c r="L460">
-        <v>8956</v>
+        <v>8961</v>
       </c>
       <c r="M460">
-        <v>18949</v>
+        <v>18950</v>
       </c>
     </row>
     <row r="461" spans="1:26">
       <c r="A461" s="6">
         <v>40299.0</v>
       </c>
       <c r="B461">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="C461">
-        <v>1200</v>
+        <v>1199</v>
       </c>
       <c r="D461">
         <v>328</v>
       </c>
       <c r="E461">
-        <v>1075</v>
+        <v>1074</v>
       </c>
       <c r="F461">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="G461">
         <v>2804</v>
       </c>
       <c r="H461">
-        <v>7586</v>
+        <v>7597</v>
       </c>
       <c r="I461">
-        <v>10782</v>
+        <v>10783</v>
       </c>
       <c r="J461">
         <v>1612</v>
       </c>
       <c r="K461">
-        <v>11274</v>
+        <v>11230</v>
       </c>
       <c r="L461">
-        <v>8706</v>
+        <v>8761</v>
       </c>
       <c r="M461">
-        <v>19979</v>
+        <v>19991</v>
       </c>
     </row>
     <row r="462" spans="1:26">
       <c r="A462" s="6">
         <v>40330.0</v>
       </c>
       <c r="B462">
         <v>1379</v>
       </c>
       <c r="C462">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="D462">
         <v>341</v>
       </c>
       <c r="E462">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="F462">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="G462">
-        <v>2902</v>
+        <v>2904</v>
       </c>
       <c r="H462">
-        <v>8096</v>
+        <v>8088</v>
       </c>
       <c r="I462">
-        <v>10997</v>
+        <v>11013</v>
       </c>
       <c r="J462">
-        <v>1725</v>
+        <v>1718</v>
       </c>
       <c r="K462">
-        <v>11722</v>
+        <v>11724</v>
       </c>
       <c r="L462">
-        <v>9096</v>
+        <v>9095</v>
       </c>
       <c r="M462">
-        <v>20818</v>
+        <v>20819</v>
       </c>
     </row>
     <row r="463" spans="1:26">
       <c r="A463" s="6">
         <v>40360.0</v>
       </c>
       <c r="B463">
-        <v>1416</v>
+        <v>1415</v>
       </c>
       <c r="C463">
-        <v>1293</v>
+        <v>1292</v>
       </c>
       <c r="D463">
         <v>449</v>
       </c>
       <c r="E463">
-        <v>1213</v>
+        <v>1211</v>
       </c>
       <c r="F463">
         <v>1945</v>
       </c>
       <c r="G463">
-        <v>3158</v>
+        <v>3156</v>
       </c>
       <c r="H463">
-        <v>8182</v>
+        <v>8180</v>
       </c>
       <c r="I463">
-        <v>12136</v>
+        <v>12127</v>
       </c>
       <c r="J463">
-        <v>2271</v>
+        <v>2276</v>
       </c>
       <c r="K463">
-        <v>12684</v>
+        <v>12674</v>
       </c>
       <c r="L463">
-        <v>9904</v>
+        <v>9909</v>
       </c>
       <c r="M463">
-        <v>22588</v>
+        <v>22583</v>
       </c>
     </row>
     <row r="464" spans="1:26">
       <c r="A464" s="6">
         <v>40391.0</v>
       </c>
       <c r="B464">
         <v>1463</v>
       </c>
       <c r="C464">
-        <v>1252</v>
+        <v>1251</v>
       </c>
       <c r="D464">
         <v>395</v>
       </c>
       <c r="E464">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="F464">
-        <v>1828</v>
+        <v>1826</v>
       </c>
       <c r="G464">
-        <v>3110</v>
+        <v>3109</v>
       </c>
       <c r="H464">
         <v>9092</v>
       </c>
       <c r="I464">
-        <v>11778</v>
+        <v>11775</v>
       </c>
       <c r="J464">
         <v>1890</v>
       </c>
       <c r="K464">
-        <v>13350</v>
+        <v>13361</v>
       </c>
       <c r="L464">
-        <v>9411</v>
+        <v>9396</v>
       </c>
       <c r="M464">
-        <v>22761</v>
+        <v>22758</v>
       </c>
     </row>
     <row r="465" spans="1:26">
       <c r="A465" s="6">
         <v>40422.0</v>
       </c>
       <c r="B465">
         <v>1434</v>
       </c>
       <c r="C465">
         <v>1187</v>
       </c>
       <c r="D465">
         <v>340</v>
       </c>
       <c r="E465">
-        <v>1105</v>
+        <v>1103</v>
       </c>
       <c r="F465">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="G465">
         <v>2961</v>
       </c>
       <c r="H465">
         <v>8753</v>
       </c>
       <c r="I465">
-        <v>10816</v>
+        <v>10812</v>
       </c>
       <c r="J465">
         <v>1648</v>
       </c>
       <c r="K465">
-        <v>11959</v>
+        <v>11935</v>
       </c>
       <c r="L465">
-        <v>9257</v>
+        <v>9277</v>
       </c>
       <c r="M465">
-        <v>21216</v>
+        <v>21212</v>
       </c>
     </row>
     <row r="466" spans="1:26">
       <c r="A466" s="6">
         <v>40452.0</v>
       </c>
       <c r="B466">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="C466">
-        <v>1223</v>
+        <v>1222</v>
       </c>
       <c r="D466">
         <v>377</v>
       </c>
       <c r="E466">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="F466">
-        <v>1947</v>
+        <v>1946</v>
       </c>
       <c r="G466">
         <v>3116</v>
       </c>
       <c r="H466">
-        <v>9411</v>
+        <v>9421</v>
       </c>
       <c r="I466">
-        <v>11508</v>
+        <v>11506</v>
       </c>
       <c r="J466">
         <v>1870</v>
       </c>
       <c r="K466">
-        <v>12867</v>
+        <v>12874</v>
       </c>
       <c r="L466">
-        <v>9921</v>
+        <v>9923</v>
       </c>
       <c r="M466">
-        <v>22788</v>
+        <v>22797</v>
       </c>
     </row>
     <row r="467" spans="1:26">
       <c r="A467" s="6">
         <v>40483.0</v>
       </c>
       <c r="B467">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="C467">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="D467">
         <v>334</v>
       </c>
       <c r="E467">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="F467">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="G467">
-        <v>2973</v>
+        <v>2977</v>
       </c>
       <c r="H467">
-        <v>8890</v>
+        <v>8892</v>
       </c>
       <c r="I467">
-        <v>11530</v>
+        <v>11544</v>
       </c>
       <c r="J467">
         <v>1565</v>
       </c>
       <c r="K467">
-        <v>13216</v>
+        <v>13223</v>
       </c>
       <c r="L467">
-        <v>8770</v>
+        <v>8779</v>
       </c>
       <c r="M467">
-        <v>21985</v>
+        <v>22001</v>
       </c>
     </row>
     <row r="468" spans="1:26">
       <c r="A468" s="6">
         <v>40513.0</v>
       </c>
       <c r="B468">
-        <v>1322</v>
+        <v>1321</v>
       </c>
       <c r="C468">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="D468">
         <v>302</v>
       </c>
       <c r="E468">
         <v>1098</v>
       </c>
       <c r="F468">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="G468">
-        <v>2682</v>
+        <v>2683</v>
       </c>
       <c r="H468">
-        <v>8643</v>
+        <v>8627</v>
       </c>
       <c r="I468">
-        <v>10316</v>
+        <v>10341</v>
       </c>
       <c r="J468">
         <v>1509</v>
       </c>
       <c r="K468">
-        <v>12232</v>
+        <v>12248</v>
       </c>
       <c r="L468">
-        <v>8237</v>
+        <v>8230</v>
       </c>
       <c r="M468">
-        <v>20469</v>
+        <v>20477</v>
       </c>
     </row>
     <row r="469" spans="1:26">
       <c r="A469" s="6">
         <v>40544.0</v>
       </c>
       <c r="B469">
         <v>1490</v>
       </c>
       <c r="C469">
-        <v>1099</v>
+        <v>1096</v>
       </c>
       <c r="D469">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E469">
         <v>1143</v>
       </c>
       <c r="F469">
-        <v>1722</v>
+        <v>1720</v>
       </c>
       <c r="G469">
-        <v>2865</v>
+        <v>2863</v>
       </c>
       <c r="H469">
-        <v>9962</v>
+        <v>9966</v>
       </c>
       <c r="I469">
-        <v>11165</v>
+        <v>11149</v>
       </c>
       <c r="J469">
-        <v>1507</v>
+        <v>1512</v>
       </c>
       <c r="K469">
         <v>13008</v>
       </c>
       <c r="L469">
-        <v>9625</v>
+        <v>9619</v>
       </c>
       <c r="M469">
-        <v>22634</v>
+        <v>22627</v>
       </c>
     </row>
     <row r="470" spans="1:26">
       <c r="A470" s="6">
         <v>40575.0</v>
       </c>
       <c r="B470">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="C470">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="D470">
         <v>233</v>
       </c>
       <c r="E470">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="F470">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="G470">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="H470">
-        <v>8470</v>
+        <v>8471</v>
       </c>
       <c r="I470">
-        <v>10196</v>
+        <v>10221</v>
       </c>
       <c r="J470">
         <v>1167</v>
       </c>
       <c r="K470">
-        <v>12058</v>
+        <v>12075</v>
       </c>
       <c r="L470">
-        <v>7775</v>
+        <v>7784</v>
       </c>
       <c r="M470">
-        <v>19833</v>
+        <v>19859</v>
       </c>
     </row>
     <row r="471" spans="1:26">
       <c r="A471" s="6">
         <v>40603.0</v>
       </c>
       <c r="B471">
         <v>1525</v>
       </c>
       <c r="C471">
-        <v>1111</v>
+        <v>1110</v>
       </c>
       <c r="D471">
         <v>302</v>
       </c>
       <c r="E471">
-        <v>1323</v>
+        <v>1322</v>
       </c>
       <c r="F471">
         <v>1615</v>
       </c>
       <c r="G471">
-        <v>2938</v>
+        <v>2937</v>
       </c>
       <c r="H471">
-        <v>10931</v>
+        <v>10939</v>
       </c>
       <c r="I471">
-        <v>11686</v>
+        <v>11669</v>
       </c>
       <c r="J471">
         <v>1610</v>
       </c>
       <c r="K471">
-        <v>15044</v>
+        <v>15027</v>
       </c>
       <c r="L471">
-        <v>9183</v>
+        <v>9190</v>
       </c>
       <c r="M471">
-        <v>24227</v>
+        <v>24217</v>
       </c>
     </row>
     <row r="472" spans="1:26">
       <c r="A472" s="6">
         <v>40634.0</v>
       </c>
       <c r="B472">
         <v>1528</v>
       </c>
       <c r="C472">
         <v>1086</v>
       </c>
       <c r="D472">
         <v>291</v>
       </c>
       <c r="E472">
         <v>1344</v>
       </c>
       <c r="F472">
         <v>1561</v>
       </c>
       <c r="G472">
         <v>2905</v>
       </c>
       <c r="H472">
         <v>10677</v>
       </c>
       <c r="I472">
         <v>11560</v>
       </c>
       <c r="J472">
         <v>1478</v>
       </c>
       <c r="K472">
         <v>15131</v>
       </c>
       <c r="L472">
         <v>8584</v>
       </c>
       <c r="M472">
         <v>23715</v>
       </c>
     </row>
     <row r="473" spans="1:26">
       <c r="A473" s="6">
         <v>40664.0</v>
       </c>
       <c r="B473">
-        <v>1750</v>
+        <v>1749</v>
       </c>
       <c r="C473">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="D473">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="E473">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="F473">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="G473">
-        <v>3203</v>
+        <v>3204</v>
       </c>
       <c r="H473">
-        <v>12294</v>
+        <v>12285</v>
       </c>
       <c r="I473">
-        <v>11083</v>
+        <v>11091</v>
       </c>
       <c r="J473">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="K473">
-        <v>16139</v>
+        <v>16122</v>
       </c>
       <c r="L473">
-        <v>8991</v>
+        <v>9010</v>
       </c>
       <c r="M473">
-        <v>25131</v>
+        <v>25132</v>
       </c>
     </row>
     <row r="474" spans="1:26">
       <c r="A474" s="6">
         <v>40695.0</v>
       </c>
       <c r="B474">
-        <v>1901</v>
+        <v>1900</v>
       </c>
       <c r="C474">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="D474">
         <v>325</v>
       </c>
       <c r="E474">
         <v>1423</v>
       </c>
       <c r="F474">
         <v>1879</v>
       </c>
       <c r="G474">
         <v>3302</v>
       </c>
       <c r="H474">
-        <v>12380</v>
+        <v>12375</v>
       </c>
       <c r="I474">
-        <v>11230</v>
+        <v>11238</v>
       </c>
       <c r="J474">
         <v>1541</v>
       </c>
       <c r="K474">
         <v>15918</v>
       </c>
       <c r="L474">
-        <v>9233</v>
+        <v>9236</v>
       </c>
       <c r="M474">
-        <v>25152</v>
+        <v>25154</v>
       </c>
     </row>
     <row r="475" spans="1:26">
       <c r="A475" s="6">
         <v>40725.0</v>
       </c>
       <c r="B475">
-        <v>1920</v>
+        <v>1918</v>
       </c>
       <c r="C475">
         <v>1028</v>
       </c>
       <c r="D475">
         <v>333</v>
       </c>
       <c r="E475">
         <v>1454</v>
       </c>
       <c r="F475">
-        <v>1827</v>
+        <v>1825</v>
       </c>
       <c r="G475">
-        <v>3281</v>
+        <v>3279</v>
       </c>
       <c r="H475">
-        <v>13995</v>
+        <v>13977</v>
       </c>
       <c r="I475">
-        <v>11122</v>
+        <v>11126</v>
       </c>
       <c r="J475">
         <v>1699</v>
       </c>
       <c r="K475">
         <v>16864</v>
       </c>
       <c r="L475">
-        <v>9952</v>
+        <v>9937</v>
       </c>
       <c r="M475">
-        <v>26816</v>
+        <v>26802</v>
       </c>
     </row>
     <row r="476" spans="1:26">
       <c r="A476" s="6">
         <v>40756.0</v>
       </c>
       <c r="B476">
-        <v>2162</v>
+        <v>2165</v>
       </c>
       <c r="C476">
         <v>1119</v>
       </c>
       <c r="D476">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E476">
         <v>1611</v>
       </c>
       <c r="F476">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G476">
-        <v>3632</v>
+        <v>3636</v>
       </c>
       <c r="H476">
-        <v>14877</v>
+        <v>14895</v>
       </c>
       <c r="I476">
         <v>12030</v>
       </c>
       <c r="J476">
-        <v>1752</v>
+        <v>1759</v>
       </c>
       <c r="K476">
         <v>18673</v>
       </c>
       <c r="L476">
-        <v>9986</v>
+        <v>10010</v>
       </c>
       <c r="M476">
-        <v>28660</v>
+        <v>28683</v>
       </c>
     </row>
     <row r="477" spans="1:26">
       <c r="A477" s="6">
         <v>40787.0</v>
       </c>
       <c r="B477">
-        <v>2038</v>
+        <v>2037</v>
       </c>
       <c r="C477">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="D477">
         <v>352</v>
       </c>
       <c r="E477">
         <v>1490</v>
       </c>
       <c r="F477">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="G477">
-        <v>3403</v>
+        <v>3405</v>
       </c>
       <c r="H477">
-        <v>14414</v>
+        <v>14400</v>
       </c>
       <c r="I477">
-        <v>10742</v>
+        <v>10755</v>
       </c>
       <c r="J477">
         <v>1550</v>
       </c>
       <c r="K477">
         <v>17191</v>
       </c>
       <c r="L477">
-        <v>9515</v>
+        <v>9514</v>
       </c>
       <c r="M477">
-        <v>26706</v>
+        <v>26705</v>
       </c>
     </row>
     <row r="478" spans="1:26">
       <c r="A478" s="6">
         <v>40817.0</v>
       </c>
       <c r="B478">
-        <v>2270</v>
+        <v>2269</v>
       </c>
       <c r="C478">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="D478">
         <v>409</v>
       </c>
       <c r="E478">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="F478">
         <v>2090</v>
       </c>
       <c r="G478">
-        <v>3812</v>
+        <v>3814</v>
       </c>
       <c r="H478">
-        <v>16257</v>
+        <v>16252</v>
       </c>
       <c r="I478">
-        <v>12262</v>
+        <v>12291</v>
       </c>
       <c r="J478">
         <v>1930</v>
       </c>
       <c r="K478">
-        <v>19841</v>
+        <v>19862</v>
       </c>
       <c r="L478">
-        <v>10608</v>
+        <v>10612</v>
       </c>
       <c r="M478">
-        <v>30449</v>
+        <v>30474</v>
       </c>
     </row>
     <row r="479" spans="1:26">
       <c r="A479" s="6">
         <v>40848.0</v>
       </c>
       <c r="B479">
         <v>2184</v>
       </c>
       <c r="C479">
-        <v>1133</v>
+        <v>1132</v>
       </c>
       <c r="D479">
         <v>338</v>
       </c>
       <c r="E479">
         <v>1691</v>
       </c>
       <c r="F479">
-        <v>1964</v>
+        <v>1963</v>
       </c>
       <c r="G479">
-        <v>3655</v>
+        <v>3654</v>
       </c>
       <c r="H479">
         <v>15899</v>
       </c>
       <c r="I479">
-        <v>12192</v>
+        <v>12188</v>
       </c>
       <c r="J479">
         <v>1541</v>
       </c>
       <c r="K479">
         <v>19774</v>
       </c>
       <c r="L479">
-        <v>9858</v>
+        <v>9854</v>
       </c>
       <c r="M479">
-        <v>29632</v>
+        <v>29629</v>
       </c>
     </row>
     <row r="480" spans="1:26">
       <c r="A480" s="6">
         <v>40878.0</v>
       </c>
       <c r="B480">
-        <v>1902</v>
+        <v>1901</v>
       </c>
       <c r="C480">
         <v>1017</v>
       </c>
       <c r="D480">
         <v>287</v>
       </c>
       <c r="E480">
         <v>1530</v>
       </c>
       <c r="F480">
-        <v>1676</v>
+        <v>1675</v>
       </c>
       <c r="G480">
-        <v>3206</v>
+        <v>3205</v>
       </c>
       <c r="H480">
-        <v>14508</v>
+        <v>14506</v>
       </c>
       <c r="I480">
         <v>10696</v>
       </c>
       <c r="J480">
         <v>1398</v>
       </c>
       <c r="K480">
-        <v>17666</v>
+        <v>17676</v>
       </c>
       <c r="L480">
-        <v>8936</v>
+        <v>8924</v>
       </c>
       <c r="M480">
-        <v>26602</v>
+        <v>26600</v>
       </c>
     </row>
     <row r="481" spans="1:26">
       <c r="A481" s="6">
         <v>40909.0</v>
       </c>
       <c r="B481">
-        <v>2213</v>
+        <v>2215</v>
       </c>
       <c r="C481">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="D481">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="E481">
-        <v>1597</v>
+        <v>1596</v>
       </c>
       <c r="F481">
-        <v>2025</v>
+        <v>2031</v>
       </c>
       <c r="G481">
-        <v>3622</v>
+        <v>3627</v>
       </c>
       <c r="H481">
-        <v>16769</v>
+        <v>16777</v>
       </c>
       <c r="I481">
-        <v>11247</v>
+        <v>11272</v>
       </c>
       <c r="J481">
-        <v>1743</v>
+        <v>1733</v>
       </c>
       <c r="K481">
-        <v>18508</v>
+        <v>18489</v>
       </c>
       <c r="L481">
-        <v>11250</v>
+        <v>11292</v>
       </c>
       <c r="M481">
-        <v>29758</v>
+        <v>29782</v>
       </c>
     </row>
     <row r="482" spans="1:26">
       <c r="A482" s="6">
         <v>40940.0</v>
       </c>
       <c r="B482">
-        <v>1973</v>
+        <v>1970</v>
       </c>
       <c r="C482">
-        <v>926</v>
+        <v>924</v>
       </c>
       <c r="D482">
         <v>274</v>
       </c>
       <c r="E482">
-        <v>1556</v>
+        <v>1555</v>
       </c>
       <c r="F482">
-        <v>1617</v>
+        <v>1613</v>
       </c>
       <c r="G482">
-        <v>3173</v>
+        <v>3168</v>
       </c>
       <c r="H482">
-        <v>15862</v>
+        <v>15838</v>
       </c>
       <c r="I482">
-        <v>9800</v>
+        <v>9786</v>
       </c>
       <c r="J482">
         <v>1522</v>
       </c>
       <c r="K482">
-        <v>17800</v>
+        <v>17790</v>
       </c>
       <c r="L482">
-        <v>9384</v>
+        <v>9356</v>
       </c>
       <c r="M482">
-        <v>27184</v>
+        <v>27146</v>
       </c>
     </row>
     <row r="483" spans="1:26">
       <c r="A483" s="6">
         <v>40969.0</v>
       </c>
       <c r="B483">
         <v>2351</v>
       </c>
       <c r="C483">
         <v>916</v>
       </c>
       <c r="D483">
         <v>335</v>
       </c>
       <c r="E483">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="F483">
-        <v>1907</v>
+        <v>1906</v>
       </c>
       <c r="G483">
         <v>3602</v>
       </c>
       <c r="H483">
-        <v>18549</v>
+        <v>18541</v>
       </c>
       <c r="I483">
-        <v>10068</v>
+        <v>10075</v>
       </c>
       <c r="J483">
         <v>1466</v>
       </c>
       <c r="K483">
-        <v>19475</v>
+        <v>19486</v>
       </c>
       <c r="L483">
-        <v>10608</v>
+        <v>10595</v>
       </c>
       <c r="M483">
-        <v>30083</v>
+        <v>30081</v>
       </c>
     </row>
     <row r="484" spans="1:26">
       <c r="A484" s="6">
         <v>41000.0</v>
       </c>
       <c r="B484">
-        <v>2311</v>
+        <v>2314</v>
       </c>
       <c r="C484">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D484">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E484">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="F484">
-        <v>1904</v>
+        <v>1908</v>
       </c>
       <c r="G484">
-        <v>3535</v>
+        <v>3540</v>
       </c>
       <c r="H484">
-        <v>17949</v>
+        <v>17971</v>
       </c>
       <c r="I484">
-        <v>9610</v>
+        <v>9637</v>
       </c>
       <c r="J484">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="K484">
-        <v>18969</v>
+        <v>18986</v>
       </c>
       <c r="L484">
-        <v>10281</v>
+        <v>10314</v>
       </c>
       <c r="M484">
-        <v>29250</v>
+        <v>29300</v>
       </c>
     </row>
     <row r="485" spans="1:26">
       <c r="A485" s="6">
         <v>41030.0</v>
       </c>
       <c r="B485">
-        <v>2437</v>
+        <v>2436</v>
       </c>
       <c r="C485">
-        <v>965</v>
+        <v>964</v>
       </c>
       <c r="D485">
         <v>377</v>
       </c>
       <c r="E485">
-        <v>1815</v>
+        <v>1814</v>
       </c>
       <c r="F485">
-        <v>1964</v>
+        <v>1963</v>
       </c>
       <c r="G485">
-        <v>3779</v>
+        <v>3777</v>
       </c>
       <c r="H485">
-        <v>18898</v>
+        <v>18890</v>
       </c>
       <c r="I485">
-        <v>11013</v>
+        <v>10996</v>
       </c>
       <c r="J485">
         <v>1719</v>
       </c>
       <c r="K485">
-        <v>21684</v>
+        <v>21668</v>
       </c>
       <c r="L485">
-        <v>9945</v>
+        <v>9938</v>
       </c>
       <c r="M485">
-        <v>31630</v>
+        <v>31606</v>
       </c>
     </row>
     <row r="486" spans="1:26">
       <c r="A486" s="6">
         <v>41061.0</v>
       </c>
       <c r="B486">
-        <v>2399</v>
+        <v>2395</v>
       </c>
       <c r="C486">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="D486">
         <v>394</v>
       </c>
       <c r="E486">
-        <v>1698</v>
+        <v>1701</v>
       </c>
       <c r="F486">
-        <v>1993</v>
+        <v>1990</v>
       </c>
       <c r="G486">
         <v>3691</v>
       </c>
       <c r="H486">
-        <v>17670</v>
+        <v>17624</v>
       </c>
       <c r="I486">
-        <v>10138</v>
+        <v>10187</v>
       </c>
       <c r="J486">
         <v>1771</v>
       </c>
       <c r="K486">
-        <v>19828</v>
+        <v>19873</v>
       </c>
       <c r="L486">
-        <v>9752</v>
+        <v>9711</v>
       </c>
       <c r="M486">
-        <v>29580</v>
+        <v>29583</v>
       </c>
     </row>
     <row r="487" spans="1:26">
       <c r="A487" s="6">
         <v>41091.0</v>
       </c>
       <c r="B487">
-        <v>2533</v>
+        <v>2536</v>
       </c>
       <c r="C487">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="D487">
         <v>386</v>
       </c>
       <c r="E487">
-        <v>1825</v>
+        <v>1823</v>
       </c>
       <c r="F487">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="G487">
         <v>3820</v>
       </c>
       <c r="H487">
-        <v>19895</v>
+        <v>19926</v>
       </c>
       <c r="I487">
-        <v>10033</v>
+        <v>9988</v>
       </c>
       <c r="J487">
         <v>1875</v>
       </c>
       <c r="K487">
-        <v>21597</v>
+        <v>21569</v>
       </c>
       <c r="L487">
-        <v>10206</v>
+        <v>10220</v>
       </c>
       <c r="M487">
-        <v>31803</v>
+        <v>31789</v>
       </c>
     </row>
     <row r="488" spans="1:26">
       <c r="A488" s="6">
         <v>41122.0</v>
       </c>
       <c r="B488">
-        <v>2512</v>
+        <v>2513</v>
       </c>
       <c r="C488">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D488">
         <v>406</v>
       </c>
       <c r="E488">
         <v>1708</v>
       </c>
       <c r="F488">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G488">
-        <v>3719</v>
+        <v>3721</v>
       </c>
       <c r="H488">
-        <v>18862</v>
+        <v>18873</v>
       </c>
       <c r="I488">
-        <v>8965</v>
+        <v>8984</v>
       </c>
       <c r="J488">
         <v>1889</v>
       </c>
       <c r="K488">
-        <v>19841</v>
+        <v>19840</v>
       </c>
       <c r="L488">
-        <v>9876</v>
+        <v>9907</v>
       </c>
       <c r="M488">
-        <v>29717</v>
+        <v>29746</v>
       </c>
     </row>
     <row r="489" spans="1:26">
       <c r="A489" s="6">
         <v>41153.0</v>
       </c>
       <c r="B489">
-        <v>2264</v>
+        <v>2263</v>
       </c>
       <c r="C489">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D489">
         <v>370</v>
       </c>
       <c r="E489">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="F489">
-        <v>1777</v>
+        <v>1776</v>
       </c>
       <c r="G489">
         <v>3326</v>
       </c>
       <c r="H489">
-        <v>18342</v>
+        <v>18331</v>
       </c>
       <c r="I489">
-        <v>7646</v>
+        <v>7658</v>
       </c>
       <c r="J489">
         <v>1675</v>
       </c>
       <c r="K489">
-        <v>18535</v>
+        <v>18547</v>
       </c>
       <c r="L489">
-        <v>9127</v>
+        <v>9117</v>
       </c>
       <c r="M489">
-        <v>27662</v>
+        <v>27663</v>
       </c>
     </row>
     <row r="490" spans="1:26">
       <c r="A490" s="6">
         <v>41183.0</v>
       </c>
       <c r="B490">
-        <v>2552</v>
+        <v>2548</v>
       </c>
       <c r="C490">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="D490">
         <v>393</v>
       </c>
       <c r="E490">
-        <v>1679</v>
+        <v>1677</v>
       </c>
       <c r="F490">
-        <v>1961</v>
+        <v>1960</v>
       </c>
       <c r="G490">
-        <v>3640</v>
+        <v>3637</v>
       </c>
       <c r="H490">
-        <v>19645</v>
+        <v>19601</v>
       </c>
       <c r="I490">
-        <v>8028</v>
+        <v>8036</v>
       </c>
       <c r="J490">
         <v>1857</v>
       </c>
       <c r="K490">
-        <v>19897</v>
+        <v>19868</v>
       </c>
       <c r="L490">
-        <v>9632</v>
+        <v>9626</v>
       </c>
       <c r="M490">
-        <v>29529</v>
+        <v>29494</v>
       </c>
     </row>
     <row r="491" spans="1:26">
       <c r="A491" s="6">
         <v>41214.0</v>
       </c>
       <c r="B491">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="C491">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D491">
         <v>377</v>
       </c>
       <c r="E491">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="F491">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="G491">
-        <v>3234</v>
+        <v>3237</v>
       </c>
       <c r="H491">
-        <v>17937</v>
+        <v>17962</v>
       </c>
       <c r="I491">
-        <v>7762</v>
+        <v>7769</v>
       </c>
       <c r="J491">
-        <v>1766</v>
+        <v>1758</v>
       </c>
       <c r="K491">
-        <v>18918</v>
+        <v>18942</v>
       </c>
       <c r="L491">
-        <v>8547</v>
+        <v>8546</v>
       </c>
       <c r="M491">
-        <v>27465</v>
+        <v>27489</v>
       </c>
     </row>
     <row r="492" spans="1:26">
       <c r="A492" s="6">
         <v>41244.0</v>
       </c>
       <c r="B492">
-        <v>2122</v>
+        <v>2123</v>
       </c>
       <c r="C492">
         <v>636</v>
       </c>
       <c r="D492">
         <v>348</v>
       </c>
       <c r="E492">
         <v>1527</v>
       </c>
       <c r="F492">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="G492">
-        <v>3106</v>
+        <v>3107</v>
       </c>
       <c r="H492">
-        <v>17806</v>
+        <v>17815</v>
       </c>
       <c r="I492">
-        <v>7423</v>
+        <v>7426</v>
       </c>
       <c r="J492">
         <v>1754</v>
       </c>
       <c r="K492">
-        <v>18921</v>
+        <v>18926</v>
       </c>
       <c r="L492">
-        <v>8062</v>
+        <v>8069</v>
       </c>
       <c r="M492">
-        <v>26983</v>
+        <v>26994</v>
       </c>
     </row>
     <row r="493" spans="1:26">
       <c r="A493" s="6">
         <v>41275.0</v>
       </c>
       <c r="B493">
-        <v>2199</v>
+        <v>2197</v>
       </c>
       <c r="C493">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="D493">
         <v>298</v>
       </c>
       <c r="E493">
-        <v>1508</v>
+        <v>1506</v>
       </c>
       <c r="F493">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="G493">
         <v>3289</v>
       </c>
       <c r="H493">
-        <v>17274</v>
+        <v>17232</v>
       </c>
       <c r="I493">
-        <v>8435</v>
+        <v>8449</v>
       </c>
       <c r="J493">
         <v>1395</v>
       </c>
       <c r="K493">
-        <v>17933</v>
+        <v>17905</v>
       </c>
       <c r="L493">
-        <v>9170</v>
+        <v>9172</v>
       </c>
       <c r="M493">
-        <v>27104</v>
+        <v>27076</v>
       </c>
     </row>
     <row r="494" spans="1:26">
       <c r="A494" s="6">
         <v>41306.0</v>
       </c>
       <c r="B494">
         <v>2162</v>
       </c>
       <c r="C494">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D494">
         <v>269</v>
       </c>
       <c r="E494">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="F494">
         <v>1506</v>
       </c>
       <c r="G494">
-        <v>3104</v>
+        <v>3105</v>
       </c>
       <c r="H494">
-        <v>18219</v>
+        <v>18214</v>
       </c>
       <c r="I494">
-        <v>8089</v>
+        <v>8093</v>
       </c>
       <c r="J494">
         <v>1372</v>
       </c>
       <c r="K494">
-        <v>19656</v>
+        <v>19654</v>
       </c>
       <c r="L494">
         <v>8024</v>
       </c>
       <c r="M494">
-        <v>27680</v>
+        <v>27679</v>
       </c>
     </row>
     <row r="495" spans="1:26">
       <c r="A495" s="6">
         <v>41334.0</v>
       </c>
       <c r="B495">
-        <v>2243</v>
+        <v>2245</v>
       </c>
       <c r="C495">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D495">
         <v>312</v>
       </c>
       <c r="E495">
         <v>1625</v>
       </c>
       <c r="F495">
-        <v>1595</v>
+        <v>1598</v>
       </c>
       <c r="G495">
-        <v>3220</v>
+        <v>3223</v>
       </c>
       <c r="H495">
-        <v>18507</v>
+        <v>18525</v>
       </c>
       <c r="I495">
-        <v>8042</v>
+        <v>8052</v>
       </c>
       <c r="J495">
         <v>1722</v>
       </c>
       <c r="K495">
         <v>19824</v>
       </c>
       <c r="L495">
-        <v>8447</v>
+        <v>8475</v>
       </c>
       <c r="M495">
-        <v>28271</v>
+        <v>28299</v>
       </c>
     </row>
     <row r="496" spans="1:26">
       <c r="A496" s="6">
         <v>41365.0</v>
       </c>
       <c r="B496">
         <v>2377</v>
       </c>
       <c r="C496">
         <v>707</v>
       </c>
       <c r="D496">
         <v>301</v>
       </c>
       <c r="E496">
         <v>1707</v>
       </c>
       <c r="F496">
         <v>1678</v>
       </c>
       <c r="G496">
         <v>3385</v>
       </c>
       <c r="H496">
-        <v>19336</v>
+        <v>19340</v>
       </c>
       <c r="I496">
         <v>8513</v>
       </c>
       <c r="J496">
         <v>1485</v>
       </c>
       <c r="K496">
         <v>20765</v>
       </c>
       <c r="L496">
-        <v>8569</v>
+        <v>8572</v>
       </c>
       <c r="M496">
-        <v>29334</v>
+        <v>29337</v>
       </c>
     </row>
     <row r="497" spans="1:26">
       <c r="A497" s="6">
         <v>41395.0</v>
       </c>
       <c r="B497">
-        <v>2382</v>
+        <v>2381</v>
       </c>
       <c r="C497">
         <v>767</v>
       </c>
       <c r="D497">
         <v>309</v>
       </c>
       <c r="E497">
         <v>1808</v>
       </c>
       <c r="F497">
-        <v>1650</v>
+        <v>1649</v>
       </c>
       <c r="G497">
-        <v>3458</v>
+        <v>3457</v>
       </c>
       <c r="H497">
-        <v>19682</v>
+        <v>19663</v>
       </c>
       <c r="I497">
         <v>9125</v>
       </c>
       <c r="J497">
         <v>1588</v>
       </c>
       <c r="K497">
         <v>21998</v>
       </c>
       <c r="L497">
-        <v>8398</v>
+        <v>8378</v>
       </c>
       <c r="M497">
-        <v>30395</v>
+        <v>30376</v>
       </c>
     </row>
     <row r="498" spans="1:26">
       <c r="A498" s="6">
         <v>41426.0</v>
       </c>
       <c r="B498">
-        <v>2394</v>
+        <v>2396</v>
       </c>
       <c r="C498">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="D498">
         <v>347</v>
       </c>
       <c r="E498">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="F498">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="G498">
-        <v>3564</v>
+        <v>3567</v>
       </c>
       <c r="H498">
-        <v>20237</v>
+        <v>20266</v>
       </c>
       <c r="I498">
-        <v>9678</v>
+        <v>9696</v>
       </c>
       <c r="J498">
         <v>1843</v>
       </c>
       <c r="K498">
-        <v>23234</v>
+        <v>23271</v>
       </c>
       <c r="L498">
-        <v>8524</v>
+        <v>8535</v>
       </c>
       <c r="M498">
-        <v>31758</v>
+        <v>31806</v>
       </c>
     </row>
     <row r="499" spans="1:26">
       <c r="A499" s="6">
         <v>41456.0</v>
       </c>
       <c r="B499">
-        <v>2637</v>
+        <v>2638</v>
       </c>
       <c r="C499">
-        <v>780</v>
+        <v>779</v>
       </c>
       <c r="D499">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E499">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="F499">
         <v>1917</v>
       </c>
       <c r="G499">
-        <v>3766</v>
+        <v>3767</v>
       </c>
       <c r="H499">
-        <v>21335</v>
+        <v>21354</v>
       </c>
       <c r="I499">
-        <v>9137</v>
+        <v>9119</v>
       </c>
       <c r="J499">
-        <v>1740</v>
+        <v>1743</v>
       </c>
       <c r="K499">
-        <v>23324</v>
+        <v>23336</v>
       </c>
       <c r="L499">
-        <v>8888</v>
+        <v>8880</v>
       </c>
       <c r="M499">
-        <v>32213</v>
+        <v>32216</v>
       </c>
     </row>
     <row r="500" spans="1:26">
       <c r="A500" s="6">
         <v>41487.0</v>
       </c>
       <c r="B500">
-        <v>2529</v>
+        <v>2526</v>
       </c>
       <c r="C500">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="D500">
         <v>377</v>
       </c>
       <c r="E500">
-        <v>1901</v>
+        <v>1899</v>
       </c>
       <c r="F500">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="G500">
-        <v>3677</v>
+        <v>3676</v>
       </c>
       <c r="H500">
-        <v>21849</v>
+        <v>21801</v>
       </c>
       <c r="I500">
-        <v>9095</v>
+        <v>9120</v>
       </c>
       <c r="J500">
         <v>1828</v>
       </c>
       <c r="K500">
-        <v>23832</v>
+        <v>23801</v>
       </c>
       <c r="L500">
-        <v>8939</v>
+        <v>8948</v>
       </c>
       <c r="M500">
-        <v>32772</v>
+        <v>32749</v>
       </c>
     </row>
     <row r="501" spans="1:26">
       <c r="A501" s="6">
         <v>41518.0</v>
       </c>
       <c r="B501">
-        <v>2422</v>
+        <v>2428</v>
       </c>
       <c r="C501">
         <v>664</v>
       </c>
       <c r="D501">
         <v>350</v>
       </c>
       <c r="E501">
         <v>1699</v>
       </c>
       <c r="F501">
-        <v>1737</v>
+        <v>1743</v>
       </c>
       <c r="G501">
-        <v>3436</v>
+        <v>3442</v>
       </c>
       <c r="H501">
-        <v>19746</v>
+        <v>19772</v>
       </c>
       <c r="I501">
-        <v>8108</v>
+        <v>8096</v>
       </c>
       <c r="J501">
         <v>1681</v>
       </c>
       <c r="K501">
-        <v>21385</v>
+        <v>21378</v>
       </c>
       <c r="L501">
-        <v>8151</v>
+        <v>8171</v>
       </c>
       <c r="M501">
-        <v>29535</v>
+        <v>29549</v>
       </c>
     </row>
     <row r="502" spans="1:26">
       <c r="A502" s="6">
         <v>41548.0</v>
       </c>
       <c r="B502">
-        <v>2642</v>
+        <v>2637</v>
       </c>
       <c r="C502">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D502">
         <v>388</v>
       </c>
       <c r="E502">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="F502">
-        <v>1972</v>
+        <v>1967</v>
       </c>
       <c r="G502">
-        <v>3754</v>
+        <v>3750</v>
       </c>
       <c r="H502">
-        <v>21884</v>
+        <v>21868</v>
       </c>
       <c r="I502">
-        <v>8537</v>
+        <v>8549</v>
       </c>
       <c r="J502">
         <v>1961</v>
       </c>
       <c r="K502">
-        <v>22613</v>
+        <v>22625</v>
       </c>
       <c r="L502">
-        <v>9770</v>
+        <v>9753</v>
       </c>
       <c r="M502">
-        <v>32382</v>
+        <v>32378</v>
       </c>
     </row>
     <row r="503" spans="1:26">
       <c r="A503" s="6">
         <v>41579.0</v>
       </c>
       <c r="B503">
-        <v>2228</v>
+        <v>2226</v>
       </c>
       <c r="C503">
         <v>640</v>
       </c>
       <c r="D503">
         <v>342</v>
       </c>
       <c r="E503">
         <v>1581</v>
       </c>
       <c r="F503">
-        <v>1629</v>
+        <v>1627</v>
       </c>
       <c r="G503">
-        <v>3210</v>
+        <v>3208</v>
       </c>
       <c r="H503">
-        <v>18701</v>
+        <v>18687</v>
       </c>
       <c r="I503">
-        <v>7632</v>
+        <v>7636</v>
       </c>
       <c r="J503">
         <v>1707</v>
       </c>
       <c r="K503">
-        <v>20448</v>
+        <v>20445</v>
       </c>
       <c r="L503">
-        <v>7592</v>
+        <v>7584</v>
       </c>
       <c r="M503">
-        <v>28040</v>
+        <v>28029</v>
       </c>
     </row>
     <row r="504" spans="1:26">
       <c r="A504" s="6">
         <v>41609.0</v>
       </c>
       <c r="B504">
-        <v>2046</v>
+        <v>2044</v>
       </c>
       <c r="C504">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D504">
         <v>308</v>
       </c>
       <c r="E504">
-        <v>1553</v>
+        <v>1551</v>
       </c>
       <c r="F504">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="G504">
-        <v>2885</v>
+        <v>2884</v>
       </c>
       <c r="H504">
-        <v>18116</v>
+        <v>18115</v>
       </c>
       <c r="I504">
-        <v>6506</v>
+        <v>6511</v>
       </c>
       <c r="J504">
         <v>1615</v>
       </c>
       <c r="K504">
-        <v>19753</v>
+        <v>19729</v>
       </c>
       <c r="L504">
-        <v>6484</v>
+        <v>6513</v>
       </c>
       <c r="M504">
-        <v>26237</v>
+        <v>26242</v>
       </c>
     </row>
     <row r="505" spans="1:26">
       <c r="A505" s="6">
         <v>41640.0</v>
       </c>
       <c r="B505">
-        <v>2551</v>
+        <v>2549</v>
       </c>
       <c r="C505">
         <v>669</v>
       </c>
       <c r="D505">
         <v>289</v>
       </c>
       <c r="E505">
-        <v>1657</v>
+        <v>1655</v>
       </c>
       <c r="F505">
         <v>1852</v>
       </c>
       <c r="G505">
-        <v>3509</v>
+        <v>3507</v>
       </c>
       <c r="H505">
-        <v>20289</v>
+        <v>20261</v>
       </c>
       <c r="I505">
         <v>7754</v>
       </c>
       <c r="J505">
         <v>1611</v>
       </c>
       <c r="K505">
-        <v>20669</v>
+        <v>20627</v>
       </c>
       <c r="L505">
-        <v>8985</v>
+        <v>8999</v>
       </c>
       <c r="M505">
-        <v>29654</v>
+        <v>29626</v>
       </c>
     </row>
     <row r="506" spans="1:26">
       <c r="A506" s="6">
         <v>41671.0</v>
       </c>
       <c r="B506">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C506">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D506">
         <v>288</v>
       </c>
       <c r="E506">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="F506">
         <v>1352</v>
       </c>
       <c r="G506">
-        <v>2785</v>
+        <v>2787</v>
       </c>
       <c r="H506">
-        <v>17509</v>
+        <v>17518</v>
       </c>
       <c r="I506">
-        <v>5884</v>
+        <v>5895</v>
       </c>
       <c r="J506">
         <v>1588</v>
       </c>
       <c r="K506">
-        <v>18468</v>
+        <v>18489</v>
       </c>
       <c r="L506">
         <v>6513</v>
       </c>
       <c r="M506">
-        <v>24981</v>
+        <v>25001</v>
       </c>
     </row>
     <row r="507" spans="1:26">
       <c r="A507" s="6">
         <v>41699.0</v>
       </c>
       <c r="B507">
         <v>2433</v>
       </c>
       <c r="C507">
         <v>717</v>
       </c>
       <c r="D507">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E507">
-        <v>1918</v>
+        <v>1917</v>
       </c>
       <c r="F507">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="G507">
-        <v>3471</v>
+        <v>3472</v>
       </c>
       <c r="H507">
-        <v>21922</v>
+        <v>21906</v>
       </c>
       <c r="I507">
         <v>8989</v>
       </c>
       <c r="J507">
-        <v>1725</v>
+        <v>1730</v>
       </c>
       <c r="K507">
-        <v>24664</v>
+        <v>24647</v>
       </c>
       <c r="L507">
-        <v>7972</v>
+        <v>7979</v>
       </c>
       <c r="M507">
-        <v>32636</v>
+        <v>32625</v>
       </c>
     </row>
     <row r="508" spans="1:26">
       <c r="A508" s="6">
         <v>41730.0</v>
       </c>
       <c r="B508">
-        <v>2383</v>
+        <v>2386</v>
       </c>
       <c r="C508">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="D508">
         <v>339</v>
       </c>
       <c r="E508">
-        <v>1881</v>
+        <v>1884</v>
       </c>
       <c r="F508">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="G508">
-        <v>3432</v>
+        <v>3438</v>
       </c>
       <c r="H508">
-        <v>21364</v>
+        <v>21382</v>
       </c>
       <c r="I508">
-        <v>8812</v>
+        <v>8861</v>
       </c>
       <c r="J508">
         <v>1644</v>
       </c>
       <c r="K508">
-        <v>24193</v>
+        <v>24238</v>
       </c>
       <c r="L508">
-        <v>7628</v>
+        <v>7649</v>
       </c>
       <c r="M508">
-        <v>31820</v>
+        <v>31886</v>
       </c>
     </row>
     <row r="509" spans="1:26">
       <c r="A509" s="6">
         <v>41760.0</v>
       </c>
       <c r="B509">
-        <v>2539</v>
+        <v>2540</v>
       </c>
       <c r="C509">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="D509">
         <v>379</v>
       </c>
       <c r="E509">
-        <v>1927</v>
+        <v>1925</v>
       </c>
       <c r="F509">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="G509">
         <v>3571</v>
       </c>
       <c r="H509">
-        <v>22723</v>
+        <v>22710</v>
       </c>
       <c r="I509">
-        <v>8031</v>
+        <v>8018</v>
       </c>
       <c r="J509">
         <v>2040</v>
       </c>
       <c r="K509">
-        <v>24796</v>
+        <v>24756</v>
       </c>
       <c r="L509">
-        <v>7998</v>
+        <v>8012</v>
       </c>
       <c r="M509">
-        <v>32794</v>
+        <v>32768</v>
       </c>
     </row>
     <row r="510" spans="1:26">
       <c r="A510" s="6">
         <v>41791.0</v>
       </c>
       <c r="B510">
-        <v>2572</v>
+        <v>2573</v>
       </c>
       <c r="C510">
         <v>653</v>
       </c>
       <c r="D510">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="E510">
         <v>1919</v>
       </c>
       <c r="F510">
-        <v>1678</v>
+        <v>1681</v>
       </c>
       <c r="G510">
-        <v>3597</v>
+        <v>3600</v>
       </c>
       <c r="H510">
-        <v>22905</v>
+        <v>22909</v>
       </c>
       <c r="I510">
         <v>8114</v>
       </c>
       <c r="J510">
-        <v>2011</v>
+        <v>2026</v>
       </c>
       <c r="K510">
         <v>25169</v>
       </c>
       <c r="L510">
-        <v>7860</v>
+        <v>7880</v>
       </c>
       <c r="M510">
-        <v>33029</v>
+        <v>33049</v>
       </c>
     </row>
     <row r="511" spans="1:26">
       <c r="A511" s="6">
         <v>41821.0</v>
       </c>
       <c r="B511">
         <v>2619</v>
       </c>
       <c r="C511">
         <v>663</v>
       </c>
       <c r="D511">
         <v>398</v>
       </c>
       <c r="E511">
         <v>1970</v>
       </c>
       <c r="F511">
         <v>1710</v>
       </c>
       <c r="G511">
         <v>3680</v>
       </c>
       <c r="H511">
-        <v>23542</v>
+        <v>23548</v>
       </c>
       <c r="I511">
         <v>8049</v>
       </c>
       <c r="J511">
         <v>2054</v>
       </c>
       <c r="K511">
-        <v>25488</v>
+        <v>25484</v>
       </c>
       <c r="L511">
-        <v>8157</v>
+        <v>8167</v>
       </c>
       <c r="M511">
-        <v>33645</v>
+        <v>33651</v>
       </c>
     </row>
     <row r="512" spans="1:26">
       <c r="A512" s="6">
         <v>41852.0</v>
       </c>
       <c r="B512">
-        <v>2681</v>
+        <v>2680</v>
       </c>
       <c r="C512">
         <v>653</v>
       </c>
       <c r="D512">
         <v>383</v>
       </c>
       <c r="E512">
-        <v>1930</v>
+        <v>1929</v>
       </c>
       <c r="F512">
         <v>1787</v>
       </c>
       <c r="G512">
-        <v>3717</v>
+        <v>3716</v>
       </c>
       <c r="H512">
-        <v>23809</v>
+        <v>23799</v>
       </c>
       <c r="I512">
         <v>8007</v>
       </c>
       <c r="J512">
         <v>1915</v>
       </c>
       <c r="K512">
-        <v>25321</v>
+        <v>25309</v>
       </c>
       <c r="L512">
-        <v>8410</v>
+        <v>8412</v>
       </c>
       <c r="M512">
-        <v>33731</v>
+        <v>33721</v>
       </c>
     </row>
     <row r="513" spans="1:26">
       <c r="A513" s="6">
         <v>41883.0</v>
       </c>
       <c r="B513">
         <v>2444</v>
       </c>
       <c r="C513">
         <v>660</v>
       </c>
       <c r="D513">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E513">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="F513">
         <v>1639</v>
       </c>
       <c r="G513">
-        <v>3520</v>
+        <v>3521</v>
       </c>
       <c r="H513">
         <v>22246</v>
       </c>
       <c r="I513">
         <v>8109</v>
       </c>
       <c r="J513">
-        <v>2170</v>
+        <v>2174</v>
       </c>
       <c r="K513">
-        <v>25053</v>
+        <v>25058</v>
       </c>
       <c r="L513">
         <v>7472</v>
       </c>
       <c r="M513">
-        <v>32526</v>
+        <v>32530</v>
       </c>
     </row>
     <row r="514" spans="1:26">
       <c r="A514" s="6">
         <v>41913.0</v>
       </c>
       <c r="B514">
-        <v>2702</v>
+        <v>2704</v>
       </c>
       <c r="C514">
         <v>750</v>
       </c>
       <c r="D514">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="E514">
         <v>2077</v>
       </c>
       <c r="F514">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="G514">
-        <v>3894</v>
+        <v>3895</v>
       </c>
       <c r="H514">
-        <v>24015</v>
+        <v>24037</v>
       </c>
       <c r="I514">
         <v>9155</v>
       </c>
       <c r="J514">
-        <v>2401</v>
+        <v>2394</v>
       </c>
       <c r="K514">
-        <v>27208</v>
+        <v>27221</v>
       </c>
       <c r="L514">
-        <v>8363</v>
+        <v>8366</v>
       </c>
       <c r="M514">
-        <v>35571</v>
+        <v>35587</v>
       </c>
     </row>
     <row r="515" spans="1:26">
       <c r="A515" s="6">
         <v>41944.0</v>
       </c>
       <c r="B515">
-        <v>2425</v>
+        <v>2428</v>
       </c>
       <c r="C515">
         <v>620</v>
       </c>
       <c r="D515">
         <v>387</v>
       </c>
       <c r="E515">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="F515">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="G515">
-        <v>3432</v>
+        <v>3435</v>
       </c>
       <c r="H515">
-        <v>22884</v>
+        <v>22917</v>
       </c>
       <c r="I515">
         <v>7646</v>
       </c>
       <c r="J515">
         <v>2187</v>
       </c>
       <c r="K515">
-        <v>24813</v>
+        <v>24834</v>
       </c>
       <c r="L515">
-        <v>7905</v>
+        <v>7917</v>
       </c>
       <c r="M515">
-        <v>32718</v>
+        <v>32751</v>
       </c>
     </row>
     <row r="516" spans="1:26">
       <c r="A516" s="6">
         <v>41974.0</v>
       </c>
       <c r="B516">
         <v>2366</v>
       </c>
       <c r="C516">
         <v>660</v>
       </c>
       <c r="D516">
         <v>373</v>
       </c>
       <c r="E516">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="F516">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="G516">
         <v>3399</v>
       </c>
       <c r="H516">
-        <v>23645</v>
+        <v>23646</v>
       </c>
       <c r="I516">
         <v>8514</v>
       </c>
       <c r="J516">
         <v>2041</v>
       </c>
       <c r="K516">
-        <v>26921</v>
+        <v>26933</v>
       </c>
       <c r="L516">
-        <v>7279</v>
+        <v>7269</v>
       </c>
       <c r="M516">
-        <v>34200</v>
+        <v>34202</v>
       </c>
     </row>
     <row r="517" spans="1:26">
       <c r="A517" s="6">
         <v>42005.0</v>
       </c>
       <c r="B517">
-        <v>2265</v>
+        <v>2264</v>
       </c>
       <c r="C517">
         <v>562</v>
       </c>
       <c r="D517">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E517">
-        <v>1684</v>
+        <v>1682</v>
       </c>
       <c r="F517">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="G517">
         <v>3142</v>
       </c>
       <c r="H517">
-        <v>20439</v>
+        <v>20412</v>
       </c>
       <c r="I517">
         <v>6798</v>
       </c>
       <c r="J517">
-        <v>2136</v>
+        <v>2153</v>
       </c>
       <c r="K517">
-        <v>22543</v>
+        <v>22510</v>
       </c>
       <c r="L517">
-        <v>6829</v>
+        <v>6853</v>
       </c>
       <c r="M517">
-        <v>29373</v>
+        <v>29363</v>
       </c>
     </row>
     <row r="518" spans="1:26">
       <c r="A518" s="6">
         <v>42036.0</v>
       </c>
       <c r="B518">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="C518">
         <v>531</v>
       </c>
       <c r="D518">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E518">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="F518">
         <v>1023</v>
       </c>
       <c r="G518">
-        <v>2684</v>
+        <v>2686</v>
       </c>
       <c r="H518">
-        <v>19595</v>
+        <v>19615</v>
       </c>
       <c r="I518">
         <v>6764</v>
       </c>
       <c r="J518">
-        <v>1349</v>
+        <v>1366</v>
       </c>
       <c r="K518">
-        <v>22611</v>
+        <v>22647</v>
       </c>
       <c r="L518">
         <v>5098</v>
       </c>
       <c r="M518">
-        <v>27709</v>
+        <v>27745</v>
       </c>
     </row>
     <row r="519" spans="1:26">
       <c r="A519" s="6">
         <v>42064.0</v>
       </c>
       <c r="B519">
-        <v>1777</v>
+        <v>1772</v>
       </c>
       <c r="C519">
         <v>540</v>
       </c>
       <c r="D519">
         <v>197</v>
       </c>
       <c r="E519">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="F519">
-        <v>828</v>
+        <v>824</v>
       </c>
       <c r="G519">
-        <v>2514</v>
+        <v>2509</v>
       </c>
       <c r="H519">
-        <v>19301</v>
+        <v>19254</v>
       </c>
       <c r="I519">
         <v>6975</v>
       </c>
       <c r="J519">
         <v>1258</v>
       </c>
       <c r="K519">
-        <v>23381</v>
+        <v>23361</v>
       </c>
       <c r="L519">
-        <v>4153</v>
+        <v>4126</v>
       </c>
       <c r="M519">
-        <v>27534</v>
+        <v>27487</v>
       </c>
     </row>
     <row r="520" spans="1:26">
       <c r="A520" s="6">
         <v>42095.0</v>
       </c>
       <c r="B520">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="C520">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D520">
         <v>257</v>
       </c>
       <c r="E520">
         <v>1524</v>
       </c>
       <c r="F520">
         <v>858</v>
       </c>
       <c r="G520">
         <v>2382</v>
       </c>
       <c r="H520">
-        <v>16432</v>
+        <v>16413</v>
       </c>
       <c r="I520">
-        <v>7317</v>
+        <v>7336</v>
       </c>
       <c r="J520">
         <v>1252</v>
       </c>
       <c r="K520">
         <v>20884</v>
       </c>
       <c r="L520">
         <v>4117</v>
       </c>
       <c r="M520">
         <v>25001</v>
       </c>
     </row>
     <row r="521" spans="1:26">
       <c r="A521" s="6">
         <v>42125.0</v>
       </c>
       <c r="B521">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="C521">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D521">
         <v>240</v>
       </c>
       <c r="E521">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="F521">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="G521">
-        <v>2073</v>
+        <v>2075</v>
       </c>
       <c r="H521">
-        <v>15205</v>
+        <v>15208</v>
       </c>
       <c r="I521">
-        <v>6153</v>
+        <v>6162</v>
       </c>
       <c r="J521">
         <v>1413</v>
       </c>
       <c r="K521">
-        <v>19309</v>
+        <v>19319</v>
       </c>
       <c r="L521">
-        <v>3461</v>
+        <v>3465</v>
       </c>
       <c r="M521">
-        <v>22770</v>
+        <v>22783</v>
       </c>
     </row>
     <row r="522" spans="1:26">
       <c r="A522" s="6">
         <v>42156.0</v>
       </c>
       <c r="B522">
         <v>1347</v>
       </c>
       <c r="C522">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="D522">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E522">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="F522">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="G522">
-        <v>2042</v>
+        <v>2045</v>
       </c>
       <c r="H522">
-        <v>14061</v>
+        <v>14051</v>
       </c>
       <c r="I522">
-        <v>5392</v>
+        <v>5424</v>
       </c>
       <c r="J522">
-        <v>2041</v>
+        <v>2043</v>
       </c>
       <c r="K522">
-        <v>17876</v>
+        <v>17911</v>
       </c>
       <c r="L522">
-        <v>3617</v>
+        <v>3607</v>
       </c>
       <c r="M522">
-        <v>21494</v>
+        <v>21518</v>
       </c>
     </row>
     <row r="523" spans="1:26">
       <c r="A523" s="6">
         <v>42186.0</v>
       </c>
       <c r="B523">
-        <v>1342</v>
+        <v>1341</v>
       </c>
       <c r="C523">
         <v>375</v>
       </c>
       <c r="D523">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E523">
         <v>1203</v>
       </c>
       <c r="F523">
         <v>739</v>
       </c>
       <c r="G523">
         <v>1942</v>
       </c>
       <c r="H523">
-        <v>13607</v>
+        <v>13601</v>
       </c>
       <c r="I523">
-        <v>5132</v>
+        <v>5126</v>
       </c>
       <c r="J523">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="K523">
-        <v>16858</v>
+        <v>16854</v>
       </c>
       <c r="L523">
-        <v>3156</v>
+        <v>3153</v>
       </c>
       <c r="M523">
-        <v>20015</v>
+        <v>20007</v>
       </c>
     </row>
     <row r="524" spans="1:26">
       <c r="A524" s="6">
         <v>42217.0</v>
       </c>
       <c r="B524">
-        <v>1290</v>
+        <v>1289</v>
       </c>
       <c r="C524">
         <v>394</v>
       </c>
       <c r="D524">
         <v>257</v>
       </c>
       <c r="E524">
-        <v>1200</v>
+        <v>1199</v>
       </c>
       <c r="F524">
         <v>741</v>
       </c>
       <c r="G524">
-        <v>1941</v>
+        <v>1940</v>
       </c>
       <c r="H524">
-        <v>13097</v>
+        <v>13083</v>
       </c>
       <c r="I524">
         <v>5401</v>
       </c>
       <c r="J524">
         <v>1434</v>
       </c>
       <c r="K524">
-        <v>16872</v>
+        <v>16858</v>
       </c>
       <c r="L524">
         <v>3059</v>
       </c>
       <c r="M524">
-        <v>19931</v>
+        <v>19917</v>
       </c>
     </row>
     <row r="525" spans="1:26">
       <c r="A525" s="6">
         <v>42248.0</v>
       </c>
       <c r="B525">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="C525">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D525">
         <v>226</v>
       </c>
       <c r="E525">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="F525">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="G525">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="H525">
-        <v>12486</v>
+        <v>12497</v>
       </c>
       <c r="I525">
-        <v>5219</v>
+        <v>5236</v>
       </c>
       <c r="J525">
         <v>1258</v>
       </c>
       <c r="K525">
-        <v>15668</v>
+        <v>15685</v>
       </c>
       <c r="L525">
-        <v>3295</v>
+        <v>3306</v>
       </c>
       <c r="M525">
-        <v>18963</v>
+        <v>18991</v>
       </c>
     </row>
     <row r="526" spans="1:26">
       <c r="A526" s="6">
         <v>42278.0</v>
       </c>
       <c r="B526">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="C526">
         <v>444</v>
       </c>
       <c r="D526">
         <v>218</v>
       </c>
       <c r="E526">
         <v>1128</v>
       </c>
       <c r="F526">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="G526">
-        <v>1754</v>
+        <v>1753</v>
       </c>
       <c r="H526">
-        <v>10872</v>
+        <v>10861</v>
       </c>
       <c r="I526">
         <v>6023</v>
       </c>
       <c r="J526">
         <v>1219</v>
       </c>
       <c r="K526">
         <v>15509</v>
       </c>
       <c r="L526">
-        <v>2606</v>
+        <v>2595</v>
       </c>
       <c r="M526">
-        <v>18115</v>
+        <v>18103</v>
       </c>
     </row>
     <row r="527" spans="1:26">
       <c r="A527" s="6">
         <v>42309.0</v>
       </c>
       <c r="B527">
-        <v>1049</v>
+        <v>1047</v>
       </c>
       <c r="C527">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D527">
         <v>199</v>
       </c>
       <c r="E527">
-        <v>1115</v>
+        <v>1114</v>
       </c>
       <c r="F527">
         <v>550</v>
       </c>
       <c r="G527">
-        <v>1665</v>
+        <v>1664</v>
       </c>
       <c r="H527">
-        <v>11106</v>
+        <v>11073</v>
       </c>
       <c r="I527">
-        <v>5897</v>
+        <v>5914</v>
       </c>
       <c r="J527">
         <v>1082</v>
       </c>
       <c r="K527">
-        <v>15745</v>
+        <v>15728</v>
       </c>
       <c r="L527">
         <v>2340</v>
       </c>
       <c r="M527">
-        <v>18085</v>
+        <v>18068</v>
       </c>
     </row>
     <row r="528" spans="1:26">
       <c r="A528" s="6">
         <v>42339.0</v>
       </c>
       <c r="B528">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="C528">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D528">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="E528">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="F528">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="G528">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="H528">
-        <v>9861</v>
+        <v>9897</v>
       </c>
       <c r="I528">
-        <v>5038</v>
+        <v>5055</v>
       </c>
       <c r="J528">
-        <v>1057</v>
+        <v>1054</v>
       </c>
       <c r="K528">
-        <v>13990</v>
+        <v>14044</v>
       </c>
       <c r="L528">
-        <v>1966</v>
+        <v>1962</v>
       </c>
       <c r="M528">
-        <v>15956</v>
+        <v>16006</v>
       </c>
     </row>
     <row r="529" spans="1:26">
       <c r="A529" s="6">
         <v>42370.0</v>
       </c>
       <c r="B529">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="C529">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D529">
         <v>133</v>
       </c>
       <c r="E529">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="F529">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G529">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="H529">
-        <v>10021</v>
+        <v>9989</v>
       </c>
       <c r="I529">
-        <v>3920</v>
+        <v>3902</v>
       </c>
       <c r="J529">
         <v>823</v>
       </c>
       <c r="K529">
-        <v>12928</v>
+        <v>12875</v>
       </c>
       <c r="L529">
-        <v>1835</v>
+        <v>1839</v>
       </c>
       <c r="M529">
-        <v>14763</v>
+        <v>14714</v>
       </c>
     </row>
     <row r="530" spans="1:26">
       <c r="A530" s="6">
         <v>42401.0</v>
       </c>
       <c r="B530">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="C530">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D530">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E530">
         <v>773</v>
       </c>
       <c r="F530">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="G530">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="H530">
-        <v>8389</v>
+        <v>8384</v>
       </c>
       <c r="I530">
-        <v>3917</v>
+        <v>3923</v>
       </c>
       <c r="J530">
-        <v>647</v>
+        <v>658</v>
       </c>
       <c r="K530">
         <v>11306</v>
       </c>
       <c r="L530">
-        <v>1646</v>
+        <v>1659</v>
       </c>
       <c r="M530">
-        <v>12952</v>
+        <v>12965</v>
       </c>
     </row>
     <row r="531" spans="1:26">
       <c r="A531" s="6">
         <v>42430.0</v>
       </c>
       <c r="B531">
         <v>686</v>
       </c>
       <c r="C531">
         <v>250</v>
       </c>
       <c r="D531">
         <v>109</v>
       </c>
       <c r="E531">
         <v>762</v>
       </c>
       <c r="F531">
         <v>283</v>
       </c>
       <c r="G531">
         <v>1045</v>
       </c>
       <c r="H531">
         <v>8188</v>
       </c>
       <c r="I531">
         <v>3671</v>
       </c>
       <c r="J531">
         <v>586</v>
       </c>
       <c r="K531">
         <v>11227</v>
       </c>
       <c r="L531">
         <v>1218</v>
       </c>
       <c r="M531">
         <v>12445</v>
       </c>
     </row>
     <row r="532" spans="1:26">
       <c r="A532" s="6">
         <v>42461.0</v>
       </c>
       <c r="B532">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="C532">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D532">
         <v>124</v>
       </c>
       <c r="E532">
         <v>733</v>
       </c>
       <c r="F532">
         <v>264</v>
       </c>
       <c r="G532">
         <v>997</v>
       </c>
       <c r="H532">
-        <v>6939</v>
+        <v>6923</v>
       </c>
       <c r="I532">
-        <v>4306</v>
+        <v>4322</v>
       </c>
       <c r="J532">
         <v>762</v>
       </c>
       <c r="K532">
         <v>10836</v>
       </c>
       <c r="L532">
         <v>1172</v>
       </c>
       <c r="M532">
         <v>12007</v>
       </c>
     </row>
     <row r="533" spans="1:26">
       <c r="A533" s="6">
         <v>42491.0</v>
       </c>
       <c r="B533">
         <v>627</v>
       </c>
       <c r="C533">
         <v>247</v>
       </c>
       <c r="D533">
         <v>107</v>
       </c>
       <c r="E533">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="F533">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="G533">
         <v>981</v>
       </c>
       <c r="H533">
         <v>7498</v>
       </c>
       <c r="I533">
-        <v>3436</v>
+        <v>3447</v>
       </c>
       <c r="J533">
         <v>668</v>
       </c>
       <c r="K533">
-        <v>10271</v>
+        <v>10288</v>
       </c>
       <c r="L533">
-        <v>1331</v>
+        <v>1325</v>
       </c>
       <c r="M533">
-        <v>11602</v>
+        <v>11613</v>
       </c>
     </row>
     <row r="534" spans="1:26">
       <c r="A534" s="6">
         <v>42522.0</v>
       </c>
       <c r="B534">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C534">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="D534">
         <v>122</v>
       </c>
       <c r="E534">
         <v>760</v>
       </c>
       <c r="F534">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="G534">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="H534">
-        <v>7899</v>
+        <v>7917</v>
       </c>
       <c r="I534">
-        <v>3855</v>
+        <v>3837</v>
       </c>
       <c r="J534">
         <v>604</v>
       </c>
       <c r="K534">
-        <v>11082</v>
+        <v>11079</v>
       </c>
       <c r="L534">
-        <v>1275</v>
+        <v>1280</v>
       </c>
       <c r="M534">
-        <v>12357</v>
+        <v>12358</v>
       </c>
     </row>
     <row r="535" spans="1:26">
       <c r="A535" s="6">
         <v>42552.0</v>
       </c>
       <c r="B535">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C535">
         <v>230</v>
       </c>
       <c r="D535">
         <v>142</v>
       </c>
       <c r="E535">
         <v>694</v>
       </c>
       <c r="F535">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="G535">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="H535">
-        <v>7360</v>
+        <v>7366</v>
       </c>
       <c r="I535">
         <v>3366</v>
       </c>
       <c r="J535">
         <v>772</v>
       </c>
       <c r="K535">
-        <v>10310</v>
+        <v>10308</v>
       </c>
       <c r="L535">
-        <v>1189</v>
+        <v>1195</v>
       </c>
       <c r="M535">
-        <v>11498</v>
+        <v>11504</v>
       </c>
     </row>
     <row r="536" spans="1:26">
       <c r="A536" s="6">
         <v>42583.0</v>
       </c>
       <c r="B536">
         <v>677</v>
       </c>
       <c r="C536">
         <v>291</v>
       </c>
       <c r="D536">
         <v>177</v>
       </c>
       <c r="E536">
         <v>771</v>
       </c>
       <c r="F536">
         <v>374</v>
       </c>
       <c r="G536">
         <v>1145</v>
       </c>
       <c r="H536">
         <v>7468</v>
       </c>
       <c r="I536">
         <v>4322</v>
       </c>
       <c r="J536">
         <v>1061</v>
       </c>
       <c r="K536">
         <v>11385</v>
       </c>
       <c r="L536">
         <v>1467</v>
       </c>
       <c r="M536">
         <v>12852</v>
       </c>
     </row>
     <row r="537" spans="1:26">
       <c r="A537" s="6">
         <v>42614.0</v>
       </c>
       <c r="B537">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C537">
         <v>233</v>
       </c>
       <c r="D537">
         <v>164</v>
       </c>
       <c r="E537">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="F537">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="G537">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="H537">
-        <v>8113</v>
+        <v>8131</v>
       </c>
       <c r="I537">
         <v>3225</v>
       </c>
       <c r="J537">
         <v>952</v>
       </c>
       <c r="K537">
-        <v>10713</v>
+        <v>10741</v>
       </c>
       <c r="L537">
-        <v>1578</v>
+        <v>1568</v>
       </c>
       <c r="M537">
-        <v>12291</v>
+        <v>12309</v>
       </c>
     </row>
     <row r="538" spans="1:26">
       <c r="A538" s="6">
         <v>42644.0</v>
       </c>
       <c r="B538">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="C538">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D538">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="E538">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="F538">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="G538">
         <v>1134</v>
       </c>
       <c r="H538">
-        <v>8486</v>
+        <v>8485</v>
       </c>
       <c r="I538">
-        <v>3379</v>
+        <v>3396</v>
       </c>
       <c r="J538">
-        <v>912</v>
+        <v>910</v>
       </c>
       <c r="K538">
-        <v>11181</v>
+        <v>11166</v>
       </c>
       <c r="L538">
-        <v>1596</v>
+        <v>1625</v>
       </c>
       <c r="M538">
-        <v>12777</v>
+        <v>12791</v>
       </c>
     </row>
     <row r="539" spans="1:26">
       <c r="A539" s="6">
         <v>42675.0</v>
       </c>
       <c r="B539">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="C539">
         <v>229</v>
       </c>
       <c r="D539">
         <v>171</v>
       </c>
       <c r="E539">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="F539">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="G539">
-        <v>1172</v>
+        <v>1171</v>
       </c>
       <c r="H539">
-        <v>8435</v>
+        <v>8404</v>
       </c>
       <c r="I539">
         <v>3094</v>
       </c>
       <c r="J539">
         <v>890</v>
       </c>
       <c r="K539">
-        <v>10969</v>
+        <v>10928</v>
       </c>
       <c r="L539">
-        <v>1449</v>
+        <v>1459</v>
       </c>
       <c r="M539">
-        <v>12418</v>
+        <v>12387</v>
       </c>
     </row>
     <row r="540" spans="1:26">
       <c r="A540" s="6">
         <v>42705.0</v>
       </c>
       <c r="B540">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="C540">
         <v>252</v>
       </c>
       <c r="D540">
         <v>132</v>
       </c>
       <c r="E540">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="F540">
         <v>338</v>
       </c>
       <c r="G540">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="H540">
-        <v>9104</v>
+        <v>9139</v>
       </c>
       <c r="I540">
         <v>3445</v>
       </c>
       <c r="J540">
         <v>812</v>
       </c>
       <c r="K540">
-        <v>11858</v>
+        <v>11893</v>
       </c>
       <c r="L540">
         <v>1503</v>
       </c>
       <c r="M540">
-        <v>13361</v>
+        <v>13396</v>
       </c>
     </row>
     <row r="541" spans="1:26">
       <c r="A541" s="6">
         <v>42736.0</v>
       </c>
       <c r="B541">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="C541">
         <v>263</v>
       </c>
       <c r="D541">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E541">
-        <v>753</v>
+        <v>759</v>
       </c>
       <c r="F541">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="G541">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="H541">
-        <v>8518</v>
+        <v>8599</v>
       </c>
       <c r="I541">
         <v>3703</v>
       </c>
       <c r="J541">
-        <v>869</v>
+        <v>876</v>
       </c>
       <c r="K541">
-        <v>11425</v>
+        <v>11524</v>
       </c>
       <c r="L541">
-        <v>1664</v>
+        <v>1655</v>
       </c>
       <c r="M541">
-        <v>13090</v>
+        <v>13178</v>
       </c>
     </row>
     <row r="542" spans="1:26">
       <c r="A542" s="6">
         <v>42767.0</v>
       </c>
       <c r="B542">
-        <v>744</v>
+        <v>738</v>
       </c>
       <c r="C542">
         <v>241</v>
       </c>
       <c r="D542">
         <v>152</v>
       </c>
       <c r="E542">
-        <v>770</v>
+        <v>765</v>
       </c>
       <c r="F542">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="G542">
-        <v>1137</v>
+        <v>1131</v>
       </c>
       <c r="H542">
-        <v>8303</v>
+        <v>8207</v>
       </c>
       <c r="I542">
         <v>3574</v>
       </c>
       <c r="J542">
         <v>1009</v>
       </c>
       <c r="K542">
-        <v>11487</v>
+        <v>11392</v>
       </c>
       <c r="L542">
-        <v>1399</v>
+        <v>1398</v>
       </c>
       <c r="M542">
-        <v>12886</v>
+        <v>12790</v>
       </c>
     </row>
     <row r="543" spans="1:26">
       <c r="A543" s="6">
         <v>42795.0</v>
       </c>
       <c r="B543">
         <v>779</v>
       </c>
       <c r="C543">
         <v>250</v>
       </c>
       <c r="D543">
         <v>172</v>
       </c>
       <c r="E543">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="F543">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="G543">
         <v>1201</v>
       </c>
       <c r="H543">
-        <v>9253</v>
+        <v>9238</v>
       </c>
       <c r="I543">
         <v>3640</v>
       </c>
       <c r="J543">
         <v>1140</v>
       </c>
       <c r="K543">
-        <v>12506</v>
+        <v>12490</v>
       </c>
       <c r="L543">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="M543">
-        <v>14034</v>
+        <v>14019</v>
       </c>
     </row>
     <row r="544" spans="1:26">
       <c r="A544" s="6">
         <v>42826.0</v>
       </c>
       <c r="B544">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C544">
         <v>290</v>
       </c>
       <c r="D544">
         <v>166</v>
       </c>
       <c r="E544">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="F544">
         <v>349</v>
       </c>
       <c r="G544">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="H544">
-        <v>9757</v>
+        <v>9778</v>
       </c>
       <c r="I544">
         <v>4457</v>
       </c>
       <c r="J544">
         <v>1088</v>
       </c>
       <c r="K544">
-        <v>13800</v>
+        <v>13820</v>
       </c>
       <c r="L544">
         <v>1503</v>
       </c>
       <c r="M544">
-        <v>15302</v>
+        <v>15323</v>
       </c>
     </row>
     <row r="545" spans="1:26">
       <c r="A545" s="6">
         <v>42856.0</v>
       </c>
       <c r="B545">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="C545">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="D545">
         <v>156</v>
       </c>
       <c r="E545">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="F545">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="G545">
-        <v>1353</v>
+        <v>1356</v>
       </c>
       <c r="H545">
-        <v>11331</v>
+        <v>11302</v>
       </c>
       <c r="I545">
-        <v>4069</v>
+        <v>4138</v>
       </c>
       <c r="J545">
         <v>884</v>
       </c>
       <c r="K545">
-        <v>14596</v>
+        <v>14629</v>
       </c>
       <c r="L545">
-        <v>1688</v>
+        <v>1695</v>
       </c>
       <c r="M545">
-        <v>16284</v>
+        <v>16324</v>
       </c>
     </row>
     <row r="546" spans="1:26">
       <c r="A546" s="6">
         <v>42887.0</v>
       </c>
       <c r="B546">
-        <v>955</v>
+        <v>954</v>
       </c>
       <c r="C546">
         <v>367</v>
       </c>
       <c r="D546">
         <v>176</v>
       </c>
       <c r="E546">
-        <v>1072</v>
+        <v>1070</v>
       </c>
       <c r="F546">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="G546">
-        <v>1498</v>
+        <v>1497</v>
       </c>
       <c r="H546">
-        <v>11346</v>
+        <v>11314</v>
       </c>
       <c r="I546">
         <v>5682</v>
       </c>
       <c r="J546">
         <v>1287</v>
       </c>
       <c r="K546">
-        <v>16443</v>
+        <v>16405</v>
       </c>
       <c r="L546">
-        <v>1872</v>
+        <v>1878</v>
       </c>
       <c r="M546">
-        <v>18315</v>
+        <v>18283</v>
       </c>
     </row>
     <row r="547" spans="1:26">
       <c r="A547" s="6">
         <v>42917.0</v>
       </c>
       <c r="B547">
-        <v>964</v>
+        <v>963</v>
       </c>
       <c r="C547">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="D547">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="E547">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="F547">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="G547">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="H547">
-        <v>11534</v>
+        <v>11527</v>
       </c>
       <c r="I547">
-        <v>5516</v>
+        <v>5580</v>
       </c>
       <c r="J547">
-        <v>1164</v>
+        <v>1149</v>
       </c>
       <c r="K547">
-        <v>16572</v>
+        <v>16621</v>
       </c>
       <c r="L547">
-        <v>1642</v>
+        <v>1636</v>
       </c>
       <c r="M547">
-        <v>18214</v>
+        <v>18257</v>
       </c>
     </row>
     <row r="548" spans="1:26">
       <c r="A548" s="6">
         <v>42948.0</v>
       </c>
       <c r="B548">
-        <v>954</v>
+        <v>953</v>
       </c>
       <c r="C548">
         <v>384</v>
       </c>
       <c r="D548">
         <v>168</v>
       </c>
       <c r="E548">
-        <v>1132</v>
+        <v>1131</v>
       </c>
       <c r="F548">
         <v>374</v>
       </c>
       <c r="G548">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="H548">
-        <v>11660</v>
+        <v>11644</v>
       </c>
       <c r="I548">
         <v>5763</v>
       </c>
       <c r="J548">
         <v>1046</v>
       </c>
       <c r="K548">
-        <v>16944</v>
+        <v>16929</v>
       </c>
       <c r="L548">
         <v>1524</v>
       </c>
       <c r="M548">
-        <v>18469</v>
+        <v>18453</v>
       </c>
     </row>
     <row r="549" spans="1:26">
       <c r="A549" s="6">
         <v>42979.0</v>
       </c>
       <c r="B549">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="C549">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="D549">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="E549">
-        <v>1184</v>
+        <v>1181</v>
       </c>
       <c r="F549">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="G549">
-        <v>1547</v>
+        <v>1545</v>
       </c>
       <c r="H549">
-        <v>12083</v>
+        <v>12031</v>
       </c>
       <c r="I549">
-        <v>6869</v>
+        <v>6892</v>
       </c>
       <c r="J549">
-        <v>1016</v>
+        <v>1001</v>
       </c>
       <c r="K549">
-        <v>18433</v>
+        <v>18386</v>
       </c>
       <c r="L549">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="M549">
-        <v>19969</v>
+        <v>19925</v>
       </c>
     </row>
     <row r="550" spans="1:26">
       <c r="A550" s="6">
         <v>43009.0</v>
       </c>
       <c r="B550">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="C550">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="D550">
         <v>183</v>
       </c>
       <c r="E550">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="F550">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="G550">
-        <v>1720</v>
+        <v>1723</v>
       </c>
       <c r="H550">
-        <v>14668</v>
+        <v>14667</v>
       </c>
       <c r="I550">
-        <v>6055</v>
+        <v>6104</v>
       </c>
       <c r="J550">
         <v>1198</v>
       </c>
       <c r="K550">
-        <v>20262</v>
+        <v>20300</v>
       </c>
       <c r="L550">
-        <v>1659</v>
+        <v>1668</v>
       </c>
       <c r="M550">
-        <v>21921</v>
+        <v>21968</v>
       </c>
     </row>
     <row r="551" spans="1:26">
       <c r="A551" s="6">
         <v>43040.0</v>
       </c>
       <c r="B551">
         <v>1158</v>
       </c>
       <c r="C551">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D551">
         <v>181</v>
       </c>
       <c r="E551">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="F551">
         <v>434</v>
       </c>
       <c r="G551">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="H551">
-        <v>14865</v>
+        <v>14844</v>
       </c>
       <c r="I551">
-        <v>6248</v>
+        <v>6265</v>
       </c>
       <c r="J551">
         <v>1267</v>
       </c>
       <c r="K551">
-        <v>20591</v>
+        <v>20586</v>
       </c>
       <c r="L551">
         <v>1790</v>
       </c>
       <c r="M551">
-        <v>22380</v>
+        <v>22376</v>
       </c>
     </row>
     <row r="552" spans="1:26">
       <c r="A552" s="6">
         <v>43070.0</v>
       </c>
       <c r="B552">
         <v>1131</v>
       </c>
       <c r="C552">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="D552">
         <v>175</v>
       </c>
       <c r="E552">
         <v>1320</v>
       </c>
       <c r="F552">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="G552">
-        <v>1731</v>
+        <v>1730</v>
       </c>
       <c r="H552">
-        <v>15019</v>
+        <v>15014</v>
       </c>
       <c r="I552">
-        <v>6316</v>
+        <v>6312</v>
       </c>
       <c r="J552">
         <v>1094</v>
       </c>
       <c r="K552">
         <v>20630</v>
       </c>
       <c r="L552">
-        <v>1799</v>
+        <v>1789</v>
       </c>
       <c r="M552">
-        <v>22429</v>
+        <v>22420</v>
       </c>
     </row>
     <row r="553" spans="1:26">
       <c r="A553" s="6">
         <v>43101.0</v>
       </c>
       <c r="B553">
-        <v>1047</v>
+        <v>1046</v>
       </c>
       <c r="C553">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="D553">
         <v>143</v>
       </c>
       <c r="E553">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="F553">
         <v>382</v>
       </c>
       <c r="G553">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="H553">
-        <v>13042</v>
+        <v>13029</v>
       </c>
       <c r="I553">
-        <v>5252</v>
+        <v>5285</v>
       </c>
       <c r="J553">
         <v>896</v>
       </c>
       <c r="K553">
-        <v>17645</v>
+        <v>17665</v>
       </c>
       <c r="L553">
         <v>1545</v>
       </c>
       <c r="M553">
-        <v>19190</v>
+        <v>19210</v>
       </c>
     </row>
     <row r="554" spans="1:26">
       <c r="A554" s="6">
         <v>43132.0</v>
       </c>
       <c r="B554">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="C554">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D554">
         <v>136</v>
       </c>
       <c r="E554">
-        <v>1184</v>
+        <v>1183</v>
       </c>
       <c r="F554">
         <v>318</v>
       </c>
       <c r="G554">
-        <v>1502</v>
+        <v>1501</v>
       </c>
       <c r="H554">
-        <v>13684</v>
+        <v>13630</v>
       </c>
       <c r="I554">
-        <v>5091</v>
+        <v>5127</v>
       </c>
       <c r="J554">
         <v>952</v>
       </c>
       <c r="K554">
-        <v>18514</v>
+        <v>18496</v>
       </c>
       <c r="L554">
         <v>1214</v>
       </c>
       <c r="M554">
-        <v>19728</v>
+        <v>19709</v>
       </c>
     </row>
     <row r="555" spans="1:26">
       <c r="A555" s="6">
         <v>43160.0</v>
       </c>
       <c r="B555">
-        <v>1228</v>
+        <v>1226</v>
       </c>
       <c r="C555">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="D555">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="E555">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="F555">
         <v>432</v>
       </c>
       <c r="G555">
-        <v>1811</v>
+        <v>1810</v>
       </c>
       <c r="H555">
-        <v>15792</v>
+        <v>15751</v>
       </c>
       <c r="I555">
-        <v>6484</v>
+        <v>6524</v>
       </c>
       <c r="J555">
-        <v>1170</v>
+        <v>1158</v>
       </c>
       <c r="K555">
-        <v>21648</v>
+        <v>21637</v>
       </c>
       <c r="L555">
         <v>1797</v>
       </c>
       <c r="M555">
-        <v>23445</v>
+        <v>23434</v>
       </c>
     </row>
     <row r="556" spans="1:26">
       <c r="A556" s="6">
         <v>43191.0</v>
       </c>
       <c r="B556">
-        <v>1202</v>
+        <v>1201</v>
       </c>
       <c r="C556">
         <v>425</v>
       </c>
       <c r="D556">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E556">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="F556">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="G556">
-        <v>1791</v>
+        <v>1789</v>
       </c>
       <c r="H556">
-        <v>15462</v>
+        <v>15461</v>
       </c>
       <c r="I556">
         <v>6666</v>
       </c>
       <c r="J556">
-        <v>1027</v>
+        <v>1009</v>
       </c>
       <c r="K556">
-        <v>21547</v>
+        <v>21528</v>
       </c>
       <c r="L556">
-        <v>1609</v>
+        <v>1608</v>
       </c>
       <c r="M556">
-        <v>23155</v>
+        <v>23136</v>
       </c>
     </row>
     <row r="557" spans="1:26">
       <c r="A557" s="6">
         <v>43221.0</v>
       </c>
       <c r="B557">
         <v>1166</v>
       </c>
       <c r="C557">
         <v>403</v>
       </c>
       <c r="D557">
         <v>177</v>
       </c>
       <c r="E557">
         <v>1309</v>
       </c>
       <c r="F557">
         <v>437</v>
       </c>
       <c r="G557">
         <v>1746</v>
       </c>
       <c r="H557">
         <v>15028</v>
       </c>
       <c r="I557">
         <v>6551</v>
       </c>
       <c r="J557">
         <v>1131</v>
       </c>
       <c r="K557">
         <v>20961</v>
       </c>
       <c r="L557">
         <v>1748</v>
       </c>
       <c r="M557">
         <v>22710</v>
       </c>
     </row>
     <row r="558" spans="1:26">
       <c r="A558" s="6">
         <v>43252.0</v>
       </c>
       <c r="B558">
-        <v>1212</v>
+        <v>1208</v>
       </c>
       <c r="C558">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="D558">
         <v>196</v>
       </c>
       <c r="E558">
         <v>1466</v>
       </c>
       <c r="F558">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="G558">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="H558">
-        <v>15764</v>
+        <v>15664</v>
       </c>
       <c r="I558">
-        <v>7148</v>
+        <v>7250</v>
       </c>
       <c r="J558">
         <v>1377</v>
       </c>
       <c r="K558">
         <v>22767</v>
       </c>
       <c r="L558">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="M558">
-        <v>24289</v>
+        <v>24291</v>
       </c>
     </row>
     <row r="559" spans="1:26">
       <c r="A559" s="6">
         <v>43282.0</v>
       </c>
       <c r="B559">
-        <v>1298</v>
+        <v>1295</v>
       </c>
       <c r="C559">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="D559">
         <v>158</v>
       </c>
       <c r="E559">
         <v>1430</v>
       </c>
       <c r="F559">
         <v>478</v>
       </c>
       <c r="G559">
         <v>1908</v>
       </c>
       <c r="H559">
-        <v>16271</v>
+        <v>16210</v>
       </c>
       <c r="I559">
-        <v>6901</v>
+        <v>6962</v>
       </c>
       <c r="J559">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="K559">
         <v>22512</v>
       </c>
       <c r="L559">
-        <v>1671</v>
+        <v>1675</v>
       </c>
       <c r="M559">
-        <v>24183</v>
+        <v>24187</v>
       </c>
     </row>
     <row r="560" spans="1:26">
       <c r="A560" s="6">
         <v>43313.0</v>
       </c>
       <c r="B560">
-        <v>1360</v>
+        <v>1357</v>
       </c>
       <c r="C560">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="D560">
         <v>208</v>
       </c>
       <c r="E560">
         <v>1578</v>
       </c>
       <c r="F560">
         <v>491</v>
       </c>
       <c r="G560">
         <v>2069</v>
       </c>
       <c r="H560">
-        <v>18234</v>
+        <v>18168</v>
       </c>
       <c r="I560">
-        <v>7881</v>
+        <v>7947</v>
       </c>
       <c r="J560">
         <v>1270</v>
       </c>
       <c r="K560">
         <v>25535</v>
       </c>
       <c r="L560">
         <v>1850</v>
       </c>
       <c r="M560">
         <v>27385</v>
       </c>
     </row>
     <row r="561" spans="1:26">
       <c r="A561" s="6">
         <v>43344.0</v>
       </c>
       <c r="B561">
         <v>1244</v>
       </c>
       <c r="C561">
         <v>466</v>
       </c>
       <c r="D561">
@@ -23137,863 +23137,863 @@
       </c>
       <c r="H561">
         <v>16413</v>
       </c>
       <c r="I561">
         <v>7642</v>
       </c>
       <c r="J561">
         <v>1407</v>
       </c>
       <c r="K561">
         <v>23981</v>
       </c>
       <c r="L561">
         <v>1481</v>
       </c>
       <c r="M561">
         <v>25462</v>
       </c>
     </row>
     <row r="562" spans="1:26">
       <c r="A562" s="6">
         <v>43374.0</v>
       </c>
       <c r="B562">
-        <v>1278</v>
+        <v>1277</v>
       </c>
       <c r="C562">
         <v>433</v>
       </c>
       <c r="D562">
         <v>173</v>
       </c>
       <c r="E562">
-        <v>1462</v>
+        <v>1461</v>
       </c>
       <c r="F562">
         <v>422</v>
       </c>
       <c r="G562">
-        <v>1884</v>
+        <v>1883</v>
       </c>
       <c r="H562">
-        <v>16198</v>
+        <v>16184</v>
       </c>
       <c r="I562">
         <v>7070</v>
       </c>
       <c r="J562">
         <v>1238</v>
       </c>
       <c r="K562">
-        <v>23000</v>
+        <v>22986</v>
       </c>
       <c r="L562">
         <v>1506</v>
       </c>
       <c r="M562">
-        <v>24506</v>
+        <v>24492</v>
       </c>
     </row>
     <row r="563" spans="1:26">
       <c r="A563" s="6">
         <v>43405.0</v>
       </c>
       <c r="B563">
         <v>1269</v>
       </c>
       <c r="C563">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D563">
         <v>197</v>
       </c>
       <c r="E563">
         <v>1462</v>
       </c>
       <c r="F563">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="G563">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="H563">
-        <v>16856</v>
+        <v>16845</v>
       </c>
       <c r="I563">
-        <v>6760</v>
+        <v>6793</v>
       </c>
       <c r="J563">
         <v>1458</v>
       </c>
       <c r="K563">
-        <v>23370</v>
+        <v>23379</v>
       </c>
       <c r="L563">
-        <v>1703</v>
+        <v>1717</v>
       </c>
       <c r="M563">
-        <v>25073</v>
+        <v>25095</v>
       </c>
     </row>
     <row r="564" spans="1:26">
       <c r="A564" s="6">
         <v>43435.0</v>
       </c>
       <c r="B564">
-        <v>1123</v>
+        <v>1122</v>
       </c>
       <c r="C564">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="D564">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E564">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F564">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="G564">
-        <v>1655</v>
+        <v>1658</v>
       </c>
       <c r="H564">
-        <v>14572</v>
+        <v>14529</v>
       </c>
       <c r="I564">
-        <v>5350</v>
+        <v>5404</v>
       </c>
       <c r="J564">
         <v>1341</v>
       </c>
       <c r="K564">
-        <v>19682</v>
+        <v>19696</v>
       </c>
       <c r="L564">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="M564">
-        <v>21263</v>
+        <v>21275</v>
       </c>
     </row>
     <row r="565" spans="1:26">
       <c r="A565" s="6">
         <v>43466.0</v>
       </c>
       <c r="B565">
-        <v>1176</v>
+        <v>1174</v>
       </c>
       <c r="C565">
         <v>332</v>
       </c>
       <c r="D565">
         <v>158</v>
       </c>
       <c r="E565">
-        <v>1255</v>
+        <v>1253</v>
       </c>
       <c r="F565">
         <v>411</v>
       </c>
       <c r="G565">
-        <v>1666</v>
+        <v>1664</v>
       </c>
       <c r="H565">
-        <v>14997</v>
+        <v>14979</v>
       </c>
       <c r="I565">
-        <v>5208</v>
+        <v>5211</v>
       </c>
       <c r="J565">
         <v>1201</v>
       </c>
       <c r="K565">
-        <v>19794</v>
+        <v>19769</v>
       </c>
       <c r="L565">
-        <v>1611</v>
+        <v>1622</v>
       </c>
       <c r="M565">
-        <v>21406</v>
+        <v>21390</v>
       </c>
     </row>
     <row r="566" spans="1:26">
       <c r="A566" s="6">
         <v>43497.0</v>
       </c>
       <c r="B566">
-        <v>1049</v>
+        <v>1048</v>
       </c>
       <c r="C566">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D566">
         <v>150</v>
       </c>
       <c r="E566">
         <v>1240</v>
       </c>
       <c r="F566">
         <v>329</v>
       </c>
       <c r="G566">
         <v>1569</v>
       </c>
       <c r="H566">
-        <v>14553</v>
+        <v>14534</v>
       </c>
       <c r="I566">
-        <v>6065</v>
+        <v>6084</v>
       </c>
       <c r="J566">
         <v>1215</v>
       </c>
       <c r="K566">
         <v>20338</v>
       </c>
       <c r="L566">
         <v>1495</v>
       </c>
       <c r="M566">
         <v>21833</v>
       </c>
     </row>
     <row r="567" spans="1:26">
       <c r="A567" s="6">
         <v>43525.0</v>
       </c>
       <c r="B567">
-        <v>1068</v>
+        <v>1065</v>
       </c>
       <c r="C567">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="D567">
         <v>158</v>
       </c>
       <c r="E567">
         <v>1293</v>
       </c>
       <c r="F567">
         <v>295</v>
       </c>
       <c r="G567">
         <v>1588</v>
       </c>
       <c r="H567">
-        <v>14836</v>
+        <v>14780</v>
       </c>
       <c r="I567">
-        <v>6031</v>
+        <v>6086</v>
       </c>
       <c r="J567">
         <v>955</v>
       </c>
       <c r="K567">
         <v>20696</v>
       </c>
       <c r="L567">
         <v>1125</v>
       </c>
       <c r="M567">
         <v>21821</v>
       </c>
     </row>
     <row r="568" spans="1:26">
       <c r="A568" s="6">
         <v>43556.0</v>
       </c>
       <c r="B568">
         <v>1171</v>
       </c>
       <c r="C568">
         <v>410</v>
       </c>
       <c r="D568">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="E568">
         <v>1364</v>
       </c>
       <c r="F568">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="G568">
-        <v>1721</v>
+        <v>1720</v>
       </c>
       <c r="H568">
         <v>16026</v>
       </c>
       <c r="I568">
         <v>6750</v>
       </c>
       <c r="J568">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="K568">
         <v>22312</v>
       </c>
       <c r="L568">
-        <v>1481</v>
+        <v>1479</v>
       </c>
       <c r="M568">
-        <v>23793</v>
+        <v>23791</v>
       </c>
     </row>
     <row r="569" spans="1:26">
       <c r="A569" s="6">
         <v>43586.0</v>
       </c>
       <c r="B569">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="C569">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D569">
         <v>147</v>
       </c>
       <c r="E569">
         <v>1360</v>
       </c>
       <c r="F569">
         <v>311</v>
       </c>
       <c r="G569">
         <v>1671</v>
       </c>
       <c r="H569">
-        <v>16067</v>
+        <v>16048</v>
       </c>
       <c r="I569">
-        <v>6076</v>
+        <v>6095</v>
       </c>
       <c r="J569">
         <v>1163</v>
       </c>
       <c r="K569">
         <v>21994</v>
       </c>
       <c r="L569">
         <v>1313</v>
       </c>
       <c r="M569">
         <v>23307</v>
       </c>
     </row>
     <row r="570" spans="1:26">
       <c r="A570" s="6">
         <v>43617.0</v>
       </c>
       <c r="B570">
-        <v>1188</v>
+        <v>1187</v>
       </c>
       <c r="C570">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D570">
         <v>164</v>
       </c>
       <c r="E570">
         <v>1449</v>
       </c>
       <c r="F570">
         <v>324</v>
       </c>
       <c r="G570">
         <v>1773</v>
       </c>
       <c r="H570">
-        <v>16749</v>
+        <v>16747</v>
       </c>
       <c r="I570">
-        <v>7275</v>
+        <v>7290</v>
       </c>
       <c r="J570">
         <v>1242</v>
       </c>
       <c r="K570">
-        <v>23938</v>
+        <v>23951</v>
       </c>
       <c r="L570">
         <v>1328</v>
       </c>
       <c r="M570">
-        <v>25266</v>
+        <v>25279</v>
       </c>
     </row>
     <row r="571" spans="1:26">
       <c r="A571" s="6">
         <v>43647.0</v>
       </c>
       <c r="B571">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="C571">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D571">
         <v>207</v>
       </c>
       <c r="E571">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="F571">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="G571">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="H571">
-        <v>18625</v>
+        <v>18634</v>
       </c>
       <c r="I571">
-        <v>6660</v>
+        <v>6696</v>
       </c>
       <c r="J571">
         <v>1297</v>
       </c>
       <c r="K571">
-        <v>24873</v>
+        <v>24912</v>
       </c>
       <c r="L571">
-        <v>1709</v>
+        <v>1715</v>
       </c>
       <c r="M571">
-        <v>26582</v>
+        <v>26627</v>
       </c>
     </row>
     <row r="572" spans="1:26">
       <c r="A572" s="6">
         <v>43678.0</v>
       </c>
       <c r="B572">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="C572">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D572">
         <v>175</v>
       </c>
       <c r="E572">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="F572">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="G572">
-        <v>1953</v>
+        <v>1956</v>
       </c>
       <c r="H572">
-        <v>19073</v>
+        <v>19061</v>
       </c>
       <c r="I572">
-        <v>6936</v>
+        <v>6954</v>
       </c>
       <c r="J572">
         <v>1139</v>
       </c>
       <c r="K572">
-        <v>25659</v>
+        <v>25662</v>
       </c>
       <c r="L572">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="M572">
-        <v>27149</v>
+        <v>27154</v>
       </c>
     </row>
     <row r="573" spans="1:26">
       <c r="A573" s="6">
         <v>43709.0</v>
       </c>
       <c r="B573">
-        <v>1186</v>
+        <v>1177</v>
       </c>
       <c r="C573">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="D573">
         <v>171</v>
       </c>
       <c r="E573">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="F573">
         <v>392</v>
       </c>
       <c r="G573">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="H573">
-        <v>16207</v>
+        <v>16054</v>
       </c>
       <c r="I573">
-        <v>5818</v>
+        <v>6006</v>
       </c>
       <c r="J573">
         <v>1286</v>
       </c>
       <c r="K573">
-        <v>21781</v>
+        <v>21816</v>
       </c>
       <c r="L573">
         <v>1530</v>
       </c>
       <c r="M573">
-        <v>23311</v>
+        <v>23346</v>
       </c>
     </row>
     <row r="574" spans="1:26">
       <c r="A574" s="6">
         <v>43739.0</v>
       </c>
       <c r="B574">
-        <v>1262</v>
+        <v>1261</v>
       </c>
       <c r="C574">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="D574">
         <v>176</v>
       </c>
       <c r="E574">
-        <v>1417</v>
+        <v>1415</v>
       </c>
       <c r="F574">
         <v>395</v>
       </c>
       <c r="G574">
-        <v>1812</v>
+        <v>1810</v>
       </c>
       <c r="H574">
-        <v>16958</v>
+        <v>16943</v>
       </c>
       <c r="I574">
-        <v>6491</v>
+        <v>6455</v>
       </c>
       <c r="J574">
         <v>1296</v>
       </c>
       <c r="K574">
-        <v>23245</v>
+        <v>23194</v>
       </c>
       <c r="L574">
         <v>1500</v>
       </c>
       <c r="M574">
-        <v>24745</v>
+        <v>24694</v>
       </c>
     </row>
     <row r="575" spans="1:26">
       <c r="A575" s="6">
         <v>43770.0</v>
       </c>
       <c r="B575">
         <v>1013</v>
       </c>
       <c r="C575">
         <v>344</v>
       </c>
       <c r="D575">
         <v>149</v>
       </c>
       <c r="E575">
         <v>1200</v>
       </c>
       <c r="F575">
         <v>306</v>
       </c>
       <c r="G575">
         <v>1506</v>
       </c>
       <c r="H575">
         <v>14269</v>
       </c>
       <c r="I575">
         <v>5938</v>
       </c>
       <c r="J575">
         <v>1114</v>
       </c>
       <c r="K575">
         <v>20181</v>
       </c>
       <c r="L575">
         <v>1140</v>
       </c>
       <c r="M575">
         <v>21321</v>
       </c>
     </row>
     <row r="576" spans="1:26">
       <c r="A576" s="6">
         <v>43800.0</v>
       </c>
       <c r="B576">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="C576">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D576">
         <v>148</v>
       </c>
       <c r="E576">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="F576">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="G576">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="H576">
-        <v>11993</v>
+        <v>11954</v>
       </c>
       <c r="I576">
-        <v>3982</v>
+        <v>4023</v>
       </c>
       <c r="J576">
         <v>1044</v>
       </c>
       <c r="K576">
-        <v>15686</v>
+        <v>15689</v>
       </c>
       <c r="L576">
-        <v>1333</v>
+        <v>1331</v>
       </c>
       <c r="M576">
-        <v>17019</v>
+        <v>17020</v>
       </c>
     </row>
     <row r="577" spans="1:26">
       <c r="A577" s="6">
         <v>43831.0</v>
       </c>
       <c r="B577">
-        <v>1025</v>
+        <v>1024</v>
       </c>
       <c r="C577">
         <v>277</v>
       </c>
       <c r="D577">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E577">
         <v>1176</v>
       </c>
       <c r="F577">
         <v>270</v>
       </c>
       <c r="G577">
         <v>1446</v>
       </c>
       <c r="H577">
-        <v>15038</v>
+        <v>15036</v>
       </c>
       <c r="I577">
         <v>4786</v>
       </c>
       <c r="J577">
-        <v>1365</v>
+        <v>1385</v>
       </c>
       <c r="K577">
-        <v>20112</v>
+        <v>20130</v>
       </c>
       <c r="L577">
         <v>1077</v>
       </c>
       <c r="M577">
-        <v>21189</v>
+        <v>21207</v>
       </c>
     </row>
     <row r="578" spans="1:26">
       <c r="A578" s="6">
         <v>43862.0</v>
       </c>
       <c r="B578">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="C578">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="D578">
         <v>120</v>
       </c>
       <c r="E578">
         <v>1175</v>
       </c>
       <c r="F578">
         <v>248</v>
       </c>
       <c r="G578">
         <v>1423</v>
       </c>
       <c r="H578">
-        <v>15055</v>
+        <v>15022</v>
       </c>
       <c r="I578">
-        <v>5255</v>
+        <v>5288</v>
       </c>
       <c r="J578">
         <v>958</v>
       </c>
       <c r="K578">
         <v>20322</v>
       </c>
       <c r="L578">
         <v>947</v>
       </c>
       <c r="M578">
         <v>21269</v>
       </c>
     </row>
     <row r="579" spans="1:26">
       <c r="A579" s="6">
         <v>43891.0</v>
       </c>
       <c r="B579">
         <v>925</v>
       </c>
       <c r="C579">
         <v>264</v>
       </c>
       <c r="D579">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E579">
         <v>1103</v>
       </c>
       <c r="F579">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="G579">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="H579">
         <v>14074</v>
       </c>
       <c r="I579">
         <v>4900</v>
       </c>
       <c r="J579">
         <v>993</v>
       </c>
       <c r="K579">
         <v>19121</v>
       </c>
       <c r="L579">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="M579">
-        <v>19966</v>
+        <v>19967</v>
       </c>
     </row>
     <row r="580" spans="1:26">
       <c r="A580" s="6">
         <v>43922.0</v>
       </c>
       <c r="B580">
         <v>541</v>
       </c>
       <c r="C580">
         <v>288</v>
       </c>
       <c r="D580">
         <v>75</v>
       </c>
       <c r="E580">
-        <v>805</v>
+        <v>804</v>
       </c>
       <c r="F580">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G580">
         <v>904</v>
       </c>
       <c r="H580">
         <v>8309</v>
       </c>
       <c r="I580">
         <v>5302</v>
       </c>
       <c r="J580">
         <v>733</v>
       </c>
       <c r="K580">
-        <v>13987</v>
+        <v>13964</v>
       </c>
       <c r="L580">
-        <v>356</v>
+        <v>379</v>
       </c>
       <c r="M580">
         <v>14343</v>
       </c>
     </row>
     <row r="581" spans="1:26">
       <c r="A581" s="6">
         <v>43952.0</v>
       </c>
       <c r="B581">
         <v>353</v>
       </c>
       <c r="C581">
         <v>166</v>
       </c>
       <c r="D581">
         <v>43</v>
       </c>
       <c r="E581">
         <v>490</v>
       </c>
       <c r="F581">
         <v>72</v>
       </c>
       <c r="G581">
         <v>562</v>
       </c>
       <c r="H581">
-        <v>5377</v>
+        <v>5384</v>
       </c>
       <c r="I581">
         <v>3072</v>
       </c>
       <c r="J581">
         <v>353</v>
       </c>
       <c r="K581">
         <v>8554</v>
       </c>
       <c r="L581">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="M581">
-        <v>8803</v>
+        <v>8810</v>
       </c>
     </row>
     <row r="582" spans="1:26">
       <c r="A582" s="6">
         <v>43983.0</v>
       </c>
       <c r="B582">
         <v>351</v>
       </c>
       <c r="C582">
         <v>166</v>
       </c>
       <c r="D582">
         <v>76</v>
       </c>
       <c r="E582">
         <v>470</v>
       </c>
       <c r="F582">
         <v>123</v>
       </c>
       <c r="G582">
         <v>593</v>
       </c>
       <c r="H582">
@@ -24016,66 +24016,66 @@
       </c>
     </row>
     <row r="583" spans="1:26">
       <c r="A583" s="6">
         <v>44013.0</v>
       </c>
       <c r="B583">
         <v>380</v>
       </c>
       <c r="C583">
         <v>178</v>
       </c>
       <c r="D583">
         <v>85</v>
       </c>
       <c r="E583">
         <v>507</v>
       </c>
       <c r="F583">
         <v>136</v>
       </c>
       <c r="G583">
         <v>643</v>
       </c>
       <c r="H583">
-        <v>5288</v>
+        <v>5307</v>
       </c>
       <c r="I583">
         <v>3394</v>
       </c>
       <c r="J583">
         <v>538</v>
       </c>
       <c r="K583">
-        <v>8747</v>
+        <v>8765</v>
       </c>
       <c r="L583">
         <v>473</v>
       </c>
       <c r="M583">
-        <v>9220</v>
+        <v>9239</v>
       </c>
     </row>
     <row r="584" spans="1:26">
       <c r="A584" s="6">
         <v>44044.0</v>
       </c>
       <c r="B584">
         <v>477</v>
       </c>
       <c r="C584">
         <v>141</v>
       </c>
       <c r="D584">
         <v>76</v>
       </c>
       <c r="E584">
         <v>536</v>
       </c>
       <c r="F584">
         <v>158</v>
       </c>
       <c r="G584">
         <v>694</v>
       </c>
       <c r="H584">
@@ -24089,608 +24089,608 @@
       </c>
       <c r="K584">
         <v>9617</v>
       </c>
       <c r="L584">
         <v>601</v>
       </c>
       <c r="M584">
         <v>10218</v>
       </c>
     </row>
     <row r="585" spans="1:26">
       <c r="A585" s="6">
         <v>44075.0</v>
       </c>
       <c r="B585">
         <v>486</v>
       </c>
       <c r="C585">
         <v>221</v>
       </c>
       <c r="D585">
         <v>75</v>
       </c>
       <c r="E585">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="F585">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G585">
         <v>782</v>
       </c>
       <c r="H585">
-        <v>7424</v>
+        <v>7404</v>
       </c>
       <c r="I585">
         <v>4139</v>
       </c>
       <c r="J585">
         <v>514</v>
       </c>
       <c r="K585">
-        <v>11547</v>
+        <v>11527</v>
       </c>
       <c r="L585">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="M585">
-        <v>12077</v>
+        <v>12058</v>
       </c>
     </row>
     <row r="586" spans="1:26">
       <c r="A586" s="6">
         <v>44105.0</v>
       </c>
       <c r="B586">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C586">
         <v>177</v>
       </c>
       <c r="D586">
         <v>108</v>
       </c>
       <c r="E586">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="F586">
         <v>188</v>
       </c>
       <c r="G586">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="H586">
-        <v>8003</v>
+        <v>8048</v>
       </c>
       <c r="I586">
         <v>3134</v>
       </c>
       <c r="J586">
         <v>687</v>
       </c>
       <c r="K586">
-        <v>11224</v>
+        <v>11269</v>
       </c>
       <c r="L586">
         <v>600</v>
       </c>
       <c r="M586">
-        <v>11824</v>
+        <v>11869</v>
       </c>
     </row>
     <row r="587" spans="1:26">
       <c r="A587" s="6">
         <v>44136.0</v>
       </c>
       <c r="B587">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="C587">
         <v>208</v>
       </c>
       <c r="D587">
         <v>93</v>
       </c>
       <c r="E587">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="F587">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="G587">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="H587">
-        <v>8644</v>
+        <v>8672</v>
       </c>
       <c r="I587">
         <v>3782</v>
       </c>
       <c r="J587">
         <v>651</v>
       </c>
       <c r="K587">
-        <v>12513</v>
+        <v>12536</v>
       </c>
       <c r="L587">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="M587">
-        <v>13076</v>
+        <v>13104</v>
       </c>
     </row>
     <row r="588" spans="1:26">
       <c r="A588" s="6">
         <v>44166.0</v>
       </c>
       <c r="B588">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="C588">
         <v>240</v>
       </c>
       <c r="D588">
         <v>91</v>
       </c>
       <c r="E588">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="F588">
         <v>151</v>
       </c>
       <c r="G588">
-        <v>830</v>
+        <v>829</v>
       </c>
       <c r="H588">
-        <v>7240</v>
+        <v>7220</v>
       </c>
       <c r="I588">
         <v>4494</v>
       </c>
       <c r="J588">
         <v>799</v>
       </c>
       <c r="K588">
-        <v>11937</v>
+        <v>11917</v>
       </c>
       <c r="L588">
         <v>597</v>
       </c>
       <c r="M588">
-        <v>12534</v>
+        <v>12514</v>
       </c>
     </row>
     <row r="589" spans="1:26">
       <c r="A589" s="6">
         <v>44197.0</v>
       </c>
       <c r="B589">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C589">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D589">
         <v>155</v>
       </c>
       <c r="E589">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="F589">
         <v>249</v>
       </c>
       <c r="G589">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="H589">
-        <v>9161</v>
+        <v>9177</v>
       </c>
       <c r="I589">
-        <v>3245</v>
+        <v>3288</v>
       </c>
       <c r="J589">
         <v>723</v>
       </c>
       <c r="K589">
-        <v>12248</v>
+        <v>12306</v>
       </c>
       <c r="L589">
         <v>882</v>
       </c>
       <c r="M589">
-        <v>13130</v>
+        <v>13188</v>
       </c>
     </row>
     <row r="590" spans="1:26">
       <c r="A590" s="6">
         <v>44228.0</v>
       </c>
       <c r="B590">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C590">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D590">
         <v>61</v>
       </c>
       <c r="E590">
         <v>642</v>
       </c>
       <c r="F590">
         <v>133</v>
       </c>
       <c r="G590">
         <v>775</v>
       </c>
       <c r="H590">
-        <v>7525</v>
+        <v>7562</v>
       </c>
       <c r="I590">
-        <v>4067</v>
+        <v>4041</v>
       </c>
       <c r="J590">
         <v>464</v>
       </c>
       <c r="K590">
-        <v>11622</v>
+        <v>11633</v>
       </c>
       <c r="L590">
         <v>433</v>
       </c>
       <c r="M590">
-        <v>12055</v>
+        <v>12066</v>
       </c>
     </row>
     <row r="591" spans="1:26">
       <c r="A591" s="6">
         <v>44256.0</v>
       </c>
       <c r="B591">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="C591">
         <v>211</v>
       </c>
       <c r="D591">
         <v>80</v>
       </c>
       <c r="E591">
-        <v>811</v>
+        <v>807</v>
       </c>
       <c r="F591">
         <v>173</v>
       </c>
       <c r="G591">
-        <v>984</v>
+        <v>980</v>
       </c>
       <c r="H591">
-        <v>10387</v>
+        <v>10303</v>
       </c>
       <c r="I591">
         <v>3841</v>
       </c>
       <c r="J591">
         <v>600</v>
       </c>
       <c r="K591">
-        <v>14207</v>
+        <v>14123</v>
       </c>
       <c r="L591">
         <v>622</v>
       </c>
       <c r="M591">
-        <v>14829</v>
+        <v>14745</v>
       </c>
     </row>
     <row r="592" spans="1:26">
       <c r="A592" s="6">
         <v>44287.0</v>
       </c>
       <c r="B592">
         <v>855</v>
       </c>
       <c r="C592">
         <v>233</v>
       </c>
       <c r="D592">
         <v>89</v>
       </c>
       <c r="E592">
         <v>954</v>
       </c>
       <c r="F592">
         <v>223</v>
       </c>
       <c r="G592">
         <v>1177</v>
       </c>
       <c r="H592">
-        <v>13090</v>
+        <v>13094</v>
       </c>
       <c r="I592">
         <v>4309</v>
       </c>
       <c r="J592">
         <v>637</v>
       </c>
       <c r="K592">
-        <v>17258</v>
+        <v>17262</v>
       </c>
       <c r="L592">
         <v>777</v>
       </c>
       <c r="M592">
-        <v>18035</v>
+        <v>18039</v>
       </c>
     </row>
     <row r="593" spans="1:26">
       <c r="A593" s="6">
         <v>44317.0</v>
       </c>
       <c r="B593">
         <v>746</v>
       </c>
       <c r="C593">
         <v>272</v>
       </c>
       <c r="D593">
         <v>129</v>
       </c>
       <c r="E593">
         <v>922</v>
       </c>
       <c r="F593">
         <v>225</v>
       </c>
       <c r="G593">
         <v>1147</v>
       </c>
       <c r="H593">
         <v>11321</v>
       </c>
       <c r="I593">
         <v>4951</v>
       </c>
       <c r="J593">
         <v>819</v>
       </c>
       <c r="K593">
         <v>16254</v>
       </c>
       <c r="L593">
         <v>837</v>
       </c>
       <c r="M593">
         <v>17091</v>
       </c>
     </row>
     <row r="594" spans="1:26">
       <c r="A594" s="6">
         <v>44348.0</v>
       </c>
       <c r="B594">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="C594">
         <v>264</v>
       </c>
       <c r="D594">
         <v>109</v>
       </c>
       <c r="E594">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="F594">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="G594">
-        <v>1108</v>
+        <v>1106</v>
       </c>
       <c r="H594">
-        <v>10607</v>
+        <v>10589</v>
       </c>
       <c r="I594">
         <v>5039</v>
       </c>
       <c r="J594">
         <v>648</v>
       </c>
       <c r="K594">
-        <v>15313</v>
+        <v>15297</v>
       </c>
       <c r="L594">
-        <v>981</v>
+        <v>979</v>
       </c>
       <c r="M594">
-        <v>16294</v>
+        <v>16276</v>
       </c>
     </row>
     <row r="595" spans="1:26">
       <c r="A595" s="6">
         <v>44378.0</v>
       </c>
       <c r="B595">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C595">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D595">
         <v>100</v>
       </c>
       <c r="E595">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="F595">
         <v>236</v>
       </c>
       <c r="G595">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="H595">
-        <v>11229</v>
+        <v>11245</v>
       </c>
       <c r="I595">
-        <v>4102</v>
+        <v>4126</v>
       </c>
       <c r="J595">
         <v>725</v>
       </c>
       <c r="K595">
-        <v>15124</v>
+        <v>15165</v>
       </c>
       <c r="L595">
-        <v>932</v>
+        <v>931</v>
       </c>
       <c r="M595">
-        <v>16056</v>
+        <v>16096</v>
       </c>
     </row>
     <row r="596" spans="1:26">
       <c r="A596" s="6">
         <v>44409.0</v>
       </c>
       <c r="B596">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="C596">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D596">
         <v>132</v>
       </c>
       <c r="E596">
-        <v>999</v>
+        <v>996</v>
       </c>
       <c r="F596">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="G596">
-        <v>1281</v>
+        <v>1277</v>
       </c>
       <c r="H596">
-        <v>13505</v>
+        <v>13484</v>
       </c>
       <c r="I596">
-        <v>4295</v>
+        <v>4258</v>
       </c>
       <c r="J596">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="K596">
-        <v>17682</v>
+        <v>17626</v>
       </c>
       <c r="L596">
-        <v>1094</v>
+        <v>1093</v>
       </c>
       <c r="M596">
-        <v>18777</v>
+        <v>18719</v>
       </c>
     </row>
     <row r="597" spans="1:26">
       <c r="A597" s="6">
         <v>44440.0</v>
       </c>
       <c r="B597">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="C597">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D597">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="E597">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="F597">
         <v>336</v>
       </c>
       <c r="G597">
-        <v>1195</v>
+        <v>1200</v>
       </c>
       <c r="H597">
-        <v>10141</v>
+        <v>10239</v>
       </c>
       <c r="I597">
-        <v>5382</v>
+        <v>5405</v>
       </c>
       <c r="J597">
-        <v>918</v>
+        <v>903</v>
       </c>
       <c r="K597">
-        <v>15218</v>
+        <v>15323</v>
       </c>
       <c r="L597">
         <v>1224</v>
       </c>
       <c r="M597">
-        <v>16441</v>
+        <v>16547</v>
       </c>
     </row>
     <row r="598" spans="1:26">
       <c r="A598" s="6">
         <v>44470.0</v>
       </c>
       <c r="B598">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="C598">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="D598">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E598">
-        <v>1016</v>
+        <v>1012</v>
       </c>
       <c r="F598">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G598">
-        <v>1315</v>
+        <v>1312</v>
       </c>
       <c r="H598">
-        <v>11944</v>
+        <v>11877</v>
       </c>
       <c r="I598">
-        <v>6112</v>
+        <v>6090</v>
       </c>
       <c r="J598">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="K598">
-        <v>17981</v>
+        <v>17891</v>
       </c>
       <c r="L598">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="M598">
-        <v>19113</v>
+        <v>19025</v>
       </c>
     </row>
     <row r="599" spans="1:26">
       <c r="A599" s="6">
         <v>44501.0</v>
       </c>
       <c r="B599">
         <v>844</v>
       </c>
       <c r="C599">
         <v>294</v>
       </c>
       <c r="D599">
         <v>120</v>
       </c>
       <c r="E599">
         <v>954</v>
       </c>
       <c r="F599">
         <v>304</v>
       </c>
       <c r="G599">
         <v>1258</v>
       </c>
       <c r="H599">
@@ -24736,1888 +24736,1970 @@
       </c>
       <c r="H600">
         <v>11022</v>
       </c>
       <c r="I600">
         <v>4583</v>
       </c>
       <c r="J600">
         <v>954</v>
       </c>
       <c r="K600">
         <v>15446</v>
       </c>
       <c r="L600">
         <v>1113</v>
       </c>
       <c r="M600">
         <v>16559</v>
       </c>
     </row>
     <row r="601" spans="1:26">
       <c r="A601" s="6">
         <v>44562.0</v>
       </c>
       <c r="B601">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="C601">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="D601">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="E601">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="F601">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="G601">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="H601">
-        <v>13124</v>
+        <v>13110</v>
       </c>
       <c r="I601">
-        <v>4467</v>
+        <v>4499</v>
       </c>
       <c r="J601">
-        <v>989</v>
+        <v>971</v>
       </c>
       <c r="K601">
-        <v>17424</v>
+        <v>17421</v>
       </c>
       <c r="L601">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="M601">
-        <v>18581</v>
+        <v>18580</v>
       </c>
     </row>
     <row r="602" spans="1:26">
       <c r="A602" s="6">
         <v>44593.0</v>
       </c>
       <c r="B602">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="C602">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D602">
         <v>105</v>
       </c>
       <c r="E602">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="F602">
         <v>232</v>
       </c>
       <c r="G602">
-        <v>1033</v>
+        <v>1032</v>
       </c>
       <c r="H602">
-        <v>10492</v>
+        <v>10451</v>
       </c>
       <c r="I602">
-        <v>4270</v>
+        <v>4303</v>
       </c>
       <c r="J602">
-        <v>765</v>
+        <v>745</v>
       </c>
       <c r="K602">
-        <v>14572</v>
+        <v>14545</v>
       </c>
       <c r="L602">
         <v>954</v>
       </c>
       <c r="M602">
-        <v>15526</v>
+        <v>15499</v>
       </c>
     </row>
     <row r="603" spans="1:26">
       <c r="A603" s="6">
         <v>44621.0</v>
       </c>
       <c r="B603">
-        <v>856</v>
+        <v>855</v>
       </c>
       <c r="C603">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D603">
         <v>120</v>
       </c>
       <c r="E603">
-        <v>1026</v>
+        <v>1024</v>
       </c>
       <c r="F603">
         <v>293</v>
       </c>
       <c r="G603">
-        <v>1319</v>
+        <v>1317</v>
       </c>
       <c r="H603">
-        <v>12367</v>
+        <v>12350</v>
       </c>
       <c r="I603">
-        <v>6466</v>
+        <v>6445</v>
       </c>
       <c r="J603">
         <v>919</v>
       </c>
       <c r="K603">
-        <v>18544</v>
+        <v>18506</v>
       </c>
       <c r="L603">
         <v>1208</v>
       </c>
       <c r="M603">
-        <v>19752</v>
+        <v>19714</v>
       </c>
     </row>
     <row r="604" spans="1:26">
       <c r="A604" s="6">
         <v>44652.0</v>
       </c>
       <c r="B604">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="C604">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="D604">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E604">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="F604">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G604">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="H604">
-        <v>12041</v>
+        <v>12061</v>
       </c>
       <c r="I604">
-        <v>4744</v>
+        <v>4722</v>
       </c>
       <c r="J604">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="K604">
-        <v>16462</v>
+        <v>16461</v>
       </c>
       <c r="L604">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="M604">
-        <v>17615</v>
+        <v>17617</v>
       </c>
     </row>
     <row r="605" spans="1:26">
       <c r="A605" s="6">
         <v>44682.0</v>
       </c>
       <c r="B605">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C605">
         <v>350</v>
       </c>
       <c r="D605">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E605">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="F605">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="G605">
-        <v>1398</v>
+        <v>1401</v>
       </c>
       <c r="H605">
-        <v>13199</v>
+        <v>13216</v>
       </c>
       <c r="I605">
-        <v>6355</v>
+        <v>6356</v>
       </c>
       <c r="J605">
-        <v>1139</v>
+        <v>1147</v>
       </c>
       <c r="K605">
-        <v>19443</v>
+        <v>19466</v>
       </c>
       <c r="L605">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="M605">
-        <v>20693</v>
+        <v>20719</v>
       </c>
     </row>
     <row r="606" spans="1:26">
       <c r="A606" s="6">
         <v>44713.0</v>
       </c>
       <c r="B606">
         <v>912</v>
       </c>
       <c r="C606">
         <v>333</v>
       </c>
       <c r="D606">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E606">
         <v>1075</v>
       </c>
       <c r="F606">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="G606">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="H606">
         <v>13489</v>
       </c>
       <c r="I606">
-        <v>6172</v>
+        <v>6173</v>
       </c>
       <c r="J606">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="K606">
         <v>19566</v>
       </c>
       <c r="L606">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="M606">
-        <v>20654</v>
+        <v>20656</v>
       </c>
     </row>
     <row r="607" spans="1:26">
       <c r="A607" s="6">
         <v>44743.0</v>
       </c>
       <c r="B607">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="C607">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D607">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E607">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="F607">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="G607">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="H607">
-        <v>12568</v>
+        <v>12594</v>
       </c>
       <c r="I607">
-        <v>6895</v>
+        <v>6917</v>
       </c>
       <c r="J607">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="K607">
-        <v>19142</v>
+        <v>19190</v>
       </c>
       <c r="L607">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="M607">
-        <v>20281</v>
+        <v>20333</v>
       </c>
     </row>
     <row r="608" spans="1:26">
       <c r="A608" s="6">
         <v>44774.0</v>
       </c>
       <c r="B608">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="C608">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D608">
         <v>135</v>
       </c>
       <c r="E608">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="F608">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="G608">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="H608">
-        <v>14629</v>
+        <v>14633</v>
       </c>
       <c r="I608">
-        <v>5926</v>
+        <v>5930</v>
       </c>
       <c r="J608">
         <v>954</v>
       </c>
       <c r="K608">
-        <v>20329</v>
+        <v>20337</v>
       </c>
       <c r="L608">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="M608">
-        <v>21509</v>
+        <v>21518</v>
       </c>
     </row>
     <row r="609" spans="1:26">
       <c r="A609" s="6">
         <v>44805.0</v>
       </c>
       <c r="B609">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="C609">
         <v>345</v>
       </c>
       <c r="D609">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E609">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="F609">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="G609">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="H609">
-        <v>15960</v>
+        <v>16004</v>
       </c>
       <c r="I609">
         <v>6200</v>
       </c>
       <c r="J609">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="K609">
-        <v>22053</v>
+        <v>22097</v>
       </c>
       <c r="L609">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="M609">
-        <v>23147</v>
+        <v>23192</v>
       </c>
     </row>
     <row r="610" spans="1:26">
       <c r="A610" s="6">
         <v>44835.0</v>
       </c>
       <c r="B610">
-        <v>1025</v>
+        <v>1023</v>
       </c>
       <c r="C610">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="D610">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="E610">
-        <v>1181</v>
+        <v>1174</v>
       </c>
       <c r="F610">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="G610">
-        <v>1543</v>
+        <v>1539</v>
       </c>
       <c r="H610">
-        <v>15191</v>
+        <v>15063</v>
       </c>
       <c r="I610">
-        <v>6782</v>
+        <v>6698</v>
       </c>
       <c r="J610">
         <v>1143</v>
       </c>
       <c r="K610">
-        <v>21670</v>
+        <v>21449</v>
       </c>
       <c r="L610">
-        <v>1446</v>
+        <v>1455</v>
       </c>
       <c r="M610">
-        <v>23116</v>
+        <v>22904</v>
       </c>
     </row>
     <row r="611" spans="1:26">
       <c r="A611" s="6">
         <v>44866.0</v>
       </c>
       <c r="B611">
-        <v>995</v>
+        <v>881</v>
       </c>
       <c r="C611">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="D611">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="E611">
-        <v>1204</v>
+        <v>1118</v>
       </c>
       <c r="F611">
-        <v>323</v>
+        <v>311</v>
       </c>
       <c r="G611">
-        <v>1527</v>
+        <v>1429</v>
       </c>
       <c r="H611">
-        <v>14800</v>
+        <v>13564</v>
       </c>
       <c r="I611">
-        <v>7197</v>
+        <v>7040</v>
       </c>
       <c r="J611">
+        <v>1234</v>
+      </c>
+      <c r="K611">
+        <v>20608</v>
+      </c>
+      <c r="L611">
         <v>1230</v>
       </c>
-      <c r="K611">
-[...4 lines deleted...]
-      </c>
       <c r="M611">
-        <v>23228</v>
+        <v>21838</v>
       </c>
     </row>
     <row r="612" spans="1:26">
       <c r="A612" s="6">
         <v>44896.0</v>
       </c>
       <c r="B612">
-        <v>998</v>
+        <v>1033</v>
       </c>
       <c r="C612">
-        <v>339</v>
+        <v>371</v>
       </c>
       <c r="D612">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="E612">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="F612">
-        <v>309</v>
+        <v>382</v>
       </c>
       <c r="G612">
-        <v>1478</v>
+        <v>1553</v>
       </c>
       <c r="H612">
-        <v>15056</v>
+        <v>15486</v>
       </c>
       <c r="I612">
-        <v>6329</v>
+        <v>6748</v>
       </c>
       <c r="J612">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="K612">
-        <v>21366</v>
+        <v>21909</v>
       </c>
       <c r="L612">
-        <v>1119</v>
+        <v>1427</v>
       </c>
       <c r="M612">
-        <v>22485</v>
+        <v>23335</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
-        <v>987</v>
+        <v>1001</v>
       </c>
       <c r="C613">
-        <v>339</v>
+        <v>364</v>
       </c>
       <c r="D613">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="E613">
-        <v>1155</v>
+        <v>1163</v>
       </c>
       <c r="F613">
-        <v>311</v>
+        <v>347</v>
       </c>
       <c r="G613">
-        <v>1466</v>
+        <v>1510</v>
       </c>
       <c r="H613">
-        <v>14878</v>
+        <v>14978</v>
       </c>
       <c r="I613">
-        <v>6324</v>
+        <v>6608</v>
       </c>
       <c r="J613">
-        <v>1137</v>
+        <v>1117</v>
       </c>
       <c r="K613">
-        <v>21110</v>
+        <v>21427</v>
       </c>
       <c r="L613">
-        <v>1229</v>
+        <v>1276</v>
       </c>
       <c r="M613">
-        <v>22339</v>
+        <v>22703</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
-        <v>967</v>
+        <v>975</v>
       </c>
       <c r="C614">
-        <v>336</v>
+        <v>358</v>
       </c>
       <c r="D614">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E614">
-        <v>1213</v>
+        <v>1197</v>
       </c>
       <c r="F614">
-        <v>228</v>
+        <v>277</v>
       </c>
       <c r="G614">
-        <v>1441</v>
+        <v>1474</v>
       </c>
       <c r="H614">
-        <v>15130</v>
+        <v>15094</v>
       </c>
       <c r="I614">
-        <v>6848</v>
+        <v>6807</v>
       </c>
       <c r="J614">
-        <v>1044</v>
+        <v>1077</v>
       </c>
       <c r="K614">
-        <v>22171</v>
+        <v>21963</v>
       </c>
       <c r="L614">
-        <v>851</v>
+        <v>1015</v>
       </c>
       <c r="M614">
-        <v>23022</v>
+        <v>22978</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
-        <v>947</v>
+        <v>955</v>
       </c>
       <c r="C615">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="D615">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="E615">
-        <v>1175</v>
+        <v>1207</v>
       </c>
       <c r="F615">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="G615">
-        <v>1431</v>
+        <v>1466</v>
       </c>
       <c r="H615">
-        <v>14818</v>
+        <v>15025</v>
       </c>
       <c r="I615">
-        <v>6673</v>
+        <v>7082</v>
       </c>
       <c r="J615">
-        <v>1029</v>
+        <v>1087</v>
       </c>
       <c r="K615">
-        <v>21476</v>
+        <v>22147</v>
       </c>
       <c r="L615">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="M615">
-        <v>22520</v>
+        <v>23193</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="C616">
-        <v>349</v>
+        <v>372</v>
       </c>
       <c r="D616">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="E616">
         <v>1187</v>
       </c>
       <c r="F616">
-        <v>243</v>
+        <v>278</v>
       </c>
       <c r="G616">
-        <v>1430</v>
+        <v>1465</v>
       </c>
       <c r="H616">
-        <v>15305</v>
+        <v>15401</v>
       </c>
       <c r="I616">
-        <v>6397</v>
+        <v>6753</v>
       </c>
       <c r="J616">
-        <v>974</v>
+        <v>1033</v>
       </c>
       <c r="K616">
-        <v>21747</v>
+        <v>22152</v>
       </c>
       <c r="L616">
-        <v>929</v>
+        <v>1036</v>
       </c>
       <c r="M616">
-        <v>22676</v>
+        <v>23188</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
-        <v>941</v>
+        <v>940</v>
       </c>
       <c r="C617">
-        <v>316</v>
+        <v>339</v>
       </c>
       <c r="D617">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="E617">
-        <v>1142</v>
+        <v>1131</v>
       </c>
       <c r="F617">
-        <v>247</v>
+        <v>284</v>
       </c>
       <c r="G617">
-        <v>1389</v>
+        <v>1415</v>
       </c>
       <c r="H617">
-        <v>15249</v>
+        <v>15122</v>
       </c>
       <c r="I617">
-        <v>5792</v>
+        <v>6154</v>
       </c>
       <c r="J617">
-        <v>945</v>
+        <v>1004</v>
       </c>
       <c r="K617">
-        <v>21083</v>
+        <v>21217</v>
       </c>
       <c r="L617">
-        <v>903</v>
+        <v>1064</v>
       </c>
       <c r="M617">
-        <v>21986</v>
+        <v>22280</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="C618">
-        <v>288</v>
+        <v>308</v>
       </c>
       <c r="D618">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="E618">
-        <v>1140</v>
+        <v>1118</v>
       </c>
       <c r="F618">
-        <v>226</v>
+        <v>276</v>
       </c>
       <c r="G618">
-        <v>1366</v>
+        <v>1394</v>
       </c>
       <c r="H618">
-        <v>15543</v>
+        <v>15617</v>
       </c>
       <c r="I618">
-        <v>5279</v>
+        <v>5591</v>
       </c>
       <c r="J618">
-        <v>895</v>
+        <v>945</v>
       </c>
       <c r="K618">
-        <v>20877</v>
+        <v>21113</v>
       </c>
       <c r="L618">
-        <v>841</v>
+        <v>1041</v>
       </c>
       <c r="M618">
-        <v>21717</v>
+        <v>22153</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
-        <v>888</v>
+        <v>904</v>
       </c>
       <c r="C619">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="D619">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E619">
-        <v>1123</v>
+        <v>1120</v>
       </c>
       <c r="F619">
-        <v>227</v>
+        <v>255</v>
       </c>
       <c r="G619">
-        <v>1350</v>
+        <v>1375</v>
       </c>
       <c r="H619">
-        <v>14614</v>
+        <v>14572</v>
       </c>
       <c r="I619">
-        <v>6357</v>
+        <v>6379</v>
       </c>
       <c r="J619">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="K619">
-        <v>21041</v>
+        <v>20992</v>
       </c>
       <c r="L619">
-        <v>902</v>
+        <v>934</v>
       </c>
       <c r="M619">
-        <v>21943</v>
+        <v>21926</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
-        <v>937</v>
+        <v>950</v>
       </c>
       <c r="C620">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="D620">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E620">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="F620">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="G620">
-        <v>1370</v>
+        <v>1392</v>
       </c>
       <c r="H620">
-        <v>15246</v>
+        <v>15226</v>
       </c>
       <c r="I620">
-        <v>5787</v>
+        <v>5858</v>
       </c>
       <c r="J620">
-        <v>967</v>
+        <v>982</v>
       </c>
       <c r="K620">
-        <v>20988</v>
+        <v>21051</v>
       </c>
       <c r="L620">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="M620">
-        <v>21999</v>
+        <v>22066</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>870</v>
       </c>
       <c r="C621">
-        <v>256</v>
+        <v>273</v>
       </c>
       <c r="D621">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E621">
-        <v>997</v>
+        <v>1010</v>
       </c>
       <c r="F621">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="G621">
-        <v>1242</v>
+        <v>1261</v>
       </c>
       <c r="H621">
-        <v>14417</v>
+        <v>14363</v>
       </c>
       <c r="I621">
-        <v>4692</v>
+        <v>4956</v>
       </c>
       <c r="J621">
-        <v>831</v>
+        <v>873</v>
       </c>
       <c r="K621">
-        <v>19008</v>
+        <v>19224</v>
       </c>
       <c r="L621">
-        <v>932</v>
+        <v>967</v>
       </c>
       <c r="M621">
-        <v>19940</v>
+        <v>20191</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
-        <v>950</v>
+        <v>949</v>
       </c>
       <c r="C622">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D622">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="E622">
-        <v>1205</v>
+        <v>1204</v>
       </c>
       <c r="F622">
         <v>247</v>
       </c>
       <c r="G622">
-        <v>1452</v>
+        <v>1451</v>
       </c>
       <c r="H622">
-        <v>16068</v>
+        <v>16053</v>
       </c>
       <c r="I622">
-        <v>6788</v>
+        <v>6810</v>
       </c>
       <c r="J622">
-        <v>974</v>
+        <v>997</v>
       </c>
       <c r="K622">
-        <v>22918</v>
+        <v>22936</v>
       </c>
       <c r="L622">
-        <v>912</v>
+        <v>923</v>
       </c>
       <c r="M622">
-        <v>23830</v>
+        <v>23859</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>817</v>
       </c>
       <c r="C623">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="D623">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E623">
-        <v>958</v>
+        <v>967</v>
       </c>
       <c r="F623">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="G623">
-        <v>1194</v>
+        <v>1206</v>
       </c>
       <c r="H623">
-        <v>13372</v>
+        <v>13338</v>
       </c>
       <c r="I623">
-        <v>4821</v>
+        <v>4974</v>
       </c>
       <c r="J623">
-        <v>816</v>
+        <v>849</v>
       </c>
       <c r="K623">
-        <v>18142</v>
+        <v>18274</v>
       </c>
       <c r="L623">
-        <v>867</v>
+        <v>887</v>
       </c>
       <c r="M623">
-        <v>19008</v>
+        <v>19161</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>855</v>
       </c>
       <c r="C624">
-        <v>261</v>
+        <v>279</v>
       </c>
       <c r="D624">
         <v>117</v>
       </c>
       <c r="E624">
-        <v>1010</v>
+        <v>1022</v>
       </c>
       <c r="F624">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="G624">
-        <v>1233</v>
+        <v>1251</v>
       </c>
       <c r="H624">
-        <v>14101</v>
+        <v>14064</v>
       </c>
       <c r="I624">
-        <v>4960</v>
+        <v>5065</v>
       </c>
       <c r="J624">
-        <v>838</v>
+        <v>864</v>
       </c>
       <c r="K624">
-        <v>19088</v>
+        <v>19149</v>
       </c>
       <c r="L624">
-        <v>810</v>
+        <v>844</v>
       </c>
       <c r="M624">
-        <v>19898</v>
+        <v>19993</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>800</v>
+        <v>811</v>
       </c>
       <c r="C625">
-        <v>260</v>
+        <v>279</v>
       </c>
       <c r="D625">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="E625">
-        <v>990</v>
+        <v>1020</v>
       </c>
       <c r="F625">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="G625">
-        <v>1173</v>
+        <v>1206</v>
       </c>
       <c r="H625">
-        <v>12665</v>
+        <v>13097</v>
       </c>
       <c r="I625">
-        <v>5318</v>
+        <v>5467</v>
       </c>
       <c r="J625">
-        <v>875</v>
+        <v>924</v>
       </c>
       <c r="K625">
-        <v>18095</v>
+        <v>18715</v>
       </c>
       <c r="L625">
-        <v>763</v>
+        <v>773</v>
       </c>
       <c r="M625">
-        <v>18858</v>
+        <v>19488</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="C626">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="D626">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E626">
-        <v>1078</v>
+        <v>1056</v>
       </c>
       <c r="F626">
-        <v>157</v>
+        <v>193</v>
       </c>
       <c r="G626">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="H626">
-        <v>14759</v>
+        <v>14818</v>
       </c>
       <c r="I626">
-        <v>5466</v>
+        <v>5510</v>
       </c>
       <c r="J626">
-        <v>831</v>
+        <v>868</v>
       </c>
       <c r="K626">
-        <v>20487</v>
+        <v>20489</v>
       </c>
       <c r="L626">
-        <v>568</v>
+        <v>707</v>
       </c>
       <c r="M626">
-        <v>21055</v>
+        <v>21196</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="C627">
-        <v>252</v>
+        <v>269</v>
       </c>
       <c r="D627">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="E627">
-        <v>1013</v>
+        <v>1020</v>
       </c>
       <c r="F627">
-        <v>189</v>
+        <v>204</v>
       </c>
       <c r="G627">
-        <v>1202</v>
+        <v>1224</v>
       </c>
       <c r="H627">
-        <v>14444</v>
+        <v>14453</v>
       </c>
       <c r="I627">
-        <v>4619</v>
+        <v>4883</v>
       </c>
       <c r="J627">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="K627">
-        <v>19357</v>
+        <v>19563</v>
       </c>
       <c r="L627">
-        <v>697</v>
+        <v>769</v>
       </c>
       <c r="M627">
-        <v>20054</v>
+        <v>20332</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="C628">
-        <v>236</v>
+        <v>252</v>
       </c>
       <c r="D628">
         <v>122</v>
       </c>
       <c r="E628">
-        <v>1094</v>
+        <v>1109</v>
       </c>
       <c r="F628">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="G628">
-        <v>1303</v>
+        <v>1321</v>
       </c>
       <c r="H628">
-        <v>16139</v>
+        <v>16163</v>
       </c>
       <c r="I628">
-        <v>4719</v>
+        <v>4707</v>
       </c>
       <c r="J628">
-        <v>874</v>
+        <v>901</v>
       </c>
       <c r="K628">
-        <v>20972</v>
+        <v>20991</v>
       </c>
       <c r="L628">
-        <v>760</v>
+        <v>780</v>
       </c>
       <c r="M628">
-        <v>21731</v>
+        <v>21771</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>796</v>
+        <v>833</v>
       </c>
       <c r="C629">
-        <v>272</v>
+        <v>286</v>
       </c>
       <c r="D629">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="E629">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="F629">
-        <v>199</v>
+        <v>251</v>
       </c>
       <c r="G629">
-        <v>1179</v>
+        <v>1235</v>
       </c>
       <c r="H629">
-        <v>13738</v>
+        <v>13815</v>
       </c>
       <c r="I629">
-        <v>5446</v>
+        <v>5540</v>
       </c>
       <c r="J629">
-        <v>795</v>
+        <v>861</v>
       </c>
       <c r="K629">
-        <v>19246</v>
+        <v>19296</v>
       </c>
       <c r="L629">
-        <v>733</v>
+        <v>919</v>
       </c>
       <c r="M629">
-        <v>19979</v>
+        <v>20216</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>810</v>
+        <v>844</v>
       </c>
       <c r="C630">
-        <v>241</v>
+        <v>263</v>
       </c>
       <c r="D630">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="E630">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="F630">
-        <v>223</v>
+        <v>281</v>
       </c>
       <c r="G630">
-        <v>1163</v>
+        <v>1225</v>
       </c>
       <c r="H630">
-        <v>13876</v>
+        <v>13827</v>
       </c>
       <c r="I630">
-        <v>4829</v>
+        <v>5103</v>
       </c>
       <c r="J630">
-        <v>803</v>
+        <v>880</v>
       </c>
       <c r="K630">
-        <v>18700</v>
+        <v>18781</v>
       </c>
       <c r="L630">
-        <v>807</v>
+        <v>1029</v>
       </c>
       <c r="M630">
-        <v>19508</v>
+        <v>19810</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>958</v>
+        <v>952</v>
       </c>
       <c r="C631">
-        <v>222</v>
+        <v>237</v>
       </c>
       <c r="D631">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E631">
-        <v>1058</v>
+        <v>1053</v>
       </c>
       <c r="F631">
-        <v>247</v>
+        <v>260</v>
       </c>
       <c r="G631">
-        <v>1305</v>
+        <v>1313</v>
       </c>
       <c r="H631">
-        <v>15820</v>
+        <v>15686</v>
       </c>
       <c r="I631">
-        <v>4530</v>
+        <v>4656</v>
       </c>
       <c r="J631">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="K631">
-        <v>20406</v>
+        <v>20342</v>
       </c>
       <c r="L631">
-        <v>894</v>
+        <v>952</v>
       </c>
       <c r="M631">
-        <v>21300</v>
+        <v>21294</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>890</v>
+        <v>904</v>
       </c>
       <c r="C632">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="D632">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="E632">
-        <v>1016</v>
+        <v>1023</v>
       </c>
       <c r="F632">
-        <v>203</v>
+        <v>231</v>
       </c>
       <c r="G632">
-        <v>1219</v>
+        <v>1254</v>
       </c>
       <c r="H632">
-        <v>15139</v>
+        <v>15193</v>
       </c>
       <c r="I632">
-        <v>4143</v>
+        <v>4514</v>
       </c>
       <c r="J632">
-        <v>831</v>
+        <v>881</v>
       </c>
       <c r="K632">
-        <v>19378</v>
+        <v>19743</v>
       </c>
       <c r="L632">
-        <v>735</v>
+        <v>846</v>
       </c>
       <c r="M632">
-        <v>20113</v>
+        <v>20589</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C633">
-        <v>280</v>
+        <v>291</v>
       </c>
       <c r="D633">
         <v>112</v>
       </c>
       <c r="E633">
-        <v>1007</v>
+        <v>991</v>
       </c>
       <c r="F633">
-        <v>184</v>
+        <v>212</v>
       </c>
       <c r="G633">
-        <v>1191</v>
+        <v>1203</v>
       </c>
       <c r="H633">
-        <v>13814</v>
+        <v>13763</v>
       </c>
       <c r="I633">
-        <v>5729</v>
+        <v>5978</v>
       </c>
       <c r="J633">
-        <v>802</v>
+        <v>827</v>
       </c>
       <c r="K633">
-        <v>19676</v>
+        <v>19791</v>
       </c>
       <c r="L633">
-        <v>669</v>
+        <v>777</v>
       </c>
       <c r="M633">
-        <v>20345</v>
+        <v>20568</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>961</v>
+        <v>959</v>
       </c>
       <c r="C634">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="D634">
         <v>126</v>
       </c>
       <c r="E634">
-        <v>1125</v>
+        <v>1111</v>
       </c>
       <c r="F634">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="G634">
-        <v>1342</v>
+        <v>1337</v>
       </c>
       <c r="H634">
-        <v>16505</v>
+        <v>16419</v>
       </c>
       <c r="I634">
-        <v>5102</v>
+        <v>5011</v>
       </c>
       <c r="J634">
-        <v>902</v>
+        <v>930</v>
       </c>
       <c r="K634">
-        <v>21705</v>
+        <v>21525</v>
       </c>
       <c r="L634">
-        <v>805</v>
+        <v>835</v>
       </c>
       <c r="M634">
-        <v>22509</v>
+        <v>22360</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>772</v>
+        <v>785</v>
       </c>
       <c r="C635">
-        <v>222</v>
+        <v>239</v>
       </c>
       <c r="D635">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="E635">
-        <v>905</v>
+        <v>893</v>
       </c>
       <c r="F635">
-        <v>196</v>
+        <v>242</v>
       </c>
       <c r="G635">
-        <v>1101</v>
+        <v>1135</v>
       </c>
       <c r="H635">
-        <v>12691</v>
+        <v>12658</v>
       </c>
       <c r="I635">
-        <v>4085</v>
+        <v>4339</v>
       </c>
       <c r="J635">
-        <v>768</v>
+        <v>819</v>
       </c>
       <c r="K635">
-        <v>16834</v>
+        <v>16926</v>
       </c>
       <c r="L635">
-        <v>710</v>
+        <v>891</v>
       </c>
       <c r="M635">
-        <v>17543</v>
+        <v>17816</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>778</v>
+        <v>790</v>
       </c>
       <c r="C636">
-        <v>225</v>
+        <v>243</v>
       </c>
       <c r="D636">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E636">
-        <v>943</v>
+        <v>938</v>
       </c>
       <c r="F636">
-        <v>168</v>
+        <v>207</v>
       </c>
       <c r="G636">
-        <v>1111</v>
+        <v>1145</v>
       </c>
       <c r="H636">
-        <v>13144</v>
+        <v>13195</v>
       </c>
       <c r="I636">
-        <v>4124</v>
+        <v>4411</v>
       </c>
       <c r="J636">
-        <v>773</v>
+        <v>827</v>
       </c>
       <c r="K636">
-        <v>17426</v>
+        <v>17663</v>
       </c>
       <c r="L636">
-        <v>615</v>
+        <v>771</v>
       </c>
       <c r="M636">
-        <v>18041</v>
+        <v>18433</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>766</v>
+        <v>772</v>
       </c>
       <c r="C637">
-        <v>265</v>
+        <v>278</v>
       </c>
       <c r="D637">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E637">
-        <v>975</v>
+        <v>961</v>
       </c>
       <c r="F637">
-        <v>162</v>
+        <v>197</v>
       </c>
       <c r="G637">
-        <v>1137</v>
+        <v>1158</v>
       </c>
       <c r="H637">
-        <v>12926</v>
+        <v>13109</v>
       </c>
       <c r="I637">
-        <v>5281</v>
+        <v>5600</v>
       </c>
       <c r="J637">
-        <v>761</v>
+        <v>803</v>
       </c>
       <c r="K637">
-        <v>18382</v>
+        <v>18790</v>
       </c>
       <c r="L637">
-        <v>587</v>
+        <v>722</v>
       </c>
       <c r="M637">
-        <v>18968</v>
+        <v>19512</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="C638">
-        <v>235</v>
+        <v>262</v>
       </c>
       <c r="D638">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="E638">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="F638">
-        <v>160</v>
+        <v>195</v>
       </c>
       <c r="G638">
-        <v>1117</v>
+        <v>1153</v>
       </c>
       <c r="H638">
-        <v>12432</v>
+        <v>12376</v>
       </c>
       <c r="I638">
-        <v>4851</v>
+        <v>5371</v>
       </c>
       <c r="J638">
-        <v>788</v>
+        <v>817</v>
       </c>
       <c r="K638">
-        <v>17492</v>
+        <v>17850</v>
       </c>
       <c r="L638">
-        <v>579</v>
+        <v>714</v>
       </c>
       <c r="M638">
-        <v>18071</v>
+        <v>18564</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>781</v>
+        <v>797</v>
       </c>
       <c r="C639">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="D639">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="E639">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F639">
-        <v>152</v>
+        <v>181</v>
       </c>
       <c r="G639">
-        <v>1117</v>
+        <v>1152</v>
       </c>
       <c r="H639">
-        <v>14210</v>
+        <v>14358</v>
       </c>
       <c r="I639">
-        <v>4887</v>
+        <v>5216</v>
       </c>
       <c r="J639">
-        <v>766</v>
+        <v>819</v>
       </c>
       <c r="K639">
-        <v>19310</v>
+        <v>19730</v>
       </c>
       <c r="L639">
-        <v>553</v>
+        <v>664</v>
       </c>
       <c r="M639">
-        <v>19863</v>
+        <v>20394</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="C640">
-        <v>220</v>
+        <v>255</v>
       </c>
       <c r="D640">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E640">
-        <v>932</v>
+        <v>940</v>
       </c>
       <c r="F640">
-        <v>174</v>
+        <v>205</v>
       </c>
       <c r="G640">
-        <v>1106</v>
+        <v>1145</v>
       </c>
       <c r="H640">
-        <v>12129</v>
+        <v>13547</v>
       </c>
       <c r="I640">
-        <v>4742</v>
+        <v>5306</v>
       </c>
       <c r="J640">
-        <v>793</v>
+        <v>808</v>
       </c>
       <c r="K640">
-        <v>17035</v>
+        <v>18910</v>
       </c>
       <c r="L640">
-        <v>630</v>
+        <v>751</v>
       </c>
       <c r="M640">
-        <v>17665</v>
+        <v>19661</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
+        <v>813</v>
+      </c>
+      <c r="C641">
+        <v>241</v>
+      </c>
+      <c r="D641">
+        <v>110</v>
+      </c>
+      <c r="E641">
+        <v>957</v>
+      </c>
+      <c r="F641">
+        <v>207</v>
+      </c>
+      <c r="G641">
+        <v>1164</v>
+      </c>
+      <c r="H641">
+        <v>15213</v>
+      </c>
+      <c r="I641">
+        <v>4408</v>
+      </c>
+      <c r="J641">
+        <v>814</v>
+      </c>
+      <c r="K641">
+        <v>19677</v>
+      </c>
+      <c r="L641">
         <v>758</v>
       </c>
-      <c r="C641">
-[...28 lines deleted...]
-      </c>
       <c r="M641">
-        <v>18362</v>
+        <v>20435</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>701</v>
+        <v>710</v>
       </c>
       <c r="C642">
-        <v>245</v>
+        <v>264</v>
       </c>
       <c r="D642">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E642">
-        <v>890</v>
+        <v>885</v>
       </c>
       <c r="F642">
-        <v>157</v>
+        <v>192</v>
       </c>
       <c r="G642">
-        <v>1047</v>
+        <v>1077</v>
       </c>
       <c r="H642">
-        <v>11230</v>
+        <v>12604</v>
       </c>
       <c r="I642">
-        <v>4828</v>
+        <v>4793</v>
       </c>
       <c r="J642">
-        <v>777</v>
+        <v>760</v>
       </c>
       <c r="K642">
-        <v>16267</v>
+        <v>17428</v>
       </c>
       <c r="L642">
-        <v>568</v>
+        <v>729</v>
       </c>
       <c r="M642">
-        <v>16835</v>
+        <v>18157</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="C643">
-        <v>250</v>
+        <v>268</v>
       </c>
       <c r="D643">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="E643">
-        <v>845</v>
+        <v>834</v>
       </c>
       <c r="F643">
-        <v>178</v>
+        <v>217</v>
       </c>
       <c r="G643">
-        <v>1023</v>
+        <v>1051</v>
       </c>
       <c r="H643">
-        <v>10526</v>
+        <v>11566</v>
       </c>
       <c r="I643">
-        <v>4825</v>
+        <v>4865</v>
       </c>
       <c r="J643">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="K643">
-        <v>15444</v>
+        <v>16355</v>
       </c>
       <c r="L643">
-        <v>645</v>
+        <v>822</v>
       </c>
       <c r="M643">
-        <v>16089</v>
+        <v>17177</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="C644">
-        <v>268</v>
+        <v>286</v>
       </c>
       <c r="D644">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E644">
-        <v>856</v>
+        <v>845</v>
       </c>
       <c r="F644">
-        <v>169</v>
+        <v>205</v>
       </c>
       <c r="G644">
-        <v>1025</v>
+        <v>1050</v>
       </c>
       <c r="H644">
-        <v>10321</v>
+        <v>10179</v>
       </c>
       <c r="I644">
-        <v>5195</v>
+        <v>5320</v>
       </c>
       <c r="J644">
-        <v>742</v>
+        <v>756</v>
       </c>
       <c r="K644">
-        <v>15646</v>
+        <v>15504</v>
       </c>
       <c r="L644">
-        <v>612</v>
+        <v>751</v>
       </c>
       <c r="M644">
-        <v>16257</v>
+        <v>16255</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="C645">
-        <v>259</v>
+        <v>276</v>
       </c>
       <c r="D645">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="E645">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="F645">
-        <v>157</v>
+        <v>191</v>
       </c>
       <c r="G645">
-        <v>1027</v>
+        <v>1053</v>
       </c>
       <c r="H645">
-        <v>10632</v>
+        <v>10526</v>
       </c>
       <c r="I645">
-        <v>5086</v>
+        <v>5214</v>
       </c>
       <c r="J645">
-        <v>752</v>
+        <v>776</v>
       </c>
       <c r="K645">
-        <v>15901</v>
+        <v>15816</v>
       </c>
       <c r="L645">
-        <v>568</v>
+        <v>700</v>
       </c>
       <c r="M645">
-        <v>16470</v>
+        <v>16516</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>679</v>
+      </c>
+      <c r="C646">
+        <v>285</v>
+      </c>
+      <c r="D646">
+        <v>102</v>
+      </c>
+      <c r="E646">
+        <v>886</v>
+      </c>
+      <c r="F646">
+        <v>180</v>
+      </c>
+      <c r="G646">
+        <v>1066</v>
+      </c>
+      <c r="H646">
+        <v>10684</v>
+      </c>
+      <c r="I646">
+        <v>5441</v>
+      </c>
+      <c r="J646">
+        <v>792</v>
+      </c>
+      <c r="K646">
+        <v>16257</v>
+      </c>
+      <c r="L646">
+        <v>659</v>
+      </c>
+      <c r="M646">
+        <v>16916</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>669</v>
+      </c>
+      <c r="C647">
+        <v>299</v>
+      </c>
+      <c r="D647">
+        <v>102</v>
+      </c>
+      <c r="E647">
+        <v>894</v>
+      </c>
+      <c r="F647">
+        <v>176</v>
+      </c>
+      <c r="G647">
+        <v>1070</v>
+      </c>
+      <c r="H647">
+        <v>10540</v>
+      </c>
+      <c r="I647">
+        <v>5715</v>
+      </c>
+      <c r="J647">
+        <v>793</v>
+      </c>
+      <c r="K647">
+        <v>16403</v>
+      </c>
+      <c r="L647">
+        <v>645</v>
+      </c>
+      <c r="M647">
+        <v>17048</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -28461,1437 +28543,1437 @@
       </c>
       <c r="H54">
         <v>57153</v>
       </c>
       <c r="I54">
         <v>52870</v>
       </c>
       <c r="J54">
         <v>41360</v>
       </c>
       <c r="K54">
         <v>23619</v>
       </c>
       <c r="L54">
         <v>127764</v>
       </c>
       <c r="M54">
         <v>151383</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="7">
         <v>1991</v>
       </c>
       <c r="B55">
-        <v>12961</v>
+        <v>12962</v>
       </c>
       <c r="C55">
-        <v>8290</v>
+        <v>8294</v>
       </c>
       <c r="D55">
         <v>7470</v>
       </c>
       <c r="E55">
-        <v>2669</v>
+        <v>2655</v>
       </c>
       <c r="F55">
-        <v>26052</v>
+        <v>26071</v>
       </c>
       <c r="G55">
-        <v>28721</v>
+        <v>28726</v>
       </c>
       <c r="H55">
-        <v>57430</v>
+        <v>57429</v>
       </c>
       <c r="I55">
-        <v>47011</v>
+        <v>47035</v>
       </c>
       <c r="J55">
-        <v>37367</v>
+        <v>37352</v>
       </c>
       <c r="K55">
-        <v>23823</v>
+        <v>23622</v>
       </c>
       <c r="L55">
-        <v>117984</v>
+        <v>118194</v>
       </c>
       <c r="M55">
-        <v>141807</v>
+        <v>141816</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="7">
         <v>1992</v>
       </c>
       <c r="B56">
-        <v>9955</v>
+        <v>9958</v>
       </c>
       <c r="C56">
-        <v>7734</v>
+        <v>7738</v>
       </c>
       <c r="D56">
         <v>5873</v>
       </c>
       <c r="E56">
         <v>1928</v>
       </c>
       <c r="F56">
-        <v>21634</v>
+        <v>21641</v>
       </c>
       <c r="G56">
-        <v>23562</v>
+        <v>23569</v>
       </c>
       <c r="H56">
-        <v>47521</v>
+        <v>47525</v>
       </c>
       <c r="I56">
-        <v>45227</v>
+        <v>45248</v>
       </c>
       <c r="J56">
-        <v>29667</v>
+        <v>29677</v>
       </c>
       <c r="K56">
-        <v>17650</v>
+        <v>17617</v>
       </c>
       <c r="L56">
-        <v>104765</v>
+        <v>104832</v>
       </c>
       <c r="M56">
-        <v>122415</v>
+        <v>122449</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="7">
         <v>1993</v>
       </c>
       <c r="B57">
-        <v>9508</v>
+        <v>9502</v>
       </c>
       <c r="C57">
-        <v>9517</v>
+        <v>9523</v>
       </c>
       <c r="D57">
-        <v>5851</v>
+        <v>5849</v>
       </c>
       <c r="E57">
-        <v>2232</v>
+        <v>2218</v>
       </c>
       <c r="F57">
-        <v>22644</v>
+        <v>22656</v>
       </c>
       <c r="G57">
-        <v>24876</v>
+        <v>24874</v>
       </c>
       <c r="H57">
-        <v>46702</v>
+        <v>46654</v>
       </c>
       <c r="I57">
-        <v>59017</v>
+        <v>59065</v>
       </c>
       <c r="J57">
-        <v>29805</v>
+        <v>29796</v>
       </c>
       <c r="K57">
-        <v>20337</v>
+        <v>20131</v>
       </c>
       <c r="L57">
-        <v>115188</v>
+        <v>115385</v>
       </c>
       <c r="M57">
-        <v>135524</v>
+        <v>135516</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="7">
         <v>1994</v>
       </c>
       <c r="B58">
-        <v>7820</v>
+        <v>7822</v>
       </c>
       <c r="C58">
-        <v>9558</v>
+        <v>9567</v>
       </c>
       <c r="D58">
-        <v>5129</v>
+        <v>5131</v>
       </c>
       <c r="E58">
-        <v>2260</v>
+        <v>2253</v>
       </c>
       <c r="F58">
-        <v>20247</v>
+        <v>20267</v>
       </c>
       <c r="G58">
-        <v>22507</v>
+        <v>22520</v>
       </c>
       <c r="H58">
-        <v>40519</v>
+        <v>40549</v>
       </c>
       <c r="I58">
-        <v>61043</v>
+        <v>61106</v>
       </c>
       <c r="J58">
-        <v>27545</v>
+        <v>27560</v>
       </c>
       <c r="K58">
-        <v>21846</v>
+        <v>21725</v>
       </c>
       <c r="L58">
-        <v>107261</v>
+        <v>107490</v>
       </c>
       <c r="M58">
-        <v>129107</v>
+        <v>129215</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="7">
         <v>1995</v>
       </c>
       <c r="B59">
-        <v>8634</v>
+        <v>8643</v>
       </c>
       <c r="C59">
-        <v>8453</v>
+        <v>8461</v>
       </c>
       <c r="D59">
-        <v>4941</v>
+        <v>4939</v>
       </c>
       <c r="E59">
-        <v>2508</v>
+        <v>2497</v>
       </c>
       <c r="F59">
-        <v>19520</v>
+        <v>19546</v>
       </c>
       <c r="G59">
-        <v>22028</v>
+        <v>22043</v>
       </c>
       <c r="H59">
-        <v>41911</v>
+        <v>41945</v>
       </c>
       <c r="I59">
-        <v>53471</v>
+        <v>53510</v>
       </c>
       <c r="J59">
-        <v>26637</v>
+        <v>26631</v>
       </c>
       <c r="K59">
-        <v>23213</v>
+        <v>23060</v>
       </c>
       <c r="L59">
-        <v>98806</v>
+        <v>99025</v>
       </c>
       <c r="M59">
-        <v>122020</v>
+        <v>122085</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="7">
         <v>1996</v>
       </c>
       <c r="B60">
-        <v>9340</v>
+        <v>9346</v>
       </c>
       <c r="C60">
-        <v>9287</v>
+        <v>9293</v>
       </c>
       <c r="D60">
-        <v>5155</v>
+        <v>5154</v>
       </c>
       <c r="E60">
-        <v>2726</v>
+        <v>2713</v>
       </c>
       <c r="F60">
-        <v>21056</v>
+        <v>21080</v>
       </c>
       <c r="G60">
-        <v>23782</v>
+        <v>23793</v>
       </c>
       <c r="H60">
-        <v>44073</v>
+        <v>44112</v>
       </c>
       <c r="I60">
-        <v>59603</v>
+        <v>59650</v>
       </c>
       <c r="J60">
-        <v>28454</v>
+        <v>28447</v>
       </c>
       <c r="K60">
-        <v>25625</v>
+        <v>25404</v>
       </c>
       <c r="L60">
-        <v>106504</v>
+        <v>106805</v>
       </c>
       <c r="M60">
-        <v>132129</v>
+        <v>132209</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="7">
         <v>1997</v>
       </c>
       <c r="B61">
-        <v>11177</v>
+        <v>11183</v>
       </c>
       <c r="C61">
-        <v>10712</v>
+        <v>10714</v>
       </c>
       <c r="D61">
-        <v>5591</v>
+        <v>5593</v>
       </c>
       <c r="E61">
-        <v>3269</v>
+        <v>3258</v>
       </c>
       <c r="F61">
-        <v>24211</v>
+        <v>24232</v>
       </c>
       <c r="G61">
-        <v>27480</v>
+        <v>27490</v>
       </c>
       <c r="H61">
-        <v>54170</v>
+        <v>54196</v>
       </c>
       <c r="I61">
-        <v>70067</v>
+        <v>70056</v>
       </c>
       <c r="J61">
-        <v>31698</v>
+        <v>31726</v>
       </c>
       <c r="K61">
-        <v>29208</v>
+        <v>29022</v>
       </c>
       <c r="L61">
-        <v>126727</v>
+        <v>126956</v>
       </c>
       <c r="M61">
-        <v>155935</v>
+        <v>155978</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="7">
         <v>1998</v>
       </c>
       <c r="B62">
-        <v>7545</v>
+        <v>7542</v>
       </c>
       <c r="C62">
-        <v>10404</v>
+        <v>10413</v>
       </c>
       <c r="D62">
         <v>4453</v>
       </c>
       <c r="E62">
-        <v>3004</v>
+        <v>2990</v>
       </c>
       <c r="F62">
-        <v>19398</v>
+        <v>19418</v>
       </c>
       <c r="G62">
-        <v>22402</v>
+        <v>22408</v>
       </c>
       <c r="H62">
-        <v>36366</v>
+        <v>36338</v>
       </c>
       <c r="I62">
-        <v>68231</v>
+        <v>68304</v>
       </c>
       <c r="J62">
-        <v>26465</v>
+        <v>26450</v>
       </c>
       <c r="K62">
-        <v>25584</v>
+        <v>25380</v>
       </c>
       <c r="L62">
-        <v>105477</v>
+        <v>105712</v>
       </c>
       <c r="M62">
-        <v>131061</v>
+        <v>131092</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="7">
         <v>1999</v>
       </c>
       <c r="B63">
-        <v>4723</v>
+        <v>4722</v>
       </c>
       <c r="C63">
-        <v>8561</v>
+        <v>8563</v>
       </c>
       <c r="D63">
         <v>3466</v>
       </c>
       <c r="E63">
-        <v>2016</v>
+        <v>1999</v>
       </c>
       <c r="F63">
-        <v>14734</v>
+        <v>14752</v>
       </c>
       <c r="G63">
-        <v>16750</v>
+        <v>16751</v>
       </c>
       <c r="H63">
-        <v>20717</v>
+        <v>20697</v>
       </c>
       <c r="I63">
-        <v>54672</v>
+        <v>54716</v>
       </c>
       <c r="J63">
-        <v>20025</v>
+        <v>20024</v>
       </c>
       <c r="K63">
-        <v>17560</v>
+        <v>17335</v>
       </c>
       <c r="L63">
-        <v>77854</v>
+        <v>78103</v>
       </c>
       <c r="M63">
-        <v>95414</v>
+        <v>95438</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2000</v>
       </c>
       <c r="B64">
-        <v>7950</v>
+        <v>7953</v>
       </c>
       <c r="C64">
-        <v>11370</v>
+        <v>11375</v>
       </c>
       <c r="D64">
-        <v>3895</v>
+        <v>3896</v>
       </c>
       <c r="E64">
-        <v>2926</v>
+        <v>2913</v>
       </c>
       <c r="F64">
-        <v>20289</v>
+        <v>20311</v>
       </c>
       <c r="G64">
-        <v>23215</v>
+        <v>23224</v>
       </c>
       <c r="H64">
-        <v>34826</v>
+        <v>34853</v>
       </c>
       <c r="I64">
-        <v>75310</v>
+        <v>75333</v>
       </c>
       <c r="J64">
-        <v>22755</v>
+        <v>22770</v>
       </c>
       <c r="K64">
-        <v>24416</v>
+        <v>24218</v>
       </c>
       <c r="L64">
-        <v>108476</v>
+        <v>108738</v>
       </c>
       <c r="M64">
-        <v>132892</v>
+        <v>132957</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="7">
         <v>2001</v>
       </c>
       <c r="B65">
-        <v>8557</v>
+        <v>8559</v>
       </c>
       <c r="C65">
-        <v>14978</v>
+        <v>14986</v>
       </c>
       <c r="D65">
-        <v>4269</v>
+        <v>4268</v>
       </c>
       <c r="E65">
-        <v>3331</v>
+        <v>3313</v>
       </c>
       <c r="F65">
-        <v>24473</v>
+        <v>24500</v>
       </c>
       <c r="G65">
-        <v>27804</v>
+        <v>27813</v>
       </c>
       <c r="H65">
-        <v>40116</v>
+        <v>40146</v>
       </c>
       <c r="I65">
-        <v>100401</v>
+        <v>100439</v>
       </c>
       <c r="J65">
-        <v>23933</v>
+        <v>23927</v>
       </c>
       <c r="K65">
-        <v>29353</v>
+        <v>29062</v>
       </c>
       <c r="L65">
-        <v>135096</v>
+        <v>135450</v>
       </c>
       <c r="M65">
-        <v>164449</v>
+        <v>164511</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="7">
         <v>2002</v>
       </c>
       <c r="B66">
-        <v>6571</v>
+        <v>6570</v>
       </c>
       <c r="C66">
-        <v>12574</v>
+        <v>12577</v>
       </c>
       <c r="D66">
-        <v>3577</v>
+        <v>3576</v>
       </c>
       <c r="E66">
-        <v>2946</v>
+        <v>2933</v>
       </c>
       <c r="F66">
-        <v>19776</v>
+        <v>19790</v>
       </c>
       <c r="G66">
-        <v>22722</v>
+        <v>22723</v>
       </c>
       <c r="H66">
-        <v>28956</v>
+        <v>28938</v>
       </c>
       <c r="I66">
-        <v>85264</v>
+        <v>85277</v>
       </c>
       <c r="J66">
-        <v>20249</v>
+        <v>20245</v>
       </c>
       <c r="K66">
-        <v>24868</v>
+        <v>24632</v>
       </c>
       <c r="L66">
-        <v>109602</v>
+        <v>109829</v>
       </c>
       <c r="M66">
-        <v>134470</v>
+        <v>134461</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="7">
         <v>2003</v>
       </c>
       <c r="B67">
-        <v>7849</v>
+        <v>7842</v>
       </c>
       <c r="C67">
-        <v>15402</v>
+        <v>15412</v>
       </c>
       <c r="D67">
-        <v>3802</v>
+        <v>3803</v>
       </c>
       <c r="E67">
-        <v>3764</v>
+        <v>3756</v>
       </c>
       <c r="F67">
-        <v>23289</v>
+        <v>23301</v>
       </c>
       <c r="G67">
-        <v>27053</v>
+        <v>27057</v>
       </c>
       <c r="H67">
-        <v>36363</v>
+        <v>36313</v>
       </c>
       <c r="I67">
-        <v>105789</v>
+        <v>105876</v>
       </c>
       <c r="J67">
-        <v>21571</v>
+        <v>21585</v>
       </c>
       <c r="K67">
-        <v>31572</v>
+        <v>31422</v>
       </c>
       <c r="L67">
-        <v>132150</v>
+        <v>132353</v>
       </c>
       <c r="M67">
-        <v>163723</v>
+        <v>163774</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="7">
         <v>2004</v>
       </c>
       <c r="B68">
-        <v>8678</v>
+        <v>8672</v>
       </c>
       <c r="C68">
-        <v>17882</v>
+        <v>17886</v>
       </c>
       <c r="D68">
-        <v>3838</v>
+        <v>3841</v>
       </c>
       <c r="E68">
-        <v>4951</v>
+        <v>4942</v>
       </c>
       <c r="F68">
-        <v>25447</v>
+        <v>25457</v>
       </c>
       <c r="G68">
-        <v>30398</v>
+        <v>30399</v>
       </c>
       <c r="H68">
-        <v>40673</v>
+        <v>40638</v>
       </c>
       <c r="I68">
-        <v>125869</v>
+        <v>125900</v>
       </c>
       <c r="J68">
-        <v>22244</v>
+        <v>22260</v>
       </c>
       <c r="K68">
-        <v>42375</v>
+        <v>42223</v>
       </c>
       <c r="L68">
-        <v>146410</v>
+        <v>146574</v>
       </c>
       <c r="M68">
-        <v>188785</v>
+        <v>188797</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="7">
         <v>2005</v>
       </c>
       <c r="B69">
-        <v>10656</v>
+        <v>10653</v>
       </c>
       <c r="C69">
-        <v>21202</v>
+        <v>21220</v>
       </c>
       <c r="D69">
-        <v>4152</v>
+        <v>4150</v>
       </c>
       <c r="E69">
-        <v>5998</v>
+        <v>5996</v>
       </c>
       <c r="F69">
-        <v>30012</v>
+        <v>30027</v>
       </c>
       <c r="G69">
-        <v>36010</v>
+        <v>36023</v>
       </c>
       <c r="H69">
-        <v>49643</v>
+        <v>49614</v>
       </c>
       <c r="I69">
-        <v>148847</v>
+        <v>148968</v>
       </c>
       <c r="J69">
-        <v>22924</v>
+        <v>22901</v>
       </c>
       <c r="K69">
-        <v>53027</v>
+        <v>52965</v>
       </c>
       <c r="L69">
-        <v>168387</v>
+        <v>168518</v>
       </c>
       <c r="M69">
-        <v>221414</v>
+        <v>221483</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="7">
         <v>2006</v>
       </c>
       <c r="B70">
-        <v>13101</v>
+        <v>13094</v>
       </c>
       <c r="C70">
-        <v>25049</v>
+        <v>25057</v>
       </c>
       <c r="D70">
-        <v>4825</v>
+        <v>4828</v>
       </c>
       <c r="E70">
-        <v>7738</v>
+        <v>7724</v>
       </c>
       <c r="F70">
-        <v>35237</v>
+        <v>35255</v>
       </c>
       <c r="G70">
-        <v>42975</v>
+        <v>42979</v>
       </c>
       <c r="H70">
-        <v>61188</v>
+        <v>61151</v>
       </c>
       <c r="I70">
-        <v>176001</v>
+        <v>176031</v>
       </c>
       <c r="J70">
-        <v>25443</v>
+        <v>25466</v>
       </c>
       <c r="K70">
-        <v>67674</v>
+        <v>67437</v>
       </c>
       <c r="L70">
-        <v>194957</v>
+        <v>195210</v>
       </c>
       <c r="M70">
-        <v>262631</v>
+        <v>262648</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="7">
         <v>2007</v>
       </c>
       <c r="B71">
-        <v>13090</v>
+        <v>13080</v>
       </c>
       <c r="C71">
-        <v>26968</v>
+        <v>26981</v>
       </c>
       <c r="D71">
-        <v>4714</v>
+        <v>4713</v>
       </c>
       <c r="E71">
-        <v>10110</v>
+        <v>10104</v>
       </c>
       <c r="F71">
-        <v>34662</v>
+        <v>34670</v>
       </c>
       <c r="G71">
-        <v>44772</v>
+        <v>44774</v>
       </c>
       <c r="H71">
-        <v>62854</v>
+        <v>62785</v>
       </c>
       <c r="I71">
-        <v>197883</v>
+        <v>197958</v>
       </c>
       <c r="J71">
-        <v>25642</v>
+        <v>25629</v>
       </c>
       <c r="K71">
-        <v>90009</v>
+        <v>89898</v>
       </c>
       <c r="L71">
-        <v>196371</v>
+        <v>196474</v>
       </c>
       <c r="M71">
-        <v>286380</v>
+        <v>286372</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="7">
         <v>2008</v>
       </c>
       <c r="B72">
-        <v>16552</v>
+        <v>16540</v>
       </c>
       <c r="C72">
-        <v>27545</v>
+        <v>27562</v>
       </c>
       <c r="D72">
-        <v>5093</v>
+        <v>5094</v>
       </c>
       <c r="E72">
-        <v>12968</v>
+        <v>12964</v>
       </c>
       <c r="F72">
-        <v>36222</v>
+        <v>36232</v>
       </c>
       <c r="G72">
-        <v>49190</v>
+        <v>49196</v>
       </c>
       <c r="H72">
-        <v>80653</v>
+        <v>80561</v>
       </c>
       <c r="I72">
-        <v>213566</v>
+        <v>213704</v>
       </c>
       <c r="J72">
-        <v>26280</v>
+        <v>26278</v>
       </c>
       <c r="K72">
-        <v>121137</v>
+        <v>121056</v>
       </c>
       <c r="L72">
-        <v>199363</v>
+        <v>199487</v>
       </c>
       <c r="M72">
-        <v>320500</v>
+        <v>320543</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="7">
         <v>2009</v>
       </c>
       <c r="B73">
-        <v>11003</v>
+        <v>11007</v>
       </c>
       <c r="C73">
-        <v>15730</v>
+        <v>15733</v>
       </c>
       <c r="D73">
-        <v>3349</v>
+        <v>3348</v>
       </c>
       <c r="E73">
         <v>10014</v>
       </c>
       <c r="F73">
-        <v>20068</v>
+        <v>20074</v>
       </c>
       <c r="G73">
-        <v>30082</v>
+        <v>30088</v>
       </c>
       <c r="H73">
-        <v>56576</v>
+        <v>56602</v>
       </c>
       <c r="I73">
-        <v>131071</v>
+        <v>131091</v>
       </c>
       <c r="J73">
-        <v>17135</v>
+        <v>17129</v>
       </c>
       <c r="K73">
-        <v>99664</v>
+        <v>99651</v>
       </c>
       <c r="L73">
-        <v>105117</v>
+        <v>105173</v>
       </c>
       <c r="M73">
-        <v>204781</v>
+        <v>204823</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="7">
         <v>2010</v>
       </c>
       <c r="B74">
-        <v>15456</v>
+        <v>15458</v>
       </c>
       <c r="C74">
-        <v>14073</v>
+        <v>14078</v>
       </c>
       <c r="D74">
         <v>3863</v>
       </c>
       <c r="E74">
-        <v>12925</v>
+        <v>12922</v>
       </c>
       <c r="F74">
-        <v>20467</v>
+        <v>20477</v>
       </c>
       <c r="G74">
-        <v>33392</v>
+        <v>33399</v>
       </c>
       <c r="H74">
-        <v>93215</v>
+        <v>93224</v>
       </c>
       <c r="I74">
-        <v>130275</v>
+        <v>130325</v>
       </c>
       <c r="J74">
-        <v>19123</v>
+        <v>19122</v>
       </c>
       <c r="K74">
-        <v>137336</v>
+        <v>137283</v>
       </c>
       <c r="L74">
-        <v>105277</v>
+        <v>105387</v>
       </c>
       <c r="M74">
-        <v>242614</v>
+        <v>242670</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="7">
         <v>2011</v>
       </c>
       <c r="B75">
-        <v>21945</v>
+        <v>21942</v>
       </c>
       <c r="C75">
-        <v>12825</v>
+        <v>12830</v>
       </c>
       <c r="D75">
-        <v>3930</v>
+        <v>3933</v>
       </c>
       <c r="E75">
-        <v>17224</v>
+        <v>17225</v>
       </c>
       <c r="F75">
-        <v>21476</v>
+        <v>21480</v>
       </c>
       <c r="G75">
-        <v>38700</v>
+        <v>38705</v>
       </c>
       <c r="H75">
-        <v>154664</v>
+        <v>154642</v>
       </c>
       <c r="I75">
-        <v>135964</v>
+        <v>136014</v>
       </c>
       <c r="J75">
-        <v>18928</v>
+        <v>18941</v>
       </c>
       <c r="K75">
-        <v>197310</v>
+        <v>197323</v>
       </c>
       <c r="L75">
-        <v>112246</v>
+        <v>112274</v>
       </c>
       <c r="M75">
-        <v>309556</v>
+        <v>309597</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="7">
         <v>2012</v>
       </c>
       <c r="B76">
-        <v>27859</v>
+        <v>27858</v>
       </c>
       <c r="C76">
-        <v>10036</v>
+        <v>10043</v>
       </c>
       <c r="D76">
         <v>4352</v>
       </c>
       <c r="E76">
-        <v>19814</v>
+        <v>19815</v>
       </c>
       <c r="F76">
-        <v>22433</v>
+        <v>22438</v>
       </c>
       <c r="G76">
-        <v>42247</v>
+        <v>42253</v>
       </c>
       <c r="H76">
-        <v>218185</v>
+        <v>218149</v>
       </c>
       <c r="I76">
-        <v>111734</v>
+        <v>111814</v>
       </c>
       <c r="J76">
-        <v>20727</v>
+        <v>20710</v>
       </c>
       <c r="K76">
-        <v>233974</v>
+        <v>233983</v>
       </c>
       <c r="L76">
-        <v>116671</v>
+        <v>116690</v>
       </c>
       <c r="M76">
-        <v>350645</v>
+        <v>350673</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="7">
         <v>2013</v>
       </c>
       <c r="B77">
-        <v>28261</v>
+        <v>28257</v>
       </c>
       <c r="C77">
-        <v>8537</v>
+        <v>8545</v>
       </c>
       <c r="D77">
-        <v>3950</v>
+        <v>3951</v>
       </c>
       <c r="E77">
-        <v>20497</v>
+        <v>20496</v>
       </c>
       <c r="F77">
-        <v>20251</v>
+        <v>20257</v>
       </c>
       <c r="G77">
-        <v>40748</v>
+        <v>40753</v>
       </c>
       <c r="H77">
-        <v>234886</v>
+        <v>234838</v>
       </c>
       <c r="I77">
-        <v>100898</v>
+        <v>100959</v>
       </c>
       <c r="J77">
-        <v>19937</v>
+        <v>19939</v>
       </c>
       <c r="K77">
-        <v>254765</v>
+        <v>254730</v>
       </c>
       <c r="L77">
-        <v>100956</v>
+        <v>101005</v>
       </c>
       <c r="M77">
-        <v>355721</v>
+        <v>355736</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="7">
         <v>2014</v>
       </c>
       <c r="B78">
-        <v>29739</v>
+        <v>29747</v>
       </c>
       <c r="C78">
-        <v>7881</v>
+        <v>7884</v>
       </c>
       <c r="D78">
-        <v>4387</v>
+        <v>4390</v>
       </c>
       <c r="E78">
-        <v>22406</v>
+        <v>22408</v>
       </c>
       <c r="F78">
-        <v>19601</v>
+        <v>19613</v>
       </c>
       <c r="G78">
-        <v>42007</v>
+        <v>42021</v>
       </c>
       <c r="H78">
-        <v>266854</v>
+        <v>266880</v>
       </c>
       <c r="I78">
-        <v>97065</v>
+        <v>97112</v>
       </c>
       <c r="J78">
-        <v>23387</v>
+        <v>23405</v>
       </c>
       <c r="K78">
         <v>292763</v>
       </c>
       <c r="L78">
-        <v>94543</v>
+        <v>94635</v>
       </c>
       <c r="M78">
-        <v>387306</v>
+        <v>387398</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="7">
         <v>2015</v>
       </c>
       <c r="B79">
-        <v>17236</v>
+        <v>17229</v>
       </c>
       <c r="C79">
-        <v>5448</v>
+        <v>5455</v>
       </c>
       <c r="D79">
-        <v>2851</v>
+        <v>2854</v>
       </c>
       <c r="E79">
-        <v>16019</v>
+        <v>16023</v>
       </c>
       <c r="F79">
-        <v>9516</v>
+        <v>9515</v>
       </c>
       <c r="G79">
-        <v>25535</v>
+        <v>25538</v>
       </c>
       <c r="H79">
-        <v>176061</v>
+        <v>175965</v>
       </c>
       <c r="I79">
-        <v>72108</v>
+        <v>72214</v>
       </c>
       <c r="J79">
-        <v>16775</v>
+        <v>16811</v>
       </c>
       <c r="K79">
-        <v>221248</v>
+        <v>221309</v>
       </c>
       <c r="L79">
-        <v>43697</v>
+        <v>43680</v>
       </c>
       <c r="M79">
-        <v>264945</v>
+        <v>264989</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="7">
         <v>2016</v>
       </c>
       <c r="B80">
-        <v>8487</v>
+        <v>8492</v>
       </c>
       <c r="C80">
-        <v>3097</v>
+        <v>3098</v>
       </c>
       <c r="D80">
-        <v>1657</v>
+        <v>1654</v>
       </c>
       <c r="E80">
-        <v>9065</v>
+        <v>9064</v>
       </c>
       <c r="F80">
-        <v>4176</v>
+        <v>4180</v>
       </c>
       <c r="G80">
-        <v>13241</v>
+        <v>13244</v>
       </c>
       <c r="H80">
-        <v>97899</v>
+        <v>97893</v>
       </c>
       <c r="I80">
-        <v>43936</v>
+        <v>43952</v>
       </c>
       <c r="J80">
-        <v>9489</v>
+        <v>9498</v>
       </c>
       <c r="K80">
-        <v>134065</v>
+        <v>134032</v>
       </c>
       <c r="L80">
-        <v>17260</v>
+        <v>17311</v>
       </c>
       <c r="M80">
-        <v>151325</v>
+        <v>151342</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="7">
         <v>2017</v>
       </c>
       <c r="B81">
-        <v>11230</v>
+        <v>11224</v>
       </c>
       <c r="C81">
-        <v>4120</v>
+        <v>4132</v>
       </c>
       <c r="D81">
-        <v>1978</v>
+        <v>1977</v>
       </c>
       <c r="E81">
-        <v>12654</v>
+        <v>12657</v>
       </c>
       <c r="F81">
-        <v>4674</v>
+        <v>4676</v>
       </c>
       <c r="G81">
-        <v>17328</v>
+        <v>17333</v>
       </c>
       <c r="H81">
-        <v>138338</v>
+        <v>138167</v>
       </c>
       <c r="I81">
-        <v>61891</v>
+        <v>62109</v>
       </c>
       <c r="J81">
-        <v>13064</v>
+        <v>13041</v>
       </c>
       <c r="K81">
-        <v>193690</v>
+        <v>193712</v>
       </c>
       <c r="L81">
-        <v>19603</v>
+        <v>19604</v>
       </c>
       <c r="M81">
-        <v>213293</v>
+        <v>213316</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="7">
         <v>2018</v>
       </c>
       <c r="B82">
-        <v>14469</v>
+        <v>14450</v>
       </c>
       <c r="C82">
-        <v>4971</v>
+        <v>4992</v>
       </c>
       <c r="D82">
         <v>2099</v>
       </c>
       <c r="E82">
-        <v>16566</v>
+        <v>16564</v>
       </c>
       <c r="F82">
-        <v>4973</v>
+        <v>4977</v>
       </c>
       <c r="G82">
-        <v>21539</v>
+        <v>21541</v>
       </c>
       <c r="H82">
-        <v>187314</v>
+        <v>186912</v>
       </c>
       <c r="I82">
-        <v>78796</v>
+        <v>79222</v>
       </c>
       <c r="J82">
-        <v>14278</v>
+        <v>14252</v>
       </c>
       <c r="K82">
-        <v>261162</v>
+        <v>261143</v>
       </c>
       <c r="L82">
-        <v>19226</v>
+        <v>19244</v>
       </c>
       <c r="M82">
-        <v>280389</v>
+        <v>280387</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="7">
         <v>2019</v>
       </c>
       <c r="B83">
-        <v>13921</v>
+        <v>13906</v>
       </c>
       <c r="C83">
-        <v>4366</v>
+        <v>4386</v>
       </c>
       <c r="D83">
-        <v>1943</v>
+        <v>1942</v>
       </c>
       <c r="E83">
-        <v>15910</v>
+        <v>15914</v>
       </c>
       <c r="F83">
         <v>4320</v>
       </c>
       <c r="G83">
-        <v>20230</v>
+        <v>20234</v>
       </c>
       <c r="H83">
-        <v>190353</v>
+        <v>190029</v>
       </c>
       <c r="I83">
-        <v>73231</v>
+        <v>73589</v>
       </c>
       <c r="J83">
-        <v>13969</v>
+        <v>13967</v>
       </c>
       <c r="K83">
-        <v>260498</v>
+        <v>260515</v>
       </c>
       <c r="L83">
-        <v>17055</v>
+        <v>17070</v>
       </c>
       <c r="M83">
-        <v>277553</v>
+        <v>277585</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="7">
         <v>2020</v>
       </c>
       <c r="B84">
-        <v>7167</v>
+        <v>7168</v>
       </c>
       <c r="C84">
-        <v>2618</v>
+        <v>2620</v>
       </c>
       <c r="D84">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="E84">
         <v>8927</v>
       </c>
       <c r="F84">
-        <v>1954</v>
+        <v>1959</v>
       </c>
       <c r="G84">
-        <v>10881</v>
+        <v>10886</v>
       </c>
       <c r="H84">
-        <v>106555</v>
+        <v>106579</v>
       </c>
       <c r="I84">
-        <v>47820</v>
+        <v>47854</v>
       </c>
       <c r="J84">
-        <v>8492</v>
+        <v>8512</v>
       </c>
       <c r="K84">
-        <v>155567</v>
+        <v>155608</v>
       </c>
       <c r="L84">
-        <v>7300</v>
+        <v>7337</v>
       </c>
       <c r="M84">
-        <v>162867</v>
+        <v>162945</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="7">
         <v>2021</v>
       </c>
       <c r="B85">
-        <v>9043</v>
+        <v>9041</v>
       </c>
       <c r="C85">
-        <v>2995</v>
+        <v>2996</v>
       </c>
       <c r="D85">
         <v>1396</v>
       </c>
       <c r="E85">
         <v>10439</v>
       </c>
       <c r="F85">
-        <v>2995</v>
+        <v>2994</v>
       </c>
       <c r="G85">
-        <v>13434</v>
+        <v>13433</v>
       </c>
       <c r="H85">
-        <v>131623</v>
+        <v>131603</v>
       </c>
       <c r="I85">
-        <v>55156</v>
+        <v>55160</v>
       </c>
       <c r="J85">
-        <v>9345</v>
+        <v>9332</v>
       </c>
       <c r="K85">
-        <v>185009</v>
+        <v>184981</v>
       </c>
       <c r="L85">
-        <v>11114</v>
+        <v>11113</v>
       </c>
       <c r="M85">
-        <v>196123</v>
+        <v>196094</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="7">
         <v>2022</v>
       </c>
       <c r="B86">
-        <v>11017</v>
+        <v>10944</v>
       </c>
       <c r="C86">
-        <v>3913</v>
+        <v>3954</v>
       </c>
       <c r="D86">
-        <v>1591</v>
+        <v>1612</v>
       </c>
       <c r="E86">
-        <v>12777</v>
+        <v>12693</v>
       </c>
       <c r="F86">
-        <v>3744</v>
+        <v>3817</v>
       </c>
       <c r="G86">
-        <v>16521</v>
+        <v>16510</v>
       </c>
       <c r="H86">
-        <v>162917</v>
+        <v>162020</v>
       </c>
       <c r="I86">
-        <v>71804</v>
+        <v>72032</v>
       </c>
       <c r="J86">
-        <v>11867</v>
+        <v>11852</v>
       </c>
       <c r="K86">
-        <v>232578</v>
+        <v>231553</v>
       </c>
       <c r="L86">
-        <v>14009</v>
+        <v>14352</v>
       </c>
       <c r="M86">
-        <v>246587</v>
+        <v>245904</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
-        <v>11057</v>
+        <v>11127</v>
       </c>
       <c r="C87">
-        <v>3754</v>
+        <v>3953</v>
       </c>
       <c r="D87">
-        <v>1553</v>
+        <v>1580</v>
       </c>
       <c r="E87">
-        <v>13418</v>
+        <v>13441</v>
       </c>
       <c r="F87">
-        <v>2946</v>
+        <v>3219</v>
       </c>
       <c r="G87">
-        <v>16364</v>
+        <v>16660</v>
       </c>
       <c r="H87">
-        <v>178739</v>
+        <v>178853</v>
       </c>
       <c r="I87">
-        <v>70717</v>
+        <v>73037</v>
       </c>
       <c r="J87">
-        <v>11422</v>
+        <v>11802</v>
       </c>
       <c r="K87">
-        <v>249647</v>
+        <v>251643</v>
       </c>
       <c r="L87">
-        <v>11231</v>
+        <v>12049</v>
       </c>
       <c r="M87">
-        <v>260878</v>
+        <v>263692</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>10187</v>
+        <v>10313</v>
       </c>
       <c r="C88">
-        <v>2956</v>
+        <v>3125</v>
       </c>
       <c r="D88">
-        <v>1381</v>
+        <v>1409</v>
       </c>
       <c r="E88">
-        <v>12149</v>
+        <v>12142</v>
       </c>
       <c r="F88">
-        <v>2375</v>
+        <v>2705</v>
       </c>
       <c r="G88">
-        <v>14524</v>
+        <v>14847</v>
       </c>
       <c r="H88">
-        <v>172734</v>
+        <v>173088</v>
       </c>
       <c r="I88">
-        <v>58109</v>
+        <v>60120</v>
       </c>
       <c r="J88">
-        <v>10194</v>
+        <v>10665</v>
       </c>
       <c r="K88">
-        <v>232280</v>
+        <v>233823</v>
       </c>
       <c r="L88">
-        <v>8757</v>
+        <v>10050</v>
       </c>
       <c r="M88">
-        <v>241037</v>
+        <v>243873</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>