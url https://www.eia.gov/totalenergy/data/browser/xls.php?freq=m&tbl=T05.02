--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 5.2 Crude Oil and Natural Gas Exploratory and Development Wells</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Wells Drilled, Crude Oil</t>
   </si>
   <si>
     <t>Wells Drilled, Natural Gas</t>
   </si>
   <si>
     <t>Wells Drilled, Dry</t>
   </si>
   <si>
     <t>Crude Oil, Natural Gas, and Dry Wells Drilled, Horizontal and Directional Trajectory</t>
   </si>
   <si>
     <t>Crude Oil, Natural Gas, and Dry Wells Drilled, Vertical Trajectory</t>
   </si>
   <si>
     <t>Crude Oil, Natural Gas, and Dry Wells Drilled, Total</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z647"/>
+  <dimension ref="A1:Z648"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A647"/>
+      <selection activeCell="A13" sqref="A13:A648"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="89.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="20.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="90.978" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="106.974" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="87.836" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -9487,122 +9487,122 @@
       </c>
       <c r="I228">
         <v>4479</v>
       </c>
       <c r="J228">
         <v>3831</v>
       </c>
       <c r="K228">
         <v>2368</v>
       </c>
       <c r="L228">
         <v>11528</v>
       </c>
       <c r="M228">
         <v>13896</v>
       </c>
     </row>
     <row r="229" spans="1:26">
       <c r="A229" s="6">
         <v>33239.0</v>
       </c>
       <c r="B229">
         <v>1310</v>
       </c>
       <c r="C229">
-        <v>775</v>
+        <v>774</v>
       </c>
       <c r="D229">
         <v>566</v>
       </c>
       <c r="E229">
         <v>281</v>
       </c>
       <c r="F229">
-        <v>2370</v>
+        <v>2369</v>
       </c>
       <c r="G229">
-        <v>2651</v>
+        <v>2650</v>
       </c>
       <c r="H229">
         <v>5902</v>
       </c>
       <c r="I229">
-        <v>4118</v>
+        <v>4108</v>
       </c>
       <c r="J229">
         <v>3076</v>
       </c>
       <c r="K229">
         <v>2478</v>
       </c>
       <c r="L229">
-        <v>10618</v>
+        <v>10608</v>
       </c>
       <c r="M229">
-        <v>13096</v>
+        <v>13086</v>
       </c>
     </row>
     <row r="230" spans="1:26">
       <c r="A230" s="6">
         <v>33270.0</v>
       </c>
       <c r="B230">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="C230">
         <v>682</v>
       </c>
       <c r="D230">
         <v>600</v>
       </c>
       <c r="E230">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F230">
         <v>2289</v>
       </c>
       <c r="G230">
-        <v>2513</v>
+        <v>2514</v>
       </c>
       <c r="H230">
-        <v>5455</v>
+        <v>5456</v>
       </c>
       <c r="I230">
         <v>3876</v>
       </c>
       <c r="J230">
         <v>3112</v>
       </c>
       <c r="K230">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="L230">
         <v>10469</v>
       </c>
       <c r="M230">
-        <v>12443</v>
+        <v>12444</v>
       </c>
     </row>
     <row r="231" spans="1:26">
       <c r="A231" s="6">
         <v>33298.0</v>
       </c>
       <c r="B231">
         <v>1235</v>
       </c>
       <c r="C231">
         <v>653</v>
       </c>
       <c r="D231">
         <v>617</v>
       </c>
       <c r="E231">
         <v>262</v>
       </c>
       <c r="F231">
         <v>2243</v>
       </c>
       <c r="G231">
         <v>2505</v>
       </c>
       <c r="H231">
@@ -9616,321 +9616,321 @@
       </c>
       <c r="K231">
         <v>2453</v>
       </c>
       <c r="L231">
         <v>10281</v>
       </c>
       <c r="M231">
         <v>12733</v>
       </c>
     </row>
     <row r="232" spans="1:26">
       <c r="A232" s="6">
         <v>33329.0</v>
       </c>
       <c r="B232">
         <v>1185</v>
       </c>
       <c r="C232">
         <v>630</v>
       </c>
       <c r="D232">
         <v>630</v>
       </c>
       <c r="E232">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F232">
-        <v>2213</v>
+        <v>2212</v>
       </c>
       <c r="G232">
         <v>2445</v>
       </c>
       <c r="H232">
         <v>5350</v>
       </c>
       <c r="I232">
         <v>3810</v>
       </c>
       <c r="J232">
         <v>3237</v>
       </c>
       <c r="K232">
-        <v>2074</v>
+        <v>2082</v>
       </c>
       <c r="L232">
-        <v>10322</v>
+        <v>10315</v>
       </c>
       <c r="M232">
         <v>12397</v>
       </c>
     </row>
     <row r="233" spans="1:26">
       <c r="A233" s="6">
         <v>33359.0</v>
       </c>
       <c r="B233">
         <v>1127</v>
       </c>
       <c r="C233">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D233">
         <v>593</v>
       </c>
       <c r="E233">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F233">
         <v>2144</v>
       </c>
       <c r="G233">
-        <v>2374</v>
+        <v>2375</v>
       </c>
       <c r="H233">
         <v>4921</v>
       </c>
       <c r="I233">
-        <v>3601</v>
+        <v>3618</v>
       </c>
       <c r="J233">
         <v>2812</v>
       </c>
       <c r="K233">
-        <v>1922</v>
+        <v>1939</v>
       </c>
       <c r="L233">
         <v>9411</v>
       </c>
       <c r="M233">
-        <v>11334</v>
+        <v>11351</v>
       </c>
     </row>
     <row r="234" spans="1:26">
       <c r="A234" s="6">
         <v>33390.0</v>
       </c>
       <c r="B234">
         <v>971</v>
       </c>
       <c r="C234">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="D234">
         <v>640</v>
       </c>
       <c r="E234">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="F234">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="G234">
-        <v>2263</v>
+        <v>2261</v>
       </c>
       <c r="H234">
         <v>4391</v>
       </c>
       <c r="I234">
-        <v>3908</v>
+        <v>3888</v>
       </c>
       <c r="J234">
         <v>3101</v>
       </c>
       <c r="K234">
-        <v>2109</v>
+        <v>2092</v>
       </c>
       <c r="L234">
-        <v>9291</v>
+        <v>9288</v>
       </c>
       <c r="M234">
-        <v>11400</v>
+        <v>11380</v>
       </c>
     </row>
     <row r="235" spans="1:26">
       <c r="A235" s="6">
         <v>33420.0</v>
       </c>
       <c r="B235">
         <v>1032</v>
       </c>
       <c r="C235">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D235">
         <v>712</v>
       </c>
       <c r="E235">
         <v>223</v>
       </c>
       <c r="F235">
-        <v>2218</v>
+        <v>2219</v>
       </c>
       <c r="G235">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="H235">
         <v>4600</v>
       </c>
       <c r="I235">
-        <v>3908</v>
+        <v>3910</v>
       </c>
       <c r="J235">
         <v>3451</v>
       </c>
       <c r="K235">
         <v>2040</v>
       </c>
       <c r="L235">
-        <v>9918</v>
+        <v>9921</v>
       </c>
       <c r="M235">
-        <v>11959</v>
+        <v>11962</v>
       </c>
     </row>
     <row r="236" spans="1:26">
       <c r="A236" s="6">
         <v>33451.0</v>
       </c>
       <c r="B236">
         <v>1079</v>
       </c>
       <c r="C236">
         <v>752</v>
       </c>
       <c r="D236">
         <v>641</v>
       </c>
       <c r="E236">
         <v>229</v>
       </c>
       <c r="F236">
         <v>2243</v>
       </c>
       <c r="G236">
         <v>2472</v>
       </c>
       <c r="H236">
         <v>4680</v>
       </c>
       <c r="I236">
         <v>4174</v>
       </c>
       <c r="J236">
         <v>3183</v>
       </c>
       <c r="K236">
         <v>2079</v>
       </c>
       <c r="L236">
         <v>9958</v>
       </c>
       <c r="M236">
         <v>12037</v>
       </c>
     </row>
     <row r="237" spans="1:26">
       <c r="A237" s="6">
         <v>33482.0</v>
       </c>
       <c r="B237">
-        <v>942</v>
+        <v>941</v>
       </c>
       <c r="C237">
         <v>696</v>
       </c>
       <c r="D237">
         <v>597</v>
       </c>
       <c r="E237">
         <v>176</v>
       </c>
       <c r="F237">
-        <v>2059</v>
+        <v>2058</v>
       </c>
       <c r="G237">
-        <v>2235</v>
+        <v>2234</v>
       </c>
       <c r="H237">
-        <v>3997</v>
+        <v>3992</v>
       </c>
       <c r="I237">
         <v>3691</v>
       </c>
       <c r="J237">
         <v>2987</v>
       </c>
       <c r="K237">
         <v>1464</v>
       </c>
       <c r="L237">
-        <v>9212</v>
+        <v>9207</v>
       </c>
       <c r="M237">
-        <v>10675</v>
+        <v>10671</v>
       </c>
     </row>
     <row r="238" spans="1:26">
       <c r="A238" s="6">
         <v>33512.0</v>
       </c>
       <c r="B238">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="C238">
         <v>764</v>
       </c>
       <c r="D238">
         <v>672</v>
       </c>
       <c r="E238">
         <v>185</v>
       </c>
       <c r="F238">
-        <v>2340</v>
+        <v>2342</v>
       </c>
       <c r="G238">
-        <v>2525</v>
+        <v>2527</v>
       </c>
       <c r="H238">
-        <v>4541</v>
+        <v>4548</v>
       </c>
       <c r="I238">
         <v>4117</v>
       </c>
       <c r="J238">
         <v>3361</v>
       </c>
       <c r="K238">
         <v>1674</v>
       </c>
       <c r="L238">
-        <v>10346</v>
+        <v>10352</v>
       </c>
       <c r="M238">
-        <v>12020</v>
+        <v>12026</v>
       </c>
     </row>
     <row r="239" spans="1:26">
       <c r="A239" s="6">
         <v>33543.0</v>
       </c>
       <c r="B239">
         <v>890</v>
       </c>
       <c r="C239">
         <v>684</v>
       </c>
       <c r="D239">
         <v>612</v>
       </c>
       <c r="E239">
         <v>179</v>
       </c>
       <c r="F239">
         <v>2007</v>
       </c>
       <c r="G239">
         <v>2186</v>
       </c>
       <c r="H239">
@@ -10017,166 +10017,166 @@
       </c>
       <c r="H241">
         <v>4417</v>
       </c>
       <c r="I241">
         <v>3340</v>
       </c>
       <c r="J241">
         <v>2412</v>
       </c>
       <c r="K241">
         <v>1537</v>
       </c>
       <c r="L241">
         <v>8631</v>
       </c>
       <c r="M241">
         <v>10169</v>
       </c>
     </row>
     <row r="242" spans="1:26">
       <c r="A242" s="6">
         <v>33635.0</v>
       </c>
       <c r="B242">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C242">
         <v>507</v>
       </c>
       <c r="D242">
         <v>390</v>
       </c>
       <c r="E242">
         <v>164</v>
       </c>
       <c r="F242">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="G242">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="H242">
-        <v>3387</v>
+        <v>3394</v>
       </c>
       <c r="I242">
         <v>2891</v>
       </c>
       <c r="J242">
         <v>2048</v>
       </c>
       <c r="K242">
         <v>1557</v>
       </c>
       <c r="L242">
-        <v>6769</v>
+        <v>6777</v>
       </c>
       <c r="M242">
-        <v>8326</v>
+        <v>8334</v>
       </c>
     </row>
     <row r="243" spans="1:26">
       <c r="A243" s="6">
         <v>33664.0</v>
       </c>
       <c r="B243">
         <v>822</v>
       </c>
       <c r="C243">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="D243">
         <v>469</v>
       </c>
       <c r="E243">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F243">
         <v>1657</v>
       </c>
       <c r="G243">
-        <v>1796</v>
+        <v>1795</v>
       </c>
       <c r="H243">
         <v>3981</v>
       </c>
       <c r="I243">
-        <v>2984</v>
+        <v>2974</v>
       </c>
       <c r="J243">
         <v>2443</v>
       </c>
       <c r="K243">
-        <v>1291</v>
+        <v>1281</v>
       </c>
       <c r="L243">
         <v>8117</v>
       </c>
       <c r="M243">
-        <v>9408</v>
+        <v>9397</v>
       </c>
     </row>
     <row r="244" spans="1:26">
       <c r="A244" s="6">
         <v>33695.0</v>
       </c>
       <c r="B244">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="C244">
         <v>444</v>
       </c>
       <c r="D244">
         <v>483</v>
       </c>
       <c r="E244">
         <v>142</v>
       </c>
       <c r="F244">
-        <v>1534</v>
+        <v>1533</v>
       </c>
       <c r="G244">
-        <v>1676</v>
+        <v>1675</v>
       </c>
       <c r="H244">
-        <v>3592</v>
+        <v>3585</v>
       </c>
       <c r="I244">
         <v>2790</v>
       </c>
       <c r="J244">
         <v>2476</v>
       </c>
       <c r="K244">
         <v>1436</v>
       </c>
       <c r="L244">
-        <v>7422</v>
+        <v>7415</v>
       </c>
       <c r="M244">
-        <v>8858</v>
+        <v>8850</v>
       </c>
     </row>
     <row r="245" spans="1:26">
       <c r="A245" s="6">
         <v>33725.0</v>
       </c>
       <c r="B245">
         <v>725</v>
       </c>
       <c r="C245">
         <v>466</v>
       </c>
       <c r="D245">
         <v>531</v>
       </c>
       <c r="E245">
         <v>153</v>
       </c>
       <c r="F245">
         <v>1569</v>
       </c>
       <c r="G245">
         <v>1722</v>
       </c>
       <c r="H245">
@@ -10246,60 +10246,60 @@
       <c r="B247">
         <v>850</v>
       </c>
       <c r="C247">
         <v>578</v>
       </c>
       <c r="D247">
         <v>518</v>
       </c>
       <c r="E247">
         <v>149</v>
       </c>
       <c r="F247">
         <v>1797</v>
       </c>
       <c r="G247">
         <v>1946</v>
       </c>
       <c r="H247">
         <v>3973</v>
       </c>
       <c r="I247">
         <v>3346</v>
       </c>
       <c r="J247">
-        <v>2458</v>
+        <v>2460</v>
       </c>
       <c r="K247">
         <v>1398</v>
       </c>
       <c r="L247">
-        <v>8378</v>
+        <v>8381</v>
       </c>
       <c r="M247">
-        <v>9776</v>
+        <v>9779</v>
       </c>
     </row>
     <row r="248" spans="1:26">
       <c r="A248" s="6">
         <v>33817.0</v>
       </c>
       <c r="B248">
         <v>829</v>
       </c>
       <c r="C248">
         <v>662</v>
       </c>
       <c r="D248">
         <v>557</v>
       </c>
       <c r="E248">
         <v>162</v>
       </c>
       <c r="F248">
         <v>1886</v>
       </c>
       <c r="G248">
         <v>2048</v>
       </c>
       <c r="H248">
@@ -10310,365 +10310,365 @@
       </c>
       <c r="J248">
         <v>2709</v>
       </c>
       <c r="K248">
         <v>1470</v>
       </c>
       <c r="L248">
         <v>8777</v>
       </c>
       <c r="M248">
         <v>10247</v>
       </c>
     </row>
     <row r="249" spans="1:26">
       <c r="A249" s="6">
         <v>33848.0</v>
       </c>
       <c r="B249">
         <v>907</v>
       </c>
       <c r="C249">
         <v>698</v>
       </c>
       <c r="D249">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="E249">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F249">
         <v>1965</v>
       </c>
       <c r="G249">
-        <v>2125</v>
+        <v>2124</v>
       </c>
       <c r="H249">
         <v>4253</v>
       </c>
       <c r="I249">
         <v>4066</v>
       </c>
       <c r="J249">
-        <v>2720</v>
+        <v>2719</v>
       </c>
       <c r="K249">
-        <v>1458</v>
+        <v>1445</v>
       </c>
       <c r="L249">
-        <v>9581</v>
+        <v>9593</v>
       </c>
       <c r="M249">
-        <v>11040</v>
+        <v>11038</v>
       </c>
     </row>
     <row r="250" spans="1:26">
       <c r="A250" s="6">
         <v>33878.0</v>
       </c>
       <c r="B250">
         <v>953</v>
       </c>
       <c r="C250">
         <v>936</v>
       </c>
       <c r="D250">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E250">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="F250">
-        <v>2252</v>
+        <v>2254</v>
       </c>
       <c r="G250">
-        <v>2417</v>
+        <v>2418</v>
       </c>
       <c r="H250">
         <v>4185</v>
       </c>
       <c r="I250">
         <v>5285</v>
       </c>
       <c r="J250">
-        <v>2715</v>
+        <v>2716</v>
       </c>
       <c r="K250">
-        <v>1416</v>
+        <v>1406</v>
       </c>
       <c r="L250">
-        <v>10769</v>
+        <v>10780</v>
       </c>
       <c r="M250">
-        <v>12185</v>
+        <v>12186</v>
       </c>
     </row>
     <row r="251" spans="1:26">
       <c r="A251" s="6">
         <v>33909.0</v>
       </c>
       <c r="B251">
         <v>829</v>
       </c>
       <c r="C251">
         <v>879</v>
       </c>
       <c r="D251">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="E251">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F251">
         <v>2019</v>
       </c>
       <c r="G251">
-        <v>2198</v>
+        <v>2199</v>
       </c>
       <c r="H251">
         <v>4024</v>
       </c>
       <c r="I251">
         <v>5282</v>
       </c>
       <c r="J251">
-        <v>2511</v>
+        <v>2522</v>
       </c>
       <c r="K251">
-        <v>1483</v>
+        <v>1494</v>
       </c>
       <c r="L251">
         <v>10334</v>
       </c>
       <c r="M251">
-        <v>11817</v>
+        <v>11828</v>
       </c>
     </row>
     <row r="252" spans="1:26">
       <c r="A252" s="6">
         <v>33939.0</v>
       </c>
       <c r="B252">
         <v>950</v>
       </c>
       <c r="C252">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="D252">
         <v>464</v>
       </c>
       <c r="E252">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F252">
         <v>2182</v>
       </c>
       <c r="G252">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="H252">
-        <v>4622</v>
+        <v>4623</v>
       </c>
       <c r="I252">
-        <v>5471</v>
+        <v>5476</v>
       </c>
       <c r="J252">
         <v>2463</v>
       </c>
       <c r="K252">
-        <v>1587</v>
+        <v>1592</v>
       </c>
       <c r="L252">
-        <v>10968</v>
+        <v>10970</v>
       </c>
       <c r="M252">
-        <v>12556</v>
+        <v>12562</v>
       </c>
     </row>
     <row r="253" spans="1:26">
       <c r="A253" s="6">
         <v>33970.0</v>
       </c>
       <c r="B253">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C253">
         <v>972</v>
       </c>
       <c r="D253">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="E253">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F253">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="G253">
         <v>2128</v>
       </c>
       <c r="H253">
-        <v>3711</v>
+        <v>3717</v>
       </c>
       <c r="I253">
         <v>5627</v>
       </c>
       <c r="J253">
-        <v>2071</v>
+        <v>2060</v>
       </c>
       <c r="K253">
-        <v>1372</v>
+        <v>1361</v>
       </c>
       <c r="L253">
-        <v>10037</v>
+        <v>10044</v>
       </c>
       <c r="M253">
-        <v>11409</v>
+        <v>11405</v>
       </c>
     </row>
     <row r="254" spans="1:26">
       <c r="A254" s="6">
         <v>34001.0</v>
       </c>
       <c r="B254">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="C254">
         <v>949</v>
       </c>
       <c r="D254">
         <v>374</v>
       </c>
       <c r="E254">
         <v>148</v>
       </c>
       <c r="F254">
-        <v>1860</v>
+        <v>1859</v>
       </c>
       <c r="G254">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="H254">
-        <v>3354</v>
+        <v>3348</v>
       </c>
       <c r="I254">
         <v>5522</v>
       </c>
       <c r="J254">
         <v>2110</v>
       </c>
       <c r="K254">
         <v>1355</v>
       </c>
       <c r="L254">
-        <v>9631</v>
+        <v>9625</v>
       </c>
       <c r="M254">
-        <v>10986</v>
+        <v>10980</v>
       </c>
     </row>
     <row r="255" spans="1:26">
       <c r="A255" s="6">
         <v>34029.0</v>
       </c>
       <c r="B255">
         <v>752</v>
       </c>
       <c r="C255">
         <v>888</v>
       </c>
       <c r="D255">
         <v>432</v>
       </c>
       <c r="E255">
         <v>161</v>
       </c>
       <c r="F255">
         <v>1911</v>
       </c>
       <c r="G255">
         <v>2072</v>
       </c>
       <c r="H255">
         <v>3499</v>
       </c>
       <c r="I255">
         <v>5727</v>
       </c>
       <c r="J255">
         <v>2186</v>
       </c>
       <c r="K255">
         <v>1553</v>
       </c>
       <c r="L255">
         <v>9859</v>
       </c>
       <c r="M255">
         <v>11412</v>
       </c>
     </row>
     <row r="256" spans="1:26">
       <c r="A256" s="6">
         <v>34060.0</v>
       </c>
       <c r="B256">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="C256">
         <v>595</v>
       </c>
       <c r="D256">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="E256">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F256">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="G256">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="H256">
-        <v>3388</v>
+        <v>3401</v>
       </c>
       <c r="I256">
         <v>4445</v>
       </c>
       <c r="J256">
-        <v>2483</v>
+        <v>2492</v>
       </c>
       <c r="K256">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="L256">
-        <v>8788</v>
+        <v>8802</v>
       </c>
       <c r="M256">
-        <v>10315</v>
+        <v>10339</v>
       </c>
     </row>
     <row r="257" spans="1:26">
       <c r="A257" s="6">
         <v>34090.0</v>
       </c>
       <c r="B257">
         <v>722</v>
       </c>
       <c r="C257">
         <v>675</v>
       </c>
       <c r="D257">
         <v>430</v>
       </c>
       <c r="E257">
         <v>185</v>
       </c>
       <c r="F257">
         <v>1642</v>
       </c>
       <c r="G257">
         <v>1827</v>
       </c>
       <c r="H257">
@@ -10679,78 +10679,78 @@
       </c>
       <c r="J257">
         <v>2252</v>
       </c>
       <c r="K257">
         <v>1680</v>
       </c>
       <c r="L257">
         <v>8470</v>
       </c>
       <c r="M257">
         <v>10150</v>
       </c>
     </row>
     <row r="258" spans="1:26">
       <c r="A258" s="6">
         <v>34121.0</v>
       </c>
       <c r="B258">
         <v>799</v>
       </c>
       <c r="C258">
         <v>680</v>
       </c>
       <c r="D258">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E258">
         <v>189</v>
       </c>
       <c r="F258">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="G258">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="H258">
         <v>4113</v>
       </c>
       <c r="I258">
         <v>4187</v>
       </c>
       <c r="J258">
-        <v>2241</v>
+        <v>2251</v>
       </c>
       <c r="K258">
         <v>1697</v>
       </c>
       <c r="L258">
-        <v>8844</v>
+        <v>8854</v>
       </c>
       <c r="M258">
-        <v>10541</v>
+        <v>10551</v>
       </c>
     </row>
     <row r="259" spans="1:26">
       <c r="A259" s="6">
         <v>34151.0</v>
       </c>
       <c r="B259">
         <v>790</v>
       </c>
       <c r="C259">
         <v>632</v>
       </c>
       <c r="D259">
         <v>572</v>
       </c>
       <c r="E259">
         <v>174</v>
       </c>
       <c r="F259">
         <v>1820</v>
       </c>
       <c r="G259">
         <v>1994</v>
       </c>
       <c r="H259">
@@ -10796,166 +10796,166 @@
       </c>
       <c r="H260">
         <v>4017</v>
       </c>
       <c r="I260">
         <v>4484</v>
       </c>
       <c r="J260">
         <v>2628</v>
       </c>
       <c r="K260">
         <v>1664</v>
       </c>
       <c r="L260">
         <v>9464</v>
       </c>
       <c r="M260">
         <v>11128</v>
       </c>
     </row>
     <row r="261" spans="1:26">
       <c r="A261" s="6">
         <v>34213.0</v>
       </c>
       <c r="B261">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C261">
         <v>817</v>
       </c>
       <c r="D261">
         <v>558</v>
       </c>
       <c r="E261">
         <v>215</v>
       </c>
       <c r="F261">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="G261">
-        <v>2243</v>
+        <v>2244</v>
       </c>
       <c r="H261">
-        <v>4090</v>
+        <v>4091</v>
       </c>
       <c r="I261">
         <v>4797</v>
       </c>
       <c r="J261">
         <v>2789</v>
       </c>
       <c r="K261">
         <v>1787</v>
       </c>
       <c r="L261">
-        <v>9889</v>
+        <v>9890</v>
       </c>
       <c r="M261">
-        <v>11676</v>
+        <v>11677</v>
       </c>
     </row>
     <row r="262" spans="1:26">
       <c r="A262" s="6">
         <v>34243.0</v>
       </c>
       <c r="B262">
         <v>899</v>
       </c>
       <c r="C262">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="D262">
         <v>542</v>
       </c>
       <c r="E262">
         <v>203</v>
       </c>
       <c r="F262">
-        <v>2132</v>
+        <v>2131</v>
       </c>
       <c r="G262">
-        <v>2335</v>
+        <v>2334</v>
       </c>
       <c r="H262">
         <v>4526</v>
       </c>
       <c r="I262">
-        <v>5324</v>
+        <v>5319</v>
       </c>
       <c r="J262">
         <v>2604</v>
       </c>
       <c r="K262">
         <v>1806</v>
       </c>
       <c r="L262">
-        <v>10648</v>
+        <v>10643</v>
       </c>
       <c r="M262">
-        <v>12454</v>
+        <v>12449</v>
       </c>
     </row>
     <row r="263" spans="1:26">
       <c r="A263" s="6">
         <v>34274.0</v>
       </c>
       <c r="B263">
         <v>825</v>
       </c>
       <c r="C263">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="D263">
         <v>531</v>
       </c>
       <c r="E263">
         <v>222</v>
       </c>
       <c r="F263">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="G263">
-        <v>2199</v>
+        <v>2201</v>
       </c>
       <c r="H263">
         <v>4427</v>
       </c>
       <c r="I263">
-        <v>5351</v>
+        <v>5364</v>
       </c>
       <c r="J263">
         <v>2737</v>
       </c>
       <c r="K263">
         <v>1970</v>
       </c>
       <c r="L263">
-        <v>10545</v>
+        <v>10558</v>
       </c>
       <c r="M263">
-        <v>12515</v>
+        <v>12528</v>
       </c>
     </row>
     <row r="264" spans="1:26">
       <c r="A264" s="6">
         <v>34304.0</v>
       </c>
       <c r="B264">
         <v>818</v>
       </c>
       <c r="C264">
         <v>836</v>
       </c>
       <c r="D264">
         <v>533</v>
       </c>
       <c r="E264">
         <v>222</v>
       </c>
       <c r="F264">
         <v>1965</v>
       </c>
       <c r="G264">
         <v>2187</v>
       </c>
       <c r="H264">
@@ -11086,447 +11086,447 @@
       </c>
       <c r="I267">
         <v>4851</v>
       </c>
       <c r="J267">
         <v>2170</v>
       </c>
       <c r="K267">
         <v>1768</v>
       </c>
       <c r="L267">
         <v>8762</v>
       </c>
       <c r="M267">
         <v>10531</v>
       </c>
     </row>
     <row r="268" spans="1:26">
       <c r="A268" s="6">
         <v>34425.0</v>
       </c>
       <c r="B268">
         <v>583</v>
       </c>
       <c r="C268">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D268">
         <v>389</v>
       </c>
       <c r="E268">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F268">
         <v>1507</v>
       </c>
       <c r="G268">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="H268">
         <v>3100</v>
       </c>
       <c r="I268">
-        <v>4802</v>
+        <v>4806</v>
       </c>
       <c r="J268">
         <v>1926</v>
       </c>
       <c r="K268">
-        <v>1617</v>
+        <v>1621</v>
       </c>
       <c r="L268">
         <v>8211</v>
       </c>
       <c r="M268">
-        <v>9828</v>
+        <v>9832</v>
       </c>
     </row>
     <row r="269" spans="1:26">
       <c r="A269" s="6">
         <v>34455.0</v>
       </c>
       <c r="B269">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="C269">
         <v>742</v>
       </c>
       <c r="D269">
         <v>388</v>
       </c>
       <c r="E269">
         <v>179</v>
       </c>
       <c r="F269">
-        <v>1540</v>
+        <v>1539</v>
       </c>
       <c r="G269">
-        <v>1719</v>
+        <v>1718</v>
       </c>
       <c r="H269">
-        <v>3185</v>
+        <v>3183</v>
       </c>
       <c r="I269">
         <v>4760</v>
       </c>
       <c r="J269">
         <v>2175</v>
       </c>
       <c r="K269">
         <v>1822</v>
       </c>
       <c r="L269">
-        <v>8298</v>
+        <v>8296</v>
       </c>
       <c r="M269">
-        <v>10120</v>
+        <v>10118</v>
       </c>
     </row>
     <row r="270" spans="1:26">
       <c r="A270" s="6">
         <v>34486.0</v>
       </c>
       <c r="B270">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C270">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D270">
         <v>444</v>
       </c>
       <c r="E270">
         <v>225</v>
       </c>
       <c r="F270">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="G270">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="H270">
-        <v>3259</v>
+        <v>3261</v>
       </c>
       <c r="I270">
-        <v>5072</v>
+        <v>5080</v>
       </c>
       <c r="J270">
         <v>2298</v>
       </c>
       <c r="K270">
         <v>2174</v>
       </c>
       <c r="L270">
-        <v>8454</v>
+        <v>8464</v>
       </c>
       <c r="M270">
-        <v>10629</v>
+        <v>10639</v>
       </c>
     </row>
     <row r="271" spans="1:26">
       <c r="A271" s="6">
         <v>34516.0</v>
       </c>
       <c r="B271">
         <v>572</v>
       </c>
       <c r="C271">
-        <v>824</v>
+        <v>823</v>
       </c>
       <c r="D271">
         <v>440</v>
       </c>
       <c r="E271">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="F271">
         <v>1638</v>
       </c>
       <c r="G271">
-        <v>1836</v>
+        <v>1835</v>
       </c>
       <c r="H271">
         <v>2841</v>
       </c>
       <c r="I271">
-        <v>5219</v>
+        <v>5214</v>
       </c>
       <c r="J271">
         <v>2399</v>
       </c>
       <c r="K271">
-        <v>1908</v>
+        <v>1903</v>
       </c>
       <c r="L271">
         <v>8551</v>
       </c>
       <c r="M271">
-        <v>10458</v>
+        <v>10453</v>
       </c>
     </row>
     <row r="272" spans="1:26">
       <c r="A272" s="6">
         <v>34547.0</v>
       </c>
       <c r="B272">
         <v>680</v>
       </c>
       <c r="C272">
-        <v>863</v>
+        <v>862</v>
       </c>
       <c r="D272">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E272">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="F272">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="G272">
         <v>2069</v>
       </c>
       <c r="H272">
-        <v>3317</v>
+        <v>3309</v>
       </c>
       <c r="I272">
-        <v>5076</v>
+        <v>5068</v>
       </c>
       <c r="J272">
-        <v>2624</v>
+        <v>2629</v>
       </c>
       <c r="K272">
-        <v>1559</v>
+        <v>1547</v>
       </c>
       <c r="L272">
-        <v>9458</v>
+        <v>9459</v>
       </c>
       <c r="M272">
-        <v>11017</v>
+        <v>11006</v>
       </c>
     </row>
     <row r="273" spans="1:26">
       <c r="A273" s="6">
         <v>34578.0</v>
       </c>
       <c r="B273">
         <v>677</v>
       </c>
       <c r="C273">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D273">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="E273">
         <v>198</v>
       </c>
       <c r="F273">
-        <v>1834</v>
+        <v>1833</v>
       </c>
       <c r="G273">
-        <v>2032</v>
+        <v>2031</v>
       </c>
       <c r="H273">
         <v>3094</v>
       </c>
       <c r="I273">
-        <v>5447</v>
+        <v>5452</v>
       </c>
       <c r="J273">
-        <v>2238</v>
+        <v>2228</v>
       </c>
       <c r="K273">
         <v>1845</v>
       </c>
       <c r="L273">
-        <v>8934</v>
+        <v>8929</v>
       </c>
       <c r="M273">
-        <v>10778</v>
+        <v>10774</v>
       </c>
     </row>
     <row r="274" spans="1:26">
       <c r="A274" s="6">
         <v>34608.0</v>
       </c>
       <c r="B274">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="C274">
         <v>938</v>
       </c>
       <c r="D274">
         <v>471</v>
       </c>
       <c r="E274">
         <v>215</v>
       </c>
       <c r="F274">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="G274">
-        <v>2130</v>
+        <v>2131</v>
       </c>
       <c r="H274">
-        <v>3621</v>
+        <v>3623</v>
       </c>
       <c r="I274">
         <v>5782</v>
       </c>
       <c r="J274">
         <v>2542</v>
       </c>
       <c r="K274">
         <v>2070</v>
       </c>
       <c r="L274">
-        <v>9876</v>
+        <v>9877</v>
       </c>
       <c r="M274">
-        <v>11946</v>
+        <v>11947</v>
       </c>
     </row>
     <row r="275" spans="1:26">
       <c r="A275" s="6">
         <v>34639.0</v>
       </c>
       <c r="B275">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C275">
         <v>848</v>
       </c>
       <c r="D275">
         <v>464</v>
       </c>
       <c r="E275">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F275">
         <v>1812</v>
       </c>
       <c r="G275">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="H275">
-        <v>3523</v>
+        <v>3535</v>
       </c>
       <c r="I275">
         <v>5381</v>
       </c>
       <c r="J275">
         <v>2364</v>
       </c>
       <c r="K275">
-        <v>1733</v>
+        <v>1744</v>
       </c>
       <c r="L275">
         <v>9535</v>
       </c>
       <c r="M275">
-        <v>11268</v>
+        <v>11279</v>
       </c>
     </row>
     <row r="276" spans="1:26">
       <c r="A276" s="6">
         <v>34669.0</v>
       </c>
       <c r="B276">
         <v>697</v>
       </c>
       <c r="C276">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="D276">
         <v>469</v>
       </c>
       <c r="E276">
         <v>198</v>
       </c>
       <c r="F276">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="G276">
-        <v>1969</v>
+        <v>1970</v>
       </c>
       <c r="H276">
         <v>3536</v>
       </c>
       <c r="I276">
-        <v>5111</v>
+        <v>5115</v>
       </c>
       <c r="J276">
         <v>2622</v>
       </c>
       <c r="K276">
         <v>1923</v>
       </c>
       <c r="L276">
-        <v>9346</v>
+        <v>9350</v>
       </c>
       <c r="M276">
-        <v>11269</v>
+        <v>11272</v>
       </c>
     </row>
     <row r="277" spans="1:26">
       <c r="A277" s="6">
         <v>34700.0</v>
       </c>
       <c r="B277">
         <v>713</v>
       </c>
       <c r="C277">
         <v>795</v>
       </c>
       <c r="D277">
         <v>386</v>
       </c>
       <c r="E277">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F277">
-        <v>1700</v>
+        <v>1699</v>
       </c>
       <c r="G277">
         <v>1894</v>
       </c>
       <c r="H277">
         <v>3534</v>
       </c>
       <c r="I277">
         <v>5422</v>
       </c>
       <c r="J277">
         <v>2244</v>
       </c>
       <c r="K277">
-        <v>1919</v>
+        <v>1924</v>
       </c>
       <c r="L277">
-        <v>9281</v>
+        <v>9276</v>
       </c>
       <c r="M277">
         <v>11200</v>
       </c>
     </row>
     <row r="278" spans="1:26">
       <c r="A278" s="6">
         <v>34731.0</v>
       </c>
       <c r="B278">
         <v>663</v>
       </c>
       <c r="C278">
         <v>777</v>
       </c>
       <c r="D278">
         <v>376</v>
       </c>
       <c r="E278">
         <v>203</v>
       </c>
       <c r="F278">
         <v>1613</v>
       </c>
       <c r="G278">
@@ -11584,567 +11584,567 @@
       </c>
       <c r="K279">
         <v>1836</v>
       </c>
       <c r="L279">
         <v>8584</v>
       </c>
       <c r="M279">
         <v>10420</v>
       </c>
     </row>
     <row r="280" spans="1:26">
       <c r="A280" s="6">
         <v>34790.0</v>
       </c>
       <c r="B280">
         <v>653</v>
       </c>
       <c r="C280">
         <v>601</v>
       </c>
       <c r="D280">
         <v>361</v>
       </c>
       <c r="E280">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F280">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="G280">
         <v>1615</v>
       </c>
       <c r="H280">
         <v>3145</v>
       </c>
       <c r="I280">
         <v>4056</v>
       </c>
       <c r="J280">
         <v>2030</v>
       </c>
       <c r="K280">
-        <v>1946</v>
+        <v>1935</v>
       </c>
       <c r="L280">
-        <v>7286</v>
+        <v>7296</v>
       </c>
       <c r="M280">
         <v>9232</v>
       </c>
     </row>
     <row r="281" spans="1:26">
       <c r="A281" s="6">
         <v>34820.0</v>
       </c>
       <c r="B281">
         <v>786</v>
       </c>
       <c r="C281">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="D281">
         <v>382</v>
       </c>
       <c r="E281">
         <v>201</v>
       </c>
       <c r="F281">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="G281">
-        <v>1772</v>
+        <v>1774</v>
       </c>
       <c r="H281">
         <v>3528</v>
       </c>
       <c r="I281">
-        <v>4071</v>
+        <v>4083</v>
       </c>
       <c r="J281">
         <v>2153</v>
       </c>
       <c r="K281">
         <v>1683</v>
       </c>
       <c r="L281">
-        <v>8069</v>
+        <v>8081</v>
       </c>
       <c r="M281">
-        <v>9752</v>
+        <v>9764</v>
       </c>
     </row>
     <row r="282" spans="1:26">
       <c r="A282" s="6">
         <v>34851.0</v>
       </c>
       <c r="B282">
         <v>733</v>
       </c>
       <c r="C282">
         <v>575</v>
       </c>
       <c r="D282">
         <v>442</v>
       </c>
       <c r="E282">
         <v>232</v>
       </c>
       <c r="F282">
         <v>1518</v>
       </c>
       <c r="G282">
         <v>1750</v>
       </c>
       <c r="H282">
         <v>3447</v>
       </c>
       <c r="I282">
         <v>3845</v>
       </c>
       <c r="J282">
         <v>2361</v>
       </c>
       <c r="K282">
         <v>1973</v>
       </c>
       <c r="L282">
         <v>7679</v>
       </c>
       <c r="M282">
-        <v>9652</v>
+        <v>9653</v>
       </c>
     </row>
     <row r="283" spans="1:26">
       <c r="A283" s="6">
         <v>34881.0</v>
       </c>
       <c r="B283">
         <v>789</v>
       </c>
       <c r="C283">
         <v>627</v>
       </c>
       <c r="D283">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E283">
         <v>235</v>
       </c>
       <c r="F283">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="G283">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="H283">
         <v>3797</v>
       </c>
       <c r="I283">
         <v>4021</v>
       </c>
       <c r="J283">
-        <v>2399</v>
+        <v>2400</v>
       </c>
       <c r="K283">
         <v>2055</v>
       </c>
       <c r="L283">
-        <v>8161</v>
+        <v>8163</v>
       </c>
       <c r="M283">
-        <v>10216</v>
+        <v>10218</v>
       </c>
     </row>
     <row r="284" spans="1:26">
       <c r="A284" s="6">
         <v>34912.0</v>
       </c>
       <c r="B284">
         <v>769</v>
       </c>
       <c r="C284">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D284">
         <v>427</v>
       </c>
       <c r="E284">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="F284">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="G284">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="H284">
         <v>3740</v>
       </c>
       <c r="I284">
-        <v>4187</v>
+        <v>4195</v>
       </c>
       <c r="J284">
         <v>2205</v>
       </c>
       <c r="K284">
-        <v>1972</v>
+        <v>1962</v>
       </c>
       <c r="L284">
-        <v>8161</v>
+        <v>8179</v>
       </c>
       <c r="M284">
-        <v>10132</v>
+        <v>10140</v>
       </c>
     </row>
     <row r="285" spans="1:26">
       <c r="A285" s="6">
         <v>34943.0</v>
       </c>
       <c r="B285">
         <v>696</v>
       </c>
       <c r="C285">
         <v>835</v>
       </c>
       <c r="D285">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="E285">
         <v>217</v>
       </c>
       <c r="F285">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="G285">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="H285">
         <v>3437</v>
       </c>
       <c r="I285">
         <v>4616</v>
       </c>
       <c r="J285">
-        <v>2432</v>
+        <v>2433</v>
       </c>
       <c r="K285">
         <v>2117</v>
       </c>
       <c r="L285">
-        <v>8368</v>
+        <v>8369</v>
       </c>
       <c r="M285">
-        <v>10485</v>
+        <v>10486</v>
       </c>
     </row>
     <row r="286" spans="1:26">
       <c r="A286" s="6">
         <v>34973.0</v>
       </c>
       <c r="B286">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="C286">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="D286">
         <v>458</v>
       </c>
       <c r="E286">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F286">
         <v>1785</v>
       </c>
       <c r="G286">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="H286">
-        <v>3638</v>
+        <v>3664</v>
       </c>
       <c r="I286">
-        <v>4457</v>
+        <v>4441</v>
       </c>
       <c r="J286">
         <v>2270</v>
       </c>
       <c r="K286">
-        <v>1806</v>
+        <v>1817</v>
       </c>
       <c r="L286">
-        <v>8558</v>
+        <v>8557</v>
       </c>
       <c r="M286">
-        <v>10364</v>
+        <v>10374</v>
       </c>
     </row>
     <row r="287" spans="1:26">
       <c r="A287" s="6">
         <v>35004.0</v>
       </c>
       <c r="B287">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="C287">
         <v>698</v>
       </c>
       <c r="D287">
         <v>437</v>
       </c>
       <c r="E287">
         <v>211</v>
       </c>
       <c r="F287">
-        <v>1607</v>
+        <v>1606</v>
       </c>
       <c r="G287">
-        <v>1818</v>
+        <v>1817</v>
       </c>
       <c r="H287">
-        <v>3429</v>
+        <v>3420</v>
       </c>
       <c r="I287">
         <v>4360</v>
       </c>
       <c r="J287">
         <v>2369</v>
       </c>
       <c r="K287">
         <v>1973</v>
       </c>
       <c r="L287">
-        <v>8184</v>
+        <v>8176</v>
       </c>
       <c r="M287">
-        <v>10157</v>
+        <v>10148</v>
       </c>
     </row>
     <row r="288" spans="1:26">
       <c r="A288" s="6">
         <v>35034.0</v>
       </c>
       <c r="B288">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="C288">
         <v>721</v>
       </c>
       <c r="D288">
         <v>421</v>
       </c>
       <c r="E288">
         <v>201</v>
       </c>
       <c r="F288">
-        <v>1625</v>
+        <v>1624</v>
       </c>
       <c r="G288">
-        <v>1826</v>
+        <v>1825</v>
       </c>
       <c r="H288">
-        <v>3418</v>
+        <v>3412</v>
       </c>
       <c r="I288">
         <v>4484</v>
       </c>
       <c r="J288">
         <v>2191</v>
       </c>
       <c r="K288">
         <v>1808</v>
       </c>
       <c r="L288">
-        <v>8286</v>
+        <v>8279</v>
       </c>
       <c r="M288">
-        <v>10094</v>
+        <v>10088</v>
       </c>
     </row>
     <row r="289" spans="1:26">
       <c r="A289" s="6">
         <v>35065.0</v>
       </c>
       <c r="B289">
         <v>686</v>
       </c>
       <c r="C289">
         <v>752</v>
       </c>
       <c r="D289">
         <v>439</v>
       </c>
       <c r="E289">
         <v>221</v>
       </c>
       <c r="F289">
         <v>1656</v>
       </c>
       <c r="G289">
         <v>1877</v>
       </c>
       <c r="H289">
         <v>3548</v>
       </c>
       <c r="I289">
         <v>4924</v>
       </c>
       <c r="J289">
         <v>2626</v>
       </c>
       <c r="K289">
         <v>2182</v>
       </c>
       <c r="L289">
         <v>8915</v>
       </c>
       <c r="M289">
         <v>11098</v>
       </c>
     </row>
     <row r="290" spans="1:26">
       <c r="A290" s="6">
         <v>35096.0</v>
       </c>
       <c r="B290">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C290">
         <v>697</v>
       </c>
       <c r="D290">
         <v>336</v>
       </c>
       <c r="E290">
         <v>180</v>
       </c>
       <c r="F290">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="G290">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="H290">
-        <v>3213</v>
+        <v>3226</v>
       </c>
       <c r="I290">
         <v>4507</v>
       </c>
       <c r="J290">
         <v>1937</v>
       </c>
       <c r="K290">
         <v>1678</v>
       </c>
       <c r="L290">
-        <v>7979</v>
+        <v>7992</v>
       </c>
       <c r="M290">
-        <v>9656</v>
+        <v>9669</v>
       </c>
     </row>
     <row r="291" spans="1:26">
       <c r="A291" s="6">
         <v>35125.0</v>
       </c>
       <c r="B291">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C291">
         <v>735</v>
       </c>
       <c r="D291">
         <v>375</v>
       </c>
       <c r="E291">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F291">
         <v>1604</v>
       </c>
       <c r="G291">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="H291">
-        <v>3334</v>
+        <v>3349</v>
       </c>
       <c r="I291">
         <v>4630</v>
       </c>
       <c r="J291">
         <v>2300</v>
       </c>
       <c r="K291">
-        <v>1850</v>
+        <v>1866</v>
       </c>
       <c r="L291">
         <v>8414</v>
       </c>
       <c r="M291">
-        <v>10264</v>
+        <v>10279</v>
       </c>
     </row>
     <row r="292" spans="1:26">
       <c r="A292" s="6">
         <v>35156.0</v>
       </c>
       <c r="B292">
         <v>708</v>
       </c>
       <c r="C292">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="D292">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="E292">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="F292">
-        <v>1524</v>
+        <v>1523</v>
       </c>
       <c r="G292">
-        <v>1761</v>
+        <v>1759</v>
       </c>
       <c r="H292">
         <v>3292</v>
       </c>
       <c r="I292">
-        <v>4577</v>
+        <v>4562</v>
       </c>
       <c r="J292">
-        <v>1951</v>
+        <v>1950</v>
       </c>
       <c r="K292">
-        <v>2064</v>
+        <v>2048</v>
       </c>
       <c r="L292">
-        <v>7757</v>
+        <v>7756</v>
       </c>
       <c r="M292">
-        <v>9821</v>
+        <v>9804</v>
       </c>
     </row>
     <row r="293" spans="1:26">
       <c r="A293" s="6">
         <v>35186.0</v>
       </c>
       <c r="B293">
         <v>807</v>
       </c>
       <c r="C293">
         <v>716</v>
       </c>
       <c r="D293">
         <v>445</v>
       </c>
       <c r="E293">
         <v>240</v>
       </c>
       <c r="F293">
         <v>1728</v>
       </c>
       <c r="G293">
         <v>1968</v>
       </c>
       <c r="H293">
@@ -12193,271 +12193,271 @@
       </c>
       <c r="I294">
         <v>4617</v>
       </c>
       <c r="J294">
         <v>2423</v>
       </c>
       <c r="K294">
         <v>2178</v>
       </c>
       <c r="L294">
         <v>8237</v>
       </c>
       <c r="M294">
         <v>10415</v>
       </c>
     </row>
     <row r="295" spans="1:26">
       <c r="A295" s="6">
         <v>35247.0</v>
       </c>
       <c r="B295">
         <v>799</v>
       </c>
       <c r="C295">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D295">
         <v>457</v>
       </c>
       <c r="E295">
         <v>232</v>
       </c>
       <c r="F295">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="G295">
-        <v>2039</v>
+        <v>2040</v>
       </c>
       <c r="H295">
         <v>3698</v>
       </c>
       <c r="I295">
-        <v>4951</v>
+        <v>4959</v>
       </c>
       <c r="J295">
         <v>2463</v>
       </c>
       <c r="K295">
         <v>2200</v>
       </c>
       <c r="L295">
-        <v>8913</v>
+        <v>8921</v>
       </c>
       <c r="M295">
-        <v>11113</v>
+        <v>11121</v>
       </c>
     </row>
     <row r="296" spans="1:26">
       <c r="A296" s="6">
         <v>35278.0</v>
       </c>
       <c r="B296">
         <v>879</v>
       </c>
       <c r="C296">
-        <v>848</v>
+        <v>847</v>
       </c>
       <c r="D296">
         <v>485</v>
       </c>
       <c r="E296">
         <v>242</v>
       </c>
       <c r="F296">
-        <v>1970</v>
+        <v>1969</v>
       </c>
       <c r="G296">
-        <v>2212</v>
+        <v>2211</v>
       </c>
       <c r="H296">
         <v>4170</v>
       </c>
       <c r="I296">
-        <v>5491</v>
+        <v>5482</v>
       </c>
       <c r="J296">
         <v>2549</v>
       </c>
       <c r="K296">
         <v>2395</v>
       </c>
       <c r="L296">
-        <v>9815</v>
+        <v>9807</v>
       </c>
       <c r="M296">
-        <v>12210</v>
+        <v>12202</v>
       </c>
     </row>
     <row r="297" spans="1:26">
       <c r="A297" s="6">
         <v>35309.0</v>
       </c>
       <c r="B297">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C297">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="D297">
         <v>424</v>
       </c>
       <c r="E297">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F297">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="G297">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="H297">
-        <v>3493</v>
+        <v>3501</v>
       </c>
       <c r="I297">
-        <v>4947</v>
+        <v>4958</v>
       </c>
       <c r="J297">
         <v>2329</v>
       </c>
       <c r="K297">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="L297">
-        <v>8759</v>
+        <v>8767</v>
       </c>
       <c r="M297">
-        <v>10770</v>
+        <v>10788</v>
       </c>
     </row>
     <row r="298" spans="1:26">
       <c r="A298" s="6">
         <v>35339.0</v>
       </c>
       <c r="B298">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="C298">
         <v>915</v>
       </c>
       <c r="D298">
         <v>493</v>
       </c>
       <c r="E298">
         <v>228</v>
       </c>
       <c r="F298">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="G298">
-        <v>2307</v>
+        <v>2309</v>
       </c>
       <c r="H298">
-        <v>4161</v>
+        <v>4165</v>
       </c>
       <c r="I298">
         <v>5511</v>
       </c>
       <c r="J298">
         <v>2578</v>
       </c>
       <c r="K298">
         <v>2205</v>
       </c>
       <c r="L298">
-        <v>10044</v>
+        <v>10048</v>
       </c>
       <c r="M298">
-        <v>12250</v>
+        <v>12254</v>
       </c>
     </row>
     <row r="299" spans="1:26">
       <c r="A299" s="6">
         <v>35370.0</v>
       </c>
       <c r="B299">
         <v>860</v>
       </c>
       <c r="C299">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="D299">
         <v>488</v>
       </c>
       <c r="E299">
         <v>226</v>
       </c>
       <c r="F299">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="G299">
-        <v>2202</v>
+        <v>2203</v>
       </c>
       <c r="H299">
-        <v>4189</v>
+        <v>4190</v>
       </c>
       <c r="I299">
-        <v>5355</v>
+        <v>5358</v>
       </c>
       <c r="J299">
         <v>2567</v>
       </c>
       <c r="K299">
         <v>2168</v>
       </c>
       <c r="L299">
-        <v>9943</v>
+        <v>9947</v>
       </c>
       <c r="M299">
-        <v>12111</v>
+        <v>12116</v>
       </c>
     </row>
     <row r="300" spans="1:26">
       <c r="A300" s="6">
         <v>35400.0</v>
       </c>
       <c r="B300">
         <v>857</v>
       </c>
       <c r="C300">
         <v>806</v>
       </c>
       <c r="D300">
         <v>423</v>
       </c>
       <c r="E300">
         <v>250</v>
       </c>
       <c r="F300">
         <v>1836</v>
       </c>
       <c r="G300">
         <v>2086</v>
       </c>
       <c r="H300">
-        <v>3979</v>
+        <v>3980</v>
       </c>
       <c r="I300">
         <v>5274</v>
       </c>
       <c r="J300">
         <v>2352</v>
       </c>
       <c r="K300">
         <v>2323</v>
       </c>
       <c r="L300">
         <v>9283</v>
       </c>
       <c r="M300">
         <v>11606</v>
       </c>
     </row>
     <row r="301" spans="1:26">
       <c r="A301" s="6">
         <v>35431.0</v>
       </c>
       <c r="B301">
         <v>805</v>
       </c>
       <c r="C301">
@@ -12480,573 +12480,573 @@
       </c>
       <c r="I301">
         <v>5563</v>
       </c>
       <c r="J301">
         <v>2281</v>
       </c>
       <c r="K301">
         <v>2153</v>
       </c>
       <c r="L301">
         <v>9570</v>
       </c>
       <c r="M301">
         <v>11723</v>
       </c>
     </row>
     <row r="302" spans="1:26">
       <c r="A302" s="6">
         <v>35462.0</v>
       </c>
       <c r="B302">
         <v>828</v>
       </c>
       <c r="C302">
-        <v>783</v>
+        <v>782</v>
       </c>
       <c r="D302">
         <v>421</v>
       </c>
       <c r="E302">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="F302">
         <v>1812</v>
       </c>
       <c r="G302">
-        <v>2032</v>
+        <v>2031</v>
       </c>
       <c r="H302">
         <v>3945</v>
       </c>
       <c r="I302">
-        <v>5301</v>
+        <v>5286</v>
       </c>
       <c r="J302">
         <v>2468</v>
       </c>
       <c r="K302">
-        <v>2061</v>
+        <v>2045</v>
       </c>
       <c r="L302">
         <v>9653</v>
       </c>
       <c r="M302">
-        <v>11714</v>
+        <v>11699</v>
       </c>
     </row>
     <row r="303" spans="1:26">
       <c r="A303" s="6">
         <v>35490.0</v>
       </c>
       <c r="B303">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C303">
         <v>796</v>
       </c>
       <c r="D303">
         <v>373</v>
       </c>
       <c r="E303">
         <v>252</v>
       </c>
       <c r="F303">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="G303">
-        <v>2048</v>
+        <v>2049</v>
       </c>
       <c r="H303">
-        <v>4282</v>
+        <v>4289</v>
       </c>
       <c r="I303">
         <v>5654</v>
       </c>
       <c r="J303">
         <v>2131</v>
       </c>
       <c r="K303">
         <v>2319</v>
       </c>
       <c r="L303">
-        <v>9748</v>
+        <v>9755</v>
       </c>
       <c r="M303">
-        <v>12067</v>
+        <v>12074</v>
       </c>
     </row>
     <row r="304" spans="1:26">
       <c r="A304" s="6">
         <v>35521.0</v>
       </c>
       <c r="B304">
         <v>907</v>
       </c>
       <c r="C304">
         <v>758</v>
       </c>
       <c r="D304">
         <v>409</v>
       </c>
       <c r="E304">
         <v>258</v>
       </c>
       <c r="F304">
         <v>1816</v>
       </c>
       <c r="G304">
         <v>2074</v>
       </c>
       <c r="H304">
         <v>4353</v>
       </c>
       <c r="I304">
         <v>5553</v>
       </c>
       <c r="J304">
         <v>2245</v>
       </c>
       <c r="K304">
         <v>2349</v>
       </c>
       <c r="L304">
         <v>9802</v>
       </c>
       <c r="M304">
         <v>12151</v>
       </c>
     </row>
     <row r="305" spans="1:26">
       <c r="A305" s="6">
         <v>35551.0</v>
       </c>
       <c r="B305">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="C305">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D305">
         <v>439</v>
       </c>
       <c r="E305">
         <v>281</v>
       </c>
       <c r="F305">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="G305">
-        <v>2249</v>
+        <v>2251</v>
       </c>
       <c r="H305">
-        <v>4770</v>
+        <v>4780</v>
       </c>
       <c r="I305">
-        <v>5375</v>
+        <v>5382</v>
       </c>
       <c r="J305">
         <v>2487</v>
       </c>
       <c r="K305">
         <v>2395</v>
       </c>
       <c r="L305">
-        <v>10237</v>
+        <v>10254</v>
       </c>
       <c r="M305">
-        <v>12632</v>
+        <v>12649</v>
       </c>
     </row>
     <row r="306" spans="1:26">
       <c r="A306" s="6">
         <v>35582.0</v>
       </c>
       <c r="B306">
         <v>1021</v>
       </c>
       <c r="C306">
-        <v>863</v>
+        <v>862</v>
       </c>
       <c r="D306">
         <v>475</v>
       </c>
       <c r="E306">
         <v>296</v>
       </c>
       <c r="F306">
-        <v>2063</v>
+        <v>2062</v>
       </c>
       <c r="G306">
-        <v>2359</v>
+        <v>2358</v>
       </c>
       <c r="H306">
         <v>5045</v>
       </c>
       <c r="I306">
-        <v>5742</v>
+        <v>5734</v>
       </c>
       <c r="J306">
         <v>2780</v>
       </c>
       <c r="K306">
         <v>2495</v>
       </c>
       <c r="L306">
-        <v>11071</v>
+        <v>11064</v>
       </c>
       <c r="M306">
-        <v>13567</v>
+        <v>13559</v>
       </c>
     </row>
     <row r="307" spans="1:26">
       <c r="A307" s="6">
         <v>35612.0</v>
       </c>
       <c r="B307">
         <v>1015</v>
       </c>
       <c r="C307">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D307">
         <v>488</v>
       </c>
       <c r="E307">
         <v>292</v>
       </c>
       <c r="F307">
-        <v>2134</v>
+        <v>2135</v>
       </c>
       <c r="G307">
-        <v>2426</v>
+        <v>2427</v>
       </c>
       <c r="H307">
         <v>4907</v>
       </c>
       <c r="I307">
-        <v>5574</v>
+        <v>5578</v>
       </c>
       <c r="J307">
         <v>2684</v>
       </c>
       <c r="K307">
         <v>2513</v>
       </c>
       <c r="L307">
-        <v>10652</v>
+        <v>10656</v>
       </c>
       <c r="M307">
-        <v>13166</v>
+        <v>13169</v>
       </c>
     </row>
     <row r="308" spans="1:26">
       <c r="A308" s="6">
         <v>35643.0</v>
       </c>
       <c r="B308">
         <v>986</v>
       </c>
       <c r="C308">
         <v>950</v>
       </c>
       <c r="D308">
         <v>499</v>
       </c>
       <c r="E308">
         <v>290</v>
       </c>
       <c r="F308">
         <v>2145</v>
       </c>
       <c r="G308">
         <v>2435</v>
       </c>
       <c r="H308">
         <v>4760</v>
       </c>
       <c r="I308">
-        <v>5891</v>
+        <v>5895</v>
       </c>
       <c r="J308">
         <v>2889</v>
       </c>
       <c r="K308">
         <v>2477</v>
       </c>
       <c r="L308">
-        <v>11064</v>
+        <v>11068</v>
       </c>
       <c r="M308">
-        <v>13541</v>
+        <v>13545</v>
       </c>
     </row>
     <row r="309" spans="1:26">
       <c r="A309" s="6">
         <v>35674.0</v>
       </c>
       <c r="B309">
         <v>994</v>
       </c>
       <c r="C309">
-        <v>1025</v>
+        <v>1023</v>
       </c>
       <c r="D309">
         <v>531</v>
       </c>
       <c r="E309">
         <v>335</v>
       </c>
       <c r="F309">
-        <v>2215</v>
+        <v>2213</v>
       </c>
       <c r="G309">
-        <v>2550</v>
+        <v>2548</v>
       </c>
       <c r="H309">
         <v>4823</v>
       </c>
       <c r="I309">
-        <v>6250</v>
+        <v>6239</v>
       </c>
       <c r="J309">
         <v>2980</v>
       </c>
       <c r="K309">
         <v>2858</v>
       </c>
       <c r="L309">
-        <v>11194</v>
+        <v>11183</v>
       </c>
       <c r="M309">
-        <v>14053</v>
+        <v>14041</v>
       </c>
     </row>
     <row r="310" spans="1:26">
       <c r="A310" s="6">
         <v>35704.0</v>
       </c>
       <c r="B310">
         <v>961</v>
       </c>
       <c r="C310">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="D310">
         <v>574</v>
       </c>
       <c r="E310">
         <v>266</v>
       </c>
       <c r="F310">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="G310">
-        <v>2620</v>
+        <v>2621</v>
       </c>
       <c r="H310">
         <v>4679</v>
       </c>
       <c r="I310">
-        <v>6527</v>
+        <v>6531</v>
       </c>
       <c r="J310">
         <v>3137</v>
       </c>
       <c r="K310">
         <v>2248</v>
       </c>
       <c r="L310">
-        <v>12094</v>
+        <v>12098</v>
       </c>
       <c r="M310">
-        <v>14342</v>
+        <v>14346</v>
       </c>
     </row>
     <row r="311" spans="1:26">
       <c r="A311" s="6">
         <v>35735.0</v>
       </c>
       <c r="B311">
         <v>893</v>
       </c>
       <c r="C311">
         <v>986</v>
       </c>
       <c r="D311">
         <v>487</v>
       </c>
       <c r="E311">
         <v>260</v>
       </c>
       <c r="F311">
         <v>2106</v>
       </c>
       <c r="G311">
         <v>2366</v>
       </c>
       <c r="H311">
         <v>4311</v>
       </c>
       <c r="I311">
         <v>6396</v>
       </c>
       <c r="J311">
         <v>2670</v>
       </c>
       <c r="K311">
         <v>2369</v>
       </c>
       <c r="L311">
         <v>11008</v>
       </c>
       <c r="M311">
         <v>13377</v>
       </c>
     </row>
     <row r="312" spans="1:26">
       <c r="A312" s="6">
         <v>35765.0</v>
       </c>
       <c r="B312">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C312">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D312">
         <v>494</v>
       </c>
       <c r="E312">
         <v>291</v>
       </c>
       <c r="F312">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G312">
-        <v>2290</v>
+        <v>2292</v>
       </c>
       <c r="H312">
-        <v>4443</v>
+        <v>4454</v>
       </c>
       <c r="I312">
-        <v>6231</v>
+        <v>6233</v>
       </c>
       <c r="J312">
         <v>2973</v>
       </c>
       <c r="K312">
         <v>2784</v>
       </c>
       <c r="L312">
-        <v>10862</v>
+        <v>10876</v>
       </c>
       <c r="M312">
-        <v>13647</v>
+        <v>13661</v>
       </c>
     </row>
     <row r="313" spans="1:26">
       <c r="A313" s="6">
         <v>35796.0</v>
       </c>
       <c r="B313">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="C313">
         <v>912</v>
       </c>
       <c r="D313">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="E313">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="F313">
-        <v>1940</v>
+        <v>1939</v>
       </c>
       <c r="G313">
-        <v>2215</v>
+        <v>2213</v>
       </c>
       <c r="H313">
-        <v>4438</v>
+        <v>4427</v>
       </c>
       <c r="I313">
         <v>5985</v>
       </c>
       <c r="J313">
-        <v>2417</v>
+        <v>2401</v>
       </c>
       <c r="K313">
-        <v>2394</v>
+        <v>2377</v>
       </c>
       <c r="L313">
-        <v>10446</v>
+        <v>10435</v>
       </c>
       <c r="M313">
-        <v>12840</v>
+        <v>12812</v>
       </c>
     </row>
     <row r="314" spans="1:26">
       <c r="A314" s="6">
         <v>35827.0</v>
       </c>
       <c r="B314">
         <v>745</v>
       </c>
       <c r="C314">
         <v>791</v>
       </c>
       <c r="D314">
         <v>357</v>
       </c>
       <c r="E314">
         <v>267</v>
       </c>
       <c r="F314">
         <v>1626</v>
       </c>
       <c r="G314">
         <v>1893</v>
       </c>
       <c r="H314">
         <v>4009</v>
       </c>
       <c r="I314">
-        <v>5542</v>
+        <v>5537</v>
       </c>
       <c r="J314">
         <v>2316</v>
       </c>
       <c r="K314">
-        <v>2508</v>
+        <v>2504</v>
       </c>
       <c r="L314">
         <v>9359</v>
       </c>
       <c r="M314">
-        <v>11867</v>
+        <v>11862</v>
       </c>
     </row>
     <row r="315" spans="1:26">
       <c r="A315" s="6">
         <v>35855.0</v>
       </c>
       <c r="B315">
         <v>794</v>
       </c>
       <c r="C315">
         <v>792</v>
       </c>
       <c r="D315">
         <v>363</v>
       </c>
       <c r="E315">
         <v>292</v>
       </c>
       <c r="F315">
         <v>1657</v>
       </c>
       <c r="G315">
         <v>1949</v>
       </c>
       <c r="H315">
@@ -13101,198 +13101,198 @@
       </c>
       <c r="K316">
         <v>2357</v>
       </c>
       <c r="L316">
         <v>9304</v>
       </c>
       <c r="M316">
         <v>11661</v>
       </c>
     </row>
     <row r="317" spans="1:26">
       <c r="A317" s="6">
         <v>35916.0</v>
       </c>
       <c r="B317">
         <v>654</v>
       </c>
       <c r="C317">
         <v>788</v>
       </c>
       <c r="D317">
         <v>448</v>
       </c>
       <c r="E317">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="F317">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="G317">
         <v>1890</v>
       </c>
       <c r="H317">
         <v>3064</v>
       </c>
       <c r="I317">
         <v>5531</v>
       </c>
       <c r="J317">
         <v>2707</v>
       </c>
       <c r="K317">
-        <v>2310</v>
+        <v>2305</v>
       </c>
       <c r="L317">
-        <v>8992</v>
+        <v>8997</v>
       </c>
       <c r="M317">
         <v>11302</v>
       </c>
     </row>
     <row r="318" spans="1:26">
       <c r="A318" s="6">
         <v>35947.0</v>
       </c>
       <c r="B318">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C318">
         <v>878</v>
       </c>
       <c r="D318">
         <v>405</v>
       </c>
       <c r="E318">
         <v>285</v>
       </c>
       <c r="F318">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="G318">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="H318">
-        <v>3124</v>
+        <v>3133</v>
       </c>
       <c r="I318">
         <v>5982</v>
       </c>
       <c r="J318">
         <v>2333</v>
       </c>
       <c r="K318">
         <v>2175</v>
       </c>
       <c r="L318">
-        <v>9264</v>
+        <v>9273</v>
       </c>
       <c r="M318">
-        <v>11439</v>
+        <v>11448</v>
       </c>
     </row>
     <row r="319" spans="1:26">
       <c r="A319" s="6">
         <v>35977.0</v>
       </c>
       <c r="B319">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="C319">
         <v>920</v>
       </c>
       <c r="D319">
         <v>385</v>
       </c>
       <c r="E319">
         <v>269</v>
       </c>
       <c r="F319">
-        <v>1716</v>
+        <v>1715</v>
       </c>
       <c r="G319">
-        <v>1985</v>
+        <v>1984</v>
       </c>
       <c r="H319">
-        <v>3131</v>
+        <v>3123</v>
       </c>
       <c r="I319">
         <v>5989</v>
       </c>
       <c r="J319">
         <v>2383</v>
       </c>
       <c r="K319">
         <v>2231</v>
       </c>
       <c r="L319">
-        <v>9273</v>
+        <v>9264</v>
       </c>
       <c r="M319">
-        <v>11504</v>
+        <v>11495</v>
       </c>
     </row>
     <row r="320" spans="1:26">
       <c r="A320" s="6">
         <v>36008.0</v>
       </c>
       <c r="B320">
         <v>585</v>
       </c>
       <c r="C320">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D320">
         <v>374</v>
       </c>
       <c r="E320">
         <v>267</v>
       </c>
       <c r="F320">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="G320">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="H320">
         <v>2674</v>
       </c>
       <c r="I320">
-        <v>5953</v>
+        <v>5960</v>
       </c>
       <c r="J320">
         <v>2080</v>
       </c>
       <c r="K320">
         <v>2060</v>
       </c>
       <c r="L320">
-        <v>8647</v>
+        <v>8655</v>
       </c>
       <c r="M320">
-        <v>10707</v>
+        <v>10714</v>
       </c>
     </row>
     <row r="321" spans="1:26">
       <c r="A321" s="6">
         <v>36039.0</v>
       </c>
       <c r="B321">
         <v>554</v>
       </c>
       <c r="C321">
         <v>937</v>
       </c>
       <c r="D321">
         <v>316</v>
       </c>
       <c r="E321">
         <v>223</v>
       </c>
       <c r="F321">
         <v>1584</v>
       </c>
       <c r="G321">
         <v>1807</v>
       </c>
       <c r="H321">
@@ -13300,163 +13300,163 @@
       </c>
       <c r="I321">
         <v>5647</v>
       </c>
       <c r="J321">
         <v>1890</v>
       </c>
       <c r="K321">
         <v>1729</v>
       </c>
       <c r="L321">
         <v>8299</v>
       </c>
       <c r="M321">
         <v>10027</v>
       </c>
     </row>
     <row r="322" spans="1:26">
       <c r="A322" s="6">
         <v>36069.0</v>
       </c>
       <c r="B322">
         <v>478</v>
       </c>
       <c r="C322">
-        <v>1000</v>
+        <v>999</v>
       </c>
       <c r="D322">
         <v>390</v>
       </c>
       <c r="E322">
         <v>227</v>
       </c>
       <c r="F322">
-        <v>1641</v>
+        <v>1640</v>
       </c>
       <c r="G322">
-        <v>1868</v>
+        <v>1867</v>
       </c>
       <c r="H322">
         <v>2161</v>
       </c>
       <c r="I322">
-        <v>6362</v>
+        <v>6355</v>
       </c>
       <c r="J322">
         <v>2203</v>
       </c>
       <c r="K322">
         <v>1920</v>
       </c>
       <c r="L322">
-        <v>8806</v>
+        <v>8799</v>
       </c>
       <c r="M322">
-        <v>10726</v>
+        <v>10719</v>
       </c>
     </row>
     <row r="323" spans="1:26">
       <c r="A323" s="6">
         <v>36100.0</v>
       </c>
       <c r="B323">
         <v>417</v>
       </c>
       <c r="C323">
         <v>845</v>
       </c>
       <c r="D323">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E323">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F323">
         <v>1391</v>
       </c>
       <c r="G323">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="H323">
         <v>1768</v>
       </c>
       <c r="I323">
         <v>5171</v>
       </c>
       <c r="J323">
-        <v>1736</v>
+        <v>1753</v>
       </c>
       <c r="K323">
-        <v>1510</v>
+        <v>1527</v>
       </c>
       <c r="L323">
         <v>7166</v>
       </c>
       <c r="M323">
-        <v>8676</v>
+        <v>8693</v>
       </c>
     </row>
     <row r="324" spans="1:26">
       <c r="A324" s="6">
         <v>36130.0</v>
       </c>
       <c r="B324">
         <v>335</v>
       </c>
       <c r="C324">
-        <v>805</v>
+        <v>804</v>
       </c>
       <c r="D324">
         <v>310</v>
       </c>
       <c r="E324">
         <v>168</v>
       </c>
       <c r="F324">
-        <v>1282</v>
+        <v>1281</v>
       </c>
       <c r="G324">
-        <v>1450</v>
+        <v>1449</v>
       </c>
       <c r="H324">
         <v>1621</v>
       </c>
       <c r="I324">
-        <v>4685</v>
+        <v>4677</v>
       </c>
       <c r="J324">
         <v>1875</v>
       </c>
       <c r="K324">
         <v>1542</v>
       </c>
       <c r="L324">
-        <v>6638</v>
+        <v>6631</v>
       </c>
       <c r="M324">
-        <v>8180</v>
+        <v>8173</v>
       </c>
     </row>
     <row r="325" spans="1:26">
       <c r="A325" s="6">
         <v>36161.0</v>
       </c>
       <c r="B325">
         <v>301</v>
       </c>
       <c r="C325">
         <v>736</v>
       </c>
       <c r="D325">
         <v>242</v>
       </c>
       <c r="E325">
         <v>183</v>
       </c>
       <c r="F325">
         <v>1096</v>
       </c>
       <c r="G325">
         <v>1279</v>
       </c>
       <c r="H325">
@@ -13543,84 +13543,84 @@
       </c>
       <c r="H327">
         <v>1221</v>
       </c>
       <c r="I327">
         <v>4232</v>
       </c>
       <c r="J327">
         <v>1246</v>
       </c>
       <c r="K327">
         <v>1184</v>
       </c>
       <c r="L327">
         <v>5516</v>
       </c>
       <c r="M327">
         <v>6699</v>
       </c>
     </row>
     <row r="328" spans="1:26">
       <c r="A328" s="6">
         <v>36251.0</v>
       </c>
       <c r="B328">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="C328">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="D328">
         <v>300</v>
       </c>
       <c r="E328">
         <v>174</v>
       </c>
       <c r="F328">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="G328">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="H328">
-        <v>1241</v>
+        <v>1227</v>
       </c>
       <c r="I328">
-        <v>3829</v>
+        <v>3858</v>
       </c>
       <c r="J328">
         <v>1703</v>
       </c>
       <c r="K328">
         <v>1427</v>
       </c>
       <c r="L328">
-        <v>5346</v>
+        <v>5361</v>
       </c>
       <c r="M328">
-        <v>6773</v>
+        <v>6788</v>
       </c>
     </row>
     <row r="329" spans="1:26">
       <c r="A329" s="6">
         <v>36281.0</v>
       </c>
       <c r="B329">
         <v>320</v>
       </c>
       <c r="C329">
         <v>580</v>
       </c>
       <c r="D329">
         <v>270</v>
       </c>
       <c r="E329">
         <v>156</v>
       </c>
       <c r="F329">
         <v>1014</v>
       </c>
       <c r="G329">
         <v>1170</v>
       </c>
       <c r="H329">
@@ -13672,78 +13672,78 @@
       </c>
       <c r="J330">
         <v>1598</v>
       </c>
       <c r="K330">
         <v>1353</v>
       </c>
       <c r="L330">
         <v>5792</v>
       </c>
       <c r="M330">
         <v>7144</v>
       </c>
     </row>
     <row r="331" spans="1:26">
       <c r="A331" s="6">
         <v>36342.0</v>
       </c>
       <c r="B331">
         <v>406</v>
       </c>
       <c r="C331">
         <v>629</v>
       </c>
       <c r="D331">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E331">
         <v>147</v>
       </c>
       <c r="F331">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="G331">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="H331">
         <v>1641</v>
       </c>
       <c r="I331">
         <v>3952</v>
       </c>
       <c r="J331">
-        <v>1509</v>
+        <v>1516</v>
       </c>
       <c r="K331">
         <v>1144</v>
       </c>
       <c r="L331">
-        <v>5958</v>
+        <v>5964</v>
       </c>
       <c r="M331">
-        <v>7102</v>
+        <v>7108</v>
       </c>
     </row>
     <row r="332" spans="1:26">
       <c r="A332" s="6">
         <v>36373.0</v>
       </c>
       <c r="B332">
         <v>413</v>
       </c>
       <c r="C332">
         <v>796</v>
       </c>
       <c r="D332">
         <v>318</v>
       </c>
       <c r="E332">
         <v>158</v>
       </c>
       <c r="F332">
         <v>1369</v>
       </c>
       <c r="G332">
         <v>1527</v>
       </c>
       <c r="H332">
@@ -14202,778 +14202,778 @@
       </c>
       <c r="I343">
         <v>6006</v>
       </c>
       <c r="J343">
         <v>2090</v>
       </c>
       <c r="K343">
         <v>2121</v>
       </c>
       <c r="L343">
         <v>9093</v>
       </c>
       <c r="M343">
         <v>11214</v>
       </c>
     </row>
     <row r="344" spans="1:26">
       <c r="A344" s="6">
         <v>36739.0</v>
       </c>
       <c r="B344">
         <v>727</v>
       </c>
       <c r="C344">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="D344">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E344">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="F344">
         <v>2017</v>
       </c>
       <c r="G344">
-        <v>2318</v>
+        <v>2321</v>
       </c>
       <c r="H344">
         <v>3001</v>
       </c>
       <c r="I344">
-        <v>7578</v>
+        <v>7597</v>
       </c>
       <c r="J344">
-        <v>2447</v>
+        <v>2452</v>
       </c>
       <c r="K344">
-        <v>2459</v>
+        <v>2483</v>
       </c>
       <c r="L344">
         <v>10566</v>
       </c>
       <c r="M344">
-        <v>13026</v>
+        <v>13050</v>
       </c>
     </row>
     <row r="345" spans="1:26">
       <c r="A345" s="6">
         <v>36770.0</v>
       </c>
       <c r="B345">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C345">
         <v>1053</v>
       </c>
       <c r="D345">
         <v>306</v>
       </c>
       <c r="E345">
         <v>260</v>
       </c>
       <c r="F345">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="G345">
-        <v>2040</v>
+        <v>2041</v>
       </c>
       <c r="H345">
-        <v>3005</v>
+        <v>3011</v>
       </c>
       <c r="I345">
-        <v>6774</v>
+        <v>6779</v>
       </c>
       <c r="J345">
         <v>1657</v>
       </c>
       <c r="K345">
         <v>2100</v>
       </c>
       <c r="L345">
-        <v>9335</v>
+        <v>9347</v>
       </c>
       <c r="M345">
-        <v>11435</v>
+        <v>11447</v>
       </c>
     </row>
     <row r="346" spans="1:26">
       <c r="A346" s="6">
         <v>36800.0</v>
       </c>
       <c r="B346">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="C346">
         <v>1155</v>
       </c>
       <c r="D346">
         <v>344</v>
       </c>
       <c r="E346">
         <v>261</v>
       </c>
       <c r="F346">
-        <v>2029</v>
+        <v>2028</v>
       </c>
       <c r="G346">
-        <v>2290</v>
+        <v>2289</v>
       </c>
       <c r="H346">
-        <v>3376</v>
+        <v>3370</v>
       </c>
       <c r="I346">
         <v>7450</v>
       </c>
       <c r="J346">
         <v>1935</v>
       </c>
       <c r="K346">
         <v>2108</v>
       </c>
       <c r="L346">
-        <v>10652</v>
+        <v>10647</v>
       </c>
       <c r="M346">
-        <v>12760</v>
+        <v>12755</v>
       </c>
     </row>
     <row r="347" spans="1:26">
       <c r="A347" s="6">
         <v>36831.0</v>
       </c>
       <c r="B347">
         <v>675</v>
       </c>
       <c r="C347">
         <v>1030</v>
       </c>
       <c r="D347">
         <v>307</v>
       </c>
       <c r="E347">
         <v>231</v>
       </c>
       <c r="F347">
         <v>1781</v>
       </c>
       <c r="G347">
         <v>2012</v>
       </c>
       <c r="H347">
-        <v>2914</v>
+        <v>2915</v>
       </c>
       <c r="I347">
         <v>6738</v>
       </c>
       <c r="J347">
         <v>1849</v>
       </c>
       <c r="K347">
         <v>1934</v>
       </c>
       <c r="L347">
-        <v>9566</v>
+        <v>9567</v>
       </c>
       <c r="M347">
-        <v>11500</v>
+        <v>11501</v>
       </c>
     </row>
     <row r="348" spans="1:26">
       <c r="A348" s="6">
         <v>36861.0</v>
       </c>
       <c r="B348">
         <v>664</v>
       </c>
       <c r="C348">
         <v>1059</v>
       </c>
       <c r="D348">
         <v>294</v>
       </c>
       <c r="E348">
         <v>230</v>
       </c>
       <c r="F348">
         <v>1787</v>
       </c>
       <c r="G348">
         <v>2017</v>
       </c>
       <c r="H348">
-        <v>3044</v>
+        <v>3045</v>
       </c>
       <c r="I348">
         <v>7055</v>
       </c>
       <c r="J348">
         <v>1682</v>
       </c>
       <c r="K348">
         <v>1941</v>
       </c>
       <c r="L348">
-        <v>9840</v>
+        <v>9841</v>
       </c>
       <c r="M348">
-        <v>11781</v>
+        <v>11782</v>
       </c>
     </row>
     <row r="349" spans="1:26">
       <c r="A349" s="6">
         <v>36892.0</v>
       </c>
       <c r="B349">
         <v>715</v>
       </c>
       <c r="C349">
-        <v>1118</v>
+        <v>1117</v>
       </c>
       <c r="D349">
         <v>327</v>
       </c>
       <c r="E349">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="F349">
         <v>1893</v>
       </c>
       <c r="G349">
-        <v>2160</v>
+        <v>2159</v>
       </c>
       <c r="H349">
         <v>3286</v>
       </c>
       <c r="I349">
-        <v>7500</v>
+        <v>7491</v>
       </c>
       <c r="J349">
         <v>1997</v>
       </c>
       <c r="K349">
-        <v>2210</v>
+        <v>2202</v>
       </c>
       <c r="L349">
-        <v>10572</v>
+        <v>10573</v>
       </c>
       <c r="M349">
-        <v>12782</v>
+        <v>12775</v>
       </c>
     </row>
     <row r="350" spans="1:26">
       <c r="A350" s="6">
         <v>36923.0</v>
       </c>
       <c r="B350">
         <v>655</v>
       </c>
       <c r="C350">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="D350">
         <v>298</v>
       </c>
       <c r="E350">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F350">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="G350">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="H350">
         <v>3083</v>
       </c>
       <c r="I350">
-        <v>7250</v>
+        <v>7283</v>
       </c>
       <c r="J350">
         <v>1796</v>
       </c>
       <c r="K350">
-        <v>2062</v>
+        <v>2079</v>
       </c>
       <c r="L350">
-        <v>10067</v>
+        <v>10084</v>
       </c>
       <c r="M350">
-        <v>12130</v>
+        <v>12162</v>
       </c>
     </row>
     <row r="351" spans="1:26">
       <c r="A351" s="6">
         <v>36951.0</v>
       </c>
       <c r="B351">
         <v>757</v>
       </c>
       <c r="C351">
-        <v>1149</v>
+        <v>1148</v>
       </c>
       <c r="D351">
         <v>287</v>
       </c>
       <c r="E351">
         <v>260</v>
       </c>
       <c r="F351">
-        <v>1933</v>
+        <v>1932</v>
       </c>
       <c r="G351">
-        <v>2193</v>
+        <v>2192</v>
       </c>
       <c r="H351">
         <v>3632</v>
       </c>
       <c r="I351">
-        <v>7808</v>
+        <v>7797</v>
       </c>
       <c r="J351">
         <v>1685</v>
       </c>
       <c r="K351">
         <v>2211</v>
       </c>
       <c r="L351">
-        <v>10915</v>
+        <v>10903</v>
       </c>
       <c r="M351">
-        <v>13125</v>
+        <v>13114</v>
       </c>
     </row>
     <row r="352" spans="1:26">
       <c r="A352" s="6">
         <v>36982.0</v>
       </c>
       <c r="B352">
         <v>716</v>
       </c>
       <c r="C352">
-        <v>1166</v>
+        <v>1163</v>
       </c>
       <c r="D352">
         <v>360</v>
       </c>
       <c r="E352">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="F352">
-        <v>1959</v>
+        <v>1958</v>
       </c>
       <c r="G352">
-        <v>2242</v>
+        <v>2239</v>
       </c>
       <c r="H352">
         <v>3403</v>
       </c>
       <c r="I352">
-        <v>7978</v>
+        <v>7953</v>
       </c>
       <c r="J352">
         <v>2069</v>
       </c>
       <c r="K352">
-        <v>2488</v>
+        <v>2472</v>
       </c>
       <c r="L352">
-        <v>10961</v>
+        <v>10953</v>
       </c>
       <c r="M352">
-        <v>13449</v>
+        <v>13425</v>
       </c>
     </row>
     <row r="353" spans="1:26">
       <c r="A353" s="6">
         <v>37012.0</v>
       </c>
       <c r="B353">
         <v>818</v>
       </c>
       <c r="C353">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="D353">
         <v>404</v>
       </c>
       <c r="E353">
         <v>290</v>
       </c>
       <c r="F353">
-        <v>2177</v>
+        <v>2179</v>
       </c>
       <c r="G353">
-        <v>2467</v>
+        <v>2469</v>
       </c>
       <c r="H353">
         <v>3774</v>
       </c>
       <c r="I353">
-        <v>8716</v>
+        <v>8745</v>
       </c>
       <c r="J353">
         <v>2183</v>
       </c>
       <c r="K353">
-        <v>2494</v>
+        <v>2498</v>
       </c>
       <c r="L353">
-        <v>12180</v>
+        <v>12205</v>
       </c>
       <c r="M353">
-        <v>14674</v>
+        <v>14703</v>
       </c>
     </row>
     <row r="354" spans="1:26">
       <c r="A354" s="6">
         <v>37043.0</v>
       </c>
       <c r="B354">
         <v>769</v>
       </c>
       <c r="C354">
-        <v>1338</v>
+        <v>1336</v>
       </c>
       <c r="D354">
         <v>395</v>
       </c>
       <c r="E354">
         <v>298</v>
       </c>
       <c r="F354">
-        <v>2204</v>
+        <v>2202</v>
       </c>
       <c r="G354">
-        <v>2502</v>
+        <v>2500</v>
       </c>
       <c r="H354">
-        <v>3570</v>
+        <v>3571</v>
       </c>
       <c r="I354">
-        <v>8619</v>
+        <v>8590</v>
       </c>
       <c r="J354">
         <v>2198</v>
       </c>
       <c r="K354">
         <v>2479</v>
       </c>
       <c r="L354">
-        <v>11908</v>
+        <v>11880</v>
       </c>
       <c r="M354">
-        <v>14387</v>
+        <v>14359</v>
       </c>
     </row>
     <row r="355" spans="1:26">
       <c r="A355" s="6">
         <v>37073.0</v>
       </c>
       <c r="B355">
         <v>747</v>
       </c>
       <c r="C355">
-        <v>1332</v>
+        <v>1331</v>
       </c>
       <c r="D355">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="E355">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="F355">
-        <v>2166</v>
+        <v>2165</v>
       </c>
       <c r="G355">
-        <v>2465</v>
+        <v>2463</v>
       </c>
       <c r="H355">
         <v>3568</v>
       </c>
       <c r="I355">
-        <v>8957</v>
+        <v>8949</v>
       </c>
       <c r="J355">
-        <v>2142</v>
+        <v>2131</v>
       </c>
       <c r="K355">
-        <v>2610</v>
+        <v>2601</v>
       </c>
       <c r="L355">
-        <v>12057</v>
+        <v>12046</v>
       </c>
       <c r="M355">
-        <v>14667</v>
+        <v>14647</v>
       </c>
     </row>
     <row r="356" spans="1:26">
       <c r="A356" s="6">
         <v>37104.0</v>
       </c>
       <c r="B356">
         <v>778</v>
       </c>
       <c r="C356">
         <v>1483</v>
       </c>
       <c r="D356">
         <v>407</v>
       </c>
       <c r="E356">
         <v>308</v>
       </c>
       <c r="F356">
         <v>2360</v>
       </c>
       <c r="G356">
         <v>2668</v>
       </c>
       <c r="H356">
         <v>3519</v>
       </c>
       <c r="I356">
         <v>9904</v>
       </c>
       <c r="J356">
         <v>2172</v>
       </c>
       <c r="K356">
         <v>2620</v>
       </c>
       <c r="L356">
         <v>12975</v>
       </c>
       <c r="M356">
         <v>15595</v>
       </c>
     </row>
     <row r="357" spans="1:26">
       <c r="A357" s="6">
         <v>37135.0</v>
       </c>
       <c r="B357">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C357">
         <v>1334</v>
       </c>
       <c r="D357">
         <v>349</v>
       </c>
       <c r="E357">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F357">
         <v>2085</v>
       </c>
       <c r="G357">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="H357">
-        <v>3009</v>
+        <v>3028</v>
       </c>
       <c r="I357">
         <v>8689</v>
       </c>
       <c r="J357">
         <v>1930</v>
       </c>
       <c r="K357">
-        <v>2570</v>
+        <v>2589</v>
       </c>
       <c r="L357">
         <v>11058</v>
       </c>
       <c r="M357">
-        <v>13629</v>
+        <v>13648</v>
       </c>
     </row>
     <row r="358" spans="1:26">
       <c r="A358" s="6">
         <v>37165.0</v>
       </c>
       <c r="B358">
         <v>770</v>
       </c>
       <c r="C358">
         <v>1470</v>
       </c>
       <c r="D358">
         <v>400</v>
       </c>
       <c r="E358">
         <v>309</v>
       </c>
       <c r="F358">
         <v>2331</v>
       </c>
       <c r="G358">
         <v>2640</v>
       </c>
       <c r="H358">
         <v>3687</v>
       </c>
       <c r="I358">
         <v>9773</v>
       </c>
       <c r="J358">
         <v>2008</v>
       </c>
       <c r="K358">
         <v>2757</v>
       </c>
       <c r="L358">
         <v>12711</v>
       </c>
       <c r="M358">
         <v>15468</v>
       </c>
     </row>
     <row r="359" spans="1:26">
       <c r="A359" s="6">
         <v>37196.0</v>
       </c>
       <c r="B359">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="C359">
         <v>1265</v>
       </c>
       <c r="D359">
         <v>354</v>
       </c>
       <c r="E359">
         <v>258</v>
       </c>
       <c r="F359">
-        <v>1970</v>
+        <v>1969</v>
       </c>
       <c r="G359">
-        <v>2228</v>
+        <v>2227</v>
       </c>
       <c r="H359">
-        <v>2791</v>
+        <v>2787</v>
       </c>
       <c r="I359">
         <v>8270</v>
       </c>
       <c r="J359">
         <v>1941</v>
       </c>
       <c r="K359">
         <v>2328</v>
       </c>
       <c r="L359">
-        <v>10674</v>
+        <v>10670</v>
       </c>
       <c r="M359">
-        <v>13002</v>
+        <v>12998</v>
       </c>
     </row>
     <row r="360" spans="1:26">
       <c r="A360" s="6">
         <v>37226.0</v>
       </c>
       <c r="B360">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C360">
         <v>1047</v>
       </c>
       <c r="D360">
         <v>301</v>
       </c>
       <c r="E360">
         <v>243</v>
       </c>
       <c r="F360">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="G360">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="H360">
-        <v>2823</v>
+        <v>2827</v>
       </c>
       <c r="I360">
         <v>6974</v>
       </c>
       <c r="J360">
         <v>1805</v>
       </c>
       <c r="K360">
         <v>2232</v>
       </c>
       <c r="L360">
-        <v>9370</v>
+        <v>9374</v>
       </c>
       <c r="M360">
-        <v>11603</v>
+        <v>11607</v>
       </c>
     </row>
     <row r="361" spans="1:26">
       <c r="A361" s="6">
         <v>37257.0</v>
       </c>
       <c r="B361">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="C361">
         <v>1174</v>
       </c>
       <c r="D361">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E361">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="F361">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="G361">
         <v>2035</v>
       </c>
       <c r="H361">
-        <v>2774</v>
+        <v>2755</v>
       </c>
       <c r="I361">
         <v>7986</v>
       </c>
       <c r="J361">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="K361">
-        <v>2022</v>
+        <v>2003</v>
       </c>
       <c r="L361">
-        <v>10474</v>
+        <v>10485</v>
       </c>
       <c r="M361">
-        <v>12497</v>
+        <v>12489</v>
       </c>
     </row>
     <row r="362" spans="1:26">
       <c r="A362" s="6">
         <v>37288.0</v>
       </c>
       <c r="B362">
         <v>454</v>
       </c>
       <c r="C362">
         <v>1017</v>
       </c>
       <c r="D362">
         <v>252</v>
       </c>
       <c r="E362">
         <v>250</v>
       </c>
       <c r="F362">
         <v>1473</v>
       </c>
       <c r="G362">
         <v>1723</v>
       </c>
       <c r="H362">
@@ -15060,166 +15060,166 @@
       </c>
       <c r="H364">
         <v>2316</v>
       </c>
       <c r="I364">
         <v>6585</v>
       </c>
       <c r="J364">
         <v>1622</v>
       </c>
       <c r="K364">
         <v>2030</v>
       </c>
       <c r="L364">
         <v>8494</v>
       </c>
       <c r="M364">
         <v>10524</v>
       </c>
     </row>
     <row r="365" spans="1:26">
       <c r="A365" s="6">
         <v>37377.0</v>
       </c>
       <c r="B365">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C365">
         <v>1002</v>
       </c>
       <c r="D365">
         <v>291</v>
       </c>
       <c r="E365">
         <v>224</v>
       </c>
       <c r="F365">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="G365">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="H365">
-        <v>2338</v>
+        <v>2350</v>
       </c>
       <c r="I365">
         <v>6937</v>
       </c>
       <c r="J365">
         <v>1596</v>
       </c>
       <c r="K365">
         <v>2008</v>
       </c>
       <c r="L365">
-        <v>8863</v>
+        <v>8874</v>
       </c>
       <c r="M365">
-        <v>10872</v>
+        <v>10883</v>
       </c>
     </row>
     <row r="366" spans="1:26">
       <c r="A366" s="6">
         <v>37408.0</v>
       </c>
       <c r="B366">
         <v>585</v>
       </c>
       <c r="C366">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="D366">
         <v>295</v>
       </c>
       <c r="E366">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F366">
         <v>1718</v>
       </c>
       <c r="G366">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="H366">
         <v>2336</v>
       </c>
       <c r="I366">
-        <v>7198</v>
+        <v>7214</v>
       </c>
       <c r="J366">
         <v>1521</v>
       </c>
       <c r="K366">
-        <v>1890</v>
+        <v>1914</v>
       </c>
       <c r="L366">
-        <v>9165</v>
+        <v>9158</v>
       </c>
       <c r="M366">
-        <v>11055</v>
+        <v>11072</v>
       </c>
     </row>
     <row r="367" spans="1:26">
       <c r="A367" s="6">
         <v>37438.0</v>
       </c>
       <c r="B367">
         <v>632</v>
       </c>
       <c r="C367">
         <v>1069</v>
       </c>
       <c r="D367">
         <v>303</v>
       </c>
       <c r="E367">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="F367">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="G367">
         <v>2004</v>
       </c>
       <c r="H367">
         <v>2655</v>
       </c>
       <c r="I367">
-        <v>7154</v>
+        <v>7146</v>
       </c>
       <c r="J367">
         <v>1632</v>
       </c>
       <c r="K367">
-        <v>2150</v>
+        <v>2133</v>
       </c>
       <c r="L367">
-        <v>9292</v>
+        <v>9300</v>
       </c>
       <c r="M367">
-        <v>11442</v>
+        <v>11433</v>
       </c>
     </row>
     <row r="368" spans="1:26">
       <c r="A368" s="6">
         <v>37469.0</v>
       </c>
       <c r="B368">
         <v>605</v>
       </c>
       <c r="C368">
         <v>1188</v>
       </c>
       <c r="D368">
         <v>348</v>
       </c>
       <c r="E368">
         <v>276</v>
       </c>
       <c r="F368">
         <v>1865</v>
       </c>
       <c r="G368">
         <v>2141</v>
       </c>
       <c r="H368">
@@ -15227,81 +15227,81 @@
       </c>
       <c r="I368">
         <v>7793</v>
       </c>
       <c r="J368">
         <v>1934</v>
       </c>
       <c r="K368">
         <v>2352</v>
       </c>
       <c r="L368">
         <v>9923</v>
       </c>
       <c r="M368">
         <v>12276</v>
       </c>
     </row>
     <row r="369" spans="1:26">
       <c r="A369" s="6">
         <v>37500.0</v>
       </c>
       <c r="B369">
         <v>494</v>
       </c>
       <c r="C369">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="D369">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="E369">
         <v>248</v>
       </c>
       <c r="F369">
-        <v>1605</v>
+        <v>1603</v>
       </c>
       <c r="G369">
-        <v>1853</v>
+        <v>1851</v>
       </c>
       <c r="H369">
         <v>2110</v>
       </c>
       <c r="I369">
-        <v>7158</v>
+        <v>7150</v>
       </c>
       <c r="J369">
-        <v>1682</v>
+        <v>1673</v>
       </c>
       <c r="K369">
         <v>2031</v>
       </c>
       <c r="L369">
-        <v>8919</v>
+        <v>8902</v>
       </c>
       <c r="M369">
-        <v>10950</v>
+        <v>10933</v>
       </c>
     </row>
     <row r="370" spans="1:26">
       <c r="A370" s="6">
         <v>37530.0</v>
       </c>
       <c r="B370">
         <v>620</v>
       </c>
       <c r="C370">
         <v>1110</v>
       </c>
       <c r="D370">
         <v>328</v>
       </c>
       <c r="E370">
         <v>237</v>
       </c>
       <c r="F370">
         <v>1821</v>
       </c>
       <c r="G370">
         <v>2058</v>
       </c>
       <c r="H370">
@@ -15353,78 +15353,78 @@
       </c>
       <c r="J371">
         <v>1850</v>
       </c>
       <c r="K371">
         <v>1921</v>
       </c>
       <c r="L371">
         <v>9212</v>
       </c>
       <c r="M371">
         <v>11133</v>
       </c>
     </row>
     <row r="372" spans="1:26">
       <c r="A372" s="6">
         <v>37591.0</v>
       </c>
       <c r="B372">
         <v>491</v>
       </c>
       <c r="C372">
         <v>951</v>
       </c>
       <c r="D372">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E372">
         <v>271</v>
       </c>
       <c r="F372">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="G372">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="H372">
         <v>2376</v>
       </c>
       <c r="I372">
         <v>6665</v>
       </c>
       <c r="J372">
-        <v>1896</v>
+        <v>1905</v>
       </c>
       <c r="K372">
         <v>2434</v>
       </c>
       <c r="L372">
-        <v>8503</v>
+        <v>8512</v>
       </c>
       <c r="M372">
-        <v>10937</v>
+        <v>10946</v>
       </c>
     </row>
     <row r="373" spans="1:26">
       <c r="A373" s="6">
         <v>37622.0</v>
       </c>
       <c r="B373">
         <v>581</v>
       </c>
       <c r="C373">
         <v>1037</v>
       </c>
       <c r="D373">
         <v>291</v>
       </c>
       <c r="E373">
         <v>268</v>
       </c>
       <c r="F373">
         <v>1641</v>
       </c>
       <c r="G373">
         <v>1909</v>
       </c>
       <c r="H373">
@@ -15432,81 +15432,81 @@
       </c>
       <c r="I373">
         <v>7228</v>
       </c>
       <c r="J373">
         <v>1666</v>
       </c>
       <c r="K373">
         <v>2200</v>
       </c>
       <c r="L373">
         <v>9467</v>
       </c>
       <c r="M373">
         <v>11667</v>
       </c>
     </row>
     <row r="374" spans="1:26">
       <c r="A374" s="6">
         <v>37653.0</v>
       </c>
       <c r="B374">
         <v>506</v>
       </c>
       <c r="C374">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="D374">
         <v>230</v>
       </c>
       <c r="E374">
         <v>215</v>
       </c>
       <c r="F374">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="G374">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="H374">
         <v>2502</v>
       </c>
       <c r="I374">
-        <v>6502</v>
+        <v>6510</v>
       </c>
       <c r="J374">
         <v>1311</v>
       </c>
       <c r="K374">
         <v>1959</v>
       </c>
       <c r="L374">
-        <v>8356</v>
+        <v>8364</v>
       </c>
       <c r="M374">
-        <v>10315</v>
+        <v>10323</v>
       </c>
     </row>
     <row r="375" spans="1:26">
       <c r="A375" s="6">
         <v>37681.0</v>
       </c>
       <c r="B375">
         <v>577</v>
       </c>
       <c r="C375">
         <v>1135</v>
       </c>
       <c r="D375">
         <v>270</v>
       </c>
       <c r="E375">
         <v>260</v>
       </c>
       <c r="F375">
         <v>1722</v>
       </c>
       <c r="G375">
         <v>1982</v>
       </c>
       <c r="H375">
@@ -15555,163 +15555,163 @@
       </c>
       <c r="I376">
         <v>8464</v>
       </c>
       <c r="J376">
         <v>1954</v>
       </c>
       <c r="K376">
         <v>2670</v>
       </c>
       <c r="L376">
         <v>10934</v>
       </c>
       <c r="M376">
         <v>13604</v>
       </c>
     </row>
     <row r="377" spans="1:26">
       <c r="A377" s="6">
         <v>37742.0</v>
       </c>
       <c r="B377">
         <v>697</v>
       </c>
       <c r="C377">
-        <v>1231</v>
+        <v>1230</v>
       </c>
       <c r="D377">
         <v>308</v>
       </c>
       <c r="E377">
         <v>293</v>
       </c>
       <c r="F377">
-        <v>1943</v>
+        <v>1942</v>
       </c>
       <c r="G377">
-        <v>2236</v>
+        <v>2235</v>
       </c>
       <c r="H377">
         <v>3247</v>
       </c>
       <c r="I377">
-        <v>8451</v>
+        <v>8443</v>
       </c>
       <c r="J377">
         <v>1900</v>
       </c>
       <c r="K377">
         <v>2454</v>
       </c>
       <c r="L377">
-        <v>11144</v>
+        <v>11136</v>
       </c>
       <c r="M377">
-        <v>13598</v>
+        <v>13589</v>
       </c>
     </row>
     <row r="378" spans="1:26">
       <c r="A378" s="6">
         <v>37773.0</v>
       </c>
       <c r="B378">
         <v>696</v>
       </c>
       <c r="C378">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="D378">
         <v>303</v>
       </c>
       <c r="E378">
         <v>304</v>
       </c>
       <c r="F378">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="G378">
-        <v>2287</v>
+        <v>2288</v>
       </c>
       <c r="H378">
         <v>3141</v>
       </c>
       <c r="I378">
-        <v>8948</v>
+        <v>8957</v>
       </c>
       <c r="J378">
         <v>1545</v>
       </c>
       <c r="K378">
         <v>2295</v>
       </c>
       <c r="L378">
-        <v>11339</v>
+        <v>11347</v>
       </c>
       <c r="M378">
-        <v>13634</v>
+        <v>13642</v>
       </c>
     </row>
     <row r="379" spans="1:26">
       <c r="A379" s="6">
         <v>37803.0</v>
       </c>
       <c r="B379">
         <v>716</v>
       </c>
       <c r="C379">
         <v>1359</v>
       </c>
       <c r="D379">
         <v>359</v>
       </c>
       <c r="E379">
         <v>337</v>
       </c>
       <c r="F379">
         <v>2097</v>
       </c>
       <c r="G379">
         <v>2434</v>
       </c>
       <c r="H379">
         <v>3158</v>
       </c>
       <c r="I379">
         <v>8985</v>
       </c>
       <c r="J379">
         <v>2017</v>
       </c>
       <c r="K379">
         <v>2647</v>
       </c>
       <c r="L379">
         <v>11512</v>
       </c>
       <c r="M379">
-        <v>14160</v>
+        <v>14159</v>
       </c>
     </row>
     <row r="380" spans="1:26">
       <c r="A380" s="6">
         <v>37834.0</v>
       </c>
       <c r="B380">
         <v>724</v>
       </c>
       <c r="C380">
         <v>1487</v>
       </c>
       <c r="D380">
         <v>356</v>
       </c>
       <c r="E380">
         <v>349</v>
       </c>
       <c r="F380">
         <v>2218</v>
       </c>
       <c r="G380">
         <v>2567</v>
       </c>
       <c r="H380">
@@ -15719,163 +15719,163 @@
       </c>
       <c r="I380">
         <v>9965</v>
       </c>
       <c r="J380">
         <v>2025</v>
       </c>
       <c r="K380">
         <v>3001</v>
       </c>
       <c r="L380">
         <v>12313</v>
       </c>
       <c r="M380">
         <v>15314</v>
       </c>
     </row>
     <row r="381" spans="1:26">
       <c r="A381" s="6">
         <v>37865.0</v>
       </c>
       <c r="B381">
         <v>755</v>
       </c>
       <c r="C381">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="D381">
         <v>336</v>
       </c>
       <c r="E381">
         <v>333</v>
       </c>
       <c r="F381">
-        <v>2176</v>
+        <v>2175</v>
       </c>
       <c r="G381">
-        <v>2509</v>
+        <v>2508</v>
       </c>
       <c r="H381">
         <v>3328</v>
       </c>
       <c r="I381">
-        <v>9644</v>
+        <v>9636</v>
       </c>
       <c r="J381">
         <v>1895</v>
       </c>
       <c r="K381">
         <v>2686</v>
       </c>
       <c r="L381">
-        <v>12181</v>
+        <v>12173</v>
       </c>
       <c r="M381">
-        <v>14867</v>
+        <v>14859</v>
       </c>
     </row>
     <row r="382" spans="1:26">
       <c r="A382" s="6">
         <v>37895.0</v>
       </c>
       <c r="B382">
         <v>686</v>
       </c>
       <c r="C382">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="D382">
         <v>401</v>
       </c>
       <c r="E382">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="F382">
-        <v>2289</v>
+        <v>2290</v>
       </c>
       <c r="G382">
-        <v>2669</v>
+        <v>2672</v>
       </c>
       <c r="H382">
         <v>3153</v>
       </c>
       <c r="I382">
-        <v>10247</v>
+        <v>10271</v>
       </c>
       <c r="J382">
         <v>2180</v>
       </c>
       <c r="K382">
-        <v>3265</v>
+        <v>3281</v>
       </c>
       <c r="L382">
-        <v>12316</v>
+        <v>12324</v>
       </c>
       <c r="M382">
-        <v>15580</v>
+        <v>15604</v>
       </c>
     </row>
     <row r="383" spans="1:26">
       <c r="A383" s="6">
         <v>37926.0</v>
       </c>
       <c r="B383">
         <v>577</v>
       </c>
       <c r="C383">
-        <v>1367</v>
+        <v>1365</v>
       </c>
       <c r="D383">
         <v>324</v>
       </c>
       <c r="E383">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="F383">
         <v>1922</v>
       </c>
       <c r="G383">
-        <v>2268</v>
+        <v>2266</v>
       </c>
       <c r="H383">
         <v>2690</v>
       </c>
       <c r="I383">
-        <v>9509</v>
+        <v>9488</v>
       </c>
       <c r="J383">
         <v>1829</v>
       </c>
       <c r="K383">
-        <v>3085</v>
+        <v>3069</v>
       </c>
       <c r="L383">
-        <v>10943</v>
+        <v>10938</v>
       </c>
       <c r="M383">
-        <v>14028</v>
+        <v>14007</v>
       </c>
     </row>
     <row r="384" spans="1:26">
       <c r="A384" s="6">
         <v>37956.0</v>
       </c>
       <c r="B384">
         <v>684</v>
       </c>
       <c r="C384">
         <v>1392</v>
       </c>
       <c r="D384">
         <v>307</v>
       </c>
       <c r="E384">
         <v>358</v>
       </c>
       <c r="F384">
         <v>2025</v>
       </c>
       <c r="G384">
         <v>2383</v>
       </c>
       <c r="H384">
@@ -16044,84 +16044,84 @@
       </c>
       <c r="H388">
         <v>3199</v>
       </c>
       <c r="I388">
         <v>9970</v>
       </c>
       <c r="J388">
         <v>1729</v>
       </c>
       <c r="K388">
         <v>3286</v>
       </c>
       <c r="L388">
         <v>11611</v>
       </c>
       <c r="M388">
         <v>14897</v>
       </c>
     </row>
     <row r="389" spans="1:26">
       <c r="A389" s="6">
         <v>38108.0</v>
       </c>
       <c r="B389">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C389">
         <v>1465</v>
       </c>
       <c r="D389">
         <v>331</v>
       </c>
       <c r="E389">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F389">
         <v>2125</v>
       </c>
       <c r="G389">
-        <v>2533</v>
+        <v>2534</v>
       </c>
       <c r="H389">
-        <v>3496</v>
+        <v>3497</v>
       </c>
       <c r="I389">
         <v>10882</v>
       </c>
       <c r="J389">
         <v>1844</v>
       </c>
       <c r="K389">
-        <v>3480</v>
+        <v>3481</v>
       </c>
       <c r="L389">
         <v>12741</v>
       </c>
       <c r="M389">
-        <v>16221</v>
+        <v>16222</v>
       </c>
     </row>
     <row r="390" spans="1:26">
       <c r="A390" s="6">
         <v>38139.0</v>
       </c>
       <c r="B390">
         <v>753</v>
       </c>
       <c r="C390">
         <v>1500</v>
       </c>
       <c r="D390">
         <v>299</v>
       </c>
       <c r="E390">
         <v>465</v>
       </c>
       <c r="F390">
         <v>2087</v>
       </c>
       <c r="G390">
         <v>2552</v>
       </c>
       <c r="H390">
@@ -16167,125 +16167,125 @@
       </c>
       <c r="H391">
         <v>3588</v>
       </c>
       <c r="I391">
         <v>10942</v>
       </c>
       <c r="J391">
         <v>1819</v>
       </c>
       <c r="K391">
         <v>3561</v>
       </c>
       <c r="L391">
         <v>12787</v>
       </c>
       <c r="M391">
         <v>16349</v>
       </c>
     </row>
     <row r="392" spans="1:26">
       <c r="A392" s="6">
         <v>38200.0</v>
       </c>
       <c r="B392">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="C392">
         <v>1594</v>
       </c>
       <c r="D392">
         <v>356</v>
       </c>
       <c r="E392">
         <v>430</v>
       </c>
       <c r="F392">
-        <v>2340</v>
+        <v>2342</v>
       </c>
       <c r="G392">
-        <v>2770</v>
+        <v>2772</v>
       </c>
       <c r="H392">
-        <v>3771</v>
+        <v>3785</v>
       </c>
       <c r="I392">
         <v>11146</v>
       </c>
       <c r="J392">
         <v>2027</v>
       </c>
       <c r="K392">
         <v>3556</v>
       </c>
       <c r="L392">
-        <v>13387</v>
+        <v>13401</v>
       </c>
       <c r="M392">
-        <v>16944</v>
+        <v>16958</v>
       </c>
     </row>
     <row r="393" spans="1:26">
       <c r="A393" s="6">
         <v>38231.0</v>
       </c>
       <c r="B393">
-        <v>857</v>
+        <v>856</v>
       </c>
       <c r="C393">
         <v>1701</v>
       </c>
       <c r="D393">
         <v>361</v>
       </c>
       <c r="E393">
         <v>470</v>
       </c>
       <c r="F393">
-        <v>2449</v>
+        <v>2448</v>
       </c>
       <c r="G393">
-        <v>2919</v>
+        <v>2918</v>
       </c>
       <c r="H393">
-        <v>4136</v>
+        <v>4133</v>
       </c>
       <c r="I393">
-        <v>11555</v>
+        <v>11563</v>
       </c>
       <c r="J393">
         <v>1979</v>
       </c>
       <c r="K393">
         <v>4150</v>
       </c>
       <c r="L393">
-        <v>13520</v>
+        <v>13524</v>
       </c>
       <c r="M393">
-        <v>17670</v>
+        <v>17674</v>
       </c>
     </row>
     <row r="394" spans="1:26">
       <c r="A394" s="6">
         <v>38261.0</v>
       </c>
       <c r="B394">
         <v>758</v>
       </c>
       <c r="C394">
         <v>1666</v>
       </c>
       <c r="D394">
         <v>393</v>
       </c>
       <c r="E394">
         <v>453</v>
       </c>
       <c r="F394">
         <v>2364</v>
       </c>
       <c r="G394">
         <v>2817</v>
       </c>
       <c r="H394">
@@ -16331,125 +16331,125 @@
       </c>
       <c r="H395">
         <v>3270</v>
       </c>
       <c r="I395">
         <v>10363</v>
       </c>
       <c r="J395">
         <v>1953</v>
       </c>
       <c r="K395">
         <v>3988</v>
       </c>
       <c r="L395">
         <v>11598</v>
       </c>
       <c r="M395">
         <v>15586</v>
       </c>
     </row>
     <row r="396" spans="1:26">
       <c r="A396" s="6">
         <v>38322.0</v>
       </c>
       <c r="B396">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="C396">
         <v>1484</v>
       </c>
       <c r="D396">
         <v>313</v>
       </c>
       <c r="E396">
         <v>423</v>
       </c>
       <c r="F396">
-        <v>2066</v>
+        <v>2068</v>
       </c>
       <c r="G396">
-        <v>2489</v>
+        <v>2491</v>
       </c>
       <c r="H396">
-        <v>3298</v>
+        <v>3305</v>
       </c>
       <c r="I396">
         <v>10390</v>
       </c>
       <c r="J396">
         <v>1807</v>
       </c>
       <c r="K396">
         <v>3706</v>
       </c>
       <c r="L396">
-        <v>11789</v>
+        <v>11797</v>
       </c>
       <c r="M396">
-        <v>15496</v>
+        <v>15503</v>
       </c>
     </row>
     <row r="397" spans="1:26">
       <c r="A397" s="6">
         <v>38353.0</v>
       </c>
       <c r="B397">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="C397">
         <v>1553</v>
       </c>
       <c r="D397">
         <v>295</v>
       </c>
       <c r="E397">
         <v>412</v>
       </c>
       <c r="F397">
-        <v>2180</v>
+        <v>2179</v>
       </c>
       <c r="G397">
-        <v>2592</v>
+        <v>2591</v>
       </c>
       <c r="H397">
-        <v>3556</v>
+        <v>3551</v>
       </c>
       <c r="I397">
         <v>10954</v>
       </c>
       <c r="J397">
         <v>1791</v>
       </c>
       <c r="K397">
         <v>3727</v>
       </c>
       <c r="L397">
-        <v>12575</v>
+        <v>12570</v>
       </c>
       <c r="M397">
-        <v>16301</v>
+        <v>16296</v>
       </c>
     </row>
     <row r="398" spans="1:26">
       <c r="A398" s="6">
         <v>38384.0</v>
       </c>
       <c r="B398">
         <v>729</v>
       </c>
       <c r="C398">
         <v>1506</v>
       </c>
       <c r="D398">
         <v>250</v>
       </c>
       <c r="E398">
         <v>404</v>
       </c>
       <c r="F398">
         <v>2081</v>
       </c>
       <c r="G398">
         <v>2485</v>
       </c>
       <c r="H398">
@@ -16457,81 +16457,81 @@
       </c>
       <c r="I398">
         <v>10816</v>
       </c>
       <c r="J398">
         <v>1573</v>
       </c>
       <c r="K398">
         <v>3575</v>
       </c>
       <c r="L398">
         <v>12346</v>
       </c>
       <c r="M398">
         <v>15921</v>
       </c>
     </row>
     <row r="399" spans="1:26">
       <c r="A399" s="6">
         <v>38412.0</v>
       </c>
       <c r="B399">
         <v>819</v>
       </c>
       <c r="C399">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="D399">
         <v>332</v>
       </c>
       <c r="E399">
         <v>455</v>
       </c>
       <c r="F399">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="G399">
-        <v>2760</v>
+        <v>2761</v>
       </c>
       <c r="H399">
         <v>4150</v>
       </c>
       <c r="I399">
-        <v>11927</v>
+        <v>11930</v>
       </c>
       <c r="J399">
         <v>1966</v>
       </c>
       <c r="K399">
         <v>4221</v>
       </c>
       <c r="L399">
-        <v>13821</v>
+        <v>13824</v>
       </c>
       <c r="M399">
-        <v>18042</v>
+        <v>18045</v>
       </c>
     </row>
     <row r="400" spans="1:26">
       <c r="A400" s="6">
         <v>38443.0</v>
       </c>
       <c r="B400">
         <v>832</v>
       </c>
       <c r="C400">
         <v>1702</v>
       </c>
       <c r="D400">
         <v>357</v>
       </c>
       <c r="E400">
         <v>462</v>
       </c>
       <c r="F400">
         <v>2429</v>
       </c>
       <c r="G400">
         <v>2891</v>
       </c>
       <c r="H400">
@@ -16545,157 +16545,157 @@
       </c>
       <c r="K400">
         <v>4168</v>
       </c>
       <c r="L400">
         <v>14329</v>
       </c>
       <c r="M400">
         <v>18497</v>
       </c>
     </row>
     <row r="401" spans="1:26">
       <c r="A401" s="6">
         <v>38473.0</v>
       </c>
       <c r="B401">
         <v>886</v>
       </c>
       <c r="C401">
         <v>1744</v>
       </c>
       <c r="D401">
         <v>363</v>
       </c>
       <c r="E401">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F401">
-        <v>2499</v>
+        <v>2498</v>
       </c>
       <c r="G401">
         <v>2993</v>
       </c>
       <c r="H401">
         <v>4232</v>
       </c>
       <c r="I401">
-        <v>12269</v>
+        <v>12270</v>
       </c>
       <c r="J401">
         <v>1963</v>
       </c>
       <c r="K401">
-        <v>4175</v>
+        <v>4186</v>
       </c>
       <c r="L401">
-        <v>14289</v>
+        <v>14280</v>
       </c>
       <c r="M401">
-        <v>18464</v>
+        <v>18466</v>
       </c>
     </row>
     <row r="402" spans="1:26">
       <c r="A402" s="6">
         <v>38504.0</v>
       </c>
       <c r="B402">
-        <v>933</v>
+        <v>932</v>
       </c>
       <c r="C402">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="D402">
         <v>388</v>
       </c>
       <c r="E402">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="F402">
-        <v>2659</v>
+        <v>2658</v>
       </c>
       <c r="G402">
         <v>3170</v>
       </c>
       <c r="H402">
-        <v>4119</v>
+        <v>4115</v>
       </c>
       <c r="I402">
-        <v>13189</v>
+        <v>13200</v>
       </c>
       <c r="J402">
         <v>2093</v>
       </c>
       <c r="K402">
-        <v>4380</v>
+        <v>4390</v>
       </c>
       <c r="L402">
-        <v>15022</v>
+        <v>15017</v>
       </c>
       <c r="M402">
-        <v>19401</v>
+        <v>19407</v>
       </c>
     </row>
     <row r="403" spans="1:26">
       <c r="A403" s="6">
         <v>38534.0</v>
       </c>
       <c r="B403">
         <v>953</v>
       </c>
       <c r="C403">
         <v>1808</v>
       </c>
       <c r="D403">
         <v>352</v>
       </c>
       <c r="E403">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="F403">
-        <v>2597</v>
+        <v>2598</v>
       </c>
       <c r="G403">
         <v>3113</v>
       </c>
       <c r="H403">
         <v>4360</v>
       </c>
       <c r="I403">
-        <v>12567</v>
+        <v>12562</v>
       </c>
       <c r="J403">
         <v>1927</v>
       </c>
       <c r="K403">
-        <v>4564</v>
+        <v>4553</v>
       </c>
       <c r="L403">
-        <v>14291</v>
+        <v>14296</v>
       </c>
       <c r="M403">
-        <v>18855</v>
+        <v>18849</v>
       </c>
     </row>
     <row r="404" spans="1:26">
       <c r="A404" s="6">
         <v>38565.0</v>
       </c>
       <c r="B404">
         <v>995</v>
       </c>
       <c r="C404">
         <v>2020</v>
       </c>
       <c r="D404">
         <v>405</v>
       </c>
       <c r="E404">
         <v>587</v>
       </c>
       <c r="F404">
         <v>2833</v>
       </c>
       <c r="G404">
         <v>3420</v>
       </c>
       <c r="H404">
@@ -16733,461 +16733,461 @@
       <c r="E405">
         <v>496</v>
       </c>
       <c r="F405">
         <v>2702</v>
       </c>
       <c r="G405">
         <v>3198</v>
       </c>
       <c r="H405">
         <v>4237</v>
       </c>
       <c r="I405">
         <v>12764</v>
       </c>
       <c r="J405">
         <v>1783</v>
       </c>
       <c r="K405">
         <v>4323</v>
       </c>
       <c r="L405">
         <v>14460</v>
       </c>
       <c r="M405">
-        <v>18783</v>
+        <v>18784</v>
       </c>
     </row>
     <row r="406" spans="1:26">
       <c r="A406" s="6">
         <v>38626.0</v>
       </c>
       <c r="B406">
         <v>954</v>
       </c>
       <c r="C406">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="D406">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E406">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="F406">
-        <v>2686</v>
+        <v>2687</v>
       </c>
       <c r="G406">
-        <v>3249</v>
+        <v>3251</v>
       </c>
       <c r="H406">
         <v>4328</v>
       </c>
       <c r="I406">
-        <v>13432</v>
+        <v>13441</v>
       </c>
       <c r="J406">
-        <v>1847</v>
+        <v>1857</v>
       </c>
       <c r="K406">
-        <v>4874</v>
+        <v>4884</v>
       </c>
       <c r="L406">
-        <v>14734</v>
+        <v>14743</v>
       </c>
       <c r="M406">
-        <v>19608</v>
+        <v>19626</v>
       </c>
     </row>
     <row r="407" spans="1:26">
       <c r="A407" s="6">
         <v>38657.0</v>
       </c>
       <c r="B407">
         <v>974</v>
       </c>
       <c r="C407">
-        <v>1835</v>
+        <v>1834</v>
       </c>
       <c r="D407">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="E407">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="F407">
         <v>2625</v>
       </c>
       <c r="G407">
-        <v>3174</v>
+        <v>3172</v>
       </c>
       <c r="H407">
-        <v>4466</v>
+        <v>4470</v>
       </c>
       <c r="I407">
-        <v>12192</v>
+        <v>12181</v>
       </c>
       <c r="J407">
-        <v>2027</v>
+        <v>2017</v>
       </c>
       <c r="K407">
-        <v>4844</v>
+        <v>4824</v>
       </c>
       <c r="L407">
-        <v>13841</v>
+        <v>13845</v>
       </c>
       <c r="M407">
-        <v>18685</v>
+        <v>18669</v>
       </c>
     </row>
     <row r="408" spans="1:26">
       <c r="A408" s="6">
         <v>38687.0</v>
       </c>
       <c r="B408">
         <v>879</v>
       </c>
       <c r="C408">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="D408">
         <v>334</v>
       </c>
       <c r="E408">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F408">
         <v>2431</v>
       </c>
       <c r="G408">
-        <v>2978</v>
+        <v>2979</v>
       </c>
       <c r="H408">
         <v>4102</v>
       </c>
       <c r="I408">
-        <v>12400</v>
+        <v>12411</v>
       </c>
       <c r="J408">
         <v>1814</v>
       </c>
       <c r="K408">
-        <v>4961</v>
+        <v>4972</v>
       </c>
       <c r="L408">
         <v>13355</v>
       </c>
       <c r="M408">
-        <v>18316</v>
+        <v>18327</v>
       </c>
     </row>
     <row r="409" spans="1:26">
       <c r="A409" s="6">
         <v>38718.0</v>
       </c>
       <c r="B409">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C409">
         <v>1950</v>
       </c>
       <c r="D409">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E409">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F409">
-        <v>2828</v>
+        <v>2829</v>
       </c>
       <c r="G409">
-        <v>3349</v>
+        <v>3351</v>
       </c>
       <c r="H409">
-        <v>4836</v>
+        <v>4851</v>
       </c>
       <c r="I409">
         <v>13552</v>
       </c>
       <c r="J409">
-        <v>2157</v>
+        <v>2166</v>
       </c>
       <c r="K409">
-        <v>4637</v>
+        <v>4652</v>
       </c>
       <c r="L409">
-        <v>15907</v>
+        <v>15917</v>
       </c>
       <c r="M409">
-        <v>20545</v>
+        <v>20569</v>
       </c>
     </row>
     <row r="410" spans="1:26">
       <c r="A410" s="6">
         <v>38749.0</v>
       </c>
       <c r="B410">
         <v>895</v>
       </c>
       <c r="C410">
         <v>1885</v>
       </c>
       <c r="D410">
         <v>333</v>
       </c>
       <c r="E410">
         <v>538</v>
       </c>
       <c r="F410">
         <v>2575</v>
       </c>
       <c r="G410">
         <v>3113</v>
       </c>
       <c r="H410">
         <v>4280</v>
       </c>
       <c r="I410">
         <v>13236</v>
       </c>
       <c r="J410">
         <v>1696</v>
       </c>
       <c r="K410">
         <v>4692</v>
       </c>
       <c r="L410">
         <v>14519</v>
       </c>
       <c r="M410">
         <v>19211</v>
       </c>
     </row>
     <row r="411" spans="1:26">
       <c r="A411" s="6">
         <v>38777.0</v>
       </c>
       <c r="B411">
-        <v>1025</v>
+        <v>1024</v>
       </c>
       <c r="C411">
         <v>2057</v>
       </c>
       <c r="D411">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E411">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F411">
-        <v>2892</v>
+        <v>2890</v>
       </c>
       <c r="G411">
         <v>3457</v>
       </c>
       <c r="H411">
-        <v>5178</v>
+        <v>5176</v>
       </c>
       <c r="I411">
         <v>14535</v>
       </c>
       <c r="J411">
-        <v>2008</v>
+        <v>2023</v>
       </c>
       <c r="K411">
-        <v>5164</v>
+        <v>5181</v>
       </c>
       <c r="L411">
-        <v>16557</v>
+        <v>16553</v>
       </c>
       <c r="M411">
-        <v>21721</v>
+        <v>21734</v>
       </c>
     </row>
     <row r="412" spans="1:26">
       <c r="A412" s="6">
         <v>38808.0</v>
       </c>
       <c r="B412">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C412">
         <v>1910</v>
       </c>
       <c r="D412">
         <v>411</v>
       </c>
       <c r="E412">
         <v>617</v>
       </c>
       <c r="F412">
-        <v>2712</v>
+        <v>2713</v>
       </c>
       <c r="G412">
-        <v>3329</v>
+        <v>3330</v>
       </c>
       <c r="H412">
-        <v>4788</v>
+        <v>4793</v>
       </c>
       <c r="I412">
         <v>13421</v>
       </c>
       <c r="J412">
         <v>2209</v>
       </c>
       <c r="K412">
         <v>5147</v>
       </c>
       <c r="L412">
-        <v>15271</v>
+        <v>15276</v>
       </c>
       <c r="M412">
-        <v>20417</v>
+        <v>20423</v>
       </c>
     </row>
     <row r="413" spans="1:26">
       <c r="A413" s="6">
         <v>38838.0</v>
       </c>
       <c r="B413">
         <v>1080</v>
       </c>
       <c r="C413">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="D413">
         <v>376</v>
       </c>
       <c r="E413">
         <v>638</v>
       </c>
       <c r="F413">
-        <v>2941</v>
+        <v>2942</v>
       </c>
       <c r="G413">
-        <v>3579</v>
+        <v>3580</v>
       </c>
       <c r="H413">
         <v>5065</v>
       </c>
       <c r="I413">
-        <v>15055</v>
+        <v>15067</v>
       </c>
       <c r="J413">
         <v>1984</v>
       </c>
       <c r="K413">
         <v>5660</v>
       </c>
       <c r="L413">
-        <v>16445</v>
+        <v>16456</v>
       </c>
       <c r="M413">
-        <v>22105</v>
+        <v>22116</v>
       </c>
     </row>
     <row r="414" spans="1:26">
       <c r="A414" s="6">
         <v>38869.0</v>
       </c>
       <c r="B414">
         <v>1192</v>
       </c>
       <c r="C414">
-        <v>2187</v>
+        <v>2186</v>
       </c>
       <c r="D414">
         <v>476</v>
       </c>
       <c r="E414">
         <v>695</v>
       </c>
       <c r="F414">
-        <v>3160</v>
+        <v>3159</v>
       </c>
       <c r="G414">
-        <v>3855</v>
+        <v>3854</v>
       </c>
       <c r="H414">
         <v>5380</v>
       </c>
       <c r="I414">
-        <v>15501</v>
+        <v>15490</v>
       </c>
       <c r="J414">
         <v>2287</v>
       </c>
       <c r="K414">
         <v>6010</v>
       </c>
       <c r="L414">
-        <v>17159</v>
+        <v>17147</v>
       </c>
       <c r="M414">
-        <v>23168</v>
+        <v>23157</v>
       </c>
     </row>
     <row r="415" spans="1:26">
       <c r="A415" s="6">
         <v>38899.0</v>
       </c>
       <c r="B415">
         <v>1144</v>
       </c>
       <c r="C415">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="D415">
         <v>416</v>
       </c>
       <c r="E415">
         <v>614</v>
       </c>
       <c r="F415">
-        <v>2957</v>
+        <v>2958</v>
       </c>
       <c r="G415">
-        <v>3571</v>
+        <v>3572</v>
       </c>
       <c r="H415">
         <v>5181</v>
       </c>
       <c r="I415">
-        <v>14008</v>
+        <v>14010</v>
       </c>
       <c r="J415">
         <v>2103</v>
       </c>
       <c r="K415">
         <v>5372</v>
       </c>
       <c r="L415">
-        <v>15920</v>
+        <v>15922</v>
       </c>
       <c r="M415">
-        <v>21292</v>
+        <v>21294</v>
       </c>
     </row>
     <row r="416" spans="1:26">
       <c r="A416" s="6">
         <v>38930.0</v>
       </c>
       <c r="B416">
         <v>1148</v>
       </c>
       <c r="C416">
         <v>2367</v>
       </c>
       <c r="D416">
         <v>439</v>
       </c>
       <c r="E416">
         <v>669</v>
       </c>
       <c r="F416">
         <v>3285</v>
       </c>
       <c r="G416">
         <v>3954</v>
       </c>
       <c r="H416">
@@ -17318,122 +17318,122 @@
       </c>
       <c r="I419">
         <v>15432</v>
       </c>
       <c r="J419">
         <v>2286</v>
       </c>
       <c r="K419">
         <v>6262</v>
       </c>
       <c r="L419">
         <v>16874</v>
       </c>
       <c r="M419">
         <v>23136</v>
       </c>
     </row>
     <row r="420" spans="1:26">
       <c r="A420" s="6">
         <v>39052.0</v>
       </c>
       <c r="B420">
         <v>1094</v>
       </c>
       <c r="C420">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="D420">
         <v>392</v>
       </c>
       <c r="E420">
         <v>718</v>
       </c>
       <c r="F420">
-        <v>2778</v>
+        <v>2779</v>
       </c>
       <c r="G420">
-        <v>3496</v>
+        <v>3497</v>
       </c>
       <c r="H420">
-        <v>5203</v>
+        <v>5204</v>
       </c>
       <c r="I420">
-        <v>14047</v>
+        <v>14055</v>
       </c>
       <c r="J420">
         <v>2241</v>
       </c>
       <c r="K420">
         <v>6012</v>
       </c>
       <c r="L420">
-        <v>15479</v>
+        <v>15489</v>
       </c>
       <c r="M420">
-        <v>21491</v>
+        <v>21500</v>
       </c>
     </row>
     <row r="421" spans="1:26">
       <c r="A421" s="6">
         <v>39083.0</v>
       </c>
       <c r="B421">
         <v>1026</v>
       </c>
       <c r="C421">
-        <v>2082</v>
+        <v>2081</v>
       </c>
       <c r="D421">
         <v>378</v>
       </c>
       <c r="E421">
         <v>691</v>
       </c>
       <c r="F421">
-        <v>2795</v>
+        <v>2794</v>
       </c>
       <c r="G421">
-        <v>3486</v>
+        <v>3485</v>
       </c>
       <c r="H421">
-        <v>4872</v>
+        <v>4876</v>
       </c>
       <c r="I421">
-        <v>14894</v>
+        <v>14886</v>
       </c>
       <c r="J421">
         <v>2348</v>
       </c>
       <c r="K421">
         <v>6094</v>
       </c>
       <c r="L421">
-        <v>16020</v>
+        <v>16015</v>
       </c>
       <c r="M421">
-        <v>22114</v>
+        <v>22110</v>
       </c>
     </row>
     <row r="422" spans="1:26">
       <c r="A422" s="6">
         <v>39114.0</v>
       </c>
       <c r="B422">
         <v>945</v>
       </c>
       <c r="C422">
         <v>1927</v>
       </c>
       <c r="D422">
         <v>314</v>
       </c>
       <c r="E422">
         <v>682</v>
       </c>
       <c r="F422">
         <v>2504</v>
       </c>
       <c r="G422">
         <v>3186</v>
       </c>
       <c r="H422">
@@ -17444,78 +17444,78 @@
       </c>
       <c r="J422">
         <v>1801</v>
       </c>
       <c r="K422">
         <v>6089</v>
       </c>
       <c r="L422">
         <v>14775</v>
       </c>
       <c r="M422">
         <v>20864</v>
       </c>
     </row>
     <row r="423" spans="1:26">
       <c r="A423" s="6">
         <v>39142.0</v>
       </c>
       <c r="B423">
         <v>1051</v>
       </c>
       <c r="C423">
         <v>2243</v>
       </c>
       <c r="D423">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="E423">
-        <v>829</v>
+        <v>828</v>
       </c>
       <c r="F423">
         <v>2833</v>
       </c>
       <c r="G423">
-        <v>3662</v>
+        <v>3661</v>
       </c>
       <c r="H423">
         <v>5270</v>
       </c>
       <c r="I423">
         <v>16383</v>
       </c>
       <c r="J423">
-        <v>2169</v>
+        <v>2161</v>
       </c>
       <c r="K423">
-        <v>7238</v>
+        <v>7230</v>
       </c>
       <c r="L423">
         <v>16584</v>
       </c>
       <c r="M423">
-        <v>23823</v>
+        <v>23814</v>
       </c>
     </row>
     <row r="424" spans="1:26">
       <c r="A424" s="6">
         <v>39173.0</v>
       </c>
       <c r="B424">
         <v>989</v>
       </c>
       <c r="C424">
         <v>2074</v>
       </c>
       <c r="D424">
         <v>351</v>
       </c>
       <c r="E424">
         <v>758</v>
       </c>
       <c r="F424">
         <v>2656</v>
       </c>
       <c r="G424">
         <v>3414</v>
       </c>
       <c r="H424">
@@ -17523,488 +17523,488 @@
       </c>
       <c r="I424">
         <v>15497</v>
       </c>
       <c r="J424">
         <v>1916</v>
       </c>
       <c r="K424">
         <v>6739</v>
       </c>
       <c r="L424">
         <v>15639</v>
       </c>
       <c r="M424">
         <v>22378</v>
       </c>
     </row>
     <row r="425" spans="1:26">
       <c r="A425" s="6">
         <v>39203.0</v>
       </c>
       <c r="B425">
         <v>1082</v>
       </c>
       <c r="C425">
-        <v>2332</v>
+        <v>2334</v>
       </c>
       <c r="D425">
         <v>423</v>
       </c>
       <c r="E425">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="F425">
-        <v>2988</v>
+        <v>2989</v>
       </c>
       <c r="G425">
-        <v>3837</v>
+        <v>3839</v>
       </c>
       <c r="H425">
         <v>5183</v>
       </c>
       <c r="I425">
-        <v>17264</v>
+        <v>17283</v>
       </c>
       <c r="J425">
         <v>2334</v>
       </c>
       <c r="K425">
-        <v>7567</v>
+        <v>7583</v>
       </c>
       <c r="L425">
-        <v>17214</v>
+        <v>17217</v>
       </c>
       <c r="M425">
-        <v>24781</v>
+        <v>24800</v>
       </c>
     </row>
     <row r="426" spans="1:26">
       <c r="A426" s="6">
         <v>39234.0</v>
       </c>
       <c r="B426">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="C426">
         <v>2356</v>
       </c>
       <c r="D426">
         <v>369</v>
       </c>
       <c r="E426">
         <v>871</v>
       </c>
       <c r="F426">
-        <v>2987</v>
+        <v>2988</v>
       </c>
       <c r="G426">
-        <v>3858</v>
+        <v>3859</v>
       </c>
       <c r="H426">
-        <v>5209</v>
+        <v>5230</v>
       </c>
       <c r="I426">
-        <v>17009</v>
+        <v>17002</v>
       </c>
       <c r="J426">
         <v>1935</v>
       </c>
       <c r="K426">
-        <v>7786</v>
+        <v>7783</v>
       </c>
       <c r="L426">
-        <v>16366</v>
+        <v>16383</v>
       </c>
       <c r="M426">
-        <v>24152</v>
+        <v>24166</v>
       </c>
     </row>
     <row r="427" spans="1:26">
       <c r="A427" s="6">
         <v>39264.0</v>
       </c>
       <c r="B427">
-        <v>1135</v>
+        <v>1134</v>
       </c>
       <c r="C427">
-        <v>2236</v>
+        <v>2235</v>
       </c>
       <c r="D427">
         <v>405</v>
       </c>
       <c r="E427">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="F427">
         <v>2874</v>
       </c>
       <c r="G427">
-        <v>3776</v>
+        <v>3774</v>
       </c>
       <c r="H427">
-        <v>5533</v>
+        <v>5517</v>
       </c>
       <c r="I427">
-        <v>16660</v>
+        <v>16651</v>
       </c>
       <c r="J427">
         <v>2241</v>
       </c>
       <c r="K427">
-        <v>7996</v>
+        <v>7971</v>
       </c>
       <c r="L427">
         <v>16438</v>
       </c>
       <c r="M427">
-        <v>24435</v>
+        <v>24409</v>
       </c>
     </row>
     <row r="428" spans="1:26">
       <c r="A428" s="6">
         <v>39295.0</v>
       </c>
       <c r="B428">
         <v>1227</v>
       </c>
       <c r="C428">
-        <v>2456</v>
+        <v>2455</v>
       </c>
       <c r="D428">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="E428">
-        <v>958</v>
+        <v>957</v>
       </c>
       <c r="F428">
-        <v>3167</v>
+        <v>3166</v>
       </c>
       <c r="G428">
-        <v>4125</v>
+        <v>4123</v>
       </c>
       <c r="H428">
         <v>5926</v>
       </c>
       <c r="I428">
-        <v>17887</v>
+        <v>17884</v>
       </c>
       <c r="J428">
-        <v>2328</v>
+        <v>2318</v>
       </c>
       <c r="K428">
-        <v>8675</v>
+        <v>8665</v>
       </c>
       <c r="L428">
-        <v>17466</v>
+        <v>17463</v>
       </c>
       <c r="M428">
-        <v>26141</v>
+        <v>26129</v>
       </c>
     </row>
     <row r="429" spans="1:26">
       <c r="A429" s="6">
         <v>39326.0</v>
       </c>
       <c r="B429">
         <v>1107</v>
       </c>
       <c r="C429">
-        <v>2298</v>
+        <v>2301</v>
       </c>
       <c r="D429">
         <v>393</v>
       </c>
       <c r="E429">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="F429">
-        <v>2950</v>
+        <v>2951</v>
       </c>
       <c r="G429">
-        <v>3798</v>
+        <v>3801</v>
       </c>
       <c r="H429">
         <v>5215</v>
       </c>
       <c r="I429">
-        <v>16405</v>
+        <v>16424</v>
       </c>
       <c r="J429">
         <v>2016</v>
       </c>
       <c r="K429">
-        <v>7431</v>
+        <v>7447</v>
       </c>
       <c r="L429">
-        <v>16206</v>
+        <v>16209</v>
       </c>
       <c r="M429">
-        <v>23636</v>
+        <v>23655</v>
       </c>
     </row>
     <row r="430" spans="1:26">
       <c r="A430" s="6">
         <v>39356.0</v>
       </c>
       <c r="B430">
         <v>1239</v>
       </c>
       <c r="C430">
-        <v>2579</v>
+        <v>2578</v>
       </c>
       <c r="D430">
         <v>468</v>
       </c>
       <c r="E430">
-        <v>948</v>
+        <v>947</v>
       </c>
       <c r="F430">
         <v>3338</v>
       </c>
       <c r="G430">
-        <v>4286</v>
+        <v>4285</v>
       </c>
       <c r="H430">
         <v>5602</v>
       </c>
       <c r="I430">
-        <v>18510</v>
+        <v>18500</v>
       </c>
       <c r="J430">
         <v>2359</v>
       </c>
       <c r="K430">
-        <v>8324</v>
+        <v>8314</v>
       </c>
       <c r="L430">
         <v>18146</v>
       </c>
       <c r="M430">
-        <v>26470</v>
+        <v>26460</v>
       </c>
     </row>
     <row r="431" spans="1:26">
       <c r="A431" s="6">
         <v>39387.0</v>
       </c>
       <c r="B431">
         <v>1087</v>
       </c>
       <c r="C431">
-        <v>2256</v>
+        <v>2261</v>
       </c>
       <c r="D431">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="E431">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="F431">
         <v>2892</v>
       </c>
       <c r="G431">
-        <v>3782</v>
+        <v>3786</v>
       </c>
       <c r="H431">
         <v>4942</v>
       </c>
       <c r="I431">
-        <v>16584</v>
+        <v>16636</v>
       </c>
       <c r="J431">
-        <v>2353</v>
+        <v>2342</v>
       </c>
       <c r="K431">
-        <v>7962</v>
+        <v>8003</v>
       </c>
       <c r="L431">
         <v>15917</v>
       </c>
       <c r="M431">
-        <v>23879</v>
+        <v>23920</v>
       </c>
     </row>
     <row r="432" spans="1:26">
       <c r="A432" s="6">
         <v>39417.0</v>
       </c>
       <c r="B432">
         <v>1059</v>
       </c>
       <c r="C432">
-        <v>2142</v>
+        <v>2141</v>
       </c>
       <c r="D432">
         <v>363</v>
       </c>
       <c r="E432">
-        <v>878</v>
+        <v>877</v>
       </c>
       <c r="F432">
         <v>2686</v>
       </c>
       <c r="G432">
-        <v>3564</v>
+        <v>3563</v>
       </c>
       <c r="H432">
         <v>5331</v>
       </c>
       <c r="I432">
-        <v>16538</v>
+        <v>16527</v>
       </c>
       <c r="J432">
         <v>1830</v>
       </c>
       <c r="K432">
-        <v>7995</v>
+        <v>7985</v>
       </c>
       <c r="L432">
         <v>15703</v>
       </c>
       <c r="M432">
-        <v>23698</v>
+        <v>23687</v>
       </c>
     </row>
     <row r="433" spans="1:26">
       <c r="A433" s="6">
         <v>39448.0</v>
       </c>
       <c r="B433">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="C433">
-        <v>2127</v>
+        <v>2128</v>
       </c>
       <c r="D433">
         <v>400</v>
       </c>
       <c r="E433">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="F433">
-        <v>2860</v>
+        <v>2861</v>
       </c>
       <c r="G433">
-        <v>3730</v>
+        <v>3732</v>
       </c>
       <c r="H433">
-        <v>5757</v>
+        <v>5762</v>
       </c>
       <c r="I433">
-        <v>16322</v>
+        <v>16333</v>
       </c>
       <c r="J433">
         <v>2192</v>
       </c>
       <c r="K433">
-        <v>7961</v>
+        <v>7972</v>
       </c>
       <c r="L433">
-        <v>16310</v>
+        <v>16314</v>
       </c>
       <c r="M433">
-        <v>24271</v>
+        <v>24286</v>
       </c>
     </row>
     <row r="434" spans="1:26">
       <c r="A434" s="6">
         <v>39479.0</v>
       </c>
       <c r="B434">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="C434">
-        <v>2143</v>
+        <v>2140</v>
       </c>
       <c r="D434">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="E434">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="F434">
-        <v>2722</v>
+        <v>2720</v>
       </c>
       <c r="G434">
-        <v>3622</v>
+        <v>3617</v>
       </c>
       <c r="H434">
-        <v>5673</v>
+        <v>5668</v>
       </c>
       <c r="I434">
-        <v>16480</v>
+        <v>16449</v>
       </c>
       <c r="J434">
-        <v>1814</v>
+        <v>1811</v>
       </c>
       <c r="K434">
-        <v>8250</v>
+        <v>8219</v>
       </c>
       <c r="L434">
-        <v>15716</v>
+        <v>15709</v>
       </c>
       <c r="M434">
-        <v>23967</v>
+        <v>23928</v>
       </c>
     </row>
     <row r="435" spans="1:26">
       <c r="A435" s="6">
         <v>39508.0</v>
       </c>
       <c r="B435">
         <v>1203</v>
       </c>
       <c r="C435">
         <v>2228</v>
       </c>
       <c r="D435">
         <v>360</v>
       </c>
       <c r="E435">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="F435">
-        <v>2823</v>
+        <v>2822</v>
       </c>
       <c r="G435">
         <v>3791</v>
       </c>
       <c r="H435">
         <v>5856</v>
       </c>
       <c r="I435">
         <v>17354</v>
       </c>
       <c r="J435">
         <v>2014</v>
       </c>
       <c r="K435">
-        <v>8959</v>
+        <v>8961</v>
       </c>
       <c r="L435">
-        <v>16264</v>
+        <v>16263</v>
       </c>
       <c r="M435">
         <v>25224</v>
       </c>
     </row>
     <row r="436" spans="1:26">
       <c r="A436" s="6">
         <v>39539.0</v>
       </c>
       <c r="B436">
         <v>1230</v>
       </c>
       <c r="C436">
         <v>2210</v>
       </c>
       <c r="D436">
         <v>367</v>
       </c>
       <c r="E436">
         <v>1044</v>
       </c>
       <c r="F436">
         <v>2763</v>
       </c>
       <c r="G436">
@@ -18012,207 +18012,207 @@
       </c>
       <c r="H436">
         <v>6231</v>
       </c>
       <c r="I436">
         <v>17267</v>
       </c>
       <c r="J436">
         <v>1881</v>
       </c>
       <c r="K436">
         <v>9469</v>
       </c>
       <c r="L436">
         <v>15910</v>
       </c>
       <c r="M436">
         <v>25380</v>
       </c>
     </row>
     <row r="437" spans="1:26">
       <c r="A437" s="6">
         <v>39569.0</v>
       </c>
       <c r="B437">
-        <v>1382</v>
+        <v>1381</v>
       </c>
       <c r="C437">
-        <v>2293</v>
+        <v>2294</v>
       </c>
       <c r="D437">
         <v>339</v>
       </c>
       <c r="E437">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="F437">
-        <v>2928</v>
+        <v>2927</v>
       </c>
       <c r="G437">
         <v>4014</v>
       </c>
       <c r="H437">
         <v>6888</v>
       </c>
       <c r="I437">
-        <v>18067</v>
+        <v>18076</v>
       </c>
       <c r="J437">
         <v>1785</v>
       </c>
       <c r="K437">
-        <v>10146</v>
+        <v>10155</v>
       </c>
       <c r="L437">
         <v>16595</v>
       </c>
       <c r="M437">
-        <v>26741</v>
+        <v>26750</v>
       </c>
     </row>
     <row r="438" spans="1:26">
       <c r="A438" s="6">
         <v>39600.0</v>
       </c>
       <c r="B438">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="C438">
-        <v>2294</v>
+        <v>2293</v>
       </c>
       <c r="D438">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E438">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="F438">
         <v>3082</v>
       </c>
       <c r="G438">
-        <v>4160</v>
+        <v>4161</v>
       </c>
       <c r="H438">
-        <v>7152</v>
+        <v>7161</v>
       </c>
       <c r="I438">
-        <v>18154</v>
+        <v>18146</v>
       </c>
       <c r="J438">
-        <v>2165</v>
+        <v>2166</v>
       </c>
       <c r="K438">
-        <v>10197</v>
+        <v>10198</v>
       </c>
       <c r="L438">
         <v>17275</v>
       </c>
       <c r="M438">
-        <v>27472</v>
+        <v>27473</v>
       </c>
     </row>
     <row r="439" spans="1:26">
       <c r="A439" s="6">
         <v>39630.0</v>
       </c>
       <c r="B439">
         <v>1534</v>
       </c>
       <c r="C439">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="D439">
         <v>494</v>
       </c>
       <c r="E439">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="F439">
         <v>3288</v>
       </c>
       <c r="G439">
-        <v>4459</v>
+        <v>4460</v>
       </c>
       <c r="H439">
         <v>7270</v>
       </c>
       <c r="I439">
-        <v>18504</v>
+        <v>18516</v>
       </c>
       <c r="J439">
         <v>2367</v>
       </c>
       <c r="K439">
-        <v>10911</v>
+        <v>10923</v>
       </c>
       <c r="L439">
         <v>17230</v>
       </c>
       <c r="M439">
-        <v>28141</v>
+        <v>28152</v>
       </c>
     </row>
     <row r="440" spans="1:26">
       <c r="A440" s="6">
         <v>39661.0</v>
       </c>
       <c r="B440">
-        <v>1500</v>
+        <v>1499</v>
       </c>
       <c r="C440">
-        <v>2395</v>
+        <v>2394</v>
       </c>
       <c r="D440">
         <v>503</v>
       </c>
       <c r="E440">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="F440">
         <v>3269</v>
       </c>
       <c r="G440">
-        <v>4398</v>
+        <v>4396</v>
       </c>
       <c r="H440">
-        <v>7147</v>
+        <v>7138</v>
       </c>
       <c r="I440">
-        <v>18116</v>
+        <v>18105</v>
       </c>
       <c r="J440">
         <v>2453</v>
       </c>
       <c r="K440">
-        <v>10439</v>
+        <v>10419</v>
       </c>
       <c r="L440">
         <v>17278</v>
       </c>
       <c r="M440">
-        <v>27717</v>
+        <v>27696</v>
       </c>
     </row>
     <row r="441" spans="1:26">
       <c r="A441" s="6">
         <v>39692.0</v>
       </c>
       <c r="B441">
         <v>1498</v>
       </c>
       <c r="C441">
         <v>2440</v>
       </c>
       <c r="D441">
         <v>486</v>
       </c>
       <c r="E441">
         <v>1170</v>
       </c>
       <c r="F441">
         <v>3254</v>
       </c>
       <c r="G441">
         <v>4424</v>
       </c>
       <c r="H441">
@@ -18220,532 +18220,532 @@
       </c>
       <c r="I441">
         <v>18607</v>
       </c>
       <c r="J441">
         <v>2343</v>
       </c>
       <c r="K441">
         <v>10906</v>
       </c>
       <c r="L441">
         <v>16904</v>
       </c>
       <c r="M441">
         <v>27810</v>
       </c>
     </row>
     <row r="442" spans="1:26">
       <c r="A442" s="6">
         <v>39722.0</v>
       </c>
       <c r="B442">
         <v>1648</v>
       </c>
       <c r="C442">
-        <v>2671</v>
+        <v>2672</v>
       </c>
       <c r="D442">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="E442">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="F442">
         <v>3553</v>
       </c>
       <c r="G442">
-        <v>4844</v>
+        <v>4846</v>
       </c>
       <c r="H442">
         <v>7905</v>
       </c>
       <c r="I442">
-        <v>20035</v>
+        <v>20047</v>
       </c>
       <c r="J442">
-        <v>2528</v>
+        <v>2536</v>
       </c>
       <c r="K442">
-        <v>12078</v>
+        <v>12098</v>
       </c>
       <c r="L442">
         <v>18390</v>
       </c>
       <c r="M442">
-        <v>30468</v>
+        <v>30489</v>
       </c>
     </row>
     <row r="443" spans="1:26">
       <c r="A443" s="6">
         <v>39753.0</v>
       </c>
       <c r="B443">
         <v>1461</v>
       </c>
       <c r="C443">
-        <v>2273</v>
+        <v>2272</v>
       </c>
       <c r="D443">
         <v>468</v>
       </c>
       <c r="E443">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="F443">
         <v>3034</v>
       </c>
       <c r="G443">
-        <v>4202</v>
+        <v>4201</v>
       </c>
       <c r="H443">
         <v>7171</v>
       </c>
       <c r="I443">
-        <v>18206</v>
+        <v>18194</v>
       </c>
       <c r="J443">
         <v>2490</v>
       </c>
       <c r="K443">
-        <v>11330</v>
+        <v>11318</v>
       </c>
       <c r="L443">
         <v>16538</v>
       </c>
       <c r="M443">
-        <v>27867</v>
+        <v>27855</v>
       </c>
     </row>
     <row r="444" spans="1:26">
       <c r="A444" s="6">
         <v>39783.0</v>
       </c>
       <c r="B444">
         <v>1254</v>
       </c>
       <c r="C444">
         <v>2057</v>
       </c>
       <c r="D444">
         <v>434</v>
       </c>
       <c r="E444">
         <v>1089</v>
       </c>
       <c r="F444">
         <v>2656</v>
       </c>
       <c r="G444">
         <v>3745</v>
       </c>
       <c r="H444">
         <v>6649</v>
       </c>
       <c r="I444">
         <v>16591</v>
       </c>
       <c r="J444">
         <v>2245</v>
       </c>
       <c r="K444">
         <v>10408</v>
       </c>
       <c r="L444">
         <v>15078</v>
       </c>
       <c r="M444">
         <v>25486</v>
       </c>
     </row>
     <row r="445" spans="1:26">
       <c r="A445" s="6">
         <v>39814.0</v>
       </c>
       <c r="B445">
-        <v>1286</v>
+        <v>1295</v>
       </c>
       <c r="C445">
-        <v>2099</v>
+        <v>2098</v>
       </c>
       <c r="D445">
         <v>327</v>
       </c>
       <c r="E445">
         <v>1076</v>
       </c>
       <c r="F445">
-        <v>2636</v>
+        <v>2644</v>
       </c>
       <c r="G445">
-        <v>3712</v>
+        <v>3720</v>
       </c>
       <c r="H445">
-        <v>6594</v>
+        <v>6620</v>
       </c>
       <c r="I445">
-        <v>16867</v>
+        <v>16859</v>
       </c>
       <c r="J445">
         <v>1947</v>
       </c>
       <c r="K445">
         <v>10262</v>
       </c>
       <c r="L445">
-        <v>15145</v>
+        <v>15164</v>
       </c>
       <c r="M445">
-        <v>25408</v>
+        <v>25426</v>
       </c>
     </row>
     <row r="446" spans="1:26">
       <c r="A446" s="6">
         <v>39845.0</v>
       </c>
       <c r="B446">
-        <v>998</v>
+        <v>1008</v>
       </c>
       <c r="C446">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="D446">
         <v>270</v>
       </c>
       <c r="E446">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="F446">
-        <v>2029</v>
+        <v>2039</v>
       </c>
       <c r="G446">
-        <v>2985</v>
+        <v>2996</v>
       </c>
       <c r="H446">
-        <v>5315</v>
+        <v>5335</v>
       </c>
       <c r="I446">
-        <v>14104</v>
+        <v>14115</v>
       </c>
       <c r="J446">
         <v>1530</v>
       </c>
       <c r="K446">
-        <v>9545</v>
+        <v>9556</v>
       </c>
       <c r="L446">
-        <v>11404</v>
+        <v>11424</v>
       </c>
       <c r="M446">
-        <v>20949</v>
+        <v>20980</v>
       </c>
     </row>
     <row r="447" spans="1:26">
       <c r="A447" s="6">
         <v>39873.0</v>
       </c>
       <c r="B447">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="C447">
-        <v>1663</v>
+        <v>1662</v>
       </c>
       <c r="D447">
         <v>276</v>
       </c>
       <c r="E447">
         <v>997</v>
       </c>
       <c r="F447">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="G447">
-        <v>2856</v>
+        <v>2858</v>
       </c>
       <c r="H447">
-        <v>5409</v>
+        <v>5412</v>
       </c>
       <c r="I447">
-        <v>14121</v>
+        <v>14110</v>
       </c>
       <c r="J447">
         <v>1505</v>
       </c>
       <c r="K447">
-        <v>9988</v>
+        <v>9987</v>
       </c>
       <c r="L447">
-        <v>11047</v>
+        <v>11039</v>
       </c>
       <c r="M447">
-        <v>21035</v>
+        <v>21026</v>
       </c>
     </row>
     <row r="448" spans="1:26">
       <c r="A448" s="6">
         <v>39904.0</v>
       </c>
       <c r="B448">
         <v>794</v>
       </c>
       <c r="C448">
         <v>1352</v>
       </c>
       <c r="D448">
         <v>276</v>
       </c>
       <c r="E448">
         <v>825</v>
       </c>
       <c r="F448">
         <v>1597</v>
       </c>
       <c r="G448">
         <v>2422</v>
       </c>
       <c r="H448">
         <v>4547</v>
       </c>
       <c r="I448">
         <v>11442</v>
       </c>
       <c r="J448">
         <v>1444</v>
       </c>
       <c r="K448">
         <v>8198</v>
       </c>
       <c r="L448">
         <v>9235</v>
       </c>
       <c r="M448">
         <v>17433</v>
       </c>
     </row>
     <row r="449" spans="1:26">
       <c r="A449" s="6">
         <v>39934.0</v>
       </c>
       <c r="B449">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C449">
         <v>1119</v>
       </c>
       <c r="D449">
         <v>206</v>
       </c>
       <c r="E449">
         <v>684</v>
       </c>
       <c r="F449">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="G449">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="H449">
-        <v>3354</v>
+        <v>3355</v>
       </c>
       <c r="I449">
         <v>9719</v>
       </c>
       <c r="J449">
         <v>988</v>
       </c>
       <c r="K449">
         <v>6933</v>
       </c>
       <c r="L449">
         <v>7129</v>
       </c>
       <c r="M449">
-        <v>14061</v>
+        <v>14062</v>
       </c>
     </row>
     <row r="450" spans="1:26">
       <c r="A450" s="6">
         <v>39965.0</v>
       </c>
       <c r="B450">
         <v>830</v>
       </c>
       <c r="C450">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="D450">
         <v>262</v>
       </c>
       <c r="E450">
         <v>826</v>
       </c>
       <c r="F450">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="G450">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="H450">
-        <v>4134</v>
+        <v>4135</v>
       </c>
       <c r="I450">
-        <v>10203</v>
+        <v>10208</v>
       </c>
       <c r="J450">
         <v>1343</v>
       </c>
       <c r="K450">
         <v>8415</v>
       </c>
       <c r="L450">
-        <v>7265</v>
+        <v>7271</v>
       </c>
       <c r="M450">
-        <v>15680</v>
+        <v>15686</v>
       </c>
     </row>
     <row r="451" spans="1:26">
       <c r="A451" s="6">
         <v>39995.0</v>
       </c>
       <c r="B451">
         <v>840</v>
       </c>
       <c r="C451">
-        <v>1098</v>
+        <v>1097</v>
       </c>
       <c r="D451">
         <v>297</v>
       </c>
       <c r="E451">
         <v>703</v>
       </c>
       <c r="F451">
-        <v>1532</v>
+        <v>1531</v>
       </c>
       <c r="G451">
-        <v>2235</v>
+        <v>2234</v>
       </c>
       <c r="H451">
         <v>4001</v>
       </c>
       <c r="I451">
-        <v>9082</v>
+        <v>9076</v>
       </c>
       <c r="J451">
         <v>1510</v>
       </c>
       <c r="K451">
         <v>7034</v>
       </c>
       <c r="L451">
-        <v>7559</v>
+        <v>7553</v>
       </c>
       <c r="M451">
-        <v>14593</v>
+        <v>14587</v>
       </c>
     </row>
     <row r="452" spans="1:26">
       <c r="A452" s="6">
         <v>40026.0</v>
       </c>
       <c r="B452">
         <v>921</v>
       </c>
       <c r="C452">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="D452">
         <v>297</v>
       </c>
       <c r="E452">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="F452">
         <v>1618</v>
       </c>
       <c r="G452">
-        <v>2445</v>
+        <v>2446</v>
       </c>
       <c r="H452">
         <v>4403</v>
       </c>
       <c r="I452">
-        <v>10035</v>
+        <v>10040</v>
       </c>
       <c r="J452">
         <v>1368</v>
       </c>
       <c r="K452">
-        <v>8294</v>
+        <v>8298</v>
       </c>
       <c r="L452">
         <v>7512</v>
       </c>
       <c r="M452">
-        <v>15806</v>
+        <v>15811</v>
       </c>
     </row>
     <row r="453" spans="1:26">
       <c r="A453" s="6">
         <v>40057.0</v>
       </c>
       <c r="B453">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="C453">
         <v>1052</v>
       </c>
       <c r="D453">
         <v>298</v>
       </c>
       <c r="E453">
         <v>735</v>
       </c>
       <c r="F453">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="G453">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="H453">
-        <v>4809</v>
+        <v>4821</v>
       </c>
       <c r="I453">
         <v>8505</v>
       </c>
       <c r="J453">
         <v>1454</v>
       </c>
       <c r="K453">
         <v>7454</v>
       </c>
       <c r="L453">
-        <v>7314</v>
+        <v>7325</v>
       </c>
       <c r="M453">
-        <v>14768</v>
+        <v>14779</v>
       </c>
     </row>
     <row r="454" spans="1:26">
       <c r="A454" s="6">
         <v>40087.0</v>
       </c>
       <c r="B454">
         <v>966</v>
       </c>
       <c r="C454">
         <v>1068</v>
       </c>
       <c r="D454">
         <v>284</v>
       </c>
       <c r="E454">
         <v>819</v>
       </c>
       <c r="F454">
         <v>1499</v>
       </c>
       <c r="G454">
         <v>2318</v>
       </c>
       <c r="H454">
@@ -18753,81 +18753,81 @@
       </c>
       <c r="I454">
         <v>9241</v>
       </c>
       <c r="J454">
         <v>1365</v>
       </c>
       <c r="K454">
         <v>8108</v>
       </c>
       <c r="L454">
         <v>7184</v>
       </c>
       <c r="M454">
         <v>15291</v>
       </c>
     </row>
     <row r="455" spans="1:26">
       <c r="A455" s="6">
         <v>40118.0</v>
       </c>
       <c r="B455">
         <v>947</v>
       </c>
       <c r="C455">
-        <v>1083</v>
+        <v>1082</v>
       </c>
       <c r="D455">
         <v>280</v>
       </c>
       <c r="E455">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="F455">
         <v>1492</v>
       </c>
       <c r="G455">
-        <v>2310</v>
+        <v>2309</v>
       </c>
       <c r="H455">
         <v>4832</v>
       </c>
       <c r="I455">
-        <v>9217</v>
+        <v>9212</v>
       </c>
       <c r="J455">
         <v>1299</v>
       </c>
       <c r="K455">
-        <v>8094</v>
+        <v>8089</v>
       </c>
       <c r="L455">
         <v>7255</v>
       </c>
       <c r="M455">
-        <v>15349</v>
+        <v>15344</v>
       </c>
     </row>
     <row r="456" spans="1:26">
       <c r="A456" s="6">
         <v>40148.0</v>
       </c>
       <c r="B456">
         <v>893</v>
       </c>
       <c r="C456">
         <v>1029</v>
       </c>
       <c r="D456">
         <v>275</v>
       </c>
       <c r="E456">
         <v>748</v>
       </c>
       <c r="F456">
         <v>1449</v>
       </c>
       <c r="G456">
         <v>2197</v>
       </c>
       <c r="H456">
@@ -18835,163 +18835,163 @@
       </c>
       <c r="I456">
         <v>8557</v>
       </c>
       <c r="J456">
         <v>1376</v>
       </c>
       <c r="K456">
         <v>7327</v>
       </c>
       <c r="L456">
         <v>7124</v>
       </c>
       <c r="M456">
         <v>14451</v>
       </c>
     </row>
     <row r="457" spans="1:26">
       <c r="A457" s="6">
         <v>40179.0</v>
       </c>
       <c r="B457">
         <v>972</v>
       </c>
       <c r="C457">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="D457">
         <v>228</v>
       </c>
       <c r="E457">
         <v>846</v>
       </c>
       <c r="F457">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="G457">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="H457">
         <v>5518</v>
       </c>
       <c r="I457">
-        <v>10174</v>
+        <v>10182</v>
       </c>
       <c r="J457">
         <v>1098</v>
       </c>
       <c r="K457">
         <v>8832</v>
       </c>
       <c r="L457">
-        <v>7958</v>
+        <v>7967</v>
       </c>
       <c r="M457">
-        <v>16790</v>
+        <v>16799</v>
       </c>
     </row>
     <row r="458" spans="1:26">
       <c r="A458" s="6">
         <v>40210.0</v>
       </c>
       <c r="B458">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C458">
         <v>995</v>
       </c>
       <c r="D458">
         <v>181</v>
       </c>
       <c r="E458">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="F458">
         <v>1258</v>
       </c>
       <c r="G458">
-        <v>2092</v>
+        <v>2093</v>
       </c>
       <c r="H458">
-        <v>5365</v>
+        <v>5375</v>
       </c>
       <c r="I458">
-        <v>8884</v>
+        <v>8887</v>
       </c>
       <c r="J458">
         <v>948</v>
       </c>
       <c r="K458">
-        <v>8424</v>
+        <v>8436</v>
       </c>
       <c r="L458">
-        <v>6772</v>
+        <v>6774</v>
       </c>
       <c r="M458">
-        <v>15197</v>
+        <v>15210</v>
       </c>
     </row>
     <row r="459" spans="1:26">
       <c r="A459" s="6">
         <v>40238.0</v>
       </c>
       <c r="B459">
         <v>1091</v>
       </c>
       <c r="C459">
-        <v>1197</v>
+        <v>1196</v>
       </c>
       <c r="D459">
         <v>272</v>
       </c>
       <c r="E459">
-        <v>1013</v>
+        <v>1012</v>
       </c>
       <c r="F459">
         <v>1547</v>
       </c>
       <c r="G459">
-        <v>2560</v>
+        <v>2559</v>
       </c>
       <c r="H459">
         <v>6455</v>
       </c>
       <c r="I459">
-        <v>11104</v>
+        <v>11092</v>
       </c>
       <c r="J459">
         <v>1536</v>
       </c>
       <c r="K459">
-        <v>10767</v>
+        <v>10756</v>
       </c>
       <c r="L459">
         <v>8327</v>
       </c>
       <c r="M459">
-        <v>19095</v>
+        <v>19083</v>
       </c>
     </row>
     <row r="460" spans="1:26">
       <c r="A460" s="6">
         <v>40269.0</v>
       </c>
       <c r="B460">
         <v>1259</v>
       </c>
       <c r="C460">
         <v>1107</v>
       </c>
       <c r="D460">
         <v>316</v>
       </c>
       <c r="E460">
         <v>970</v>
       </c>
       <c r="F460">
         <v>1712</v>
       </c>
       <c r="G460">
         <v>2682</v>
       </c>
       <c r="H460">
@@ -19005,72 +19005,72 @@
       </c>
       <c r="K460">
         <v>9989</v>
       </c>
       <c r="L460">
         <v>8961</v>
       </c>
       <c r="M460">
         <v>18950</v>
       </c>
     </row>
     <row r="461" spans="1:26">
       <c r="A461" s="6">
         <v>40299.0</v>
       </c>
       <c r="B461">
         <v>1277</v>
       </c>
       <c r="C461">
         <v>1199</v>
       </c>
       <c r="D461">
         <v>328</v>
       </c>
       <c r="E461">
-        <v>1074</v>
+        <v>1073</v>
       </c>
       <c r="F461">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="G461">
         <v>2804</v>
       </c>
       <c r="H461">
         <v>7597</v>
       </c>
       <c r="I461">
         <v>10783</v>
       </c>
       <c r="J461">
         <v>1612</v>
       </c>
       <c r="K461">
         <v>11230</v>
       </c>
       <c r="L461">
-        <v>8761</v>
+        <v>8762</v>
       </c>
       <c r="M461">
         <v>19991</v>
       </c>
     </row>
     <row r="462" spans="1:26">
       <c r="A462" s="6">
         <v>40330.0</v>
       </c>
       <c r="B462">
         <v>1379</v>
       </c>
       <c r="C462">
         <v>1184</v>
       </c>
       <c r="D462">
         <v>341</v>
       </c>
       <c r="E462">
         <v>1103</v>
       </c>
       <c r="F462">
         <v>1801</v>
       </c>
       <c r="G462">
@@ -19078,84 +19078,84 @@
       </c>
       <c r="H462">
         <v>8088</v>
       </c>
       <c r="I462">
         <v>11013</v>
       </c>
       <c r="J462">
         <v>1718</v>
       </c>
       <c r="K462">
         <v>11724</v>
       </c>
       <c r="L462">
         <v>9095</v>
       </c>
       <c r="M462">
         <v>20819</v>
       </c>
     </row>
     <row r="463" spans="1:26">
       <c r="A463" s="6">
         <v>40360.0</v>
       </c>
       <c r="B463">
-        <v>1415</v>
+        <v>1396</v>
       </c>
       <c r="C463">
         <v>1292</v>
       </c>
       <c r="D463">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="E463">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="F463">
-        <v>1945</v>
+        <v>1926</v>
       </c>
       <c r="G463">
-        <v>3156</v>
+        <v>3136</v>
       </c>
       <c r="H463">
-        <v>8180</v>
+        <v>8144</v>
       </c>
       <c r="I463">
         <v>12127</v>
       </c>
       <c r="J463">
-        <v>2276</v>
+        <v>2269</v>
       </c>
       <c r="K463">
-        <v>12674</v>
+        <v>12667</v>
       </c>
       <c r="L463">
-        <v>9909</v>
+        <v>9872</v>
       </c>
       <c r="M463">
-        <v>22583</v>
+        <v>22540</v>
       </c>
     </row>
     <row r="464" spans="1:26">
       <c r="A464" s="6">
         <v>40391.0</v>
       </c>
       <c r="B464">
         <v>1463</v>
       </c>
       <c r="C464">
         <v>1251</v>
       </c>
       <c r="D464">
         <v>395</v>
       </c>
       <c r="E464">
         <v>1283</v>
       </c>
       <c r="F464">
         <v>1826</v>
       </c>
       <c r="G464">
         <v>3109</v>
       </c>
       <c r="H464">
@@ -19166,857 +19166,857 @@
       </c>
       <c r="J464">
         <v>1890</v>
       </c>
       <c r="K464">
         <v>13361</v>
       </c>
       <c r="L464">
         <v>9396</v>
       </c>
       <c r="M464">
         <v>22758</v>
       </c>
     </row>
     <row r="465" spans="1:26">
       <c r="A465" s="6">
         <v>40422.0</v>
       </c>
       <c r="B465">
         <v>1434</v>
       </c>
       <c r="C465">
         <v>1187</v>
       </c>
       <c r="D465">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="E465">
-        <v>1103</v>
+        <v>1102</v>
       </c>
       <c r="F465">
         <v>1858</v>
       </c>
       <c r="G465">
-        <v>2961</v>
+        <v>2960</v>
       </c>
       <c r="H465">
         <v>8753</v>
       </c>
       <c r="I465">
         <v>10812</v>
       </c>
       <c r="J465">
-        <v>1648</v>
+        <v>1642</v>
       </c>
       <c r="K465">
-        <v>11935</v>
+        <v>11930</v>
       </c>
       <c r="L465">
         <v>9277</v>
       </c>
       <c r="M465">
-        <v>21212</v>
+        <v>21207</v>
       </c>
     </row>
     <row r="466" spans="1:26">
       <c r="A466" s="6">
         <v>40452.0</v>
       </c>
       <c r="B466">
-        <v>1517</v>
+        <v>1516</v>
       </c>
       <c r="C466">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="D466">
         <v>377</v>
       </c>
       <c r="E466">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="F466">
         <v>1946</v>
       </c>
       <c r="G466">
-        <v>3116</v>
+        <v>3117</v>
       </c>
       <c r="H466">
-        <v>9421</v>
+        <v>9413</v>
       </c>
       <c r="I466">
-        <v>11506</v>
+        <v>11519</v>
       </c>
       <c r="J466">
         <v>1870</v>
       </c>
       <c r="K466">
-        <v>12874</v>
+        <v>12879</v>
       </c>
       <c r="L466">
         <v>9923</v>
       </c>
       <c r="M466">
-        <v>22797</v>
+        <v>22802</v>
       </c>
     </row>
     <row r="467" spans="1:26">
       <c r="A467" s="6">
         <v>40483.0</v>
       </c>
       <c r="B467">
         <v>1414</v>
       </c>
       <c r="C467">
         <v>1229</v>
       </c>
       <c r="D467">
         <v>334</v>
       </c>
       <c r="E467">
         <v>1217</v>
       </c>
       <c r="F467">
         <v>1760</v>
       </c>
       <c r="G467">
         <v>2977</v>
       </c>
       <c r="H467">
         <v>8892</v>
       </c>
       <c r="I467">
         <v>11544</v>
       </c>
       <c r="J467">
         <v>1565</v>
       </c>
       <c r="K467">
         <v>13223</v>
       </c>
       <c r="L467">
         <v>8779</v>
       </c>
       <c r="M467">
         <v>22001</v>
       </c>
     </row>
     <row r="468" spans="1:26">
       <c r="A468" s="6">
         <v>40513.0</v>
       </c>
       <c r="B468">
-        <v>1321</v>
+        <v>1320</v>
       </c>
       <c r="C468">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="D468">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E468">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="F468">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="G468">
-        <v>2683</v>
+        <v>2685</v>
       </c>
       <c r="H468">
-        <v>8627</v>
+        <v>8625</v>
       </c>
       <c r="I468">
-        <v>10341</v>
+        <v>10370</v>
       </c>
       <c r="J468">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="K468">
-        <v>12248</v>
+        <v>12269</v>
       </c>
       <c r="L468">
-        <v>8230</v>
+        <v>8236</v>
       </c>
       <c r="M468">
-        <v>20477</v>
+        <v>20505</v>
       </c>
     </row>
     <row r="469" spans="1:26">
       <c r="A469" s="6">
         <v>40544.0</v>
       </c>
       <c r="B469">
         <v>1490</v>
       </c>
       <c r="C469">
-        <v>1096</v>
+        <v>1095</v>
       </c>
       <c r="D469">
         <v>277</v>
       </c>
       <c r="E469">
-        <v>1143</v>
+        <v>1142</v>
       </c>
       <c r="F469">
         <v>1720</v>
       </c>
       <c r="G469">
-        <v>2863</v>
+        <v>2862</v>
       </c>
       <c r="H469">
         <v>9966</v>
       </c>
       <c r="I469">
-        <v>11149</v>
+        <v>11145</v>
       </c>
       <c r="J469">
         <v>1512</v>
       </c>
       <c r="K469">
-        <v>13008</v>
+        <v>13004</v>
       </c>
       <c r="L469">
         <v>9619</v>
       </c>
       <c r="M469">
-        <v>22627</v>
+        <v>22623</v>
       </c>
     </row>
     <row r="470" spans="1:26">
       <c r="A470" s="6">
         <v>40575.0</v>
       </c>
       <c r="B470">
-        <v>1276</v>
+        <v>1275</v>
       </c>
       <c r="C470">
-        <v>992</v>
+        <v>991</v>
       </c>
       <c r="D470">
         <v>233</v>
       </c>
       <c r="E470">
-        <v>1097</v>
+        <v>1096</v>
       </c>
       <c r="F470">
-        <v>1404</v>
+        <v>1403</v>
       </c>
       <c r="G470">
-        <v>2501</v>
+        <v>2499</v>
       </c>
       <c r="H470">
-        <v>8471</v>
+        <v>8470</v>
       </c>
       <c r="I470">
-        <v>10221</v>
+        <v>10201</v>
       </c>
       <c r="J470">
         <v>1167</v>
       </c>
       <c r="K470">
-        <v>12075</v>
+        <v>12056</v>
       </c>
       <c r="L470">
-        <v>7784</v>
+        <v>7782</v>
       </c>
       <c r="M470">
-        <v>19859</v>
+        <v>19838</v>
       </c>
     </row>
     <row r="471" spans="1:26">
       <c r="A471" s="6">
         <v>40603.0</v>
       </c>
       <c r="B471">
         <v>1525</v>
       </c>
       <c r="C471">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="D471">
         <v>302</v>
       </c>
       <c r="E471">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="F471">
         <v>1615</v>
       </c>
       <c r="G471">
-        <v>2937</v>
+        <v>2939</v>
       </c>
       <c r="H471">
         <v>10939</v>
       </c>
       <c r="I471">
-        <v>11669</v>
+        <v>11693</v>
       </c>
       <c r="J471">
         <v>1610</v>
       </c>
       <c r="K471">
-        <v>15027</v>
+        <v>15052</v>
       </c>
       <c r="L471">
         <v>9190</v>
       </c>
       <c r="M471">
-        <v>24217</v>
+        <v>24242</v>
       </c>
     </row>
     <row r="472" spans="1:26">
       <c r="A472" s="6">
         <v>40634.0</v>
       </c>
       <c r="B472">
         <v>1528</v>
       </c>
       <c r="C472">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="D472">
         <v>291</v>
       </c>
       <c r="E472">
-        <v>1344</v>
+        <v>1342</v>
       </c>
       <c r="F472">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="G472">
-        <v>2905</v>
+        <v>2906</v>
       </c>
       <c r="H472">
         <v>10677</v>
       </c>
       <c r="I472">
-        <v>11560</v>
+        <v>11552</v>
       </c>
       <c r="J472">
         <v>1478</v>
       </c>
       <c r="K472">
-        <v>15131</v>
+        <v>15107</v>
       </c>
       <c r="L472">
-        <v>8584</v>
+        <v>8601</v>
       </c>
       <c r="M472">
-        <v>23715</v>
+        <v>23707</v>
       </c>
     </row>
     <row r="473" spans="1:26">
       <c r="A473" s="6">
         <v>40664.0</v>
       </c>
       <c r="B473">
-        <v>1749</v>
+        <v>1748</v>
       </c>
       <c r="C473">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="D473">
         <v>434</v>
       </c>
       <c r="E473">
-        <v>1396</v>
+        <v>1399</v>
       </c>
       <c r="F473">
-        <v>1808</v>
+        <v>1806</v>
       </c>
       <c r="G473">
-        <v>3204</v>
+        <v>3205</v>
       </c>
       <c r="H473">
-        <v>12285</v>
+        <v>12279</v>
       </c>
       <c r="I473">
-        <v>11091</v>
+        <v>11119</v>
       </c>
       <c r="J473">
         <v>1756</v>
       </c>
       <c r="K473">
-        <v>16122</v>
+        <v>16157</v>
       </c>
       <c r="L473">
-        <v>9010</v>
+        <v>8996</v>
       </c>
       <c r="M473">
-        <v>25132</v>
+        <v>25154</v>
       </c>
     </row>
     <row r="474" spans="1:26">
       <c r="A474" s="6">
         <v>40695.0</v>
       </c>
       <c r="B474">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="C474">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="D474">
         <v>325</v>
       </c>
       <c r="E474">
-        <v>1423</v>
+        <v>1420</v>
       </c>
       <c r="F474">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="G474">
-        <v>3302</v>
+        <v>3300</v>
       </c>
       <c r="H474">
-        <v>12375</v>
+        <v>12379</v>
       </c>
       <c r="I474">
-        <v>11238</v>
+        <v>11202</v>
       </c>
       <c r="J474">
         <v>1541</v>
       </c>
       <c r="K474">
-        <v>15918</v>
+        <v>15883</v>
       </c>
       <c r="L474">
-        <v>9236</v>
+        <v>9240</v>
       </c>
       <c r="M474">
-        <v>25154</v>
+        <v>25123</v>
       </c>
     </row>
     <row r="475" spans="1:26">
       <c r="A475" s="6">
         <v>40725.0</v>
       </c>
       <c r="B475">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="C475">
         <v>1028</v>
       </c>
       <c r="D475">
         <v>333</v>
       </c>
       <c r="E475">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="F475">
         <v>1825</v>
       </c>
       <c r="G475">
-        <v>3279</v>
+        <v>3280</v>
       </c>
       <c r="H475">
-        <v>13977</v>
+        <v>13989</v>
       </c>
       <c r="I475">
         <v>11126</v>
       </c>
       <c r="J475">
         <v>1699</v>
       </c>
       <c r="K475">
-        <v>16864</v>
+        <v>16877</v>
       </c>
       <c r="L475">
         <v>9937</v>
       </c>
       <c r="M475">
-        <v>26802</v>
+        <v>26814</v>
       </c>
     </row>
     <row r="476" spans="1:26">
       <c r="A476" s="6">
         <v>40756.0</v>
       </c>
       <c r="B476">
-        <v>2165</v>
+        <v>2166</v>
       </c>
       <c r="C476">
         <v>1119</v>
       </c>
       <c r="D476">
         <v>352</v>
       </c>
       <c r="E476">
         <v>1611</v>
       </c>
       <c r="F476">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G476">
-        <v>3636</v>
+        <v>3637</v>
       </c>
       <c r="H476">
-        <v>14895</v>
+        <v>14906</v>
       </c>
       <c r="I476">
         <v>12030</v>
       </c>
       <c r="J476">
         <v>1759</v>
       </c>
       <c r="K476">
         <v>18673</v>
       </c>
       <c r="L476">
-        <v>10010</v>
+        <v>10021</v>
       </c>
       <c r="M476">
-        <v>28683</v>
+        <v>28695</v>
       </c>
     </row>
     <row r="477" spans="1:26">
       <c r="A477" s="6">
         <v>40787.0</v>
       </c>
       <c r="B477">
-        <v>2037</v>
+        <v>2036</v>
       </c>
       <c r="C477">
         <v>1016</v>
       </c>
       <c r="D477">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="E477">
         <v>1490</v>
       </c>
       <c r="F477">
-        <v>1915</v>
+        <v>1913</v>
       </c>
       <c r="G477">
-        <v>3405</v>
+        <v>3403</v>
       </c>
       <c r="H477">
-        <v>14400</v>
+        <v>14389</v>
       </c>
       <c r="I477">
         <v>10755</v>
       </c>
       <c r="J477">
-        <v>1550</v>
+        <v>1548</v>
       </c>
       <c r="K477">
         <v>17191</v>
       </c>
       <c r="L477">
-        <v>9514</v>
+        <v>9501</v>
       </c>
       <c r="M477">
-        <v>26705</v>
+        <v>26692</v>
       </c>
     </row>
     <row r="478" spans="1:26">
       <c r="A478" s="6">
         <v>40817.0</v>
       </c>
       <c r="B478">
-        <v>2269</v>
+        <v>2271</v>
       </c>
       <c r="C478">
         <v>1136</v>
       </c>
       <c r="D478">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="E478">
         <v>1724</v>
       </c>
       <c r="F478">
-        <v>2090</v>
+        <v>2091</v>
       </c>
       <c r="G478">
-        <v>3814</v>
+        <v>3815</v>
       </c>
       <c r="H478">
-        <v>16252</v>
+        <v>16264</v>
       </c>
       <c r="I478">
         <v>12291</v>
       </c>
       <c r="J478">
-        <v>1930</v>
+        <v>1925</v>
       </c>
       <c r="K478">
         <v>19862</v>
       </c>
       <c r="L478">
-        <v>10612</v>
+        <v>10618</v>
       </c>
       <c r="M478">
-        <v>30474</v>
+        <v>30480</v>
       </c>
     </row>
     <row r="479" spans="1:26">
       <c r="A479" s="6">
         <v>40848.0</v>
       </c>
       <c r="B479">
-        <v>2184</v>
+        <v>2185</v>
       </c>
       <c r="C479">
         <v>1132</v>
       </c>
       <c r="D479">
         <v>338</v>
       </c>
       <c r="E479">
         <v>1691</v>
       </c>
       <c r="F479">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G479">
-        <v>3654</v>
+        <v>3655</v>
       </c>
       <c r="H479">
-        <v>15899</v>
+        <v>15908</v>
       </c>
       <c r="I479">
         <v>12188</v>
       </c>
       <c r="J479">
         <v>1541</v>
       </c>
       <c r="K479">
         <v>19774</v>
       </c>
       <c r="L479">
-        <v>9854</v>
+        <v>9864</v>
       </c>
       <c r="M479">
-        <v>29629</v>
+        <v>29638</v>
       </c>
     </row>
     <row r="480" spans="1:26">
       <c r="A480" s="6">
         <v>40878.0</v>
       </c>
       <c r="B480">
-        <v>1901</v>
+        <v>1900</v>
       </c>
       <c r="C480">
         <v>1017</v>
       </c>
       <c r="D480">
         <v>287</v>
       </c>
       <c r="E480">
         <v>1530</v>
       </c>
       <c r="F480">
-        <v>1675</v>
+        <v>1674</v>
       </c>
       <c r="G480">
-        <v>3205</v>
+        <v>3204</v>
       </c>
       <c r="H480">
-        <v>14506</v>
+        <v>14497</v>
       </c>
       <c r="I480">
         <v>10696</v>
       </c>
       <c r="J480">
         <v>1398</v>
       </c>
       <c r="K480">
         <v>17676</v>
       </c>
       <c r="L480">
-        <v>8924</v>
+        <v>8915</v>
       </c>
       <c r="M480">
-        <v>26600</v>
+        <v>26591</v>
       </c>
     </row>
     <row r="481" spans="1:26">
       <c r="A481" s="6">
         <v>40909.0</v>
       </c>
       <c r="B481">
         <v>2215</v>
       </c>
       <c r="C481">
         <v>1083</v>
       </c>
       <c r="D481">
         <v>329</v>
       </c>
       <c r="E481">
         <v>1596</v>
       </c>
       <c r="F481">
         <v>2031</v>
       </c>
       <c r="G481">
         <v>3627</v>
       </c>
       <c r="H481">
         <v>16777</v>
       </c>
       <c r="I481">
         <v>11272</v>
       </c>
       <c r="J481">
         <v>1733</v>
       </c>
       <c r="K481">
         <v>18489</v>
       </c>
       <c r="L481">
         <v>11292</v>
       </c>
       <c r="M481">
         <v>29782</v>
       </c>
     </row>
     <row r="482" spans="1:26">
       <c r="A482" s="6">
         <v>40940.0</v>
       </c>
       <c r="B482">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="C482">
         <v>924</v>
       </c>
       <c r="D482">
         <v>274</v>
       </c>
       <c r="E482">
         <v>1555</v>
       </c>
       <c r="F482">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="G482">
-        <v>3168</v>
+        <v>3169</v>
       </c>
       <c r="H482">
-        <v>15838</v>
+        <v>15842</v>
       </c>
       <c r="I482">
         <v>9786</v>
       </c>
       <c r="J482">
         <v>1522</v>
       </c>
       <c r="K482">
         <v>17790</v>
       </c>
       <c r="L482">
-        <v>9356</v>
+        <v>9361</v>
       </c>
       <c r="M482">
-        <v>27146</v>
+        <v>27151</v>
       </c>
     </row>
     <row r="483" spans="1:26">
       <c r="A483" s="6">
         <v>40969.0</v>
       </c>
       <c r="B483">
-        <v>2351</v>
+        <v>2350</v>
       </c>
       <c r="C483">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D483">
         <v>335</v>
       </c>
       <c r="E483">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="F483">
-        <v>1906</v>
+        <v>1905</v>
       </c>
       <c r="G483">
         <v>3602</v>
       </c>
       <c r="H483">
-        <v>18541</v>
+        <v>18536</v>
       </c>
       <c r="I483">
-        <v>10075</v>
+        <v>10086</v>
       </c>
       <c r="J483">
         <v>1466</v>
       </c>
       <c r="K483">
-        <v>19486</v>
+        <v>19497</v>
       </c>
       <c r="L483">
-        <v>10595</v>
+        <v>10591</v>
       </c>
       <c r="M483">
-        <v>30081</v>
+        <v>30088</v>
       </c>
     </row>
     <row r="484" spans="1:26">
       <c r="A484" s="6">
         <v>41000.0</v>
       </c>
       <c r="B484">
         <v>2314</v>
       </c>
       <c r="C484">
-        <v>863</v>
+        <v>862</v>
       </c>
       <c r="D484">
         <v>363</v>
       </c>
       <c r="E484">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="F484">
         <v>1908</v>
       </c>
       <c r="G484">
-        <v>3540</v>
+        <v>3539</v>
       </c>
       <c r="H484">
-        <v>17971</v>
+        <v>17975</v>
       </c>
       <c r="I484">
-        <v>9637</v>
+        <v>9625</v>
       </c>
       <c r="J484">
         <v>1692</v>
       </c>
       <c r="K484">
-        <v>18986</v>
+        <v>18974</v>
       </c>
       <c r="L484">
-        <v>10314</v>
+        <v>10318</v>
       </c>
       <c r="M484">
-        <v>29300</v>
+        <v>29292</v>
       </c>
     </row>
     <row r="485" spans="1:26">
       <c r="A485" s="6">
         <v>41030.0</v>
       </c>
       <c r="B485">
         <v>2436</v>
       </c>
       <c r="C485">
         <v>964</v>
       </c>
       <c r="D485">
         <v>377</v>
       </c>
       <c r="E485">
         <v>1814</v>
       </c>
       <c r="F485">
         <v>1963</v>
       </c>
       <c r="G485">
         <v>3777</v>
       </c>
       <c r="H485">
@@ -20062,617 +20062,617 @@
       </c>
       <c r="H486">
         <v>17624</v>
       </c>
       <c r="I486">
         <v>10187</v>
       </c>
       <c r="J486">
         <v>1771</v>
       </c>
       <c r="K486">
         <v>19873</v>
       </c>
       <c r="L486">
         <v>9711</v>
       </c>
       <c r="M486">
         <v>29583</v>
       </c>
     </row>
     <row r="487" spans="1:26">
       <c r="A487" s="6">
         <v>41091.0</v>
       </c>
       <c r="B487">
-        <v>2536</v>
+        <v>2537</v>
       </c>
       <c r="C487">
         <v>898</v>
       </c>
       <c r="D487">
         <v>386</v>
       </c>
       <c r="E487">
         <v>1823</v>
       </c>
       <c r="F487">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="G487">
-        <v>3820</v>
+        <v>3821</v>
       </c>
       <c r="H487">
-        <v>19926</v>
+        <v>19937</v>
       </c>
       <c r="I487">
         <v>9988</v>
       </c>
       <c r="J487">
         <v>1875</v>
       </c>
       <c r="K487">
         <v>21569</v>
       </c>
       <c r="L487">
-        <v>10220</v>
+        <v>10231</v>
       </c>
       <c r="M487">
-        <v>31789</v>
+        <v>31800</v>
       </c>
     </row>
     <row r="488" spans="1:26">
       <c r="A488" s="6">
         <v>41122.0</v>
       </c>
       <c r="B488">
-        <v>2513</v>
+        <v>2514</v>
       </c>
       <c r="C488">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="D488">
         <v>406</v>
       </c>
       <c r="E488">
         <v>1708</v>
       </c>
       <c r="F488">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="G488">
-        <v>3721</v>
+        <v>3723</v>
       </c>
       <c r="H488">
-        <v>18873</v>
+        <v>18874</v>
       </c>
       <c r="I488">
-        <v>8984</v>
+        <v>8985</v>
       </c>
       <c r="J488">
         <v>1889</v>
       </c>
       <c r="K488">
         <v>19840</v>
       </c>
       <c r="L488">
-        <v>9907</v>
+        <v>9909</v>
       </c>
       <c r="M488">
-        <v>29746</v>
+        <v>29749</v>
       </c>
     </row>
     <row r="489" spans="1:26">
       <c r="A489" s="6">
         <v>41153.0</v>
       </c>
       <c r="B489">
         <v>2263</v>
       </c>
       <c r="C489">
         <v>693</v>
       </c>
       <c r="D489">
         <v>370</v>
       </c>
       <c r="E489">
         <v>1550</v>
       </c>
       <c r="F489">
         <v>1776</v>
       </c>
       <c r="G489">
         <v>3326</v>
       </c>
       <c r="H489">
-        <v>18331</v>
+        <v>18332</v>
       </c>
       <c r="I489">
         <v>7658</v>
       </c>
       <c r="J489">
         <v>1675</v>
       </c>
       <c r="K489">
         <v>18547</v>
       </c>
       <c r="L489">
         <v>9117</v>
       </c>
       <c r="M489">
-        <v>27663</v>
+        <v>27664</v>
       </c>
     </row>
     <row r="490" spans="1:26">
       <c r="A490" s="6">
         <v>41183.0</v>
       </c>
       <c r="B490">
-        <v>2548</v>
+        <v>2547</v>
       </c>
       <c r="C490">
         <v>696</v>
       </c>
       <c r="D490">
         <v>393</v>
       </c>
       <c r="E490">
         <v>1677</v>
       </c>
       <c r="F490">
-        <v>1960</v>
+        <v>1959</v>
       </c>
       <c r="G490">
-        <v>3637</v>
+        <v>3636</v>
       </c>
       <c r="H490">
-        <v>19601</v>
+        <v>19589</v>
       </c>
       <c r="I490">
         <v>8036</v>
       </c>
       <c r="J490">
         <v>1857</v>
       </c>
       <c r="K490">
         <v>19868</v>
       </c>
       <c r="L490">
-        <v>9626</v>
+        <v>9614</v>
       </c>
       <c r="M490">
-        <v>29494</v>
+        <v>29482</v>
       </c>
     </row>
     <row r="491" spans="1:26">
       <c r="A491" s="6">
         <v>41214.0</v>
       </c>
       <c r="B491">
-        <v>2194</v>
+        <v>2195</v>
       </c>
       <c r="C491">
         <v>666</v>
       </c>
       <c r="D491">
         <v>377</v>
       </c>
       <c r="E491">
         <v>1536</v>
       </c>
       <c r="F491">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="G491">
-        <v>3237</v>
+        <v>3238</v>
       </c>
       <c r="H491">
-        <v>17962</v>
+        <v>17963</v>
       </c>
       <c r="I491">
         <v>7769</v>
       </c>
       <c r="J491">
         <v>1758</v>
       </c>
       <c r="K491">
         <v>18942</v>
       </c>
       <c r="L491">
-        <v>8546</v>
+        <v>8547</v>
       </c>
       <c r="M491">
-        <v>27489</v>
+        <v>27490</v>
       </c>
     </row>
     <row r="492" spans="1:26">
       <c r="A492" s="6">
         <v>41244.0</v>
       </c>
       <c r="B492">
-        <v>2123</v>
+        <v>2125</v>
       </c>
       <c r="C492">
         <v>636</v>
       </c>
       <c r="D492">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="E492">
         <v>1527</v>
       </c>
       <c r="F492">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="G492">
-        <v>3107</v>
+        <v>3108</v>
       </c>
       <c r="H492">
-        <v>17815</v>
+        <v>17843</v>
       </c>
       <c r="I492">
         <v>7426</v>
       </c>
       <c r="J492">
-        <v>1754</v>
+        <v>1741</v>
       </c>
       <c r="K492">
         <v>18926</v>
       </c>
       <c r="L492">
-        <v>8069</v>
+        <v>8084</v>
       </c>
       <c r="M492">
-        <v>26994</v>
+        <v>27010</v>
       </c>
     </row>
     <row r="493" spans="1:26">
       <c r="A493" s="6">
         <v>41275.0</v>
       </c>
       <c r="B493">
-        <v>2197</v>
+        <v>2196</v>
       </c>
       <c r="C493">
         <v>794</v>
       </c>
       <c r="D493">
         <v>298</v>
       </c>
       <c r="E493">
         <v>1506</v>
       </c>
       <c r="F493">
-        <v>1783</v>
+        <v>1782</v>
       </c>
       <c r="G493">
-        <v>3289</v>
+        <v>3288</v>
       </c>
       <c r="H493">
-        <v>17232</v>
+        <v>17224</v>
       </c>
       <c r="I493">
         <v>8449</v>
       </c>
       <c r="J493">
         <v>1395</v>
       </c>
       <c r="K493">
         <v>17905</v>
       </c>
       <c r="L493">
-        <v>9172</v>
+        <v>9163</v>
       </c>
       <c r="M493">
-        <v>27076</v>
+        <v>27068</v>
       </c>
     </row>
     <row r="494" spans="1:26">
       <c r="A494" s="6">
         <v>41306.0</v>
       </c>
       <c r="B494">
-        <v>2162</v>
+        <v>2163</v>
       </c>
       <c r="C494">
         <v>674</v>
       </c>
       <c r="D494">
         <v>269</v>
       </c>
       <c r="E494">
         <v>1599</v>
       </c>
       <c r="F494">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="G494">
-        <v>3105</v>
+        <v>3106</v>
       </c>
       <c r="H494">
-        <v>18214</v>
+        <v>18226</v>
       </c>
       <c r="I494">
         <v>8093</v>
       </c>
       <c r="J494">
         <v>1372</v>
       </c>
       <c r="K494">
         <v>19654</v>
       </c>
       <c r="L494">
-        <v>8024</v>
+        <v>8036</v>
       </c>
       <c r="M494">
-        <v>27679</v>
+        <v>27691</v>
       </c>
     </row>
     <row r="495" spans="1:26">
       <c r="A495" s="6">
         <v>41334.0</v>
       </c>
       <c r="B495">
-        <v>2245</v>
+        <v>2246</v>
       </c>
       <c r="C495">
         <v>666</v>
       </c>
       <c r="D495">
         <v>312</v>
       </c>
       <c r="E495">
         <v>1625</v>
       </c>
       <c r="F495">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="G495">
-        <v>3223</v>
+        <v>3224</v>
       </c>
       <c r="H495">
-        <v>18525</v>
+        <v>18532</v>
       </c>
       <c r="I495">
         <v>8052</v>
       </c>
       <c r="J495">
         <v>1722</v>
       </c>
       <c r="K495">
         <v>19824</v>
       </c>
       <c r="L495">
-        <v>8475</v>
+        <v>8482</v>
       </c>
       <c r="M495">
-        <v>28299</v>
+        <v>28306</v>
       </c>
     </row>
     <row r="496" spans="1:26">
       <c r="A496" s="6">
         <v>41365.0</v>
       </c>
       <c r="B496">
         <v>2377</v>
       </c>
       <c r="C496">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D496">
         <v>301</v>
       </c>
       <c r="E496">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="F496">
         <v>1678</v>
       </c>
       <c r="G496">
-        <v>3385</v>
+        <v>3386</v>
       </c>
       <c r="H496">
-        <v>19340</v>
+        <v>19330</v>
       </c>
       <c r="I496">
-        <v>8513</v>
+        <v>8527</v>
       </c>
       <c r="J496">
         <v>1485</v>
       </c>
       <c r="K496">
-        <v>20765</v>
+        <v>20780</v>
       </c>
       <c r="L496">
-        <v>8572</v>
+        <v>8562</v>
       </c>
       <c r="M496">
-        <v>29337</v>
+        <v>29342</v>
       </c>
     </row>
     <row r="497" spans="1:26">
       <c r="A497" s="6">
         <v>41395.0</v>
       </c>
       <c r="B497">
         <v>2381</v>
       </c>
       <c r="C497">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="D497">
         <v>309</v>
       </c>
       <c r="E497">
-        <v>1808</v>
+        <v>1807</v>
       </c>
       <c r="F497">
         <v>1649</v>
       </c>
       <c r="G497">
-        <v>3457</v>
+        <v>3456</v>
       </c>
       <c r="H497">
         <v>19663</v>
       </c>
       <c r="I497">
-        <v>9125</v>
+        <v>9111</v>
       </c>
       <c r="J497">
         <v>1588</v>
       </c>
       <c r="K497">
-        <v>21998</v>
+        <v>21983</v>
       </c>
       <c r="L497">
         <v>8378</v>
       </c>
       <c r="M497">
-        <v>30376</v>
+        <v>30362</v>
       </c>
     </row>
     <row r="498" spans="1:26">
       <c r="A498" s="6">
         <v>41426.0</v>
       </c>
       <c r="B498">
-        <v>2396</v>
+        <v>2397</v>
       </c>
       <c r="C498">
         <v>824</v>
       </c>
       <c r="D498">
         <v>347</v>
       </c>
       <c r="E498">
         <v>1888</v>
       </c>
       <c r="F498">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="G498">
-        <v>3567</v>
+        <v>3568</v>
       </c>
       <c r="H498">
-        <v>20266</v>
+        <v>20278</v>
       </c>
       <c r="I498">
         <v>9696</v>
       </c>
       <c r="J498">
         <v>1843</v>
       </c>
       <c r="K498">
         <v>23271</v>
       </c>
       <c r="L498">
-        <v>8535</v>
+        <v>8547</v>
       </c>
       <c r="M498">
-        <v>31806</v>
+        <v>31818</v>
       </c>
     </row>
     <row r="499" spans="1:26">
       <c r="A499" s="6">
         <v>41456.0</v>
       </c>
       <c r="B499">
-        <v>2638</v>
+        <v>2637</v>
       </c>
       <c r="C499">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="D499">
         <v>350</v>
       </c>
       <c r="E499">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="F499">
-        <v>1917</v>
+        <v>1916</v>
       </c>
       <c r="G499">
-        <v>3767</v>
+        <v>3768</v>
       </c>
       <c r="H499">
-        <v>21354</v>
+        <v>21348</v>
       </c>
       <c r="I499">
-        <v>9119</v>
+        <v>9134</v>
       </c>
       <c r="J499">
         <v>1743</v>
       </c>
       <c r="K499">
-        <v>23336</v>
+        <v>23351</v>
       </c>
       <c r="L499">
-        <v>8880</v>
+        <v>8874</v>
       </c>
       <c r="M499">
-        <v>32216</v>
+        <v>32225</v>
       </c>
     </row>
     <row r="500" spans="1:26">
       <c r="A500" s="6">
         <v>41487.0</v>
       </c>
       <c r="B500">
-        <v>2526</v>
+        <v>2525</v>
       </c>
       <c r="C500">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="D500">
         <v>377</v>
       </c>
       <c r="E500">
-        <v>1899</v>
+        <v>1898</v>
       </c>
       <c r="F500">
-        <v>1777</v>
+        <v>1776</v>
       </c>
       <c r="G500">
-        <v>3676</v>
+        <v>3674</v>
       </c>
       <c r="H500">
-        <v>21801</v>
+        <v>21800</v>
       </c>
       <c r="I500">
-        <v>9120</v>
+        <v>9111</v>
       </c>
       <c r="J500">
         <v>1828</v>
       </c>
       <c r="K500">
-        <v>23801</v>
+        <v>23791</v>
       </c>
       <c r="L500">
-        <v>8948</v>
+        <v>8947</v>
       </c>
       <c r="M500">
-        <v>32749</v>
+        <v>32738</v>
       </c>
     </row>
     <row r="501" spans="1:26">
       <c r="A501" s="6">
         <v>41518.0</v>
       </c>
       <c r="B501">
         <v>2428</v>
       </c>
       <c r="C501">
         <v>664</v>
       </c>
       <c r="D501">
         <v>350</v>
       </c>
       <c r="E501">
         <v>1699</v>
       </c>
       <c r="F501">
         <v>1743</v>
       </c>
       <c r="G501">
         <v>3442</v>
       </c>
       <c r="H501">
@@ -20718,945 +20718,945 @@
       </c>
       <c r="H502">
         <v>21868</v>
       </c>
       <c r="I502">
         <v>8549</v>
       </c>
       <c r="J502">
         <v>1961</v>
       </c>
       <c r="K502">
         <v>22625</v>
       </c>
       <c r="L502">
         <v>9753</v>
       </c>
       <c r="M502">
         <v>32378</v>
       </c>
     </row>
     <row r="503" spans="1:26">
       <c r="A503" s="6">
         <v>41579.0</v>
       </c>
       <c r="B503">
-        <v>2226</v>
+        <v>2225</v>
       </c>
       <c r="C503">
         <v>640</v>
       </c>
       <c r="D503">
         <v>342</v>
       </c>
       <c r="E503">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="F503">
         <v>1627</v>
       </c>
       <c r="G503">
-        <v>3208</v>
+        <v>3207</v>
       </c>
       <c r="H503">
-        <v>18687</v>
+        <v>18667</v>
       </c>
       <c r="I503">
         <v>7636</v>
       </c>
       <c r="J503">
         <v>1707</v>
       </c>
       <c r="K503">
-        <v>20445</v>
+        <v>20425</v>
       </c>
       <c r="L503">
         <v>7584</v>
       </c>
       <c r="M503">
-        <v>28029</v>
+        <v>28009</v>
       </c>
     </row>
     <row r="504" spans="1:26">
       <c r="A504" s="6">
         <v>41609.0</v>
       </c>
       <c r="B504">
-        <v>2044</v>
+        <v>2045</v>
       </c>
       <c r="C504">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="D504">
         <v>308</v>
       </c>
       <c r="E504">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="F504">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="G504">
-        <v>2884</v>
+        <v>2887</v>
       </c>
       <c r="H504">
-        <v>18115</v>
+        <v>18132</v>
       </c>
       <c r="I504">
-        <v>6511</v>
+        <v>6540</v>
       </c>
       <c r="J504">
         <v>1615</v>
       </c>
       <c r="K504">
-        <v>19729</v>
+        <v>19762</v>
       </c>
       <c r="L504">
-        <v>6513</v>
+        <v>6525</v>
       </c>
       <c r="M504">
-        <v>26242</v>
+        <v>26287</v>
       </c>
     </row>
     <row r="505" spans="1:26">
       <c r="A505" s="6">
         <v>41640.0</v>
       </c>
       <c r="B505">
         <v>2549</v>
       </c>
       <c r="C505">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="D505">
         <v>289</v>
       </c>
       <c r="E505">
         <v>1655</v>
       </c>
       <c r="F505">
-        <v>1852</v>
+        <v>1851</v>
       </c>
       <c r="G505">
-        <v>3507</v>
+        <v>3506</v>
       </c>
       <c r="H505">
-        <v>20261</v>
+        <v>20260</v>
       </c>
       <c r="I505">
-        <v>7754</v>
+        <v>7740</v>
       </c>
       <c r="J505">
         <v>1611</v>
       </c>
       <c r="K505">
-        <v>20627</v>
+        <v>20626</v>
       </c>
       <c r="L505">
-        <v>8999</v>
+        <v>8985</v>
       </c>
       <c r="M505">
-        <v>29626</v>
+        <v>29612</v>
       </c>
     </row>
     <row r="506" spans="1:26">
       <c r="A506" s="6">
         <v>41671.0</v>
       </c>
       <c r="B506">
         <v>2025</v>
       </c>
       <c r="C506">
         <v>474</v>
       </c>
       <c r="D506">
         <v>288</v>
       </c>
       <c r="E506">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="F506">
-        <v>1352</v>
+        <v>1351</v>
       </c>
       <c r="G506">
         <v>2787</v>
       </c>
       <c r="H506">
-        <v>17518</v>
+        <v>17525</v>
       </c>
       <c r="I506">
         <v>5895</v>
       </c>
       <c r="J506">
         <v>1588</v>
       </c>
       <c r="K506">
-        <v>18489</v>
+        <v>18506</v>
       </c>
       <c r="L506">
-        <v>6513</v>
+        <v>6502</v>
       </c>
       <c r="M506">
-        <v>25001</v>
+        <v>25008</v>
       </c>
     </row>
     <row r="507" spans="1:26">
       <c r="A507" s="6">
         <v>41699.0</v>
       </c>
       <c r="B507">
         <v>2433</v>
       </c>
       <c r="C507">
         <v>717</v>
       </c>
       <c r="D507">
         <v>322</v>
       </c>
       <c r="E507">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="F507">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="G507">
         <v>3472</v>
       </c>
       <c r="H507">
-        <v>21906</v>
+        <v>21918</v>
       </c>
       <c r="I507">
         <v>8989</v>
       </c>
       <c r="J507">
         <v>1730</v>
       </c>
       <c r="K507">
-        <v>24647</v>
+        <v>24661</v>
       </c>
       <c r="L507">
-        <v>7979</v>
+        <v>7977</v>
       </c>
       <c r="M507">
-        <v>32625</v>
+        <v>32638</v>
       </c>
     </row>
     <row r="508" spans="1:26">
       <c r="A508" s="6">
         <v>41730.0</v>
       </c>
       <c r="B508">
-        <v>2386</v>
+        <v>2385</v>
       </c>
       <c r="C508">
         <v>713</v>
       </c>
       <c r="D508">
         <v>339</v>
       </c>
       <c r="E508">
-        <v>1884</v>
+        <v>1882</v>
       </c>
       <c r="F508">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="G508">
-        <v>3438</v>
+        <v>3437</v>
       </c>
       <c r="H508">
-        <v>21382</v>
+        <v>21361</v>
       </c>
       <c r="I508">
         <v>8861</v>
       </c>
       <c r="J508">
         <v>1644</v>
       </c>
       <c r="K508">
-        <v>24238</v>
+        <v>24205</v>
       </c>
       <c r="L508">
-        <v>7649</v>
+        <v>7660</v>
       </c>
       <c r="M508">
-        <v>31886</v>
+        <v>31865</v>
       </c>
     </row>
     <row r="509" spans="1:26">
       <c r="A509" s="6">
         <v>41760.0</v>
       </c>
       <c r="B509">
-        <v>2540</v>
+        <v>2539</v>
       </c>
       <c r="C509">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D509">
         <v>379</v>
       </c>
       <c r="E509">
         <v>1925</v>
       </c>
       <c r="F509">
         <v>1646</v>
       </c>
       <c r="G509">
         <v>3571</v>
       </c>
       <c r="H509">
-        <v>22710</v>
+        <v>22685</v>
       </c>
       <c r="I509">
-        <v>8018</v>
+        <v>8034</v>
       </c>
       <c r="J509">
         <v>2040</v>
       </c>
       <c r="K509">
         <v>24756</v>
       </c>
       <c r="L509">
-        <v>8012</v>
+        <v>8003</v>
       </c>
       <c r="M509">
-        <v>32768</v>
+        <v>32759</v>
       </c>
     </row>
     <row r="510" spans="1:26">
       <c r="A510" s="6">
         <v>41791.0</v>
       </c>
       <c r="B510">
         <v>2573</v>
       </c>
       <c r="C510">
         <v>653</v>
       </c>
       <c r="D510">
         <v>374</v>
       </c>
       <c r="E510">
         <v>1919</v>
       </c>
       <c r="F510">
         <v>1681</v>
       </c>
       <c r="G510">
         <v>3600</v>
       </c>
       <c r="H510">
-        <v>22909</v>
+        <v>22913</v>
       </c>
       <c r="I510">
         <v>8114</v>
       </c>
       <c r="J510">
         <v>2026</v>
       </c>
       <c r="K510">
         <v>25169</v>
       </c>
       <c r="L510">
-        <v>7880</v>
+        <v>7884</v>
       </c>
       <c r="M510">
-        <v>33049</v>
+        <v>33053</v>
       </c>
     </row>
     <row r="511" spans="1:26">
       <c r="A511" s="6">
         <v>41821.0</v>
       </c>
       <c r="B511">
-        <v>2619</v>
+        <v>2623</v>
       </c>
       <c r="C511">
         <v>663</v>
       </c>
       <c r="D511">
         <v>398</v>
       </c>
       <c r="E511">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="F511">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="G511">
-        <v>3680</v>
+        <v>3684</v>
       </c>
       <c r="H511">
-        <v>23548</v>
+        <v>23593</v>
       </c>
       <c r="I511">
         <v>8049</v>
       </c>
       <c r="J511">
         <v>2054</v>
       </c>
       <c r="K511">
-        <v>25484</v>
+        <v>25515</v>
       </c>
       <c r="L511">
-        <v>8167</v>
+        <v>8181</v>
       </c>
       <c r="M511">
-        <v>33651</v>
+        <v>33696</v>
       </c>
     </row>
     <row r="512" spans="1:26">
       <c r="A512" s="6">
         <v>41852.0</v>
       </c>
       <c r="B512">
-        <v>2680</v>
+        <v>2679</v>
       </c>
       <c r="C512">
         <v>653</v>
       </c>
       <c r="D512">
         <v>383</v>
       </c>
       <c r="E512">
-        <v>1929</v>
+        <v>1928</v>
       </c>
       <c r="F512">
         <v>1787</v>
       </c>
       <c r="G512">
-        <v>3716</v>
+        <v>3715</v>
       </c>
       <c r="H512">
-        <v>23799</v>
+        <v>23784</v>
       </c>
       <c r="I512">
         <v>8007</v>
       </c>
       <c r="J512">
         <v>1915</v>
       </c>
       <c r="K512">
-        <v>25309</v>
+        <v>25294</v>
       </c>
       <c r="L512">
         <v>8412</v>
       </c>
       <c r="M512">
-        <v>33721</v>
+        <v>33706</v>
       </c>
     </row>
     <row r="513" spans="1:26">
       <c r="A513" s="6">
         <v>41883.0</v>
       </c>
       <c r="B513">
         <v>2444</v>
       </c>
       <c r="C513">
         <v>660</v>
       </c>
       <c r="D513">
         <v>417</v>
       </c>
       <c r="E513">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="F513">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="G513">
         <v>3521</v>
       </c>
       <c r="H513">
-        <v>22246</v>
+        <v>22235</v>
       </c>
       <c r="I513">
         <v>8109</v>
       </c>
       <c r="J513">
         <v>2174</v>
       </c>
       <c r="K513">
-        <v>25058</v>
+        <v>25041</v>
       </c>
       <c r="L513">
-        <v>7472</v>
+        <v>7478</v>
       </c>
       <c r="M513">
-        <v>32530</v>
+        <v>32519</v>
       </c>
     </row>
     <row r="514" spans="1:26">
       <c r="A514" s="6">
         <v>41913.0</v>
       </c>
       <c r="B514">
-        <v>2704</v>
+        <v>2705</v>
       </c>
       <c r="C514">
         <v>750</v>
       </c>
       <c r="D514">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="E514">
         <v>2077</v>
       </c>
       <c r="F514">
         <v>1818</v>
       </c>
       <c r="G514">
         <v>3895</v>
       </c>
       <c r="H514">
-        <v>24037</v>
+        <v>24043</v>
       </c>
       <c r="I514">
         <v>9155</v>
       </c>
       <c r="J514">
-        <v>2394</v>
+        <v>2385</v>
       </c>
       <c r="K514">
         <v>27221</v>
       </c>
       <c r="L514">
-        <v>8366</v>
+        <v>8361</v>
       </c>
       <c r="M514">
-        <v>35587</v>
+        <v>35582</v>
       </c>
     </row>
     <row r="515" spans="1:26">
       <c r="A515" s="6">
         <v>41944.0</v>
       </c>
       <c r="B515">
         <v>2428</v>
       </c>
       <c r="C515">
         <v>620</v>
       </c>
       <c r="D515">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E515">
         <v>1852</v>
       </c>
       <c r="F515">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="G515">
-        <v>3435</v>
+        <v>3436</v>
       </c>
       <c r="H515">
         <v>22917</v>
       </c>
       <c r="I515">
         <v>7646</v>
       </c>
       <c r="J515">
-        <v>2187</v>
+        <v>2196</v>
       </c>
       <c r="K515">
         <v>24834</v>
       </c>
       <c r="L515">
-        <v>7917</v>
+        <v>7926</v>
       </c>
       <c r="M515">
-        <v>32751</v>
+        <v>32760</v>
       </c>
     </row>
     <row r="516" spans="1:26">
       <c r="A516" s="6">
         <v>41974.0</v>
       </c>
       <c r="B516">
-        <v>2366</v>
+        <v>2367</v>
       </c>
       <c r="C516">
         <v>660</v>
       </c>
       <c r="D516">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="E516">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="F516">
-        <v>1436</v>
+        <v>1434</v>
       </c>
       <c r="G516">
-        <v>3399</v>
+        <v>3398</v>
       </c>
       <c r="H516">
-        <v>23646</v>
+        <v>23667</v>
       </c>
       <c r="I516">
         <v>8514</v>
       </c>
       <c r="J516">
-        <v>2041</v>
+        <v>2030</v>
       </c>
       <c r="K516">
-        <v>26933</v>
+        <v>26953</v>
       </c>
       <c r="L516">
-        <v>7269</v>
+        <v>7258</v>
       </c>
       <c r="M516">
-        <v>34202</v>
+        <v>34211</v>
       </c>
     </row>
     <row r="517" spans="1:26">
       <c r="A517" s="6">
         <v>42005.0</v>
       </c>
       <c r="B517">
-        <v>2264</v>
+        <v>2265</v>
       </c>
       <c r="C517">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D517">
         <v>316</v>
       </c>
       <c r="E517">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="F517">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="G517">
-        <v>3142</v>
+        <v>3144</v>
       </c>
       <c r="H517">
-        <v>20412</v>
+        <v>20426</v>
       </c>
       <c r="I517">
-        <v>6798</v>
+        <v>6807</v>
       </c>
       <c r="J517">
         <v>2153</v>
       </c>
       <c r="K517">
-        <v>22510</v>
+        <v>22524</v>
       </c>
       <c r="L517">
-        <v>6853</v>
+        <v>6862</v>
       </c>
       <c r="M517">
-        <v>29363</v>
+        <v>29386</v>
       </c>
     </row>
     <row r="518" spans="1:26">
       <c r="A518" s="6">
         <v>42036.0</v>
       </c>
       <c r="B518">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="C518">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="D518">
         <v>244</v>
       </c>
       <c r="E518">
-        <v>1663</v>
+        <v>1662</v>
       </c>
       <c r="F518">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="G518">
         <v>2686</v>
       </c>
       <c r="H518">
-        <v>19615</v>
+        <v>19606</v>
       </c>
       <c r="I518">
-        <v>6764</v>
+        <v>6755</v>
       </c>
       <c r="J518">
         <v>1366</v>
       </c>
       <c r="K518">
-        <v>22647</v>
+        <v>22620</v>
       </c>
       <c r="L518">
-        <v>5098</v>
+        <v>5107</v>
       </c>
       <c r="M518">
-        <v>27745</v>
+        <v>27727</v>
       </c>
     </row>
     <row r="519" spans="1:26">
       <c r="A519" s="6">
         <v>42064.0</v>
       </c>
       <c r="B519">
-        <v>1772</v>
+        <v>1771</v>
       </c>
       <c r="C519">
         <v>540</v>
       </c>
       <c r="D519">
         <v>197</v>
       </c>
       <c r="E519">
         <v>1685</v>
       </c>
       <c r="F519">
-        <v>824</v>
+        <v>823</v>
       </c>
       <c r="G519">
-        <v>2509</v>
+        <v>2508</v>
       </c>
       <c r="H519">
-        <v>19254</v>
+        <v>19248</v>
       </c>
       <c r="I519">
-        <v>6975</v>
+        <v>6965</v>
       </c>
       <c r="J519">
         <v>1258</v>
       </c>
       <c r="K519">
-        <v>23361</v>
+        <v>23363</v>
       </c>
       <c r="L519">
-        <v>4126</v>
+        <v>4108</v>
       </c>
       <c r="M519">
-        <v>27487</v>
+        <v>27471</v>
       </c>
     </row>
     <row r="520" spans="1:26">
       <c r="A520" s="6">
         <v>42095.0</v>
       </c>
       <c r="B520">
-        <v>1580</v>
+        <v>1585</v>
       </c>
       <c r="C520">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D520">
         <v>257</v>
       </c>
       <c r="E520">
-        <v>1524</v>
+        <v>1529</v>
       </c>
       <c r="F520">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="G520">
-        <v>2382</v>
+        <v>2388</v>
       </c>
       <c r="H520">
-        <v>16413</v>
+        <v>16497</v>
       </c>
       <c r="I520">
-        <v>7336</v>
+        <v>7355</v>
       </c>
       <c r="J520">
-        <v>1252</v>
+        <v>1246</v>
       </c>
       <c r="K520">
-        <v>20884</v>
+        <v>20970</v>
       </c>
       <c r="L520">
-        <v>4117</v>
+        <v>4128</v>
       </c>
       <c r="M520">
-        <v>25001</v>
+        <v>25098</v>
       </c>
     </row>
     <row r="521" spans="1:26">
       <c r="A521" s="6">
         <v>42125.0</v>
       </c>
       <c r="B521">
-        <v>1351</v>
+        <v>1349</v>
       </c>
       <c r="C521">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="D521">
         <v>240</v>
       </c>
       <c r="E521">
-        <v>1374</v>
+        <v>1373</v>
       </c>
       <c r="F521">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="G521">
-        <v>2075</v>
+        <v>2072</v>
       </c>
       <c r="H521">
-        <v>15208</v>
+        <v>15193</v>
       </c>
       <c r="I521">
-        <v>6162</v>
+        <v>6153</v>
       </c>
       <c r="J521">
         <v>1413</v>
       </c>
       <c r="K521">
-        <v>19319</v>
+        <v>19312</v>
       </c>
       <c r="L521">
-        <v>3465</v>
+        <v>3447</v>
       </c>
       <c r="M521">
-        <v>22783</v>
+        <v>22759</v>
       </c>
     </row>
     <row r="522" spans="1:26">
       <c r="A522" s="6">
         <v>42156.0</v>
       </c>
       <c r="B522">
-        <v>1347</v>
+        <v>1346</v>
       </c>
       <c r="C522">
         <v>399</v>
       </c>
       <c r="D522">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E522">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="F522">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="G522">
         <v>2045</v>
       </c>
       <c r="H522">
-        <v>14051</v>
+        <v>14032</v>
       </c>
       <c r="I522">
         <v>5424</v>
       </c>
       <c r="J522">
-        <v>2043</v>
+        <v>2047</v>
       </c>
       <c r="K522">
-        <v>17911</v>
+        <v>17892</v>
       </c>
       <c r="L522">
-        <v>3607</v>
+        <v>3611</v>
       </c>
       <c r="M522">
-        <v>21518</v>
+        <v>21502</v>
       </c>
     </row>
     <row r="523" spans="1:26">
       <c r="A523" s="6">
         <v>42186.0</v>
       </c>
       <c r="B523">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="C523">
         <v>375</v>
       </c>
       <c r="D523">
         <v>226</v>
       </c>
       <c r="E523">
-        <v>1203</v>
+        <v>1200</v>
       </c>
       <c r="F523">
         <v>739</v>
       </c>
       <c r="G523">
-        <v>1942</v>
+        <v>1939</v>
       </c>
       <c r="H523">
-        <v>13601</v>
+        <v>13549</v>
       </c>
       <c r="I523">
         <v>5126</v>
       </c>
       <c r="J523">
         <v>1280</v>
       </c>
       <c r="K523">
-        <v>16854</v>
+        <v>16802</v>
       </c>
       <c r="L523">
         <v>3153</v>
       </c>
       <c r="M523">
-        <v>20007</v>
+        <v>19955</v>
       </c>
     </row>
     <row r="524" spans="1:26">
       <c r="A524" s="6">
         <v>42217.0</v>
       </c>
       <c r="B524">
         <v>1289</v>
       </c>
       <c r="C524">
         <v>394</v>
       </c>
       <c r="D524">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="E524">
-        <v>1199</v>
+        <v>1198</v>
       </c>
       <c r="F524">
         <v>741</v>
       </c>
       <c r="G524">
-        <v>1940</v>
+        <v>1939</v>
       </c>
       <c r="H524">
         <v>13083</v>
       </c>
       <c r="I524">
         <v>5401</v>
       </c>
       <c r="J524">
-        <v>1434</v>
+        <v>1428</v>
       </c>
       <c r="K524">
-        <v>16858</v>
+        <v>16853</v>
       </c>
       <c r="L524">
         <v>3059</v>
       </c>
       <c r="M524">
-        <v>19917</v>
+        <v>19912</v>
       </c>
     </row>
     <row r="525" spans="1:26">
       <c r="A525" s="6">
         <v>42248.0</v>
       </c>
       <c r="B525">
         <v>1262</v>
       </c>
       <c r="C525">
         <v>405</v>
       </c>
       <c r="D525">
         <v>226</v>
       </c>
       <c r="E525">
         <v>1124</v>
       </c>
       <c r="F525">
         <v>769</v>
       </c>
       <c r="G525">
         <v>1893</v>
       </c>
       <c r="H525">
@@ -21667,78 +21667,78 @@
       </c>
       <c r="J525">
         <v>1258</v>
       </c>
       <c r="K525">
         <v>15685</v>
       </c>
       <c r="L525">
         <v>3306</v>
       </c>
       <c r="M525">
         <v>18991</v>
       </c>
     </row>
     <row r="526" spans="1:26">
       <c r="A526" s="6">
         <v>42278.0</v>
       </c>
       <c r="B526">
         <v>1091</v>
       </c>
       <c r="C526">
         <v>444</v>
       </c>
       <c r="D526">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E526">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="F526">
         <v>625</v>
       </c>
       <c r="G526">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="H526">
         <v>10861</v>
       </c>
       <c r="I526">
         <v>6023</v>
       </c>
       <c r="J526">
-        <v>1219</v>
+        <v>1226</v>
       </c>
       <c r="K526">
-        <v>15509</v>
+        <v>15515</v>
       </c>
       <c r="L526">
         <v>2595</v>
       </c>
       <c r="M526">
-        <v>18103</v>
+        <v>18110</v>
       </c>
     </row>
     <row r="527" spans="1:26">
       <c r="A527" s="6">
         <v>42309.0</v>
       </c>
       <c r="B527">
         <v>1047</v>
       </c>
       <c r="C527">
         <v>418</v>
       </c>
       <c r="D527">
         <v>199</v>
       </c>
       <c r="E527">
         <v>1114</v>
       </c>
       <c r="F527">
         <v>550</v>
       </c>
       <c r="G527">
         <v>1664</v>
       </c>
       <c r="H527">
@@ -21784,1232 +21784,1232 @@
       </c>
       <c r="H528">
         <v>9897</v>
       </c>
       <c r="I528">
         <v>5055</v>
       </c>
       <c r="J528">
         <v>1054</v>
       </c>
       <c r="K528">
         <v>14044</v>
       </c>
       <c r="L528">
         <v>1962</v>
       </c>
       <c r="M528">
         <v>16006</v>
       </c>
     </row>
     <row r="529" spans="1:26">
       <c r="A529" s="6">
         <v>42370.0</v>
       </c>
       <c r="B529">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="C529">
         <v>291</v>
       </c>
       <c r="D529">
         <v>133</v>
       </c>
       <c r="E529">
-        <v>865</v>
+        <v>864</v>
       </c>
       <c r="F529">
         <v>453</v>
       </c>
       <c r="G529">
-        <v>1318</v>
+        <v>1317</v>
       </c>
       <c r="H529">
-        <v>9989</v>
+        <v>9971</v>
       </c>
       <c r="I529">
         <v>3902</v>
       </c>
       <c r="J529">
         <v>823</v>
       </c>
       <c r="K529">
-        <v>12875</v>
+        <v>12857</v>
       </c>
       <c r="L529">
         <v>1839</v>
       </c>
       <c r="M529">
-        <v>14714</v>
+        <v>14696</v>
       </c>
     </row>
     <row r="530" spans="1:26">
       <c r="A530" s="6">
         <v>42401.0</v>
       </c>
       <c r="B530">
         <v>716</v>
       </c>
       <c r="C530">
         <v>283</v>
       </c>
       <c r="D530">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E530">
         <v>773</v>
       </c>
       <c r="F530">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="G530">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="H530">
         <v>8384</v>
       </c>
       <c r="I530">
         <v>3923</v>
       </c>
       <c r="J530">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="K530">
         <v>11306</v>
       </c>
       <c r="L530">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="M530">
-        <v>12965</v>
+        <v>12967</v>
       </c>
     </row>
     <row r="531" spans="1:26">
       <c r="A531" s="6">
         <v>42430.0</v>
       </c>
       <c r="B531">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C531">
         <v>250</v>
       </c>
       <c r="D531">
         <v>109</v>
       </c>
       <c r="E531">
         <v>762</v>
       </c>
       <c r="F531">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="G531">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="H531">
-        <v>8188</v>
+        <v>8199</v>
       </c>
       <c r="I531">
         <v>3671</v>
       </c>
       <c r="J531">
         <v>586</v>
       </c>
       <c r="K531">
         <v>11227</v>
       </c>
       <c r="L531">
-        <v>1218</v>
+        <v>1229</v>
       </c>
       <c r="M531">
-        <v>12445</v>
+        <v>12456</v>
       </c>
     </row>
     <row r="532" spans="1:26">
       <c r="A532" s="6">
         <v>42461.0</v>
       </c>
       <c r="B532">
         <v>581</v>
       </c>
       <c r="C532">
         <v>292</v>
       </c>
       <c r="D532">
         <v>124</v>
       </c>
       <c r="E532">
         <v>733</v>
       </c>
       <c r="F532">
         <v>264</v>
       </c>
       <c r="G532">
         <v>997</v>
       </c>
       <c r="H532">
-        <v>6923</v>
+        <v>6917</v>
       </c>
       <c r="I532">
         <v>4322</v>
       </c>
       <c r="J532">
         <v>762</v>
       </c>
       <c r="K532">
         <v>10836</v>
       </c>
       <c r="L532">
-        <v>1172</v>
+        <v>1165</v>
       </c>
       <c r="M532">
-        <v>12007</v>
+        <v>12001</v>
       </c>
     </row>
     <row r="533" spans="1:26">
       <c r="A533" s="6">
         <v>42491.0</v>
       </c>
       <c r="B533">
         <v>627</v>
       </c>
       <c r="C533">
         <v>247</v>
       </c>
       <c r="D533">
         <v>107</v>
       </c>
       <c r="E533">
         <v>693</v>
       </c>
       <c r="F533">
         <v>288</v>
       </c>
       <c r="G533">
         <v>981</v>
       </c>
       <c r="H533">
         <v>7498</v>
       </c>
       <c r="I533">
         <v>3447</v>
       </c>
       <c r="J533">
         <v>668</v>
       </c>
       <c r="K533">
         <v>10288</v>
       </c>
       <c r="L533">
         <v>1325</v>
       </c>
       <c r="M533">
         <v>11613</v>
       </c>
     </row>
     <row r="534" spans="1:26">
       <c r="A534" s="6">
         <v>42522.0</v>
       </c>
       <c r="B534">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C534">
         <v>268</v>
       </c>
       <c r="D534">
         <v>122</v>
       </c>
       <c r="E534">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="F534">
         <v>309</v>
       </c>
       <c r="G534">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="H534">
-        <v>7917</v>
+        <v>7931</v>
       </c>
       <c r="I534">
         <v>3837</v>
       </c>
       <c r="J534">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="K534">
-        <v>11079</v>
+        <v>11092</v>
       </c>
       <c r="L534">
-        <v>1280</v>
+        <v>1288</v>
       </c>
       <c r="M534">
-        <v>12358</v>
+        <v>12380</v>
       </c>
     </row>
     <row r="535" spans="1:26">
       <c r="A535" s="6">
         <v>42552.0</v>
       </c>
       <c r="B535">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="C535">
         <v>230</v>
       </c>
       <c r="D535">
         <v>142</v>
       </c>
       <c r="E535">
         <v>694</v>
       </c>
       <c r="F535">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="G535">
-        <v>1039</v>
+        <v>1038</v>
       </c>
       <c r="H535">
-        <v>7366</v>
+        <v>7361</v>
       </c>
       <c r="I535">
         <v>3366</v>
       </c>
       <c r="J535">
         <v>772</v>
       </c>
       <c r="K535">
         <v>10308</v>
       </c>
       <c r="L535">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="M535">
-        <v>11504</v>
+        <v>11499</v>
       </c>
     </row>
     <row r="536" spans="1:26">
       <c r="A536" s="6">
         <v>42583.0</v>
       </c>
       <c r="B536">
         <v>677</v>
       </c>
       <c r="C536">
         <v>291</v>
       </c>
       <c r="D536">
         <v>177</v>
       </c>
       <c r="E536">
         <v>771</v>
       </c>
       <c r="F536">
         <v>374</v>
       </c>
       <c r="G536">
         <v>1145</v>
       </c>
       <c r="H536">
         <v>7468</v>
       </c>
       <c r="I536">
         <v>4322</v>
       </c>
       <c r="J536">
         <v>1061</v>
       </c>
       <c r="K536">
         <v>11385</v>
       </c>
       <c r="L536">
         <v>1467</v>
       </c>
       <c r="M536">
         <v>12852</v>
       </c>
     </row>
     <row r="537" spans="1:26">
       <c r="A537" s="6">
         <v>42614.0</v>
       </c>
       <c r="B537">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="C537">
         <v>233</v>
       </c>
       <c r="D537">
         <v>164</v>
       </c>
       <c r="E537">
-        <v>723</v>
+        <v>722</v>
       </c>
       <c r="F537">
         <v>382</v>
       </c>
       <c r="G537">
-        <v>1105</v>
+        <v>1104</v>
       </c>
       <c r="H537">
-        <v>8131</v>
+        <v>8117</v>
       </c>
       <c r="I537">
         <v>3225</v>
       </c>
       <c r="J537">
         <v>952</v>
       </c>
       <c r="K537">
-        <v>10741</v>
+        <v>10727</v>
       </c>
       <c r="L537">
         <v>1568</v>
       </c>
       <c r="M537">
-        <v>12309</v>
+        <v>12295</v>
       </c>
     </row>
     <row r="538" spans="1:26">
       <c r="A538" s="6">
         <v>42644.0</v>
       </c>
       <c r="B538">
         <v>746</v>
       </c>
       <c r="C538">
         <v>232</v>
       </c>
       <c r="D538">
         <v>156</v>
       </c>
       <c r="E538">
         <v>745</v>
       </c>
       <c r="F538">
         <v>389</v>
       </c>
       <c r="G538">
         <v>1134</v>
       </c>
       <c r="H538">
         <v>8485</v>
       </c>
       <c r="I538">
         <v>3396</v>
       </c>
       <c r="J538">
         <v>910</v>
       </c>
       <c r="K538">
         <v>11166</v>
       </c>
       <c r="L538">
         <v>1625</v>
       </c>
       <c r="M538">
         <v>12791</v>
       </c>
     </row>
     <row r="539" spans="1:26">
       <c r="A539" s="6">
         <v>42675.0</v>
       </c>
       <c r="B539">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="C539">
         <v>229</v>
       </c>
       <c r="D539">
         <v>171</v>
       </c>
       <c r="E539">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="F539">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="G539">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="H539">
-        <v>8404</v>
+        <v>8495</v>
       </c>
       <c r="I539">
         <v>3094</v>
       </c>
       <c r="J539">
         <v>890</v>
       </c>
       <c r="K539">
-        <v>10928</v>
+        <v>11023</v>
       </c>
       <c r="L539">
-        <v>1459</v>
+        <v>1456</v>
       </c>
       <c r="M539">
-        <v>12387</v>
+        <v>12479</v>
       </c>
     </row>
     <row r="540" spans="1:26">
       <c r="A540" s="6">
         <v>42705.0</v>
       </c>
       <c r="B540">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C540">
         <v>252</v>
       </c>
       <c r="D540">
         <v>132</v>
       </c>
       <c r="E540">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="F540">
         <v>338</v>
       </c>
       <c r="G540">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="H540">
-        <v>9139</v>
+        <v>9158</v>
       </c>
       <c r="I540">
         <v>3445</v>
       </c>
       <c r="J540">
         <v>812</v>
       </c>
       <c r="K540">
-        <v>11893</v>
+        <v>11912</v>
       </c>
       <c r="L540">
         <v>1503</v>
       </c>
       <c r="M540">
-        <v>13396</v>
+        <v>13416</v>
       </c>
     </row>
     <row r="541" spans="1:26">
       <c r="A541" s="6">
         <v>42736.0</v>
       </c>
       <c r="B541">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="C541">
         <v>263</v>
       </c>
       <c r="D541">
         <v>114</v>
       </c>
       <c r="E541">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="F541">
         <v>349</v>
       </c>
       <c r="G541">
-        <v>1108</v>
+        <v>1105</v>
       </c>
       <c r="H541">
-        <v>8599</v>
+        <v>8543</v>
       </c>
       <c r="I541">
         <v>3703</v>
       </c>
       <c r="J541">
         <v>876</v>
       </c>
       <c r="K541">
-        <v>11524</v>
+        <v>11468</v>
       </c>
       <c r="L541">
         <v>1655</v>
       </c>
       <c r="M541">
-        <v>13178</v>
+        <v>13122</v>
       </c>
     </row>
     <row r="542" spans="1:26">
       <c r="A542" s="6">
         <v>42767.0</v>
       </c>
       <c r="B542">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C542">
         <v>241</v>
       </c>
       <c r="D542">
         <v>152</v>
       </c>
       <c r="E542">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="F542">
         <v>366</v>
       </c>
       <c r="G542">
-        <v>1131</v>
+        <v>1130</v>
       </c>
       <c r="H542">
-        <v>8207</v>
+        <v>8188</v>
       </c>
       <c r="I542">
         <v>3574</v>
       </c>
       <c r="J542">
         <v>1009</v>
       </c>
       <c r="K542">
-        <v>11392</v>
+        <v>11372</v>
       </c>
       <c r="L542">
         <v>1398</v>
       </c>
       <c r="M542">
-        <v>12790</v>
+        <v>12770</v>
       </c>
     </row>
     <row r="543" spans="1:26">
       <c r="A543" s="6">
         <v>42795.0</v>
       </c>
       <c r="B543">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="C543">
         <v>250</v>
       </c>
       <c r="D543">
         <v>172</v>
       </c>
       <c r="E543">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="F543">
         <v>375</v>
       </c>
       <c r="G543">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="H543">
-        <v>9238</v>
+        <v>9262</v>
       </c>
       <c r="I543">
         <v>3640</v>
       </c>
       <c r="J543">
         <v>1140</v>
       </c>
       <c r="K543">
-        <v>12490</v>
+        <v>12513</v>
       </c>
       <c r="L543">
         <v>1529</v>
       </c>
       <c r="M543">
-        <v>14019</v>
+        <v>14043</v>
       </c>
     </row>
     <row r="544" spans="1:26">
       <c r="A544" s="6">
         <v>42826.0</v>
       </c>
       <c r="B544">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="C544">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="D544">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E544">
         <v>925</v>
       </c>
       <c r="F544">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="G544">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="H544">
-        <v>9778</v>
+        <v>9718</v>
       </c>
       <c r="I544">
-        <v>4457</v>
+        <v>4523</v>
       </c>
       <c r="J544">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="K544">
-        <v>13820</v>
+        <v>13826</v>
       </c>
       <c r="L544">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="M544">
-        <v>15323</v>
+        <v>15331</v>
       </c>
     </row>
     <row r="545" spans="1:26">
       <c r="A545" s="6">
         <v>42856.0</v>
       </c>
       <c r="B545">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="C545">
         <v>277</v>
       </c>
       <c r="D545">
         <v>156</v>
       </c>
       <c r="E545">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="F545">
         <v>404</v>
       </c>
       <c r="G545">
-        <v>1356</v>
+        <v>1354</v>
       </c>
       <c r="H545">
-        <v>11302</v>
+        <v>11256</v>
       </c>
       <c r="I545">
         <v>4138</v>
       </c>
       <c r="J545">
         <v>884</v>
       </c>
       <c r="K545">
-        <v>14629</v>
+        <v>14583</v>
       </c>
       <c r="L545">
         <v>1695</v>
       </c>
       <c r="M545">
-        <v>16324</v>
+        <v>16278</v>
       </c>
     </row>
     <row r="546" spans="1:26">
       <c r="A546" s="6">
         <v>42887.0</v>
       </c>
       <c r="B546">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C546">
         <v>367</v>
       </c>
       <c r="D546">
         <v>176</v>
       </c>
       <c r="E546">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="F546">
         <v>427</v>
       </c>
       <c r="G546">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="H546">
-        <v>11314</v>
+        <v>11334</v>
       </c>
       <c r="I546">
         <v>5682</v>
       </c>
       <c r="J546">
         <v>1287</v>
       </c>
       <c r="K546">
-        <v>16405</v>
+        <v>16425</v>
       </c>
       <c r="L546">
         <v>1878</v>
       </c>
       <c r="M546">
-        <v>18283</v>
+        <v>18303</v>
       </c>
     </row>
     <row r="547" spans="1:26">
       <c r="A547" s="6">
         <v>42917.0</v>
       </c>
       <c r="B547">
         <v>963</v>
       </c>
       <c r="C547">
         <v>376</v>
       </c>
       <c r="D547">
         <v>175</v>
       </c>
       <c r="E547">
         <v>1100</v>
       </c>
       <c r="F547">
         <v>414</v>
       </c>
       <c r="G547">
         <v>1514</v>
       </c>
       <c r="H547">
-        <v>11527</v>
+        <v>11528</v>
       </c>
       <c r="I547">
         <v>5580</v>
       </c>
       <c r="J547">
         <v>1149</v>
       </c>
       <c r="K547">
-        <v>16621</v>
+        <v>16622</v>
       </c>
       <c r="L547">
         <v>1636</v>
       </c>
       <c r="M547">
-        <v>18257</v>
+        <v>18258</v>
       </c>
     </row>
     <row r="548" spans="1:26">
       <c r="A548" s="6">
         <v>42948.0</v>
       </c>
       <c r="B548">
-        <v>953</v>
+        <v>951</v>
       </c>
       <c r="C548">
         <v>384</v>
       </c>
       <c r="D548">
         <v>168</v>
       </c>
       <c r="E548">
-        <v>1131</v>
+        <v>1129</v>
       </c>
       <c r="F548">
         <v>374</v>
       </c>
       <c r="G548">
-        <v>1505</v>
+        <v>1503</v>
       </c>
       <c r="H548">
-        <v>11644</v>
+        <v>11603</v>
       </c>
       <c r="I548">
         <v>5763</v>
       </c>
       <c r="J548">
         <v>1046</v>
       </c>
       <c r="K548">
-        <v>16929</v>
+        <v>16888</v>
       </c>
       <c r="L548">
         <v>1524</v>
       </c>
       <c r="M548">
-        <v>18453</v>
+        <v>18412</v>
       </c>
     </row>
     <row r="549" spans="1:26">
       <c r="A549" s="6">
         <v>42979.0</v>
       </c>
       <c r="B549">
         <v>938</v>
       </c>
       <c r="C549">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D549">
         <v>159</v>
       </c>
       <c r="E549">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="F549">
         <v>364</v>
       </c>
       <c r="G549">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="H549">
         <v>12031</v>
       </c>
       <c r="I549">
-        <v>6892</v>
+        <v>6908</v>
       </c>
       <c r="J549">
         <v>1001</v>
       </c>
       <c r="K549">
-        <v>18386</v>
+        <v>18402</v>
       </c>
       <c r="L549">
         <v>1539</v>
       </c>
       <c r="M549">
-        <v>19925</v>
+        <v>19941</v>
       </c>
     </row>
     <row r="550" spans="1:26">
       <c r="A550" s="6">
         <v>43009.0</v>
       </c>
       <c r="B550">
-        <v>1138</v>
+        <v>1137</v>
       </c>
       <c r="C550">
         <v>402</v>
       </c>
       <c r="D550">
         <v>183</v>
       </c>
       <c r="E550">
-        <v>1313</v>
+        <v>1312</v>
       </c>
       <c r="F550">
         <v>410</v>
       </c>
       <c r="G550">
-        <v>1723</v>
+        <v>1722</v>
       </c>
       <c r="H550">
-        <v>14667</v>
+        <v>14651</v>
       </c>
       <c r="I550">
         <v>6104</v>
       </c>
       <c r="J550">
         <v>1198</v>
       </c>
       <c r="K550">
-        <v>20300</v>
+        <v>20284</v>
       </c>
       <c r="L550">
         <v>1668</v>
       </c>
       <c r="M550">
-        <v>21968</v>
+        <v>21952</v>
       </c>
     </row>
     <row r="551" spans="1:26">
       <c r="A551" s="6">
         <v>43040.0</v>
       </c>
       <c r="B551">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="C551">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D551">
         <v>181</v>
       </c>
       <c r="E551">
         <v>1315</v>
       </c>
       <c r="F551">
         <v>434</v>
       </c>
       <c r="G551">
         <v>1749</v>
       </c>
       <c r="H551">
-        <v>14844</v>
+        <v>14803</v>
       </c>
       <c r="I551">
-        <v>6265</v>
+        <v>6306</v>
       </c>
       <c r="J551">
         <v>1267</v>
       </c>
       <c r="K551">
         <v>20586</v>
       </c>
       <c r="L551">
         <v>1790</v>
       </c>
       <c r="M551">
         <v>22376</v>
       </c>
     </row>
     <row r="552" spans="1:26">
       <c r="A552" s="6">
         <v>43070.0</v>
       </c>
       <c r="B552">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="C552">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D552">
         <v>175</v>
       </c>
       <c r="E552">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="F552">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="G552">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="H552">
-        <v>15014</v>
+        <v>15017</v>
       </c>
       <c r="I552">
-        <v>6312</v>
+        <v>6352</v>
       </c>
       <c r="J552">
         <v>1094</v>
       </c>
       <c r="K552">
-        <v>20630</v>
+        <v>20671</v>
       </c>
       <c r="L552">
-        <v>1789</v>
+        <v>1792</v>
       </c>
       <c r="M552">
-        <v>22420</v>
+        <v>22463</v>
       </c>
     </row>
     <row r="553" spans="1:26">
       <c r="A553" s="6">
         <v>43101.0</v>
       </c>
       <c r="B553">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="C553">
         <v>347</v>
       </c>
       <c r="D553">
         <v>143</v>
       </c>
       <c r="E553">
-        <v>1154</v>
+        <v>1152</v>
       </c>
       <c r="F553">
         <v>382</v>
       </c>
       <c r="G553">
-        <v>1536</v>
+        <v>1534</v>
       </c>
       <c r="H553">
-        <v>13029</v>
+        <v>12988</v>
       </c>
       <c r="I553">
         <v>5285</v>
       </c>
       <c r="J553">
         <v>896</v>
       </c>
       <c r="K553">
-        <v>17665</v>
+        <v>17625</v>
       </c>
       <c r="L553">
         <v>1545</v>
       </c>
       <c r="M553">
-        <v>19210</v>
+        <v>19169</v>
       </c>
     </row>
     <row r="554" spans="1:26">
       <c r="A554" s="6">
         <v>43132.0</v>
       </c>
       <c r="B554">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="C554">
         <v>326</v>
       </c>
       <c r="D554">
         <v>136</v>
       </c>
       <c r="E554">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="F554">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="G554">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="H554">
-        <v>13630</v>
+        <v>13651</v>
       </c>
       <c r="I554">
         <v>5127</v>
       </c>
       <c r="J554">
         <v>952</v>
       </c>
       <c r="K554">
-        <v>18496</v>
+        <v>18529</v>
       </c>
       <c r="L554">
-        <v>1214</v>
+        <v>1201</v>
       </c>
       <c r="M554">
-        <v>19709</v>
+        <v>19730</v>
       </c>
     </row>
     <row r="555" spans="1:26">
       <c r="A555" s="6">
         <v>43160.0</v>
       </c>
       <c r="B555">
-        <v>1226</v>
+        <v>1225</v>
       </c>
       <c r="C555">
         <v>411</v>
       </c>
       <c r="D555">
         <v>173</v>
       </c>
       <c r="E555">
-        <v>1378</v>
+        <v>1377</v>
       </c>
       <c r="F555">
         <v>432</v>
       </c>
       <c r="G555">
-        <v>1810</v>
+        <v>1809</v>
       </c>
       <c r="H555">
-        <v>15751</v>
+        <v>15730</v>
       </c>
       <c r="I555">
         <v>6524</v>
       </c>
       <c r="J555">
         <v>1158</v>
       </c>
       <c r="K555">
-        <v>21637</v>
+        <v>21616</v>
       </c>
       <c r="L555">
         <v>1797</v>
       </c>
       <c r="M555">
-        <v>23434</v>
+        <v>23413</v>
       </c>
     </row>
     <row r="556" spans="1:26">
       <c r="A556" s="6">
         <v>43191.0</v>
       </c>
       <c r="B556">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="C556">
         <v>425</v>
       </c>
       <c r="D556">
         <v>163</v>
       </c>
       <c r="E556">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="F556">
         <v>393</v>
       </c>
       <c r="G556">
-        <v>1789</v>
+        <v>1793</v>
       </c>
       <c r="H556">
-        <v>15461</v>
+        <v>15536</v>
       </c>
       <c r="I556">
         <v>6666</v>
       </c>
       <c r="J556">
         <v>1009</v>
       </c>
       <c r="K556">
-        <v>21528</v>
+        <v>21603</v>
       </c>
       <c r="L556">
         <v>1608</v>
       </c>
       <c r="M556">
-        <v>23136</v>
+        <v>23211</v>
       </c>
     </row>
     <row r="557" spans="1:26">
       <c r="A557" s="6">
         <v>43221.0</v>
       </c>
       <c r="B557">
-        <v>1166</v>
+        <v>1162</v>
       </c>
       <c r="C557">
         <v>403</v>
       </c>
       <c r="D557">
         <v>177</v>
       </c>
       <c r="E557">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="F557">
         <v>437</v>
       </c>
       <c r="G557">
-        <v>1746</v>
+        <v>1742</v>
       </c>
       <c r="H557">
-        <v>15028</v>
+        <v>14952</v>
       </c>
       <c r="I557">
         <v>6551</v>
       </c>
       <c r="J557">
         <v>1131</v>
       </c>
       <c r="K557">
-        <v>20961</v>
+        <v>20886</v>
       </c>
       <c r="L557">
         <v>1748</v>
       </c>
       <c r="M557">
-        <v>22710</v>
+        <v>22634</v>
       </c>
     </row>
     <row r="558" spans="1:26">
       <c r="A558" s="6">
         <v>43252.0</v>
       </c>
       <c r="B558">
         <v>1208</v>
       </c>
       <c r="C558">
         <v>453</v>
       </c>
       <c r="D558">
         <v>196</v>
       </c>
       <c r="E558">
         <v>1466</v>
       </c>
       <c r="F558">
         <v>391</v>
       </c>
       <c r="G558">
         <v>1857</v>
       </c>
       <c r="H558">
@@ -23064,72 +23064,72 @@
       </c>
       <c r="K559">
         <v>22512</v>
       </c>
       <c r="L559">
         <v>1675</v>
       </c>
       <c r="M559">
         <v>24187</v>
       </c>
     </row>
     <row r="560" spans="1:26">
       <c r="A560" s="6">
         <v>43313.0</v>
       </c>
       <c r="B560">
         <v>1357</v>
       </c>
       <c r="C560">
         <v>504</v>
       </c>
       <c r="D560">
         <v>208</v>
       </c>
       <c r="E560">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="F560">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="G560">
         <v>2069</v>
       </c>
       <c r="H560">
         <v>18168</v>
       </c>
       <c r="I560">
         <v>7947</v>
       </c>
       <c r="J560">
         <v>1270</v>
       </c>
       <c r="K560">
-        <v>25535</v>
+        <v>25538</v>
       </c>
       <c r="L560">
-        <v>1850</v>
+        <v>1847</v>
       </c>
       <c r="M560">
         <v>27385</v>
       </c>
     </row>
     <row r="561" spans="1:26">
       <c r="A561" s="6">
         <v>43344.0</v>
       </c>
       <c r="B561">
         <v>1244</v>
       </c>
       <c r="C561">
         <v>466</v>
       </c>
       <c r="D561">
         <v>192</v>
       </c>
       <c r="E561">
         <v>1503</v>
       </c>
       <c r="F561">
         <v>399</v>
       </c>
       <c r="G561">
@@ -23219,113 +23219,113 @@
       </c>
       <c r="H563">
         <v>16845</v>
       </c>
       <c r="I563">
         <v>6793</v>
       </c>
       <c r="J563">
         <v>1458</v>
       </c>
       <c r="K563">
         <v>23379</v>
       </c>
       <c r="L563">
         <v>1717</v>
       </c>
       <c r="M563">
         <v>25095</v>
       </c>
     </row>
     <row r="564" spans="1:26">
       <c r="A564" s="6">
         <v>43435.0</v>
       </c>
       <c r="B564">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="C564">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D564">
         <v>183</v>
       </c>
       <c r="E564">
         <v>1244</v>
       </c>
       <c r="F564">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="G564">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="H564">
-        <v>14529</v>
+        <v>14520</v>
       </c>
       <c r="I564">
-        <v>5404</v>
+        <v>5419</v>
       </c>
       <c r="J564">
         <v>1341</v>
       </c>
       <c r="K564">
         <v>19696</v>
       </c>
       <c r="L564">
-        <v>1579</v>
+        <v>1584</v>
       </c>
       <c r="M564">
-        <v>21275</v>
+        <v>21280</v>
       </c>
     </row>
     <row r="565" spans="1:26">
       <c r="A565" s="6">
         <v>43466.0</v>
       </c>
       <c r="B565">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="C565">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D565">
         <v>158</v>
       </c>
       <c r="E565">
         <v>1253</v>
       </c>
       <c r="F565">
         <v>411</v>
       </c>
       <c r="G565">
         <v>1664</v>
       </c>
       <c r="H565">
-        <v>14979</v>
+        <v>14958</v>
       </c>
       <c r="I565">
-        <v>5211</v>
+        <v>5231</v>
       </c>
       <c r="J565">
         <v>1201</v>
       </c>
       <c r="K565">
         <v>19769</v>
       </c>
       <c r="L565">
         <v>1622</v>
       </c>
       <c r="M565">
         <v>21390</v>
       </c>
     </row>
     <row r="566" spans="1:26">
       <c r="A566" s="6">
         <v>43497.0</v>
       </c>
       <c r="B566">
         <v>1048</v>
       </c>
       <c r="C566">
         <v>371</v>
       </c>
       <c r="D566">
@@ -23342,72 +23342,72 @@
       </c>
       <c r="H566">
         <v>14534</v>
       </c>
       <c r="I566">
         <v>6084</v>
       </c>
       <c r="J566">
         <v>1215</v>
       </c>
       <c r="K566">
         <v>20338</v>
       </c>
       <c r="L566">
         <v>1495</v>
       </c>
       <c r="M566">
         <v>21833</v>
       </c>
     </row>
     <row r="567" spans="1:26">
       <c r="A567" s="6">
         <v>43525.0</v>
       </c>
       <c r="B567">
-        <v>1065</v>
+        <v>1063</v>
       </c>
       <c r="C567">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D567">
         <v>158</v>
       </c>
       <c r="E567">
         <v>1293</v>
       </c>
       <c r="F567">
         <v>295</v>
       </c>
       <c r="G567">
         <v>1588</v>
       </c>
       <c r="H567">
-        <v>14780</v>
+        <v>14746</v>
       </c>
       <c r="I567">
-        <v>6086</v>
+        <v>6120</v>
       </c>
       <c r="J567">
         <v>955</v>
       </c>
       <c r="K567">
         <v>20696</v>
       </c>
       <c r="L567">
         <v>1125</v>
       </c>
       <c r="M567">
         <v>21821</v>
       </c>
     </row>
     <row r="568" spans="1:26">
       <c r="A568" s="6">
         <v>43556.0</v>
       </c>
       <c r="B568">
         <v>1171</v>
       </c>
       <c r="C568">
         <v>410</v>
       </c>
       <c r="D568">
@@ -23424,72 +23424,72 @@
       </c>
       <c r="H568">
         <v>16026</v>
       </c>
       <c r="I568">
         <v>6750</v>
       </c>
       <c r="J568">
         <v>1014</v>
       </c>
       <c r="K568">
         <v>22312</v>
       </c>
       <c r="L568">
         <v>1479</v>
       </c>
       <c r="M568">
         <v>23791</v>
       </c>
     </row>
     <row r="569" spans="1:26">
       <c r="A569" s="6">
         <v>43586.0</v>
       </c>
       <c r="B569">
-        <v>1156</v>
+        <v>1154</v>
       </c>
       <c r="C569">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D569">
         <v>147</v>
       </c>
       <c r="E569">
         <v>1360</v>
       </c>
       <c r="F569">
         <v>311</v>
       </c>
       <c r="G569">
         <v>1671</v>
       </c>
       <c r="H569">
-        <v>16048</v>
+        <v>16002</v>
       </c>
       <c r="I569">
-        <v>6095</v>
+        <v>6141</v>
       </c>
       <c r="J569">
         <v>1163</v>
       </c>
       <c r="K569">
         <v>21994</v>
       </c>
       <c r="L569">
         <v>1313</v>
       </c>
       <c r="M569">
         <v>23307</v>
       </c>
     </row>
     <row r="570" spans="1:26">
       <c r="A570" s="6">
         <v>43617.0</v>
       </c>
       <c r="B570">
         <v>1187</v>
       </c>
       <c r="C570">
         <v>422</v>
       </c>
       <c r="D570">
@@ -23506,113 +23506,113 @@
       </c>
       <c r="H570">
         <v>16747</v>
       </c>
       <c r="I570">
         <v>7290</v>
       </c>
       <c r="J570">
         <v>1242</v>
       </c>
       <c r="K570">
         <v>23951</v>
       </c>
       <c r="L570">
         <v>1328</v>
       </c>
       <c r="M570">
         <v>25279</v>
       </c>
     </row>
     <row r="571" spans="1:26">
       <c r="A571" s="6">
         <v>43647.0</v>
       </c>
       <c r="B571">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="C571">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D571">
         <v>207</v>
       </c>
       <c r="E571">
-        <v>1517</v>
+        <v>1520</v>
       </c>
       <c r="F571">
         <v>465</v>
       </c>
       <c r="G571">
-        <v>1982</v>
+        <v>1985</v>
       </c>
       <c r="H571">
-        <v>18634</v>
+        <v>18649</v>
       </c>
       <c r="I571">
-        <v>6696</v>
+        <v>6731</v>
       </c>
       <c r="J571">
         <v>1297</v>
       </c>
       <c r="K571">
-        <v>24912</v>
+        <v>24962</v>
       </c>
       <c r="L571">
         <v>1715</v>
       </c>
       <c r="M571">
-        <v>26627</v>
+        <v>26677</v>
       </c>
     </row>
     <row r="572" spans="1:26">
       <c r="A572" s="6">
         <v>43678.0</v>
       </c>
       <c r="B572">
-        <v>1371</v>
+        <v>1365</v>
       </c>
       <c r="C572">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="D572">
         <v>175</v>
       </c>
       <c r="E572">
         <v>1563</v>
       </c>
       <c r="F572">
         <v>393</v>
       </c>
       <c r="G572">
         <v>1956</v>
       </c>
       <c r="H572">
-        <v>19061</v>
+        <v>18933</v>
       </c>
       <c r="I572">
-        <v>6954</v>
+        <v>7082</v>
       </c>
       <c r="J572">
         <v>1139</v>
       </c>
       <c r="K572">
         <v>25662</v>
       </c>
       <c r="L572">
         <v>1492</v>
       </c>
       <c r="M572">
         <v>27154</v>
       </c>
     </row>
     <row r="573" spans="1:26">
       <c r="A573" s="6">
         <v>43709.0</v>
       </c>
       <c r="B573">
         <v>1177</v>
       </c>
       <c r="C573">
         <v>354</v>
       </c>
       <c r="D573">
@@ -23711,248 +23711,248 @@
       </c>
       <c r="H575">
         <v>14269</v>
       </c>
       <c r="I575">
         <v>5938</v>
       </c>
       <c r="J575">
         <v>1114</v>
       </c>
       <c r="K575">
         <v>20181</v>
       </c>
       <c r="L575">
         <v>1140</v>
       </c>
       <c r="M575">
         <v>21321</v>
       </c>
     </row>
     <row r="576" spans="1:26">
       <c r="A576" s="6">
         <v>43800.0</v>
       </c>
       <c r="B576">
-        <v>906</v>
+        <v>902</v>
       </c>
       <c r="C576">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="D576">
         <v>148</v>
       </c>
       <c r="E576">
         <v>950</v>
       </c>
       <c r="F576">
         <v>343</v>
       </c>
       <c r="G576">
         <v>1293</v>
       </c>
       <c r="H576">
-        <v>11954</v>
+        <v>11869</v>
       </c>
       <c r="I576">
-        <v>4023</v>
+        <v>4107</v>
       </c>
       <c r="J576">
         <v>1044</v>
       </c>
       <c r="K576">
         <v>15689</v>
       </c>
       <c r="L576">
         <v>1331</v>
       </c>
       <c r="M576">
         <v>17020</v>
       </c>
     </row>
     <row r="577" spans="1:26">
       <c r="A577" s="6">
         <v>43831.0</v>
       </c>
       <c r="B577">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="C577">
         <v>277</v>
       </c>
       <c r="D577">
         <v>145</v>
       </c>
       <c r="E577">
         <v>1176</v>
       </c>
       <c r="F577">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G577">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="H577">
-        <v>15036</v>
+        <v>15039</v>
       </c>
       <c r="I577">
         <v>4786</v>
       </c>
       <c r="J577">
         <v>1385</v>
       </c>
       <c r="K577">
         <v>20130</v>
       </c>
       <c r="L577">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="M577">
-        <v>21207</v>
+        <v>21210</v>
       </c>
     </row>
     <row r="578" spans="1:26">
       <c r="A578" s="6">
         <v>43862.0</v>
       </c>
       <c r="B578">
         <v>1009</v>
       </c>
       <c r="C578">
         <v>294</v>
       </c>
       <c r="D578">
         <v>120</v>
       </c>
       <c r="E578">
         <v>1175</v>
       </c>
       <c r="F578">
         <v>248</v>
       </c>
       <c r="G578">
         <v>1423</v>
       </c>
       <c r="H578">
         <v>15022</v>
       </c>
       <c r="I578">
         <v>5288</v>
       </c>
       <c r="J578">
         <v>958</v>
       </c>
       <c r="K578">
         <v>20322</v>
       </c>
       <c r="L578">
         <v>947</v>
       </c>
       <c r="M578">
         <v>21269</v>
       </c>
     </row>
     <row r="579" spans="1:26">
       <c r="A579" s="6">
         <v>43891.0</v>
       </c>
       <c r="B579">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C579">
         <v>264</v>
       </c>
       <c r="D579">
         <v>111</v>
       </c>
       <c r="E579">
         <v>1103</v>
       </c>
       <c r="F579">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="G579">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="H579">
-        <v>14074</v>
+        <v>14077</v>
       </c>
       <c r="I579">
         <v>4900</v>
       </c>
       <c r="J579">
         <v>993</v>
       </c>
       <c r="K579">
         <v>19121</v>
       </c>
       <c r="L579">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="M579">
-        <v>19967</v>
+        <v>19970</v>
       </c>
     </row>
     <row r="580" spans="1:26">
       <c r="A580" s="6">
         <v>43922.0</v>
       </c>
       <c r="B580">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C580">
         <v>288</v>
       </c>
       <c r="D580">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="E580">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="F580">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G580">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="H580">
-        <v>8309</v>
+        <v>8312</v>
       </c>
       <c r="I580">
         <v>5302</v>
       </c>
       <c r="J580">
-        <v>733</v>
+        <v>685</v>
       </c>
       <c r="K580">
-        <v>13964</v>
+        <v>13916</v>
       </c>
       <c r="L580">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="M580">
-        <v>14343</v>
+        <v>14298</v>
       </c>
     </row>
     <row r="581" spans="1:26">
       <c r="A581" s="6">
         <v>43952.0</v>
       </c>
       <c r="B581">
         <v>353</v>
       </c>
       <c r="C581">
         <v>166</v>
       </c>
       <c r="D581">
         <v>43</v>
       </c>
       <c r="E581">
         <v>490</v>
       </c>
       <c r="F581">
         <v>72</v>
       </c>
       <c r="G581">
         <v>562</v>
       </c>
       <c r="H581">
@@ -24130,75 +24130,75 @@
       </c>
       <c r="K585">
         <v>11527</v>
       </c>
       <c r="L585">
         <v>531</v>
       </c>
       <c r="M585">
         <v>12058</v>
       </c>
     </row>
     <row r="586" spans="1:26">
       <c r="A586" s="6">
         <v>44105.0</v>
       </c>
       <c r="B586">
         <v>558</v>
       </c>
       <c r="C586">
         <v>177</v>
       </c>
       <c r="D586">
         <v>108</v>
       </c>
       <c r="E586">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="F586">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="G586">
         <v>843</v>
       </c>
       <c r="H586">
         <v>8048</v>
       </c>
       <c r="I586">
         <v>3134</v>
       </c>
       <c r="J586">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="K586">
-        <v>11269</v>
+        <v>11273</v>
       </c>
       <c r="L586">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="M586">
-        <v>11869</v>
+        <v>11870</v>
       </c>
     </row>
     <row r="587" spans="1:26">
       <c r="A587" s="6">
         <v>44136.0</v>
       </c>
       <c r="B587">
         <v>566</v>
       </c>
       <c r="C587">
         <v>208</v>
       </c>
       <c r="D587">
         <v>93</v>
       </c>
       <c r="E587">
         <v>703</v>
       </c>
       <c r="F587">
         <v>164</v>
       </c>
       <c r="G587">
         <v>867</v>
       </c>
       <c r="H587">
@@ -24285,166 +24285,166 @@
       </c>
       <c r="H589">
         <v>9177</v>
       </c>
       <c r="I589">
         <v>3288</v>
       </c>
       <c r="J589">
         <v>723</v>
       </c>
       <c r="K589">
         <v>12306</v>
       </c>
       <c r="L589">
         <v>882</v>
       </c>
       <c r="M589">
         <v>13188</v>
       </c>
     </row>
     <row r="590" spans="1:26">
       <c r="A590" s="6">
         <v>44228.0</v>
       </c>
       <c r="B590">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C590">
         <v>214</v>
       </c>
       <c r="D590">
         <v>61</v>
       </c>
       <c r="E590">
         <v>642</v>
       </c>
       <c r="F590">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G590">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="H590">
-        <v>7562</v>
+        <v>7565</v>
       </c>
       <c r="I590">
         <v>4041</v>
       </c>
       <c r="J590">
         <v>464</v>
       </c>
       <c r="K590">
         <v>11633</v>
       </c>
       <c r="L590">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="M590">
-        <v>12066</v>
+        <v>12070</v>
       </c>
     </row>
     <row r="591" spans="1:26">
       <c r="A591" s="6">
         <v>44256.0</v>
       </c>
       <c r="B591">
         <v>689</v>
       </c>
       <c r="C591">
         <v>211</v>
       </c>
       <c r="D591">
         <v>80</v>
       </c>
       <c r="E591">
         <v>807</v>
       </c>
       <c r="F591">
         <v>173</v>
       </c>
       <c r="G591">
         <v>980</v>
       </c>
       <c r="H591">
         <v>10303</v>
       </c>
       <c r="I591">
         <v>3841</v>
       </c>
       <c r="J591">
         <v>600</v>
       </c>
       <c r="K591">
         <v>14123</v>
       </c>
       <c r="L591">
         <v>622</v>
       </c>
       <c r="M591">
         <v>14745</v>
       </c>
     </row>
     <row r="592" spans="1:26">
       <c r="A592" s="6">
         <v>44287.0</v>
       </c>
       <c r="B592">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="C592">
         <v>233</v>
       </c>
       <c r="D592">
         <v>89</v>
       </c>
       <c r="E592">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="F592">
         <v>223</v>
       </c>
       <c r="G592">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="H592">
-        <v>13094</v>
+        <v>13096</v>
       </c>
       <c r="I592">
         <v>4309</v>
       </c>
       <c r="J592">
         <v>637</v>
       </c>
       <c r="K592">
-        <v>17262</v>
+        <v>17270</v>
       </c>
       <c r="L592">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="M592">
-        <v>18039</v>
+        <v>18042</v>
       </c>
     </row>
     <row r="593" spans="1:26">
       <c r="A593" s="6">
         <v>44317.0</v>
       </c>
       <c r="B593">
         <v>746</v>
       </c>
       <c r="C593">
         <v>272</v>
       </c>
       <c r="D593">
         <v>129</v>
       </c>
       <c r="E593">
         <v>922</v>
       </c>
       <c r="F593">
         <v>225</v>
       </c>
       <c r="G593">
         <v>1147</v>
       </c>
       <c r="H593">
@@ -24490,2216 +24490,2257 @@
       </c>
       <c r="H594">
         <v>10589</v>
       </c>
       <c r="I594">
         <v>5039</v>
       </c>
       <c r="J594">
         <v>648</v>
       </c>
       <c r="K594">
         <v>15297</v>
       </c>
       <c r="L594">
         <v>979</v>
       </c>
       <c r="M594">
         <v>16276</v>
       </c>
     </row>
     <row r="595" spans="1:26">
       <c r="A595" s="6">
         <v>44378.0</v>
       </c>
       <c r="B595">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="C595">
         <v>216</v>
       </c>
       <c r="D595">
         <v>100</v>
       </c>
       <c r="E595">
-        <v>860</v>
+        <v>859</v>
       </c>
       <c r="F595">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="G595">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="H595">
-        <v>11245</v>
+        <v>11251</v>
       </c>
       <c r="I595">
         <v>4126</v>
       </c>
       <c r="J595">
         <v>725</v>
       </c>
       <c r="K595">
-        <v>15165</v>
+        <v>15159</v>
       </c>
       <c r="L595">
-        <v>931</v>
+        <v>943</v>
       </c>
       <c r="M595">
-        <v>16096</v>
+        <v>16102</v>
       </c>
     </row>
     <row r="596" spans="1:26">
       <c r="A596" s="6">
         <v>44409.0</v>
       </c>
       <c r="B596">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="C596">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D596">
         <v>132</v>
       </c>
       <c r="E596">
         <v>996</v>
       </c>
       <c r="F596">
         <v>281</v>
       </c>
       <c r="G596">
         <v>1277</v>
       </c>
       <c r="H596">
-        <v>13484</v>
+        <v>13463</v>
       </c>
       <c r="I596">
-        <v>4258</v>
+        <v>4280</v>
       </c>
       <c r="J596">
         <v>977</v>
       </c>
       <c r="K596">
         <v>17626</v>
       </c>
       <c r="L596">
         <v>1093</v>
       </c>
       <c r="M596">
         <v>18719</v>
       </c>
     </row>
     <row r="597" spans="1:26">
       <c r="A597" s="6">
         <v>44440.0</v>
       </c>
       <c r="B597">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C597">
         <v>300</v>
       </c>
       <c r="D597">
         <v>134</v>
       </c>
       <c r="E597">
         <v>864</v>
       </c>
       <c r="F597">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="G597">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="H597">
-        <v>10239</v>
+        <v>10240</v>
       </c>
       <c r="I597">
         <v>5405</v>
       </c>
       <c r="J597">
         <v>903</v>
       </c>
       <c r="K597">
         <v>15323</v>
       </c>
       <c r="L597">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="M597">
-        <v>16547</v>
+        <v>16548</v>
       </c>
     </row>
     <row r="598" spans="1:26">
       <c r="A598" s="6">
         <v>44470.0</v>
       </c>
       <c r="B598">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="C598">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D598">
         <v>159</v>
       </c>
       <c r="E598">
         <v>1012</v>
       </c>
       <c r="F598">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="G598">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="H598">
-        <v>11877</v>
+        <v>11878</v>
       </c>
       <c r="I598">
-        <v>6090</v>
+        <v>6110</v>
       </c>
       <c r="J598">
         <v>1058</v>
       </c>
       <c r="K598">
-        <v>17891</v>
+        <v>17903</v>
       </c>
       <c r="L598">
-        <v>1134</v>
+        <v>1143</v>
       </c>
       <c r="M598">
-        <v>19025</v>
+        <v>19046</v>
       </c>
     </row>
     <row r="599" spans="1:26">
       <c r="A599" s="6">
         <v>44501.0</v>
       </c>
       <c r="B599">
         <v>844</v>
       </c>
       <c r="C599">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="D599">
         <v>120</v>
       </c>
       <c r="E599">
-        <v>954</v>
+        <v>953</v>
       </c>
       <c r="F599">
         <v>304</v>
       </c>
       <c r="G599">
-        <v>1258</v>
+        <v>1257</v>
       </c>
       <c r="H599">
         <v>11690</v>
       </c>
       <c r="I599">
-        <v>5229</v>
+        <v>5209</v>
       </c>
       <c r="J599">
         <v>823</v>
       </c>
       <c r="K599">
-        <v>16655</v>
+        <v>16634</v>
       </c>
       <c r="L599">
         <v>1088</v>
       </c>
       <c r="M599">
-        <v>17742</v>
+        <v>17722</v>
       </c>
     </row>
     <row r="600" spans="1:26">
       <c r="A600" s="6">
         <v>44531.0</v>
       </c>
       <c r="B600">
         <v>780</v>
       </c>
       <c r="C600">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D600">
         <v>128</v>
       </c>
       <c r="E600">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="F600">
         <v>286</v>
       </c>
       <c r="G600">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="H600">
         <v>11022</v>
       </c>
       <c r="I600">
-        <v>4583</v>
+        <v>4605</v>
       </c>
       <c r="J600">
         <v>954</v>
       </c>
       <c r="K600">
-        <v>15446</v>
+        <v>15467</v>
       </c>
       <c r="L600">
         <v>1113</v>
       </c>
       <c r="M600">
-        <v>16559</v>
+        <v>16580</v>
       </c>
     </row>
     <row r="601" spans="1:26">
       <c r="A601" s="6">
         <v>44562.0</v>
       </c>
       <c r="B601">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C601">
         <v>260</v>
       </c>
       <c r="D601">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E601">
         <v>996</v>
       </c>
       <c r="F601">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="G601">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="H601">
-        <v>13110</v>
+        <v>13122</v>
       </c>
       <c r="I601">
-        <v>4499</v>
+        <v>4491</v>
       </c>
       <c r="J601">
-        <v>971</v>
+        <v>984</v>
       </c>
       <c r="K601">
-        <v>17421</v>
+        <v>17419</v>
       </c>
       <c r="L601">
-        <v>1159</v>
+        <v>1178</v>
       </c>
       <c r="M601">
-        <v>18580</v>
+        <v>18596</v>
       </c>
     </row>
     <row r="602" spans="1:26">
       <c r="A602" s="6">
         <v>44593.0</v>
       </c>
       <c r="B602">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="C602">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="D602">
         <v>105</v>
       </c>
       <c r="E602">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="F602">
         <v>232</v>
       </c>
       <c r="G602">
-        <v>1032</v>
+        <v>1030</v>
       </c>
       <c r="H602">
-        <v>10451</v>
+        <v>10433</v>
       </c>
       <c r="I602">
-        <v>4303</v>
+        <v>4290</v>
       </c>
       <c r="J602">
         <v>745</v>
       </c>
       <c r="K602">
-        <v>14545</v>
+        <v>14513</v>
       </c>
       <c r="L602">
         <v>954</v>
       </c>
       <c r="M602">
-        <v>15499</v>
+        <v>15467</v>
       </c>
     </row>
     <row r="603" spans="1:26">
       <c r="A603" s="6">
         <v>44621.0</v>
       </c>
       <c r="B603">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="C603">
         <v>342</v>
       </c>
       <c r="D603">
         <v>120</v>
       </c>
       <c r="E603">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="F603">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="G603">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="H603">
-        <v>12350</v>
+        <v>12375</v>
       </c>
       <c r="I603">
         <v>6445</v>
       </c>
       <c r="J603">
         <v>919</v>
       </c>
       <c r="K603">
-        <v>18506</v>
+        <v>18524</v>
       </c>
       <c r="L603">
-        <v>1208</v>
+        <v>1216</v>
       </c>
       <c r="M603">
-        <v>19714</v>
+        <v>19739</v>
       </c>
     </row>
     <row r="604" spans="1:26">
       <c r="A604" s="6">
         <v>44652.0</v>
       </c>
       <c r="B604">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="C604">
         <v>252</v>
       </c>
       <c r="D604">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E604">
         <v>907</v>
       </c>
       <c r="F604">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="G604">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="H604">
-        <v>12061</v>
+        <v>12066</v>
       </c>
       <c r="I604">
         <v>4722</v>
       </c>
       <c r="J604">
-        <v>834</v>
+        <v>822</v>
       </c>
       <c r="K604">
-        <v>16461</v>
+        <v>16456</v>
       </c>
       <c r="L604">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="M604">
-        <v>17617</v>
+        <v>17611</v>
       </c>
     </row>
     <row r="605" spans="1:26">
       <c r="A605" s="6">
         <v>44682.0</v>
       </c>
       <c r="B605">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="C605">
         <v>350</v>
       </c>
       <c r="D605">
         <v>161</v>
       </c>
       <c r="E605">
         <v>1078</v>
       </c>
       <c r="F605">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="G605">
-        <v>1401</v>
+        <v>1404</v>
       </c>
       <c r="H605">
-        <v>13216</v>
+        <v>13223</v>
       </c>
       <c r="I605">
         <v>6356</v>
       </c>
       <c r="J605">
         <v>1147</v>
       </c>
       <c r="K605">
         <v>19466</v>
       </c>
       <c r="L605">
-        <v>1253</v>
+        <v>1260</v>
       </c>
       <c r="M605">
-        <v>20719</v>
+        <v>20726</v>
       </c>
     </row>
     <row r="606" spans="1:26">
       <c r="A606" s="6">
         <v>44713.0</v>
       </c>
       <c r="B606">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C606">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="D606">
         <v>152</v>
       </c>
       <c r="E606">
         <v>1075</v>
       </c>
       <c r="F606">
         <v>322</v>
       </c>
       <c r="G606">
         <v>1397</v>
       </c>
       <c r="H606">
-        <v>13489</v>
+        <v>13511</v>
       </c>
       <c r="I606">
-        <v>6173</v>
+        <v>6161</v>
       </c>
       <c r="J606">
         <v>994</v>
       </c>
       <c r="K606">
-        <v>19566</v>
+        <v>19577</v>
       </c>
       <c r="L606">
         <v>1090</v>
       </c>
       <c r="M606">
-        <v>20656</v>
+        <v>20667</v>
       </c>
     </row>
     <row r="607" spans="1:26">
       <c r="A607" s="6">
         <v>44743.0</v>
       </c>
       <c r="B607">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C607">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D607">
         <v>120</v>
       </c>
       <c r="E607">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="F607">
         <v>297</v>
       </c>
       <c r="G607">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="H607">
-        <v>12594</v>
+        <v>12602</v>
       </c>
       <c r="I607">
-        <v>6917</v>
+        <v>6913</v>
       </c>
       <c r="J607">
         <v>821</v>
       </c>
       <c r="K607">
-        <v>19190</v>
+        <v>19194</v>
       </c>
       <c r="L607">
-        <v>1143</v>
+        <v>1142</v>
       </c>
       <c r="M607">
-        <v>20333</v>
+        <v>20336</v>
       </c>
     </row>
     <row r="608" spans="1:26">
       <c r="A608" s="6">
         <v>44774.0</v>
       </c>
       <c r="B608">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="C608">
         <v>329</v>
       </c>
       <c r="D608">
         <v>135</v>
       </c>
       <c r="E608">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="F608">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="G608">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="H608">
-        <v>14633</v>
+        <v>14639</v>
       </c>
       <c r="I608">
         <v>5930</v>
       </c>
       <c r="J608">
         <v>954</v>
       </c>
       <c r="K608">
-        <v>20337</v>
+        <v>20342</v>
       </c>
       <c r="L608">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="M608">
-        <v>21518</v>
+        <v>21523</v>
       </c>
     </row>
     <row r="609" spans="1:26">
       <c r="A609" s="6">
         <v>44805.0</v>
       </c>
       <c r="B609">
-        <v>1049</v>
+        <v>1048</v>
       </c>
       <c r="C609">
         <v>345</v>
       </c>
       <c r="D609">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E609">
         <v>1187</v>
       </c>
       <c r="F609">
         <v>334</v>
       </c>
       <c r="G609">
         <v>1521</v>
       </c>
       <c r="H609">
-        <v>16004</v>
+        <v>15982</v>
       </c>
       <c r="I609">
         <v>6200</v>
       </c>
       <c r="J609">
-        <v>988</v>
+        <v>999</v>
       </c>
       <c r="K609">
-        <v>22097</v>
+        <v>22086</v>
       </c>
       <c r="L609">
         <v>1095</v>
       </c>
       <c r="M609">
-        <v>23192</v>
+        <v>23181</v>
       </c>
     </row>
     <row r="610" spans="1:26">
       <c r="A610" s="6">
         <v>44835.0</v>
       </c>
       <c r="B610">
         <v>1023</v>
       </c>
       <c r="C610">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D610">
         <v>143</v>
       </c>
       <c r="E610">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="F610">
         <v>365</v>
       </c>
       <c r="G610">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="H610">
         <v>15063</v>
       </c>
       <c r="I610">
-        <v>6698</v>
+        <v>6709</v>
       </c>
       <c r="J610">
         <v>1143</v>
       </c>
       <c r="K610">
-        <v>21449</v>
+        <v>21467</v>
       </c>
       <c r="L610">
-        <v>1455</v>
+        <v>1448</v>
       </c>
       <c r="M610">
-        <v>22904</v>
+        <v>22915</v>
       </c>
     </row>
     <row r="611" spans="1:26">
       <c r="A611" s="6">
         <v>44866.0</v>
       </c>
       <c r="B611">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="C611">
         <v>394</v>
       </c>
       <c r="D611">
         <v>154</v>
       </c>
       <c r="E611">
         <v>1118</v>
       </c>
       <c r="F611">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="G611">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="H611">
-        <v>13564</v>
+        <v>13569</v>
       </c>
       <c r="I611">
         <v>7040</v>
       </c>
       <c r="J611">
         <v>1234</v>
       </c>
       <c r="K611">
         <v>20608</v>
       </c>
       <c r="L611">
-        <v>1230</v>
+        <v>1236</v>
       </c>
       <c r="M611">
-        <v>21838</v>
+        <v>21844</v>
       </c>
     </row>
     <row r="612" spans="1:26">
       <c r="A612" s="6">
         <v>44896.0</v>
       </c>
       <c r="B612">
-        <v>1033</v>
+        <v>793</v>
       </c>
       <c r="C612">
-        <v>371</v>
+        <v>335</v>
       </c>
       <c r="D612">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="E612">
-        <v>1171</v>
+        <v>990</v>
       </c>
       <c r="F612">
-        <v>382</v>
+        <v>277</v>
       </c>
       <c r="G612">
-        <v>1553</v>
+        <v>1267</v>
       </c>
       <c r="H612">
-        <v>15486</v>
+        <v>12286</v>
       </c>
       <c r="I612">
-        <v>6748</v>
+        <v>6106</v>
       </c>
       <c r="J612">
-        <v>1102</v>
+        <v>1078</v>
       </c>
       <c r="K612">
-        <v>21909</v>
+        <v>18411</v>
       </c>
       <c r="L612">
-        <v>1427</v>
+        <v>1058</v>
       </c>
       <c r="M612">
-        <v>23335</v>
+        <v>19470</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
-        <v>1001</v>
+        <v>905</v>
       </c>
       <c r="C613">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="D613">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="E613">
-        <v>1163</v>
+        <v>1090</v>
       </c>
       <c r="F613">
-        <v>347</v>
+        <v>319</v>
       </c>
       <c r="G613">
-        <v>1510</v>
+        <v>1409</v>
       </c>
       <c r="H613">
-        <v>14978</v>
+        <v>13622</v>
       </c>
       <c r="I613">
-        <v>6608</v>
+        <v>6664</v>
       </c>
       <c r="J613">
-        <v>1117</v>
+        <v>1122</v>
       </c>
       <c r="K613">
-        <v>21427</v>
+        <v>20168</v>
       </c>
       <c r="L613">
-        <v>1276</v>
+        <v>1241</v>
       </c>
       <c r="M613">
-        <v>22703</v>
+        <v>21409</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
-        <v>975</v>
+        <v>886</v>
       </c>
       <c r="C614">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="D614">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="E614">
-        <v>1197</v>
+        <v>1126</v>
       </c>
       <c r="F614">
-        <v>277</v>
+        <v>256</v>
       </c>
       <c r="G614">
-        <v>1474</v>
+        <v>1382</v>
       </c>
       <c r="H614">
-        <v>15094</v>
+        <v>13900</v>
       </c>
       <c r="I614">
-        <v>6807</v>
+        <v>6740</v>
       </c>
       <c r="J614">
-        <v>1077</v>
+        <v>1036</v>
       </c>
       <c r="K614">
-        <v>21963</v>
+        <v>20723</v>
       </c>
       <c r="L614">
-        <v>1015</v>
+        <v>954</v>
       </c>
       <c r="M614">
-        <v>22978</v>
+        <v>21676</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
-        <v>955</v>
+        <v>865</v>
       </c>
       <c r="C615">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="D615">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="E615">
-        <v>1207</v>
+        <v>1115</v>
       </c>
       <c r="F615">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="G615">
-        <v>1466</v>
+        <v>1371</v>
       </c>
       <c r="H615">
-        <v>15025</v>
+        <v>14042</v>
       </c>
       <c r="I615">
-        <v>7082</v>
+        <v>6791</v>
       </c>
       <c r="J615">
-        <v>1087</v>
+        <v>996</v>
       </c>
       <c r="K615">
-        <v>22147</v>
+        <v>20767</v>
       </c>
       <c r="L615">
-        <v>1047</v>
+        <v>1062</v>
       </c>
       <c r="M615">
-        <v>23193</v>
+        <v>21829</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
-        <v>953</v>
+        <v>936</v>
       </c>
       <c r="C616">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="D616">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="E616">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="F616">
-        <v>278</v>
+        <v>255</v>
       </c>
       <c r="G616">
-        <v>1465</v>
+        <v>1444</v>
       </c>
       <c r="H616">
-        <v>15401</v>
+        <v>15504</v>
       </c>
       <c r="I616">
-        <v>6753</v>
+        <v>6791</v>
       </c>
       <c r="J616">
-        <v>1033</v>
+        <v>1012</v>
       </c>
       <c r="K616">
-        <v>22152</v>
+        <v>22336</v>
       </c>
       <c r="L616">
-        <v>1036</v>
+        <v>970</v>
       </c>
       <c r="M616">
-        <v>23188</v>
+        <v>23306</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="C617">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D617">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="E617">
-        <v>1131</v>
+        <v>1139</v>
       </c>
       <c r="F617">
-        <v>284</v>
+        <v>266</v>
       </c>
       <c r="G617">
-        <v>1415</v>
+        <v>1405</v>
       </c>
       <c r="H617">
-        <v>15122</v>
+        <v>15126</v>
       </c>
       <c r="I617">
-        <v>6154</v>
+        <v>6157</v>
       </c>
       <c r="J617">
-        <v>1004</v>
+        <v>973</v>
       </c>
       <c r="K617">
-        <v>21217</v>
+        <v>21252</v>
       </c>
       <c r="L617">
-        <v>1064</v>
+        <v>1005</v>
       </c>
       <c r="M617">
-        <v>22280</v>
+        <v>22257</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
+        <v>962</v>
+      </c>
+      <c r="C618">
+        <v>310</v>
+      </c>
+      <c r="D618">
+        <v>126</v>
+      </c>
+      <c r="E618">
+        <v>1140</v>
+      </c>
+      <c r="F618">
+        <v>258</v>
+      </c>
+      <c r="G618">
+        <v>1398</v>
+      </c>
+      <c r="H618">
+        <v>15625</v>
+      </c>
+      <c r="I618">
+        <v>5614</v>
+      </c>
+      <c r="J618">
         <v>958</v>
       </c>
-      <c r="C618">
-[...22 lines deleted...]
-      </c>
       <c r="K618">
-        <v>21113</v>
+        <v>21225</v>
       </c>
       <c r="L618">
-        <v>1041</v>
+        <v>972</v>
       </c>
       <c r="M618">
-        <v>22153</v>
+        <v>22197</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
-        <v>904</v>
+        <v>892</v>
       </c>
       <c r="C619">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="D619">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="E619">
         <v>1120</v>
       </c>
       <c r="F619">
-        <v>255</v>
+        <v>235</v>
       </c>
       <c r="G619">
-        <v>1375</v>
+        <v>1355</v>
       </c>
       <c r="H619">
-        <v>14572</v>
+        <v>14563</v>
       </c>
       <c r="I619">
-        <v>6379</v>
+        <v>6363</v>
       </c>
       <c r="J619">
-        <v>975</v>
+        <v>989</v>
       </c>
       <c r="K619">
-        <v>20992</v>
+        <v>21005</v>
       </c>
       <c r="L619">
-        <v>934</v>
+        <v>910</v>
       </c>
       <c r="M619">
-        <v>21926</v>
+        <v>21915</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
-        <v>950</v>
+        <v>937</v>
       </c>
       <c r="C620">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="D620">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E620">
         <v>1115</v>
       </c>
       <c r="F620">
-        <v>277</v>
+        <v>258</v>
       </c>
       <c r="G620">
-        <v>1392</v>
+        <v>1373</v>
       </c>
       <c r="H620">
         <v>15226</v>
       </c>
       <c r="I620">
         <v>5858</v>
       </c>
       <c r="J620">
-        <v>982</v>
+        <v>1004</v>
       </c>
       <c r="K620">
-        <v>21051</v>
+        <v>21073</v>
       </c>
       <c r="L620">
         <v>1016</v>
       </c>
       <c r="M620">
-        <v>22066</v>
+        <v>22088</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="C621">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="D621">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E621">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="F621">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="G621">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="H621">
-        <v>14363</v>
+        <v>14387</v>
       </c>
       <c r="I621">
-        <v>4956</v>
+        <v>4980</v>
       </c>
       <c r="J621">
-        <v>873</v>
+        <v>882</v>
       </c>
       <c r="K621">
-        <v>19224</v>
+        <v>19273</v>
       </c>
       <c r="L621">
-        <v>967</v>
+        <v>976</v>
       </c>
       <c r="M621">
-        <v>20191</v>
+        <v>20249</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="C622">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D622">
         <v>135</v>
       </c>
       <c r="E622">
-        <v>1204</v>
+        <v>1203</v>
       </c>
       <c r="F622">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G622">
         <v>1451</v>
       </c>
       <c r="H622">
-        <v>16053</v>
+        <v>16022</v>
       </c>
       <c r="I622">
-        <v>6810</v>
+        <v>6816</v>
       </c>
       <c r="J622">
-        <v>997</v>
+        <v>1027</v>
       </c>
       <c r="K622">
-        <v>22936</v>
+        <v>22929</v>
       </c>
       <c r="L622">
-        <v>923</v>
+        <v>936</v>
       </c>
       <c r="M622">
-        <v>23859</v>
+        <v>23864</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>817</v>
       </c>
       <c r="C623">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D623">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E623">
         <v>967</v>
       </c>
       <c r="F623">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="G623">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="H623">
-        <v>13338</v>
+        <v>13333</v>
       </c>
       <c r="I623">
-        <v>4974</v>
+        <v>4998</v>
       </c>
       <c r="J623">
-        <v>849</v>
+        <v>867</v>
       </c>
       <c r="K623">
-        <v>18274</v>
+        <v>18292</v>
       </c>
       <c r="L623">
-        <v>887</v>
+        <v>907</v>
       </c>
       <c r="M623">
-        <v>19161</v>
+        <v>19199</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>855</v>
       </c>
       <c r="C624">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D624">
         <v>117</v>
       </c>
       <c r="E624">
         <v>1022</v>
       </c>
       <c r="F624">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="G624">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="H624">
         <v>14064</v>
       </c>
       <c r="I624">
-        <v>5065</v>
+        <v>5089</v>
       </c>
       <c r="J624">
-        <v>864</v>
+        <v>890</v>
       </c>
       <c r="K624">
-        <v>19149</v>
+        <v>19176</v>
       </c>
       <c r="L624">
-        <v>844</v>
+        <v>867</v>
       </c>
       <c r="M624">
-        <v>19993</v>
+        <v>20043</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>811</v>
+        <v>737</v>
       </c>
       <c r="C625">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="D625">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="E625">
-        <v>1020</v>
+        <v>945</v>
       </c>
       <c r="F625">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G625">
-        <v>1206</v>
+        <v>1130</v>
       </c>
       <c r="H625">
-        <v>13097</v>
+        <v>11978</v>
       </c>
       <c r="I625">
-        <v>5467</v>
+        <v>5334</v>
       </c>
       <c r="J625">
-        <v>924</v>
+        <v>860</v>
       </c>
       <c r="K625">
-        <v>18715</v>
+        <v>17391</v>
       </c>
       <c r="L625">
-        <v>773</v>
+        <v>780</v>
       </c>
       <c r="M625">
-        <v>19488</v>
+        <v>18172</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>849</v>
+        <v>844</v>
       </c>
       <c r="C626">
         <v>283</v>
       </c>
       <c r="D626">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="E626">
-        <v>1056</v>
+        <v>1064</v>
       </c>
       <c r="F626">
-        <v>193</v>
+        <v>179</v>
       </c>
       <c r="G626">
-        <v>1249</v>
+        <v>1243</v>
       </c>
       <c r="H626">
-        <v>14818</v>
+        <v>14781</v>
       </c>
       <c r="I626">
-        <v>5510</v>
+        <v>5494</v>
       </c>
       <c r="J626">
-        <v>868</v>
+        <v>884</v>
       </c>
       <c r="K626">
-        <v>20489</v>
+        <v>20492</v>
       </c>
       <c r="L626">
-        <v>707</v>
+        <v>667</v>
       </c>
       <c r="M626">
-        <v>21196</v>
+        <v>21159</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C627">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D627">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="E627">
-        <v>1020</v>
+        <v>1025</v>
       </c>
       <c r="F627">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="G627">
-        <v>1224</v>
+        <v>1223</v>
       </c>
       <c r="H627">
-        <v>14453</v>
+        <v>14469</v>
       </c>
       <c r="I627">
-        <v>4883</v>
+        <v>4908</v>
       </c>
       <c r="J627">
-        <v>995</v>
+        <v>1029</v>
       </c>
       <c r="K627">
-        <v>19563</v>
+        <v>19644</v>
       </c>
       <c r="L627">
-        <v>769</v>
+        <v>761</v>
       </c>
       <c r="M627">
-        <v>20332</v>
+        <v>20405</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>947</v>
       </c>
       <c r="C628">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D628">
         <v>122</v>
       </c>
       <c r="E628">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="F628">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="G628">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="H628">
         <v>16163</v>
       </c>
       <c r="I628">
         <v>4707</v>
       </c>
       <c r="J628">
-        <v>901</v>
+        <v>928</v>
       </c>
       <c r="K628">
-        <v>20991</v>
+        <v>21008</v>
       </c>
       <c r="L628">
-        <v>780</v>
+        <v>790</v>
       </c>
       <c r="M628">
-        <v>21771</v>
+        <v>21798</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>833</v>
+        <v>818</v>
       </c>
       <c r="C629">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="D629">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E629">
-        <v>984</v>
+        <v>983</v>
       </c>
       <c r="F629">
-        <v>251</v>
+        <v>231</v>
       </c>
       <c r="G629">
-        <v>1235</v>
+        <v>1214</v>
       </c>
       <c r="H629">
-        <v>13815</v>
+        <v>13771</v>
       </c>
       <c r="I629">
-        <v>5540</v>
+        <v>5501</v>
       </c>
       <c r="J629">
+        <v>869</v>
+      </c>
+      <c r="K629">
+        <v>19280</v>
+      </c>
+      <c r="L629">
         <v>861</v>
       </c>
-      <c r="K629">
-[...4 lines deleted...]
-      </c>
       <c r="M629">
-        <v>20216</v>
+        <v>20141</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>844</v>
+        <v>826</v>
       </c>
       <c r="C630">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D630">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E630">
         <v>944</v>
       </c>
       <c r="F630">
-        <v>281</v>
+        <v>258</v>
       </c>
       <c r="G630">
-        <v>1225</v>
+        <v>1202</v>
       </c>
       <c r="H630">
-        <v>13827</v>
+        <v>13765</v>
       </c>
       <c r="I630">
-        <v>5103</v>
+        <v>5083</v>
       </c>
       <c r="J630">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="K630">
-        <v>18781</v>
+        <v>18775</v>
       </c>
       <c r="L630">
-        <v>1029</v>
+        <v>961</v>
       </c>
       <c r="M630">
-        <v>19810</v>
+        <v>19736</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="C631">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D631">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E631">
-        <v>1053</v>
+        <v>1063</v>
       </c>
       <c r="F631">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="G631">
-        <v>1313</v>
+        <v>1318</v>
       </c>
       <c r="H631">
-        <v>15686</v>
+        <v>15693</v>
       </c>
       <c r="I631">
-        <v>4656</v>
+        <v>4654</v>
       </c>
       <c r="J631">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="K631">
-        <v>20342</v>
+        <v>20352</v>
       </c>
       <c r="L631">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="M631">
-        <v>21294</v>
+        <v>21302</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>904</v>
+        <v>894</v>
       </c>
       <c r="C632">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="D632">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="E632">
-        <v>1023</v>
+        <v>1028</v>
       </c>
       <c r="F632">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="G632">
-        <v>1254</v>
+        <v>1241</v>
       </c>
       <c r="H632">
-        <v>15193</v>
+        <v>15147</v>
       </c>
       <c r="I632">
-        <v>4514</v>
+        <v>4499</v>
       </c>
       <c r="J632">
-        <v>881</v>
+        <v>897</v>
       </c>
       <c r="K632">
-        <v>19743</v>
+        <v>19749</v>
       </c>
       <c r="L632">
-        <v>846</v>
+        <v>794</v>
       </c>
       <c r="M632">
-        <v>20589</v>
+        <v>20543</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>800</v>
       </c>
       <c r="C633">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="D633">
         <v>112</v>
       </c>
       <c r="E633">
-        <v>991</v>
+        <v>1005</v>
       </c>
       <c r="F633">
-        <v>212</v>
+        <v>196</v>
       </c>
       <c r="G633">
-        <v>1203</v>
+        <v>1201</v>
       </c>
       <c r="H633">
-        <v>13763</v>
+        <v>13837</v>
       </c>
       <c r="I633">
-        <v>5978</v>
+        <v>5955</v>
       </c>
       <c r="J633">
-        <v>827</v>
+        <v>852</v>
       </c>
       <c r="K633">
-        <v>19791</v>
+        <v>19910</v>
       </c>
       <c r="L633">
-        <v>777</v>
+        <v>733</v>
       </c>
       <c r="M633">
-        <v>20568</v>
+        <v>20643</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>959</v>
+        <v>957</v>
       </c>
       <c r="C634">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D634">
         <v>126</v>
       </c>
       <c r="E634">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="F634">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="G634">
-        <v>1337</v>
+        <v>1336</v>
       </c>
       <c r="H634">
-        <v>16419</v>
+        <v>16374</v>
       </c>
       <c r="I634">
-        <v>5011</v>
+        <v>5030</v>
       </c>
       <c r="J634">
-        <v>930</v>
+        <v>958</v>
       </c>
       <c r="K634">
-        <v>21525</v>
+        <v>21538</v>
       </c>
       <c r="L634">
-        <v>835</v>
+        <v>825</v>
       </c>
       <c r="M634">
-        <v>22360</v>
+        <v>22363</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>785</v>
+        <v>752</v>
       </c>
       <c r="C635">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D635">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="E635">
-        <v>893</v>
+        <v>876</v>
       </c>
       <c r="F635">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="G635">
-        <v>1135</v>
+        <v>1096</v>
       </c>
       <c r="H635">
-        <v>12658</v>
+        <v>12795</v>
       </c>
       <c r="I635">
-        <v>4339</v>
+        <v>4364</v>
       </c>
       <c r="J635">
-        <v>819</v>
+        <v>783</v>
       </c>
       <c r="K635">
-        <v>16926</v>
+        <v>17109</v>
       </c>
       <c r="L635">
-        <v>891</v>
+        <v>833</v>
       </c>
       <c r="M635">
-        <v>17816</v>
+        <v>17942</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="C636">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="D636">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="E636">
-        <v>938</v>
+        <v>905</v>
       </c>
       <c r="F636">
-        <v>207</v>
+        <v>184</v>
       </c>
       <c r="G636">
-        <v>1145</v>
+        <v>1089</v>
       </c>
       <c r="H636">
-        <v>13195</v>
+        <v>13215</v>
       </c>
       <c r="I636">
-        <v>4411</v>
+        <v>4364</v>
       </c>
       <c r="J636">
-        <v>827</v>
+        <v>783</v>
       </c>
       <c r="K636">
-        <v>17663</v>
+        <v>17667</v>
       </c>
       <c r="L636">
-        <v>771</v>
+        <v>696</v>
       </c>
       <c r="M636">
-        <v>18433</v>
+        <v>18363</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>772</v>
+        <v>731</v>
       </c>
       <c r="C637">
-        <v>278</v>
+        <v>287</v>
       </c>
       <c r="D637">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="E637">
-        <v>961</v>
+        <v>946</v>
       </c>
       <c r="F637">
-        <v>197</v>
+        <v>177</v>
       </c>
       <c r="G637">
-        <v>1158</v>
+        <v>1123</v>
       </c>
       <c r="H637">
-        <v>13109</v>
+        <v>13040</v>
       </c>
       <c r="I637">
-        <v>5600</v>
+        <v>5773</v>
       </c>
       <c r="J637">
-        <v>803</v>
+        <v>802</v>
       </c>
       <c r="K637">
-        <v>18790</v>
+        <v>18955</v>
       </c>
       <c r="L637">
-        <v>722</v>
+        <v>659</v>
       </c>
       <c r="M637">
-        <v>19512</v>
+        <v>19615</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>781</v>
+        <v>712</v>
       </c>
       <c r="C638">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D638">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="E638">
-        <v>958</v>
+        <v>910</v>
       </c>
       <c r="F638">
-        <v>195</v>
+        <v>171</v>
       </c>
       <c r="G638">
-        <v>1153</v>
+        <v>1081</v>
       </c>
       <c r="H638">
-        <v>12376</v>
+        <v>12324</v>
       </c>
       <c r="I638">
-        <v>5371</v>
+        <v>5351</v>
       </c>
       <c r="J638">
-        <v>817</v>
+        <v>793</v>
       </c>
       <c r="K638">
-        <v>17850</v>
+        <v>17831</v>
       </c>
       <c r="L638">
-        <v>714</v>
+        <v>637</v>
       </c>
       <c r="M638">
-        <v>18564</v>
+        <v>18468</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>797</v>
+        <v>805</v>
       </c>
       <c r="C639">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="D639">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="E639">
-        <v>971</v>
+        <v>1001</v>
       </c>
       <c r="F639">
-        <v>181</v>
+        <v>167</v>
       </c>
       <c r="G639">
-        <v>1152</v>
+        <v>1168</v>
       </c>
       <c r="H639">
-        <v>14358</v>
+        <v>14641</v>
       </c>
       <c r="I639">
-        <v>5216</v>
+        <v>5510</v>
       </c>
       <c r="J639">
-        <v>819</v>
+        <v>829</v>
       </c>
       <c r="K639">
-        <v>19730</v>
+        <v>20357</v>
       </c>
       <c r="L639">
-        <v>664</v>
+        <v>624</v>
       </c>
       <c r="M639">
-        <v>20394</v>
+        <v>20981</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>781</v>
+        <v>777</v>
       </c>
       <c r="C640">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="D640">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="E640">
-        <v>940</v>
+        <v>956</v>
       </c>
       <c r="F640">
-        <v>205</v>
+        <v>188</v>
       </c>
       <c r="G640">
-        <v>1145</v>
+        <v>1144</v>
       </c>
       <c r="H640">
-        <v>13547</v>
+        <v>13891</v>
       </c>
       <c r="I640">
-        <v>5306</v>
+        <v>5313</v>
       </c>
       <c r="J640">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="K640">
-        <v>18910</v>
+        <v>19318</v>
       </c>
       <c r="L640">
-        <v>751</v>
+        <v>700</v>
       </c>
       <c r="M640">
-        <v>19661</v>
+        <v>20018</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>813</v>
+        <v>825</v>
       </c>
       <c r="C641">
         <v>241</v>
       </c>
       <c r="D641">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="E641">
-        <v>957</v>
+        <v>983</v>
       </c>
       <c r="F641">
-        <v>207</v>
+        <v>190</v>
       </c>
       <c r="G641">
-        <v>1164</v>
+        <v>1173</v>
       </c>
       <c r="H641">
-        <v>15213</v>
+        <v>15417</v>
       </c>
       <c r="I641">
-        <v>4408</v>
+        <v>4709</v>
       </c>
       <c r="J641">
         <v>814</v>
       </c>
       <c r="K641">
-        <v>19677</v>
+        <v>20232</v>
       </c>
       <c r="L641">
-        <v>758</v>
+        <v>708</v>
       </c>
       <c r="M641">
-        <v>20435</v>
+        <v>20940</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="C642">
         <v>264</v>
       </c>
       <c r="D642">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="E642">
-        <v>885</v>
+        <v>899</v>
       </c>
       <c r="F642">
-        <v>192</v>
+        <v>169</v>
       </c>
       <c r="G642">
-        <v>1077</v>
+        <v>1068</v>
       </c>
       <c r="H642">
-        <v>12604</v>
+        <v>13199</v>
       </c>
       <c r="I642">
-        <v>4793</v>
+        <v>4877</v>
       </c>
       <c r="J642">
-        <v>760</v>
+        <v>738</v>
       </c>
       <c r="K642">
-        <v>17428</v>
+        <v>18182</v>
       </c>
       <c r="L642">
-        <v>729</v>
+        <v>631</v>
       </c>
       <c r="M642">
-        <v>18157</v>
+        <v>18813</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>682</v>
+        <v>668</v>
       </c>
       <c r="C643">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D643">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="E643">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="F643">
-        <v>217</v>
+        <v>195</v>
       </c>
       <c r="G643">
-        <v>1051</v>
+        <v>1031</v>
       </c>
       <c r="H643">
-        <v>11566</v>
+        <v>12059</v>
       </c>
       <c r="I643">
-        <v>4865</v>
+        <v>4871</v>
       </c>
       <c r="J643">
-        <v>746</v>
+        <v>715</v>
       </c>
       <c r="K643">
-        <v>16355</v>
+        <v>16903</v>
       </c>
       <c r="L643">
-        <v>822</v>
+        <v>743</v>
       </c>
       <c r="M643">
-        <v>17177</v>
+        <v>17646</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="C644">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D644">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="E644">
-        <v>845</v>
+        <v>858</v>
       </c>
       <c r="F644">
-        <v>205</v>
+        <v>187</v>
       </c>
       <c r="G644">
-        <v>1050</v>
+        <v>1045</v>
       </c>
       <c r="H644">
-        <v>10179</v>
+        <v>12016</v>
       </c>
       <c r="I644">
-        <v>5320</v>
+        <v>5215</v>
       </c>
       <c r="J644">
-        <v>756</v>
+        <v>715</v>
       </c>
       <c r="K644">
-        <v>15504</v>
+        <v>17224</v>
       </c>
       <c r="L644">
-        <v>751</v>
+        <v>722</v>
       </c>
       <c r="M644">
-        <v>16255</v>
+        <v>17946</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>676</v>
+        <v>613</v>
       </c>
       <c r="C645">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="D645">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="E645">
-        <v>862</v>
+        <v>810</v>
       </c>
       <c r="F645">
-        <v>191</v>
+        <v>177</v>
       </c>
       <c r="G645">
-        <v>1053</v>
+        <v>987</v>
       </c>
       <c r="H645">
-        <v>10526</v>
+        <v>9574</v>
       </c>
       <c r="I645">
-        <v>5214</v>
+        <v>5243</v>
       </c>
       <c r="J645">
-        <v>776</v>
+        <v>750</v>
       </c>
       <c r="K645">
-        <v>15816</v>
+        <v>14907</v>
       </c>
       <c r="L645">
-        <v>700</v>
+        <v>659</v>
       </c>
       <c r="M645">
-        <v>16516</v>
+        <v>15566</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
-        <v>679</v>
+        <v>614</v>
       </c>
       <c r="C646">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="D646">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="E646">
-        <v>886</v>
+        <v>833</v>
       </c>
       <c r="F646">
-        <v>180</v>
+        <v>166</v>
       </c>
       <c r="G646">
-        <v>1066</v>
+        <v>999</v>
       </c>
       <c r="H646">
-        <v>10684</v>
+        <v>9700</v>
       </c>
       <c r="I646">
-        <v>5441</v>
+        <v>5474</v>
       </c>
       <c r="J646">
-        <v>792</v>
+        <v>774</v>
       </c>
       <c r="K646">
-        <v>16257</v>
+        <v>15330</v>
       </c>
       <c r="L646">
-        <v>659</v>
+        <v>618</v>
       </c>
       <c r="M646">
-        <v>16916</v>
+        <v>15949</v>
       </c>
     </row>
     <row r="647" spans="1:26">
       <c r="A647" s="6">
         <v>45962.0</v>
       </c>
       <c r="B647">
-        <v>669</v>
+        <v>603</v>
       </c>
       <c r="C647">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D647">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="E647">
-        <v>894</v>
+        <v>838</v>
       </c>
       <c r="F647">
-        <v>176</v>
+        <v>162</v>
       </c>
       <c r="G647">
-        <v>1070</v>
+        <v>1000</v>
       </c>
       <c r="H647">
-        <v>10540</v>
+        <v>9534</v>
       </c>
       <c r="I647">
-        <v>5715</v>
+        <v>5725</v>
       </c>
       <c r="J647">
-        <v>793</v>
+        <v>767</v>
       </c>
       <c r="K647">
-        <v>16403</v>
+        <v>15422</v>
       </c>
       <c r="L647">
-        <v>645</v>
+        <v>604</v>
       </c>
       <c r="M647">
-        <v>17048</v>
+        <v>16026</v>
+      </c>
+    </row>
+    <row r="648" spans="1:26">
+      <c r="A648" s="6">
+        <v>45992.0</v>
+      </c>
+      <c r="B648">
+        <v>599</v>
+      </c>
+      <c r="C648">
+        <v>301</v>
+      </c>
+      <c r="D648">
+        <v>95</v>
+      </c>
+      <c r="E648">
+        <v>790</v>
+      </c>
+      <c r="F648">
+        <v>205</v>
+      </c>
+      <c r="G648">
+        <v>995</v>
+      </c>
+      <c r="H648">
+        <v>9083</v>
+      </c>
+      <c r="I648">
+        <v>5491</v>
+      </c>
+      <c r="J648">
+        <v>728</v>
+      </c>
+      <c r="K648">
+        <v>14539</v>
+      </c>
+      <c r="L648">
+        <v>764</v>
+      </c>
+      <c r="M648">
+        <v>15303</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -28543,1437 +28584,1437 @@
       </c>
       <c r="H54">
         <v>57153</v>
       </c>
       <c r="I54">
         <v>52870</v>
       </c>
       <c r="J54">
         <v>41360</v>
       </c>
       <c r="K54">
         <v>23619</v>
       </c>
       <c r="L54">
         <v>127764</v>
       </c>
       <c r="M54">
         <v>151383</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="7">
         <v>1991</v>
       </c>
       <c r="B55">
-        <v>12962</v>
+        <v>12964</v>
       </c>
       <c r="C55">
-        <v>8294</v>
+        <v>8293</v>
       </c>
       <c r="D55">
         <v>7470</v>
       </c>
       <c r="E55">
-        <v>2655</v>
+        <v>2657</v>
       </c>
       <c r="F55">
-        <v>26071</v>
+        <v>26070</v>
       </c>
       <c r="G55">
-        <v>28726</v>
+        <v>28727</v>
       </c>
       <c r="H55">
-        <v>57429</v>
+        <v>57431</v>
       </c>
       <c r="I55">
-        <v>47035</v>
+        <v>47025</v>
       </c>
       <c r="J55">
         <v>37352</v>
       </c>
       <c r="K55">
-        <v>23622</v>
+        <v>23631</v>
       </c>
       <c r="L55">
-        <v>118194</v>
+        <v>118177</v>
       </c>
       <c r="M55">
-        <v>141816</v>
+        <v>141809</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="7">
         <v>1992</v>
       </c>
       <c r="B56">
         <v>9958</v>
       </c>
       <c r="C56">
         <v>7738</v>
       </c>
       <c r="D56">
-        <v>5873</v>
+        <v>5874</v>
       </c>
       <c r="E56">
-        <v>1928</v>
+        <v>1927</v>
       </c>
       <c r="F56">
-        <v>21641</v>
+        <v>21643</v>
       </c>
       <c r="G56">
-        <v>23569</v>
+        <v>23570</v>
       </c>
       <c r="H56">
-        <v>47525</v>
+        <v>47526</v>
       </c>
       <c r="I56">
-        <v>45248</v>
+        <v>45243</v>
       </c>
       <c r="J56">
-        <v>29677</v>
+        <v>29690</v>
       </c>
       <c r="K56">
-        <v>17617</v>
+        <v>17600</v>
       </c>
       <c r="L56">
-        <v>104832</v>
+        <v>104858</v>
       </c>
       <c r="M56">
-        <v>122449</v>
+        <v>122458</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="7">
         <v>1993</v>
       </c>
       <c r="B57">
-        <v>9502</v>
+        <v>9505</v>
       </c>
       <c r="C57">
-        <v>9523</v>
+        <v>9524</v>
       </c>
       <c r="D57">
-        <v>5849</v>
+        <v>5850</v>
       </c>
       <c r="E57">
         <v>2218</v>
       </c>
       <c r="F57">
-        <v>22656</v>
+        <v>22661</v>
       </c>
       <c r="G57">
-        <v>24874</v>
+        <v>24879</v>
       </c>
       <c r="H57">
-        <v>46654</v>
+        <v>46669</v>
       </c>
       <c r="I57">
-        <v>59065</v>
+        <v>59073</v>
       </c>
       <c r="J57">
-        <v>29796</v>
+        <v>29806</v>
       </c>
       <c r="K57">
-        <v>20131</v>
+        <v>20130</v>
       </c>
       <c r="L57">
-        <v>115385</v>
+        <v>115417</v>
       </c>
       <c r="M57">
-        <v>135516</v>
+        <v>135548</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="7">
         <v>1994</v>
       </c>
       <c r="B58">
-        <v>7822</v>
+        <v>7824</v>
       </c>
       <c r="C58">
-        <v>9567</v>
+        <v>9569</v>
       </c>
       <c r="D58">
-        <v>5131</v>
+        <v>5130</v>
       </c>
       <c r="E58">
         <v>2253</v>
       </c>
       <c r="F58">
-        <v>20267</v>
+        <v>20270</v>
       </c>
       <c r="G58">
-        <v>22520</v>
+        <v>22523</v>
       </c>
       <c r="H58">
-        <v>40549</v>
+        <v>40555</v>
       </c>
       <c r="I58">
-        <v>61106</v>
+        <v>61114</v>
       </c>
       <c r="J58">
-        <v>27560</v>
+        <v>27555</v>
       </c>
       <c r="K58">
-        <v>21725</v>
+        <v>21724</v>
       </c>
       <c r="L58">
-        <v>107490</v>
+        <v>107500</v>
       </c>
       <c r="M58">
-        <v>129215</v>
+        <v>129224</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="7">
         <v>1995</v>
       </c>
       <c r="B59">
-        <v>8643</v>
+        <v>8644</v>
       </c>
       <c r="C59">
-        <v>8461</v>
+        <v>8462</v>
       </c>
       <c r="D59">
-        <v>4939</v>
+        <v>4941</v>
       </c>
       <c r="E59">
         <v>2497</v>
       </c>
       <c r="F59">
-        <v>19546</v>
+        <v>19550</v>
       </c>
       <c r="G59">
-        <v>22043</v>
+        <v>22047</v>
       </c>
       <c r="H59">
-        <v>41945</v>
+        <v>41956</v>
       </c>
       <c r="I59">
-        <v>53510</v>
+        <v>53514</v>
       </c>
       <c r="J59">
-        <v>26631</v>
+        <v>26633</v>
       </c>
       <c r="K59">
-        <v>23060</v>
+        <v>23057</v>
       </c>
       <c r="L59">
-        <v>99025</v>
+        <v>99046</v>
       </c>
       <c r="M59">
-        <v>122085</v>
+        <v>122104</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="7">
         <v>1996</v>
       </c>
       <c r="B60">
-        <v>9346</v>
+        <v>9351</v>
       </c>
       <c r="C60">
-        <v>9293</v>
+        <v>9294</v>
       </c>
       <c r="D60">
-        <v>5154</v>
+        <v>5153</v>
       </c>
       <c r="E60">
-        <v>2713</v>
+        <v>2714</v>
       </c>
       <c r="F60">
-        <v>21080</v>
+        <v>21084</v>
       </c>
       <c r="G60">
-        <v>23793</v>
+        <v>23798</v>
       </c>
       <c r="H60">
-        <v>44112</v>
+        <v>44154</v>
       </c>
       <c r="I60">
-        <v>59650</v>
+        <v>59649</v>
       </c>
       <c r="J60">
-        <v>28447</v>
+        <v>28446</v>
       </c>
       <c r="K60">
-        <v>25404</v>
+        <v>25414</v>
       </c>
       <c r="L60">
-        <v>106805</v>
+        <v>106834</v>
       </c>
       <c r="M60">
-        <v>132209</v>
+        <v>132249</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="7">
         <v>1997</v>
       </c>
       <c r="B61">
-        <v>11183</v>
+        <v>11186</v>
       </c>
       <c r="C61">
         <v>10714</v>
       </c>
       <c r="D61">
         <v>5593</v>
       </c>
       <c r="E61">
-        <v>3258</v>
+        <v>3257</v>
       </c>
       <c r="F61">
-        <v>24232</v>
+        <v>24236</v>
       </c>
       <c r="G61">
-        <v>27490</v>
+        <v>27493</v>
       </c>
       <c r="H61">
-        <v>54196</v>
+        <v>54224</v>
       </c>
       <c r="I61">
-        <v>70056</v>
+        <v>70044</v>
       </c>
       <c r="J61">
         <v>31726</v>
       </c>
       <c r="K61">
-        <v>29022</v>
+        <v>29007</v>
       </c>
       <c r="L61">
-        <v>126956</v>
+        <v>126986</v>
       </c>
       <c r="M61">
-        <v>155978</v>
+        <v>155993</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="7">
         <v>1998</v>
       </c>
       <c r="B62">
-        <v>7542</v>
+        <v>7541</v>
       </c>
       <c r="C62">
-        <v>10413</v>
+        <v>10412</v>
       </c>
       <c r="D62">
         <v>4453</v>
       </c>
       <c r="E62">
-        <v>2990</v>
+        <v>2989</v>
       </c>
       <c r="F62">
-        <v>19418</v>
+        <v>19417</v>
       </c>
       <c r="G62">
-        <v>22408</v>
+        <v>22406</v>
       </c>
       <c r="H62">
-        <v>36338</v>
+        <v>36327</v>
       </c>
       <c r="I62">
-        <v>68304</v>
+        <v>68293</v>
       </c>
       <c r="J62">
         <v>26450</v>
       </c>
       <c r="K62">
-        <v>25380</v>
+        <v>25371</v>
       </c>
       <c r="L62">
-        <v>105712</v>
+        <v>105698</v>
       </c>
       <c r="M62">
-        <v>131092</v>
+        <v>131069</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="7">
         <v>1999</v>
       </c>
       <c r="B63">
-        <v>4722</v>
+        <v>4721</v>
       </c>
       <c r="C63">
-        <v>8563</v>
+        <v>8566</v>
       </c>
       <c r="D63">
-        <v>3466</v>
+        <v>3467</v>
       </c>
       <c r="E63">
         <v>1999</v>
       </c>
       <c r="F63">
-        <v>14752</v>
+        <v>14755</v>
       </c>
       <c r="G63">
-        <v>16751</v>
+        <v>16754</v>
       </c>
       <c r="H63">
-        <v>20697</v>
+        <v>20683</v>
       </c>
       <c r="I63">
-        <v>54716</v>
+        <v>54745</v>
       </c>
       <c r="J63">
-        <v>20024</v>
+        <v>20030</v>
       </c>
       <c r="K63">
         <v>17335</v>
       </c>
       <c r="L63">
-        <v>78103</v>
+        <v>78124</v>
       </c>
       <c r="M63">
-        <v>95438</v>
+        <v>95459</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2000</v>
       </c>
       <c r="B64">
         <v>7953</v>
       </c>
       <c r="C64">
-        <v>11375</v>
+        <v>11377</v>
       </c>
       <c r="D64">
-        <v>3896</v>
+        <v>3897</v>
       </c>
       <c r="E64">
-        <v>2913</v>
+        <v>2916</v>
       </c>
       <c r="F64">
         <v>20311</v>
       </c>
       <c r="G64">
-        <v>23224</v>
+        <v>23227</v>
       </c>
       <c r="H64">
-        <v>34853</v>
+        <v>34856</v>
       </c>
       <c r="I64">
-        <v>75333</v>
+        <v>75358</v>
       </c>
       <c r="J64">
-        <v>22770</v>
+        <v>22775</v>
       </c>
       <c r="K64">
-        <v>24218</v>
+        <v>24242</v>
       </c>
       <c r="L64">
-        <v>108738</v>
+        <v>108747</v>
       </c>
       <c r="M64">
-        <v>132957</v>
+        <v>132989</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="7">
         <v>2001</v>
       </c>
       <c r="B65">
-        <v>8559</v>
+        <v>8560</v>
       </c>
       <c r="C65">
-        <v>14986</v>
+        <v>14984</v>
       </c>
       <c r="D65">
-        <v>4268</v>
+        <v>4267</v>
       </c>
       <c r="E65">
-        <v>3313</v>
+        <v>3312</v>
       </c>
       <c r="F65">
-        <v>24500</v>
+        <v>24499</v>
       </c>
       <c r="G65">
-        <v>27813</v>
+        <v>27811</v>
       </c>
       <c r="H65">
-        <v>40146</v>
+        <v>40166</v>
       </c>
       <c r="I65">
-        <v>100439</v>
+        <v>100419</v>
       </c>
       <c r="J65">
-        <v>23927</v>
+        <v>23916</v>
       </c>
       <c r="K65">
-        <v>29062</v>
+        <v>29068</v>
       </c>
       <c r="L65">
-        <v>135450</v>
+        <v>135433</v>
       </c>
       <c r="M65">
-        <v>164511</v>
+        <v>164501</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="7">
         <v>2002</v>
       </c>
       <c r="B66">
         <v>6570</v>
       </c>
       <c r="C66">
         <v>12577</v>
       </c>
       <c r="D66">
-        <v>3576</v>
+        <v>3577</v>
       </c>
       <c r="E66">
-        <v>2933</v>
+        <v>2932</v>
       </c>
       <c r="F66">
-        <v>19790</v>
+        <v>19792</v>
       </c>
       <c r="G66">
-        <v>22723</v>
+        <v>22724</v>
       </c>
       <c r="H66">
-        <v>28938</v>
+        <v>28931</v>
       </c>
       <c r="I66">
         <v>85277</v>
       </c>
       <c r="J66">
-        <v>20245</v>
+        <v>20256</v>
       </c>
       <c r="K66">
-        <v>24632</v>
+        <v>24620</v>
       </c>
       <c r="L66">
-        <v>109829</v>
+        <v>109844</v>
       </c>
       <c r="M66">
-        <v>134461</v>
+        <v>134464</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="7">
         <v>2003</v>
       </c>
       <c r="B67">
         <v>7842</v>
       </c>
       <c r="C67">
-        <v>15412</v>
+        <v>15413</v>
       </c>
       <c r="D67">
         <v>3803</v>
       </c>
       <c r="E67">
         <v>3756</v>
       </c>
       <c r="F67">
-        <v>23301</v>
+        <v>23302</v>
       </c>
       <c r="G67">
-        <v>27057</v>
+        <v>27058</v>
       </c>
       <c r="H67">
         <v>36313</v>
       </c>
       <c r="I67">
-        <v>105876</v>
+        <v>105879</v>
       </c>
       <c r="J67">
         <v>21585</v>
       </c>
       <c r="K67">
         <v>31422</v>
       </c>
       <c r="L67">
-        <v>132353</v>
+        <v>132356</v>
       </c>
       <c r="M67">
-        <v>163774</v>
+        <v>163777</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="7">
         <v>2004</v>
       </c>
       <c r="B68">
-        <v>8672</v>
+        <v>8676</v>
       </c>
       <c r="C68">
         <v>17886</v>
       </c>
       <c r="D68">
         <v>3841</v>
       </c>
       <c r="E68">
-        <v>4942</v>
+        <v>4943</v>
       </c>
       <c r="F68">
-        <v>25457</v>
+        <v>25460</v>
       </c>
       <c r="G68">
-        <v>30399</v>
+        <v>30403</v>
       </c>
       <c r="H68">
-        <v>40638</v>
+        <v>40657</v>
       </c>
       <c r="I68">
-        <v>125900</v>
+        <v>125908</v>
       </c>
       <c r="J68">
         <v>22260</v>
       </c>
       <c r="K68">
-        <v>42223</v>
+        <v>42224</v>
       </c>
       <c r="L68">
-        <v>146574</v>
+        <v>146600</v>
       </c>
       <c r="M68">
-        <v>188797</v>
+        <v>188824</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="7">
         <v>2005</v>
       </c>
       <c r="B69">
-        <v>10653</v>
+        <v>10651</v>
       </c>
       <c r="C69">
-        <v>21220</v>
+        <v>21223</v>
       </c>
       <c r="D69">
         <v>4150</v>
       </c>
       <c r="E69">
-        <v>5996</v>
+        <v>5997</v>
       </c>
       <c r="F69">
         <v>30027</v>
       </c>
       <c r="G69">
-        <v>36023</v>
+        <v>36024</v>
       </c>
       <c r="H69">
-        <v>49614</v>
+        <v>49609</v>
       </c>
       <c r="I69">
-        <v>148968</v>
+        <v>148986</v>
       </c>
       <c r="J69">
         <v>22901</v>
       </c>
       <c r="K69">
-        <v>52965</v>
+        <v>52976</v>
       </c>
       <c r="L69">
-        <v>168518</v>
+        <v>168520</v>
       </c>
       <c r="M69">
-        <v>221483</v>
+        <v>221496</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="7">
         <v>2006</v>
       </c>
       <c r="B70">
-        <v>13094</v>
+        <v>13095</v>
       </c>
       <c r="C70">
-        <v>25057</v>
+        <v>25059</v>
       </c>
       <c r="D70">
-        <v>4828</v>
+        <v>4830</v>
       </c>
       <c r="E70">
-        <v>7724</v>
+        <v>7727</v>
       </c>
       <c r="F70">
-        <v>35255</v>
+        <v>35257</v>
       </c>
       <c r="G70">
-        <v>42979</v>
+        <v>42984</v>
       </c>
       <c r="H70">
-        <v>61151</v>
+        <v>61171</v>
       </c>
       <c r="I70">
-        <v>176031</v>
+        <v>176042</v>
       </c>
       <c r="J70">
-        <v>25466</v>
+        <v>25490</v>
       </c>
       <c r="K70">
-        <v>67437</v>
+        <v>67470</v>
       </c>
       <c r="L70">
-        <v>195210</v>
+        <v>195232</v>
       </c>
       <c r="M70">
-        <v>262648</v>
+        <v>262702</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="7">
         <v>2007</v>
       </c>
       <c r="B71">
         <v>13080</v>
       </c>
       <c r="C71">
-        <v>26981</v>
+        <v>26986</v>
       </c>
       <c r="D71">
-        <v>4713</v>
+        <v>4710</v>
       </c>
       <c r="E71">
-        <v>10104</v>
+        <v>10105</v>
       </c>
       <c r="F71">
-        <v>34670</v>
+        <v>34671</v>
       </c>
       <c r="G71">
-        <v>44774</v>
+        <v>44776</v>
       </c>
       <c r="H71">
-        <v>62785</v>
+        <v>62794</v>
       </c>
       <c r="I71">
-        <v>197958</v>
+        <v>198000</v>
       </c>
       <c r="J71">
-        <v>25629</v>
+        <v>25599</v>
       </c>
       <c r="K71">
-        <v>89898</v>
+        <v>89904</v>
       </c>
       <c r="L71">
-        <v>196474</v>
+        <v>196489</v>
       </c>
       <c r="M71">
-        <v>286372</v>
+        <v>286393</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="7">
         <v>2008</v>
       </c>
       <c r="B72">
-        <v>16540</v>
+        <v>16539</v>
       </c>
       <c r="C72">
-        <v>27562</v>
+        <v>27560</v>
       </c>
       <c r="D72">
-        <v>5094</v>
+        <v>5095</v>
       </c>
       <c r="E72">
-        <v>12964</v>
+        <v>12965</v>
       </c>
       <c r="F72">
-        <v>36232</v>
+        <v>36229</v>
       </c>
       <c r="G72">
-        <v>49196</v>
+        <v>49194</v>
       </c>
       <c r="H72">
         <v>80561</v>
       </c>
       <c r="I72">
-        <v>213704</v>
+        <v>213684</v>
       </c>
       <c r="J72">
-        <v>26278</v>
+        <v>26284</v>
       </c>
       <c r="K72">
-        <v>121056</v>
+        <v>121046</v>
       </c>
       <c r="L72">
-        <v>199487</v>
+        <v>199483</v>
       </c>
       <c r="M72">
-        <v>320543</v>
+        <v>320529</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="7">
         <v>2009</v>
       </c>
       <c r="B73">
-        <v>11007</v>
+        <v>11031</v>
       </c>
       <c r="C73">
-        <v>15733</v>
+        <v>15732</v>
       </c>
       <c r="D73">
         <v>3348</v>
       </c>
       <c r="E73">
-        <v>10014</v>
+        <v>10015</v>
       </c>
       <c r="F73">
-        <v>20074</v>
+        <v>20096</v>
       </c>
       <c r="G73">
-        <v>30088</v>
+        <v>30111</v>
       </c>
       <c r="H73">
-        <v>56602</v>
+        <v>56663</v>
       </c>
       <c r="I73">
-        <v>131091</v>
+        <v>131084</v>
       </c>
       <c r="J73">
         <v>17129</v>
       </c>
       <c r="K73">
-        <v>99651</v>
+        <v>99661</v>
       </c>
       <c r="L73">
-        <v>105173</v>
+        <v>105215</v>
       </c>
       <c r="M73">
-        <v>204823</v>
+        <v>204876</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="7">
         <v>2010</v>
       </c>
       <c r="B74">
-        <v>15458</v>
+        <v>15438</v>
       </c>
       <c r="C74">
-        <v>14078</v>
+        <v>14082</v>
       </c>
       <c r="D74">
-        <v>3863</v>
+        <v>3862</v>
       </c>
       <c r="E74">
-        <v>12922</v>
+        <v>12921</v>
       </c>
       <c r="F74">
-        <v>20477</v>
+        <v>20461</v>
       </c>
       <c r="G74">
-        <v>33399</v>
+        <v>33382</v>
       </c>
       <c r="H74">
-        <v>93224</v>
+        <v>93188</v>
       </c>
       <c r="I74">
-        <v>130325</v>
+        <v>130366</v>
       </c>
       <c r="J74">
-        <v>19122</v>
+        <v>19111</v>
       </c>
       <c r="K74">
-        <v>137283</v>
+        <v>137297</v>
       </c>
       <c r="L74">
-        <v>105387</v>
+        <v>105368</v>
       </c>
       <c r="M74">
-        <v>242670</v>
+        <v>242665</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="7">
         <v>2011</v>
       </c>
       <c r="B75">
-        <v>21942</v>
+        <v>21944</v>
       </c>
       <c r="C75">
         <v>12830</v>
       </c>
       <c r="D75">
-        <v>3933</v>
+        <v>3931</v>
       </c>
       <c r="E75">
-        <v>17225</v>
+        <v>17224</v>
       </c>
       <c r="F75">
-        <v>21480</v>
+        <v>21481</v>
       </c>
       <c r="G75">
         <v>38705</v>
       </c>
       <c r="H75">
-        <v>154642</v>
+        <v>154662</v>
       </c>
       <c r="I75">
-        <v>136014</v>
+        <v>136000</v>
       </c>
       <c r="J75">
-        <v>18941</v>
+        <v>18933</v>
       </c>
       <c r="K75">
-        <v>197323</v>
+        <v>197312</v>
       </c>
       <c r="L75">
-        <v>112274</v>
+        <v>112284</v>
       </c>
       <c r="M75">
-        <v>309597</v>
+        <v>309596</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="7">
         <v>2012</v>
       </c>
       <c r="B76">
-        <v>27858</v>
+        <v>27862</v>
       </c>
       <c r="C76">
-        <v>10043</v>
+        <v>10044</v>
       </c>
       <c r="D76">
-        <v>4352</v>
+        <v>4351</v>
       </c>
       <c r="E76">
         <v>19815</v>
       </c>
       <c r="F76">
-        <v>22438</v>
+        <v>22442</v>
       </c>
       <c r="G76">
-        <v>42253</v>
+        <v>42257</v>
       </c>
       <c r="H76">
-        <v>218149</v>
+        <v>218183</v>
       </c>
       <c r="I76">
-        <v>111814</v>
+        <v>111815</v>
       </c>
       <c r="J76">
-        <v>20710</v>
+        <v>20698</v>
       </c>
       <c r="K76">
         <v>233983</v>
       </c>
       <c r="L76">
-        <v>116690</v>
+        <v>116713</v>
       </c>
       <c r="M76">
-        <v>350673</v>
+        <v>350696</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="7">
         <v>2013</v>
       </c>
       <c r="B77">
         <v>28257</v>
       </c>
       <c r="C77">
-        <v>8545</v>
+        <v>8548</v>
       </c>
       <c r="D77">
         <v>3951</v>
       </c>
       <c r="E77">
-        <v>20496</v>
+        <v>20498</v>
       </c>
       <c r="F77">
-        <v>20257</v>
+        <v>20258</v>
       </c>
       <c r="G77">
-        <v>40753</v>
+        <v>40756</v>
       </c>
       <c r="H77">
-        <v>234838</v>
+        <v>234840</v>
       </c>
       <c r="I77">
-        <v>100959</v>
+        <v>100993</v>
       </c>
       <c r="J77">
         <v>19939</v>
       </c>
       <c r="K77">
-        <v>254730</v>
+        <v>254749</v>
       </c>
       <c r="L77">
-        <v>101005</v>
+        <v>101023</v>
       </c>
       <c r="M77">
-        <v>355736</v>
+        <v>355772</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="7">
         <v>2014</v>
       </c>
       <c r="B78">
-        <v>29747</v>
+        <v>29750</v>
       </c>
       <c r="C78">
         <v>7884</v>
       </c>
       <c r="D78">
-        <v>4390</v>
+        <v>4388</v>
       </c>
       <c r="E78">
-        <v>22408</v>
+        <v>22409</v>
       </c>
       <c r="F78">
         <v>19613</v>
       </c>
       <c r="G78">
-        <v>42021</v>
+        <v>42022</v>
       </c>
       <c r="H78">
-        <v>266880</v>
+        <v>266902</v>
       </c>
       <c r="I78">
-        <v>97112</v>
+        <v>97114</v>
       </c>
       <c r="J78">
-        <v>23405</v>
+        <v>23393</v>
       </c>
       <c r="K78">
-        <v>292763</v>
+        <v>292783</v>
       </c>
       <c r="L78">
-        <v>94635</v>
+        <v>94627</v>
       </c>
       <c r="M78">
-        <v>387398</v>
+        <v>387409</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="7">
         <v>2015</v>
       </c>
       <c r="B79">
         <v>17229</v>
       </c>
       <c r="C79">
         <v>5455</v>
       </c>
       <c r="D79">
-        <v>2854</v>
+        <v>2855</v>
       </c>
       <c r="E79">
         <v>16023</v>
       </c>
       <c r="F79">
-        <v>9515</v>
+        <v>9516</v>
       </c>
       <c r="G79">
-        <v>25538</v>
+        <v>25539</v>
       </c>
       <c r="H79">
-        <v>175965</v>
+        <v>175962</v>
       </c>
       <c r="I79">
         <v>72214</v>
       </c>
       <c r="J79">
-        <v>16811</v>
+        <v>16809</v>
       </c>
       <c r="K79">
-        <v>221309</v>
+        <v>221308</v>
       </c>
       <c r="L79">
-        <v>43680</v>
+        <v>43677</v>
       </c>
       <c r="M79">
-        <v>264989</v>
+        <v>264985</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="7">
         <v>2016</v>
       </c>
       <c r="B80">
-        <v>8492</v>
+        <v>8496</v>
       </c>
       <c r="C80">
         <v>3098</v>
       </c>
       <c r="D80">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="E80">
-        <v>9064</v>
+        <v>9069</v>
       </c>
       <c r="F80">
         <v>4180</v>
       </c>
       <c r="G80">
-        <v>13244</v>
+        <v>13249</v>
       </c>
       <c r="H80">
-        <v>97893</v>
+        <v>97986</v>
       </c>
       <c r="I80">
         <v>43952</v>
       </c>
       <c r="J80">
-        <v>9498</v>
+        <v>9508</v>
       </c>
       <c r="K80">
-        <v>134032</v>
+        <v>134128</v>
       </c>
       <c r="L80">
-        <v>17311</v>
+        <v>17317</v>
       </c>
       <c r="M80">
-        <v>151342</v>
+        <v>151445</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="7">
         <v>2017</v>
       </c>
       <c r="B81">
-        <v>11224</v>
+        <v>11214</v>
       </c>
       <c r="C81">
-        <v>4132</v>
+        <v>4140</v>
       </c>
       <c r="D81">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="E81">
-        <v>12657</v>
+        <v>12654</v>
       </c>
       <c r="F81">
-        <v>4676</v>
+        <v>4678</v>
       </c>
       <c r="G81">
-        <v>17333</v>
+        <v>17332</v>
       </c>
       <c r="H81">
-        <v>138167</v>
+        <v>137935</v>
       </c>
       <c r="I81">
-        <v>62109</v>
+        <v>62272</v>
       </c>
       <c r="J81">
-        <v>13041</v>
+        <v>13043</v>
       </c>
       <c r="K81">
-        <v>193712</v>
+        <v>193640</v>
       </c>
       <c r="L81">
-        <v>19604</v>
+        <v>19609</v>
       </c>
       <c r="M81">
-        <v>213316</v>
+        <v>213250</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="7">
         <v>2018</v>
       </c>
       <c r="B82">
-        <v>14450</v>
+        <v>14449</v>
       </c>
       <c r="C82">
-        <v>4992</v>
+        <v>4993</v>
       </c>
       <c r="D82">
         <v>2099</v>
       </c>
       <c r="E82">
         <v>16564</v>
       </c>
       <c r="F82">
         <v>4977</v>
       </c>
       <c r="G82">
         <v>21541</v>
       </c>
       <c r="H82">
-        <v>186912</v>
+        <v>186861</v>
       </c>
       <c r="I82">
-        <v>79222</v>
+        <v>79237</v>
       </c>
       <c r="J82">
         <v>14252</v>
       </c>
       <c r="K82">
-        <v>261143</v>
+        <v>261119</v>
       </c>
       <c r="L82">
-        <v>19244</v>
+        <v>19232</v>
       </c>
       <c r="M82">
-        <v>280387</v>
+        <v>280351</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="7">
         <v>2019</v>
       </c>
       <c r="B83">
-        <v>13906</v>
+        <v>13892</v>
       </c>
       <c r="C83">
-        <v>4386</v>
+        <v>4403</v>
       </c>
       <c r="D83">
         <v>1942</v>
       </c>
       <c r="E83">
-        <v>15914</v>
+        <v>15917</v>
       </c>
       <c r="F83">
         <v>4320</v>
       </c>
       <c r="G83">
-        <v>20234</v>
+        <v>20237</v>
       </c>
       <c r="H83">
-        <v>190029</v>
+        <v>189731</v>
       </c>
       <c r="I83">
-        <v>73589</v>
+        <v>73937</v>
       </c>
       <c r="J83">
         <v>13967</v>
       </c>
       <c r="K83">
-        <v>260515</v>
+        <v>260565</v>
       </c>
       <c r="L83">
         <v>17070</v>
       </c>
       <c r="M83">
-        <v>277585</v>
+        <v>277635</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="7">
         <v>2020</v>
       </c>
       <c r="B84">
-        <v>7168</v>
+        <v>7171</v>
       </c>
       <c r="C84">
         <v>2620</v>
       </c>
       <c r="D84">
-        <v>1098</v>
+        <v>1095</v>
       </c>
       <c r="E84">
-        <v>8927</v>
+        <v>8925</v>
       </c>
       <c r="F84">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="G84">
         <v>10886</v>
       </c>
       <c r="H84">
-        <v>106579</v>
+        <v>106588</v>
       </c>
       <c r="I84">
         <v>47854</v>
       </c>
       <c r="J84">
-        <v>8512</v>
+        <v>8466</v>
       </c>
       <c r="K84">
-        <v>155608</v>
+        <v>155564</v>
       </c>
       <c r="L84">
-        <v>7337</v>
+        <v>7343</v>
       </c>
       <c r="M84">
-        <v>162945</v>
+        <v>162908</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="7">
         <v>2021</v>
       </c>
       <c r="B85">
-        <v>9041</v>
+        <v>9046</v>
       </c>
       <c r="C85">
-        <v>2996</v>
+        <v>2998</v>
       </c>
       <c r="D85">
         <v>1396</v>
       </c>
       <c r="E85">
         <v>10439</v>
       </c>
       <c r="F85">
-        <v>2994</v>
+        <v>3001</v>
       </c>
       <c r="G85">
-        <v>13433</v>
+        <v>13440</v>
       </c>
       <c r="H85">
-        <v>131603</v>
+        <v>131595</v>
       </c>
       <c r="I85">
-        <v>55160</v>
+        <v>55203</v>
       </c>
       <c r="J85">
         <v>9332</v>
       </c>
       <c r="K85">
-        <v>184981</v>
+        <v>184996</v>
       </c>
       <c r="L85">
-        <v>11113</v>
+        <v>11133</v>
       </c>
       <c r="M85">
-        <v>196094</v>
+        <v>196129</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="7">
         <v>2022</v>
       </c>
       <c r="B86">
-        <v>10944</v>
+        <v>10719</v>
       </c>
       <c r="C86">
-        <v>3954</v>
+        <v>3916</v>
       </c>
       <c r="D86">
-        <v>1612</v>
+        <v>1603</v>
       </c>
       <c r="E86">
-        <v>12693</v>
+        <v>12514</v>
       </c>
       <c r="F86">
-        <v>3817</v>
+        <v>3724</v>
       </c>
       <c r="G86">
-        <v>16510</v>
+        <v>16238</v>
       </c>
       <c r="H86">
-        <v>162020</v>
+        <v>158871</v>
       </c>
       <c r="I86">
-        <v>72032</v>
+        <v>71364</v>
       </c>
       <c r="J86">
-        <v>11852</v>
+        <v>11841</v>
       </c>
       <c r="K86">
-        <v>231553</v>
+        <v>228062</v>
       </c>
       <c r="L86">
-        <v>14352</v>
+        <v>14013</v>
       </c>
       <c r="M86">
-        <v>245904</v>
+        <v>242076</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
-        <v>11127</v>
+        <v>10813</v>
       </c>
       <c r="C87">
-        <v>3953</v>
+        <v>3968</v>
       </c>
       <c r="D87">
-        <v>1580</v>
+        <v>1531</v>
       </c>
       <c r="E87">
-        <v>13441</v>
+        <v>13237</v>
       </c>
       <c r="F87">
-        <v>3219</v>
+        <v>3075</v>
       </c>
       <c r="G87">
-        <v>16660</v>
+        <v>16312</v>
       </c>
       <c r="H87">
-        <v>178853</v>
+        <v>175415</v>
       </c>
       <c r="I87">
-        <v>73037</v>
+        <v>72861</v>
       </c>
       <c r="J87">
-        <v>11802</v>
+        <v>11757</v>
       </c>
       <c r="K87">
-        <v>251643</v>
+        <v>248218</v>
       </c>
       <c r="L87">
-        <v>12049</v>
+        <v>11816</v>
       </c>
       <c r="M87">
-        <v>263692</v>
+        <v>260034</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>10313</v>
+        <v>10114</v>
       </c>
       <c r="C88">
-        <v>3125</v>
+        <v>3126</v>
       </c>
       <c r="D88">
-        <v>1409</v>
+        <v>1376</v>
       </c>
       <c r="E88">
-        <v>12142</v>
+        <v>12067</v>
       </c>
       <c r="F88">
-        <v>2705</v>
+        <v>2549</v>
       </c>
       <c r="G88">
-        <v>14847</v>
+        <v>14616</v>
       </c>
       <c r="H88">
-        <v>173088</v>
+        <v>171988</v>
       </c>
       <c r="I88">
-        <v>60120</v>
+        <v>59893</v>
       </c>
       <c r="J88">
-        <v>10665</v>
+        <v>10685</v>
       </c>
       <c r="K88">
-        <v>233823</v>
+        <v>232916</v>
       </c>
       <c r="L88">
-        <v>10050</v>
+        <v>9651</v>
       </c>
       <c r="M88">
-        <v>243873</v>
+        <v>242567</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>