--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 4.4 Natural Gas in Underground Storage</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Natural Gas in Underground Storage, End of Period, Base Gas</t>
   </si>
   <si>
     <t>Natural Gas in Underground Storage, End of Period, Working Gas</t>
   </si>
   <si>
     <t>Natural Gas in Underground Storage, End of Period, Total</t>
   </si>
   <si>
     <t>Change in Working Gas From Same Period Previous Year, Volume</t>
   </si>
   <si>
     <t>Change in Working Gas From Same Period Previous Year, Percent</t>
   </si>
   <si>
     <t>Natural Gas Storage Activity, Withdrawals</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -18336,391 +18336,391 @@
       </c>
       <c r="D624">
         <v>7925.423</v>
       </c>
       <c r="E624">
         <v>532.1</v>
       </c>
       <c r="F624">
         <v>18.2</v>
       </c>
       <c r="G624">
         <v>454.447</v>
       </c>
       <c r="H624">
         <v>170.195</v>
       </c>
       <c r="I624">
         <v>284.252</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>4467.64</v>
+        <v>4466.989</v>
       </c>
       <c r="C625">
         <v>2611.366</v>
       </c>
       <c r="D625">
-        <v>7079.005</v>
+        <v>7078.354</v>
       </c>
       <c r="E625">
         <v>141.351</v>
       </c>
       <c r="F625">
         <v>5.7</v>
       </c>
       <c r="G625">
         <v>950.838</v>
       </c>
       <c r="H625">
         <v>106.471</v>
       </c>
       <c r="I625">
         <v>844.367</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>4467.813</v>
+        <v>4467.162</v>
       </c>
       <c r="C626">
         <v>2349.68</v>
       </c>
       <c r="D626">
-        <v>6817.493</v>
+        <v>6816.842</v>
       </c>
       <c r="E626">
         <v>277.496</v>
       </c>
       <c r="F626">
         <v>13.4</v>
       </c>
       <c r="G626">
         <v>457.597</v>
       </c>
       <c r="H626">
         <v>194.882</v>
       </c>
       <c r="I626">
         <v>262.715</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>4466.868</v>
+        <v>4466.217</v>
       </c>
       <c r="C627">
         <v>2306.056</v>
       </c>
       <c r="D627">
-        <v>6772.924</v>
+        <v>6772.273</v>
       </c>
       <c r="E627">
         <v>456.161</v>
       </c>
       <c r="F627">
         <v>24.7</v>
       </c>
       <c r="G627">
         <v>319.605</v>
       </c>
       <c r="H627">
         <v>273.544</v>
       </c>
       <c r="I627">
         <v>46.062</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>4467.095</v>
+        <v>4466.444</v>
       </c>
       <c r="C628">
         <v>2562.449</v>
       </c>
       <c r="D628">
-        <v>7029.544</v>
+        <v>7028.893</v>
       </c>
       <c r="E628">
         <v>445.987</v>
       </c>
       <c r="F628">
         <v>21.1</v>
       </c>
       <c r="G628">
         <v>155.106</v>
       </c>
       <c r="H628">
         <v>411.12</v>
       </c>
       <c r="I628">
         <v>-256.014</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>4469.399</v>
+        <v>4468.748</v>
       </c>
       <c r="C629">
         <v>2923.177</v>
       </c>
       <c r="D629">
-        <v>7392.576</v>
+        <v>7391.925</v>
       </c>
       <c r="E629">
         <v>346.696</v>
       </c>
       <c r="F629">
         <v>13.5</v>
       </c>
       <c r="G629">
         <v>112.086</v>
       </c>
       <c r="H629">
         <v>474.619</v>
       </c>
       <c r="I629">
         <v>-362.533</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>4471.178</v>
+        <v>4470.527</v>
       </c>
       <c r="C630">
         <v>3174.973</v>
       </c>
       <c r="D630">
-        <v>7646.151</v>
+        <v>7645.5</v>
       </c>
       <c r="E630">
         <v>273.311</v>
       </c>
       <c r="F630">
         <v>9.4</v>
       </c>
       <c r="G630">
         <v>128.085</v>
       </c>
       <c r="H630">
         <v>381.659</v>
       </c>
       <c r="I630">
         <v>-253.573</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>4472.5</v>
+        <v>4471.849</v>
       </c>
       <c r="C631">
         <v>3293.615</v>
       </c>
       <c r="D631">
-        <v>7766.115</v>
+        <v>7765.464</v>
       </c>
       <c r="E631">
         <v>258.418</v>
       </c>
       <c r="F631">
         <v>8.5</v>
       </c>
       <c r="G631">
         <v>176.506</v>
       </c>
       <c r="H631">
         <v>296.045</v>
       </c>
       <c r="I631">
         <v>-119.539</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>4477.315</v>
+        <v>4476.664</v>
       </c>
       <c r="C632">
         <v>3370.254</v>
       </c>
       <c r="D632">
-        <v>7847.569</v>
+        <v>7846.918</v>
       </c>
       <c r="E632">
         <v>202.307</v>
       </c>
       <c r="F632">
         <v>6.4</v>
       </c>
       <c r="G632">
         <v>243.831</v>
       </c>
       <c r="H632">
         <v>322.452</v>
       </c>
       <c r="I632">
         <v>-78.622</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>4482.018</v>
+        <v>4482.131</v>
       </c>
       <c r="C633">
         <v>3615.337</v>
       </c>
       <c r="D633">
-        <v>8097.355</v>
+        <v>8097.468</v>
       </c>
       <c r="E633">
         <v>125.505</v>
       </c>
       <c r="F633">
         <v>3.6</v>
       </c>
       <c r="G633">
         <v>150.833</v>
       </c>
       <c r="H633">
         <v>401.073</v>
       </c>
       <c r="I633">
         <v>-250.241</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>4483.734</v>
+        <v>4483.083</v>
       </c>
       <c r="C634">
         <v>3938.399</v>
       </c>
       <c r="D634">
-        <v>8422.133</v>
+        <v>8421.482</v>
       </c>
       <c r="E634">
         <v>129.016</v>
       </c>
       <c r="F634">
         <v>3.4</v>
       </c>
       <c r="G634">
         <v>94.455</v>
       </c>
       <c r="H634">
         <v>421.766</v>
       </c>
       <c r="I634">
         <v>-327.311</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>4485.353</v>
+        <v>4484.702</v>
       </c>
       <c r="C635">
         <v>3914.872</v>
       </c>
       <c r="D635">
-        <v>8400.225</v>
+        <v>8399.574</v>
       </c>
       <c r="E635">
         <v>172.627</v>
       </c>
       <c r="F635">
         <v>4.6</v>
       </c>
       <c r="G635">
         <v>246.74</v>
       </c>
       <c r="H635">
         <v>223.575</v>
       </c>
       <c r="I635">
         <v>23.165</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>4485.447</v>
+        <v>4484.796</v>
       </c>
       <c r="C636">
-        <v>3438.005</v>
+        <v>3437.519</v>
       </c>
       <c r="D636">
-        <v>7923.452</v>
+        <v>7922.315</v>
       </c>
       <c r="E636">
-        <v>-19.476</v>
+        <v>-19.962</v>
       </c>
       <c r="F636">
         <v>-0.6</v>
       </c>
       <c r="G636">
-        <v>632.702</v>
+        <v>632.705</v>
       </c>
       <c r="H636">
         <v>156.533</v>
       </c>
       <c r="I636">
-        <v>476.169</v>
+        <v>476.172</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>4489.753</v>
       </c>
       <c r="C637">
         <v>2424.6</v>
       </c>
       <c r="D637">
         <v>6914.352</v>
       </c>
       <c r="E637">
         <v>-186.766</v>
       </c>
       <c r="F637">
         <v>-7.2</v>
       </c>
       <c r="G637">
         <v>1105.744</v>
       </c>
       <c r="H637">
@@ -18832,69 +18832,98 @@
       </c>
       <c r="E641">
         <v>-286.583</v>
       </c>
       <c r="F641">
         <v>-9.8</v>
       </c>
       <c r="G641">
         <v>81.692</v>
       </c>
       <c r="H641">
         <v>578.954</v>
       </c>
       <c r="I641">
         <v>-497.262</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>4490.679</v>
       </c>
       <c r="C642">
-        <v>2990.386</v>
+        <v>2990.134</v>
       </c>
       <c r="D642">
-        <v>7481.065</v>
+        <v>7480.813</v>
       </c>
       <c r="E642">
-        <v>-184.587</v>
+        <v>-184.839</v>
       </c>
       <c r="F642">
         <v>-5.8</v>
       </c>
       <c r="G642">
         <v>106.468</v>
       </c>
       <c r="H642">
-        <v>461.728</v>
+        <v>461.476</v>
       </c>
       <c r="I642">
-        <v>-355.26</v>
+        <v>-355.008</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>4490.225</v>
+      </c>
+      <c r="C643">
+        <v>3144.485</v>
+      </c>
+      <c r="D643">
+        <v>7634.71</v>
+      </c>
+      <c r="E643">
+        <v>-149.13</v>
+      </c>
+      <c r="F643">
+        <v>-4.5</v>
+      </c>
+      <c r="G643">
+        <v>190.559</v>
+      </c>
+      <c r="H643">
+        <v>341.929</v>
+      </c>
+      <c r="I643">
+        <v>-151.371</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -21163,72 +21192,72 @@
       </c>
       <c r="D87">
         <v>7925.423</v>
       </c>
       <c r="E87">
         <v>532.1</v>
       </c>
       <c r="F87">
         <v>18.2</v>
       </c>
       <c r="G87">
         <v>3292.424</v>
       </c>
       <c r="H87">
         <v>3839.512</v>
       </c>
       <c r="I87">
         <v>-547.088</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>4485.447</v>
+        <v>4484.796</v>
       </c>
       <c r="C88">
-        <v>3438.005</v>
+        <v>3437.519</v>
       </c>
       <c r="D88">
-        <v>7923.452</v>
+        <v>7922.315</v>
       </c>
       <c r="E88">
-        <v>-19.476</v>
+        <v>-19.962</v>
       </c>
       <c r="F88">
         <v>-0.6</v>
       </c>
       <c r="G88">
-        <v>3668.384</v>
+        <v>3668.387</v>
       </c>
       <c r="H88">
         <v>3663.739</v>
       </c>
       <c r="I88">
-        <v>4.645</v>
+        <v>4.648</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>