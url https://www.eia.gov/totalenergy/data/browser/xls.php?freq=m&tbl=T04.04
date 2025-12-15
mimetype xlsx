--- v1 (2025-11-19)
+++ v2 (2025-12-15)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 4.4 Natural Gas in Underground Storage</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Natural Gas in Underground Storage, End of Period, Base Gas</t>
   </si>
   <si>
     <t>Natural Gas in Underground Storage, End of Period, Working Gas</t>
   </si>
   <si>
     <t>Natural Gas in Underground Storage, End of Period, Total</t>
   </si>
   <si>
     <t>Change in Working Gas From Same Period Previous Year, Volume</t>
   </si>
   <si>
     <t>Change in Working Gas From Same Period Previous Year, Percent</t>
   </si>
   <si>
     <t>Natural Gas Storage Activity, Withdrawals</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -18858,72 +18858,101 @@
       </c>
       <c r="D642">
         <v>7480.813</v>
       </c>
       <c r="E642">
         <v>-184.839</v>
       </c>
       <c r="F642">
         <v>-5.8</v>
       </c>
       <c r="G642">
         <v>106.468</v>
       </c>
       <c r="H642">
         <v>461.476</v>
       </c>
       <c r="I642">
         <v>-355.008</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>4490.225</v>
+        <v>4489.857</v>
       </c>
       <c r="C643">
-        <v>3144.485</v>
+        <v>3143.856</v>
       </c>
       <c r="D643">
-        <v>7634.71</v>
+        <v>7633.713</v>
       </c>
       <c r="E643">
-        <v>-149.13</v>
+        <v>-149.759</v>
       </c>
       <c r="F643">
         <v>-4.5</v>
       </c>
       <c r="G643">
-        <v>190.559</v>
+        <v>190.841</v>
       </c>
       <c r="H643">
-        <v>341.929</v>
+        <v>341.973</v>
       </c>
       <c r="I643">
-        <v>-151.371</v>
+        <v>-151.132</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>4491.101</v>
+      </c>
+      <c r="C644">
+        <v>3328.548</v>
+      </c>
+      <c r="D644">
+        <v>7819.649</v>
+      </c>
+      <c r="E644">
+        <v>-41.707</v>
+      </c>
+      <c r="F644">
+        <v>-1.2</v>
+      </c>
+      <c r="G644">
+        <v>180.144</v>
+      </c>
+      <c r="H644">
+        <v>366.026</v>
+      </c>
+      <c r="I644">
+        <v>-185.882</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>