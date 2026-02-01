--- v2 (2025-12-15)
+++ v3 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 4.4 Natural Gas in Underground Storage</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Natural Gas in Underground Storage, End of Period, Base Gas</t>
   </si>
   <si>
     <t>Natural Gas in Underground Storage, End of Period, Working Gas</t>
   </si>
   <si>
     <t>Natural Gas in Underground Storage, End of Period, Total</t>
   </si>
   <si>
     <t>Change in Working Gas From Same Period Previous Year, Volume</t>
   </si>
   <si>
     <t>Change in Working Gas From Same Period Previous Year, Percent</t>
   </si>
   <si>
     <t>Natural Gas Storage Activity, Withdrawals</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -18803,156 +18803,214 @@
       </c>
       <c r="E640">
         <v>-421.492</v>
       </c>
       <c r="F640">
         <v>-16.4</v>
       </c>
       <c r="G640">
         <v>143.847</v>
       </c>
       <c r="H640">
         <v>448.112</v>
       </c>
       <c r="I640">
         <v>-304.265</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>4489.486</v>
       </c>
       <c r="C641">
-        <v>2636.593</v>
+        <v>2636.591</v>
       </c>
       <c r="D641">
-        <v>7126.08</v>
+        <v>7126.078</v>
       </c>
       <c r="E641">
-        <v>-286.583</v>
+        <v>-286.585</v>
       </c>
       <c r="F641">
         <v>-9.8</v>
       </c>
       <c r="G641">
         <v>81.692</v>
       </c>
       <c r="H641">
-        <v>578.954</v>
+        <v>578.952</v>
       </c>
       <c r="I641">
-        <v>-497.262</v>
+        <v>-497.26</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>4490.679</v>
       </c>
       <c r="C642">
-        <v>2990.134</v>
+        <v>2990.129</v>
       </c>
       <c r="D642">
-        <v>7480.813</v>
+        <v>7480.808</v>
       </c>
       <c r="E642">
-        <v>-184.839</v>
+        <v>-184.844</v>
       </c>
       <c r="F642">
         <v>-5.8</v>
       </c>
       <c r="G642">
         <v>106.468</v>
       </c>
       <c r="H642">
-        <v>461.476</v>
+        <v>461.472</v>
       </c>
       <c r="I642">
-        <v>-355.008</v>
+        <v>-355.004</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>4489.857</v>
       </c>
       <c r="C643">
-        <v>3143.856</v>
+        <v>3143.846</v>
       </c>
       <c r="D643">
-        <v>7633.713</v>
+        <v>7633.704</v>
       </c>
       <c r="E643">
-        <v>-149.759</v>
+        <v>-149.768</v>
       </c>
       <c r="F643">
         <v>-4.5</v>
       </c>
       <c r="G643">
         <v>190.841</v>
       </c>
       <c r="H643">
-        <v>341.973</v>
+        <v>341.969</v>
       </c>
       <c r="I643">
-        <v>-151.132</v>
+        <v>-151.128</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>4491.101</v>
       </c>
       <c r="C644">
-        <v>3328.548</v>
+        <v>3328.534</v>
       </c>
       <c r="D644">
-        <v>7819.649</v>
+        <v>7819.635</v>
       </c>
       <c r="E644">
-        <v>-41.707</v>
+        <v>-41.721</v>
       </c>
       <c r="F644">
         <v>-1.2</v>
       </c>
       <c r="G644">
         <v>180.144</v>
       </c>
       <c r="H644">
-        <v>366.026</v>
+        <v>366.021</v>
       </c>
       <c r="I644">
-        <v>-185.882</v>
+        <v>-185.877</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>4490.948</v>
+      </c>
+      <c r="C645">
+        <v>3636.795</v>
+      </c>
+      <c r="D645">
+        <v>8127.744</v>
+      </c>
+      <c r="E645">
+        <v>21.459</v>
+      </c>
+      <c r="F645">
+        <v>0.6</v>
+      </c>
+      <c r="G645">
+        <v>107.763</v>
+      </c>
+      <c r="H645">
+        <v>416.944</v>
+      </c>
+      <c r="I645">
+        <v>-309.181</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>4491.82</v>
+      </c>
+      <c r="C646">
+        <v>3942.177</v>
+      </c>
+      <c r="D646">
+        <v>8433.997</v>
+      </c>
+      <c r="E646">
+        <v>3.778</v>
+      </c>
+      <c r="F646">
+        <v>0.1</v>
+      </c>
+      <c r="G646">
+        <v>116.605</v>
+      </c>
+      <c r="H646">
+        <v>424.043</v>
+      </c>
+      <c r="I646">
+        <v>-307.438</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>