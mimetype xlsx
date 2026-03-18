--- v3 (2026-02-01)
+++ v4 (2026-03-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 4.4 Natural Gas in Underground Storage</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Natural Gas in Underground Storage, End of Period, Base Gas</t>
   </si>
   <si>
     <t>Natural Gas in Underground Storage, End of Period, Working Gas</t>
   </si>
   <si>
     <t>Natural Gas in Underground Storage, End of Period, Total</t>
   </si>
   <si>
     <t>Change in Working Gas From Same Period Previous Year, Volume</t>
   </si>
   <si>
     <t>Change in Working Gas From Same Period Previous Year, Percent</t>
   </si>
   <si>
     <t>Natural Gas Storage Activity, Withdrawals</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -18107,263 +18107,263 @@
       </c>
       <c r="E616">
         <v>504.696</v>
       </c>
       <c r="F616">
         <v>31.3</v>
       </c>
       <c r="G616">
         <v>126.362</v>
       </c>
       <c r="H616">
         <v>394.847</v>
       </c>
       <c r="I616">
         <v>-268.486</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>4465.638</v>
       </c>
       <c r="C617">
-        <v>2576.481</v>
+        <v>2556.481</v>
       </c>
       <c r="D617">
-        <v>7042.119</v>
+        <v>7022.119</v>
       </c>
       <c r="E617">
-        <v>574.565</v>
+        <v>554.565</v>
       </c>
       <c r="F617">
-        <v>28.7</v>
+        <v>27.7</v>
       </c>
       <c r="G617">
         <v>81.755</v>
       </c>
       <c r="H617">
         <v>533.975</v>
       </c>
       <c r="I617">
         <v>-452.221</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>4463.734</v>
       </c>
       <c r="C618">
         <v>2901.662</v>
       </c>
       <c r="D618">
         <v>7365.395</v>
       </c>
       <c r="E618">
         <v>576.34</v>
       </c>
       <c r="F618">
         <v>24.8</v>
       </c>
       <c r="G618">
         <v>104.712</v>
       </c>
       <c r="H618">
         <v>448.254</v>
       </c>
       <c r="I618">
         <v>-343.542</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>4464.915</v>
       </c>
       <c r="C619">
-        <v>3035.197</v>
+        <v>3035.236</v>
       </c>
       <c r="D619">
-        <v>7500.112</v>
+        <v>7500.151</v>
       </c>
       <c r="E619">
-        <v>530.074</v>
+        <v>530.113</v>
       </c>
       <c r="F619">
         <v>21.2</v>
       </c>
       <c r="G619">
         <v>186.058</v>
       </c>
       <c r="H619">
         <v>319.584</v>
       </c>
       <c r="I619">
         <v>-133.525</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
-        <v>4463.745</v>
+        <v>4464.545</v>
       </c>
       <c r="C620">
-        <v>3167.947</v>
+        <v>3168.896</v>
       </c>
       <c r="D620">
-        <v>7631.692</v>
+        <v>7633.441</v>
       </c>
       <c r="E620">
-        <v>458.525</v>
+        <v>459.474</v>
       </c>
       <c r="F620">
-        <v>16.9</v>
+        <v>17</v>
       </c>
       <c r="G620">
-        <v>232.51</v>
+        <v>233.789</v>
       </c>
       <c r="H620">
-        <v>365.36</v>
+        <v>365.812</v>
       </c>
       <c r="I620">
-        <v>-132.85</v>
+        <v>-132.023</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
-        <v>4462.663</v>
+        <v>4463.462</v>
       </c>
       <c r="C621">
-        <v>3489.832</v>
+        <v>3490.502</v>
       </c>
       <c r="D621">
-        <v>7952.495</v>
+        <v>7953.964</v>
       </c>
       <c r="E621">
-        <v>344.188</v>
+        <v>344.858</v>
       </c>
       <c r="F621">
-        <v>10.9</v>
+        <v>11</v>
       </c>
       <c r="G621">
-        <v>155.222</v>
+        <v>156.549</v>
       </c>
       <c r="H621">
-        <v>478.084</v>
+        <v>479.18</v>
       </c>
       <c r="I621">
-        <v>-322.862</v>
+        <v>-322.631</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
-        <v>4463.174</v>
+        <v>4465.652</v>
       </c>
       <c r="C622">
-        <v>3809.382</v>
+        <v>3807.858</v>
       </c>
       <c r="D622">
-        <v>8272.556</v>
+        <v>8273.509</v>
       </c>
       <c r="E622">
-        <v>239.998</v>
+        <v>238.473</v>
       </c>
       <c r="F622">
         <v>6.7</v>
       </c>
       <c r="G622">
         <v>120.573</v>
       </c>
       <c r="H622">
         <v>441.779</v>
       </c>
       <c r="I622">
         <v>-321.206</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
-        <v>4464.04</v>
+        <v>4463.638</v>
       </c>
       <c r="C623">
-        <v>3742.245</v>
+        <v>3740.811</v>
       </c>
       <c r="D623">
-        <v>8206.285</v>
+        <v>8204.449</v>
       </c>
       <c r="E623">
-        <v>241.194</v>
+        <v>239.76</v>
       </c>
       <c r="F623">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
       <c r="G623">
         <v>298.024</v>
       </c>
       <c r="H623">
         <v>233.128</v>
       </c>
       <c r="I623">
         <v>64.896</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
-        <v>4467.942</v>
+        <v>4467.54</v>
       </c>
       <c r="C624">
-        <v>3457.481</v>
+        <v>3455.667</v>
       </c>
       <c r="D624">
-        <v>7925.423</v>
+        <v>7923.207</v>
       </c>
       <c r="E624">
-        <v>532.1</v>
+        <v>530.287</v>
       </c>
       <c r="F624">
-        <v>18.2</v>
+        <v>18.1</v>
       </c>
       <c r="G624">
         <v>454.447</v>
       </c>
       <c r="H624">
         <v>170.195</v>
       </c>
       <c r="I624">
         <v>284.252</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>4466.989</v>
       </c>
       <c r="C625">
         <v>2611.366</v>
       </c>
       <c r="D625">
         <v>7078.354</v>
       </c>
       <c r="E625">
@@ -18461,54 +18461,54 @@
       </c>
       <c r="G628">
         <v>155.106</v>
       </c>
       <c r="H628">
         <v>411.12</v>
       </c>
       <c r="I628">
         <v>-256.014</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>4468.748</v>
       </c>
       <c r="C629">
         <v>2923.177</v>
       </c>
       <c r="D629">
         <v>7391.925</v>
       </c>
       <c r="E629">
-        <v>346.696</v>
+        <v>366.696</v>
       </c>
       <c r="F629">
-        <v>13.5</v>
+        <v>14.3</v>
       </c>
       <c r="G629">
         <v>112.086</v>
       </c>
       <c r="H629">
         <v>474.619</v>
       </c>
       <c r="I629">
         <v>-362.533</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>4470.527</v>
       </c>
       <c r="C630">
         <v>3174.973</v>
       </c>
       <c r="D630">
         <v>7645.5</v>
       </c>
       <c r="E630">
@@ -18519,199 +18519,199 @@
       </c>
       <c r="G630">
         <v>128.085</v>
       </c>
       <c r="H630">
         <v>381.659</v>
       </c>
       <c r="I630">
         <v>-253.573</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>4471.849</v>
       </c>
       <c r="C631">
         <v>3293.615</v>
       </c>
       <c r="D631">
         <v>7765.464</v>
       </c>
       <c r="E631">
-        <v>258.418</v>
+        <v>258.379</v>
       </c>
       <c r="F631">
         <v>8.5</v>
       </c>
       <c r="G631">
         <v>176.506</v>
       </c>
       <c r="H631">
         <v>296.045</v>
       </c>
       <c r="I631">
         <v>-119.539</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>4476.664</v>
       </c>
       <c r="C632">
         <v>3370.254</v>
       </c>
       <c r="D632">
         <v>7846.918</v>
       </c>
       <c r="E632">
-        <v>202.307</v>
+        <v>201.358</v>
       </c>
       <c r="F632">
         <v>6.4</v>
       </c>
       <c r="G632">
         <v>243.831</v>
       </c>
       <c r="H632">
         <v>322.452</v>
       </c>
       <c r="I632">
         <v>-78.622</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>4482.131</v>
       </c>
       <c r="C633">
         <v>3615.337</v>
       </c>
       <c r="D633">
         <v>8097.468</v>
       </c>
       <c r="E633">
-        <v>125.505</v>
+        <v>124.835</v>
       </c>
       <c r="F633">
         <v>3.6</v>
       </c>
       <c r="G633">
         <v>150.833</v>
       </c>
       <c r="H633">
         <v>401.073</v>
       </c>
       <c r="I633">
         <v>-250.241</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>4483.083</v>
       </c>
       <c r="C634">
         <v>3938.399</v>
       </c>
       <c r="D634">
         <v>8421.482</v>
       </c>
       <c r="E634">
-        <v>129.016</v>
+        <v>130.541</v>
       </c>
       <c r="F634">
         <v>3.4</v>
       </c>
       <c r="G634">
         <v>94.455</v>
       </c>
       <c r="H634">
         <v>421.766</v>
       </c>
       <c r="I634">
         <v>-327.311</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>4484.702</v>
       </c>
       <c r="C635">
         <v>3914.872</v>
       </c>
       <c r="D635">
         <v>8399.574</v>
       </c>
       <c r="E635">
-        <v>172.627</v>
+        <v>174.061</v>
       </c>
       <c r="F635">
-        <v>4.6</v>
+        <v>4.7</v>
       </c>
       <c r="G635">
         <v>246.74</v>
       </c>
       <c r="H635">
         <v>223.575</v>
       </c>
       <c r="I635">
         <v>23.165</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>4484.796</v>
       </c>
       <c r="C636">
         <v>3437.519</v>
       </c>
       <c r="D636">
         <v>7922.315</v>
       </c>
       <c r="E636">
-        <v>-19.962</v>
+        <v>-18.148</v>
       </c>
       <c r="F636">
-        <v>-0.6</v>
+        <v>-0.5</v>
       </c>
       <c r="G636">
         <v>632.705</v>
       </c>
       <c r="H636">
         <v>156.533</v>
       </c>
       <c r="I636">
         <v>476.172</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>4489.753</v>
       </c>
       <c r="C637">
         <v>2424.6</v>
       </c>
       <c r="D637">
         <v>6914.352</v>
       </c>
       <c r="E637">
@@ -18919,98 +18919,127 @@
       </c>
       <c r="E644">
         <v>-41.721</v>
       </c>
       <c r="F644">
         <v>-1.2</v>
       </c>
       <c r="G644">
         <v>180.144</v>
       </c>
       <c r="H644">
         <v>366.021</v>
       </c>
       <c r="I644">
         <v>-185.877</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>4490.948</v>
       </c>
       <c r="C645">
-        <v>3636.795</v>
+        <v>3636.912</v>
       </c>
       <c r="D645">
-        <v>8127.744</v>
+        <v>8127.861</v>
       </c>
       <c r="E645">
-        <v>21.459</v>
+        <v>21.575</v>
       </c>
       <c r="F645">
         <v>0.6</v>
       </c>
       <c r="G645">
-        <v>107.763</v>
+        <v>108.033</v>
       </c>
       <c r="H645">
-        <v>416.944</v>
+        <v>417.302</v>
       </c>
       <c r="I645">
-        <v>-309.181</v>
+        <v>-309.27</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
-        <v>4491.82</v>
+        <v>4492.155</v>
       </c>
       <c r="C646">
-        <v>3942.177</v>
+        <v>3942.115</v>
       </c>
       <c r="D646">
-        <v>8433.997</v>
+        <v>8434.27</v>
       </c>
       <c r="E646">
-        <v>3.778</v>
+        <v>3.716</v>
       </c>
       <c r="F646">
         <v>0.1</v>
       </c>
       <c r="G646">
-        <v>116.605</v>
+        <v>116.481</v>
       </c>
       <c r="H646">
-        <v>424.043</v>
+        <v>424.205</v>
       </c>
       <c r="I646">
-        <v>-307.438</v>
+        <v>-307.724</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>4490.215</v>
+      </c>
+      <c r="C647">
+        <v>3910.674</v>
+      </c>
+      <c r="D647">
+        <v>8400.889</v>
+      </c>
+      <c r="E647">
+        <v>-4.198</v>
+      </c>
+      <c r="F647">
+        <v>-0.1</v>
+      </c>
+      <c r="G647">
+        <v>275.844</v>
+      </c>
+      <c r="H647">
+        <v>244.89</v>
+      </c>
+      <c r="I647">
+        <v>30.954</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -21250,92 +21279,92 @@
       </c>
       <c r="D86">
         <v>7376.032</v>
       </c>
       <c r="E86">
         <v>-284.602</v>
       </c>
       <c r="F86">
         <v>-8.9</v>
       </c>
       <c r="G86">
         <v>4174.634</v>
       </c>
       <c r="H86">
         <v>3897.816</v>
       </c>
       <c r="I86">
         <v>276.818</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
-        <v>4467.942</v>
+        <v>4467.54</v>
       </c>
       <c r="C87">
-        <v>3457.481</v>
+        <v>3455.667</v>
       </c>
       <c r="D87">
-        <v>7925.423</v>
+        <v>7923.207</v>
       </c>
       <c r="E87">
-        <v>532.1</v>
+        <v>530.287</v>
       </c>
       <c r="F87">
-        <v>18.2</v>
+        <v>18.1</v>
       </c>
       <c r="G87">
-        <v>3292.424</v>
+        <v>3295.03</v>
       </c>
       <c r="H87">
-        <v>3839.512</v>
+        <v>3841.061</v>
       </c>
       <c r="I87">
-        <v>-547.088</v>
+        <v>-546.03</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>4484.796</v>
       </c>
       <c r="C88">
         <v>3437.519</v>
       </c>
       <c r="D88">
         <v>7922.315</v>
       </c>
       <c r="E88">
-        <v>-19.962</v>
+        <v>-18.148</v>
       </c>
       <c r="F88">
-        <v>-0.6</v>
+        <v>-0.5</v>
       </c>
       <c r="G88">
         <v>3668.387</v>
       </c>
       <c r="H88">
         <v>3663.739</v>
       </c>
       <c r="I88">
         <v>4.648</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>