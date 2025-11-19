--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 4.3 Natural Gas Consumption by Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Industrial Sector, Lease and Plant Fuel</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Other Industrial Sector, CHP</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Other Industrial Sector, Non-CHP</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Other Industrial Sector, Total</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -26379,119 +26379,160 @@
       </c>
       <c r="J640">
         <v>4.368</v>
       </c>
       <c r="K640">
         <v>95.55</v>
       </c>
       <c r="L640">
         <v>835.842</v>
       </c>
       <c r="M640">
         <v>2391.196</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>188.079</v>
       </c>
       <c r="C641">
         <v>191.056</v>
       </c>
       <c r="D641">
-        <v>174.195</v>
+        <v>173.726</v>
       </c>
       <c r="E641">
         <v>111.266</v>
       </c>
       <c r="F641">
         <v>582.771</v>
       </c>
       <c r="G641">
         <v>694.036</v>
       </c>
       <c r="H641">
-        <v>868.231</v>
+        <v>867.763</v>
       </c>
       <c r="I641">
-        <v>88.181</v>
+        <v>88.163</v>
       </c>
       <c r="J641">
         <v>4.514</v>
       </c>
       <c r="K641">
-        <v>92.695</v>
+        <v>92.677</v>
       </c>
       <c r="L641">
         <v>972.441</v>
       </c>
       <c r="M641">
-        <v>2312.502</v>
+        <v>2312.015</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>128.848</v>
       </c>
       <c r="C642">
         <v>156.702</v>
       </c>
       <c r="D642">
-        <v>169.135</v>
+        <v>168.984</v>
       </c>
       <c r="E642">
         <v>110.757</v>
       </c>
       <c r="F642">
         <v>546.068</v>
       </c>
       <c r="G642">
         <v>656.825</v>
       </c>
       <c r="H642">
-        <v>825.96</v>
+        <v>825.809</v>
       </c>
       <c r="I642">
-        <v>92.403</v>
+        <v>92.397</v>
       </c>
       <c r="J642">
         <v>4.368</v>
       </c>
       <c r="K642">
-        <v>96.771</v>
+        <v>96.765</v>
       </c>
       <c r="L642">
         <v>1214.931</v>
       </c>
       <c r="M642">
-        <v>2423.212</v>
+        <v>2423.055</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>112.679</v>
+      </c>
+      <c r="C643">
+        <v>161.009</v>
+      </c>
+      <c r="D643">
+        <v>175.925</v>
+      </c>
+      <c r="E643">
+        <v>116.799</v>
+      </c>
+      <c r="F643">
+        <v>561.946</v>
+      </c>
+      <c r="G643">
+        <v>678.745</v>
+      </c>
+      <c r="H643">
+        <v>854.67</v>
+      </c>
+      <c r="I643">
+        <v>104.368</v>
+      </c>
+      <c r="J643">
+        <v>4.514</v>
+      </c>
+      <c r="K643">
+        <v>108.882</v>
+      </c>
+      <c r="L643">
+        <v>1499.747</v>
+      </c>
+      <c r="M643">
+        <v>2736.986</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>