--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 4.3 Natural Gas Consumption by Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Industrial Sector, Lease and Plant Fuel</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Other Industrial Sector, CHP</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Other Industrial Sector, Non-CHP</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Other Industrial Sector, Total</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25225,1314 +25225,1396 @@
       </c>
       <c r="H612">
         <v>921.515</v>
       </c>
       <c r="I612">
         <v>132.486</v>
       </c>
       <c r="J612">
         <v>5.503</v>
       </c>
       <c r="K612">
         <v>137.989</v>
       </c>
       <c r="L612">
         <v>992.402</v>
       </c>
       <c r="M612">
         <v>3378.941</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
-        <v>807.411</v>
+        <v>807.593</v>
       </c>
       <c r="C613">
-        <v>479.636</v>
+        <v>478.136</v>
       </c>
       <c r="D613">
-        <v>164.54</v>
+        <v>161.881</v>
       </c>
       <c r="E613">
         <v>119.599</v>
       </c>
       <c r="F613">
-        <v>651.051</v>
+        <v>651.101</v>
       </c>
       <c r="G613">
-        <v>770.65</v>
+        <v>770.7</v>
       </c>
       <c r="H613">
-        <v>935.19</v>
+        <v>932.582</v>
       </c>
       <c r="I613">
-        <v>128.155</v>
+        <v>178.463</v>
       </c>
       <c r="J613">
-        <v>5.274</v>
+        <v>5.107</v>
       </c>
       <c r="K613">
-        <v>133.429</v>
+        <v>183.57</v>
       </c>
       <c r="L613">
         <v>963.753</v>
       </c>
       <c r="M613">
-        <v>3319.42</v>
+        <v>3365.633</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
-        <v>690.444</v>
+        <v>690.6</v>
       </c>
       <c r="C614">
-        <v>427.965</v>
+        <v>426.626</v>
       </c>
       <c r="D614">
-        <v>148.236</v>
+        <v>145.841</v>
       </c>
       <c r="E614">
         <v>107.465</v>
       </c>
       <c r="F614">
-        <v>601.006</v>
+        <v>601.052</v>
       </c>
       <c r="G614">
-        <v>708.472</v>
+        <v>708.518</v>
       </c>
       <c r="H614">
-        <v>856.708</v>
+        <v>854.358</v>
       </c>
       <c r="I614">
-        <v>114.281</v>
+        <v>159.143</v>
       </c>
       <c r="J614">
-        <v>4.764</v>
+        <v>4.613</v>
       </c>
       <c r="K614">
-        <v>119.044</v>
+        <v>163.755</v>
       </c>
       <c r="L614">
         <v>866.638</v>
       </c>
       <c r="M614">
-        <v>2960.799</v>
+        <v>3001.977</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
-        <v>637.275</v>
+        <v>637.418</v>
       </c>
       <c r="C615">
-        <v>411.345</v>
+        <v>410.058</v>
       </c>
       <c r="D615">
-        <v>166.422</v>
+        <v>163.733</v>
       </c>
       <c r="E615">
         <v>117.195</v>
       </c>
       <c r="F615">
-        <v>640.928</v>
+        <v>640.977</v>
       </c>
       <c r="G615">
-        <v>758.123</v>
+        <v>758.172</v>
       </c>
       <c r="H615">
-        <v>924.545</v>
+        <v>921.905</v>
       </c>
       <c r="I615">
-        <v>116.055</v>
+        <v>161.614</v>
       </c>
       <c r="J615">
-        <v>5.274</v>
+        <v>5.107</v>
       </c>
       <c r="K615">
-        <v>121.329</v>
+        <v>166.721</v>
       </c>
       <c r="L615">
         <v>936.8</v>
       </c>
       <c r="M615">
-        <v>3031.294</v>
+        <v>3072.902</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
-        <v>340.634</v>
+        <v>340.71</v>
       </c>
       <c r="C616">
-        <v>255.395</v>
+        <v>254.596</v>
       </c>
       <c r="D616">
-        <v>159.628</v>
+        <v>157.048</v>
       </c>
       <c r="E616">
         <v>105.607</v>
       </c>
       <c r="F616">
-        <v>601.321</v>
+        <v>601.367</v>
       </c>
       <c r="G616">
-        <v>706.928</v>
+        <v>706.974</v>
       </c>
       <c r="H616">
-        <v>866.556</v>
+        <v>864.022</v>
       </c>
       <c r="I616">
-        <v>92.059</v>
+        <v>128.198</v>
       </c>
       <c r="J616">
-        <v>5.104</v>
+        <v>4.942</v>
       </c>
       <c r="K616">
-        <v>97.163</v>
+        <v>133.14</v>
       </c>
       <c r="L616">
         <v>862.867</v>
       </c>
       <c r="M616">
-        <v>2422.614</v>
+        <v>2455.335</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
-        <v>198.597</v>
+        <v>198.642</v>
       </c>
       <c r="C617">
-        <v>184.134</v>
+        <v>183.558</v>
       </c>
       <c r="D617">
-        <v>166.877</v>
+        <v>164.18</v>
       </c>
       <c r="E617">
         <v>112.56</v>
       </c>
       <c r="F617">
-        <v>569.696</v>
+        <v>569.74</v>
       </c>
       <c r="G617">
-        <v>682.256</v>
+        <v>682.3</v>
       </c>
       <c r="H617">
-        <v>849.133</v>
+        <v>846.48</v>
       </c>
       <c r="I617">
-        <v>87.379</v>
+        <v>121.681</v>
       </c>
       <c r="J617">
-        <v>5.274</v>
+        <v>5.107</v>
       </c>
       <c r="K617">
-        <v>92.653</v>
+        <v>126.788</v>
       </c>
       <c r="L617">
         <v>989.438</v>
       </c>
       <c r="M617">
-        <v>2313.955</v>
+        <v>2344.906</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
-        <v>129.967</v>
+        <v>129.997</v>
       </c>
       <c r="C618">
-        <v>150.881</v>
+        <v>150.409</v>
       </c>
       <c r="D618">
-        <v>160.907</v>
+        <v>158.307</v>
       </c>
       <c r="E618">
         <v>116.748</v>
       </c>
       <c r="F618">
-        <v>539.512</v>
+        <v>539.554</v>
       </c>
       <c r="G618">
-        <v>656.26</v>
+        <v>656.303</v>
       </c>
       <c r="H618">
-        <v>817.167</v>
+        <v>814.609</v>
       </c>
       <c r="I618">
-        <v>89.607</v>
+        <v>124.782</v>
       </c>
       <c r="J618">
-        <v>5.104</v>
+        <v>4.942</v>
       </c>
       <c r="K618">
-        <v>94.71</v>
+        <v>129.725</v>
       </c>
       <c r="L618">
         <v>1177.63</v>
       </c>
       <c r="M618">
-        <v>2370.356</v>
+        <v>2402.37</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
-        <v>112.583</v>
+        <v>112.609</v>
       </c>
       <c r="C619">
-        <v>144.672</v>
+        <v>144.219</v>
       </c>
       <c r="D619">
-        <v>166.624</v>
+        <v>163.932</v>
       </c>
       <c r="E619">
         <v>121.576</v>
       </c>
       <c r="F619">
-        <v>548.679</v>
+        <v>548.723</v>
       </c>
       <c r="G619">
-        <v>670.255</v>
+        <v>670.299</v>
       </c>
       <c r="H619">
-        <v>836.879</v>
+        <v>834.23</v>
       </c>
       <c r="I619">
-        <v>101.681</v>
+        <v>141.597</v>
       </c>
       <c r="J619">
-        <v>5.274</v>
+        <v>5.107</v>
       </c>
       <c r="K619">
-        <v>106.955</v>
+        <v>146.704</v>
       </c>
       <c r="L619">
         <v>1474.741</v>
       </c>
       <c r="M619">
-        <v>2675.831</v>
+        <v>2712.504</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
-        <v>106.054</v>
+        <v>106.078</v>
       </c>
       <c r="C620">
-        <v>147.882</v>
+        <v>147.419</v>
       </c>
       <c r="D620">
-        <v>167.786</v>
+        <v>165.075</v>
       </c>
       <c r="E620">
         <v>121.565</v>
       </c>
       <c r="F620">
-        <v>565.772</v>
+        <v>565.817</v>
       </c>
       <c r="G620">
-        <v>687.338</v>
+        <v>687.382</v>
       </c>
       <c r="H620">
-        <v>855.124</v>
+        <v>852.458</v>
       </c>
       <c r="I620">
-        <v>101.889</v>
+        <v>141.886</v>
       </c>
       <c r="J620">
-        <v>5.274</v>
+        <v>5.107</v>
       </c>
       <c r="K620">
-        <v>107.163</v>
+        <v>146.993</v>
       </c>
       <c r="L620">
         <v>1471.536</v>
       </c>
       <c r="M620">
-        <v>2687.759</v>
+        <v>2724.483</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
-        <v>114.373</v>
+        <v>114.399</v>
       </c>
       <c r="C621">
-        <v>147.816</v>
+        <v>147.354</v>
       </c>
       <c r="D621">
-        <v>162.566</v>
+        <v>159.94</v>
       </c>
       <c r="E621">
         <v>117.261</v>
       </c>
       <c r="F621">
-        <v>553.281</v>
+        <v>553.325</v>
       </c>
       <c r="G621">
-        <v>670.542</v>
+        <v>670.586</v>
       </c>
       <c r="H621">
-        <v>833.108</v>
+        <v>830.525</v>
       </c>
       <c r="I621">
-        <v>90.044</v>
+        <v>125.391</v>
       </c>
       <c r="J621">
-        <v>5.104</v>
+        <v>4.942</v>
       </c>
       <c r="K621">
-        <v>95.148</v>
+        <v>130.333</v>
       </c>
       <c r="L621">
         <v>1198.735</v>
       </c>
       <c r="M621">
-        <v>2389.18</v>
+        <v>2421.346</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
-        <v>228.145</v>
+        <v>228.196</v>
       </c>
       <c r="C622">
-        <v>226.179</v>
+        <v>225.472</v>
       </c>
       <c r="D622">
-        <v>167.789</v>
+        <v>165.078</v>
       </c>
       <c r="E622">
         <v>113.848</v>
       </c>
       <c r="F622">
-        <v>596.404</v>
+        <v>596.45</v>
       </c>
       <c r="G622">
-        <v>710.252</v>
+        <v>710.298</v>
       </c>
       <c r="H622">
-        <v>878.041</v>
+        <v>875.376</v>
       </c>
       <c r="I622">
-        <v>92.466</v>
+        <v>128.764</v>
       </c>
       <c r="J622">
-        <v>5.274</v>
+        <v>5.107</v>
       </c>
       <c r="K622">
-        <v>97.74</v>
+        <v>133.871</v>
       </c>
       <c r="L622">
         <v>1015.953</v>
       </c>
       <c r="M622">
-        <v>2446.058</v>
+        <v>2478.867</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
-        <v>497.14</v>
+        <v>497.252</v>
       </c>
       <c r="C623">
-        <v>349.684</v>
+        <v>348.59</v>
       </c>
       <c r="D623">
-        <v>164.699</v>
+        <v>162.037</v>
       </c>
       <c r="E623">
         <v>117.342</v>
       </c>
       <c r="F623">
-        <v>624.028</v>
+        <v>624.077</v>
       </c>
       <c r="G623">
-        <v>741.37</v>
+        <v>741.418</v>
       </c>
       <c r="H623">
-        <v>906.069</v>
+        <v>903.456</v>
       </c>
       <c r="I623">
-        <v>108.201</v>
+        <v>150.677</v>
       </c>
       <c r="J623">
-        <v>5.104</v>
+        <v>4.942</v>
       </c>
       <c r="K623">
-        <v>113.305</v>
+        <v>155.619</v>
       </c>
       <c r="L623">
         <v>963.182</v>
       </c>
       <c r="M623">
-        <v>2829.381</v>
+        <v>2868.099</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
-        <v>660.704</v>
+        <v>660.853</v>
       </c>
       <c r="C624">
-        <v>415.835</v>
+        <v>414.534</v>
       </c>
       <c r="D624">
-        <v>170.188</v>
+        <v>167.438</v>
       </c>
       <c r="E624">
         <v>125.127</v>
       </c>
       <c r="F624">
-        <v>664.598</v>
+        <v>664.649</v>
       </c>
       <c r="G624">
-        <v>789.725</v>
+        <v>789.776</v>
       </c>
       <c r="H624">
-        <v>959.913</v>
+        <v>957.214</v>
       </c>
       <c r="I624">
-        <v>122.038</v>
+        <v>169.946</v>
       </c>
       <c r="J624">
-        <v>5.274</v>
+        <v>5.107</v>
       </c>
       <c r="K624">
-        <v>127.313</v>
+        <v>175.053</v>
       </c>
       <c r="L624">
         <v>1019.614</v>
       </c>
       <c r="M624">
-        <v>3183.38</v>
+        <v>3227.268</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>934.548</v>
+        <v>932.75</v>
       </c>
       <c r="C625">
-        <v>544.282</v>
+        <v>541.163</v>
       </c>
       <c r="D625">
-        <v>166.049</v>
+        <v>163.864</v>
       </c>
       <c r="E625">
-        <v>131.348</v>
+        <v>129.296</v>
       </c>
       <c r="F625">
-        <v>671.414</v>
+        <v>673.49</v>
       </c>
       <c r="G625">
-        <v>802.761</v>
+        <v>802.786</v>
       </c>
       <c r="H625">
-        <v>968.81</v>
+        <v>966.649</v>
       </c>
       <c r="I625">
-        <v>142.267</v>
+        <v>198.677</v>
       </c>
       <c r="J625">
-        <v>4.514</v>
+        <v>5.389</v>
       </c>
       <c r="K625">
-        <v>146.781</v>
+        <v>204.066</v>
       </c>
       <c r="L625">
-        <v>1136.447</v>
+        <v>1136.992</v>
       </c>
       <c r="M625">
-        <v>3730.868</v>
+        <v>3781.62</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>647.311</v>
+        <v>646.065</v>
       </c>
       <c r="C626">
-        <v>417.542</v>
+        <v>415.149</v>
       </c>
       <c r="D626">
-        <v>159.814</v>
+        <v>157.711</v>
       </c>
       <c r="E626">
-        <v>113.937</v>
+        <v>113.139</v>
       </c>
       <c r="F626">
-        <v>603.158</v>
+        <v>603.977</v>
       </c>
       <c r="G626">
-        <v>717.095</v>
+        <v>717.117</v>
       </c>
       <c r="H626">
-        <v>876.909</v>
+        <v>874.827</v>
       </c>
       <c r="I626">
-        <v>113.508</v>
+        <v>158.243</v>
       </c>
       <c r="J626">
-        <v>4.223</v>
+        <v>5.041</v>
       </c>
       <c r="K626">
-        <v>117.731</v>
+        <v>163.284</v>
       </c>
       <c r="L626">
-        <v>917.197</v>
+        <v>912.713</v>
       </c>
       <c r="M626">
-        <v>2976.689</v>
+        <v>3012.038</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>509.402</v>
+        <v>508.421</v>
       </c>
       <c r="C627">
-        <v>348.586</v>
+        <v>346.588</v>
       </c>
       <c r="D627">
-        <v>166.42</v>
+        <v>164.23</v>
       </c>
       <c r="E627">
-        <v>115.101</v>
+        <v>115.089</v>
       </c>
       <c r="F627">
-        <v>632.621</v>
+        <v>632.655</v>
       </c>
       <c r="G627">
-        <v>747.721</v>
+        <v>747.744</v>
       </c>
       <c r="H627">
-        <v>914.141</v>
+        <v>911.974</v>
       </c>
       <c r="I627">
-        <v>106.995</v>
+        <v>149.228</v>
       </c>
       <c r="J627">
-        <v>4.514</v>
+        <v>5.389</v>
       </c>
       <c r="K627">
-        <v>111.509</v>
+        <v>154.617</v>
       </c>
       <c r="L627">
-        <v>922.25</v>
+        <v>919.206</v>
       </c>
       <c r="M627">
-        <v>2805.888</v>
+        <v>2840.807</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>318.116</v>
+        <v>317.504</v>
       </c>
       <c r="C628">
-        <v>248.779</v>
+        <v>247.353</v>
       </c>
       <c r="D628">
-        <v>160.012</v>
+        <v>157.906</v>
       </c>
       <c r="E628">
-        <v>112.729</v>
+        <v>109.973</v>
       </c>
       <c r="F628">
-        <v>587.264</v>
+        <v>590.042</v>
       </c>
       <c r="G628">
-        <v>699.994</v>
+        <v>700.015</v>
       </c>
       <c r="H628">
-        <v>860.006</v>
+        <v>857.922</v>
       </c>
       <c r="I628">
-        <v>91.646</v>
+        <v>127.933</v>
       </c>
       <c r="J628">
-        <v>4.368</v>
+        <v>5.215</v>
       </c>
       <c r="K628">
-        <v>96.014</v>
+        <v>133.148</v>
       </c>
       <c r="L628">
-        <v>880.439</v>
+        <v>879.88</v>
       </c>
       <c r="M628">
-        <v>2403.354</v>
+        <v>2435.807</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>172.581</v>
+        <v>172.248</v>
       </c>
       <c r="C629">
-        <v>176.854</v>
+        <v>175.84</v>
       </c>
       <c r="D629">
-        <v>165.237</v>
+        <v>163.062</v>
       </c>
       <c r="E629">
-        <v>113.024</v>
+        <v>112.256</v>
       </c>
       <c r="F629">
-        <v>572.929</v>
+        <v>573.718</v>
       </c>
       <c r="G629">
-        <v>685.953</v>
+        <v>685.974</v>
       </c>
       <c r="H629">
-        <v>851.19</v>
+        <v>849.037</v>
       </c>
       <c r="I629">
-        <v>89.217</v>
+        <v>124.704</v>
       </c>
       <c r="J629">
-        <v>4.514</v>
+        <v>5.389</v>
       </c>
       <c r="K629">
-        <v>93.731</v>
+        <v>130.093</v>
       </c>
       <c r="L629">
-        <v>1045.307</v>
+        <v>1047.676</v>
       </c>
       <c r="M629">
-        <v>2339.662</v>
+        <v>2374.894</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>122.233</v>
+        <v>121.997</v>
       </c>
       <c r="C630">
-        <v>153.871</v>
+        <v>152.989</v>
       </c>
       <c r="D630">
-        <v>161.615</v>
+        <v>159.488</v>
       </c>
       <c r="E630">
-        <v>109.743</v>
+        <v>111.677</v>
       </c>
       <c r="F630">
-        <v>548.24</v>
+        <v>546.326</v>
       </c>
       <c r="G630">
-        <v>657.983</v>
+        <v>658.003</v>
       </c>
       <c r="H630">
-        <v>819.598</v>
+        <v>817.491</v>
       </c>
       <c r="I630">
-        <v>92.932</v>
+        <v>129.448</v>
       </c>
       <c r="J630">
-        <v>4.368</v>
+        <v>5.215</v>
       </c>
       <c r="K630">
-        <v>97.3</v>
+        <v>134.663</v>
       </c>
       <c r="L630">
-        <v>1244.084</v>
+        <v>1238.441</v>
       </c>
       <c r="M630">
-        <v>2437.086</v>
+        <v>2465.582</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>107.462</v>
+        <v>107.256</v>
       </c>
       <c r="C631">
-        <v>146.861</v>
+        <v>146.019</v>
       </c>
       <c r="D631">
-        <v>168.793</v>
+        <v>166.571</v>
       </c>
       <c r="E631">
-        <v>116.755</v>
+        <v>120.534</v>
       </c>
       <c r="F631">
-        <v>568.74</v>
+        <v>564.983</v>
       </c>
       <c r="G631">
-        <v>685.495</v>
+        <v>685.517</v>
       </c>
       <c r="H631">
-        <v>854.288</v>
+        <v>852.088</v>
       </c>
       <c r="I631">
-        <v>104.958</v>
+        <v>146.18</v>
       </c>
       <c r="J631">
-        <v>4.514</v>
+        <v>5.389</v>
       </c>
       <c r="K631">
-        <v>109.472</v>
+        <v>151.569</v>
       </c>
       <c r="L631">
-        <v>1534.382</v>
+        <v>1527.648</v>
       </c>
       <c r="M631">
-        <v>2752.466</v>
+        <v>2784.579</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>105.662</v>
+        <v>105.459</v>
       </c>
       <c r="C632">
-        <v>149.137</v>
+        <v>148.283</v>
       </c>
       <c r="D632">
-        <v>167.452</v>
+        <v>165.248</v>
       </c>
       <c r="E632">
-        <v>120.613</v>
+        <v>123.081</v>
       </c>
       <c r="F632">
-        <v>577.207</v>
+        <v>574.76</v>
       </c>
       <c r="G632">
-        <v>697.82</v>
+        <v>697.841</v>
       </c>
       <c r="H632">
-        <v>865.272</v>
+        <v>863.089</v>
       </c>
       <c r="I632">
-        <v>103.791</v>
+        <v>145.089</v>
       </c>
       <c r="J632">
-        <v>4.514</v>
+        <v>5.389</v>
       </c>
       <c r="K632">
-        <v>108.305</v>
+        <v>150.478</v>
       </c>
       <c r="L632">
-        <v>1493.479</v>
+        <v>1496.491</v>
       </c>
       <c r="M632">
-        <v>2721.855</v>
+        <v>2763.8</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>113.996</v>
+        <v>113.776</v>
       </c>
       <c r="C633">
-        <v>154.522</v>
+        <v>153.636</v>
       </c>
       <c r="D633">
-        <v>160.532</v>
+        <v>158.419</v>
       </c>
       <c r="E633">
-        <v>112.829</v>
+        <v>113.936</v>
       </c>
       <c r="F633">
-        <v>556.385</v>
+        <v>555.3</v>
       </c>
       <c r="G633">
-        <v>669.215</v>
+        <v>669.235</v>
       </c>
       <c r="H633">
-        <v>829.747</v>
+        <v>827.655</v>
       </c>
       <c r="I633">
-        <v>92.393</v>
+        <v>128.713</v>
       </c>
       <c r="J633">
-        <v>4.368</v>
+        <v>5.215</v>
       </c>
       <c r="K633">
-        <v>96.762</v>
+        <v>133.928</v>
       </c>
       <c r="L633">
-        <v>1227.936</v>
+        <v>1222.596</v>
       </c>
       <c r="M633">
-        <v>2422.962</v>
+        <v>2451.591</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>194.467</v>
+        <v>194.093</v>
       </c>
       <c r="C634">
-        <v>212.853</v>
+        <v>211.633</v>
       </c>
       <c r="D634">
-        <v>167.699</v>
+        <v>165.492</v>
       </c>
       <c r="E634">
-        <v>110.267</v>
+        <v>109.156</v>
       </c>
       <c r="F634">
-        <v>582.909</v>
+        <v>584.041</v>
       </c>
       <c r="G634">
-        <v>693.176</v>
+        <v>693.197</v>
       </c>
       <c r="H634">
-        <v>860.875</v>
+        <v>858.689</v>
       </c>
       <c r="I634">
-        <v>92.9</v>
+        <v>129.709</v>
       </c>
       <c r="J634">
-        <v>4.514</v>
+        <v>5.389</v>
       </c>
       <c r="K634">
-        <v>97.414</v>
+        <v>135.098</v>
       </c>
       <c r="L634">
-        <v>1070.652</v>
+        <v>1070.511</v>
       </c>
       <c r="M634">
-        <v>2436.261</v>
+        <v>2470.024</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>413.212</v>
+        <v>412.417</v>
       </c>
       <c r="C635">
-        <v>316.56</v>
+        <v>314.746</v>
       </c>
       <c r="D635">
-        <v>162.477</v>
+        <v>160.338</v>
       </c>
       <c r="E635">
-        <v>115.269</v>
+        <v>113.948</v>
       </c>
       <c r="F635">
-        <v>608.591</v>
+        <v>609.934</v>
       </c>
       <c r="G635">
-        <v>723.86</v>
+        <v>723.882</v>
       </c>
       <c r="H635">
-        <v>886.337</v>
+        <v>884.221</v>
       </c>
       <c r="I635">
-        <v>103.571</v>
+        <v>144.363</v>
       </c>
       <c r="J635">
-        <v>4.368</v>
+        <v>5.215</v>
       </c>
       <c r="K635">
-        <v>107.939</v>
+        <v>149.578</v>
       </c>
       <c r="L635">
-        <v>992.045</v>
+        <v>987.483</v>
       </c>
       <c r="M635">
-        <v>2716.094</v>
+        <v>2748.445</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>758.478</v>
+        <v>757.018</v>
       </c>
       <c r="C636">
-        <v>467.161</v>
+        <v>464.484</v>
       </c>
       <c r="D636">
-        <v>171.397</v>
+        <v>169.141</v>
       </c>
       <c r="E636">
-        <v>127.568</v>
+        <v>124.475</v>
       </c>
       <c r="F636">
-        <v>670.856</v>
+        <v>673.973</v>
       </c>
       <c r="G636">
-        <v>798.424</v>
+        <v>798.448</v>
       </c>
       <c r="H636">
-        <v>969.82</v>
+        <v>967.589</v>
       </c>
       <c r="I636">
-        <v>128.179</v>
+        <v>179.172</v>
       </c>
       <c r="J636">
-        <v>4.514</v>
+        <v>5.389</v>
       </c>
       <c r="K636">
-        <v>132.693</v>
+        <v>184.561</v>
       </c>
       <c r="L636">
-        <v>1033.271</v>
+        <v>1036.809</v>
       </c>
       <c r="M636">
-        <v>3361.424</v>
+        <v>3410.461</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>1037.05</v>
+        <v>1034.343</v>
       </c>
       <c r="C637">
-        <v>611.78</v>
+        <v>609.093</v>
       </c>
       <c r="D637">
         <v>168.687</v>
       </c>
       <c r="E637">
-        <v>129.893</v>
+        <v>129.621</v>
       </c>
       <c r="F637">
-        <v>701.402</v>
+        <v>702.887</v>
       </c>
       <c r="G637">
-        <v>831.295</v>
+        <v>832.508</v>
       </c>
       <c r="H637">
-        <v>999.982</v>
+        <v>1001.196</v>
       </c>
       <c r="I637">
-        <v>149.903</v>
+        <v>149.637</v>
       </c>
       <c r="J637">
         <v>4.514</v>
       </c>
       <c r="K637">
-        <v>154.417</v>
+        <v>154.151</v>
       </c>
       <c r="L637">
-        <v>1127.89</v>
+        <v>1125.354</v>
       </c>
       <c r="M637">
-        <v>3931.119</v>
+        <v>3924.136</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>798.74</v>
+        <v>794.965</v>
       </c>
       <c r="C638">
-        <v>495.19</v>
+        <v>492.709</v>
       </c>
       <c r="D638">
         <v>153.606</v>
       </c>
       <c r="E638">
-        <v>111.876</v>
+        <v>111.416</v>
       </c>
       <c r="F638">
-        <v>624.668</v>
+        <v>625.736</v>
       </c>
       <c r="G638">
-        <v>736.544</v>
+        <v>737.152</v>
       </c>
       <c r="H638">
-        <v>890.149</v>
+        <v>890.758</v>
       </c>
       <c r="I638">
-        <v>123.766</v>
+        <v>123.473</v>
       </c>
       <c r="J638">
         <v>4.223</v>
       </c>
       <c r="K638">
-        <v>127.989</v>
+        <v>127.695</v>
       </c>
       <c r="L638">
-        <v>933.628</v>
+        <v>931.871</v>
       </c>
       <c r="M638">
-        <v>3245.696</v>
+        <v>3237.998</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>525.95</v>
+        <v>530.003</v>
       </c>
       <c r="C639">
-        <v>364.227</v>
+        <v>367.417</v>
       </c>
       <c r="D639">
         <v>174.567</v>
       </c>
       <c r="E639">
-        <v>118.631</v>
+        <v>118.028</v>
       </c>
       <c r="F639">
-        <v>630.758</v>
+        <v>631.653</v>
       </c>
       <c r="G639">
-        <v>749.389</v>
+        <v>749.682</v>
       </c>
       <c r="H639">
-        <v>923.956</v>
+        <v>924.249</v>
       </c>
       <c r="I639">
-        <v>105.153</v>
+        <v>105.356</v>
       </c>
       <c r="J639">
         <v>4.514</v>
       </c>
       <c r="K639">
-        <v>109.667</v>
+        <v>109.87</v>
       </c>
       <c r="L639">
-        <v>833.781</v>
+        <v>831.368</v>
       </c>
       <c r="M639">
-        <v>2757.581</v>
+        <v>2762.907</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>327.128</v>
+        <v>325.976</v>
       </c>
       <c r="C640">
-        <v>265.587</v>
+        <v>262.127</v>
       </c>
       <c r="D640">
         <v>168.403</v>
       </c>
       <c r="E640">
-        <v>109.292</v>
+        <v>109.731</v>
       </c>
       <c r="F640">
-        <v>589.395</v>
+        <v>591.086</v>
       </c>
       <c r="G640">
-        <v>698.687</v>
+        <v>700.817</v>
       </c>
       <c r="H640">
-        <v>867.09</v>
+        <v>869.22</v>
       </c>
       <c r="I640">
-        <v>91.182</v>
+        <v>90.868</v>
       </c>
       <c r="J640">
         <v>4.368</v>
       </c>
       <c r="K640">
-        <v>95.55</v>
+        <v>95.236</v>
       </c>
       <c r="L640">
-        <v>835.842</v>
+        <v>830.398</v>
       </c>
       <c r="M640">
-        <v>2391.196</v>
+        <v>2382.957</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>188.079</v>
+        <v>187.834</v>
       </c>
       <c r="C641">
-        <v>191.056</v>
+        <v>191.017</v>
       </c>
       <c r="D641">
         <v>173.726</v>
       </c>
       <c r="E641">
-        <v>111.266</v>
+        <v>110.644</v>
       </c>
       <c r="F641">
-        <v>582.771</v>
+        <v>584.089</v>
       </c>
       <c r="G641">
-        <v>694.036</v>
+        <v>694.733</v>
       </c>
       <c r="H641">
-        <v>867.763</v>
+        <v>868.459</v>
       </c>
       <c r="I641">
-        <v>88.163</v>
+        <v>88.159</v>
       </c>
       <c r="J641">
         <v>4.514</v>
       </c>
       <c r="K641">
-        <v>92.677</v>
+        <v>92.673</v>
       </c>
       <c r="L641">
-        <v>972.441</v>
+        <v>971.928</v>
       </c>
       <c r="M641">
-        <v>2312.015</v>
+        <v>2311.91</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>128.848</v>
+        <v>129.402</v>
       </c>
       <c r="C642">
-        <v>156.702</v>
+        <v>155.433</v>
       </c>
       <c r="D642">
-        <v>168.984</v>
+        <v>169.402</v>
       </c>
       <c r="E642">
-        <v>110.757</v>
+        <v>110.061</v>
       </c>
       <c r="F642">
-        <v>546.068</v>
+        <v>547.594</v>
       </c>
       <c r="G642">
-        <v>656.825</v>
+        <v>657.655</v>
       </c>
       <c r="H642">
-        <v>825.809</v>
+        <v>827.058</v>
       </c>
       <c r="I642">
-        <v>92.397</v>
+        <v>92.273</v>
       </c>
       <c r="J642">
         <v>4.368</v>
       </c>
       <c r="K642">
-        <v>96.765</v>
+        <v>96.642</v>
       </c>
       <c r="L642">
-        <v>1214.931</v>
+        <v>1211.283</v>
       </c>
       <c r="M642">
-        <v>2423.055</v>
+        <v>2419.817</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>112.679</v>
+        <v>109.722</v>
       </c>
       <c r="C643">
-        <v>161.009</v>
+        <v>154.87</v>
       </c>
       <c r="D643">
-        <v>175.925</v>
+        <v>176.246</v>
       </c>
       <c r="E643">
-        <v>116.799</v>
+        <v>116.398</v>
       </c>
       <c r="F643">
-        <v>561.946</v>
+        <v>562.127</v>
       </c>
       <c r="G643">
-        <v>678.745</v>
+        <v>678.524</v>
       </c>
       <c r="H643">
-        <v>854.67</v>
+        <v>854.77</v>
       </c>
       <c r="I643">
-        <v>104.368</v>
+        <v>103.772</v>
       </c>
       <c r="J643">
         <v>4.514</v>
       </c>
       <c r="K643">
-        <v>108.882</v>
+        <v>108.286</v>
       </c>
       <c r="L643">
-        <v>1499.747</v>
+        <v>1493.708</v>
       </c>
       <c r="M643">
-        <v>2736.986</v>
+        <v>2721.356</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>105.332</v>
+      </c>
+      <c r="C644">
+        <v>153.74</v>
+      </c>
+      <c r="D644">
+        <v>177.392</v>
+      </c>
+      <c r="E644">
+        <v>117.698</v>
+      </c>
+      <c r="F644">
+        <v>576.577</v>
+      </c>
+      <c r="G644">
+        <v>694.274</v>
+      </c>
+      <c r="H644">
+        <v>871.666</v>
+      </c>
+      <c r="I644">
+        <v>100.874</v>
+      </c>
+      <c r="J644">
+        <v>4.514</v>
+      </c>
+      <c r="K644">
+        <v>105.388</v>
+      </c>
+      <c r="L644">
+        <v>1409.233</v>
+      </c>
+      <c r="M644">
+        <v>2645.359</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>111.793</v>
+      </c>
+      <c r="C645">
+        <v>155.535</v>
+      </c>
+      <c r="D645">
+        <v>171.237</v>
+      </c>
+      <c r="E645">
+        <v>112.515</v>
+      </c>
+      <c r="F645">
+        <v>557.315</v>
+      </c>
+      <c r="G645">
+        <v>669.83</v>
+      </c>
+      <c r="H645">
+        <v>841.067</v>
+      </c>
+      <c r="I645">
+        <v>92.53</v>
+      </c>
+      <c r="J645">
+        <v>4.368</v>
+      </c>
+      <c r="K645">
+        <v>96.898</v>
+      </c>
+      <c r="L645">
+        <v>1221.246</v>
+      </c>
+      <c r="M645">
+        <v>2426.539</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -29688,125 +29770,125 @@
       </c>
       <c r="H86">
         <v>10408.402</v>
       </c>
       <c r="I86">
         <v>1252.302</v>
       </c>
       <c r="J86">
         <v>64.791</v>
       </c>
       <c r="K86">
         <v>1317.093</v>
       </c>
       <c r="L86">
         <v>12091.545</v>
       </c>
       <c r="M86">
         <v>32291.912</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
-        <v>4523.328</v>
+        <v>4524.345</v>
       </c>
       <c r="C87">
-        <v>3341.425</v>
+        <v>3330.971</v>
       </c>
       <c r="D87">
-        <v>1966.262</v>
+        <v>1934.49</v>
       </c>
       <c r="E87">
         <v>1395.893</v>
       </c>
       <c r="F87">
-        <v>7156.278</v>
+        <v>7156.832</v>
       </c>
       <c r="G87">
-        <v>8552.171</v>
+        <v>8552.725</v>
       </c>
       <c r="H87">
-        <v>10518.433</v>
+        <v>10487.215</v>
       </c>
       <c r="I87">
-        <v>1243.855</v>
+        <v>1732.141</v>
       </c>
       <c r="J87">
-        <v>62.098</v>
+        <v>60.13</v>
       </c>
       <c r="K87">
-        <v>1305.953</v>
+        <v>1792.271</v>
       </c>
       <c r="L87">
         <v>12940.889</v>
       </c>
       <c r="M87">
-        <v>32630.027</v>
+        <v>33075.691</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>4397.467</v>
+        <v>4389.004</v>
       </c>
       <c r="C88">
-        <v>3337.007</v>
+        <v>3317.883</v>
       </c>
       <c r="D88">
-        <v>1977.497</v>
+        <v>1951.47</v>
       </c>
       <c r="E88">
-        <v>1399.184</v>
+        <v>1396.561</v>
       </c>
       <c r="F88">
-        <v>7180.313</v>
+        <v>7183.2</v>
       </c>
       <c r="G88">
-        <v>8579.497</v>
+        <v>8579.761</v>
       </c>
       <c r="H88">
-        <v>10556.994</v>
+        <v>10531.231</v>
       </c>
       <c r="I88">
-        <v>1262.357</v>
+        <v>1761.457</v>
       </c>
       <c r="J88">
-        <v>53.295</v>
+        <v>63.626</v>
       </c>
       <c r="K88">
-        <v>1315.651</v>
+        <v>1825.083</v>
       </c>
       <c r="L88">
-        <v>13497.489</v>
+        <v>13476.447</v>
       </c>
       <c r="M88">
-        <v>33104.609</v>
+        <v>33539.648</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>