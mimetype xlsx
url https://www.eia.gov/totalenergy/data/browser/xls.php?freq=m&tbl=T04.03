--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 4.3 Natural Gas Consumption by Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Industrial Sector, Lease and Plant Fuel</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Other Industrial Sector, CHP</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Other Industrial Sector, Non-CHP</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Other Industrial Sector, Total</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -26215,406 +26215,447 @@
       </c>
       <c r="J636">
         <v>5.389</v>
       </c>
       <c r="K636">
         <v>184.561</v>
       </c>
       <c r="L636">
         <v>1036.809</v>
       </c>
       <c r="M636">
         <v>3410.461</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>1034.343</v>
       </c>
       <c r="C637">
         <v>609.093</v>
       </c>
       <c r="D637">
-        <v>168.687</v>
+        <v>166.632</v>
       </c>
       <c r="E637">
         <v>129.621</v>
       </c>
       <c r="F637">
         <v>702.887</v>
       </c>
       <c r="G637">
         <v>832.508</v>
       </c>
       <c r="H637">
-        <v>1001.196</v>
+        <v>999.14</v>
       </c>
       <c r="I637">
-        <v>149.637</v>
+        <v>149.555</v>
       </c>
       <c r="J637">
         <v>4.514</v>
       </c>
       <c r="K637">
-        <v>154.151</v>
+        <v>154.069</v>
       </c>
       <c r="L637">
         <v>1125.354</v>
       </c>
       <c r="M637">
-        <v>3924.136</v>
+        <v>3921.999</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>794.965</v>
       </c>
       <c r="C638">
         <v>492.709</v>
       </c>
       <c r="D638">
-        <v>153.606</v>
+        <v>151.735</v>
       </c>
       <c r="E638">
         <v>111.416</v>
       </c>
       <c r="F638">
         <v>625.736</v>
       </c>
       <c r="G638">
         <v>737.152</v>
       </c>
       <c r="H638">
-        <v>890.758</v>
+        <v>888.886</v>
       </c>
       <c r="I638">
-        <v>123.473</v>
+        <v>123.398</v>
       </c>
       <c r="J638">
         <v>4.223</v>
       </c>
       <c r="K638">
-        <v>127.695</v>
+        <v>127.621</v>
       </c>
       <c r="L638">
         <v>931.871</v>
       </c>
       <c r="M638">
-        <v>3237.998</v>
+        <v>3236.053</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>530.003</v>
       </c>
       <c r="C639">
         <v>367.417</v>
       </c>
       <c r="D639">
-        <v>174.567</v>
+        <v>172.441</v>
       </c>
       <c r="E639">
         <v>118.028</v>
       </c>
       <c r="F639">
         <v>631.653</v>
       </c>
       <c r="G639">
         <v>749.682</v>
       </c>
       <c r="H639">
-        <v>924.249</v>
+        <v>922.122</v>
       </c>
       <c r="I639">
-        <v>105.356</v>
+        <v>105.272</v>
       </c>
       <c r="J639">
         <v>4.514</v>
       </c>
       <c r="K639">
-        <v>109.87</v>
+        <v>109.786</v>
       </c>
       <c r="L639">
         <v>831.368</v>
       </c>
       <c r="M639">
-        <v>2762.907</v>
+        <v>2760.696</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>325.976</v>
       </c>
       <c r="C640">
         <v>262.127</v>
       </c>
       <c r="D640">
-        <v>168.403</v>
+        <v>166.351</v>
       </c>
       <c r="E640">
         <v>109.731</v>
       </c>
       <c r="F640">
         <v>591.086</v>
       </c>
       <c r="G640">
         <v>700.817</v>
       </c>
       <c r="H640">
-        <v>869.22</v>
+        <v>867.168</v>
       </c>
       <c r="I640">
-        <v>90.868</v>
+        <v>90.786</v>
       </c>
       <c r="J640">
         <v>4.368</v>
       </c>
       <c r="K640">
-        <v>95.236</v>
+        <v>95.155</v>
       </c>
       <c r="L640">
         <v>830.398</v>
       </c>
       <c r="M640">
-        <v>2382.957</v>
+        <v>2380.824</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>187.834</v>
       </c>
       <c r="C641">
         <v>191.017</v>
       </c>
       <c r="D641">
-        <v>173.726</v>
+        <v>171.61</v>
       </c>
       <c r="E641">
         <v>110.644</v>
       </c>
       <c r="F641">
         <v>584.089</v>
       </c>
       <c r="G641">
         <v>694.733</v>
       </c>
       <c r="H641">
-        <v>868.459</v>
+        <v>866.343</v>
       </c>
       <c r="I641">
-        <v>88.159</v>
+        <v>88.075</v>
       </c>
       <c r="J641">
         <v>4.514</v>
       </c>
       <c r="K641">
-        <v>92.673</v>
+        <v>92.589</v>
       </c>
       <c r="L641">
         <v>971.928</v>
       </c>
       <c r="M641">
-        <v>2311.91</v>
+        <v>2309.71</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>129.402</v>
       </c>
       <c r="C642">
         <v>155.433</v>
       </c>
       <c r="D642">
-        <v>169.402</v>
+        <v>167.339</v>
       </c>
       <c r="E642">
         <v>110.061</v>
       </c>
       <c r="F642">
         <v>547.594</v>
       </c>
       <c r="G642">
         <v>657.655</v>
       </c>
       <c r="H642">
-        <v>827.058</v>
+        <v>824.994</v>
       </c>
       <c r="I642">
-        <v>92.273</v>
+        <v>92.192</v>
       </c>
       <c r="J642">
         <v>4.368</v>
       </c>
       <c r="K642">
-        <v>96.642</v>
+        <v>96.56</v>
       </c>
       <c r="L642">
         <v>1211.283</v>
       </c>
       <c r="M642">
-        <v>2419.817</v>
+        <v>2417.672</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>109.722</v>
+        <v>110.756</v>
       </c>
       <c r="C643">
         <v>154.87</v>
       </c>
       <c r="D643">
-        <v>176.246</v>
+        <v>174.099</v>
       </c>
       <c r="E643">
         <v>116.398</v>
       </c>
       <c r="F643">
         <v>562.127</v>
       </c>
       <c r="G643">
         <v>678.524</v>
       </c>
       <c r="H643">
-        <v>854.77</v>
+        <v>852.623</v>
       </c>
       <c r="I643">
-        <v>103.772</v>
+        <v>103.728</v>
       </c>
       <c r="J643">
         <v>4.514</v>
       </c>
       <c r="K643">
-        <v>108.286</v>
+        <v>108.242</v>
       </c>
       <c r="L643">
         <v>1493.708</v>
       </c>
       <c r="M643">
-        <v>2721.356</v>
+        <v>2720.199</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>105.332</v>
       </c>
       <c r="C644">
         <v>153.74</v>
       </c>
       <c r="D644">
-        <v>177.392</v>
+        <v>175.155</v>
       </c>
       <c r="E644">
         <v>117.698</v>
       </c>
       <c r="F644">
         <v>576.577</v>
       </c>
       <c r="G644">
         <v>694.274</v>
       </c>
       <c r="H644">
-        <v>871.666</v>
+        <v>869.43</v>
       </c>
       <c r="I644">
-        <v>100.874</v>
+        <v>100.785</v>
       </c>
       <c r="J644">
         <v>4.514</v>
       </c>
       <c r="K644">
-        <v>105.388</v>
+        <v>105.299</v>
       </c>
       <c r="L644">
         <v>1409.233</v>
       </c>
       <c r="M644">
-        <v>2645.359</v>
+        <v>2643.034</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>111.793</v>
       </c>
       <c r="C645">
         <v>155.535</v>
       </c>
       <c r="D645">
-        <v>171.237</v>
+        <v>169.182</v>
       </c>
       <c r="E645">
         <v>112.515</v>
       </c>
       <c r="F645">
         <v>557.315</v>
       </c>
       <c r="G645">
         <v>669.83</v>
       </c>
       <c r="H645">
-        <v>841.067</v>
+        <v>839.013</v>
       </c>
       <c r="I645">
-        <v>92.53</v>
+        <v>92.448</v>
       </c>
       <c r="J645">
         <v>4.368</v>
       </c>
       <c r="K645">
-        <v>96.898</v>
+        <v>96.817</v>
       </c>
       <c r="L645">
         <v>1221.246</v>
       </c>
       <c r="M645">
-        <v>2426.539</v>
+        <v>2424.403</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>213.86</v>
+      </c>
+      <c r="C646">
+        <v>228.259</v>
+      </c>
+      <c r="D646">
+        <v>173.084</v>
+      </c>
+      <c r="E646">
+        <v>112.629</v>
+      </c>
+      <c r="F646">
+        <v>578.455</v>
+      </c>
+      <c r="G646">
+        <v>691.085</v>
+      </c>
+      <c r="H646">
+        <v>864.169</v>
+      </c>
+      <c r="I646">
+        <v>93.017</v>
+      </c>
+      <c r="J646">
+        <v>4.514</v>
+      </c>
+      <c r="K646">
+        <v>97.531</v>
+      </c>
+      <c r="L646">
+        <v>1035.501</v>
+      </c>
+      <c r="M646">
+        <v>2439.32</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>