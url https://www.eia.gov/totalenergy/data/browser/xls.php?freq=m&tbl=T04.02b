--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 4.2b Natural Gas Exports by Country</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Natural Gas Exports to Brazil</t>
   </si>
   <si>
     <t>Natural Gas Exports to Canada</t>
   </si>
   <si>
     <t>Natural Gas Exports to Chile</t>
   </si>
   <si>
     <t>Natural Gas Exports to China</t>
   </si>
   <si>
     <t>Natural Gas Exports to France</t>
   </si>
   <si>
     <t>Natural Gas Exports to India</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="41.561" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -28845,1168 +28845,1168 @@
       </c>
       <c r="K612">
         <v>33.847</v>
       </c>
       <c r="L612">
         <v>17.979</v>
       </c>
       <c r="M612">
         <v>69.332</v>
       </c>
       <c r="N612">
         <v>113.418</v>
       </c>
       <c r="O612">
         <v>598.601</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>0</v>
       </c>
       <c r="C613">
-        <v>105.422</v>
+        <v>105.45</v>
       </c>
       <c r="D613">
         <v>3.307</v>
       </c>
       <c r="E613">
         <v>17.896</v>
       </c>
       <c r="F613">
         <v>34.124</v>
       </c>
       <c r="G613">
         <v>6.956</v>
       </c>
       <c r="H613">
         <v>17.696</v>
       </c>
       <c r="I613">
         <v>169.38</v>
       </c>
       <c r="J613">
         <v>24.507</v>
       </c>
       <c r="K613">
         <v>13.987</v>
       </c>
       <c r="L613">
         <v>39.283</v>
       </c>
       <c r="M613">
         <v>63.032</v>
       </c>
       <c r="N613">
-        <v>113.05</v>
+        <v>113.015</v>
       </c>
       <c r="O613">
-        <v>608.64</v>
+        <v>608.633</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>0</v>
       </c>
       <c r="C614">
-        <v>95.691</v>
+        <v>95.72</v>
       </c>
       <c r="D614">
         <v>0</v>
       </c>
       <c r="E614">
         <v>2.565</v>
       </c>
       <c r="F614">
         <v>39.457</v>
       </c>
       <c r="G614">
         <v>14.064</v>
       </c>
       <c r="H614">
         <v>14.058</v>
       </c>
       <c r="I614">
         <v>152.913</v>
       </c>
       <c r="J614">
         <v>22.672</v>
       </c>
       <c r="K614">
         <v>32.138</v>
       </c>
       <c r="L614">
         <v>13.444</v>
       </c>
       <c r="M614">
         <v>71.702</v>
       </c>
       <c r="N614">
-        <v>116.1</v>
+        <v>116.067</v>
       </c>
       <c r="O614">
-        <v>574.806</v>
+        <v>574.802</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>1.334</v>
       </c>
       <c r="C615">
-        <v>106.185</v>
+        <v>106.226</v>
       </c>
       <c r="D615">
         <v>7.271</v>
       </c>
       <c r="E615">
         <v>5.132</v>
       </c>
       <c r="F615">
         <v>28.581</v>
       </c>
       <c r="G615">
         <v>10.23</v>
       </c>
       <c r="H615">
         <v>20.102</v>
       </c>
       <c r="I615">
         <v>180.8</v>
       </c>
       <c r="J615">
         <v>10.807</v>
       </c>
       <c r="K615">
         <v>38.096</v>
       </c>
       <c r="L615">
         <v>11.866</v>
       </c>
       <c r="M615">
         <v>70.499</v>
       </c>
       <c r="N615">
-        <v>159.518</v>
+        <v>159.481</v>
       </c>
       <c r="O615">
-        <v>650.421</v>
+        <v>650.425</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>3.598</v>
       </c>
       <c r="C616">
-        <v>75.681</v>
+        <v>75.719</v>
       </c>
       <c r="D616">
         <v>0</v>
       </c>
       <c r="E616">
         <v>3.426</v>
       </c>
       <c r="F616">
         <v>53.211</v>
       </c>
       <c r="G616">
         <v>14.585</v>
       </c>
       <c r="H616">
         <v>13.687</v>
       </c>
       <c r="I616">
         <v>169.237</v>
       </c>
       <c r="J616">
         <v>24.734</v>
       </c>
       <c r="K616">
         <v>13.68</v>
       </c>
       <c r="L616">
         <v>13.908</v>
       </c>
       <c r="M616">
         <v>75.836</v>
       </c>
       <c r="N616">
-        <v>159.149</v>
+        <v>159.113</v>
       </c>
       <c r="O616">
-        <v>620.732</v>
+        <v>620.735</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>4.196</v>
       </c>
       <c r="C617">
-        <v>77.991</v>
+        <v>78.031</v>
       </c>
       <c r="D617">
         <v>6.419</v>
       </c>
       <c r="E617">
         <v>6.593</v>
       </c>
       <c r="F617">
         <v>51.355</v>
       </c>
       <c r="G617">
         <v>7.14</v>
       </c>
       <c r="H617">
         <v>31.208</v>
       </c>
       <c r="I617">
         <v>193.649</v>
       </c>
       <c r="J617">
         <v>10.958</v>
       </c>
       <c r="K617">
         <v>12.266</v>
       </c>
       <c r="L617">
         <v>0</v>
       </c>
       <c r="M617">
         <v>25.242</v>
       </c>
       <c r="N617">
-        <v>211.401</v>
+        <v>211.365</v>
       </c>
       <c r="O617">
-        <v>638.419</v>
+        <v>638.422</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>8.628</v>
       </c>
       <c r="C618">
-        <v>75.337</v>
+        <v>75.372</v>
       </c>
       <c r="D618">
         <v>4.011</v>
       </c>
       <c r="E618">
         <v>20.261</v>
       </c>
       <c r="F618">
         <v>45.569</v>
       </c>
       <c r="G618">
         <v>14.488</v>
       </c>
       <c r="H618">
         <v>28.031</v>
       </c>
       <c r="I618">
         <v>204.149</v>
       </c>
       <c r="J618">
         <v>17.044</v>
       </c>
       <c r="K618">
         <v>12.274</v>
       </c>
       <c r="L618">
         <v>0</v>
       </c>
       <c r="M618">
         <v>0</v>
       </c>
       <c r="N618">
-        <v>177.552</v>
+        <v>177.517</v>
       </c>
       <c r="O618">
-        <v>607.342</v>
+        <v>607.343</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0</v>
       </c>
       <c r="C619">
-        <v>76.576</v>
+        <v>76.606</v>
       </c>
       <c r="D619">
         <v>7.144</v>
       </c>
       <c r="E619">
         <v>35.337</v>
       </c>
       <c r="F619">
         <v>20.589</v>
       </c>
       <c r="G619">
         <v>20.494</v>
       </c>
       <c r="H619">
         <v>44.016</v>
       </c>
       <c r="I619">
         <v>210.605</v>
       </c>
       <c r="J619">
         <v>16.462</v>
       </c>
       <c r="K619">
         <v>34.106</v>
       </c>
       <c r="L619">
         <v>0</v>
       </c>
       <c r="M619">
         <v>0</v>
       </c>
       <c r="N619">
-        <v>169.192</v>
+        <v>169.156</v>
       </c>
       <c r="O619">
-        <v>634.521</v>
+        <v>634.515</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>3.287</v>
       </c>
       <c r="C620">
-        <v>68.399</v>
+        <v>68.411</v>
       </c>
       <c r="D620">
         <v>3.065</v>
       </c>
       <c r="E620">
         <v>14.252</v>
       </c>
       <c r="F620">
         <v>34.332</v>
       </c>
       <c r="G620">
         <v>13.713</v>
       </c>
       <c r="H620">
         <v>31.302</v>
       </c>
       <c r="I620">
         <v>213.069</v>
       </c>
       <c r="J620">
         <v>34.932</v>
       </c>
       <c r="K620">
         <v>20.023</v>
       </c>
       <c r="L620">
         <v>0</v>
       </c>
       <c r="M620">
         <v>3.655</v>
       </c>
       <c r="N620">
-        <v>194.504</v>
+        <v>194.468</v>
       </c>
       <c r="O620">
-        <v>634.536</v>
+        <v>634.511</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>6.561</v>
       </c>
       <c r="C621">
-        <v>76.635</v>
+        <v>76.658</v>
       </c>
       <c r="D621">
         <v>0</v>
       </c>
       <c r="E621">
         <v>10.222</v>
       </c>
       <c r="F621">
         <v>32.016</v>
       </c>
       <c r="G621">
         <v>24.452</v>
       </c>
       <c r="H621">
         <v>33.375</v>
       </c>
       <c r="I621">
         <v>202.437</v>
       </c>
       <c r="J621">
         <v>24.112</v>
       </c>
       <c r="K621">
         <v>10.234</v>
       </c>
       <c r="L621">
         <v>3.531</v>
       </c>
       <c r="M621">
         <v>7.464</v>
       </c>
       <c r="N621">
-        <v>194.622</v>
+        <v>194.586</v>
       </c>
       <c r="O621">
-        <v>625.661</v>
+        <v>625.648</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>3.72</v>
       </c>
       <c r="C622">
-        <v>66.936</v>
+        <v>66.975</v>
       </c>
       <c r="D622">
         <v>0</v>
       </c>
       <c r="E622">
         <v>18.013</v>
       </c>
       <c r="F622">
         <v>54.072</v>
       </c>
       <c r="G622">
         <v>13.698</v>
       </c>
       <c r="H622">
         <v>24.357</v>
       </c>
       <c r="I622">
         <v>202.27</v>
       </c>
       <c r="J622">
         <v>28.224</v>
       </c>
       <c r="K622">
         <v>49.792</v>
       </c>
       <c r="L622">
         <v>4.507</v>
       </c>
       <c r="M622">
         <v>24.9</v>
       </c>
       <c r="N622">
-        <v>161.354</v>
+        <v>161.316</v>
       </c>
       <c r="O622">
-        <v>651.843</v>
+        <v>651.845</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>3.563</v>
       </c>
       <c r="C623">
-        <v>88.974</v>
+        <v>89.027</v>
       </c>
       <c r="D623">
         <v>0</v>
       </c>
       <c r="E623">
         <v>25.601</v>
       </c>
       <c r="F623">
         <v>58.907</v>
       </c>
       <c r="G623">
         <v>7.441</v>
       </c>
       <c r="H623">
         <v>24.896</v>
       </c>
       <c r="I623">
         <v>179.028</v>
       </c>
       <c r="J623">
         <v>26.14</v>
       </c>
       <c r="K623">
         <v>17.28</v>
       </c>
       <c r="L623">
         <v>27.56</v>
       </c>
       <c r="M623">
         <v>47.642</v>
       </c>
       <c r="N623">
-        <v>147.238</v>
+        <v>147.2</v>
       </c>
       <c r="O623">
-        <v>654.268</v>
+        <v>654.283</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>3.708</v>
       </c>
       <c r="C624">
-        <v>111.275</v>
+        <v>111.342</v>
       </c>
       <c r="D624">
         <v>0</v>
       </c>
       <c r="E624">
         <v>13.949</v>
       </c>
       <c r="F624">
         <v>40.692</v>
       </c>
       <c r="G624">
         <v>17.062</v>
       </c>
       <c r="H624">
         <v>27.461</v>
       </c>
       <c r="I624">
         <v>178.282</v>
       </c>
       <c r="J624">
         <v>35.187</v>
       </c>
       <c r="K624">
         <v>15.629</v>
       </c>
       <c r="L624">
         <v>42.304</v>
       </c>
       <c r="M624">
         <v>60.209</v>
       </c>
       <c r="N624">
-        <v>163.087</v>
+        <v>163.046</v>
       </c>
       <c r="O624">
-        <v>708.845</v>
+        <v>708.872</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>7.322</v>
       </c>
       <c r="C625">
         <v>92.171</v>
       </c>
       <c r="D625">
         <v>3.696</v>
       </c>
       <c r="E625">
         <v>7.944</v>
       </c>
       <c r="F625">
         <v>28.049</v>
       </c>
       <c r="G625">
         <v>10.685</v>
       </c>
       <c r="H625">
         <v>19.34</v>
       </c>
       <c r="I625">
         <v>188.189</v>
       </c>
       <c r="J625">
         <v>20.64</v>
       </c>
       <c r="K625">
         <v>38.812</v>
       </c>
       <c r="L625">
         <v>42.693</v>
       </c>
       <c r="M625">
         <v>42.928</v>
       </c>
       <c r="N625">
-        <v>171.486</v>
+        <v>171.527</v>
       </c>
       <c r="O625">
-        <v>673.956</v>
+        <v>673.998</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>6.18</v>
       </c>
       <c r="C626">
         <v>114.039</v>
       </c>
       <c r="D626">
         <v>3.522</v>
       </c>
       <c r="E626">
         <v>16.312</v>
       </c>
       <c r="F626">
         <v>49.363</v>
       </c>
       <c r="G626">
         <v>13.53</v>
       </c>
       <c r="H626">
         <v>22.827</v>
       </c>
       <c r="I626">
         <v>170.031</v>
       </c>
       <c r="J626">
         <v>16.193</v>
       </c>
       <c r="K626">
         <v>13.66</v>
       </c>
       <c r="L626">
         <v>20.454</v>
       </c>
       <c r="M626">
         <v>34.724</v>
       </c>
       <c r="N626">
-        <v>162.658</v>
+        <v>162.698</v>
       </c>
       <c r="O626">
-        <v>643.492</v>
+        <v>643.532</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>0</v>
       </c>
       <c r="C627">
         <v>115.666</v>
       </c>
       <c r="D627">
         <v>6.439</v>
       </c>
       <c r="E627">
         <v>17.376</v>
       </c>
       <c r="F627">
         <v>60.572</v>
       </c>
       <c r="G627">
         <v>13.842</v>
       </c>
       <c r="H627">
         <v>28.923</v>
       </c>
       <c r="I627">
         <v>182.437</v>
       </c>
       <c r="J627">
         <v>21.023</v>
       </c>
       <c r="K627">
         <v>21.849</v>
       </c>
       <c r="L627">
         <v>8.963</v>
       </c>
       <c r="M627">
         <v>13.663</v>
       </c>
       <c r="N627">
-        <v>177.193</v>
+        <v>177.235</v>
       </c>
       <c r="O627">
-        <v>667.947</v>
+        <v>667.989</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>1.364</v>
       </c>
       <c r="C628">
         <v>72.603</v>
       </c>
       <c r="D628">
         <v>5.441</v>
       </c>
       <c r="E628">
         <v>10.025</v>
       </c>
       <c r="F628">
         <v>37.672</v>
       </c>
       <c r="G628">
         <v>20.843</v>
       </c>
       <c r="H628">
         <v>22.227</v>
       </c>
       <c r="I628">
         <v>190.866</v>
       </c>
       <c r="J628">
         <v>17.457</v>
       </c>
       <c r="K628">
         <v>10.127</v>
       </c>
       <c r="L628">
         <v>3.057</v>
       </c>
       <c r="M628">
         <v>6.887</v>
       </c>
       <c r="N628">
-        <v>168.619</v>
+        <v>168.655</v>
       </c>
       <c r="O628">
-        <v>567.188</v>
+        <v>567.223</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>5.941</v>
       </c>
       <c r="C629">
         <v>66.605</v>
       </c>
       <c r="D629">
         <v>7.33</v>
       </c>
       <c r="E629">
         <v>25.863</v>
       </c>
       <c r="F629">
         <v>19.797</v>
       </c>
       <c r="G629">
         <v>45.269</v>
       </c>
       <c r="H629">
         <v>41.155</v>
       </c>
       <c r="I629">
         <v>215.293</v>
       </c>
       <c r="J629">
         <v>28.401</v>
       </c>
       <c r="K629">
         <v>8.399</v>
       </c>
       <c r="L629">
         <v>0</v>
       </c>
       <c r="M629">
         <v>7.1</v>
       </c>
       <c r="N629">
-        <v>175.209</v>
+        <v>175.249</v>
       </c>
       <c r="O629">
-        <v>646.363</v>
+        <v>646.403</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>14</v>
       </c>
       <c r="C630">
         <v>66.624</v>
       </c>
       <c r="D630">
         <v>7.101</v>
       </c>
       <c r="E630">
         <v>17.042</v>
       </c>
       <c r="F630">
         <v>6.63</v>
       </c>
       <c r="G630">
         <v>28.782</v>
       </c>
       <c r="H630">
         <v>27.862</v>
       </c>
       <c r="I630">
         <v>203.782</v>
       </c>
       <c r="J630">
         <v>44.575</v>
       </c>
       <c r="K630">
         <v>17.364</v>
       </c>
       <c r="L630">
         <v>0</v>
       </c>
       <c r="M630">
         <v>6.398</v>
       </c>
       <c r="N630">
-        <v>186.572</v>
+        <v>186.611</v>
       </c>
       <c r="O630">
-        <v>626.734</v>
+        <v>626.772</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>3.531</v>
       </c>
       <c r="C631">
         <v>66.389</v>
       </c>
       <c r="D631">
         <v>10.64</v>
       </c>
       <c r="E631">
         <v>29.7</v>
       </c>
       <c r="F631">
         <v>14.207</v>
       </c>
       <c r="G631">
         <v>25.113</v>
       </c>
       <c r="H631">
         <v>30.453</v>
       </c>
       <c r="I631">
         <v>217.884</v>
       </c>
       <c r="J631">
         <v>24.15</v>
       </c>
       <c r="K631">
         <v>14.712</v>
       </c>
       <c r="L631">
         <v>0</v>
       </c>
       <c r="M631">
         <v>3.703</v>
       </c>
       <c r="N631">
-        <v>167.608</v>
+        <v>167.645</v>
       </c>
       <c r="O631">
-        <v>608.089</v>
+        <v>608.126</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>16.737</v>
       </c>
       <c r="C632">
         <v>66.018</v>
       </c>
       <c r="D632">
         <v>3.695</v>
       </c>
       <c r="E632">
         <v>28.15</v>
       </c>
       <c r="F632">
         <v>8.293</v>
       </c>
       <c r="G632">
         <v>24.876</v>
       </c>
       <c r="H632">
         <v>30.289</v>
       </c>
       <c r="I632">
         <v>221.451</v>
       </c>
       <c r="J632">
         <v>42.728</v>
       </c>
       <c r="K632">
         <v>20.877</v>
       </c>
       <c r="L632">
         <v>0</v>
       </c>
       <c r="M632">
         <v>13.891</v>
       </c>
       <c r="N632">
-        <v>173.232</v>
+        <v>173.273</v>
       </c>
       <c r="O632">
-        <v>650.237</v>
+        <v>650.277</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>21.787</v>
       </c>
       <c r="C633">
         <v>69.751</v>
       </c>
       <c r="D633">
         <v>0</v>
       </c>
       <c r="E633">
         <v>31.621</v>
       </c>
       <c r="F633">
         <v>24.388</v>
       </c>
       <c r="G633">
         <v>31.99</v>
       </c>
       <c r="H633">
         <v>32.183</v>
       </c>
       <c r="I633">
         <v>205.542</v>
       </c>
       <c r="J633">
         <v>25.698</v>
       </c>
       <c r="K633">
         <v>14.107</v>
       </c>
       <c r="L633">
         <v>0</v>
       </c>
       <c r="M633">
         <v>3.575</v>
       </c>
       <c r="N633">
-        <v>177.628</v>
+        <v>177.668</v>
       </c>
       <c r="O633">
-        <v>638.271</v>
+        <v>638.31</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>13.494</v>
       </c>
       <c r="C634">
         <v>71.854</v>
       </c>
       <c r="D634">
         <v>0</v>
       </c>
       <c r="E634">
         <v>11.448</v>
       </c>
       <c r="F634">
         <v>39.63</v>
       </c>
       <c r="G634">
         <v>27.366</v>
       </c>
       <c r="H634">
         <v>30.025</v>
       </c>
       <c r="I634">
         <v>203.806</v>
       </c>
       <c r="J634">
         <v>21.279</v>
       </c>
       <c r="K634">
         <v>7.021</v>
       </c>
       <c r="L634">
         <v>24.106</v>
       </c>
       <c r="M634">
         <v>13.835</v>
       </c>
       <c r="N634">
-        <v>185.408</v>
+        <v>185.448</v>
       </c>
       <c r="O634">
-        <v>649.27</v>
+        <v>649.31</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>9.837</v>
       </c>
       <c r="C635">
-        <v>85.617</v>
+        <v>85.29</v>
       </c>
       <c r="D635">
         <v>2.434</v>
       </c>
       <c r="E635">
         <v>10.113</v>
       </c>
       <c r="F635">
         <v>23.601</v>
       </c>
       <c r="G635">
         <v>6.774</v>
       </c>
       <c r="H635">
         <v>27.725</v>
       </c>
       <c r="I635">
         <v>177.901</v>
       </c>
       <c r="J635">
         <v>16.211</v>
       </c>
       <c r="K635">
         <v>10.584</v>
       </c>
       <c r="L635">
         <v>47.445</v>
       </c>
       <c r="M635">
         <v>45.444</v>
       </c>
       <c r="N635">
-        <v>175.837</v>
+        <v>175.877</v>
       </c>
       <c r="O635">
-        <v>639.524</v>
+        <v>639.236</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>5.654</v>
       </c>
       <c r="C636">
-        <v>110.034</v>
+        <v>109.884</v>
       </c>
       <c r="D636">
         <v>6.095</v>
       </c>
       <c r="E636">
         <v>7.244</v>
       </c>
       <c r="F636">
         <v>42.622</v>
       </c>
       <c r="G636">
         <v>6.975</v>
       </c>
       <c r="H636">
         <v>22.934</v>
       </c>
       <c r="I636">
         <v>176.716</v>
       </c>
       <c r="J636">
         <v>10.877</v>
       </c>
       <c r="K636">
         <v>33.166</v>
       </c>
       <c r="L636">
         <v>68.55</v>
       </c>
       <c r="M636">
         <v>56.998</v>
       </c>
       <c r="N636">
-        <v>147.632</v>
+        <v>147.675</v>
       </c>
       <c r="O636">
-        <v>695.497</v>
+        <v>695.391</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0</v>
       </c>
       <c r="C637">
         <v>85.583</v>
       </c>
       <c r="D637">
         <v>3.336</v>
       </c>
       <c r="E637">
         <v>0</v>
       </c>
       <c r="F637">
         <v>49.61</v>
       </c>
       <c r="G637">
         <v>10.525</v>
       </c>
       <c r="H637">
@@ -30411,72 +30411,119 @@
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
         <v>6.898</v>
       </c>
       <c r="C646">
         <v>77.879</v>
       </c>
       <c r="D646">
         <v>0</v>
       </c>
       <c r="E646">
         <v>0</v>
       </c>
       <c r="F646">
         <v>51.548</v>
       </c>
       <c r="G646">
         <v>10.67</v>
       </c>
       <c r="H646">
-        <v>34.537</v>
+        <v>34.18</v>
       </c>
       <c r="I646">
-        <v>201.864</v>
+        <v>202.157</v>
       </c>
       <c r="J646">
         <v>26.651</v>
       </c>
       <c r="K646">
-        <v>39.299</v>
+        <v>39.655</v>
       </c>
       <c r="L646">
         <v>24.92</v>
       </c>
       <c r="M646">
         <v>32.428</v>
       </c>
       <c r="N646">
         <v>276.199</v>
       </c>
       <c r="O646">
-        <v>782.893</v>
+        <v>783.186</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>13.25</v>
+      </c>
+      <c r="C647">
+        <v>94.288</v>
+      </c>
+      <c r="D647">
+        <v>3.33</v>
+      </c>
+      <c r="E647">
+        <v>0</v>
+      </c>
+      <c r="F647">
+        <v>37.975</v>
+      </c>
+      <c r="G647">
+        <v>14.346</v>
+      </c>
+      <c r="H647">
+        <v>28.247</v>
+      </c>
+      <c r="I647">
+        <v>189.974</v>
+      </c>
+      <c r="J647">
+        <v>17.636</v>
+      </c>
+      <c r="K647">
+        <v>22.004</v>
+      </c>
+      <c r="L647">
+        <v>69.616</v>
+      </c>
+      <c r="M647">
+        <v>60.301</v>
+      </c>
+      <c r="N647">
+        <v>255.653</v>
+      </c>
+      <c r="O647">
+        <v>806.618</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -34093,131 +34140,131 @@
       </c>
       <c r="K86">
         <v>426.657</v>
       </c>
       <c r="L86">
         <v>192.067</v>
       </c>
       <c r="M86">
         <v>464.462</v>
       </c>
       <c r="N86">
         <v>1382.34</v>
       </c>
       <c r="O86">
         <v>6906.432</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>38.595</v>
       </c>
       <c r="C87">
-        <v>1025.102</v>
+        <v>1025.539</v>
       </c>
       <c r="D87">
         <v>31.217</v>
       </c>
       <c r="E87">
         <v>173.247</v>
       </c>
       <c r="F87">
         <v>492.906</v>
       </c>
       <c r="G87">
         <v>164.325</v>
       </c>
       <c r="H87">
         <v>310.19</v>
       </c>
       <c r="I87">
         <v>2255.818</v>
       </c>
       <c r="J87">
         <v>275.779</v>
       </c>
       <c r="K87">
         <v>269.504</v>
       </c>
       <c r="L87">
         <v>156.403</v>
       </c>
       <c r="M87">
         <v>450.181</v>
       </c>
       <c r="N87">
-        <v>1966.767</v>
+        <v>1966.33</v>
       </c>
       <c r="O87">
         <v>7610.034</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>105.846</v>
       </c>
       <c r="C88">
-        <v>997.372</v>
+        <v>996.895</v>
       </c>
       <c r="D88">
         <v>56.391</v>
       </c>
       <c r="E88">
         <v>212.837</v>
       </c>
       <c r="F88">
         <v>354.824</v>
       </c>
       <c r="G88">
         <v>256.045</v>
       </c>
       <c r="H88">
         <v>335.944</v>
       </c>
       <c r="I88">
         <v>2353.899</v>
       </c>
       <c r="J88">
         <v>289.232</v>
       </c>
       <c r="K88">
         <v>210.679</v>
       </c>
       <c r="L88">
         <v>215.268</v>
       </c>
       <c r="M88">
         <v>249.147</v>
       </c>
       <c r="N88">
-        <v>2069.083</v>
+        <v>2069.559</v>
       </c>
       <c r="O88">
         <v>7706.568</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>