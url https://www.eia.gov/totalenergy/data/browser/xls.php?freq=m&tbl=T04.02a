--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 4.2a Natural Gas Imports by Country</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Natural Gas Imports from Algeria</t>
   </si>
   <si>
     <t>Natural Gas Imports from Australia</t>
   </si>
   <si>
     <t>Natural Gas Imports from Canada</t>
   </si>
   <si>
     <t>Natural Gas Imports from Egypt</t>
   </si>
   <si>
     <t>Natural Gas Imports from Mexico</t>
   </si>
   <si>
     <t>Natural Gas Imports from Nigeria</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -29929,413 +29929,460 @@
       </c>
       <c r="L635">
         <v>0</v>
       </c>
       <c r="M635">
         <v>0</v>
       </c>
       <c r="N635">
         <v>0</v>
       </c>
       <c r="O635">
         <v>270.446</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>0</v>
       </c>
       <c r="C636">
         <v>0</v>
       </c>
       <c r="D636">
-        <v>307.511</v>
+        <v>307.628</v>
       </c>
       <c r="E636">
         <v>0</v>
       </c>
       <c r="F636">
         <v>0.166</v>
       </c>
       <c r="G636">
         <v>0</v>
       </c>
       <c r="H636">
         <v>0</v>
       </c>
       <c r="I636">
         <v>0</v>
       </c>
       <c r="J636">
         <v>0</v>
       </c>
       <c r="K636">
         <v>1.91</v>
       </c>
       <c r="L636">
         <v>0</v>
       </c>
       <c r="M636">
         <v>0</v>
       </c>
       <c r="N636">
-        <v>0.117</v>
+        <v>0</v>
       </c>
       <c r="O636">
         <v>309.704</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0</v>
       </c>
       <c r="C637">
         <v>0</v>
       </c>
       <c r="D637">
-        <v>334.162</v>
+        <v>334.275</v>
       </c>
       <c r="E637">
         <v>0</v>
       </c>
       <c r="F637">
         <v>0.02</v>
       </c>
       <c r="G637">
         <v>0</v>
       </c>
       <c r="H637">
         <v>0</v>
       </c>
       <c r="I637">
         <v>0</v>
       </c>
       <c r="J637">
         <v>0</v>
       </c>
       <c r="K637">
         <v>1.389</v>
       </c>
       <c r="L637">
         <v>0</v>
       </c>
       <c r="M637">
         <v>0</v>
       </c>
       <c r="N637">
-        <v>0.113</v>
+        <v>0</v>
       </c>
       <c r="O637">
         <v>335.685</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>0</v>
       </c>
       <c r="C638">
         <v>0</v>
       </c>
       <c r="D638">
-        <v>295.464</v>
+        <v>295.521</v>
       </c>
       <c r="E638">
         <v>0</v>
       </c>
       <c r="F638">
         <v>0.018</v>
       </c>
       <c r="G638">
         <v>0</v>
       </c>
       <c r="H638">
         <v>0</v>
       </c>
       <c r="I638">
         <v>0</v>
       </c>
       <c r="J638">
         <v>0</v>
       </c>
       <c r="K638">
         <v>0</v>
       </c>
       <c r="L638">
         <v>0</v>
       </c>
       <c r="M638">
         <v>0</v>
       </c>
       <c r="N638">
-        <v>0.058</v>
+        <v>0</v>
       </c>
       <c r="O638">
         <v>295.54</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>0</v>
       </c>
       <c r="C639">
         <v>0</v>
       </c>
       <c r="D639">
-        <v>262.945</v>
+        <v>263.099</v>
       </c>
       <c r="E639">
         <v>0</v>
       </c>
       <c r="F639">
         <v>0.02</v>
       </c>
       <c r="G639">
         <v>0</v>
       </c>
       <c r="H639">
         <v>0</v>
       </c>
       <c r="I639">
         <v>0</v>
       </c>
       <c r="J639">
         <v>0</v>
       </c>
       <c r="K639">
         <v>0</v>
       </c>
       <c r="L639">
         <v>0</v>
       </c>
       <c r="M639">
         <v>0</v>
       </c>
       <c r="N639">
-        <v>0.156</v>
+        <v>0.001</v>
       </c>
       <c r="O639">
         <v>263.12</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>0</v>
       </c>
       <c r="C640">
         <v>0</v>
       </c>
       <c r="D640">
-        <v>236.107</v>
+        <v>236.239</v>
       </c>
       <c r="E640">
         <v>0</v>
       </c>
       <c r="F640">
         <v>0.019</v>
       </c>
       <c r="G640">
         <v>0</v>
       </c>
       <c r="H640">
         <v>0</v>
       </c>
       <c r="I640">
         <v>0</v>
       </c>
       <c r="J640">
         <v>0</v>
       </c>
       <c r="K640">
         <v>0</v>
       </c>
       <c r="L640">
         <v>0</v>
       </c>
       <c r="M640">
         <v>0</v>
       </c>
       <c r="N640">
-        <v>0.132</v>
+        <v>0</v>
       </c>
       <c r="O640">
         <v>236.258</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>0</v>
       </c>
       <c r="C641">
         <v>0</v>
       </c>
       <c r="D641">
-        <v>240.3</v>
+        <v>240.49</v>
       </c>
       <c r="E641">
         <v>0</v>
       </c>
       <c r="F641">
         <v>0.02</v>
       </c>
       <c r="G641">
         <v>0</v>
       </c>
       <c r="H641">
         <v>0</v>
       </c>
       <c r="I641">
         <v>0</v>
       </c>
       <c r="J641">
         <v>0</v>
       </c>
       <c r="K641">
         <v>0</v>
       </c>
       <c r="L641">
         <v>0</v>
       </c>
       <c r="M641">
         <v>0</v>
       </c>
       <c r="N641">
-        <v>0.19</v>
+        <v>0</v>
       </c>
       <c r="O641">
         <v>240.509</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>0</v>
       </c>
       <c r="C642">
         <v>0</v>
       </c>
       <c r="D642">
-        <v>246.25</v>
+        <v>246.417</v>
       </c>
       <c r="E642">
         <v>0</v>
       </c>
       <c r="F642">
         <v>0.019</v>
       </c>
       <c r="G642">
         <v>0</v>
       </c>
       <c r="H642">
         <v>0</v>
       </c>
       <c r="I642">
         <v>0</v>
       </c>
       <c r="J642">
         <v>0</v>
       </c>
       <c r="K642">
         <v>0</v>
       </c>
       <c r="L642">
         <v>0</v>
       </c>
       <c r="M642">
         <v>0</v>
       </c>
       <c r="N642">
-        <v>0.167</v>
+        <v>0</v>
       </c>
       <c r="O642">
         <v>246.436</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>0</v>
       </c>
       <c r="C643">
         <v>0</v>
       </c>
       <c r="D643">
-        <v>257.592</v>
+        <v>257.841</v>
       </c>
       <c r="E643">
         <v>0</v>
       </c>
       <c r="F643">
         <v>0.021</v>
       </c>
       <c r="G643">
         <v>0</v>
       </c>
       <c r="H643">
         <v>0</v>
       </c>
       <c r="I643">
         <v>0</v>
       </c>
       <c r="J643">
         <v>0</v>
       </c>
       <c r="K643">
         <v>0</v>
       </c>
       <c r="L643">
         <v>0</v>
       </c>
       <c r="M643">
         <v>0</v>
       </c>
       <c r="N643">
-        <v>0.248</v>
+        <v>-0.001</v>
       </c>
       <c r="O643">
         <v>257.86</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>0</v>
+      </c>
+      <c r="C644">
+        <v>0</v>
+      </c>
+      <c r="D644">
+        <v>237.759</v>
+      </c>
+      <c r="E644">
+        <v>0</v>
+      </c>
+      <c r="F644">
+        <v>0.02</v>
+      </c>
+      <c r="G644">
+        <v>0</v>
+      </c>
+      <c r="H644">
+        <v>0</v>
+      </c>
+      <c r="I644">
+        <v>0</v>
+      </c>
+      <c r="J644">
+        <v>0</v>
+      </c>
+      <c r="K644">
+        <v>0</v>
+      </c>
+      <c r="L644">
+        <v>0</v>
+      </c>
+      <c r="M644">
+        <v>0</v>
+      </c>
+      <c r="N644">
+        <v>0</v>
+      </c>
+      <c r="O644">
+        <v>237.779</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -34002,81 +34049,81 @@
       </c>
       <c r="L87">
         <v>0</v>
       </c>
       <c r="M87">
         <v>0</v>
       </c>
       <c r="N87">
         <v>1.26</v>
       </c>
       <c r="O87">
         <v>2928.175</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>0</v>
       </c>
       <c r="C88">
         <v>0</v>
       </c>
       <c r="D88">
-        <v>3128.783</v>
+        <v>3128.9</v>
       </c>
       <c r="E88">
         <v>0</v>
       </c>
       <c r="F88">
         <v>0.452</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
         <v>5.037</v>
       </c>
       <c r="I88">
         <v>0</v>
       </c>
       <c r="J88">
         <v>0</v>
       </c>
       <c r="K88">
         <v>10.444</v>
       </c>
       <c r="L88">
         <v>0</v>
       </c>
       <c r="M88">
         <v>0</v>
       </c>
       <c r="N88">
-        <v>0.129</v>
+        <v>0.012</v>
       </c>
       <c r="O88">
         <v>3144.844</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>