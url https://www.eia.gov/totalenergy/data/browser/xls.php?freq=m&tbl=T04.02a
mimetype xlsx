--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 4.2a Natural Gas Imports by Country</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Natural Gas Imports from Algeria</t>
   </si>
   <si>
     <t>Natural Gas Imports from Australia</t>
   </si>
   <si>
     <t>Natural Gas Imports from Canada</t>
   </si>
   <si>
     <t>Natural Gas Imports from Egypt</t>
   </si>
   <si>
     <t>Natural Gas Imports from Mexico</t>
   </si>
   <si>
     <t>Natural Gas Imports from Nigeria</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -28878,1135 +28878,1135 @@
       <c r="F613">
         <v>0.147</v>
       </c>
       <c r="G613">
         <v>0</v>
       </c>
       <c r="H613">
         <v>0</v>
       </c>
       <c r="I613">
         <v>0</v>
       </c>
       <c r="J613">
         <v>0</v>
       </c>
       <c r="K613">
         <v>1.329</v>
       </c>
       <c r="L613">
         <v>0</v>
       </c>
       <c r="M613">
         <v>0</v>
       </c>
       <c r="N613">
-        <v>1.237</v>
+        <v>1.259</v>
       </c>
       <c r="O613">
-        <v>275.207</v>
+        <v>275.23</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>0</v>
       </c>
       <c r="C614">
         <v>0</v>
       </c>
       <c r="D614">
         <v>239.321</v>
       </c>
       <c r="E614">
         <v>0</v>
       </c>
       <c r="F614">
         <v>0.617</v>
       </c>
       <c r="G614">
         <v>0</v>
       </c>
       <c r="H614">
         <v>0</v>
       </c>
       <c r="I614">
         <v>0</v>
       </c>
       <c r="J614">
         <v>0</v>
       </c>
       <c r="K614">
         <v>3.992</v>
       </c>
       <c r="L614">
         <v>0</v>
       </c>
       <c r="M614">
         <v>0</v>
       </c>
       <c r="N614">
-        <v>-0.02</v>
+        <v>0</v>
       </c>
       <c r="O614">
-        <v>243.911</v>
+        <v>243.931</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>0</v>
       </c>
       <c r="C615">
         <v>0</v>
       </c>
       <c r="D615">
-        <v>248.17</v>
+        <v>248.11</v>
       </c>
       <c r="E615">
         <v>0</v>
       </c>
       <c r="F615">
         <v>0.024</v>
       </c>
       <c r="G615">
         <v>0</v>
       </c>
       <c r="H615">
         <v>0</v>
       </c>
       <c r="I615">
         <v>0</v>
       </c>
       <c r="J615">
         <v>0</v>
       </c>
       <c r="K615">
         <v>1.324</v>
       </c>
       <c r="L615">
         <v>0</v>
       </c>
       <c r="M615">
         <v>0</v>
       </c>
       <c r="N615">
-        <v>-0.019</v>
+        <v>0.001</v>
       </c>
       <c r="O615">
-        <v>249.499</v>
+        <v>249.459</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>0</v>
       </c>
       <c r="C616">
         <v>0</v>
       </c>
       <c r="D616">
-        <v>220.364</v>
+        <v>220.297</v>
       </c>
       <c r="E616">
         <v>0</v>
       </c>
       <c r="F616">
         <v>0.023</v>
       </c>
       <c r="G616">
         <v>0</v>
       </c>
       <c r="H616">
         <v>0</v>
       </c>
       <c r="I616">
         <v>0</v>
       </c>
       <c r="J616">
         <v>0</v>
       </c>
       <c r="K616">
         <v>0</v>
       </c>
       <c r="L616">
         <v>0</v>
       </c>
       <c r="M616">
         <v>0</v>
       </c>
       <c r="N616">
-        <v>-0.018</v>
+        <v>0</v>
       </c>
       <c r="O616">
-        <v>220.37</v>
+        <v>220.32</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>0</v>
       </c>
       <c r="C617">
         <v>0</v>
       </c>
       <c r="D617">
-        <v>214.752</v>
+        <v>214.717</v>
       </c>
       <c r="E617">
         <v>0</v>
       </c>
       <c r="F617">
         <v>0.023</v>
       </c>
       <c r="G617">
         <v>0</v>
       </c>
       <c r="H617">
         <v>0</v>
       </c>
       <c r="I617">
         <v>0</v>
       </c>
       <c r="J617">
         <v>0</v>
       </c>
       <c r="K617">
         <v>1.37</v>
       </c>
       <c r="L617">
         <v>0</v>
       </c>
       <c r="M617">
         <v>0</v>
       </c>
       <c r="N617">
-        <v>-0.017</v>
+        <v>0</v>
       </c>
       <c r="O617">
-        <v>216.127</v>
+        <v>216.111</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>0</v>
       </c>
       <c r="C618">
         <v>0</v>
       </c>
       <c r="D618">
-        <v>231.534</v>
+        <v>231.459</v>
       </c>
       <c r="E618">
         <v>0</v>
       </c>
       <c r="F618">
         <v>0.021</v>
       </c>
       <c r="G618">
         <v>0</v>
       </c>
       <c r="H618">
         <v>0</v>
       </c>
       <c r="I618">
         <v>0</v>
       </c>
       <c r="J618">
         <v>0</v>
       </c>
       <c r="K618">
         <v>0</v>
       </c>
       <c r="L618">
         <v>0</v>
       </c>
       <c r="M618">
         <v>0</v>
       </c>
       <c r="N618">
-        <v>-0.019</v>
+        <v>0.001</v>
       </c>
       <c r="O618">
-        <v>231.536</v>
+        <v>231.481</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0</v>
       </c>
       <c r="C619">
         <v>0</v>
       </c>
       <c r="D619">
-        <v>254.814</v>
+        <v>254.813</v>
       </c>
       <c r="E619">
         <v>0</v>
       </c>
       <c r="F619">
         <v>0.022</v>
       </c>
       <c r="G619">
         <v>0</v>
       </c>
       <c r="H619">
         <v>0</v>
       </c>
       <c r="I619">
         <v>0</v>
       </c>
       <c r="J619">
         <v>0</v>
       </c>
       <c r="K619">
         <v>1.257</v>
       </c>
       <c r="L619">
         <v>0</v>
       </c>
       <c r="M619">
         <v>0</v>
       </c>
       <c r="N619">
-        <v>-0.021</v>
+        <v>0.001</v>
       </c>
       <c r="O619">
-        <v>256.072</v>
+        <v>256.093</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>0</v>
       </c>
       <c r="C620">
         <v>0</v>
       </c>
       <c r="D620">
         <v>246.413</v>
       </c>
       <c r="E620">
         <v>0</v>
       </c>
       <c r="F620">
         <v>0.022</v>
       </c>
       <c r="G620">
         <v>0</v>
       </c>
       <c r="H620">
         <v>0</v>
       </c>
       <c r="I620">
         <v>0</v>
       </c>
       <c r="J620">
         <v>0</v>
       </c>
       <c r="K620">
         <v>0</v>
       </c>
       <c r="L620">
         <v>0</v>
       </c>
       <c r="M620">
         <v>0</v>
       </c>
       <c r="N620">
-        <v>-0.02</v>
+        <v>0</v>
       </c>
       <c r="O620">
-        <v>246.415</v>
+        <v>246.435</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>0</v>
       </c>
       <c r="C621">
         <v>0</v>
       </c>
       <c r="D621">
-        <v>229.987</v>
+        <v>229.986</v>
       </c>
       <c r="E621">
         <v>0</v>
       </c>
       <c r="F621">
         <v>0.021</v>
       </c>
       <c r="G621">
         <v>0</v>
       </c>
       <c r="H621">
         <v>0</v>
       </c>
       <c r="I621">
         <v>0</v>
       </c>
       <c r="J621">
         <v>0</v>
       </c>
       <c r="K621">
         <v>0</v>
       </c>
       <c r="L621">
         <v>0</v>
       </c>
       <c r="M621">
         <v>0</v>
       </c>
       <c r="N621">
-        <v>-0.019</v>
+        <v>0.001</v>
       </c>
       <c r="O621">
-        <v>229.99</v>
+        <v>230.008</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>0</v>
       </c>
       <c r="C622">
         <v>0</v>
       </c>
       <c r="D622">
         <v>230.946</v>
       </c>
       <c r="E622">
         <v>0</v>
       </c>
       <c r="F622">
         <v>0.023</v>
       </c>
       <c r="G622">
         <v>0</v>
       </c>
       <c r="H622">
         <v>0</v>
       </c>
       <c r="I622">
         <v>0</v>
       </c>
       <c r="J622">
         <v>0</v>
       </c>
       <c r="K622">
         <v>0</v>
       </c>
       <c r="L622">
         <v>0</v>
       </c>
       <c r="M622">
         <v>0</v>
       </c>
       <c r="N622">
-        <v>-0.019</v>
+        <v>0</v>
       </c>
       <c r="O622">
-        <v>230.951</v>
+        <v>230.969</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>0</v>
       </c>
       <c r="C623">
         <v>0</v>
       </c>
       <c r="D623">
         <v>251.021</v>
       </c>
       <c r="E623">
         <v>0</v>
       </c>
       <c r="F623">
         <v>0.021</v>
       </c>
       <c r="G623">
         <v>0</v>
       </c>
       <c r="H623">
         <v>0</v>
       </c>
       <c r="I623">
         <v>0</v>
       </c>
       <c r="J623">
         <v>0</v>
       </c>
       <c r="K623">
         <v>0</v>
       </c>
       <c r="L623">
         <v>0</v>
       </c>
       <c r="M623">
         <v>0</v>
       </c>
       <c r="N623">
-        <v>-0.02</v>
+        <v>0</v>
       </c>
       <c r="O623">
-        <v>251.022</v>
+        <v>251.042</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>0</v>
       </c>
       <c r="C624">
         <v>0</v>
       </c>
       <c r="D624">
-        <v>274.182</v>
+        <v>274.179</v>
       </c>
       <c r="E624">
         <v>0</v>
       </c>
       <c r="F624">
         <v>0.022</v>
       </c>
       <c r="G624">
         <v>0</v>
       </c>
       <c r="H624">
         <v>0</v>
       </c>
       <c r="I624">
         <v>0</v>
       </c>
       <c r="J624">
         <v>0</v>
       </c>
       <c r="K624">
         <v>2.657</v>
       </c>
       <c r="L624">
         <v>0</v>
       </c>
       <c r="M624">
         <v>0</v>
       </c>
       <c r="N624">
-        <v>-0.022</v>
+        <v>0.003</v>
       </c>
       <c r="O624">
-        <v>276.838</v>
+        <v>276.86</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>0</v>
       </c>
       <c r="C625">
         <v>0</v>
       </c>
       <c r="D625">
         <v>318.746</v>
       </c>
       <c r="E625">
         <v>0</v>
       </c>
       <c r="F625">
         <v>0.023</v>
       </c>
       <c r="G625">
         <v>0</v>
       </c>
       <c r="H625">
         <v>2.937</v>
       </c>
       <c r="I625">
         <v>0</v>
       </c>
       <c r="J625">
         <v>0</v>
       </c>
       <c r="K625">
         <v>1.291</v>
       </c>
       <c r="L625">
         <v>0</v>
       </c>
       <c r="M625">
         <v>0</v>
       </c>
       <c r="N625">
-        <v>-0.03</v>
+        <v>0</v>
       </c>
       <c r="O625">
-        <v>322.967</v>
+        <v>322.997</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>0</v>
       </c>
       <c r="C626">
         <v>0</v>
       </c>
       <c r="D626">
         <v>255.647</v>
       </c>
       <c r="E626">
         <v>0</v>
       </c>
       <c r="F626">
         <v>0.02</v>
       </c>
       <c r="G626">
         <v>0</v>
       </c>
       <c r="H626">
         <v>0</v>
       </c>
       <c r="I626">
         <v>0</v>
       </c>
       <c r="J626">
         <v>0</v>
       </c>
       <c r="K626">
         <v>2.62</v>
       </c>
       <c r="L626">
         <v>0</v>
       </c>
       <c r="M626">
         <v>0</v>
       </c>
       <c r="N626">
-        <v>-0.022</v>
+        <v>0.003</v>
       </c>
       <c r="O626">
-        <v>258.266</v>
+        <v>258.29</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>0</v>
       </c>
       <c r="C627">
         <v>0</v>
       </c>
       <c r="D627">
         <v>238.77</v>
       </c>
       <c r="E627">
         <v>0</v>
       </c>
       <c r="F627">
         <v>0.021</v>
       </c>
       <c r="G627">
         <v>0</v>
       </c>
       <c r="H627">
         <v>0</v>
       </c>
       <c r="I627">
         <v>0</v>
       </c>
       <c r="J627">
         <v>0</v>
       </c>
       <c r="K627">
         <v>4.622</v>
       </c>
       <c r="L627">
         <v>0</v>
       </c>
       <c r="M627">
         <v>0</v>
       </c>
       <c r="N627">
-        <v>-0.023</v>
+        <v>0</v>
       </c>
       <c r="O627">
-        <v>243.39</v>
+        <v>243.413</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>0</v>
       </c>
       <c r="C628">
         <v>0</v>
       </c>
       <c r="D628">
         <v>221.889</v>
       </c>
       <c r="E628">
         <v>0</v>
       </c>
       <c r="F628">
         <v>0.02</v>
       </c>
       <c r="G628">
         <v>0</v>
       </c>
       <c r="H628">
         <v>0</v>
       </c>
       <c r="I628">
         <v>0</v>
       </c>
       <c r="J628">
         <v>0</v>
       </c>
       <c r="K628">
         <v>0</v>
       </c>
       <c r="L628">
         <v>0</v>
       </c>
       <c r="M628">
         <v>0</v>
       </c>
       <c r="N628">
-        <v>-0.018</v>
+        <v>0.003</v>
       </c>
       <c r="O628">
-        <v>221.891</v>
+        <v>221.912</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>0</v>
       </c>
       <c r="C629">
         <v>0</v>
       </c>
       <c r="D629">
         <v>238.448</v>
       </c>
       <c r="E629">
         <v>0</v>
       </c>
       <c r="F629">
         <v>0.02</v>
       </c>
       <c r="G629">
         <v>0</v>
       </c>
       <c r="H629">
         <v>0</v>
       </c>
       <c r="I629">
         <v>0</v>
       </c>
       <c r="J629">
         <v>0</v>
       </c>
       <c r="K629">
         <v>0</v>
       </c>
       <c r="L629">
         <v>0</v>
       </c>
       <c r="M629">
         <v>0</v>
       </c>
       <c r="N629">
-        <v>-0.021</v>
+        <v>0.002</v>
       </c>
       <c r="O629">
-        <v>238.448</v>
+        <v>238.47</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>0</v>
       </c>
       <c r="C630">
         <v>0</v>
       </c>
       <c r="D630">
         <v>246.727</v>
       </c>
       <c r="E630">
         <v>0</v>
       </c>
       <c r="F630">
         <v>0.02</v>
       </c>
       <c r="G630">
         <v>0</v>
       </c>
       <c r="H630">
         <v>0</v>
       </c>
       <c r="I630">
         <v>0</v>
       </c>
       <c r="J630">
         <v>0</v>
       </c>
       <c r="K630">
         <v>0</v>
       </c>
       <c r="L630">
         <v>0</v>
       </c>
       <c r="M630">
         <v>0</v>
       </c>
       <c r="N630">
-        <v>-0.023</v>
+        <v>0</v>
       </c>
       <c r="O630">
-        <v>246.724</v>
+        <v>246.747</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>0</v>
       </c>
       <c r="C631">
         <v>0</v>
       </c>
       <c r="D631">
         <v>271.422</v>
       </c>
       <c r="E631">
         <v>0</v>
       </c>
       <c r="F631">
         <v>0.021</v>
       </c>
       <c r="G631">
         <v>0</v>
       </c>
       <c r="H631">
         <v>0</v>
       </c>
       <c r="I631">
         <v>0</v>
       </c>
       <c r="J631">
         <v>0</v>
       </c>
       <c r="K631">
         <v>0</v>
       </c>
       <c r="L631">
         <v>0</v>
       </c>
       <c r="M631">
         <v>0</v>
       </c>
       <c r="N631">
-        <v>-0.025</v>
+        <v>0</v>
       </c>
       <c r="O631">
-        <v>271.418</v>
+        <v>271.444</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>0</v>
       </c>
       <c r="C632">
         <v>0</v>
       </c>
       <c r="D632">
         <v>260.811</v>
       </c>
       <c r="E632">
         <v>0</v>
       </c>
       <c r="F632">
         <v>0.079</v>
       </c>
       <c r="G632">
         <v>0</v>
       </c>
       <c r="H632">
         <v>0</v>
       </c>
       <c r="I632">
         <v>0</v>
       </c>
       <c r="J632">
         <v>0</v>
       </c>
       <c r="K632">
         <v>0</v>
       </c>
       <c r="L632">
         <v>0</v>
       </c>
       <c r="M632">
         <v>0</v>
       </c>
       <c r="N632">
-        <v>-0.024</v>
+        <v>0.001</v>
       </c>
       <c r="O632">
-        <v>260.866</v>
+        <v>260.891</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>0</v>
       </c>
       <c r="C633">
         <v>0</v>
       </c>
       <c r="D633">
         <v>244.44</v>
       </c>
       <c r="E633">
         <v>0</v>
       </c>
       <c r="F633">
         <v>0.021</v>
       </c>
       <c r="G633">
         <v>0</v>
       </c>
       <c r="H633">
         <v>2.1</v>
       </c>
       <c r="I633">
         <v>0</v>
       </c>
       <c r="J633">
         <v>0</v>
       </c>
       <c r="K633">
         <v>0</v>
       </c>
       <c r="L633">
         <v>0</v>
       </c>
       <c r="M633">
         <v>0</v>
       </c>
       <c r="N633">
-        <v>-0.022</v>
+        <v>0.002</v>
       </c>
       <c r="O633">
-        <v>246.54</v>
+        <v>246.564</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>0</v>
       </c>
       <c r="C634">
         <v>0</v>
       </c>
       <c r="D634">
         <v>253.945</v>
       </c>
       <c r="E634">
         <v>0</v>
       </c>
       <c r="F634">
         <v>0.021</v>
       </c>
       <c r="G634">
         <v>0</v>
       </c>
       <c r="H634">
         <v>0</v>
       </c>
       <c r="I634">
         <v>0</v>
       </c>
       <c r="J634">
         <v>0</v>
       </c>
       <c r="K634">
         <v>0</v>
       </c>
       <c r="L634">
         <v>0</v>
       </c>
       <c r="M634">
         <v>0</v>
       </c>
       <c r="N634">
-        <v>-0.023</v>
+        <v>0.001</v>
       </c>
       <c r="O634">
-        <v>253.943</v>
+        <v>253.967</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>0</v>
       </c>
       <c r="C635">
         <v>0</v>
       </c>
       <c r="D635">
-        <v>270.425</v>
+        <v>270.418</v>
       </c>
       <c r="E635">
         <v>0</v>
       </c>
       <c r="F635">
         <v>0.02</v>
       </c>
       <c r="G635">
         <v>0</v>
       </c>
       <c r="H635">
         <v>0</v>
       </c>
       <c r="I635">
         <v>0</v>
       </c>
       <c r="J635">
         <v>0</v>
       </c>
       <c r="K635">
         <v>0</v>
       </c>
       <c r="L635">
         <v>0</v>
       </c>
       <c r="M635">
         <v>0</v>
       </c>
       <c r="N635">
-        <v>-0.026</v>
+        <v>0</v>
       </c>
       <c r="O635">
-        <v>270.42</v>
+        <v>270.439</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>0</v>
       </c>
       <c r="C636">
         <v>0</v>
       </c>
       <c r="D636">
-        <v>307.628</v>
+        <v>307.337</v>
       </c>
       <c r="E636">
         <v>0</v>
       </c>
       <c r="F636">
         <v>0.166</v>
       </c>
       <c r="G636">
         <v>0</v>
       </c>
       <c r="H636">
         <v>0</v>
       </c>
       <c r="I636">
         <v>0</v>
       </c>
       <c r="J636">
         <v>0</v>
       </c>
       <c r="K636">
         <v>1.91</v>
       </c>
       <c r="L636">
         <v>0</v>
       </c>
       <c r="M636">
         <v>0</v>
       </c>
       <c r="N636">
-        <v>-0.029</v>
+        <v>0</v>
       </c>
       <c r="O636">
-        <v>309.674</v>
+        <v>309.413</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0</v>
       </c>
       <c r="C637">
         <v>0</v>
       </c>
       <c r="D637">
         <v>334.275</v>
       </c>
       <c r="E637">
         <v>0</v>
       </c>
       <c r="F637">
         <v>0.02</v>
       </c>
       <c r="G637">
         <v>0</v>
       </c>
       <c r="H637">
@@ -30023,98 +30023,98 @@
       </c>
       <c r="L637">
         <v>0</v>
       </c>
       <c r="M637">
         <v>0</v>
       </c>
       <c r="N637">
         <v>0</v>
       </c>
       <c r="O637">
         <v>335.685</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>0</v>
       </c>
       <c r="C638">
         <v>0</v>
       </c>
       <c r="D638">
-        <v>295.521</v>
+        <v>295.522</v>
       </c>
       <c r="E638">
         <v>0</v>
       </c>
       <c r="F638">
         <v>0.018</v>
       </c>
       <c r="G638">
         <v>0</v>
       </c>
       <c r="H638">
         <v>0</v>
       </c>
       <c r="I638">
         <v>0</v>
       </c>
       <c r="J638">
         <v>0</v>
       </c>
       <c r="K638">
         <v>0</v>
       </c>
       <c r="L638">
         <v>0</v>
       </c>
       <c r="M638">
         <v>0</v>
       </c>
       <c r="N638">
         <v>0</v>
       </c>
       <c r="O638">
         <v>295.54</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>0</v>
       </c>
       <c r="C639">
         <v>0</v>
       </c>
       <c r="D639">
-        <v>263.099</v>
+        <v>263.1</v>
       </c>
       <c r="E639">
         <v>0</v>
       </c>
       <c r="F639">
         <v>0.02</v>
       </c>
       <c r="G639">
         <v>0</v>
       </c>
       <c r="H639">
         <v>0</v>
       </c>
       <c r="I639">
         <v>0</v>
       </c>
       <c r="J639">
         <v>0</v>
       </c>
       <c r="K639">
         <v>0</v>
       </c>
       <c r="L639">
         <v>0</v>
       </c>
@@ -30258,81 +30258,81 @@
       </c>
       <c r="L642">
         <v>0</v>
       </c>
       <c r="M642">
         <v>0</v>
       </c>
       <c r="N642">
         <v>0</v>
       </c>
       <c r="O642">
         <v>246.436</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>0</v>
       </c>
       <c r="C643">
         <v>0</v>
       </c>
       <c r="D643">
-        <v>257.841</v>
+        <v>257.84</v>
       </c>
       <c r="E643">
         <v>0</v>
       </c>
       <c r="F643">
         <v>0.021</v>
       </c>
       <c r="G643">
         <v>0</v>
       </c>
       <c r="H643">
         <v>0</v>
       </c>
       <c r="I643">
         <v>0</v>
       </c>
       <c r="J643">
         <v>0</v>
       </c>
       <c r="K643">
         <v>0</v>
       </c>
       <c r="L643">
         <v>0</v>
       </c>
       <c r="M643">
         <v>0</v>
       </c>
       <c r="N643">
-        <v>-0.001</v>
+        <v>0</v>
       </c>
       <c r="O643">
         <v>257.86</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>0</v>
       </c>
       <c r="C644">
         <v>0</v>
       </c>
       <c r="D644">
         <v>237.759</v>
       </c>
       <c r="E644">
         <v>0</v>
       </c>
       <c r="F644">
         <v>0.02</v>
       </c>
       <c r="G644">
@@ -30352,131 +30352,178 @@
       </c>
       <c r="L644">
         <v>0</v>
       </c>
       <c r="M644">
         <v>0</v>
       </c>
       <c r="N644">
         <v>0</v>
       </c>
       <c r="O644">
         <v>237.779</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>0</v>
       </c>
       <c r="C645">
         <v>0</v>
       </c>
       <c r="D645">
-        <v>222.866</v>
+        <v>222.867</v>
       </c>
       <c r="E645">
         <v>0</v>
       </c>
       <c r="F645">
         <v>0.019</v>
       </c>
       <c r="G645">
         <v>0</v>
       </c>
       <c r="H645">
         <v>0</v>
       </c>
       <c r="I645">
         <v>0</v>
       </c>
       <c r="J645">
         <v>0</v>
       </c>
       <c r="K645">
         <v>2.87</v>
       </c>
       <c r="L645">
         <v>0</v>
       </c>
       <c r="M645">
         <v>0</v>
       </c>
       <c r="N645">
-        <v>0.001</v>
+        <v>0</v>
       </c>
       <c r="O645">
         <v>225.756</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
         <v>0</v>
       </c>
       <c r="C646">
         <v>0</v>
       </c>
       <c r="D646">
-        <v>231.573</v>
+        <v>232.712</v>
       </c>
       <c r="E646">
         <v>0</v>
       </c>
       <c r="F646">
         <v>0.019</v>
       </c>
       <c r="G646">
         <v>0</v>
       </c>
       <c r="H646">
         <v>0</v>
       </c>
       <c r="I646">
         <v>0</v>
       </c>
       <c r="J646">
         <v>0</v>
       </c>
       <c r="K646">
         <v>0</v>
       </c>
       <c r="L646">
         <v>0</v>
       </c>
       <c r="M646">
         <v>0</v>
       </c>
       <c r="N646">
         <v>0</v>
       </c>
       <c r="O646">
-        <v>231.592</v>
+        <v>232.731</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>0</v>
+      </c>
+      <c r="C647">
+        <v>0</v>
+      </c>
+      <c r="D647">
+        <v>264.279</v>
+      </c>
+      <c r="E647">
+        <v>0</v>
+      </c>
+      <c r="F647">
+        <v>0.02</v>
+      </c>
+      <c r="G647">
+        <v>0</v>
+      </c>
+      <c r="H647">
+        <v>0</v>
+      </c>
+      <c r="I647">
+        <v>0</v>
+      </c>
+      <c r="J647">
+        <v>0</v>
+      </c>
+      <c r="K647">
+        <v>0</v>
+      </c>
+      <c r="L647">
+        <v>0</v>
+      </c>
+      <c r="M647">
+        <v>0</v>
+      </c>
+      <c r="N647">
+        <v>0</v>
+      </c>
+      <c r="O647">
+        <v>264.3</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -34096,128 +34143,128 @@
       </c>
       <c r="L86">
         <v>0</v>
       </c>
       <c r="M86">
         <v>0</v>
       </c>
       <c r="N86">
         <v>0.002</v>
       </c>
       <c r="O86">
         <v>3024.143</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>0</v>
       </c>
       <c r="C87">
         <v>0</v>
       </c>
       <c r="D87">
-        <v>2913.999</v>
+        <v>2913.757</v>
       </c>
       <c r="E87">
         <v>0</v>
       </c>
       <c r="F87">
         <v>0.986</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>0</v>
       </c>
       <c r="I87">
         <v>0</v>
       </c>
       <c r="J87">
         <v>0</v>
       </c>
       <c r="K87">
         <v>11.929</v>
       </c>
       <c r="L87">
         <v>0</v>
       </c>
       <c r="M87">
         <v>0</v>
       </c>
       <c r="N87">
-        <v>1.024</v>
+        <v>1.266</v>
       </c>
       <c r="O87">
         <v>2927.939</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>0</v>
       </c>
       <c r="C88">
         <v>0</v>
       </c>
       <c r="D88">
-        <v>3128.9</v>
+        <v>3128.602</v>
       </c>
       <c r="E88">
         <v>0</v>
       </c>
       <c r="F88">
         <v>0.452</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
         <v>5.037</v>
       </c>
       <c r="I88">
         <v>0</v>
       </c>
       <c r="J88">
         <v>0</v>
       </c>
       <c r="K88">
         <v>10.444</v>
       </c>
       <c r="L88">
         <v>0</v>
       </c>
       <c r="M88">
         <v>0</v>
       </c>
       <c r="N88">
-        <v>-0.286</v>
+        <v>0.012</v>
       </c>
       <c r="O88">
         <v>3144.546</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>