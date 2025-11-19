--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 4.1 Natural Gas Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Natural Gas Gross Withdrawals</t>
   </si>
   <si>
     <t>Natural Gas Marketed Production (Wet)</t>
   </si>
   <si>
     <t>NGPL Production</t>
   </si>
   <si>
     <t>Natural Gas Production (Dry)</t>
   </si>
   <si>
     <t>Supplemental Gaseous Fuels</t>
   </si>
   <si>
     <t>Natural Gas Imports</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="38.419" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -24263,127 +24263,127 @@
       </c>
       <c r="K634">
         <v>-39.48</v>
       </c>
       <c r="L634">
         <v>2436.261</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>3785.867</v>
       </c>
       <c r="C635">
         <v>3403.596</v>
       </c>
       <c r="D635">
         <v>313.808</v>
       </c>
       <c r="E635">
         <v>3089.788</v>
       </c>
       <c r="F635">
-        <v>9.405</v>
+        <v>9.404</v>
       </c>
       <c r="G635">
         <v>270.446</v>
       </c>
       <c r="H635">
         <v>639.563</v>
       </c>
       <c r="I635">
         <v>-369.117</v>
       </c>
       <c r="J635">
         <v>23.165</v>
       </c>
       <c r="K635">
-        <v>-37.147</v>
+        <v>-37.146</v>
       </c>
       <c r="L635">
         <v>2716.094</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>3991.732</v>
       </c>
       <c r="C636">
         <v>3590.448</v>
       </c>
       <c r="D636">
         <v>317.508</v>
       </c>
       <c r="E636">
         <v>3272.94</v>
       </c>
       <c r="F636">
         <v>12.265</v>
       </c>
       <c r="G636">
         <v>309.704</v>
       </c>
       <c r="H636">
         <v>695.54</v>
       </c>
       <c r="I636">
         <v>-385.837</v>
       </c>
       <c r="J636">
-        <v>476.169</v>
+        <v>476.172</v>
       </c>
       <c r="K636">
-        <v>-14.114</v>
+        <v>-14.118</v>
       </c>
       <c r="L636">
         <v>3361.424</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>3932.656</v>
       </c>
       <c r="C637">
         <v>3533.69</v>
       </c>
       <c r="D637">
         <v>298.146</v>
       </c>
       <c r="E637">
         <v>3235.544</v>
       </c>
       <c r="F637">
-        <v>13.815</v>
+        <v>13.816</v>
       </c>
       <c r="G637">
         <v>335.685</v>
       </c>
       <c r="H637">
         <v>694.304</v>
       </c>
       <c r="I637">
         <v>-358.62</v>
       </c>
       <c r="J637">
         <v>1009.54</v>
       </c>
       <c r="K637">
         <v>30.839</v>
       </c>
       <c r="L637">
         <v>3931.119</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
@@ -24453,145 +24453,183 @@
       </c>
       <c r="K639">
         <v>-45.593</v>
       </c>
       <c r="L639">
         <v>2757.581</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>3905.771</v>
       </c>
       <c r="C640">
         <v>3527.726</v>
       </c>
       <c r="D640">
         <v>316.844</v>
       </c>
       <c r="E640">
         <v>3210.882</v>
       </c>
       <c r="F640">
-        <v>9.407</v>
+        <v>9.406</v>
       </c>
       <c r="G640">
         <v>236.258</v>
       </c>
       <c r="H640">
         <v>725.061</v>
       </c>
       <c r="I640">
         <v>-488.803</v>
       </c>
       <c r="J640">
         <v>-304.265</v>
       </c>
       <c r="K640">
-        <v>-36.026</v>
+        <v>-36.025</v>
       </c>
       <c r="L640">
         <v>2391.196</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>4033.538</v>
+        <v>4023.659</v>
       </c>
       <c r="C641">
-        <v>3649.059</v>
+        <v>3639.248</v>
       </c>
       <c r="D641">
         <v>333.537</v>
       </c>
       <c r="E641">
-        <v>3315.522</v>
+        <v>3305.711</v>
       </c>
       <c r="F641">
-        <v>8.528</v>
+        <v>8.499</v>
       </c>
       <c r="G641">
         <v>240.509</v>
       </c>
       <c r="H641">
-        <v>736.382</v>
+        <v>735.679</v>
       </c>
       <c r="I641">
-        <v>-495.873</v>
+        <v>-495.169</v>
       </c>
       <c r="J641">
         <v>-497.262</v>
       </c>
       <c r="K641">
-        <v>-18.413</v>
+        <v>-9.764</v>
       </c>
       <c r="L641">
-        <v>2312.502</v>
+        <v>2312.015</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>3898.662</v>
+        <v>3895.479</v>
       </c>
       <c r="C642">
-        <v>3543.078</v>
+        <v>3539.908</v>
       </c>
       <c r="D642">
         <v>322.312</v>
       </c>
       <c r="E642">
-        <v>3220.765</v>
+        <v>3217.595</v>
       </c>
       <c r="F642">
-        <v>7.11</v>
+        <v>7.799</v>
       </c>
       <c r="G642">
-        <v>246.57</v>
+        <v>246.436</v>
       </c>
       <c r="H642">
         <v>691.196</v>
       </c>
       <c r="I642">
-        <v>-444.627</v>
+        <v>-444.761</v>
       </c>
       <c r="J642">
-        <v>-355.26</v>
+        <v>-355.008</v>
       </c>
       <c r="K642">
-        <v>-4.777</v>
+        <v>-2.572</v>
       </c>
       <c r="L642">
-        <v>2423.212</v>
+        <v>2423.055</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>4015.717</v>
+      </c>
+      <c r="C643">
+        <v>3685.304</v>
+      </c>
+      <c r="D643">
+        <v>337.529</v>
+      </c>
+      <c r="E643">
+        <v>3347.775</v>
+      </c>
+      <c r="F643">
+        <v>9.657</v>
+      </c>
+      <c r="G643">
+        <v>257.86</v>
+      </c>
+      <c r="H643">
+        <v>719.164</v>
+      </c>
+      <c r="I643">
+        <v>-461.304</v>
+      </c>
+      <c r="J643">
+        <v>-151.371</v>
+      </c>
+      <c r="K643">
+        <v>-7.772</v>
+      </c>
+      <c r="L643">
+        <v>2736.986</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -27568,66 +27606,66 @@
       </c>
       <c r="K87">
         <v>-53.494</v>
       </c>
       <c r="L87">
         <v>32630.027</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>45868.259</v>
       </c>
       <c r="C88">
         <v>41424.952</v>
       </c>
       <c r="D88">
         <v>3658.347</v>
       </c>
       <c r="E88">
         <v>37766.605</v>
       </c>
       <c r="F88">
-        <v>120.272</v>
+        <v>120.271</v>
       </c>
       <c r="G88">
         <v>3144.844</v>
       </c>
       <c r="H88">
         <v>7707.045</v>
       </c>
       <c r="I88">
         <v>-4562.2</v>
       </c>
       <c r="J88">
-        <v>4.645</v>
+        <v>4.648</v>
       </c>
       <c r="K88">
-        <v>-224.713</v>
+        <v>-224.716</v>
       </c>
       <c r="L88">
         <v>33104.609</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>