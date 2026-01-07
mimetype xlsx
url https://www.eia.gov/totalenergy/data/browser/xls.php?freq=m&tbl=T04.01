--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 4.1 Natural Gas Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Natural Gas Gross Withdrawals</t>
   </si>
   <si>
     <t>Natural Gas Marketed Production (Wet)</t>
   </si>
   <si>
     <t>NGPL Production</t>
   </si>
   <si>
     <t>Natural Gas Production (Dry)</t>
   </si>
   <si>
     <t>Supplemental Gaseous Fuels</t>
   </si>
   <si>
     <t>Natural Gas Imports</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="38.419" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -23415,1221 +23415,1297 @@
       </c>
       <c r="G612">
         <v>292.94</v>
       </c>
       <c r="H612">
         <v>598.601</v>
       </c>
       <c r="I612">
         <v>-305.661</v>
       </c>
       <c r="J612">
         <v>588.207</v>
       </c>
       <c r="K612">
         <v>-24.697</v>
       </c>
       <c r="L612">
         <v>3378.941</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
-        <v>3839.714</v>
+        <v>3826.971</v>
       </c>
       <c r="C613">
-        <v>3446.816</v>
+        <v>3434.107</v>
       </c>
       <c r="D613">
-        <v>283.375</v>
+        <v>283.287</v>
       </c>
       <c r="E613">
-        <v>3163.441</v>
+        <v>3150.819</v>
       </c>
       <c r="F613">
-        <v>9.765</v>
+        <v>7.218</v>
       </c>
       <c r="G613">
-        <v>275.23</v>
+        <v>275.207</v>
       </c>
       <c r="H613">
-        <v>608.605</v>
+        <v>608.64</v>
       </c>
       <c r="I613">
-        <v>-333.376</v>
+        <v>-333.433</v>
       </c>
       <c r="J613">
         <v>466.455</v>
       </c>
       <c r="K613">
-        <v>13.134</v>
+        <v>74.573</v>
       </c>
       <c r="L613">
-        <v>3319.42</v>
+        <v>3365.633</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
-        <v>3459.166</v>
+        <v>3447.686</v>
       </c>
       <c r="C614">
-        <v>3105.273</v>
+        <v>3093.823</v>
       </c>
       <c r="D614">
-        <v>255.295</v>
+        <v>255.217</v>
       </c>
       <c r="E614">
-        <v>2849.977</v>
+        <v>2838.606</v>
       </c>
       <c r="F614">
-        <v>8.798</v>
+        <v>6.503</v>
       </c>
       <c r="G614">
-        <v>243.931</v>
+        <v>243.911</v>
       </c>
       <c r="H614">
-        <v>574.773</v>
+        <v>574.806</v>
       </c>
       <c r="I614">
-        <v>-330.842</v>
+        <v>-330.895</v>
       </c>
       <c r="J614">
         <v>408.59</v>
       </c>
       <c r="K614">
-        <v>24.276</v>
+        <v>79.173</v>
       </c>
       <c r="L614">
-        <v>2960.799</v>
+        <v>3001.977</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
-        <v>3859.161</v>
+        <v>3846.353</v>
       </c>
       <c r="C615">
-        <v>3486.246</v>
+        <v>3473.392</v>
       </c>
       <c r="D615">
-        <v>286.617</v>
+        <v>286.528</v>
       </c>
       <c r="E615">
-        <v>3199.63</v>
+        <v>3186.863</v>
       </c>
       <c r="F615">
-        <v>9.877</v>
+        <v>7.301</v>
       </c>
       <c r="G615">
-        <v>249.519</v>
+        <v>249.499</v>
       </c>
       <c r="H615">
-        <v>650.384</v>
+        <v>650.421</v>
       </c>
       <c r="I615">
-        <v>-400.865</v>
+        <v>-400.923</v>
       </c>
       <c r="J615">
         <v>230.695</v>
       </c>
       <c r="K615">
-        <v>-8.042</v>
+        <v>48.965</v>
       </c>
       <c r="L615">
-        <v>3031.294</v>
+        <v>3072.902</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
-        <v>3718.823</v>
+        <v>3706.48</v>
       </c>
       <c r="C616">
-        <v>3343.907</v>
+        <v>3331.577</v>
       </c>
       <c r="D616">
-        <v>274.914</v>
+        <v>274.829</v>
       </c>
       <c r="E616">
-        <v>3068.993</v>
+        <v>3056.748</v>
       </c>
       <c r="F616">
-        <v>9.474</v>
+        <v>7.003</v>
       </c>
       <c r="G616">
-        <v>220.387</v>
+        <v>220.37</v>
       </c>
       <c r="H616">
-        <v>620.697</v>
+        <v>620.732</v>
       </c>
       <c r="I616">
-        <v>-400.309</v>
+        <v>-400.363</v>
       </c>
       <c r="J616">
         <v>-274.922</v>
       </c>
       <c r="K616">
-        <v>19.379</v>
+        <v>66.869</v>
       </c>
       <c r="L616">
-        <v>2422.614</v>
+        <v>2455.335</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
-        <v>3871.172</v>
+        <v>3858.324</v>
       </c>
       <c r="C617">
-        <v>3495.761</v>
+        <v>3482.871</v>
       </c>
       <c r="D617">
-        <v>287.399</v>
+        <v>287.31</v>
       </c>
       <c r="E617">
-        <v>3208.362</v>
+        <v>3195.561</v>
       </c>
       <c r="F617">
-        <v>9.904</v>
+        <v>7.321</v>
       </c>
       <c r="G617">
-        <v>216.145</v>
+        <v>216.127</v>
       </c>
       <c r="H617">
-        <v>638.382</v>
+        <v>638.419</v>
       </c>
       <c r="I617">
-        <v>-422.237</v>
+        <v>-422.291</v>
       </c>
       <c r="J617">
         <v>-460.925</v>
       </c>
       <c r="K617">
-        <v>-21.148</v>
+        <v>25.24</v>
       </c>
       <c r="L617">
-        <v>2313.955</v>
+        <v>2344.906</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
-        <v>3726.179</v>
+        <v>3713.812</v>
       </c>
       <c r="C618">
-        <v>3370.699</v>
+        <v>3358.27</v>
       </c>
       <c r="D618">
-        <v>277.117</v>
+        <v>277.031</v>
       </c>
       <c r="E618">
-        <v>3093.582</v>
+        <v>3081.239</v>
       </c>
       <c r="F618">
-        <v>9.55</v>
+        <v>7.059</v>
       </c>
       <c r="G618">
-        <v>231.555</v>
+        <v>231.536</v>
       </c>
       <c r="H618">
-        <v>607.307</v>
+        <v>607.342</v>
       </c>
       <c r="I618">
-        <v>-375.753</v>
+        <v>-375.806</v>
       </c>
       <c r="J618">
         <v>-350.849</v>
       </c>
       <c r="K618">
-        <v>-6.174</v>
+        <v>40.727</v>
       </c>
       <c r="L618">
-        <v>2370.356</v>
+        <v>2402.37</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
-        <v>3821.355</v>
+        <v>3808.672</v>
       </c>
       <c r="C619">
-        <v>3490.469</v>
+        <v>3477.598</v>
       </c>
       <c r="D619">
-        <v>286.964</v>
+        <v>286.875</v>
       </c>
       <c r="E619">
-        <v>3203.505</v>
+        <v>3190.723</v>
       </c>
       <c r="F619">
-        <v>9.889</v>
+        <v>7.31</v>
       </c>
       <c r="G619">
-        <v>256.093</v>
+        <v>256.072</v>
       </c>
       <c r="H619">
-        <v>634.485</v>
+        <v>634.521</v>
       </c>
       <c r="I619">
-        <v>-378.392</v>
+        <v>-378.449</v>
       </c>
       <c r="J619">
         <v>-138.735</v>
       </c>
       <c r="K619">
-        <v>-20.435</v>
+        <v>31.655</v>
       </c>
       <c r="L619">
-        <v>2675.831</v>
+        <v>2712.504</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
-        <v>3831.593</v>
+        <v>3818.876</v>
       </c>
       <c r="C620">
-        <v>3514.82</v>
+        <v>3501.86</v>
       </c>
       <c r="D620">
-        <v>288.966</v>
+        <v>288.876</v>
       </c>
       <c r="E620">
-        <v>3225.854</v>
+        <v>3212.983</v>
       </c>
       <c r="F620">
-        <v>9.958</v>
+        <v>7.361</v>
       </c>
       <c r="G620">
-        <v>246.435</v>
+        <v>246.415</v>
       </c>
       <c r="H620">
-        <v>634.499</v>
+        <v>634.536</v>
       </c>
       <c r="I620">
-        <v>-388.064</v>
+        <v>-388.12</v>
       </c>
       <c r="J620">
         <v>-138.806</v>
       </c>
       <c r="K620">
-        <v>-21.183</v>
+        <v>31.066</v>
       </c>
       <c r="L620">
-        <v>2687.759</v>
+        <v>2724.483</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
-        <v>3743.533</v>
+        <v>3731.109</v>
       </c>
       <c r="C621">
-        <v>3405.47</v>
+        <v>3392.913</v>
       </c>
       <c r="D621">
-        <v>279.976</v>
+        <v>279.889</v>
       </c>
       <c r="E621">
-        <v>3125.494</v>
+        <v>3113.024</v>
       </c>
       <c r="F621">
-        <v>9.648</v>
+        <v>7.132</v>
       </c>
       <c r="G621">
-        <v>230.008</v>
+        <v>229.99</v>
       </c>
       <c r="H621">
-        <v>625.625</v>
+        <v>625.661</v>
       </c>
       <c r="I621">
-        <v>-395.616</v>
+        <v>-395.671</v>
       </c>
       <c r="J621">
         <v>-330.656</v>
       </c>
       <c r="K621">
-        <v>-19.69</v>
+        <v>27.517</v>
       </c>
       <c r="L621">
-        <v>2389.18</v>
+        <v>2421.346</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
-        <v>3889.75</v>
+        <v>3876.84</v>
       </c>
       <c r="C622">
-        <v>3514.879</v>
+        <v>3501.919</v>
       </c>
       <c r="D622">
-        <v>288.971</v>
+        <v>288.881</v>
       </c>
       <c r="E622">
-        <v>3225.909</v>
+        <v>3213.038</v>
       </c>
       <c r="F622">
-        <v>9.958</v>
+        <v>7.361</v>
       </c>
       <c r="G622">
-        <v>230.969</v>
+        <v>230.951</v>
       </c>
       <c r="H622">
-        <v>651.805</v>
+        <v>651.843</v>
       </c>
       <c r="I622">
-        <v>-420.836</v>
+        <v>-420.892</v>
       </c>
       <c r="J622">
         <v>-328.408</v>
       </c>
       <c r="K622">
-        <v>-40.565</v>
+        <v>7.769</v>
       </c>
       <c r="L622">
-        <v>2446.058</v>
+        <v>2478.867</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
-        <v>3822.485</v>
+        <v>3809.798</v>
       </c>
       <c r="C623">
-        <v>3450.139</v>
+        <v>3437.418</v>
       </c>
       <c r="D623">
-        <v>283.648</v>
+        <v>283.56</v>
       </c>
       <c r="E623">
-        <v>3166.491</v>
+        <v>3153.857</v>
       </c>
       <c r="F623">
-        <v>9.775</v>
+        <v>7.225</v>
       </c>
       <c r="G623">
-        <v>251.042</v>
+        <v>251.022</v>
       </c>
       <c r="H623">
-        <v>654.23</v>
+        <v>654.268</v>
       </c>
       <c r="I623">
-        <v>-403.188</v>
+        <v>-403.246</v>
       </c>
       <c r="J623">
         <v>70.201</v>
       </c>
       <c r="K623">
-        <v>-13.898</v>
+        <v>40.061</v>
       </c>
       <c r="L623">
-        <v>2829.381</v>
+        <v>2868.099</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
-        <v>3967.918</v>
+        <v>3954.749</v>
       </c>
       <c r="C624">
-        <v>3565.133</v>
+        <v>3551.988</v>
       </c>
       <c r="D624">
-        <v>293.102</v>
+        <v>293.012</v>
       </c>
       <c r="E624">
-        <v>3272.031</v>
+        <v>3258.976</v>
       </c>
       <c r="F624">
-        <v>10.1</v>
+        <v>7.466</v>
       </c>
       <c r="G624">
-        <v>276.86</v>
+        <v>276.838</v>
       </c>
       <c r="H624">
-        <v>708.805</v>
+        <v>708.845</v>
       </c>
       <c r="I624">
-        <v>-431.944</v>
+        <v>-432.007</v>
       </c>
       <c r="J624">
         <v>292.342</v>
       </c>
       <c r="K624">
-        <v>40.851</v>
+        <v>100.492</v>
       </c>
       <c r="L624">
-        <v>3183.38</v>
+        <v>3227.268</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>3871.729</v>
+        <v>3871.687</v>
       </c>
       <c r="C625">
-        <v>3478.424</v>
+        <v>3474.976</v>
       </c>
       <c r="D625">
-        <v>272.089</v>
+        <v>272.135</v>
       </c>
       <c r="E625">
-        <v>3206.334</v>
+        <v>3202.796</v>
       </c>
       <c r="F625">
-        <v>11.992</v>
+        <v>9.582</v>
       </c>
       <c r="G625">
-        <v>322.997</v>
+        <v>322.967</v>
       </c>
       <c r="H625">
-        <v>673.998</v>
+        <v>673.956</v>
       </c>
       <c r="I625">
-        <v>-351.001</v>
+        <v>-350.989</v>
       </c>
       <c r="J625">
-        <v>844.367</v>
+        <v>1019.688</v>
       </c>
       <c r="K625">
-        <v>19.175</v>
+        <v>-99.457</v>
       </c>
       <c r="L625">
-        <v>3730.868</v>
+        <v>3781.62</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>3723.104</v>
+        <v>3723.064</v>
       </c>
       <c r="C626">
-        <v>3347.813</v>
+        <v>3344.495</v>
       </c>
       <c r="D626">
-        <v>276.649</v>
+        <v>276.696</v>
       </c>
       <c r="E626">
-        <v>3071.164</v>
+        <v>3067.775</v>
       </c>
       <c r="F626">
-        <v>10.063</v>
+        <v>8.041</v>
       </c>
       <c r="G626">
-        <v>258.29</v>
+        <v>258.266</v>
       </c>
       <c r="H626">
-        <v>643.532</v>
+        <v>643.492</v>
       </c>
       <c r="I626">
-        <v>-385.242</v>
+        <v>-385.226</v>
       </c>
       <c r="J626">
-        <v>262.715</v>
+        <v>317.264</v>
       </c>
       <c r="K626">
-        <v>17.989</v>
+        <v>4.186</v>
       </c>
       <c r="L626">
-        <v>2976.689</v>
+        <v>3012.038</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>3880.213</v>
+        <v>3880.171</v>
       </c>
       <c r="C627">
-        <v>3486.197</v>
+        <v>3482.741</v>
       </c>
       <c r="D627">
-        <v>305.664</v>
+        <v>305.715</v>
       </c>
       <c r="E627">
-        <v>3180.533</v>
+        <v>3177.023</v>
       </c>
       <c r="F627">
-        <v>10.32</v>
+        <v>8.246</v>
       </c>
       <c r="G627">
-        <v>243.413</v>
+        <v>243.39</v>
       </c>
       <c r="H627">
-        <v>667.989</v>
+        <v>667.947</v>
       </c>
       <c r="I627">
-        <v>-424.576</v>
+        <v>-424.557</v>
       </c>
       <c r="J627">
-        <v>46.062</v>
+        <v>55.626</v>
       </c>
       <c r="K627">
-        <v>-6.451</v>
+        <v>24.47</v>
       </c>
       <c r="L627">
-        <v>2805.888</v>
+        <v>2840.807</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>3716.254</v>
+        <v>3716.214</v>
       </c>
       <c r="C628">
-        <v>3351.969</v>
+        <v>3348.647</v>
       </c>
       <c r="D628">
-        <v>301.482</v>
+        <v>301.532</v>
       </c>
       <c r="E628">
-        <v>3050.488</v>
+        <v>3047.121</v>
       </c>
       <c r="F628">
-        <v>9.765</v>
+        <v>7.803</v>
       </c>
       <c r="G628">
-        <v>221.912</v>
+        <v>221.891</v>
       </c>
       <c r="H628">
-        <v>567.223</v>
+        <v>567.188</v>
       </c>
       <c r="I628">
-        <v>-345.311</v>
+        <v>-345.297</v>
       </c>
       <c r="J628">
-        <v>-256.014</v>
+        <v>-309.172</v>
       </c>
       <c r="K628">
-        <v>-55.574</v>
+        <v>35.352</v>
       </c>
       <c r="L628">
-        <v>2403.354</v>
+        <v>2435.807</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>3834.338</v>
+        <v>3834.297</v>
       </c>
       <c r="C629">
-        <v>3461.412</v>
+        <v>3457.982</v>
       </c>
       <c r="D629">
-        <v>314.869</v>
+        <v>314.922</v>
       </c>
       <c r="E629">
-        <v>3146.543</v>
+        <v>3143.071</v>
       </c>
       <c r="F629">
-        <v>9.876</v>
+        <v>7.891</v>
       </c>
       <c r="G629">
-        <v>238.47</v>
+        <v>238.448</v>
       </c>
       <c r="H629">
-        <v>646.403</v>
+        <v>646.363</v>
       </c>
       <c r="I629">
-        <v>-407.933</v>
+        <v>-407.915</v>
       </c>
       <c r="J629">
-        <v>-362.533</v>
+        <v>-437.808</v>
       </c>
       <c r="K629">
-        <v>-46.291</v>
+        <v>69.655</v>
       </c>
       <c r="L629">
-        <v>2339.662</v>
+        <v>2374.894</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>3731.414</v>
+        <v>3731.374</v>
       </c>
       <c r="C630">
-        <v>3385.539</v>
+        <v>3382.183</v>
       </c>
       <c r="D630">
-        <v>302.439</v>
+        <v>302.49</v>
       </c>
       <c r="E630">
-        <v>3083.1</v>
+        <v>3079.698</v>
       </c>
       <c r="F630">
-        <v>8.899</v>
+        <v>7.11</v>
       </c>
       <c r="G630">
-        <v>246.747</v>
+        <v>246.724</v>
       </c>
       <c r="H630">
-        <v>626.772</v>
+        <v>626.734</v>
       </c>
       <c r="I630">
-        <v>-380.025</v>
+        <v>-380.01</v>
       </c>
       <c r="J630">
-        <v>-253.573</v>
+        <v>-306.224</v>
       </c>
       <c r="K630">
-        <v>-21.314</v>
+        <v>65.008</v>
       </c>
       <c r="L630">
-        <v>2437.086</v>
+        <v>2465.582</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>3889.585</v>
+        <v>3889.543</v>
       </c>
       <c r="C631">
-        <v>3535.9</v>
+        <v>3532.395</v>
       </c>
       <c r="D631">
-        <v>308.219</v>
+        <v>308.271</v>
       </c>
       <c r="E631">
-        <v>3227.681</v>
+        <v>3224.119</v>
       </c>
       <c r="F631">
-        <v>10.49</v>
+        <v>8.382</v>
       </c>
       <c r="G631">
-        <v>271.444</v>
+        <v>271.418</v>
       </c>
       <c r="H631">
-        <v>608.126</v>
+        <v>608.089</v>
       </c>
       <c r="I631">
-        <v>-336.683</v>
+        <v>-336.671</v>
       </c>
       <c r="J631">
-        <v>-119.539</v>
+        <v>-144.36</v>
       </c>
       <c r="K631">
-        <v>-29.484</v>
+        <v>33.108</v>
       </c>
       <c r="L631">
-        <v>2752.466</v>
+        <v>2784.579</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>3849.811</v>
+        <v>3849.769</v>
       </c>
       <c r="C632">
-        <v>3507.813</v>
+        <v>3504.336</v>
       </c>
       <c r="D632">
-        <v>313.266</v>
+        <v>313.319</v>
       </c>
       <c r="E632">
-        <v>3194.547</v>
+        <v>3191.022</v>
       </c>
       <c r="F632">
-        <v>10.042</v>
+        <v>8.023</v>
       </c>
       <c r="G632">
-        <v>260.891</v>
+        <v>260.866</v>
       </c>
       <c r="H632">
-        <v>650.277</v>
+        <v>650.237</v>
       </c>
       <c r="I632">
-        <v>-389.387</v>
+        <v>-389.371</v>
       </c>
       <c r="J632">
-        <v>-78.622</v>
+        <v>-94.946</v>
       </c>
       <c r="K632">
-        <v>-14.725</v>
+        <v>49.072</v>
       </c>
       <c r="L632">
-        <v>2721.855</v>
+        <v>2763.8</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>3705.158</v>
+        <v>3705.118</v>
       </c>
       <c r="C633">
-        <v>3362.859</v>
+        <v>3359.526</v>
       </c>
       <c r="D633">
-        <v>308.861</v>
+        <v>308.912</v>
       </c>
       <c r="E633">
-        <v>3053.998</v>
+        <v>3050.628</v>
       </c>
       <c r="F633">
-        <v>8.249</v>
+        <v>6.591</v>
       </c>
       <c r="G633">
-        <v>246.564</v>
+        <v>246.54</v>
       </c>
       <c r="H633">
-        <v>638.31</v>
+        <v>638.271</v>
       </c>
       <c r="I633">
-        <v>-391.747</v>
+        <v>-391.731</v>
       </c>
       <c r="J633">
-        <v>-250.241</v>
+        <v>-302.2</v>
       </c>
       <c r="K633">
-        <v>2.701</v>
+        <v>88.302</v>
       </c>
       <c r="L633">
-        <v>2422.962</v>
+        <v>2451.591</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>3889.052</v>
+        <v>3889.01</v>
       </c>
       <c r="C634">
-        <v>3512.984</v>
+        <v>3509.502</v>
       </c>
       <c r="D634">
-        <v>323.493</v>
+        <v>323.548</v>
       </c>
       <c r="E634">
-        <v>3189.491</v>
+        <v>3185.971</v>
       </c>
       <c r="F634">
-        <v>8.905</v>
+        <v>7.115</v>
       </c>
       <c r="G634">
-        <v>253.967</v>
+        <v>253.943</v>
       </c>
       <c r="H634">
-        <v>649.31</v>
+        <v>649.27</v>
       </c>
       <c r="I634">
-        <v>-395.343</v>
+        <v>-395.327</v>
       </c>
       <c r="J634">
-        <v>-327.311</v>
+        <v>-395.272</v>
       </c>
       <c r="K634">
-        <v>-39.48</v>
+        <v>67.537</v>
       </c>
       <c r="L634">
-        <v>2436.261</v>
+        <v>2470.024</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>3785.867</v>
+        <v>3785.826</v>
       </c>
       <c r="C635">
-        <v>3403.596</v>
+        <v>3400.222</v>
       </c>
       <c r="D635">
-        <v>313.808</v>
+        <v>313.861</v>
       </c>
       <c r="E635">
-        <v>3089.788</v>
+        <v>3086.378</v>
       </c>
       <c r="F635">
-        <v>9.404</v>
+        <v>7.514</v>
       </c>
       <c r="G635">
-        <v>270.446</v>
+        <v>270.42</v>
       </c>
       <c r="H635">
-        <v>639.563</v>
+        <v>639.524</v>
       </c>
       <c r="I635">
-        <v>-369.117</v>
+        <v>-369.103</v>
       </c>
       <c r="J635">
-        <v>23.165</v>
+        <v>27.975</v>
       </c>
       <c r="K635">
-        <v>-37.146</v>
+        <v>-4.318</v>
       </c>
       <c r="L635">
-        <v>2716.094</v>
+        <v>2748.445</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>3991.732</v>
+        <v>3991.689</v>
       </c>
       <c r="C636">
-        <v>3590.448</v>
+        <v>3586.889</v>
       </c>
       <c r="D636">
-        <v>317.508</v>
+        <v>317.561</v>
       </c>
       <c r="E636">
-        <v>3272.94</v>
+        <v>3269.329</v>
       </c>
       <c r="F636">
-        <v>12.265</v>
+        <v>9.8</v>
       </c>
       <c r="G636">
-        <v>309.704</v>
+        <v>309.674</v>
       </c>
       <c r="H636">
-        <v>695.54</v>
+        <v>695.497</v>
       </c>
       <c r="I636">
-        <v>-385.837</v>
+        <v>-385.823</v>
       </c>
       <c r="J636">
-        <v>476.172</v>
+        <v>575.043</v>
       </c>
       <c r="K636">
-        <v>-14.118</v>
+        <v>-57.887</v>
       </c>
       <c r="L636">
-        <v>3361.424</v>
+        <v>3410.461</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>3932.656</v>
       </c>
       <c r="C637">
         <v>3533.69</v>
       </c>
       <c r="D637">
         <v>298.146</v>
       </c>
       <c r="E637">
         <v>3235.544</v>
       </c>
       <c r="F637">
         <v>13.816</v>
       </c>
       <c r="G637">
         <v>335.685</v>
       </c>
       <c r="H637">
         <v>694.304</v>
       </c>
       <c r="I637">
         <v>-358.62</v>
       </c>
       <c r="J637">
         <v>1009.54</v>
       </c>
       <c r="K637">
-        <v>30.839</v>
+        <v>23.855</v>
       </c>
       <c r="L637">
-        <v>3931.119</v>
+        <v>3924.136</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>3579.361</v>
       </c>
       <c r="C638">
         <v>3217.762</v>
       </c>
       <c r="D638">
         <v>278.767</v>
       </c>
       <c r="E638">
         <v>2938.995</v>
       </c>
       <c r="F638">
         <v>11.486</v>
       </c>
       <c r="G638">
         <v>295.54</v>
       </c>
       <c r="H638">
         <v>683.448</v>
       </c>
       <c r="I638">
         <v>-387.907</v>
       </c>
       <c r="J638">
         <v>635.824</v>
       </c>
       <c r="K638">
-        <v>47.298</v>
+        <v>39.6</v>
       </c>
       <c r="L638">
-        <v>3245.696</v>
+        <v>3237.998</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>4057.699</v>
       </c>
       <c r="C639">
         <v>3656.87</v>
       </c>
       <c r="D639">
         <v>325.923</v>
       </c>
       <c r="E639">
         <v>3330.947</v>
       </c>
       <c r="F639">
         <v>10.627</v>
       </c>
       <c r="G639">
         <v>263.12</v>
       </c>
       <c r="H639">
         <v>753.25</v>
       </c>
       <c r="I639">
         <v>-490.129</v>
       </c>
       <c r="J639">
         <v>-48.27</v>
       </c>
       <c r="K639">
-        <v>-45.593</v>
+        <v>-40.267</v>
       </c>
       <c r="L639">
-        <v>2757.581</v>
+        <v>2762.907</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>3905.771</v>
       </c>
       <c r="C640">
         <v>3527.726</v>
       </c>
       <c r="D640">
         <v>316.844</v>
       </c>
       <c r="E640">
         <v>3210.882</v>
       </c>
       <c r="F640">
         <v>9.406</v>
       </c>
       <c r="G640">
         <v>236.258</v>
       </c>
       <c r="H640">
         <v>725.061</v>
       </c>
       <c r="I640">
         <v>-488.803</v>
       </c>
       <c r="J640">
         <v>-304.265</v>
       </c>
       <c r="K640">
-        <v>-36.025</v>
+        <v>-44.263</v>
       </c>
       <c r="L640">
-        <v>2391.196</v>
+        <v>2382.957</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>4023.659</v>
       </c>
       <c r="C641">
         <v>3639.248</v>
       </c>
       <c r="D641">
         <v>333.537</v>
       </c>
       <c r="E641">
         <v>3305.711</v>
       </c>
       <c r="F641">
-        <v>8.499</v>
+        <v>8.501</v>
       </c>
       <c r="G641">
         <v>240.509</v>
       </c>
       <c r="H641">
         <v>735.679</v>
       </c>
       <c r="I641">
         <v>-495.169</v>
       </c>
       <c r="J641">
-        <v>-497.262</v>
+        <v>-497.26</v>
       </c>
       <c r="K641">
-        <v>-9.764</v>
+        <v>-9.873</v>
       </c>
       <c r="L641">
-        <v>2312.015</v>
+        <v>2311.91</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>3895.479</v>
+        <v>3904.576</v>
       </c>
       <c r="C642">
-        <v>3539.908</v>
+        <v>3548.671</v>
       </c>
       <c r="D642">
         <v>322.312</v>
       </c>
       <c r="E642">
-        <v>3217.595</v>
+        <v>3226.358</v>
       </c>
       <c r="F642">
-        <v>7.799</v>
+        <v>7.841</v>
       </c>
       <c r="G642">
         <v>246.436</v>
       </c>
       <c r="H642">
-        <v>691.196</v>
+        <v>691.728</v>
       </c>
       <c r="I642">
-        <v>-444.761</v>
+        <v>-445.292</v>
       </c>
       <c r="J642">
-        <v>-355.008</v>
+        <v>-355.004</v>
       </c>
       <c r="K642">
-        <v>-2.572</v>
+        <v>-14.086</v>
       </c>
       <c r="L642">
-        <v>2423.055</v>
+        <v>2419.817</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>4015.717</v>
+        <v>4022.627</v>
       </c>
       <c r="C643">
-        <v>3685.304</v>
+        <v>3692.035</v>
       </c>
       <c r="D643">
         <v>337.529</v>
       </c>
       <c r="E643">
-        <v>3347.775</v>
+        <v>3354.506</v>
       </c>
       <c r="F643">
-        <v>9.657</v>
+        <v>9.675</v>
       </c>
       <c r="G643">
         <v>257.86</v>
       </c>
       <c r="H643">
-        <v>719.164</v>
+        <v>719.743</v>
       </c>
       <c r="I643">
-        <v>-461.304</v>
+        <v>-461.883</v>
       </c>
       <c r="J643">
-        <v>-151.371</v>
+        <v>-151.128</v>
       </c>
       <c r="K643">
-        <v>-7.772</v>
+        <v>-29.815</v>
       </c>
       <c r="L643">
-        <v>2736.986</v>
+        <v>2721.356</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>4067.876</v>
+      </c>
+      <c r="C644">
+        <v>3716.035</v>
+      </c>
+      <c r="D644">
+        <v>343.139</v>
+      </c>
+      <c r="E644">
+        <v>3372.895</v>
+      </c>
+      <c r="F644">
+        <v>9.539</v>
+      </c>
+      <c r="G644">
+        <v>237.779</v>
+      </c>
+      <c r="H644">
+        <v>761.61</v>
+      </c>
+      <c r="I644">
+        <v>-523.831</v>
+      </c>
+      <c r="J644">
+        <v>-185.877</v>
+      </c>
+      <c r="K644">
+        <v>-27.367</v>
+      </c>
+      <c r="L644">
+        <v>2645.359</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>3937.62</v>
+      </c>
+      <c r="C645">
+        <v>3587.1</v>
+      </c>
+      <c r="D645">
+        <v>339.62</v>
+      </c>
+      <c r="E645">
+        <v>3247.48</v>
+      </c>
+      <c r="F645">
+        <v>9.217</v>
+      </c>
+      <c r="G645">
+        <v>225.756</v>
+      </c>
+      <c r="H645">
+        <v>726.9</v>
+      </c>
+      <c r="I645">
+        <v>-501.144</v>
+      </c>
+      <c r="J645">
+        <v>-309.181</v>
+      </c>
+      <c r="K645">
+        <v>-19.833</v>
+      </c>
+      <c r="L645">
+        <v>2426.539</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -27556,119 +27632,119 @@
       </c>
       <c r="G86">
         <v>3024.143</v>
       </c>
       <c r="H86">
         <v>6906.432</v>
       </c>
       <c r="I86">
         <v>-3882.289</v>
       </c>
       <c r="J86">
         <v>280.345</v>
       </c>
       <c r="K86">
         <v>-434.257</v>
       </c>
       <c r="L86">
         <v>32291.912</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
-        <v>45550.85</v>
+        <v>45399.67</v>
       </c>
       <c r="C87">
-        <v>41189.612</v>
+        <v>41037.735</v>
       </c>
       <c r="D87">
-        <v>3386.344</v>
+        <v>3385.297</v>
       </c>
       <c r="E87">
-        <v>37803.268</v>
+        <v>37652.438</v>
       </c>
       <c r="F87">
-        <v>116.695</v>
+        <v>86.261</v>
       </c>
       <c r="G87">
-        <v>2928.175</v>
+        <v>2927.939</v>
       </c>
       <c r="H87">
-        <v>7609.597</v>
+        <v>7610.034</v>
       </c>
       <c r="I87">
-        <v>-4681.422</v>
+        <v>-4682.095</v>
       </c>
       <c r="J87">
         <v>-555.02</v>
       </c>
       <c r="K87">
-        <v>-53.494</v>
+        <v>574.107</v>
       </c>
       <c r="L87">
-        <v>32630.027</v>
+        <v>33075.691</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>45868.259</v>
+        <v>45867.761</v>
       </c>
       <c r="C88">
-        <v>41424.952</v>
+        <v>41383.893</v>
       </c>
       <c r="D88">
-        <v>3658.347</v>
+        <v>3658.962</v>
       </c>
       <c r="E88">
-        <v>37766.605</v>
+        <v>37724.931</v>
       </c>
       <c r="F88">
-        <v>120.271</v>
+        <v>96.098</v>
       </c>
       <c r="G88">
-        <v>3144.844</v>
+        <v>3144.546</v>
       </c>
       <c r="H88">
-        <v>7707.045</v>
+        <v>7706.568</v>
       </c>
       <c r="I88">
-        <v>-4562.2</v>
+        <v>-4562.022</v>
       </c>
       <c r="J88">
-        <v>4.648</v>
+        <v>5.613</v>
       </c>
       <c r="K88">
-        <v>-224.716</v>
+        <v>275.028</v>
       </c>
       <c r="L88">
-        <v>33104.609</v>
+        <v>33539.648</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>