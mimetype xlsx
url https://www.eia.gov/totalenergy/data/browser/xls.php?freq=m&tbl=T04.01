--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 4.1 Natural Gas Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Natural Gas Gross Withdrawals</t>
   </si>
   <si>
     <t>Natural Gas Marketed Production (Wet)</t>
   </si>
   <si>
     <t>NGPL Production</t>
   </si>
   <si>
     <t>Natural Gas Production (Dry)</t>
   </si>
   <si>
     <t>Supplemental Gaseous Fuels</t>
   </si>
   <si>
     <t>Natural Gas Imports</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="38.419" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -24339,373 +24339,411 @@
       </c>
       <c r="K636">
         <v>-57.887</v>
       </c>
       <c r="L636">
         <v>3410.461</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>3932.656</v>
       </c>
       <c r="C637">
         <v>3533.69</v>
       </c>
       <c r="D637">
         <v>298.146</v>
       </c>
       <c r="E637">
         <v>3235.544</v>
       </c>
       <c r="F637">
-        <v>13.816</v>
+        <v>10.82</v>
       </c>
       <c r="G637">
         <v>335.685</v>
       </c>
       <c r="H637">
         <v>694.304</v>
       </c>
       <c r="I637">
         <v>-358.62</v>
       </c>
       <c r="J637">
         <v>1009.54</v>
       </c>
       <c r="K637">
-        <v>23.855</v>
+        <v>24.714</v>
       </c>
       <c r="L637">
-        <v>3924.136</v>
+        <v>3921.999</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>3579.361</v>
       </c>
       <c r="C638">
         <v>3217.762</v>
       </c>
       <c r="D638">
         <v>278.767</v>
       </c>
       <c r="E638">
         <v>2938.995</v>
       </c>
       <c r="F638">
-        <v>11.486</v>
+        <v>9.03</v>
       </c>
       <c r="G638">
         <v>295.54</v>
       </c>
       <c r="H638">
         <v>683.448</v>
       </c>
       <c r="I638">
         <v>-387.907</v>
       </c>
       <c r="J638">
         <v>635.824</v>
       </c>
       <c r="K638">
-        <v>39.6</v>
+        <v>40.111</v>
       </c>
       <c r="L638">
-        <v>3237.998</v>
+        <v>3236.053</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>4057.699</v>
       </c>
       <c r="C639">
         <v>3656.87</v>
       </c>
       <c r="D639">
         <v>325.923</v>
       </c>
       <c r="E639">
         <v>3330.947</v>
       </c>
       <c r="F639">
-        <v>10.627</v>
+        <v>8.474</v>
       </c>
       <c r="G639">
         <v>263.12</v>
       </c>
       <c r="H639">
         <v>753.25</v>
       </c>
       <c r="I639">
         <v>-490.129</v>
       </c>
       <c r="J639">
         <v>-48.27</v>
       </c>
       <c r="K639">
-        <v>-40.267</v>
+        <v>-40.326</v>
       </c>
       <c r="L639">
-        <v>2762.907</v>
+        <v>2760.696</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>3905.771</v>
       </c>
       <c r="C640">
         <v>3527.726</v>
       </c>
       <c r="D640">
         <v>316.844</v>
       </c>
       <c r="E640">
         <v>3210.882</v>
       </c>
       <c r="F640">
-        <v>9.406</v>
+        <v>7.543</v>
       </c>
       <c r="G640">
         <v>236.258</v>
       </c>
       <c r="H640">
         <v>725.061</v>
       </c>
       <c r="I640">
         <v>-488.803</v>
       </c>
       <c r="J640">
         <v>-304.265</v>
       </c>
       <c r="K640">
-        <v>-44.263</v>
+        <v>-44.533</v>
       </c>
       <c r="L640">
-        <v>2382.957</v>
+        <v>2380.824</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>4023.659</v>
       </c>
       <c r="C641">
         <v>3639.248</v>
       </c>
       <c r="D641">
         <v>333.537</v>
       </c>
       <c r="E641">
         <v>3305.711</v>
       </c>
       <c r="F641">
-        <v>8.501</v>
+        <v>6.718</v>
       </c>
       <c r="G641">
         <v>240.509</v>
       </c>
       <c r="H641">
         <v>735.679</v>
       </c>
       <c r="I641">
         <v>-495.169</v>
       </c>
       <c r="J641">
         <v>-497.26</v>
       </c>
       <c r="K641">
-        <v>-9.873</v>
+        <v>-10.29</v>
       </c>
       <c r="L641">
-        <v>2311.91</v>
+        <v>2309.71</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>3904.576</v>
       </c>
       <c r="C642">
         <v>3548.671</v>
       </c>
       <c r="D642">
         <v>322.312</v>
       </c>
       <c r="E642">
         <v>3226.358</v>
       </c>
       <c r="F642">
-        <v>7.841</v>
+        <v>5.971</v>
       </c>
       <c r="G642">
         <v>246.436</v>
       </c>
       <c r="H642">
         <v>691.728</v>
       </c>
       <c r="I642">
         <v>-445.292</v>
       </c>
       <c r="J642">
         <v>-355.004</v>
       </c>
       <c r="K642">
-        <v>-14.086</v>
+        <v>-14.361</v>
       </c>
       <c r="L642">
-        <v>2419.817</v>
+        <v>2417.672</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>4022.627</v>
       </c>
       <c r="C643">
         <v>3692.035</v>
       </c>
       <c r="D643">
         <v>337.529</v>
       </c>
       <c r="E643">
         <v>3354.506</v>
       </c>
       <c r="F643">
-        <v>9.675</v>
+        <v>7.562</v>
       </c>
       <c r="G643">
         <v>257.86</v>
       </c>
       <c r="H643">
         <v>719.743</v>
       </c>
       <c r="I643">
         <v>-461.883</v>
       </c>
       <c r="J643">
         <v>-151.128</v>
       </c>
       <c r="K643">
-        <v>-29.815</v>
+        <v>-28.858</v>
       </c>
       <c r="L643">
-        <v>2721.356</v>
+        <v>2720.199</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>4067.876</v>
+        <v>4066.196</v>
       </c>
       <c r="C644">
-        <v>3716.035</v>
+        <v>3714.435</v>
       </c>
       <c r="D644">
         <v>343.139</v>
       </c>
       <c r="E644">
-        <v>3372.895</v>
+        <v>3371.295</v>
       </c>
       <c r="F644">
-        <v>9.539</v>
+        <v>7.482</v>
       </c>
       <c r="G644">
         <v>237.779</v>
       </c>
       <c r="H644">
         <v>761.61</v>
       </c>
       <c r="I644">
         <v>-523.831</v>
       </c>
       <c r="J644">
         <v>-185.877</v>
       </c>
       <c r="K644">
-        <v>-27.367</v>
+        <v>-26.037</v>
       </c>
       <c r="L644">
-        <v>2645.359</v>
+        <v>2643.034</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>3937.62</v>
+        <v>3938.671</v>
       </c>
       <c r="C645">
-        <v>3587.1</v>
+        <v>3587.772</v>
       </c>
       <c r="D645">
         <v>339.62</v>
       </c>
       <c r="E645">
-        <v>3247.48</v>
+        <v>3248.152</v>
       </c>
       <c r="F645">
-        <v>9.217</v>
+        <v>7.34</v>
       </c>
       <c r="G645">
         <v>225.756</v>
       </c>
       <c r="H645">
-        <v>726.9</v>
+        <v>728.925</v>
       </c>
       <c r="I645">
-        <v>-501.144</v>
+        <v>-503.169</v>
       </c>
       <c r="J645">
         <v>-309.181</v>
       </c>
       <c r="K645">
-        <v>-19.833</v>
+        <v>-18.739</v>
       </c>
       <c r="L645">
-        <v>2426.539</v>
+        <v>2424.403</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>4047.252</v>
+      </c>
+      <c r="C646">
+        <v>3670.516</v>
+      </c>
+      <c r="D646">
+        <v>347.712</v>
+      </c>
+      <c r="E646">
+        <v>3322.804</v>
+      </c>
+      <c r="F646">
+        <v>6.553</v>
+      </c>
+      <c r="G646">
+        <v>231.592</v>
+      </c>
+      <c r="H646">
+        <v>782.893</v>
+      </c>
+      <c r="I646">
+        <v>-551.301</v>
+      </c>
+      <c r="J646">
+        <v>-307.438</v>
+      </c>
+      <c r="K646">
+        <v>-31.298</v>
+      </c>
+      <c r="L646">
+        <v>2439.32</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>