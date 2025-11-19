--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 3.8c Heat Content of Petroleum Consumption:  Transportation and Electric Power Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Aviation Gasoline Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Jet Fuel Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Lubricants Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Motor Gasoline Consumed by the Transportation Sector</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="119.399" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27041,1357 +27041,1401 @@
       </c>
       <c r="K612">
         <v>21.104</v>
       </c>
       <c r="L612">
         <v>8.438</v>
       </c>
       <c r="M612">
         <v>11.409</v>
       </c>
       <c r="N612">
         <v>40.951</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>0.904</v>
       </c>
       <c r="C613">
         <v>473.856</v>
       </c>
       <c r="D613">
-        <v>0.946</v>
+        <v>0.996</v>
       </c>
       <c r="E613">
         <v>268.517</v>
       </c>
       <c r="F613">
         <v>11.208</v>
       </c>
       <c r="G613">
         <v>1245.575</v>
       </c>
       <c r="H613">
         <v>44.634</v>
       </c>
       <c r="I613">
         <v>33.698</v>
       </c>
       <c r="J613">
-        <v>2079.338</v>
+        <v>2079.388</v>
       </c>
       <c r="K613">
         <v>4.712</v>
       </c>
       <c r="L613">
         <v>5.083</v>
       </c>
       <c r="M613">
         <v>4.981</v>
       </c>
       <c r="N613">
         <v>14.776</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>1.484</v>
       </c>
       <c r="C614">
         <v>432.713</v>
       </c>
       <c r="D614">
-        <v>0.855</v>
+        <v>0.9</v>
       </c>
       <c r="E614">
         <v>240.644</v>
       </c>
       <c r="F614">
         <v>9.963</v>
       </c>
       <c r="G614">
         <v>1179.839</v>
       </c>
       <c r="H614">
         <v>55.476</v>
       </c>
       <c r="I614">
         <v>32.496</v>
       </c>
       <c r="J614">
-        <v>1953.47</v>
+        <v>1953.515</v>
       </c>
       <c r="K614">
         <v>6.135</v>
       </c>
       <c r="L614">
         <v>4.74</v>
       </c>
       <c r="M614">
         <v>7.128</v>
       </c>
       <c r="N614">
         <v>18.003</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>1.928</v>
       </c>
       <c r="C615">
         <v>517.4</v>
       </c>
       <c r="D615">
-        <v>0.946</v>
+        <v>0.996</v>
       </c>
       <c r="E615">
         <v>283.515</v>
       </c>
       <c r="F615">
         <v>5.827</v>
       </c>
       <c r="G615">
         <v>1363.642</v>
       </c>
       <c r="H615">
         <v>35.935</v>
       </c>
       <c r="I615">
         <v>39.963</v>
       </c>
       <c r="J615">
-        <v>2249.156</v>
+        <v>2249.206</v>
       </c>
       <c r="K615">
         <v>4.059</v>
       </c>
       <c r="L615">
         <v>3.869</v>
       </c>
       <c r="M615">
         <v>4.993</v>
       </c>
       <c r="N615">
         <v>12.92</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>1.429</v>
       </c>
       <c r="C616">
         <v>513.451</v>
       </c>
       <c r="D616">
-        <v>0.916</v>
+        <v>0.964</v>
       </c>
       <c r="E616">
         <v>273.141</v>
       </c>
       <c r="F616">
         <v>7.603</v>
       </c>
       <c r="G616">
         <v>1300.339</v>
       </c>
       <c r="H616">
         <v>25.767</v>
       </c>
       <c r="I616">
         <v>38.225</v>
       </c>
       <c r="J616">
-        <v>2160.871</v>
+        <v>2160.919</v>
       </c>
       <c r="K616">
         <v>4.103</v>
       </c>
       <c r="L616">
         <v>3.648</v>
       </c>
       <c r="M616">
         <v>4.704</v>
       </c>
       <c r="N616">
         <v>12.455</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>2.181</v>
       </c>
       <c r="C617">
         <v>545.043</v>
       </c>
       <c r="D617">
-        <v>0.946</v>
+        <v>0.996</v>
       </c>
       <c r="E617">
         <v>293.478</v>
       </c>
       <c r="F617">
         <v>9.419</v>
       </c>
       <c r="G617">
         <v>1364.087</v>
       </c>
       <c r="H617">
         <v>34.38</v>
       </c>
       <c r="I617">
         <v>52.792</v>
       </c>
       <c r="J617">
-        <v>2302.327</v>
+        <v>2302.377</v>
       </c>
       <c r="K617">
         <v>4.726</v>
       </c>
       <c r="L617">
         <v>4.173</v>
       </c>
       <c r="M617">
         <v>4.744</v>
       </c>
       <c r="N617">
         <v>13.643</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>2.176</v>
       </c>
       <c r="C618">
         <v>544.836</v>
       </c>
       <c r="D618">
-        <v>0.916</v>
+        <v>0.964</v>
       </c>
       <c r="E618">
         <v>298.598</v>
       </c>
       <c r="F618">
         <v>8.925</v>
       </c>
       <c r="G618">
         <v>1361.64</v>
       </c>
       <c r="H618">
         <v>43.647</v>
       </c>
       <c r="I618">
         <v>48.661</v>
       </c>
       <c r="J618">
-        <v>2309.398</v>
+        <v>2309.446</v>
       </c>
       <c r="K618">
         <v>4.334</v>
       </c>
       <c r="L618">
         <v>4.699</v>
       </c>
       <c r="M618">
         <v>4.864</v>
       </c>
       <c r="N618">
         <v>13.897</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>2.221</v>
       </c>
       <c r="C619">
         <v>547.1</v>
       </c>
       <c r="D619">
-        <v>0.946</v>
+        <v>0.996</v>
       </c>
       <c r="E619">
         <v>308.122</v>
       </c>
       <c r="F619">
         <v>9.164</v>
       </c>
       <c r="G619">
         <v>1348.932</v>
       </c>
       <c r="H619">
         <v>40.446</v>
       </c>
       <c r="I619">
         <v>43.991</v>
       </c>
       <c r="J619">
-        <v>2300.923</v>
+        <v>2300.973</v>
       </c>
       <c r="K619">
         <v>4.065</v>
       </c>
       <c r="L619">
         <v>7.605</v>
       </c>
       <c r="M619">
         <v>5.733</v>
       </c>
       <c r="N619">
         <v>17.402</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>2.347</v>
       </c>
       <c r="C620">
         <v>580.84</v>
       </c>
       <c r="D620">
-        <v>0.946</v>
+        <v>0.996</v>
       </c>
       <c r="E620">
         <v>300.128</v>
       </c>
       <c r="F620">
         <v>7.905</v>
       </c>
       <c r="G620">
         <v>1388.815</v>
       </c>
       <c r="H620">
         <v>53.621</v>
       </c>
       <c r="I620">
         <v>48.903</v>
       </c>
       <c r="J620">
-        <v>2383.506</v>
+        <v>2383.556</v>
       </c>
       <c r="K620">
         <v>4.628</v>
       </c>
       <c r="L620">
         <v>7.628</v>
       </c>
       <c r="M620">
         <v>5.235</v>
       </c>
       <c r="N620">
         <v>17.491</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>1.085</v>
       </c>
       <c r="C621">
         <v>526.278</v>
       </c>
       <c r="D621">
-        <v>0.916</v>
+        <v>0.964</v>
       </c>
       <c r="E621">
         <v>287.704</v>
       </c>
       <c r="F621">
         <v>6.92</v>
       </c>
       <c r="G621">
         <v>1285.659</v>
       </c>
       <c r="H621">
         <v>33.251</v>
       </c>
       <c r="I621">
         <v>49.932</v>
       </c>
       <c r="J621">
-        <v>2191.744</v>
+        <v>2191.792</v>
       </c>
       <c r="K621">
         <v>3.549</v>
       </c>
       <c r="L621">
         <v>6.902</v>
       </c>
       <c r="M621">
         <v>5.634</v>
       </c>
       <c r="N621">
         <v>16.085</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>2.59</v>
       </c>
       <c r="C622">
         <v>550.054</v>
       </c>
       <c r="D622">
-        <v>0.946</v>
+        <v>0.996</v>
       </c>
       <c r="E622">
         <v>298.301</v>
       </c>
       <c r="F622">
         <v>9.462</v>
       </c>
       <c r="G622">
         <v>1367.086</v>
       </c>
       <c r="H622">
         <v>43.242</v>
       </c>
       <c r="I622">
         <v>48.24</v>
       </c>
       <c r="J622">
-        <v>2319.919</v>
+        <v>2319.969</v>
       </c>
       <c r="K622">
         <v>3.954</v>
       </c>
       <c r="L622">
         <v>3.584</v>
       </c>
       <c r="M622">
         <v>6.155</v>
       </c>
       <c r="N622">
         <v>13.694</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>1.484</v>
       </c>
       <c r="C623">
         <v>505.603</v>
       </c>
       <c r="D623">
-        <v>0.916</v>
+        <v>0.964</v>
       </c>
       <c r="E623">
         <v>276.154</v>
       </c>
       <c r="F623">
         <v>4.859</v>
       </c>
       <c r="G623">
         <v>1295.362</v>
       </c>
       <c r="H623">
         <v>58.275</v>
       </c>
       <c r="I623">
         <v>41.397</v>
       </c>
       <c r="J623">
-        <v>2184.049</v>
+        <v>2184.098</v>
       </c>
       <c r="K623">
         <v>4.192</v>
       </c>
       <c r="L623">
         <v>2.3</v>
       </c>
       <c r="M623">
         <v>5.009</v>
       </c>
       <c r="N623">
         <v>11.501</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>1.343</v>
       </c>
       <c r="C624">
         <v>487.299</v>
       </c>
       <c r="D624">
-        <v>0.946</v>
+        <v>0.996</v>
       </c>
       <c r="E624">
         <v>293.219</v>
       </c>
       <c r="F624">
         <v>3.763</v>
       </c>
       <c r="G624">
         <v>1321.418</v>
       </c>
       <c r="H624">
         <v>54.336</v>
       </c>
       <c r="I624">
         <v>53.774</v>
       </c>
       <c r="J624">
-        <v>2216.097</v>
+        <v>2216.147</v>
       </c>
       <c r="K624">
         <v>4.423</v>
       </c>
       <c r="L624">
         <v>4.258</v>
       </c>
       <c r="M624">
         <v>4.96</v>
       </c>
       <c r="N624">
         <v>13.641</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>1.111</v>
       </c>
       <c r="C625">
         <v>458.255</v>
       </c>
       <c r="D625">
-        <v>0.944</v>
+        <v>1.012</v>
       </c>
       <c r="E625">
         <v>269.304</v>
       </c>
       <c r="F625">
         <v>8.322</v>
       </c>
       <c r="G625">
         <v>1245.723</v>
       </c>
       <c r="H625">
         <v>43.164</v>
       </c>
       <c r="I625">
         <v>43.91</v>
       </c>
       <c r="J625">
-        <v>2070.732</v>
+        <v>2070.801</v>
       </c>
       <c r="K625">
         <v>9.768</v>
       </c>
       <c r="L625">
         <v>4.158</v>
       </c>
       <c r="M625">
         <v>6.667</v>
       </c>
       <c r="N625">
         <v>20.593</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>2.125</v>
       </c>
       <c r="C626">
         <v>430.048</v>
       </c>
       <c r="D626">
-        <v>0.883</v>
+        <v>0.946</v>
       </c>
       <c r="E626">
         <v>255.183</v>
       </c>
       <c r="F626">
         <v>6.531</v>
       </c>
       <c r="G626">
         <v>1217.194</v>
       </c>
       <c r="H626">
         <v>45.339</v>
       </c>
       <c r="I626">
         <v>53.621</v>
       </c>
       <c r="J626">
-        <v>2010.924</v>
+        <v>2010.988</v>
       </c>
       <c r="K626">
         <v>3.438</v>
       </c>
       <c r="L626">
         <v>3.314</v>
       </c>
       <c r="M626">
         <v>4.51</v>
       </c>
       <c r="N626">
         <v>11.263</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>1.418</v>
       </c>
       <c r="C627">
         <v>482.74</v>
       </c>
       <c r="D627">
-        <v>0.944</v>
+        <v>1.012</v>
       </c>
       <c r="E627">
         <v>290.196</v>
       </c>
       <c r="F627">
         <v>7.437</v>
       </c>
       <c r="G627">
         <v>1342.895</v>
       </c>
       <c r="H627">
         <v>50.04</v>
       </c>
       <c r="I627">
         <v>50.649</v>
       </c>
       <c r="J627">
-        <v>2226.319</v>
+        <v>2226.387</v>
       </c>
       <c r="K627">
         <v>3.764</v>
       </c>
       <c r="L627">
         <v>1.843</v>
       </c>
       <c r="M627">
         <v>4.434</v>
       </c>
       <c r="N627">
         <v>10.042</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>2.09</v>
       </c>
       <c r="C628">
         <v>499.315</v>
       </c>
       <c r="D628">
-        <v>0.913</v>
+        <v>0.979</v>
       </c>
       <c r="E628">
         <v>285.447</v>
       </c>
       <c r="F628">
         <v>9.721</v>
       </c>
       <c r="G628">
         <v>1289.719</v>
       </c>
       <c r="H628">
         <v>52.401</v>
       </c>
       <c r="I628">
         <v>53.647</v>
       </c>
       <c r="J628">
-        <v>2193.253</v>
+        <v>2193.319</v>
       </c>
       <c r="K628">
         <v>5.34</v>
       </c>
       <c r="L628">
         <v>2.918</v>
       </c>
       <c r="M628">
         <v>4.435</v>
       </c>
       <c r="N628">
         <v>12.692</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>1.802</v>
       </c>
       <c r="C629">
         <v>526.515</v>
       </c>
       <c r="D629">
-        <v>0.944</v>
+        <v>1.012</v>
       </c>
       <c r="E629">
         <v>306.125</v>
       </c>
       <c r="F629">
         <v>7.666</v>
       </c>
       <c r="G629">
         <v>1411.097</v>
       </c>
       <c r="H629">
         <v>48.352</v>
       </c>
       <c r="I629">
         <v>55.445</v>
       </c>
       <c r="J629">
-        <v>2357.946</v>
+        <v>2358.014</v>
       </c>
       <c r="K629">
         <v>4.758</v>
       </c>
       <c r="L629">
         <v>3.439</v>
       </c>
       <c r="M629">
         <v>4.936</v>
       </c>
       <c r="N629">
         <v>13.134</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>2.6</v>
       </c>
       <c r="C630">
         <v>516.119</v>
       </c>
       <c r="D630">
-        <v>0.913</v>
+        <v>0.979</v>
       </c>
       <c r="E630">
         <v>301.5</v>
       </c>
       <c r="F630">
         <v>8.624</v>
       </c>
       <c r="G630">
         <v>1337.722</v>
       </c>
       <c r="H630">
         <v>46.832</v>
       </c>
       <c r="I630">
         <v>56.995</v>
       </c>
       <c r="J630">
-        <v>2271.305</v>
+        <v>2271.371</v>
       </c>
       <c r="K630">
         <v>4.536</v>
       </c>
       <c r="L630">
         <v>4.822</v>
       </c>
       <c r="M630">
         <v>5.055</v>
       </c>
       <c r="N630">
         <v>14.413</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>2.574</v>
       </c>
       <c r="C631">
         <v>544.697</v>
       </c>
       <c r="D631">
-        <v>0.944</v>
+        <v>1.012</v>
       </c>
       <c r="E631">
         <v>316.798</v>
       </c>
       <c r="F631">
         <v>7.95</v>
       </c>
       <c r="G631">
         <v>1400.084</v>
       </c>
       <c r="H631">
         <v>48.273</v>
       </c>
       <c r="I631">
         <v>62.558</v>
       </c>
       <c r="J631">
-        <v>2383.878</v>
+        <v>2383.946</v>
       </c>
       <c r="K631">
         <v>4.937</v>
       </c>
       <c r="L631">
         <v>5.291</v>
       </c>
       <c r="M631">
         <v>5.582</v>
       </c>
       <c r="N631">
         <v>15.81</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>2.12</v>
       </c>
       <c r="C632">
         <v>560.4</v>
       </c>
       <c r="D632">
-        <v>0.944</v>
+        <v>1.012</v>
       </c>
       <c r="E632">
         <v>313.549</v>
       </c>
       <c r="F632">
         <v>9.579</v>
       </c>
       <c r="G632">
         <v>1390.992</v>
       </c>
       <c r="H632">
         <v>46.812</v>
       </c>
       <c r="I632">
         <v>54.67</v>
       </c>
       <c r="J632">
-        <v>2379.065</v>
+        <v>2379.133</v>
       </c>
       <c r="K632">
         <v>5.353</v>
       </c>
       <c r="L632">
         <v>5.224</v>
       </c>
       <c r="M632">
         <v>5.417</v>
       </c>
       <c r="N632">
         <v>15.995</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>2.191</v>
       </c>
       <c r="C633">
         <v>506.889</v>
       </c>
       <c r="D633">
-        <v>0.913</v>
+        <v>0.979</v>
       </c>
       <c r="E633">
         <v>285.148</v>
       </c>
       <c r="F633">
         <v>7.706</v>
       </c>
       <c r="G633">
         <v>1306.308</v>
       </c>
       <c r="H633">
         <v>33.91</v>
       </c>
       <c r="I633">
         <v>55.267</v>
       </c>
       <c r="J633">
-        <v>2198.331</v>
+        <v>2198.397</v>
       </c>
       <c r="K633">
         <v>3.897</v>
       </c>
       <c r="L633">
         <v>3.112</v>
       </c>
       <c r="M633">
         <v>5.122</v>
       </c>
       <c r="N633">
         <v>12.131</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>1.954</v>
       </c>
       <c r="C634">
         <v>545.748</v>
       </c>
       <c r="D634">
-        <v>0.944</v>
+        <v>1.012</v>
       </c>
       <c r="E634">
         <v>300.844</v>
       </c>
       <c r="F634">
         <v>7.192</v>
       </c>
       <c r="G634">
         <v>1362.848</v>
       </c>
       <c r="H634">
         <v>52.258</v>
       </c>
       <c r="I634">
         <v>56.604</v>
       </c>
       <c r="J634">
-        <v>2328.391</v>
+        <v>2328.459</v>
       </c>
       <c r="K634">
         <v>4.403</v>
       </c>
       <c r="L634">
         <v>2.202</v>
       </c>
       <c r="M634">
         <v>5.482</v>
       </c>
       <c r="N634">
         <v>12.088</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>1.656</v>
       </c>
       <c r="C635">
         <v>480.9</v>
       </c>
       <c r="D635">
-        <v>0.913</v>
+        <v>0.979</v>
       </c>
       <c r="E635">
         <v>283.871</v>
       </c>
       <c r="F635">
         <v>4.768</v>
       </c>
       <c r="G635">
         <v>1284.347</v>
       </c>
       <c r="H635">
         <v>48.982</v>
       </c>
       <c r="I635">
         <v>54.748</v>
       </c>
       <c r="J635">
-        <v>2160.185</v>
+        <v>2160.251</v>
       </c>
       <c r="K635">
         <v>4.127</v>
       </c>
       <c r="L635">
         <v>2.244</v>
       </c>
       <c r="M635">
         <v>5.056</v>
       </c>
       <c r="N635">
         <v>11.427</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>1.131</v>
       </c>
       <c r="C636">
         <v>485.526</v>
       </c>
       <c r="D636">
-        <v>0.944</v>
+        <v>1.012</v>
       </c>
       <c r="E636">
         <v>299.495</v>
       </c>
       <c r="F636">
         <v>4.833</v>
       </c>
       <c r="G636">
         <v>1318.185</v>
       </c>
       <c r="H636">
         <v>48.989</v>
       </c>
       <c r="I636">
         <v>53.34</v>
       </c>
       <c r="J636">
-        <v>2212.441</v>
+        <v>2212.509</v>
       </c>
       <c r="K636">
         <v>6.036</v>
       </c>
       <c r="L636">
         <v>3.485</v>
       </c>
       <c r="M636">
         <v>6.503</v>
       </c>
       <c r="N636">
         <v>16.024</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>1.272</v>
       </c>
       <c r="C637">
-        <v>473.499</v>
+        <v>472.833</v>
       </c>
       <c r="D637">
-        <v>0.946</v>
+        <v>1.014</v>
       </c>
       <c r="E637">
         <v>284.786</v>
       </c>
       <c r="F637">
         <v>6.609</v>
       </c>
       <c r="G637">
         <v>1274.632</v>
       </c>
       <c r="H637">
-        <v>55.431</v>
+        <v>55.348</v>
       </c>
       <c r="I637">
         <v>32.307</v>
       </c>
       <c r="J637">
-        <v>2129.483</v>
+        <v>2128.802</v>
       </c>
       <c r="K637">
         <v>17.719</v>
       </c>
       <c r="L637">
         <v>6.405</v>
       </c>
       <c r="M637">
         <v>9.506</v>
       </c>
       <c r="N637">
         <v>33.63</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>1.848</v>
       </c>
       <c r="C638">
-        <v>430.496</v>
+        <v>429.862</v>
       </c>
       <c r="D638">
-        <v>0.855</v>
+        <v>0.916</v>
       </c>
       <c r="E638">
         <v>244.276</v>
       </c>
       <c r="F638">
         <v>4.995</v>
       </c>
       <c r="G638">
         <v>1178.245</v>
       </c>
       <c r="H638">
-        <v>46.07</v>
+        <v>46.001</v>
       </c>
       <c r="I638">
         <v>37.417</v>
       </c>
       <c r="J638">
-        <v>1944.2</v>
+        <v>1943.558</v>
       </c>
       <c r="K638">
         <v>6.353</v>
       </c>
       <c r="L638">
         <v>3.778</v>
       </c>
       <c r="M638">
         <v>5.621</v>
       </c>
       <c r="N638">
         <v>15.751</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>1.59</v>
       </c>
       <c r="C639">
-        <v>501.569</v>
+        <v>500.835</v>
       </c>
       <c r="D639">
-        <v>0.946</v>
+        <v>1.014</v>
       </c>
       <c r="E639">
         <v>287.657</v>
       </c>
       <c r="F639">
         <v>6.977</v>
       </c>
       <c r="G639">
         <v>1316.976</v>
       </c>
       <c r="H639">
-        <v>48.824</v>
+        <v>48.75</v>
       </c>
       <c r="I639">
         <v>38.678</v>
       </c>
       <c r="J639">
-        <v>2203.216</v>
+        <v>2202.477</v>
       </c>
       <c r="K639">
         <v>4.107</v>
       </c>
       <c r="L639">
         <v>4.259</v>
       </c>
       <c r="M639">
         <v>4.832</v>
       </c>
       <c r="N639">
         <v>13.199</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>1.964</v>
       </c>
       <c r="C640">
-        <v>512.396</v>
+        <v>511.642</v>
       </c>
       <c r="D640">
-        <v>0.916</v>
+        <v>0.982</v>
       </c>
       <c r="E640">
         <v>300.077</v>
       </c>
       <c r="F640">
         <v>9.076</v>
       </c>
       <c r="G640">
         <v>1295.615</v>
       </c>
       <c r="H640">
-        <v>47.136</v>
+        <v>47.065</v>
       </c>
       <c r="I640">
         <v>38.416</v>
       </c>
       <c r="J640">
-        <v>2205.595</v>
+        <v>2204.836</v>
       </c>
       <c r="K640">
         <v>4.189</v>
       </c>
       <c r="L640">
         <v>3.462</v>
       </c>
       <c r="M640">
         <v>4.595</v>
       </c>
       <c r="N640">
         <v>12.246</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>2.049</v>
       </c>
       <c r="C641">
-        <v>535.904</v>
+        <v>535.102</v>
       </c>
       <c r="D641">
-        <v>0.946</v>
+        <v>1.014</v>
       </c>
       <c r="E641">
         <v>309.965</v>
       </c>
       <c r="F641">
         <v>8.924</v>
       </c>
       <c r="G641">
         <v>1360.868</v>
       </c>
       <c r="H641">
-        <v>31.931</v>
+        <v>31.883</v>
       </c>
       <c r="I641">
         <v>36.118</v>
       </c>
       <c r="J641">
-        <v>2286.705</v>
+        <v>2285.924</v>
       </c>
       <c r="K641">
         <v>3.444</v>
       </c>
       <c r="L641">
         <v>4.203</v>
       </c>
       <c r="M641">
         <v>4.561</v>
       </c>
       <c r="N641">
         <v>12.208</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>1.928</v>
       </c>
       <c r="C642">
-        <v>542.363</v>
+        <v>541.558</v>
       </c>
       <c r="D642">
-        <v>0.916</v>
+        <v>0.982</v>
       </c>
       <c r="E642">
         <v>314.151</v>
       </c>
       <c r="F642">
         <v>7.844</v>
       </c>
       <c r="G642">
         <v>1346.767</v>
       </c>
       <c r="H642">
-        <v>46.496</v>
+        <v>46.427</v>
       </c>
       <c r="I642">
         <v>30.226</v>
       </c>
       <c r="J642">
-        <v>2290.692</v>
+        <v>2289.883</v>
       </c>
       <c r="K642">
         <v>6.062</v>
       </c>
       <c r="L642">
         <v>5.301</v>
       </c>
       <c r="M642">
         <v>5.825</v>
       </c>
       <c r="N642">
         <v>17.188</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>2.605</v>
+      </c>
+      <c r="C643">
+        <v>558.927</v>
+      </c>
+      <c r="D643">
+        <v>1.014</v>
+      </c>
+      <c r="E643">
+        <v>324.244</v>
+      </c>
+      <c r="F643">
+        <v>10.526</v>
+      </c>
+      <c r="G643">
+        <v>1374.914</v>
+      </c>
+      <c r="H643">
+        <v>57.26</v>
+      </c>
+      <c r="I643">
+        <v>36.196</v>
+      </c>
+      <c r="J643">
+        <v>2365.687</v>
+      </c>
+      <c r="K643">
+        <v>5.554</v>
+      </c>
+      <c r="L643">
+        <v>6.808</v>
+      </c>
+      <c r="M643">
+        <v>6.423</v>
+      </c>
+      <c r="N643">
+        <v>18.785</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31782,113 +31826,113 @@
       </c>
       <c r="K86">
         <v>83.449</v>
       </c>
       <c r="L86">
         <v>84.778</v>
       </c>
       <c r="M86">
         <v>75.636</v>
       </c>
       <c r="N86">
         <v>243.862</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>21.171</v>
       </c>
       <c r="C87">
         <v>6224.473</v>
       </c>
       <c r="D87">
-        <v>11.141</v>
+        <v>11.729</v>
       </c>
       <c r="E87">
         <v>3421.522</v>
       </c>
       <c r="F87">
         <v>95.016</v>
       </c>
       <c r="G87">
         <v>15822.393</v>
       </c>
       <c r="H87">
         <v>523.011</v>
       </c>
       <c r="I87">
         <v>532.072</v>
       </c>
       <c r="J87">
-        <v>26650.799</v>
+        <v>26651.387</v>
       </c>
       <c r="K87">
         <v>52.88</v>
       </c>
       <c r="L87">
         <v>58.488</v>
       </c>
       <c r="M87">
         <v>64.14</v>
       </c>
       <c r="N87">
         <v>175.508</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>22.772</v>
       </c>
       <c r="C88">
         <v>6037.152</v>
       </c>
       <c r="D88">
-        <v>11.141</v>
+        <v>11.945</v>
       </c>
       <c r="E88">
         <v>3507.459</v>
       </c>
       <c r="F88">
         <v>90.329</v>
       </c>
       <c r="G88">
         <v>15907.115</v>
       </c>
       <c r="H88">
         <v>565.352</v>
       </c>
       <c r="I88">
         <v>651.452</v>
       </c>
       <c r="J88">
-        <v>26792.772</v>
+        <v>26793.576</v>
       </c>
       <c r="K88">
         <v>60.357</v>
       </c>
       <c r="L88">
         <v>42.053</v>
       </c>
       <c r="M88">
         <v>63.201</v>
       </c>
       <c r="N88">
         <v>165.612</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>