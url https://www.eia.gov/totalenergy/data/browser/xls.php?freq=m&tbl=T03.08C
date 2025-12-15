--- v1 (2025-11-19)
+++ v2 (2025-12-15)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 3.8c Heat Content of Petroleum Consumption:  Transportation and Electric Power Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Aviation Gasoline Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Jet Fuel Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Lubricants Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Motor Gasoline Consumed by the Transportation Sector</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="119.399" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27566,876 +27566,920 @@
       </c>
       <c r="J624">
         <v>2216.147</v>
       </c>
       <c r="K624">
         <v>4.423</v>
       </c>
       <c r="L624">
         <v>4.258</v>
       </c>
       <c r="M624">
         <v>4.96</v>
       </c>
       <c r="N624">
         <v>13.641</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>1.111</v>
       </c>
       <c r="C625">
-        <v>458.255</v>
+        <v>458.678</v>
       </c>
       <c r="D625">
         <v>1.012</v>
       </c>
       <c r="E625">
         <v>269.304</v>
       </c>
       <c r="F625">
         <v>8.322</v>
       </c>
       <c r="G625">
         <v>1245.723</v>
       </c>
       <c r="H625">
-        <v>43.164</v>
+        <v>43.908</v>
       </c>
       <c r="I625">
         <v>43.91</v>
       </c>
       <c r="J625">
-        <v>2070.801</v>
+        <v>2071.967</v>
       </c>
       <c r="K625">
-        <v>9.768</v>
+        <v>8.926</v>
       </c>
       <c r="L625">
-        <v>4.158</v>
+        <v>4.673</v>
       </c>
       <c r="M625">
-        <v>6.667</v>
+        <v>6.524</v>
       </c>
       <c r="N625">
-        <v>20.593</v>
+        <v>20.122</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>2.125</v>
       </c>
       <c r="C626">
-        <v>430.048</v>
+        <v>430.289</v>
       </c>
       <c r="D626">
         <v>0.946</v>
       </c>
       <c r="E626">
         <v>255.183</v>
       </c>
       <c r="F626">
         <v>6.531</v>
       </c>
       <c r="G626">
         <v>1217.194</v>
       </c>
       <c r="H626">
-        <v>45.339</v>
+        <v>45.376</v>
       </c>
       <c r="I626">
         <v>53.621</v>
       </c>
       <c r="J626">
-        <v>2010.988</v>
+        <v>2011.265</v>
       </c>
       <c r="K626">
-        <v>3.438</v>
+        <v>3.074</v>
       </c>
       <c r="L626">
-        <v>3.314</v>
+        <v>3.409</v>
       </c>
       <c r="M626">
-        <v>4.51</v>
+        <v>4.404</v>
       </c>
       <c r="N626">
-        <v>11.263</v>
+        <v>10.887</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>1.418</v>
       </c>
       <c r="C627">
-        <v>482.74</v>
+        <v>483.04</v>
       </c>
       <c r="D627">
         <v>1.012</v>
       </c>
       <c r="E627">
         <v>290.196</v>
       </c>
       <c r="F627">
         <v>7.437</v>
       </c>
       <c r="G627">
         <v>1342.895</v>
       </c>
       <c r="H627">
-        <v>50.04</v>
+        <v>49.979</v>
       </c>
       <c r="I627">
         <v>50.649</v>
       </c>
       <c r="J627">
-        <v>2226.387</v>
+        <v>2226.626</v>
       </c>
       <c r="K627">
-        <v>3.764</v>
+        <v>3.312</v>
       </c>
       <c r="L627">
-        <v>1.843</v>
+        <v>2.552</v>
       </c>
       <c r="M627">
-        <v>4.434</v>
+        <v>4.446</v>
       </c>
       <c r="N627">
-        <v>10.042</v>
+        <v>10.311</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>2.09</v>
       </c>
       <c r="C628">
-        <v>499.315</v>
+        <v>499.658</v>
       </c>
       <c r="D628">
         <v>0.979</v>
       </c>
       <c r="E628">
         <v>285.447</v>
       </c>
       <c r="F628">
         <v>9.721</v>
       </c>
       <c r="G628">
         <v>1289.719</v>
       </c>
       <c r="H628">
-        <v>52.401</v>
+        <v>52.383</v>
       </c>
       <c r="I628">
         <v>53.647</v>
       </c>
       <c r="J628">
-        <v>2193.319</v>
+        <v>2193.644</v>
       </c>
       <c r="K628">
-        <v>5.34</v>
+        <v>4.799</v>
       </c>
       <c r="L628">
-        <v>2.918</v>
+        <v>3.545</v>
       </c>
       <c r="M628">
-        <v>4.435</v>
+        <v>4.341</v>
       </c>
       <c r="N628">
-        <v>12.692</v>
+        <v>12.684</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>1.802</v>
       </c>
       <c r="C629">
-        <v>526.515</v>
+        <v>526.874</v>
       </c>
       <c r="D629">
         <v>1.012</v>
       </c>
       <c r="E629">
         <v>306.125</v>
       </c>
       <c r="F629">
         <v>7.666</v>
       </c>
       <c r="G629">
         <v>1411.097</v>
       </c>
       <c r="H629">
-        <v>48.352</v>
+        <v>48.46</v>
       </c>
       <c r="I629">
         <v>55.445</v>
       </c>
       <c r="J629">
-        <v>2358.014</v>
+        <v>2358.482</v>
       </c>
       <c r="K629">
-        <v>4.758</v>
+        <v>4.203</v>
       </c>
       <c r="L629">
-        <v>3.439</v>
+        <v>3.982</v>
       </c>
       <c r="M629">
-        <v>4.936</v>
+        <v>4.901</v>
       </c>
       <c r="N629">
-        <v>13.134</v>
+        <v>13.086</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>2.6</v>
       </c>
       <c r="C630">
-        <v>516.119</v>
+        <v>516.456</v>
       </c>
       <c r="D630">
         <v>0.979</v>
       </c>
       <c r="E630">
         <v>301.5</v>
       </c>
       <c r="F630">
         <v>8.624</v>
       </c>
       <c r="G630">
         <v>1337.722</v>
       </c>
       <c r="H630">
-        <v>46.832</v>
+        <v>46.993</v>
       </c>
       <c r="I630">
         <v>56.995</v>
       </c>
       <c r="J630">
-        <v>2271.371</v>
+        <v>2271.869</v>
       </c>
       <c r="K630">
-        <v>4.536</v>
+        <v>4.048</v>
       </c>
       <c r="L630">
-        <v>4.822</v>
+        <v>4.918</v>
       </c>
       <c r="M630">
-        <v>5.055</v>
+        <v>5.038</v>
       </c>
       <c r="N630">
-        <v>14.413</v>
+        <v>14.004</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>2.574</v>
       </c>
       <c r="C631">
-        <v>544.697</v>
+        <v>544.796</v>
       </c>
       <c r="D631">
         <v>1.012</v>
       </c>
       <c r="E631">
         <v>316.798</v>
       </c>
       <c r="F631">
         <v>7.95</v>
       </c>
       <c r="G631">
         <v>1400.084</v>
       </c>
       <c r="H631">
-        <v>48.273</v>
+        <v>48.074</v>
       </c>
       <c r="I631">
         <v>62.558</v>
       </c>
       <c r="J631">
-        <v>2383.946</v>
+        <v>2383.846</v>
       </c>
       <c r="K631">
-        <v>4.937</v>
+        <v>5.134</v>
       </c>
       <c r="L631">
-        <v>5.291</v>
+        <v>5.696</v>
       </c>
       <c r="M631">
-        <v>5.582</v>
+        <v>5.523</v>
       </c>
       <c r="N631">
-        <v>15.81</v>
+        <v>16.354</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>2.12</v>
       </c>
       <c r="C632">
-        <v>560.4</v>
+        <v>560.658</v>
       </c>
       <c r="D632">
         <v>1.012</v>
       </c>
       <c r="E632">
         <v>313.549</v>
       </c>
       <c r="F632">
         <v>9.579</v>
       </c>
       <c r="G632">
         <v>1390.992</v>
       </c>
       <c r="H632">
-        <v>46.812</v>
+        <v>46.854</v>
       </c>
       <c r="I632">
         <v>54.67</v>
       </c>
       <c r="J632">
-        <v>2379.133</v>
+        <v>2379.432</v>
       </c>
       <c r="K632">
-        <v>5.353</v>
+        <v>5.118</v>
       </c>
       <c r="L632">
-        <v>5.224</v>
+        <v>5.599</v>
       </c>
       <c r="M632">
-        <v>5.417</v>
+        <v>5.261</v>
       </c>
       <c r="N632">
-        <v>15.995</v>
+        <v>15.978</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>2.191</v>
       </c>
       <c r="C633">
-        <v>506.889</v>
+        <v>507.178</v>
       </c>
       <c r="D633">
         <v>0.979</v>
       </c>
       <c r="E633">
         <v>285.148</v>
       </c>
       <c r="F633">
         <v>7.706</v>
       </c>
       <c r="G633">
         <v>1306.308</v>
       </c>
       <c r="H633">
-        <v>33.91</v>
+        <v>34</v>
       </c>
       <c r="I633">
         <v>55.267</v>
       </c>
       <c r="J633">
-        <v>2198.397</v>
+        <v>2198.777</v>
       </c>
       <c r="K633">
-        <v>3.897</v>
+        <v>3.524</v>
       </c>
       <c r="L633">
-        <v>3.112</v>
+        <v>3.146</v>
       </c>
       <c r="M633">
-        <v>5.122</v>
+        <v>5.022</v>
       </c>
       <c r="N633">
-        <v>12.131</v>
+        <v>11.692</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>1.954</v>
       </c>
       <c r="C634">
-        <v>545.748</v>
+        <v>546.031</v>
       </c>
       <c r="D634">
         <v>1.012</v>
       </c>
       <c r="E634">
         <v>300.844</v>
       </c>
       <c r="F634">
         <v>7.192</v>
       </c>
       <c r="G634">
         <v>1362.848</v>
       </c>
       <c r="H634">
-        <v>52.258</v>
+        <v>51.96</v>
       </c>
       <c r="I634">
         <v>56.604</v>
       </c>
       <c r="J634">
-        <v>2328.459</v>
+        <v>2328.443</v>
       </c>
       <c r="K634">
-        <v>4.403</v>
+        <v>4.053</v>
       </c>
       <c r="L634">
-        <v>2.202</v>
+        <v>3.025</v>
       </c>
       <c r="M634">
-        <v>5.482</v>
+        <v>5.441</v>
       </c>
       <c r="N634">
-        <v>12.088</v>
+        <v>12.52</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>1.656</v>
       </c>
       <c r="C635">
-        <v>480.9</v>
+        <v>481.152</v>
       </c>
       <c r="D635">
         <v>0.979</v>
       </c>
       <c r="E635">
         <v>283.871</v>
       </c>
       <c r="F635">
         <v>4.768</v>
       </c>
       <c r="G635">
         <v>1284.347</v>
       </c>
       <c r="H635">
-        <v>48.982</v>
+        <v>49.047</v>
       </c>
       <c r="I635">
         <v>54.748</v>
       </c>
       <c r="J635">
-        <v>2160.251</v>
+        <v>2160.568</v>
       </c>
       <c r="K635">
-        <v>4.127</v>
+        <v>3.817</v>
       </c>
       <c r="L635">
-        <v>2.244</v>
+        <v>2.925</v>
       </c>
       <c r="M635">
-        <v>5.056</v>
+        <v>4.966</v>
       </c>
       <c r="N635">
-        <v>11.427</v>
+        <v>11.709</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>1.131</v>
       </c>
       <c r="C636">
-        <v>485.526</v>
+        <v>485.699</v>
       </c>
       <c r="D636">
         <v>1.012</v>
       </c>
       <c r="E636">
         <v>299.495</v>
       </c>
       <c r="F636">
         <v>4.833</v>
       </c>
       <c r="G636">
         <v>1318.185</v>
       </c>
       <c r="H636">
-        <v>48.989</v>
+        <v>49.113</v>
       </c>
       <c r="I636">
         <v>53.34</v>
       </c>
       <c r="J636">
-        <v>2212.509</v>
+        <v>2212.807</v>
       </c>
       <c r="K636">
-        <v>6.036</v>
+        <v>5.935</v>
       </c>
       <c r="L636">
-        <v>3.485</v>
+        <v>3.99</v>
       </c>
       <c r="M636">
-        <v>6.503</v>
+        <v>6.476</v>
       </c>
       <c r="N636">
-        <v>16.024</v>
+        <v>16.4</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>1.272</v>
       </c>
       <c r="C637">
-        <v>472.833</v>
+        <v>470.864</v>
       </c>
       <c r="D637">
         <v>1.014</v>
       </c>
       <c r="E637">
         <v>284.786</v>
       </c>
       <c r="F637">
         <v>6.609</v>
       </c>
       <c r="G637">
         <v>1274.632</v>
       </c>
       <c r="H637">
-        <v>55.348</v>
+        <v>55.545</v>
       </c>
       <c r="I637">
         <v>32.307</v>
       </c>
       <c r="J637">
-        <v>2128.802</v>
+        <v>2127.029</v>
       </c>
       <c r="K637">
-        <v>17.719</v>
+        <v>17.959</v>
       </c>
       <c r="L637">
-        <v>6.405</v>
+        <v>5.933</v>
       </c>
       <c r="M637">
-        <v>9.506</v>
+        <v>9.374</v>
       </c>
       <c r="N637">
-        <v>33.63</v>
+        <v>33.266</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>1.848</v>
       </c>
       <c r="C638">
-        <v>429.862</v>
+        <v>428.125</v>
       </c>
       <c r="D638">
         <v>0.916</v>
       </c>
       <c r="E638">
         <v>244.276</v>
       </c>
       <c r="F638">
         <v>4.995</v>
       </c>
       <c r="G638">
         <v>1178.245</v>
       </c>
       <c r="H638">
-        <v>46.001</v>
+        <v>46.229</v>
       </c>
       <c r="I638">
         <v>37.417</v>
       </c>
       <c r="J638">
-        <v>1943.558</v>
+        <v>1942.05</v>
       </c>
       <c r="K638">
-        <v>6.353</v>
+        <v>6.188</v>
       </c>
       <c r="L638">
-        <v>3.778</v>
+        <v>3.946</v>
       </c>
       <c r="M638">
-        <v>5.621</v>
+        <v>5.472</v>
       </c>
       <c r="N638">
-        <v>15.751</v>
+        <v>15.606</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>1.59</v>
       </c>
       <c r="C639">
-        <v>500.835</v>
+        <v>498.877</v>
       </c>
       <c r="D639">
         <v>1.014</v>
       </c>
       <c r="E639">
         <v>287.657</v>
       </c>
       <c r="F639">
         <v>6.977</v>
       </c>
       <c r="G639">
         <v>1316.976</v>
       </c>
       <c r="H639">
-        <v>48.75</v>
+        <v>48.791</v>
       </c>
       <c r="I639">
         <v>38.678</v>
       </c>
       <c r="J639">
-        <v>2202.477</v>
+        <v>2200.56</v>
       </c>
       <c r="K639">
-        <v>4.107</v>
+        <v>3.805</v>
       </c>
       <c r="L639">
-        <v>4.259</v>
+        <v>4.629</v>
       </c>
       <c r="M639">
-        <v>4.832</v>
+        <v>4.8</v>
       </c>
       <c r="N639">
-        <v>13.199</v>
+        <v>13.234</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>1.964</v>
       </c>
       <c r="C640">
-        <v>511.642</v>
+        <v>509.608</v>
       </c>
       <c r="D640">
         <v>0.982</v>
       </c>
       <c r="E640">
         <v>300.077</v>
       </c>
       <c r="F640">
         <v>9.076</v>
       </c>
       <c r="G640">
         <v>1295.615</v>
       </c>
       <c r="H640">
-        <v>47.065</v>
+        <v>47.034</v>
       </c>
       <c r="I640">
         <v>38.416</v>
       </c>
       <c r="J640">
-        <v>2204.836</v>
+        <v>2202.771</v>
       </c>
       <c r="K640">
-        <v>4.189</v>
+        <v>3.959</v>
       </c>
       <c r="L640">
-        <v>3.462</v>
+        <v>3.788</v>
       </c>
       <c r="M640">
-        <v>4.595</v>
+        <v>4.571</v>
       </c>
       <c r="N640">
-        <v>12.246</v>
+        <v>12.317</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>2.049</v>
       </c>
       <c r="C641">
-        <v>535.102</v>
+        <v>532.883</v>
       </c>
       <c r="D641">
         <v>1.014</v>
       </c>
       <c r="E641">
         <v>309.965</v>
       </c>
       <c r="F641">
         <v>8.924</v>
       </c>
       <c r="G641">
         <v>1360.868</v>
       </c>
       <c r="H641">
-        <v>31.883</v>
+        <v>32.116</v>
       </c>
       <c r="I641">
         <v>36.118</v>
       </c>
       <c r="J641">
-        <v>2285.924</v>
+        <v>2283.938</v>
       </c>
       <c r="K641">
-        <v>3.444</v>
+        <v>3.367</v>
       </c>
       <c r="L641">
-        <v>4.203</v>
+        <v>4.002</v>
       </c>
       <c r="M641">
-        <v>4.561</v>
+        <v>4.525</v>
       </c>
       <c r="N641">
-        <v>12.208</v>
+        <v>11.894</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>1.928</v>
       </c>
       <c r="C642">
-        <v>541.558</v>
+        <v>539.476</v>
       </c>
       <c r="D642">
         <v>0.982</v>
       </c>
       <c r="E642">
         <v>314.151</v>
       </c>
       <c r="F642">
         <v>7.844</v>
       </c>
       <c r="G642">
         <v>1346.767</v>
       </c>
       <c r="H642">
-        <v>46.427</v>
+        <v>46.582</v>
       </c>
       <c r="I642">
         <v>30.226</v>
       </c>
       <c r="J642">
-        <v>2289.883</v>
+        <v>2287.957</v>
       </c>
       <c r="K642">
-        <v>6.062</v>
+        <v>5.582</v>
       </c>
       <c r="L642">
-        <v>5.301</v>
+        <v>5.68</v>
       </c>
       <c r="M642">
-        <v>5.825</v>
+        <v>5.651</v>
       </c>
       <c r="N642">
-        <v>17.188</v>
+        <v>16.914</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>2.605</v>
       </c>
       <c r="C643">
-        <v>558.927</v>
+        <v>556.736</v>
       </c>
       <c r="D643">
         <v>1.014</v>
       </c>
       <c r="E643">
         <v>324.244</v>
       </c>
       <c r="F643">
         <v>10.526</v>
       </c>
       <c r="G643">
         <v>1374.914</v>
       </c>
       <c r="H643">
-        <v>57.26</v>
+        <v>57.174</v>
       </c>
       <c r="I643">
         <v>36.196</v>
       </c>
       <c r="J643">
-        <v>2365.687</v>
+        <v>2363.41</v>
       </c>
       <c r="K643">
-        <v>5.554</v>
+        <v>5.096</v>
       </c>
       <c r="L643">
-        <v>6.808</v>
+        <v>5.963</v>
       </c>
       <c r="M643">
-        <v>6.423</v>
+        <v>6.23</v>
       </c>
       <c r="N643">
-        <v>18.785</v>
+        <v>17.288</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>2.09</v>
+      </c>
+      <c r="C644">
+        <v>554.022</v>
+      </c>
+      <c r="D644">
+        <v>1.014</v>
+      </c>
+      <c r="E644">
+        <v>322.05</v>
+      </c>
+      <c r="F644">
+        <v>9.889</v>
+      </c>
+      <c r="G644">
+        <v>1384.197</v>
+      </c>
+      <c r="H644">
+        <v>39.982</v>
+      </c>
+      <c r="I644">
+        <v>33.799</v>
+      </c>
+      <c r="J644">
+        <v>2347.044</v>
+      </c>
+      <c r="K644">
+        <v>4.851</v>
+      </c>
+      <c r="L644">
+        <v>5.714</v>
+      </c>
+      <c r="M644">
+        <v>5.46</v>
+      </c>
+      <c r="N644">
+        <v>16.026</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31867,84 +31911,84 @@
       </c>
       <c r="J87">
         <v>26651.387</v>
       </c>
       <c r="K87">
         <v>52.88</v>
       </c>
       <c r="L87">
         <v>58.488</v>
       </c>
       <c r="M87">
         <v>64.14</v>
       </c>
       <c r="N87">
         <v>175.508</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>22.772</v>
       </c>
       <c r="C88">
-        <v>6037.152</v>
+        <v>6040.509</v>
       </c>
       <c r="D88">
         <v>11.945</v>
       </c>
       <c r="E88">
         <v>3507.459</v>
       </c>
       <c r="F88">
         <v>90.329</v>
       </c>
       <c r="G88">
         <v>15907.115</v>
       </c>
       <c r="H88">
-        <v>565.352</v>
+        <v>566.146</v>
       </c>
       <c r="I88">
         <v>651.452</v>
       </c>
       <c r="J88">
-        <v>26793.576</v>
+        <v>26797.728</v>
       </c>
       <c r="K88">
-        <v>60.357</v>
+        <v>55.943</v>
       </c>
       <c r="L88">
-        <v>42.053</v>
+        <v>47.46</v>
       </c>
       <c r="M88">
-        <v>63.201</v>
+        <v>62.344</v>
       </c>
       <c r="N88">
-        <v>165.612</v>
+        <v>165.746</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>