--- v2 (2025-12-15)
+++ v3 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 3.8c Heat Content of Petroleum Consumption:  Transportation and Electric Power Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Aviation Gasoline Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Jet Fuel Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Lubricants Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Motor Gasoline Consumed by the Transportation Sector</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="119.399" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28094,392 +28094,480 @@
       </c>
       <c r="J636">
         <v>2212.807</v>
       </c>
       <c r="K636">
         <v>5.935</v>
       </c>
       <c r="L636">
         <v>3.99</v>
       </c>
       <c r="M636">
         <v>6.476</v>
       </c>
       <c r="N636">
         <v>16.4</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>1.272</v>
       </c>
       <c r="C637">
-        <v>470.864</v>
+        <v>474.468</v>
       </c>
       <c r="D637">
         <v>1.014</v>
       </c>
       <c r="E637">
         <v>284.786</v>
       </c>
       <c r="F637">
         <v>6.609</v>
       </c>
       <c r="G637">
         <v>1274.632</v>
       </c>
       <c r="H637">
-        <v>55.545</v>
+        <v>55.503</v>
       </c>
       <c r="I637">
         <v>32.307</v>
       </c>
       <c r="J637">
-        <v>2127.029</v>
+        <v>2130.591</v>
       </c>
       <c r="K637">
         <v>17.959</v>
       </c>
       <c r="L637">
         <v>5.933</v>
       </c>
       <c r="M637">
         <v>9.374</v>
       </c>
       <c r="N637">
         <v>33.266</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>1.848</v>
       </c>
       <c r="C638">
-        <v>428.125</v>
+        <v>431.843</v>
       </c>
       <c r="D638">
         <v>0.916</v>
       </c>
       <c r="E638">
         <v>244.276</v>
       </c>
       <c r="F638">
         <v>4.995</v>
       </c>
       <c r="G638">
         <v>1178.245</v>
       </c>
       <c r="H638">
-        <v>46.229</v>
+        <v>46.195</v>
       </c>
       <c r="I638">
         <v>37.417</v>
       </c>
       <c r="J638">
-        <v>1942.05</v>
+        <v>1945.734</v>
       </c>
       <c r="K638">
         <v>6.188</v>
       </c>
       <c r="L638">
         <v>3.946</v>
       </c>
       <c r="M638">
         <v>5.472</v>
       </c>
       <c r="N638">
         <v>15.606</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>1.59</v>
       </c>
       <c r="C639">
-        <v>498.877</v>
+        <v>502.382</v>
       </c>
       <c r="D639">
         <v>1.014</v>
       </c>
       <c r="E639">
         <v>287.657</v>
       </c>
       <c r="F639">
         <v>6.977</v>
       </c>
       <c r="G639">
         <v>1316.976</v>
       </c>
       <c r="H639">
-        <v>48.791</v>
+        <v>48.754</v>
       </c>
       <c r="I639">
         <v>38.678</v>
       </c>
       <c r="J639">
-        <v>2200.56</v>
+        <v>2204.028</v>
       </c>
       <c r="K639">
         <v>3.805</v>
       </c>
       <c r="L639">
         <v>4.629</v>
       </c>
       <c r="M639">
         <v>4.8</v>
       </c>
       <c r="N639">
         <v>13.234</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>1.964</v>
       </c>
       <c r="C640">
-        <v>509.608</v>
+        <v>512.717</v>
       </c>
       <c r="D640">
         <v>0.982</v>
       </c>
       <c r="E640">
         <v>300.077</v>
       </c>
       <c r="F640">
         <v>9.076</v>
       </c>
       <c r="G640">
         <v>1295.615</v>
       </c>
       <c r="H640">
-        <v>47.034</v>
+        <v>46.998</v>
       </c>
       <c r="I640">
         <v>38.416</v>
       </c>
       <c r="J640">
-        <v>2202.771</v>
+        <v>2205.844</v>
       </c>
       <c r="K640">
         <v>3.959</v>
       </c>
       <c r="L640">
         <v>3.788</v>
       </c>
       <c r="M640">
         <v>4.571</v>
       </c>
       <c r="N640">
         <v>12.317</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>2.049</v>
       </c>
       <c r="C641">
-        <v>532.883</v>
+        <v>536.019</v>
       </c>
       <c r="D641">
         <v>1.014</v>
       </c>
       <c r="E641">
         <v>309.965</v>
       </c>
       <c r="F641">
         <v>8.924</v>
       </c>
       <c r="G641">
         <v>1360.868</v>
       </c>
       <c r="H641">
-        <v>32.116</v>
+        <v>32.091</v>
       </c>
       <c r="I641">
         <v>36.118</v>
       </c>
       <c r="J641">
-        <v>2283.938</v>
+        <v>2287.049</v>
       </c>
       <c r="K641">
         <v>3.367</v>
       </c>
       <c r="L641">
         <v>4.002</v>
       </c>
       <c r="M641">
         <v>4.525</v>
       </c>
       <c r="N641">
         <v>11.894</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>1.928</v>
       </c>
       <c r="C642">
-        <v>539.476</v>
+        <v>542.514</v>
       </c>
       <c r="D642">
         <v>0.982</v>
       </c>
       <c r="E642">
         <v>314.151</v>
       </c>
       <c r="F642">
         <v>7.844</v>
       </c>
       <c r="G642">
         <v>1346.767</v>
       </c>
       <c r="H642">
-        <v>46.582</v>
+        <v>46.546</v>
       </c>
       <c r="I642">
         <v>30.226</v>
       </c>
       <c r="J642">
-        <v>2287.957</v>
+        <v>2290.959</v>
       </c>
       <c r="K642">
         <v>5.582</v>
       </c>
       <c r="L642">
         <v>5.68</v>
       </c>
       <c r="M642">
         <v>5.651</v>
       </c>
       <c r="N642">
         <v>16.914</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>2.605</v>
       </c>
       <c r="C643">
-        <v>556.736</v>
+        <v>559.696</v>
       </c>
       <c r="D643">
         <v>1.014</v>
       </c>
       <c r="E643">
         <v>324.244</v>
       </c>
       <c r="F643">
         <v>10.526</v>
       </c>
       <c r="G643">
         <v>1374.914</v>
       </c>
       <c r="H643">
-        <v>57.174</v>
+        <v>57.13</v>
       </c>
       <c r="I643">
         <v>36.196</v>
       </c>
       <c r="J643">
-        <v>2363.41</v>
+        <v>2366.325</v>
       </c>
       <c r="K643">
         <v>5.096</v>
       </c>
       <c r="L643">
         <v>5.963</v>
       </c>
       <c r="M643">
         <v>6.23</v>
       </c>
       <c r="N643">
         <v>17.288</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>2.09</v>
       </c>
       <c r="C644">
-        <v>554.022</v>
+        <v>561.435</v>
       </c>
       <c r="D644">
         <v>1.014</v>
       </c>
       <c r="E644">
-        <v>322.05</v>
+        <v>319.678</v>
       </c>
       <c r="F644">
-        <v>9.889</v>
+        <v>9.697</v>
       </c>
       <c r="G644">
-        <v>1384.197</v>
+        <v>1386.302</v>
       </c>
       <c r="H644">
-        <v>39.982</v>
+        <v>42.657</v>
       </c>
       <c r="I644">
-        <v>33.799</v>
+        <v>35.198</v>
       </c>
       <c r="J644">
-        <v>2347.044</v>
+        <v>2358.073</v>
       </c>
       <c r="K644">
         <v>4.851</v>
       </c>
       <c r="L644">
         <v>5.714</v>
       </c>
       <c r="M644">
         <v>5.46</v>
       </c>
       <c r="N644">
         <v>16.026</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>2.115</v>
+      </c>
+      <c r="C645">
+        <v>527.115</v>
+      </c>
+      <c r="D645">
+        <v>0.982</v>
+      </c>
+      <c r="E645">
+        <v>282.913</v>
+      </c>
+      <c r="F645">
+        <v>11.02</v>
+      </c>
+      <c r="G645">
+        <v>1304.978</v>
+      </c>
+      <c r="H645">
+        <v>60.065</v>
+      </c>
+      <c r="I645">
+        <v>37.285</v>
+      </c>
+      <c r="J645">
+        <v>2226.472</v>
+      </c>
+      <c r="K645">
+        <v>3.891</v>
+      </c>
+      <c r="L645">
+        <v>4.805</v>
+      </c>
+      <c r="M645">
+        <v>5.167</v>
+      </c>
+      <c r="N645">
+        <v>13.863</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>2.357</v>
+      </c>
+      <c r="C646">
+        <v>554.055</v>
+      </c>
+      <c r="D646">
+        <v>1.014</v>
+      </c>
+      <c r="E646">
+        <v>301.418</v>
+      </c>
+      <c r="F646">
+        <v>11.02</v>
+      </c>
+      <c r="G646">
+        <v>1353.858</v>
+      </c>
+      <c r="H646">
+        <v>48.717</v>
+      </c>
+      <c r="I646">
+        <v>41.551</v>
+      </c>
+      <c r="J646">
+        <v>2313.991</v>
+      </c>
+      <c r="K646">
+        <v>3.895</v>
+      </c>
+      <c r="L646">
+        <v>4.898</v>
+      </c>
+      <c r="M646">
+        <v>5.342</v>
+      </c>
+      <c r="N646">
+        <v>14.134</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>