--- v3 (2026-02-01)
+++ v4 (2026-03-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 3.8c Heat Content of Petroleum Consumption:  Transportation and Electric Power Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Aviation Gasoline Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Jet Fuel Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Lubricants Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Motor Gasoline Consumed by the Transportation Sector</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="119.399" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28094,480 +28094,524 @@
       </c>
       <c r="J636">
         <v>2212.807</v>
       </c>
       <c r="K636">
         <v>5.935</v>
       </c>
       <c r="L636">
         <v>3.99</v>
       </c>
       <c r="M636">
         <v>6.476</v>
       </c>
       <c r="N636">
         <v>16.4</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>1.272</v>
       </c>
       <c r="C637">
-        <v>474.468</v>
+        <v>473.665</v>
       </c>
       <c r="D637">
         <v>1.014</v>
       </c>
       <c r="E637">
         <v>284.786</v>
       </c>
       <c r="F637">
         <v>6.609</v>
       </c>
       <c r="G637">
         <v>1274.632</v>
       </c>
       <c r="H637">
-        <v>55.503</v>
+        <v>55.477</v>
       </c>
       <c r="I637">
         <v>32.307</v>
       </c>
       <c r="J637">
-        <v>2130.591</v>
+        <v>2129.763</v>
       </c>
       <c r="K637">
         <v>17.959</v>
       </c>
       <c r="L637">
         <v>5.933</v>
       </c>
       <c r="M637">
         <v>9.374</v>
       </c>
       <c r="N637">
         <v>33.266</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>1.848</v>
       </c>
       <c r="C638">
-        <v>431.843</v>
+        <v>431.105</v>
       </c>
       <c r="D638">
         <v>0.916</v>
       </c>
       <c r="E638">
         <v>244.276</v>
       </c>
       <c r="F638">
         <v>4.995</v>
       </c>
       <c r="G638">
         <v>1178.245</v>
       </c>
       <c r="H638">
-        <v>46.195</v>
+        <v>46.171</v>
       </c>
       <c r="I638">
         <v>37.417</v>
       </c>
       <c r="J638">
-        <v>1945.734</v>
+        <v>1944.973</v>
       </c>
       <c r="K638">
         <v>6.188</v>
       </c>
       <c r="L638">
         <v>3.946</v>
       </c>
       <c r="M638">
         <v>5.472</v>
       </c>
       <c r="N638">
         <v>15.606</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>1.59</v>
       </c>
       <c r="C639">
-        <v>502.382</v>
+        <v>501.456</v>
       </c>
       <c r="D639">
         <v>1.014</v>
       </c>
       <c r="E639">
         <v>287.657</v>
       </c>
       <c r="F639">
         <v>6.977</v>
       </c>
       <c r="G639">
         <v>1316.976</v>
       </c>
       <c r="H639">
-        <v>48.754</v>
+        <v>48.732</v>
       </c>
       <c r="I639">
         <v>38.678</v>
       </c>
       <c r="J639">
-        <v>2204.028</v>
+        <v>2203.08</v>
       </c>
       <c r="K639">
         <v>3.805</v>
       </c>
       <c r="L639">
         <v>4.629</v>
       </c>
       <c r="M639">
         <v>4.8</v>
       </c>
       <c r="N639">
         <v>13.234</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>1.964</v>
       </c>
       <c r="C640">
-        <v>512.717</v>
+        <v>511.72</v>
       </c>
       <c r="D640">
         <v>0.982</v>
       </c>
       <c r="E640">
         <v>300.077</v>
       </c>
       <c r="F640">
         <v>9.076</v>
       </c>
       <c r="G640">
         <v>1295.615</v>
       </c>
       <c r="H640">
-        <v>46.998</v>
+        <v>46.979</v>
       </c>
       <c r="I640">
         <v>38.416</v>
       </c>
       <c r="J640">
-        <v>2205.844</v>
+        <v>2204.828</v>
       </c>
       <c r="K640">
         <v>3.959</v>
       </c>
       <c r="L640">
         <v>3.788</v>
       </c>
       <c r="M640">
         <v>4.571</v>
       </c>
       <c r="N640">
         <v>12.317</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>2.049</v>
       </c>
       <c r="C641">
-        <v>536.019</v>
+        <v>534.945</v>
       </c>
       <c r="D641">
         <v>1.014</v>
       </c>
       <c r="E641">
         <v>309.965</v>
       </c>
       <c r="F641">
         <v>8.924</v>
       </c>
       <c r="G641">
         <v>1360.868</v>
       </c>
       <c r="H641">
-        <v>32.091</v>
+        <v>32.077</v>
       </c>
       <c r="I641">
         <v>36.118</v>
       </c>
       <c r="J641">
-        <v>2287.049</v>
+        <v>2285.961</v>
       </c>
       <c r="K641">
         <v>3.367</v>
       </c>
       <c r="L641">
         <v>4.002</v>
       </c>
       <c r="M641">
         <v>4.525</v>
       </c>
       <c r="N641">
         <v>11.894</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>1.928</v>
       </c>
       <c r="C642">
-        <v>542.514</v>
+        <v>541.424</v>
       </c>
       <c r="D642">
         <v>0.982</v>
       </c>
       <c r="E642">
         <v>314.151</v>
       </c>
       <c r="F642">
         <v>7.844</v>
       </c>
       <c r="G642">
         <v>1346.767</v>
       </c>
       <c r="H642">
-        <v>46.546</v>
+        <v>46.528</v>
       </c>
       <c r="I642">
         <v>30.226</v>
       </c>
       <c r="J642">
-        <v>2290.959</v>
+        <v>2289.851</v>
       </c>
       <c r="K642">
         <v>5.582</v>
       </c>
       <c r="L642">
         <v>5.68</v>
       </c>
       <c r="M642">
         <v>5.651</v>
       </c>
       <c r="N642">
         <v>16.914</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>2.605</v>
       </c>
       <c r="C643">
-        <v>559.696</v>
+        <v>558.535</v>
       </c>
       <c r="D643">
         <v>1.014</v>
       </c>
       <c r="E643">
         <v>324.244</v>
       </c>
       <c r="F643">
         <v>10.526</v>
       </c>
       <c r="G643">
         <v>1374.914</v>
       </c>
       <c r="H643">
-        <v>57.13</v>
+        <v>57.109</v>
       </c>
       <c r="I643">
         <v>36.196</v>
       </c>
       <c r="J643">
-        <v>2366.325</v>
+        <v>2365.144</v>
       </c>
       <c r="K643">
         <v>5.096</v>
       </c>
       <c r="L643">
         <v>5.963</v>
       </c>
       <c r="M643">
         <v>6.23</v>
       </c>
       <c r="N643">
         <v>17.288</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>2.09</v>
       </c>
       <c r="C644">
-        <v>561.435</v>
+        <v>560.261</v>
       </c>
       <c r="D644">
         <v>1.014</v>
       </c>
       <c r="E644">
         <v>319.678</v>
       </c>
       <c r="F644">
         <v>9.697</v>
       </c>
       <c r="G644">
         <v>1386.302</v>
       </c>
       <c r="H644">
-        <v>42.657</v>
+        <v>42.641</v>
       </c>
       <c r="I644">
         <v>35.198</v>
       </c>
       <c r="J644">
-        <v>2358.073</v>
+        <v>2356.884</v>
       </c>
       <c r="K644">
         <v>4.851</v>
       </c>
       <c r="L644">
         <v>5.714</v>
       </c>
       <c r="M644">
         <v>5.46</v>
       </c>
       <c r="N644">
         <v>16.026</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>2.115</v>
       </c>
       <c r="C645">
-        <v>527.115</v>
+        <v>526.067</v>
       </c>
       <c r="D645">
         <v>0.982</v>
       </c>
       <c r="E645">
         <v>282.913</v>
       </c>
       <c r="F645">
         <v>11.02</v>
       </c>
       <c r="G645">
         <v>1304.978</v>
       </c>
       <c r="H645">
-        <v>60.065</v>
+        <v>60.042</v>
       </c>
       <c r="I645">
         <v>37.285</v>
       </c>
       <c r="J645">
-        <v>2226.472</v>
+        <v>2225.401</v>
       </c>
       <c r="K645">
         <v>3.891</v>
       </c>
       <c r="L645">
         <v>4.805</v>
       </c>
       <c r="M645">
         <v>5.167</v>
       </c>
       <c r="N645">
         <v>13.863</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
         <v>2.357</v>
       </c>
       <c r="C646">
-        <v>554.055</v>
+        <v>548.75</v>
       </c>
       <c r="D646">
         <v>1.014</v>
       </c>
       <c r="E646">
-        <v>301.418</v>
+        <v>313.824</v>
       </c>
       <c r="F646">
-        <v>11.02</v>
+        <v>9.312</v>
       </c>
       <c r="G646">
-        <v>1353.858</v>
+        <v>1335.566</v>
       </c>
       <c r="H646">
-        <v>48.717</v>
+        <v>51.042</v>
       </c>
       <c r="I646">
-        <v>41.551</v>
+        <v>40.773</v>
       </c>
       <c r="J646">
-        <v>2313.991</v>
+        <v>2302.638</v>
       </c>
       <c r="K646">
         <v>3.895</v>
       </c>
       <c r="L646">
         <v>4.898</v>
       </c>
       <c r="M646">
         <v>5.342</v>
       </c>
       <c r="N646">
         <v>14.134</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>1.873</v>
+      </c>
+      <c r="C647">
+        <v>493.566</v>
+      </c>
+      <c r="D647">
+        <v>0.982</v>
+      </c>
+      <c r="E647">
+        <v>284.761</v>
+      </c>
+      <c r="F647">
+        <v>9.6</v>
+      </c>
+      <c r="G647">
+        <v>1262.174</v>
+      </c>
+      <c r="H647">
+        <v>57.543</v>
+      </c>
+      <c r="I647">
+        <v>39.218</v>
+      </c>
+      <c r="J647">
+        <v>2149.716</v>
+      </c>
+      <c r="K647">
+        <v>5.301</v>
+      </c>
+      <c r="L647">
+        <v>4.002</v>
+      </c>
+      <c r="M647">
+        <v>4.761</v>
+      </c>
+      <c r="N647">
+        <v>14.064</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>