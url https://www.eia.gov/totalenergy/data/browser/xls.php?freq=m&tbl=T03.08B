--- v0 (2025-10-04)
+++ v1 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 3.8b Heat Content of Petroleum Consumption:  Industrial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Asphalt and Road Oil Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Propylene Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Propane/Propylene Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Total Hydrocarbon Gas Liquids Consumed by the Industrial Sector</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="88.55" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27038,1357 +27038,1489 @@
       </c>
       <c r="K612">
         <v>34.895</v>
       </c>
       <c r="L612">
         <v>3.694</v>
       </c>
       <c r="M612">
         <v>179.954</v>
       </c>
       <c r="N612">
         <v>603.388</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>46.702</v>
       </c>
       <c r="C613">
         <v>119.945</v>
       </c>
       <c r="D613">
-        <v>39.586</v>
+        <v>39.536</v>
       </c>
       <c r="E613">
         <v>30.933</v>
       </c>
       <c r="F613">
-        <v>70.519</v>
+        <v>70.469</v>
       </c>
       <c r="G613">
-        <v>274.962</v>
+        <v>274.912</v>
       </c>
       <c r="H613">
         <v>0.998</v>
       </c>
       <c r="I613">
         <v>10.472</v>
       </c>
       <c r="J613">
         <v>21.705</v>
       </c>
       <c r="K613">
         <v>19.05</v>
       </c>
       <c r="L613">
         <v>3.861</v>
       </c>
       <c r="M613">
         <v>174.795</v>
       </c>
       <c r="N613">
-        <v>672.489</v>
+        <v>672.439</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>45.275</v>
       </c>
       <c r="C614">
         <v>81.695</v>
       </c>
       <c r="D614">
-        <v>29.626</v>
+        <v>29.581</v>
       </c>
       <c r="E614">
         <v>26.297</v>
       </c>
       <c r="F614">
-        <v>55.923</v>
+        <v>55.878</v>
       </c>
       <c r="G614">
-        <v>242.514</v>
+        <v>242.468</v>
       </c>
       <c r="H614">
         <v>0.611</v>
       </c>
       <c r="I614">
         <v>9.309</v>
       </c>
       <c r="J614">
         <v>20.559</v>
       </c>
       <c r="K614">
         <v>36.46</v>
       </c>
       <c r="L614">
         <v>4.513</v>
       </c>
       <c r="M614">
         <v>152.531</v>
       </c>
       <c r="N614">
-        <v>593.467</v>
+        <v>593.422</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>53.019</v>
       </c>
       <c r="C615">
         <v>123.985</v>
       </c>
       <c r="D615">
-        <v>4.71</v>
+        <v>4.66</v>
       </c>
       <c r="E615">
         <v>29.955</v>
       </c>
       <c r="F615">
-        <v>34.665</v>
+        <v>34.615</v>
       </c>
       <c r="G615">
-        <v>248.087</v>
+        <v>248.037</v>
       </c>
       <c r="H615">
         <v>0.13</v>
       </c>
       <c r="I615">
         <v>5.444</v>
       </c>
       <c r="J615">
         <v>23.762</v>
       </c>
       <c r="K615">
         <v>50.555</v>
       </c>
       <c r="L615">
         <v>2.957</v>
       </c>
       <c r="M615">
         <v>182.239</v>
       </c>
       <c r="N615">
-        <v>690.178</v>
+        <v>690.128</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>64.666</v>
       </c>
       <c r="C616">
         <v>94.998</v>
       </c>
       <c r="D616">
-        <v>21.432</v>
+        <v>21.383</v>
       </c>
       <c r="E616">
         <v>31.09</v>
       </c>
       <c r="F616">
-        <v>52.522</v>
+        <v>52.474</v>
       </c>
       <c r="G616">
-        <v>269.326</v>
+        <v>269.278</v>
       </c>
       <c r="H616">
         <v>0.34</v>
       </c>
       <c r="I616">
         <v>7.104</v>
       </c>
       <c r="J616">
         <v>22.659</v>
       </c>
       <c r="K616">
         <v>55.091</v>
       </c>
       <c r="L616">
         <v>2.838</v>
       </c>
       <c r="M616">
         <v>185.941</v>
       </c>
       <c r="N616">
-        <v>702.962</v>
+        <v>702.914</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>84.128</v>
       </c>
       <c r="C617">
         <v>100.169</v>
       </c>
       <c r="D617">
-        <v>17.993</v>
+        <v>17.943</v>
       </c>
       <c r="E617">
         <v>32.831</v>
       </c>
       <c r="F617">
-        <v>50.824</v>
+        <v>50.774</v>
       </c>
       <c r="G617">
-        <v>286.998</v>
+        <v>286.948</v>
       </c>
       <c r="H617">
         <v>0.515</v>
       </c>
       <c r="I617">
         <v>8.8</v>
       </c>
       <c r="J617">
         <v>23.77</v>
       </c>
       <c r="K617">
         <v>38.368</v>
       </c>
       <c r="L617">
         <v>2.329</v>
       </c>
       <c r="M617">
         <v>195.208</v>
       </c>
       <c r="N617">
-        <v>740.284</v>
+        <v>740.234</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>93.658</v>
       </c>
       <c r="C618">
         <v>95.776</v>
       </c>
       <c r="D618">
-        <v>36.089</v>
+        <v>36.04</v>
       </c>
       <c r="E618">
         <v>30.745</v>
       </c>
       <c r="F618">
-        <v>66.834</v>
+        <v>66.786</v>
       </c>
       <c r="G618">
-        <v>286.151</v>
+        <v>286.102</v>
       </c>
       <c r="H618">
         <v>0.18</v>
       </c>
       <c r="I618">
         <v>8.338</v>
       </c>
       <c r="J618">
         <v>23.727</v>
       </c>
       <c r="K618">
         <v>32.866</v>
       </c>
       <c r="L618">
         <v>2.807</v>
       </c>
       <c r="M618">
         <v>183.572</v>
       </c>
       <c r="N618">
-        <v>727.075</v>
+        <v>727.027</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>94.674</v>
       </c>
       <c r="C619">
         <v>59.419</v>
       </c>
       <c r="D619">
-        <v>46.814</v>
+        <v>46.764</v>
       </c>
       <c r="E619">
         <v>31.658</v>
       </c>
       <c r="F619">
-        <v>78.472</v>
+        <v>78.422</v>
       </c>
       <c r="G619">
-        <v>318.772</v>
+        <v>318.722</v>
       </c>
       <c r="H619">
         <v>0.445</v>
       </c>
       <c r="I619">
         <v>8.563</v>
       </c>
       <c r="J619">
         <v>23.506</v>
       </c>
       <c r="K619">
         <v>14.694</v>
       </c>
       <c r="L619">
         <v>2.698</v>
       </c>
       <c r="M619">
         <v>199.492</v>
       </c>
       <c r="N619">
-        <v>722.262</v>
+        <v>722.212</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>105.564</v>
       </c>
       <c r="C620">
         <v>113.059</v>
       </c>
       <c r="D620">
-        <v>50.35</v>
+        <v>50.3</v>
       </c>
       <c r="E620">
         <v>32.364</v>
       </c>
       <c r="F620">
-        <v>82.713</v>
+        <v>82.663</v>
       </c>
       <c r="G620">
-        <v>295.898</v>
+        <v>295.848</v>
       </c>
       <c r="H620">
         <v>0.021</v>
       </c>
       <c r="I620">
         <v>7.386</v>
       </c>
       <c r="J620">
         <v>24.2</v>
       </c>
       <c r="K620">
         <v>51.17</v>
       </c>
       <c r="L620">
         <v>3.614</v>
       </c>
       <c r="M620">
         <v>188.561</v>
       </c>
       <c r="N620">
-        <v>789.474</v>
+        <v>789.424</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>94.584</v>
       </c>
       <c r="C621">
         <v>93.996</v>
       </c>
       <c r="D621">
-        <v>45.245</v>
+        <v>45.197</v>
       </c>
       <c r="E621">
         <v>29.909</v>
       </c>
       <c r="F621">
-        <v>75.154</v>
+        <v>75.106</v>
       </c>
       <c r="G621">
-        <v>288.678</v>
+        <v>288.63</v>
       </c>
       <c r="H621">
         <v>0.384</v>
       </c>
       <c r="I621">
         <v>6.466</v>
       </c>
       <c r="J621">
         <v>22.403</v>
       </c>
       <c r="K621">
         <v>65.223</v>
       </c>
       <c r="L621">
         <v>2.484</v>
       </c>
       <c r="M621">
         <v>181.106</v>
       </c>
       <c r="N621">
-        <v>755.323</v>
+        <v>755.275</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>92.512</v>
       </c>
       <c r="C622">
         <v>113.097</v>
       </c>
       <c r="D622">
-        <v>57.929</v>
+        <v>57.879</v>
       </c>
       <c r="E622">
         <v>28.782</v>
       </c>
       <c r="F622">
-        <v>86.71</v>
+        <v>86.661</v>
       </c>
       <c r="G622">
-        <v>306.524</v>
+        <v>306.474</v>
       </c>
       <c r="H622">
         <v>0.038</v>
       </c>
       <c r="I622">
         <v>8.84</v>
       </c>
       <c r="J622">
         <v>23.822</v>
       </c>
       <c r="K622">
         <v>44.804</v>
       </c>
       <c r="L622">
         <v>2.909</v>
       </c>
       <c r="M622">
         <v>168.1</v>
       </c>
       <c r="N622">
-        <v>760.646</v>
+        <v>760.596</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>65.605</v>
       </c>
       <c r="C623">
         <v>106.758</v>
       </c>
       <c r="D623">
-        <v>38.197</v>
+        <v>38.149</v>
       </c>
       <c r="E623">
         <v>32.153</v>
       </c>
       <c r="F623">
-        <v>70.35</v>
+        <v>70.302</v>
       </c>
       <c r="G623">
-        <v>305.421</v>
+        <v>305.373</v>
       </c>
       <c r="H623">
         <v>0.037</v>
       </c>
       <c r="I623">
         <v>4.539</v>
       </c>
       <c r="J623">
         <v>22.572</v>
       </c>
       <c r="K623">
         <v>74.751</v>
       </c>
       <c r="L623">
         <v>4.001</v>
       </c>
       <c r="M623">
         <v>176.432</v>
       </c>
       <c r="N623">
-        <v>760.118</v>
+        <v>760.07</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>51.369</v>
       </c>
       <c r="C624">
         <v>67.528</v>
       </c>
       <c r="D624">
-        <v>37.647</v>
+        <v>37.597</v>
       </c>
       <c r="E624">
         <v>37.192</v>
       </c>
       <c r="F624">
-        <v>74.839</v>
+        <v>74.789</v>
       </c>
       <c r="G624">
-        <v>332.645</v>
+        <v>332.595</v>
       </c>
       <c r="H624">
         <v>0.669</v>
       </c>
       <c r="I624">
         <v>3.515</v>
       </c>
       <c r="J624">
         <v>23.026</v>
       </c>
       <c r="K624">
         <v>27.08</v>
       </c>
       <c r="L624">
         <v>3.978</v>
       </c>
       <c r="M624">
         <v>182.336</v>
       </c>
       <c r="N624">
-        <v>692.147</v>
+        <v>692.097</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>47.867</v>
       </c>
       <c r="C625">
-        <v>113.957</v>
+        <v>114.316</v>
       </c>
       <c r="D625">
-        <v>44.154</v>
+        <v>44.096</v>
       </c>
       <c r="E625">
         <v>31.792</v>
       </c>
       <c r="F625">
-        <v>75.946</v>
+        <v>75.888</v>
       </c>
       <c r="G625">
-        <v>299.046</v>
+        <v>298.987</v>
       </c>
       <c r="H625">
         <v>0.547</v>
       </c>
       <c r="I625">
         <v>7.776</v>
       </c>
       <c r="J625">
         <v>21.707</v>
       </c>
       <c r="K625">
-        <v>38.775</v>
+        <v>38.26</v>
       </c>
       <c r="L625">
-        <v>4.102</v>
+        <v>3.501</v>
       </c>
       <c r="M625">
         <v>179.277</v>
       </c>
       <c r="N625">
-        <v>713.053</v>
+        <v>712.239</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>44.266</v>
       </c>
       <c r="C626">
-        <v>97.426</v>
+        <v>97.482</v>
       </c>
       <c r="D626">
-        <v>29.255</v>
+        <v>29.184</v>
       </c>
       <c r="E626">
         <v>26.55</v>
       </c>
       <c r="F626">
-        <v>55.804</v>
+        <v>55.734</v>
       </c>
       <c r="G626">
-        <v>273.733</v>
+        <v>273.663</v>
       </c>
       <c r="H626">
         <v>0.274</v>
       </c>
       <c r="I626">
         <v>6.102</v>
       </c>
       <c r="J626">
         <v>21.21</v>
       </c>
       <c r="K626">
-        <v>22.109</v>
+        <v>22.014</v>
       </c>
       <c r="L626">
-        <v>3.253</v>
+        <v>3.322</v>
       </c>
       <c r="M626">
         <v>162.227</v>
       </c>
       <c r="N626">
-        <v>630.6</v>
+        <v>630.561</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>53.127</v>
       </c>
       <c r="C627">
-        <v>86.486</v>
+        <v>86.59</v>
       </c>
       <c r="D627">
-        <v>17.42</v>
+        <v>17.334</v>
       </c>
       <c r="E627">
         <v>32.229</v>
       </c>
       <c r="F627">
-        <v>49.65</v>
+        <v>49.563</v>
       </c>
       <c r="G627">
-        <v>290.441</v>
+        <v>290.355</v>
       </c>
       <c r="H627">
         <v>0.286</v>
       </c>
       <c r="I627">
         <v>6.949</v>
       </c>
       <c r="J627">
         <v>23.4</v>
       </c>
       <c r="K627">
-        <v>26.706</v>
+        <v>25.998</v>
       </c>
       <c r="L627">
-        <v>3.623</v>
+        <v>3.671</v>
       </c>
       <c r="M627">
         <v>178.583</v>
       </c>
       <c r="N627">
-        <v>669.602</v>
+        <v>668.959</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>58.925</v>
       </c>
       <c r="C628">
-        <v>94.677</v>
+        <v>94.843</v>
       </c>
       <c r="D628">
-        <v>19.347</v>
+        <v>19.209</v>
       </c>
       <c r="E628">
         <v>32.874</v>
       </c>
       <c r="F628">
-        <v>52.22</v>
+        <v>52.083</v>
       </c>
       <c r="G628">
-        <v>276.901</v>
+        <v>276.764</v>
       </c>
       <c r="H628">
         <v>0.421</v>
       </c>
       <c r="I628">
         <v>9.082</v>
       </c>
       <c r="J628">
         <v>22.474</v>
       </c>
       <c r="K628">
-        <v>59.391</v>
+        <v>58.764</v>
       </c>
       <c r="L628">
-        <v>3.794</v>
+        <v>3.905</v>
       </c>
       <c r="M628">
         <v>170.565</v>
       </c>
       <c r="N628">
-        <v>696.231</v>
+        <v>695.745</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>83.391</v>
       </c>
       <c r="C629">
-        <v>93.375</v>
+        <v>93.543</v>
       </c>
       <c r="D629">
-        <v>30.488</v>
+        <v>30.455</v>
       </c>
       <c r="E629">
         <v>34.415</v>
       </c>
       <c r="F629">
-        <v>64.903</v>
+        <v>64.87</v>
       </c>
       <c r="G629">
-        <v>313.708</v>
+        <v>313.675</v>
       </c>
       <c r="H629">
         <v>0.427</v>
       </c>
       <c r="I629">
         <v>7.163</v>
       </c>
       <c r="J629">
         <v>24.589</v>
       </c>
       <c r="K629">
-        <v>55.989</v>
+        <v>55.446</v>
       </c>
       <c r="L629">
-        <v>3.637</v>
+        <v>3.564</v>
       </c>
       <c r="M629">
         <v>187.249</v>
       </c>
       <c r="N629">
-        <v>769.527</v>
+        <v>769.047</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>94.889</v>
       </c>
       <c r="C630">
-        <v>71.134</v>
+        <v>71.262</v>
       </c>
       <c r="D630">
-        <v>35.658</v>
+        <v>35.593</v>
       </c>
       <c r="E630">
         <v>32.16</v>
       </c>
       <c r="F630">
-        <v>67.818</v>
+        <v>67.753</v>
       </c>
       <c r="G630">
-        <v>304.092</v>
+        <v>304.027</v>
       </c>
       <c r="H630">
         <v>0.302</v>
       </c>
       <c r="I630">
         <v>8.058</v>
       </c>
       <c r="J630">
         <v>23.31</v>
       </c>
       <c r="K630">
-        <v>32.883</v>
+        <v>32.788</v>
       </c>
       <c r="L630">
-        <v>3.565</v>
+        <v>3.421</v>
       </c>
       <c r="M630">
         <v>183.76</v>
       </c>
       <c r="N630">
-        <v>721.994</v>
+        <v>721.816</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>95.602</v>
       </c>
       <c r="C631">
-        <v>82.527</v>
+        <v>82.214</v>
       </c>
       <c r="D631">
-        <v>36.416</v>
+        <v>36.343</v>
       </c>
       <c r="E631">
         <v>31.934</v>
       </c>
       <c r="F631">
-        <v>68.35</v>
+        <v>68.277</v>
       </c>
       <c r="G631">
-        <v>294.632</v>
+        <v>294.559</v>
       </c>
       <c r="H631">
         <v>0.059</v>
       </c>
       <c r="I631">
         <v>7.428</v>
       </c>
       <c r="J631">
         <v>24.397</v>
       </c>
       <c r="K631">
-        <v>57.568</v>
+        <v>57.163</v>
       </c>
       <c r="L631">
-        <v>3.236</v>
+        <v>3.494</v>
       </c>
       <c r="M631">
         <v>187.644</v>
       </c>
       <c r="N631">
-        <v>753.093</v>
+        <v>752.56</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>105.038</v>
       </c>
       <c r="C632">
-        <v>104.391</v>
+        <v>104.355</v>
       </c>
       <c r="D632">
-        <v>43.351</v>
+        <v>43.277</v>
       </c>
       <c r="E632">
         <v>32.609</v>
       </c>
       <c r="F632">
-        <v>75.96</v>
+        <v>75.886</v>
       </c>
       <c r="G632">
-        <v>327.382</v>
+        <v>327.308</v>
       </c>
       <c r="H632">
         <v>0</v>
       </c>
       <c r="I632">
         <v>8.95</v>
       </c>
       <c r="J632">
         <v>24.238</v>
       </c>
       <c r="K632">
-        <v>37.17</v>
+        <v>36.796</v>
       </c>
       <c r="L632">
-        <v>3.292</v>
+        <v>3.406</v>
       </c>
       <c r="M632">
         <v>190.088</v>
       </c>
       <c r="N632">
-        <v>800.55</v>
+        <v>800.179</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>88.784</v>
       </c>
       <c r="C633">
-        <v>84.867</v>
+        <v>84.927</v>
       </c>
       <c r="D633">
-        <v>47.058</v>
+        <v>46.984</v>
       </c>
       <c r="E633">
         <v>31.175</v>
       </c>
       <c r="F633">
-        <v>78.233</v>
+        <v>78.159</v>
       </c>
       <c r="G633">
-        <v>333.077</v>
+        <v>333.003</v>
       </c>
       <c r="H633">
         <v>0</v>
       </c>
       <c r="I633">
         <v>7.2</v>
       </c>
       <c r="J633">
         <v>22.763</v>
       </c>
       <c r="K633">
-        <v>35.229</v>
+        <v>35.195</v>
       </c>
       <c r="L633">
-        <v>2.561</v>
+        <v>2.57</v>
       </c>
       <c r="M633">
         <v>172.144</v>
       </c>
       <c r="N633">
-        <v>746.626</v>
+        <v>746.587</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>97.077</v>
       </c>
       <c r="C634">
-        <v>131.278</v>
+        <v>131.314</v>
       </c>
       <c r="D634">
-        <v>56.407</v>
+        <v>56.343</v>
       </c>
       <c r="E634">
         <v>33.399</v>
       </c>
       <c r="F634">
-        <v>89.806</v>
+        <v>89.742</v>
       </c>
       <c r="G634">
-        <v>351.457</v>
+        <v>351.392</v>
       </c>
       <c r="H634">
         <v>0.042</v>
       </c>
       <c r="I634">
         <v>6.72</v>
       </c>
       <c r="J634">
         <v>23.748</v>
       </c>
       <c r="K634">
-        <v>35.046</v>
+        <v>34.223</v>
       </c>
       <c r="L634">
-        <v>3.567</v>
+        <v>3.906</v>
       </c>
       <c r="M634">
         <v>174.982</v>
       </c>
       <c r="N634">
-        <v>823.915</v>
+        <v>823.402</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>70.13</v>
       </c>
       <c r="C635">
-        <v>86.791</v>
+        <v>86.813</v>
       </c>
       <c r="D635">
-        <v>31.374</v>
+        <v>31.364</v>
       </c>
       <c r="E635">
         <v>34.17</v>
       </c>
       <c r="F635">
-        <v>65.544</v>
+        <v>65.534</v>
       </c>
       <c r="G635">
-        <v>310.083</v>
+        <v>310.073</v>
       </c>
       <c r="H635">
         <v>0.329</v>
       </c>
       <c r="I635">
         <v>4.455</v>
       </c>
       <c r="J635">
         <v>22.38</v>
       </c>
       <c r="K635">
-        <v>35.806</v>
+        <v>35.124</v>
       </c>
       <c r="L635">
-        <v>3.628</v>
+        <v>3.653</v>
       </c>
       <c r="M635">
         <v>174.925</v>
       </c>
       <c r="N635">
-        <v>708.528</v>
+        <v>707.883</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>49.197</v>
       </c>
       <c r="C636">
-        <v>88.253</v>
+        <v>88.131</v>
       </c>
       <c r="D636">
-        <v>42.723</v>
+        <v>42.665</v>
       </c>
       <c r="E636">
         <v>34.994</v>
       </c>
       <c r="F636">
-        <v>77.718</v>
+        <v>77.66</v>
       </c>
       <c r="G636">
-        <v>340.738</v>
+        <v>340.68</v>
       </c>
       <c r="H636">
         <v>0.434</v>
       </c>
       <c r="I636">
         <v>4.515</v>
       </c>
       <c r="J636">
         <v>22.97</v>
       </c>
       <c r="K636">
-        <v>22.007</v>
+        <v>21.502</v>
       </c>
       <c r="L636">
-        <v>3.891</v>
+        <v>3.793</v>
       </c>
       <c r="M636">
         <v>176.835</v>
       </c>
       <c r="N636">
-        <v>708.84</v>
+        <v>708.059</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>46.036</v>
       </c>
       <c r="C637">
-        <v>120.96</v>
+        <v>123.957</v>
       </c>
       <c r="D637">
-        <v>50.788</v>
+        <v>50.734</v>
       </c>
       <c r="E637">
         <v>33.449</v>
       </c>
       <c r="F637">
-        <v>84.237</v>
+        <v>84.183</v>
       </c>
       <c r="G637">
-        <v>324.265</v>
+        <v>324.211</v>
       </c>
       <c r="H637">
         <v>0.892</v>
       </c>
       <c r="I637">
         <v>6.175</v>
       </c>
       <c r="J637">
         <v>22.211</v>
       </c>
       <c r="K637">
-        <v>56.904</v>
+        <v>57.376</v>
       </c>
       <c r="L637">
-        <v>4.221</v>
+        <v>4.255</v>
       </c>
       <c r="M637">
         <v>174.83</v>
       </c>
       <c r="N637">
-        <v>756.494</v>
+        <v>759.945</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>41.051</v>
       </c>
       <c r="C638">
-        <v>79.178</v>
+        <v>82.276</v>
       </c>
       <c r="D638">
-        <v>41.33</v>
+        <v>41.263</v>
       </c>
       <c r="E638">
         <v>28.137</v>
       </c>
       <c r="F638">
-        <v>69.468</v>
+        <v>69.4</v>
       </c>
       <c r="G638">
-        <v>275.625</v>
+        <v>275.558</v>
       </c>
       <c r="H638">
         <v>0.819</v>
       </c>
       <c r="I638">
         <v>4.667</v>
       </c>
       <c r="J638">
         <v>20.531</v>
       </c>
       <c r="K638">
-        <v>18.367</v>
+        <v>18.199</v>
       </c>
       <c r="L638">
-        <v>3.531</v>
+        <v>3.534</v>
       </c>
       <c r="M638">
         <v>155.77</v>
       </c>
       <c r="N638">
-        <v>599.538</v>
+        <v>602.404</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>50.157</v>
       </c>
       <c r="C639">
-        <v>97.62</v>
+        <v>101.296</v>
       </c>
       <c r="D639">
-        <v>28.569</v>
+        <v>28.503</v>
       </c>
       <c r="E639">
         <v>29.127</v>
       </c>
       <c r="F639">
-        <v>57.696</v>
+        <v>57.63</v>
       </c>
       <c r="G639">
-        <v>290.333</v>
+        <v>290.268</v>
       </c>
       <c r="H639">
         <v>0.575</v>
       </c>
       <c r="I639">
         <v>6.519</v>
       </c>
       <c r="J639">
         <v>22.949</v>
       </c>
       <c r="K639">
-        <v>30.197</v>
+        <v>29.827</v>
       </c>
       <c r="L639">
-        <v>3.575</v>
+        <v>3.654</v>
       </c>
       <c r="M639">
         <v>175.142</v>
       </c>
       <c r="N639">
-        <v>677.066</v>
+        <v>680.386</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>62.947</v>
       </c>
       <c r="C640">
-        <v>94.858</v>
+        <v>98.598</v>
       </c>
       <c r="D640">
-        <v>21.371</v>
+        <v>21.276</v>
       </c>
       <c r="E640">
         <v>30.603</v>
       </c>
       <c r="F640">
-        <v>51.974</v>
+        <v>51.88</v>
       </c>
       <c r="G640">
-        <v>278.03</v>
+        <v>277.936</v>
       </c>
       <c r="H640">
         <v>0.22</v>
       </c>
       <c r="I640">
         <v>8.48</v>
       </c>
       <c r="J640">
         <v>22.576</v>
       </c>
       <c r="K640">
-        <v>43.472</v>
+        <v>43.147</v>
       </c>
       <c r="L640">
-        <v>3.338</v>
+        <v>3.477</v>
       </c>
       <c r="M640">
         <v>173.163</v>
       </c>
       <c r="N640">
-        <v>687.085</v>
+        <v>690.544</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>79.486</v>
       </c>
       <c r="C641">
-        <v>85.798</v>
+        <v>89.668</v>
       </c>
       <c r="D641">
-        <v>26.393</v>
+        <v>26.32</v>
       </c>
       <c r="E641">
         <v>32.341</v>
       </c>
       <c r="F641">
-        <v>58.733</v>
+        <v>58.661</v>
       </c>
       <c r="G641">
-        <v>301.08</v>
+        <v>301.007</v>
       </c>
       <c r="H641">
         <v>0.226</v>
       </c>
       <c r="I641">
         <v>8.338</v>
       </c>
       <c r="J641">
         <v>23.714</v>
       </c>
       <c r="K641">
-        <v>56.327</v>
+        <v>56.527</v>
       </c>
       <c r="L641">
-        <v>2.589</v>
+        <v>2.449</v>
       </c>
       <c r="M641">
         <v>187.529</v>
       </c>
       <c r="N641">
-        <v>745.085</v>
+        <v>748.945</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>92.128</v>
       </c>
       <c r="C642">
-        <v>93.067</v>
+        <v>97.215</v>
       </c>
       <c r="D642">
-        <v>35.112</v>
+        <v>35.026</v>
       </c>
       <c r="E642">
         <v>30.975</v>
       </c>
       <c r="F642">
-        <v>66.088</v>
+        <v>66.001</v>
       </c>
       <c r="G642">
-        <v>317.237</v>
+        <v>317.15</v>
       </c>
       <c r="H642">
         <v>0.236</v>
       </c>
       <c r="I642">
         <v>7.329</v>
       </c>
       <c r="J642">
         <v>23.468</v>
       </c>
       <c r="K642">
-        <v>39.527</v>
+        <v>39.148</v>
       </c>
       <c r="L642">
-        <v>3.331</v>
+        <v>3.432</v>
       </c>
       <c r="M642">
         <v>186.974</v>
       </c>
       <c r="N642">
-        <v>763.297</v>
+        <v>767.081</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>100.148</v>
+      </c>
+      <c r="C643">
+        <v>88.08</v>
+      </c>
+      <c r="D643">
+        <v>45.31</v>
+      </c>
+      <c r="E643">
+        <v>33.564</v>
+      </c>
+      <c r="F643">
+        <v>78.874</v>
+      </c>
+      <c r="G643">
+        <v>336.241</v>
+      </c>
+      <c r="H643">
+        <v>0.088</v>
+      </c>
+      <c r="I643">
+        <v>9.835</v>
+      </c>
+      <c r="J643">
+        <v>23.958</v>
+      </c>
+      <c r="K643">
+        <v>47.268</v>
+      </c>
+      <c r="L643">
+        <v>4.177</v>
+      </c>
+      <c r="M643">
+        <v>193.513</v>
+      </c>
+      <c r="N643">
+        <v>803.309</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>101.315</v>
+      </c>
+      <c r="C644">
+        <v>85.309</v>
+      </c>
+      <c r="D644">
+        <v>61.653</v>
+      </c>
+      <c r="E644">
+        <v>29.89</v>
+      </c>
+      <c r="F644">
+        <v>91.543</v>
+      </c>
+      <c r="G644">
+        <v>373.065</v>
+      </c>
+      <c r="H644">
+        <v>0.166</v>
+      </c>
+      <c r="I644">
+        <v>9.061</v>
+      </c>
+      <c r="J644">
+        <v>24.157</v>
+      </c>
+      <c r="K644">
+        <v>34.486</v>
+      </c>
+      <c r="L644">
+        <v>3.149</v>
+      </c>
+      <c r="M644">
+        <v>193.535</v>
+      </c>
+      <c r="N644">
+        <v>824.242</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>99.563</v>
+      </c>
+      <c r="C645">
+        <v>87.483</v>
+      </c>
+      <c r="D645">
+        <v>72.718</v>
+      </c>
+      <c r="E645">
+        <v>28.87</v>
+      </c>
+      <c r="F645">
+        <v>101.588</v>
+      </c>
+      <c r="G645">
+        <v>361.214</v>
+      </c>
+      <c r="H645">
+        <v>0.009</v>
+      </c>
+      <c r="I645">
+        <v>9.263</v>
+      </c>
+      <c r="J645">
+        <v>22.685</v>
+      </c>
+      <c r="K645">
+        <v>25.6</v>
+      </c>
+      <c r="L645">
+        <v>4.134</v>
+      </c>
+      <c r="M645">
+        <v>181.897</v>
+      </c>
+      <c r="N645">
+        <v>791.848</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31779,125 +31911,125 @@
       </c>
       <c r="K86">
         <v>484.698</v>
       </c>
       <c r="L86">
         <v>46.97</v>
       </c>
       <c r="M86">
         <v>2195.614</v>
       </c>
       <c r="N86">
         <v>8475.188</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>891.758</v>
       </c>
       <c r="C87">
         <v>1170.424</v>
       </c>
       <c r="D87">
-        <v>425.617</v>
+        <v>425.029</v>
       </c>
       <c r="E87">
         <v>373.909</v>
       </c>
       <c r="F87">
-        <v>799.525</v>
+        <v>798.937</v>
       </c>
       <c r="G87">
-        <v>3455.975</v>
+        <v>3455.387</v>
       </c>
       <c r="H87">
         <v>4.368</v>
       </c>
       <c r="I87">
         <v>88.776</v>
       </c>
       <c r="J87">
         <v>275.71</v>
       </c>
       <c r="K87">
         <v>510.112</v>
       </c>
       <c r="L87">
         <v>38.991</v>
       </c>
       <c r="M87">
         <v>2170.312</v>
       </c>
       <c r="N87">
-        <v>8606.425</v>
+        <v>8605.837</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>888.294</v>
       </c>
       <c r="C88">
-        <v>1135.161</v>
+        <v>1135.791</v>
       </c>
       <c r="D88">
-        <v>433.652</v>
+        <v>432.848</v>
       </c>
       <c r="E88">
         <v>388.301</v>
       </c>
       <c r="F88">
-        <v>821.953</v>
+        <v>821.149</v>
       </c>
       <c r="G88">
-        <v>3715.29</v>
+        <v>3714.486</v>
       </c>
       <c r="H88">
         <v>3.123</v>
       </c>
       <c r="I88">
         <v>84.397</v>
       </c>
       <c r="J88">
         <v>277.186</v>
       </c>
       <c r="K88">
-        <v>458.68</v>
+        <v>453.273</v>
       </c>
       <c r="L88">
-        <v>42.147</v>
+        <v>42.207</v>
       </c>
       <c r="M88">
         <v>2138.28</v>
       </c>
       <c r="N88">
-        <v>8742.558</v>
+        <v>8737.037</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>