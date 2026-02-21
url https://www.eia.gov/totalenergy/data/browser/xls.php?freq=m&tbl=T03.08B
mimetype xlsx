--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 3.8b Heat Content of Petroleum Consumption:  Industrial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Asphalt and Road Oil Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Propylene Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Propane/Propylene Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Total Hydrocarbon Gas Liquids Consumed by the Industrial Sector</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="88.55" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27566,961 +27566,1005 @@
       </c>
       <c r="K624">
         <v>27.08</v>
       </c>
       <c r="L624">
         <v>3.978</v>
       </c>
       <c r="M624">
         <v>182.336</v>
       </c>
       <c r="N624">
         <v>692.097</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>47.867</v>
       </c>
       <c r="C625">
         <v>114.316</v>
       </c>
       <c r="D625">
-        <v>44.096</v>
+        <v>44.111</v>
       </c>
       <c r="E625">
         <v>31.792</v>
       </c>
       <c r="F625">
-        <v>75.888</v>
+        <v>75.903</v>
       </c>
       <c r="G625">
-        <v>298.987</v>
+        <v>299.002</v>
       </c>
       <c r="H625">
-        <v>0.547</v>
+        <v>0.416</v>
       </c>
       <c r="I625">
         <v>7.776</v>
       </c>
       <c r="J625">
         <v>21.707</v>
       </c>
       <c r="K625">
         <v>38.26</v>
       </c>
       <c r="L625">
         <v>3.501</v>
       </c>
       <c r="M625">
         <v>179.277</v>
       </c>
       <c r="N625">
-        <v>712.239</v>
+        <v>712.123</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>44.266</v>
       </c>
       <c r="C626">
         <v>97.482</v>
       </c>
       <c r="D626">
-        <v>29.184</v>
+        <v>29.139</v>
       </c>
       <c r="E626">
         <v>26.55</v>
       </c>
       <c r="F626">
-        <v>55.734</v>
+        <v>55.689</v>
       </c>
       <c r="G626">
-        <v>273.663</v>
+        <v>273.618</v>
       </c>
       <c r="H626">
-        <v>0.274</v>
+        <v>0.209</v>
       </c>
       <c r="I626">
         <v>6.102</v>
       </c>
       <c r="J626">
         <v>21.21</v>
       </c>
       <c r="K626">
         <v>22.014</v>
       </c>
       <c r="L626">
         <v>3.322</v>
       </c>
       <c r="M626">
         <v>162.227</v>
       </c>
       <c r="N626">
-        <v>630.561</v>
+        <v>630.45</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>53.127</v>
       </c>
       <c r="C627">
         <v>86.59</v>
       </c>
       <c r="D627">
-        <v>17.334</v>
+        <v>17.367</v>
       </c>
       <c r="E627">
         <v>32.229</v>
       </c>
       <c r="F627">
-        <v>49.563</v>
+        <v>49.597</v>
       </c>
       <c r="G627">
-        <v>290.355</v>
+        <v>290.388</v>
       </c>
       <c r="H627">
-        <v>0.286</v>
+        <v>0.218</v>
       </c>
       <c r="I627">
         <v>6.949</v>
       </c>
       <c r="J627">
         <v>23.4</v>
       </c>
       <c r="K627">
         <v>25.998</v>
       </c>
       <c r="L627">
         <v>3.671</v>
       </c>
       <c r="M627">
         <v>178.583</v>
       </c>
       <c r="N627">
-        <v>668.959</v>
+        <v>668.924</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>58.925</v>
       </c>
       <c r="C628">
         <v>94.843</v>
       </c>
       <c r="D628">
-        <v>19.209</v>
+        <v>19.217</v>
       </c>
       <c r="E628">
         <v>32.874</v>
       </c>
       <c r="F628">
-        <v>52.083</v>
+        <v>52.091</v>
       </c>
       <c r="G628">
-        <v>276.764</v>
+        <v>276.772</v>
       </c>
       <c r="H628">
-        <v>0.421</v>
+        <v>0.321</v>
       </c>
       <c r="I628">
         <v>9.082</v>
       </c>
       <c r="J628">
         <v>22.474</v>
       </c>
       <c r="K628">
         <v>58.764</v>
       </c>
       <c r="L628">
         <v>3.905</v>
       </c>
       <c r="M628">
         <v>170.565</v>
       </c>
       <c r="N628">
-        <v>695.745</v>
+        <v>695.652</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>83.391</v>
       </c>
       <c r="C629">
         <v>93.543</v>
       </c>
       <c r="D629">
-        <v>30.455</v>
+        <v>30.398</v>
       </c>
       <c r="E629">
         <v>34.415</v>
       </c>
       <c r="F629">
-        <v>64.87</v>
+        <v>64.813</v>
       </c>
       <c r="G629">
-        <v>313.675</v>
+        <v>313.618</v>
       </c>
       <c r="H629">
-        <v>0.427</v>
+        <v>0.324</v>
       </c>
       <c r="I629">
         <v>7.163</v>
       </c>
       <c r="J629">
         <v>24.589</v>
       </c>
       <c r="K629">
         <v>55.446</v>
       </c>
       <c r="L629">
         <v>3.564</v>
       </c>
       <c r="M629">
         <v>187.249</v>
       </c>
       <c r="N629">
-        <v>769.047</v>
+        <v>768.888</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>94.889</v>
       </c>
       <c r="C630">
         <v>71.262</v>
       </c>
       <c r="D630">
-        <v>35.593</v>
+        <v>35.583</v>
       </c>
       <c r="E630">
         <v>32.16</v>
       </c>
       <c r="F630">
-        <v>67.753</v>
+        <v>67.743</v>
       </c>
       <c r="G630">
-        <v>304.027</v>
+        <v>304.017</v>
       </c>
       <c r="H630">
-        <v>0.302</v>
+        <v>0.23</v>
       </c>
       <c r="I630">
         <v>8.058</v>
       </c>
       <c r="J630">
         <v>23.31</v>
       </c>
       <c r="K630">
         <v>32.788</v>
       </c>
       <c r="L630">
         <v>3.421</v>
       </c>
       <c r="M630">
         <v>183.76</v>
       </c>
       <c r="N630">
-        <v>721.816</v>
+        <v>721.734</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>95.602</v>
       </c>
       <c r="C631">
         <v>82.214</v>
       </c>
       <c r="D631">
-        <v>36.343</v>
+        <v>36.346</v>
       </c>
       <c r="E631">
         <v>31.934</v>
       </c>
       <c r="F631">
-        <v>68.277</v>
+        <v>68.28</v>
       </c>
       <c r="G631">
-        <v>294.559</v>
+        <v>294.562</v>
       </c>
       <c r="H631">
-        <v>0.059</v>
+        <v>0.045</v>
       </c>
       <c r="I631">
         <v>7.428</v>
       </c>
       <c r="J631">
         <v>24.397</v>
       </c>
       <c r="K631">
         <v>57.163</v>
       </c>
       <c r="L631">
         <v>3.494</v>
       </c>
       <c r="M631">
         <v>187.644</v>
       </c>
       <c r="N631">
-        <v>752.56</v>
+        <v>752.548</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>105.038</v>
       </c>
       <c r="C632">
         <v>104.355</v>
       </c>
       <c r="D632">
-        <v>43.277</v>
+        <v>43.278</v>
       </c>
       <c r="E632">
         <v>32.609</v>
       </c>
       <c r="F632">
-        <v>75.886</v>
+        <v>75.887</v>
       </c>
       <c r="G632">
-        <v>327.308</v>
+        <v>327.309</v>
       </c>
       <c r="H632">
         <v>0</v>
       </c>
       <c r="I632">
         <v>8.95</v>
       </c>
       <c r="J632">
         <v>24.238</v>
       </c>
       <c r="K632">
         <v>36.796</v>
       </c>
       <c r="L632">
         <v>3.406</v>
       </c>
       <c r="M632">
         <v>190.088</v>
       </c>
       <c r="N632">
-        <v>800.179</v>
+        <v>800.18</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>88.784</v>
       </c>
       <c r="C633">
         <v>84.927</v>
       </c>
       <c r="D633">
-        <v>46.984</v>
+        <v>46.992</v>
       </c>
       <c r="E633">
         <v>31.175</v>
       </c>
       <c r="F633">
-        <v>78.159</v>
+        <v>78.167</v>
       </c>
       <c r="G633">
-        <v>333.003</v>
+        <v>333.011</v>
       </c>
       <c r="H633">
         <v>0</v>
       </c>
       <c r="I633">
         <v>7.2</v>
       </c>
       <c r="J633">
         <v>22.763</v>
       </c>
       <c r="K633">
         <v>35.195</v>
       </c>
       <c r="L633">
         <v>2.57</v>
       </c>
       <c r="M633">
         <v>172.144</v>
       </c>
       <c r="N633">
-        <v>746.587</v>
+        <v>746.595</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>97.077</v>
       </c>
       <c r="C634">
         <v>131.314</v>
       </c>
       <c r="D634">
-        <v>56.343</v>
+        <v>56.347</v>
       </c>
       <c r="E634">
         <v>33.399</v>
       </c>
       <c r="F634">
-        <v>89.742</v>
+        <v>89.746</v>
       </c>
       <c r="G634">
-        <v>351.392</v>
+        <v>351.397</v>
       </c>
       <c r="H634">
-        <v>0.042</v>
+        <v>0.032</v>
       </c>
       <c r="I634">
         <v>6.72</v>
       </c>
       <c r="J634">
         <v>23.748</v>
       </c>
       <c r="K634">
         <v>34.223</v>
       </c>
       <c r="L634">
         <v>3.906</v>
       </c>
       <c r="M634">
         <v>174.982</v>
       </c>
       <c r="N634">
-        <v>823.402</v>
+        <v>823.397</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>70.13</v>
       </c>
       <c r="C635">
         <v>86.813</v>
       </c>
       <c r="D635">
-        <v>31.364</v>
+        <v>31.377</v>
       </c>
       <c r="E635">
         <v>34.17</v>
       </c>
       <c r="F635">
-        <v>65.534</v>
+        <v>65.547</v>
       </c>
       <c r="G635">
-        <v>310.073</v>
+        <v>310.086</v>
       </c>
       <c r="H635">
-        <v>0.329</v>
+        <v>0.251</v>
       </c>
       <c r="I635">
         <v>4.455</v>
       </c>
       <c r="J635">
         <v>22.38</v>
       </c>
       <c r="K635">
         <v>35.124</v>
       </c>
       <c r="L635">
         <v>3.653</v>
       </c>
       <c r="M635">
         <v>174.925</v>
       </c>
       <c r="N635">
-        <v>707.883</v>
+        <v>707.818</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>49.197</v>
       </c>
       <c r="C636">
         <v>88.131</v>
       </c>
       <c r="D636">
-        <v>42.665</v>
+        <v>42.692</v>
       </c>
       <c r="E636">
         <v>34.994</v>
       </c>
       <c r="F636">
-        <v>77.66</v>
+        <v>77.687</v>
       </c>
       <c r="G636">
-        <v>340.68</v>
+        <v>340.707</v>
       </c>
       <c r="H636">
-        <v>0.434</v>
+        <v>0.33</v>
       </c>
       <c r="I636">
         <v>4.515</v>
       </c>
       <c r="J636">
         <v>22.97</v>
       </c>
       <c r="K636">
         <v>21.502</v>
       </c>
       <c r="L636">
         <v>3.793</v>
       </c>
       <c r="M636">
         <v>176.835</v>
       </c>
       <c r="N636">
-        <v>708.059</v>
+        <v>707.982</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>46.036</v>
       </c>
       <c r="C637">
-        <v>123.957</v>
+        <v>124.119</v>
       </c>
       <c r="D637">
-        <v>50.734</v>
+        <v>50.7</v>
       </c>
       <c r="E637">
         <v>33.449</v>
       </c>
       <c r="F637">
-        <v>84.183</v>
+        <v>84.149</v>
       </c>
       <c r="G637">
-        <v>324.211</v>
+        <v>324.177</v>
       </c>
       <c r="H637">
         <v>0.892</v>
       </c>
       <c r="I637">
         <v>6.175</v>
       </c>
       <c r="J637">
         <v>22.211</v>
       </c>
       <c r="K637">
         <v>57.376</v>
       </c>
       <c r="L637">
-        <v>4.255</v>
+        <v>4.283</v>
       </c>
       <c r="M637">
         <v>174.83</v>
       </c>
       <c r="N637">
-        <v>759.945</v>
+        <v>760.1</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>41.051</v>
       </c>
       <c r="C638">
-        <v>82.276</v>
+        <v>82.935</v>
       </c>
       <c r="D638">
-        <v>41.263</v>
+        <v>41.298</v>
       </c>
       <c r="E638">
         <v>28.137</v>
       </c>
       <c r="F638">
-        <v>69.4</v>
+        <v>69.435</v>
       </c>
       <c r="G638">
-        <v>275.558</v>
+        <v>275.593</v>
       </c>
       <c r="H638">
         <v>0.819</v>
       </c>
       <c r="I638">
         <v>4.667</v>
       </c>
       <c r="J638">
         <v>20.531</v>
       </c>
       <c r="K638">
         <v>18.199</v>
       </c>
       <c r="L638">
-        <v>3.534</v>
+        <v>3.556</v>
       </c>
       <c r="M638">
         <v>155.77</v>
       </c>
       <c r="N638">
-        <v>602.404</v>
+        <v>603.121</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>50.157</v>
       </c>
       <c r="C639">
-        <v>101.296</v>
+        <v>100.655</v>
       </c>
       <c r="D639">
-        <v>28.503</v>
+        <v>28.472</v>
       </c>
       <c r="E639">
         <v>29.127</v>
       </c>
       <c r="F639">
-        <v>57.63</v>
+        <v>57.598</v>
       </c>
       <c r="G639">
-        <v>290.268</v>
+        <v>290.236</v>
       </c>
       <c r="H639">
         <v>0.575</v>
       </c>
       <c r="I639">
         <v>6.519</v>
       </c>
       <c r="J639">
         <v>22.949</v>
       </c>
       <c r="K639">
         <v>29.827</v>
       </c>
       <c r="L639">
-        <v>3.654</v>
+        <v>3.678</v>
       </c>
       <c r="M639">
         <v>175.142</v>
       </c>
       <c r="N639">
-        <v>680.386</v>
+        <v>679.737</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>62.947</v>
       </c>
       <c r="C640">
-        <v>98.598</v>
+        <v>97.069</v>
       </c>
       <c r="D640">
-        <v>21.276</v>
+        <v>21.313</v>
       </c>
       <c r="E640">
         <v>30.603</v>
       </c>
       <c r="F640">
-        <v>51.88</v>
+        <v>51.916</v>
       </c>
       <c r="G640">
-        <v>277.936</v>
+        <v>277.973</v>
       </c>
       <c r="H640">
         <v>0.22</v>
       </c>
       <c r="I640">
         <v>8.48</v>
       </c>
       <c r="J640">
         <v>22.576</v>
       </c>
       <c r="K640">
         <v>43.147</v>
       </c>
       <c r="L640">
-        <v>3.477</v>
+        <v>3.5</v>
       </c>
       <c r="M640">
         <v>173.163</v>
       </c>
       <c r="N640">
-        <v>690.544</v>
+        <v>689.076</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>79.486</v>
       </c>
       <c r="C641">
-        <v>89.668</v>
+        <v>87.751</v>
       </c>
       <c r="D641">
-        <v>26.32</v>
+        <v>26.35</v>
       </c>
       <c r="E641">
         <v>32.341</v>
       </c>
       <c r="F641">
-        <v>58.661</v>
+        <v>58.691</v>
       </c>
       <c r="G641">
-        <v>301.007</v>
+        <v>301.037</v>
       </c>
       <c r="H641">
         <v>0.226</v>
       </c>
       <c r="I641">
         <v>8.338</v>
       </c>
       <c r="J641">
         <v>23.714</v>
       </c>
       <c r="K641">
         <v>56.527</v>
       </c>
       <c r="L641">
-        <v>2.449</v>
+        <v>2.465</v>
       </c>
       <c r="M641">
         <v>187.529</v>
       </c>
       <c r="N641">
-        <v>748.945</v>
+        <v>747.073</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>92.128</v>
       </c>
       <c r="C642">
-        <v>97.215</v>
+        <v>95.09</v>
       </c>
       <c r="D642">
-        <v>35.026</v>
+        <v>35.035</v>
       </c>
       <c r="E642">
         <v>30.975</v>
       </c>
       <c r="F642">
-        <v>66.001</v>
+        <v>66.01</v>
       </c>
       <c r="G642">
-        <v>317.15</v>
+        <v>317.159</v>
       </c>
       <c r="H642">
         <v>0.236</v>
       </c>
       <c r="I642">
         <v>7.329</v>
       </c>
       <c r="J642">
         <v>23.468</v>
       </c>
       <c r="K642">
         <v>39.148</v>
       </c>
       <c r="L642">
-        <v>3.432</v>
+        <v>3.455</v>
       </c>
       <c r="M642">
         <v>186.974</v>
       </c>
       <c r="N642">
-        <v>767.081</v>
+        <v>764.987</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>100.148</v>
       </c>
       <c r="C643">
-        <v>88.08</v>
+        <v>85.47</v>
       </c>
       <c r="D643">
-        <v>45.31</v>
+        <v>45.311</v>
       </c>
       <c r="E643">
         <v>33.564</v>
       </c>
       <c r="F643">
         <v>78.874</v>
       </c>
       <c r="G643">
-        <v>336.241</v>
+        <v>336.242</v>
       </c>
       <c r="H643">
         <v>0.088</v>
       </c>
       <c r="I643">
         <v>9.835</v>
       </c>
       <c r="J643">
         <v>23.958</v>
       </c>
       <c r="K643">
         <v>47.268</v>
       </c>
       <c r="L643">
-        <v>4.177</v>
+        <v>4.205</v>
       </c>
       <c r="M643">
         <v>193.513</v>
       </c>
       <c r="N643">
-        <v>803.309</v>
+        <v>800.728</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>101.315</v>
       </c>
       <c r="C644">
-        <v>85.309</v>
+        <v>82.569</v>
       </c>
       <c r="D644">
-        <v>61.653</v>
+        <v>61.642</v>
       </c>
       <c r="E644">
         <v>29.89</v>
       </c>
       <c r="F644">
-        <v>91.543</v>
+        <v>91.532</v>
       </c>
       <c r="G644">
-        <v>373.065</v>
+        <v>373.054</v>
       </c>
       <c r="H644">
         <v>0.166</v>
       </c>
       <c r="I644">
         <v>9.061</v>
       </c>
       <c r="J644">
         <v>24.157</v>
       </c>
       <c r="K644">
         <v>34.486</v>
       </c>
       <c r="L644">
-        <v>3.149</v>
+        <v>3.17</v>
       </c>
       <c r="M644">
         <v>193.535</v>
       </c>
       <c r="N644">
-        <v>824.242</v>
+        <v>821.513</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>99.563</v>
+        <v>99.081</v>
       </c>
       <c r="C645">
-        <v>87.483</v>
+        <v>98.944</v>
       </c>
       <c r="D645">
-        <v>72.718</v>
+        <v>46.248</v>
       </c>
       <c r="E645">
         <v>28.87</v>
       </c>
       <c r="F645">
-        <v>101.588</v>
+        <v>75.118</v>
       </c>
       <c r="G645">
-        <v>361.214</v>
+        <v>331.126</v>
       </c>
       <c r="H645">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
       <c r="I645">
-        <v>9.263</v>
+        <v>10.296</v>
       </c>
       <c r="J645">
-        <v>22.685</v>
+        <v>22.74</v>
       </c>
       <c r="K645">
-        <v>25.6</v>
+        <v>28.233</v>
       </c>
       <c r="L645">
-        <v>4.134</v>
+        <v>4.309</v>
       </c>
       <c r="M645">
-        <v>181.897</v>
+        <v>183.647</v>
       </c>
       <c r="N645">
-        <v>791.848</v>
+        <v>778.384</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>89.93</v>
+      </c>
+      <c r="C646">
+        <v>123.715</v>
+      </c>
+      <c r="D646">
+        <v>39.274</v>
+      </c>
+      <c r="E646">
+        <v>26.745</v>
+      </c>
+      <c r="F646">
+        <v>66.02</v>
+      </c>
+      <c r="G646">
+        <v>333.291</v>
+      </c>
+      <c r="H646">
+        <v>-0.682</v>
+      </c>
+      <c r="I646">
+        <v>10.296</v>
+      </c>
+      <c r="J646">
+        <v>23.591</v>
+      </c>
+      <c r="K646">
+        <v>22.451</v>
+      </c>
+      <c r="L646">
+        <v>3.595</v>
+      </c>
+      <c r="M646">
+        <v>172.977</v>
+      </c>
+      <c r="N646">
+        <v>779.164</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31967,69 +32011,69 @@
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>888.294</v>
       </c>
       <c r="C88">
         <v>1135.791</v>
       </c>
       <c r="D88">
         <v>432.848</v>
       </c>
       <c r="E88">
         <v>388.301</v>
       </c>
       <c r="F88">
         <v>821.149</v>
       </c>
       <c r="G88">
         <v>3714.486</v>
       </c>
       <c r="H88">
-        <v>3.123</v>
+        <v>2.376</v>
       </c>
       <c r="I88">
         <v>84.397</v>
       </c>
       <c r="J88">
         <v>277.186</v>
       </c>
       <c r="K88">
         <v>453.273</v>
       </c>
       <c r="L88">
         <v>42.207</v>
       </c>
       <c r="M88">
         <v>2138.28</v>
       </c>
       <c r="N88">
-        <v>8737.037</v>
+        <v>8736.29</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>