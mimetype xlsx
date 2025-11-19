--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 3.7c Petroleum Consumption:  Transportation and Electric Power Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Aviation Gasoline Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Jet Fuel Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Lubricants Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Motor Gasoline Consumed by the Transportation Sector</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="98.833" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27041,1357 +27041,1401 @@
       </c>
       <c r="K612">
         <v>117.985</v>
       </c>
       <c r="L612">
         <v>47.595</v>
       </c>
       <c r="M612">
         <v>58.537</v>
       </c>
       <c r="N612">
         <v>224.118</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>5.774</v>
       </c>
       <c r="C613">
         <v>2652.713</v>
       </c>
       <c r="D613">
-        <v>7.947</v>
+        <v>8.366</v>
       </c>
       <c r="E613">
         <v>1527.659</v>
       </c>
       <c r="F613">
         <v>59.611</v>
       </c>
       <c r="G613">
         <v>7957.98</v>
       </c>
       <c r="H613">
         <v>229.014</v>
       </c>
       <c r="I613">
         <v>199.621</v>
       </c>
       <c r="J613">
-        <v>12640.318</v>
+        <v>12640.738</v>
       </c>
       <c r="K613">
         <v>26.345</v>
       </c>
       <c r="L613">
         <v>28.669</v>
       </c>
       <c r="M613">
         <v>25.557</v>
       </c>
       <c r="N613">
         <v>80.571</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>10.5</v>
       </c>
       <c r="C614">
         <v>2682.256</v>
       </c>
       <c r="D614">
-        <v>7.947</v>
+        <v>8.366</v>
       </c>
       <c r="E614">
         <v>1515.772</v>
       </c>
       <c r="F614">
         <v>58.667</v>
       </c>
       <c r="G614">
         <v>8345.634</v>
       </c>
       <c r="H614">
         <v>315.141</v>
       </c>
       <c r="I614">
         <v>213.065</v>
       </c>
       <c r="J614">
-        <v>13148.982</v>
+        <v>13149.401</v>
       </c>
       <c r="K614">
         <v>37.976</v>
       </c>
       <c r="L614">
         <v>29.599</v>
       </c>
       <c r="M614">
         <v>40.49</v>
       </c>
       <c r="N614">
         <v>108.065</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>12.323</v>
       </c>
       <c r="C615">
         <v>2896.697</v>
       </c>
       <c r="D615">
-        <v>7.947</v>
+        <v>8.366</v>
       </c>
       <c r="E615">
         <v>1612.987</v>
       </c>
       <c r="F615">
         <v>30.991</v>
       </c>
       <c r="G615">
         <v>8712.312</v>
       </c>
       <c r="H615">
         <v>184.381</v>
       </c>
       <c r="I615">
         <v>236.752</v>
       </c>
       <c r="J615">
-        <v>13694.389</v>
+        <v>13694.809</v>
       </c>
       <c r="K615">
         <v>22.692</v>
       </c>
       <c r="L615">
         <v>21.821</v>
       </c>
       <c r="M615">
         <v>25.618</v>
       </c>
       <c r="N615">
         <v>70.131</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>9.433</v>
       </c>
       <c r="C616">
         <v>2970.151</v>
       </c>
       <c r="D616">
-        <v>7.947</v>
+        <v>8.366</v>
       </c>
       <c r="E616">
         <v>1605.77</v>
       </c>
       <c r="F616">
         <v>41.785</v>
       </c>
       <c r="G616">
         <v>8584.796</v>
       </c>
       <c r="H616">
         <v>136.616</v>
       </c>
       <c r="I616">
         <v>233.687</v>
       </c>
       <c r="J616">
-        <v>13590.185</v>
+        <v>13590.604</v>
       </c>
       <c r="K616">
         <v>23.702</v>
       </c>
       <c r="L616">
         <v>21.263</v>
       </c>
       <c r="M616">
         <v>24.942</v>
       </c>
       <c r="N616">
         <v>69.907</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>13.935</v>
       </c>
       <c r="C617">
         <v>3051.395</v>
       </c>
       <c r="D617">
-        <v>7.947</v>
+        <v>8.366</v>
       </c>
       <c r="E617">
         <v>1669.672</v>
       </c>
       <c r="F617">
         <v>50.096</v>
       </c>
       <c r="G617">
         <v>8715.15</v>
       </c>
       <c r="H617">
         <v>176.403</v>
       </c>
       <c r="I617">
         <v>312.475</v>
       </c>
       <c r="J617">
-        <v>13997.074</v>
+        <v>13997.493</v>
       </c>
       <c r="K617">
         <v>26.423</v>
       </c>
       <c r="L617">
         <v>23.539</v>
       </c>
       <c r="M617">
         <v>24.34</v>
       </c>
       <c r="N617">
         <v>74.302</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>14.367</v>
       </c>
       <c r="C618">
         <v>3151.919</v>
       </c>
       <c r="D618">
-        <v>7.947</v>
+        <v>8.366</v>
       </c>
       <c r="E618">
         <v>1755.429</v>
       </c>
       <c r="F618">
         <v>49.049</v>
       </c>
       <c r="G618">
         <v>8989.502</v>
       </c>
       <c r="H618">
         <v>231.416</v>
       </c>
       <c r="I618">
         <v>297.842</v>
       </c>
       <c r="J618">
-        <v>14497.471</v>
+        <v>14497.891</v>
       </c>
       <c r="K618">
         <v>25.039</v>
       </c>
       <c r="L618">
         <v>27.386</v>
       </c>
       <c r="M618">
         <v>25.788</v>
       </c>
       <c r="N618">
         <v>78.213</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>14.194</v>
       </c>
       <c r="C619">
         <v>3062.26</v>
       </c>
       <c r="D619">
-        <v>7.947</v>
+        <v>8.366</v>
       </c>
       <c r="E619">
         <v>1752.984</v>
       </c>
       <c r="F619">
         <v>48.743</v>
       </c>
       <c r="G619">
         <v>8618.325</v>
       </c>
       <c r="H619">
         <v>207.526</v>
       </c>
       <c r="I619">
         <v>260.635</v>
       </c>
       <c r="J619">
-        <v>13972.614</v>
+        <v>13973.034</v>
       </c>
       <c r="K619">
         <v>22.724</v>
       </c>
       <c r="L619">
         <v>42.895</v>
       </c>
       <c r="M619">
         <v>29.414</v>
       </c>
       <c r="N619">
         <v>95.034</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>15</v>
       </c>
       <c r="C620">
         <v>3251.551</v>
       </c>
       <c r="D620">
-        <v>7.947</v>
+        <v>8.366</v>
       </c>
       <c r="E620">
         <v>1707.504</v>
       </c>
       <c r="F620">
         <v>42.046</v>
       </c>
       <c r="G620">
         <v>8873.141</v>
       </c>
       <c r="H620">
         <v>275.122</v>
       </c>
       <c r="I620">
         <v>289.341</v>
       </c>
       <c r="J620">
-        <v>14461.652</v>
+        <v>14462.071</v>
       </c>
       <c r="K620">
         <v>25.872</v>
       </c>
       <c r="L620">
         <v>43.025</v>
       </c>
       <c r="M620">
         <v>26.86</v>
       </c>
       <c r="N620">
         <v>95.757</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>7.167</v>
       </c>
       <c r="C621">
         <v>3044.334</v>
       </c>
       <c r="D621">
-        <v>7.947</v>
+        <v>8.366</v>
       </c>
       <c r="E621">
         <v>1691.38</v>
       </c>
       <c r="F621">
         <v>38.033</v>
       </c>
       <c r="G621">
         <v>8487.877</v>
       </c>
       <c r="H621">
         <v>176.293</v>
       </c>
       <c r="I621">
         <v>305.685</v>
       </c>
       <c r="J621">
-        <v>13758.716</v>
+        <v>13759.135</v>
       </c>
       <c r="K621">
         <v>20.5</v>
       </c>
       <c r="L621">
         <v>40.229</v>
       </c>
       <c r="M621">
         <v>29.874</v>
       </c>
       <c r="N621">
         <v>90.603</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>16.548</v>
       </c>
       <c r="C622">
         <v>3078.956</v>
       </c>
       <c r="D622">
-        <v>7.947</v>
+        <v>8.366</v>
       </c>
       <c r="E622">
         <v>1697.113</v>
       </c>
       <c r="F622">
         <v>50.323</v>
       </c>
       <c r="G622">
         <v>8734.31</v>
       </c>
       <c r="H622">
         <v>221.869</v>
       </c>
       <c r="I622">
         <v>285.71</v>
       </c>
       <c r="J622">
-        <v>14092.777</v>
+        <v>14093.196</v>
       </c>
       <c r="K622">
         <v>22.107</v>
       </c>
       <c r="L622">
         <v>20.218</v>
       </c>
       <c r="M622">
         <v>31.582</v>
       </c>
       <c r="N622">
         <v>73.907</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>9.8</v>
       </c>
       <c r="C623">
         <v>2924.421</v>
       </c>
       <c r="D623">
-        <v>7.947</v>
+        <v>8.366</v>
       </c>
       <c r="E623">
         <v>1623.478</v>
       </c>
       <c r="F623">
         <v>26.703</v>
       </c>
       <c r="G623">
         <v>8551.937</v>
       </c>
       <c r="H623">
         <v>308.973</v>
       </c>
       <c r="I623">
         <v>253.576</v>
       </c>
       <c r="J623">
-        <v>13706.834</v>
+        <v>13707.253</v>
       </c>
       <c r="K623">
         <v>24.219</v>
       </c>
       <c r="L623">
         <v>13.405</v>
       </c>
       <c r="M623">
         <v>26.556</v>
       </c>
       <c r="N623">
         <v>64.181</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>8.581</v>
       </c>
       <c r="C624">
         <v>2727.569</v>
       </c>
       <c r="D624">
-        <v>7.947</v>
+        <v>8.366</v>
       </c>
       <c r="E624">
         <v>1668.197</v>
       </c>
       <c r="F624">
         <v>20.012</v>
       </c>
       <c r="G624">
         <v>8442.544</v>
       </c>
       <c r="H624">
         <v>278.793</v>
       </c>
       <c r="I624">
         <v>318.115</v>
       </c>
       <c r="J624">
-        <v>13471.758</v>
+        <v>13472.177</v>
       </c>
       <c r="K624">
         <v>24.725</v>
       </c>
       <c r="L624">
         <v>24.016</v>
       </c>
       <c r="M624">
         <v>25.45</v>
       </c>
       <c r="N624">
         <v>74.192</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>7.097</v>
       </c>
       <c r="C625">
         <v>2565.253</v>
       </c>
       <c r="D625">
-        <v>7.925</v>
+        <v>8.497</v>
       </c>
       <c r="E625">
         <v>1532.138</v>
       </c>
       <c r="F625">
         <v>44.264</v>
       </c>
       <c r="G625">
         <v>7957.348</v>
       </c>
       <c r="H625">
         <v>221.473</v>
       </c>
       <c r="I625">
         <v>260.042</v>
       </c>
       <c r="J625">
-        <v>12595.539</v>
+        <v>12596.11</v>
       </c>
       <c r="K625">
         <v>54.608</v>
       </c>
       <c r="L625">
         <v>23.455</v>
       </c>
       <c r="M625">
         <v>34.209</v>
       </c>
       <c r="N625">
         <v>112.271</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>14.517</v>
       </c>
       <c r="C626">
         <v>2573.464</v>
       </c>
       <c r="D626">
-        <v>7.925</v>
+        <v>8.497</v>
       </c>
       <c r="E626">
         <v>1551.926</v>
       </c>
       <c r="F626">
         <v>37.13</v>
       </c>
       <c r="G626">
         <v>8311.327</v>
       </c>
       <c r="H626">
         <v>248.674</v>
       </c>
       <c r="I626">
         <v>339.381</v>
       </c>
       <c r="J626">
-        <v>13084.345</v>
+        <v>13084.916</v>
       </c>
       <c r="K626">
         <v>20.548</v>
       </c>
       <c r="L626">
         <v>19.983</v>
       </c>
       <c r="M626">
         <v>24.739</v>
       </c>
       <c r="N626">
         <v>65.271</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>9.065</v>
       </c>
       <c r="C627">
         <v>2702.257</v>
       </c>
       <c r="D627">
-        <v>7.925</v>
+        <v>8.497</v>
       </c>
       <c r="E627">
         <v>1650.999</v>
       </c>
       <c r="F627">
         <v>39.556</v>
       </c>
       <c r="G627">
         <v>8578.061</v>
       </c>
       <c r="H627">
         <v>256.75</v>
       </c>
       <c r="I627">
         <v>299.736</v>
       </c>
       <c r="J627">
-        <v>13544.349</v>
+        <v>13544.92</v>
       </c>
       <c r="K627">
         <v>21.045</v>
       </c>
       <c r="L627">
         <v>10.398</v>
       </c>
       <c r="M627">
         <v>22.752</v>
       </c>
       <c r="N627">
         <v>54.195</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>13.8</v>
       </c>
       <c r="C628">
         <v>2888.998</v>
       </c>
       <c r="D628">
-        <v>7.925</v>
+        <v>8.497</v>
       </c>
       <c r="E628">
         <v>1678.111</v>
       </c>
       <c r="F628">
         <v>53.426</v>
       </c>
       <c r="G628">
         <v>8512.999</v>
       </c>
       <c r="H628">
         <v>277.826</v>
       </c>
       <c r="I628">
         <v>327.944</v>
       </c>
       <c r="J628">
-        <v>13761.029</v>
+        <v>13761.601</v>
       </c>
       <c r="K628">
         <v>30.849</v>
       </c>
       <c r="L628">
         <v>17.005</v>
       </c>
       <c r="M628">
         <v>23.513</v>
       </c>
       <c r="N628">
         <v>71.367</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>11.516</v>
       </c>
       <c r="C629">
         <v>2947.476</v>
       </c>
       <c r="D629">
-        <v>7.925</v>
+        <v>8.497</v>
       </c>
       <c r="E629">
         <v>1741.621</v>
       </c>
       <c r="F629">
         <v>40.776</v>
       </c>
       <c r="G629">
         <v>9013.717</v>
       </c>
       <c r="H629">
         <v>248.089</v>
       </c>
       <c r="I629">
         <v>327.778</v>
       </c>
       <c r="J629">
-        <v>14338.899</v>
+        <v>14339.47</v>
       </c>
       <c r="K629">
         <v>26.603</v>
       </c>
       <c r="L629">
         <v>19.4</v>
       </c>
       <c r="M629">
         <v>25.327</v>
       </c>
       <c r="N629">
         <v>71.329</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>17.167</v>
       </c>
       <c r="C630">
         <v>2985.601</v>
       </c>
       <c r="D630">
-        <v>7.925</v>
+        <v>8.497</v>
       </c>
       <c r="E630">
         <v>1772.489</v>
       </c>
       <c r="F630">
         <v>47.399</v>
       </c>
       <c r="G630">
         <v>8829.851</v>
       </c>
       <c r="H630">
         <v>248.299</v>
       </c>
       <c r="I630">
         <v>348.34</v>
       </c>
       <c r="J630">
-        <v>14257.07</v>
+        <v>14257.641</v>
       </c>
       <c r="K630">
         <v>26.204</v>
       </c>
       <c r="L630">
         <v>28.108</v>
       </c>
       <c r="M630">
         <v>26.801</v>
       </c>
       <c r="N630">
         <v>81.113</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>16.452</v>
       </c>
       <c r="C631">
         <v>3049.028</v>
       </c>
       <c r="D631">
-        <v>7.925</v>
+        <v>8.497</v>
       </c>
       <c r="E631">
         <v>1802.344</v>
       </c>
       <c r="F631">
         <v>42.283</v>
       </c>
       <c r="G631">
         <v>8943.368</v>
       </c>
       <c r="H631">
         <v>247.685</v>
       </c>
       <c r="I631">
         <v>369.606</v>
       </c>
       <c r="J631">
-        <v>14478.692</v>
+        <v>14479.263</v>
       </c>
       <c r="K631">
         <v>27.601</v>
       </c>
       <c r="L631">
         <v>29.844</v>
       </c>
       <c r="M631">
         <v>28.64</v>
       </c>
       <c r="N631">
         <v>86.085</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>13.548</v>
       </c>
       <c r="C632">
         <v>3136.887</v>
       </c>
       <c r="D632">
-        <v>7.925</v>
+        <v>8.497</v>
       </c>
       <c r="E632">
         <v>1783.857</v>
       </c>
       <c r="F632">
         <v>50.947</v>
       </c>
       <c r="G632">
         <v>8885.289</v>
       </c>
       <c r="H632">
         <v>240.191</v>
       </c>
       <c r="I632">
         <v>323.06</v>
       </c>
       <c r="J632">
-        <v>14441.704</v>
+        <v>14442.276</v>
       </c>
       <c r="K632">
         <v>29.927</v>
       </c>
       <c r="L632">
         <v>29.468</v>
       </c>
       <c r="M632">
         <v>27.795</v>
       </c>
       <c r="N632">
         <v>87.19</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>14.467</v>
       </c>
       <c r="C633">
         <v>2931.961</v>
       </c>
       <c r="D633">
-        <v>7.925</v>
+        <v>8.497</v>
       </c>
       <c r="E633">
         <v>1676.355</v>
       </c>
       <c r="F633">
         <v>42.355</v>
       </c>
       <c r="G633">
         <v>8622.494</v>
       </c>
       <c r="H633">
         <v>179.787</v>
       </c>
       <c r="I633">
         <v>337.687</v>
       </c>
       <c r="J633">
-        <v>13813.032</v>
+        <v>13813.604</v>
       </c>
       <c r="K633">
         <v>22.511</v>
       </c>
       <c r="L633">
         <v>18.138</v>
       </c>
       <c r="M633">
         <v>27.157</v>
       </c>
       <c r="N633">
         <v>67.806</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>12.484</v>
       </c>
       <c r="C634">
         <v>3054.716</v>
       </c>
       <c r="D634">
-        <v>7.925</v>
+        <v>8.497</v>
       </c>
       <c r="E634">
         <v>1711.578</v>
       </c>
       <c r="F634">
         <v>38.252</v>
       </c>
       <c r="G634">
         <v>8705.51</v>
       </c>
       <c r="H634">
         <v>268.132</v>
       </c>
       <c r="I634">
         <v>335.034</v>
       </c>
       <c r="J634">
-        <v>14133.632</v>
+        <v>14134.204</v>
       </c>
       <c r="K634">
         <v>24.617</v>
       </c>
       <c r="L634">
         <v>12.421</v>
       </c>
       <c r="M634">
         <v>28.13</v>
       </c>
       <c r="N634">
         <v>65.169</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>10.933</v>
       </c>
       <c r="C635">
         <v>2781.372</v>
       </c>
       <c r="D635">
-        <v>7.925</v>
+        <v>8.497</v>
       </c>
       <c r="E635">
         <v>1668.849</v>
       </c>
       <c r="F635">
         <v>26.206</v>
       </c>
       <c r="G635">
         <v>8477.539</v>
       </c>
       <c r="H635">
         <v>259.7</v>
       </c>
       <c r="I635">
         <v>334.731</v>
       </c>
       <c r="J635">
-        <v>13567.255</v>
+        <v>13567.827</v>
       </c>
       <c r="K635">
         <v>23.841</v>
       </c>
       <c r="L635">
         <v>13.077</v>
       </c>
       <c r="M635">
         <v>26.809</v>
       </c>
       <c r="N635">
         <v>63.726</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>7.226</v>
       </c>
       <c r="C636">
         <v>2717.633</v>
       </c>
       <c r="D636">
-        <v>7.925</v>
+        <v>8.497</v>
       </c>
       <c r="E636">
         <v>1703.901</v>
       </c>
       <c r="F636">
         <v>25.703</v>
       </c>
       <c r="G636">
         <v>8420.215</v>
       </c>
       <c r="H636">
         <v>251.358</v>
       </c>
       <c r="I636">
         <v>315.689</v>
       </c>
       <c r="J636">
-        <v>13449.65</v>
+        <v>13450.222</v>
       </c>
       <c r="K636">
         <v>33.746</v>
       </c>
       <c r="L636">
         <v>19.657</v>
       </c>
       <c r="M636">
         <v>33.367</v>
       </c>
       <c r="N636">
         <v>86.769</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>8.129</v>
       </c>
       <c r="C637">
-        <v>2650.281</v>
+        <v>2646.557</v>
       </c>
       <c r="D637">
-        <v>7.947</v>
+        <v>8.52</v>
       </c>
       <c r="E637">
         <v>1620.217</v>
       </c>
       <c r="F637">
         <v>35.154</v>
       </c>
       <c r="G637">
         <v>8142.014</v>
       </c>
       <c r="H637">
-        <v>284.414</v>
+        <v>283.987</v>
       </c>
       <c r="I637">
         <v>191.123</v>
       </c>
       <c r="J637">
-        <v>12939.278</v>
+        <v>12935.7</v>
       </c>
       <c r="K637">
         <v>99.059</v>
       </c>
       <c r="L637">
         <v>36.13</v>
       </c>
       <c r="M637">
         <v>48.777</v>
       </c>
       <c r="N637">
         <v>183.965</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>13.071</v>
       </c>
       <c r="C638">
-        <v>2667.453</v>
+        <v>2663.527</v>
       </c>
       <c r="D638">
-        <v>7.947</v>
+        <v>8.52</v>
       </c>
       <c r="E638">
         <v>1538.648</v>
       </c>
       <c r="F638">
         <v>29.411</v>
       </c>
       <c r="G638">
         <v>8332.709</v>
       </c>
       <c r="H638">
-        <v>261.706</v>
+        <v>261.313</v>
       </c>
       <c r="I638">
         <v>245.054</v>
       </c>
       <c r="J638">
-        <v>13095.999</v>
+        <v>13092.253</v>
       </c>
       <c r="K638">
         <v>39.321</v>
       </c>
       <c r="L638">
         <v>23.59</v>
       </c>
       <c r="M638">
         <v>31.932</v>
       </c>
       <c r="N638">
         <v>94.843</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>10.161</v>
       </c>
       <c r="C639">
-        <v>2806.788</v>
+        <v>2802.684</v>
       </c>
       <c r="D639">
-        <v>7.947</v>
+        <v>8.52</v>
       </c>
       <c r="E639">
         <v>1636.551</v>
       </c>
       <c r="F639">
         <v>37.108</v>
       </c>
       <c r="G639">
         <v>8412.494</v>
       </c>
       <c r="H639">
-        <v>250.51</v>
+        <v>250.134</v>
       </c>
       <c r="I639">
         <v>228.883</v>
       </c>
       <c r="J639">
-        <v>13390.442</v>
+        <v>13386.536</v>
       </c>
       <c r="K639">
         <v>22.962</v>
       </c>
       <c r="L639">
         <v>24.024</v>
       </c>
       <c r="M639">
         <v>24.793</v>
       </c>
       <c r="N639">
         <v>71.779</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>12.967</v>
       </c>
       <c r="C640">
-        <v>2963.081</v>
+        <v>2958.723</v>
       </c>
       <c r="D640">
-        <v>7.947</v>
+        <v>8.52</v>
       </c>
       <c r="E640">
         <v>1764.119</v>
       </c>
       <c r="F640">
         <v>49.883</v>
       </c>
       <c r="G640">
         <v>8551.913</v>
       </c>
       <c r="H640">
-        <v>249.911</v>
+        <v>249.535</v>
       </c>
       <c r="I640">
         <v>234.954</v>
       </c>
       <c r="J640">
-        <v>13834.774</v>
+        <v>13830.614</v>
       </c>
       <c r="K640">
         <v>24.203</v>
       </c>
       <c r="L640">
         <v>20.178</v>
       </c>
       <c r="M640">
         <v>24.361</v>
       </c>
       <c r="N640">
         <v>68.741</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>13.097</v>
       </c>
       <c r="C641">
-        <v>2998.984</v>
+        <v>2994.503</v>
       </c>
       <c r="D641">
-        <v>7.947</v>
+        <v>8.52</v>
       </c>
       <c r="E641">
         <v>1763.469</v>
       </c>
       <c r="F641">
         <v>47.463</v>
       </c>
       <c r="G641">
         <v>8692.863</v>
       </c>
       <c r="H641">
-        <v>163.837</v>
+        <v>163.591</v>
       </c>
       <c r="I641">
         <v>213.868</v>
       </c>
       <c r="J641">
-        <v>13901.527</v>
+        <v>13897.373</v>
       </c>
       <c r="K641">
         <v>19.254</v>
       </c>
       <c r="L641">
         <v>23.708</v>
       </c>
       <c r="M641">
         <v>23.403</v>
       </c>
       <c r="N641">
         <v>66.365</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>12.733</v>
       </c>
       <c r="C642">
-        <v>3135.979</v>
+        <v>3131.327</v>
       </c>
       <c r="D642">
-        <v>7.947</v>
+        <v>8.52</v>
       </c>
       <c r="E642">
         <v>1846.859</v>
       </c>
       <c r="F642">
         <v>43.113</v>
       </c>
       <c r="G642">
         <v>8889.554</v>
       </c>
       <c r="H642">
-        <v>246.521</v>
+        <v>246.151</v>
       </c>
       <c r="I642">
         <v>185.39</v>
       </c>
       <c r="J642">
-        <v>14368.095</v>
+        <v>14363.646</v>
       </c>
       <c r="K642">
         <v>35.019</v>
       </c>
       <c r="L642">
         <v>30.898</v>
       </c>
       <c r="M642">
         <v>30.883</v>
       </c>
       <c r="N642">
         <v>96.799</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>16.645</v>
+      </c>
+      <c r="C643">
+        <v>3127.668</v>
+      </c>
+      <c r="D643">
+        <v>8.52</v>
+      </c>
+      <c r="E643">
+        <v>1844.709</v>
+      </c>
+      <c r="F643">
+        <v>55.985</v>
+      </c>
+      <c r="G643">
+        <v>8782.586</v>
+      </c>
+      <c r="H643">
+        <v>293.795</v>
+      </c>
+      <c r="I643">
+        <v>214.164</v>
+      </c>
+      <c r="J643">
+        <v>14344.071</v>
+      </c>
+      <c r="K643">
+        <v>31.05</v>
+      </c>
+      <c r="L643">
+        <v>38.4</v>
+      </c>
+      <c r="M643">
+        <v>32.957</v>
+      </c>
+      <c r="N643">
+        <v>102.407</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31782,113 +31826,113 @@
       </c>
       <c r="K86">
         <v>39.623</v>
       </c>
       <c r="L86">
         <v>40.613</v>
       </c>
       <c r="M86">
         <v>32.96</v>
       </c>
       <c r="N86">
         <v>113.197</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>11.49</v>
       </c>
       <c r="C87">
         <v>2959.406</v>
       </c>
       <c r="D87">
-        <v>7.947</v>
+        <v>8.366</v>
       </c>
       <c r="E87">
         <v>1653.268</v>
       </c>
       <c r="F87">
         <v>42.921</v>
       </c>
       <c r="G87">
         <v>8585.665</v>
       </c>
       <c r="H87">
         <v>227.916</v>
       </c>
       <c r="I87">
         <v>267.594</v>
       </c>
       <c r="J87">
-        <v>13756.207</v>
+        <v>13756.627</v>
       </c>
       <c r="K87">
         <v>25.109</v>
       </c>
       <c r="L87">
         <v>28.019</v>
       </c>
       <c r="M87">
         <v>27.951</v>
       </c>
       <c r="N87">
         <v>81.078</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>12.325</v>
       </c>
       <c r="C88">
         <v>2862.402</v>
       </c>
       <c r="D88">
-        <v>7.925</v>
+        <v>8.497</v>
       </c>
       <c r="E88">
         <v>1690.163</v>
       </c>
       <c r="F88">
         <v>40.693</v>
       </c>
       <c r="G88">
         <v>8606.349</v>
       </c>
       <c r="H88">
         <v>245.694</v>
       </c>
       <c r="I88">
         <v>326.4</v>
       </c>
       <c r="J88">
-        <v>13791.951</v>
+        <v>13792.522</v>
       </c>
       <c r="K88">
         <v>28.581</v>
       </c>
       <c r="L88">
         <v>20.091</v>
       </c>
       <c r="M88">
         <v>27.466</v>
       </c>
       <c r="N88">
         <v>76.138</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>