--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 3.7c Petroleum Consumption:  Transportation and Electric Power Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Aviation Gasoline Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Jet Fuel Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Lubricants Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Motor Gasoline Consumed by the Transportation Sector</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="98.833" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27566,876 +27566,964 @@
       </c>
       <c r="J624">
         <v>13472.177</v>
       </c>
       <c r="K624">
         <v>24.725</v>
       </c>
       <c r="L624">
         <v>24.016</v>
       </c>
       <c r="M624">
         <v>25.45</v>
       </c>
       <c r="N624">
         <v>74.192</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>7.097</v>
       </c>
       <c r="C625">
-        <v>2565.253</v>
+        <v>2567.617</v>
       </c>
       <c r="D625">
         <v>8.497</v>
       </c>
       <c r="E625">
         <v>1532.138</v>
       </c>
       <c r="F625">
         <v>44.264</v>
       </c>
       <c r="G625">
         <v>7957.348</v>
       </c>
       <c r="H625">
-        <v>221.473</v>
+        <v>225.289</v>
       </c>
       <c r="I625">
         <v>260.042</v>
       </c>
       <c r="J625">
-        <v>12596.11</v>
+        <v>12602.291</v>
       </c>
       <c r="K625">
-        <v>54.608</v>
+        <v>49.902</v>
       </c>
       <c r="L625">
-        <v>23.455</v>
+        <v>26.357</v>
       </c>
       <c r="M625">
-        <v>34.209</v>
+        <v>33.472</v>
       </c>
       <c r="N625">
-        <v>112.271</v>
+        <v>109.731</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>14.517</v>
       </c>
       <c r="C626">
-        <v>2573.464</v>
+        <v>2574.902</v>
       </c>
       <c r="D626">
         <v>8.497</v>
       </c>
       <c r="E626">
         <v>1551.926</v>
       </c>
       <c r="F626">
         <v>37.13</v>
       </c>
       <c r="G626">
         <v>8311.327</v>
       </c>
       <c r="H626">
-        <v>248.674</v>
+        <v>248.875</v>
       </c>
       <c r="I626">
         <v>339.381</v>
       </c>
       <c r="J626">
-        <v>13084.916</v>
+        <v>13086.555</v>
       </c>
       <c r="K626">
-        <v>20.548</v>
+        <v>18.371</v>
       </c>
       <c r="L626">
-        <v>19.983</v>
+        <v>20.555</v>
       </c>
       <c r="M626">
-        <v>24.739</v>
+        <v>24.155</v>
       </c>
       <c r="N626">
-        <v>65.271</v>
+        <v>63.081</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>9.065</v>
       </c>
       <c r="C627">
-        <v>2702.257</v>
+        <v>2703.935</v>
       </c>
       <c r="D627">
         <v>8.497</v>
       </c>
       <c r="E627">
         <v>1650.999</v>
       </c>
       <c r="F627">
         <v>39.556</v>
       </c>
       <c r="G627">
         <v>8578.061</v>
       </c>
       <c r="H627">
-        <v>256.75</v>
+        <v>256.438</v>
       </c>
       <c r="I627">
         <v>299.736</v>
       </c>
       <c r="J627">
-        <v>13544.92</v>
+        <v>13546.286</v>
       </c>
       <c r="K627">
-        <v>21.045</v>
+        <v>18.517</v>
       </c>
       <c r="L627">
-        <v>10.398</v>
+        <v>14.396</v>
       </c>
       <c r="M627">
-        <v>22.752</v>
+        <v>22.813</v>
       </c>
       <c r="N627">
-        <v>54.195</v>
+        <v>55.726</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>13.8</v>
       </c>
       <c r="C628">
-        <v>2888.998</v>
+        <v>2890.978</v>
       </c>
       <c r="D628">
         <v>8.497</v>
       </c>
       <c r="E628">
         <v>1678.111</v>
       </c>
       <c r="F628">
         <v>53.426</v>
       </c>
       <c r="G628">
         <v>8512.999</v>
       </c>
       <c r="H628">
-        <v>277.826</v>
+        <v>277.732</v>
       </c>
       <c r="I628">
         <v>327.944</v>
       </c>
       <c r="J628">
-        <v>13761.601</v>
+        <v>13763.486</v>
       </c>
       <c r="K628">
-        <v>30.849</v>
+        <v>27.724</v>
       </c>
       <c r="L628">
-        <v>17.005</v>
+        <v>20.66</v>
       </c>
       <c r="M628">
-        <v>23.513</v>
+        <v>23.015</v>
       </c>
       <c r="N628">
-        <v>71.367</v>
+        <v>71.399</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>11.516</v>
       </c>
       <c r="C629">
-        <v>2947.476</v>
+        <v>2949.485</v>
       </c>
       <c r="D629">
         <v>8.497</v>
       </c>
       <c r="E629">
         <v>1741.621</v>
       </c>
       <c r="F629">
         <v>40.776</v>
       </c>
       <c r="G629">
         <v>9013.717</v>
       </c>
       <c r="H629">
-        <v>248.089</v>
+        <v>248.645</v>
       </c>
       <c r="I629">
         <v>327.778</v>
       </c>
       <c r="J629">
-        <v>14339.47</v>
+        <v>14342.035</v>
       </c>
       <c r="K629">
-        <v>26.603</v>
+        <v>23.498</v>
       </c>
       <c r="L629">
-        <v>19.4</v>
+        <v>22.459</v>
       </c>
       <c r="M629">
-        <v>25.327</v>
+        <v>25.146</v>
       </c>
       <c r="N629">
-        <v>71.329</v>
+        <v>71.102</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>17.167</v>
       </c>
       <c r="C630">
-        <v>2985.601</v>
+        <v>2987.55</v>
       </c>
       <c r="D630">
         <v>8.497</v>
       </c>
       <c r="E630">
         <v>1772.489</v>
       </c>
       <c r="F630">
         <v>47.399</v>
       </c>
       <c r="G630">
         <v>8829.851</v>
       </c>
       <c r="H630">
-        <v>248.299</v>
+        <v>249.153</v>
       </c>
       <c r="I630">
         <v>348.34</v>
       </c>
       <c r="J630">
-        <v>14257.641</v>
+        <v>14260.444</v>
       </c>
       <c r="K630">
-        <v>26.204</v>
+        <v>23.384</v>
       </c>
       <c r="L630">
-        <v>28.108</v>
+        <v>28.665</v>
       </c>
       <c r="M630">
-        <v>26.801</v>
+        <v>26.71</v>
       </c>
       <c r="N630">
-        <v>81.113</v>
+        <v>78.759</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>16.452</v>
       </c>
       <c r="C631">
-        <v>3049.028</v>
+        <v>3049.583</v>
       </c>
       <c r="D631">
         <v>8.497</v>
       </c>
       <c r="E631">
         <v>1802.344</v>
       </c>
       <c r="F631">
         <v>42.283</v>
       </c>
       <c r="G631">
         <v>8943.368</v>
       </c>
       <c r="H631">
-        <v>247.685</v>
+        <v>246.662</v>
       </c>
       <c r="I631">
         <v>369.606</v>
       </c>
       <c r="J631">
-        <v>14479.263</v>
+        <v>14478.795</v>
       </c>
       <c r="K631">
-        <v>27.601</v>
+        <v>28.705</v>
       </c>
       <c r="L631">
-        <v>29.844</v>
+        <v>32.128</v>
       </c>
       <c r="M631">
-        <v>28.64</v>
+        <v>28.339</v>
       </c>
       <c r="N631">
-        <v>86.085</v>
+        <v>89.172</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>13.548</v>
       </c>
       <c r="C632">
-        <v>3136.887</v>
+        <v>3138.329</v>
       </c>
       <c r="D632">
         <v>8.497</v>
       </c>
       <c r="E632">
         <v>1783.857</v>
       </c>
       <c r="F632">
         <v>50.947</v>
       </c>
       <c r="G632">
         <v>8885.289</v>
       </c>
       <c r="H632">
-        <v>240.191</v>
+        <v>240.402</v>
       </c>
       <c r="I632">
         <v>323.06</v>
       </c>
       <c r="J632">
-        <v>14442.276</v>
+        <v>14443.93</v>
       </c>
       <c r="K632">
-        <v>29.927</v>
+        <v>28.612</v>
       </c>
       <c r="L632">
-        <v>29.468</v>
+        <v>31.582</v>
       </c>
       <c r="M632">
-        <v>27.795</v>
+        <v>26.995</v>
       </c>
       <c r="N632">
         <v>87.19</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>14.467</v>
       </c>
       <c r="C633">
-        <v>2931.961</v>
+        <v>2933.632</v>
       </c>
       <c r="D633">
         <v>8.497</v>
       </c>
       <c r="E633">
         <v>1676.355</v>
       </c>
       <c r="F633">
         <v>42.355</v>
       </c>
       <c r="G633">
         <v>8622.494</v>
       </c>
       <c r="H633">
-        <v>179.787</v>
+        <v>180.268</v>
       </c>
       <c r="I633">
         <v>337.687</v>
       </c>
       <c r="J633">
-        <v>13813.604</v>
+        <v>13815.755</v>
       </c>
       <c r="K633">
-        <v>22.511</v>
+        <v>20.358</v>
       </c>
       <c r="L633">
-        <v>18.138</v>
+        <v>18.336</v>
       </c>
       <c r="M633">
-        <v>27.157</v>
+        <v>26.628</v>
       </c>
       <c r="N633">
-        <v>67.806</v>
+        <v>65.322</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>12.484</v>
       </c>
       <c r="C634">
-        <v>3054.716</v>
+        <v>3056.296</v>
       </c>
       <c r="D634">
         <v>8.497</v>
       </c>
       <c r="E634">
         <v>1711.578</v>
       </c>
       <c r="F634">
         <v>38.252</v>
       </c>
       <c r="G634">
         <v>8705.51</v>
       </c>
       <c r="H634">
-        <v>268.132</v>
+        <v>266.602</v>
       </c>
       <c r="I634">
         <v>335.034</v>
       </c>
       <c r="J634">
-        <v>14134.204</v>
+        <v>14134.254</v>
       </c>
       <c r="K634">
-        <v>24.617</v>
+        <v>22.659</v>
       </c>
       <c r="L634">
-        <v>12.421</v>
+        <v>17.065</v>
       </c>
       <c r="M634">
-        <v>28.13</v>
+        <v>27.92</v>
       </c>
       <c r="N634">
-        <v>65.169</v>
+        <v>67.643</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>10.933</v>
       </c>
       <c r="C635">
-        <v>2781.372</v>
+        <v>2782.831</v>
       </c>
       <c r="D635">
         <v>8.497</v>
       </c>
       <c r="E635">
         <v>1668.849</v>
       </c>
       <c r="F635">
         <v>26.206</v>
       </c>
       <c r="G635">
         <v>8477.539</v>
       </c>
       <c r="H635">
-        <v>259.7</v>
+        <v>260.043</v>
       </c>
       <c r="I635">
         <v>334.731</v>
       </c>
       <c r="J635">
-        <v>13567.827</v>
+        <v>13569.628</v>
       </c>
       <c r="K635">
-        <v>23.841</v>
+        <v>22.049</v>
       </c>
       <c r="L635">
-        <v>13.077</v>
+        <v>17.051</v>
       </c>
       <c r="M635">
-        <v>26.809</v>
+        <v>26.332</v>
       </c>
       <c r="N635">
-        <v>63.726</v>
+        <v>65.432</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>7.226</v>
       </c>
       <c r="C636">
-        <v>2717.633</v>
+        <v>2718.602</v>
       </c>
       <c r="D636">
         <v>8.497</v>
       </c>
       <c r="E636">
         <v>1703.901</v>
       </c>
       <c r="F636">
         <v>25.703</v>
       </c>
       <c r="G636">
         <v>8420.215</v>
       </c>
       <c r="H636">
-        <v>251.358</v>
+        <v>251.995</v>
       </c>
       <c r="I636">
         <v>315.689</v>
       </c>
       <c r="J636">
-        <v>13450.222</v>
+        <v>13451.827</v>
       </c>
       <c r="K636">
-        <v>33.746</v>
+        <v>33.179</v>
       </c>
       <c r="L636">
-        <v>19.657</v>
+        <v>22.503</v>
       </c>
       <c r="M636">
-        <v>33.367</v>
+        <v>33.228</v>
       </c>
       <c r="N636">
-        <v>86.769</v>
+        <v>88.91</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>8.129</v>
       </c>
       <c r="C637">
-        <v>2646.557</v>
+        <v>2631.824</v>
       </c>
       <c r="D637">
         <v>8.52</v>
       </c>
       <c r="E637">
         <v>1620.217</v>
       </c>
       <c r="F637">
         <v>35.154</v>
       </c>
       <c r="G637">
         <v>8142.014</v>
       </c>
       <c r="H637">
-        <v>283.987</v>
+        <v>284.912</v>
       </c>
       <c r="I637">
         <v>191.123</v>
       </c>
       <c r="J637">
-        <v>12935.7</v>
+        <v>12921.892</v>
       </c>
       <c r="K637">
-        <v>99.059</v>
+        <v>100.403</v>
       </c>
       <c r="L637">
-        <v>36.13</v>
+        <v>33.464</v>
       </c>
       <c r="M637">
-        <v>48.777</v>
+        <v>48.097</v>
       </c>
       <c r="N637">
-        <v>183.965</v>
+        <v>181.965</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>13.071</v>
       </c>
       <c r="C638">
-        <v>2663.527</v>
+        <v>2648.852</v>
       </c>
       <c r="D638">
         <v>8.52</v>
       </c>
       <c r="E638">
         <v>1538.648</v>
       </c>
       <c r="F638">
         <v>29.411</v>
       </c>
       <c r="G638">
         <v>8332.709</v>
       </c>
       <c r="H638">
-        <v>261.313</v>
+        <v>262.533</v>
       </c>
       <c r="I638">
         <v>245.054</v>
       </c>
       <c r="J638">
-        <v>13092.253</v>
+        <v>13078.798</v>
       </c>
       <c r="K638">
-        <v>39.321</v>
+        <v>38.303</v>
       </c>
       <c r="L638">
-        <v>23.59</v>
+        <v>24.641</v>
       </c>
       <c r="M638">
-        <v>31.932</v>
+        <v>31.083</v>
       </c>
       <c r="N638">
-        <v>94.843</v>
+        <v>94.027</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>10.161</v>
       </c>
       <c r="C639">
-        <v>2802.684</v>
+        <v>2787.638</v>
       </c>
       <c r="D639">
         <v>8.52</v>
       </c>
       <c r="E639">
         <v>1636.551</v>
       </c>
       <c r="F639">
         <v>37.108</v>
       </c>
       <c r="G639">
         <v>8412.494</v>
       </c>
       <c r="H639">
-        <v>250.134</v>
+        <v>250.267</v>
       </c>
       <c r="I639">
         <v>228.883</v>
       </c>
       <c r="J639">
-        <v>13386.536</v>
+        <v>13371.622</v>
       </c>
       <c r="K639">
-        <v>22.962</v>
+        <v>21.272</v>
       </c>
       <c r="L639">
-        <v>24.024</v>
+        <v>26.108</v>
       </c>
       <c r="M639">
-        <v>24.793</v>
+        <v>24.629</v>
       </c>
       <c r="N639">
-        <v>71.779</v>
+        <v>72.009</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>12.967</v>
       </c>
       <c r="C640">
-        <v>2958.723</v>
+        <v>2942.616</v>
       </c>
       <c r="D640">
         <v>8.52</v>
       </c>
       <c r="E640">
         <v>1764.119</v>
       </c>
       <c r="F640">
         <v>49.883</v>
       </c>
       <c r="G640">
         <v>8551.913</v>
       </c>
       <c r="H640">
-        <v>249.535</v>
+        <v>249.298</v>
       </c>
       <c r="I640">
         <v>234.954</v>
       </c>
       <c r="J640">
-        <v>13830.614</v>
+        <v>13814.27</v>
       </c>
       <c r="K640">
-        <v>24.203</v>
+        <v>22.871</v>
       </c>
       <c r="L640">
-        <v>20.178</v>
+        <v>22.076</v>
       </c>
       <c r="M640">
-        <v>24.361</v>
+        <v>24.234</v>
       </c>
       <c r="N640">
-        <v>68.741</v>
+        <v>69.18</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>13.097</v>
       </c>
       <c r="C641">
-        <v>2994.503</v>
+        <v>2977.616</v>
       </c>
       <c r="D641">
         <v>8.52</v>
       </c>
       <c r="E641">
         <v>1763.469</v>
       </c>
       <c r="F641">
         <v>47.463</v>
       </c>
       <c r="G641">
         <v>8692.863</v>
       </c>
       <c r="H641">
-        <v>163.591</v>
+        <v>164.734</v>
       </c>
       <c r="I641">
         <v>213.868</v>
       </c>
       <c r="J641">
-        <v>13897.373</v>
+        <v>13881.63</v>
       </c>
       <c r="K641">
-        <v>19.254</v>
+        <v>18.822</v>
       </c>
       <c r="L641">
-        <v>23.708</v>
+        <v>22.575</v>
       </c>
       <c r="M641">
-        <v>23.403</v>
+        <v>23.218</v>
       </c>
       <c r="N641">
-        <v>66.365</v>
+        <v>64.615</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>12.733</v>
       </c>
       <c r="C642">
-        <v>3131.327</v>
+        <v>3114.645</v>
       </c>
       <c r="D642">
         <v>8.52</v>
       </c>
       <c r="E642">
         <v>1846.859</v>
       </c>
       <c r="F642">
         <v>43.113</v>
       </c>
       <c r="G642">
         <v>8889.554</v>
       </c>
       <c r="H642">
-        <v>246.151</v>
+        <v>246.904</v>
       </c>
       <c r="I642">
         <v>185.39</v>
       </c>
       <c r="J642">
-        <v>14363.646</v>
+        <v>14347.718</v>
       </c>
       <c r="K642">
-        <v>35.019</v>
+        <v>32.249</v>
       </c>
       <c r="L642">
-        <v>30.898</v>
+        <v>33.107</v>
       </c>
       <c r="M642">
-        <v>30.883</v>
+        <v>29.964</v>
       </c>
       <c r="N642">
-        <v>96.799</v>
+        <v>95.319</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>16.645</v>
       </c>
       <c r="C643">
-        <v>3127.668</v>
+        <v>3110.704</v>
       </c>
       <c r="D643">
         <v>8.52</v>
       </c>
       <c r="E643">
         <v>1844.709</v>
       </c>
       <c r="F643">
         <v>55.985</v>
       </c>
       <c r="G643">
         <v>8782.586</v>
       </c>
       <c r="H643">
-        <v>293.795</v>
+        <v>293.27</v>
       </c>
       <c r="I643">
         <v>214.164</v>
       </c>
       <c r="J643">
-        <v>14344.071</v>
+        <v>14326.583</v>
       </c>
       <c r="K643">
-        <v>31.05</v>
+        <v>28.49</v>
       </c>
       <c r="L643">
-        <v>38.4</v>
+        <v>33.633</v>
       </c>
       <c r="M643">
-        <v>32.957</v>
+        <v>31.964</v>
       </c>
       <c r="N643">
-        <v>102.407</v>
+        <v>94.086</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>13.355</v>
+      </c>
+      <c r="C644">
+        <v>3120.663</v>
+      </c>
+      <c r="D644">
+        <v>8.52</v>
+      </c>
+      <c r="E644">
+        <v>1818.731</v>
+      </c>
+      <c r="F644">
+        <v>51.578</v>
+      </c>
+      <c r="G644">
+        <v>8855.333</v>
+      </c>
+      <c r="H644">
+        <v>218.975</v>
+      </c>
+      <c r="I644">
+        <v>207.953</v>
+      </c>
+      <c r="J644">
+        <v>14295.108</v>
+      </c>
+      <c r="K644">
+        <v>27.123</v>
+      </c>
+      <c r="L644">
+        <v>32.231</v>
+      </c>
+      <c r="M644">
+        <v>28.015</v>
+      </c>
+      <c r="N644">
+        <v>87.369</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>13.967</v>
+      </c>
+      <c r="C645">
+        <v>2982.483</v>
+      </c>
+      <c r="D645">
+        <v>8.52</v>
+      </c>
+      <c r="E645">
+        <v>1710.355</v>
+      </c>
+      <c r="F645">
+        <v>54.486</v>
+      </c>
+      <c r="G645">
+        <v>8592.859</v>
+      </c>
+      <c r="H645">
+        <v>307.405</v>
+      </c>
+      <c r="I645">
+        <v>230.75</v>
+      </c>
+      <c r="J645">
+        <v>13900.824</v>
+      </c>
+      <c r="K645">
+        <v>22.479</v>
+      </c>
+      <c r="L645">
+        <v>28.007</v>
+      </c>
+      <c r="M645">
+        <v>27.393</v>
+      </c>
+      <c r="N645">
+        <v>77.88</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31867,84 +31955,84 @@
       </c>
       <c r="J87">
         <v>13756.627</v>
       </c>
       <c r="K87">
         <v>25.109</v>
       </c>
       <c r="L87">
         <v>28.019</v>
       </c>
       <c r="M87">
         <v>27.951</v>
       </c>
       <c r="N87">
         <v>81.078</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>12.325</v>
       </c>
       <c r="C88">
-        <v>2862.402</v>
+        <v>2863.992</v>
       </c>
       <c r="D88">
         <v>8.497</v>
       </c>
       <c r="E88">
         <v>1690.163</v>
       </c>
       <c r="F88">
         <v>40.693</v>
       </c>
       <c r="G88">
         <v>8606.349</v>
       </c>
       <c r="H88">
-        <v>245.694</v>
+        <v>246.039</v>
       </c>
       <c r="I88">
         <v>326.4</v>
       </c>
       <c r="J88">
-        <v>13792.522</v>
+        <v>13794.458</v>
       </c>
       <c r="K88">
-        <v>28.581</v>
+        <v>26.49</v>
       </c>
       <c r="L88">
-        <v>20.091</v>
+        <v>22.674</v>
       </c>
       <c r="M88">
-        <v>27.466</v>
+        <v>27.094</v>
       </c>
       <c r="N88">
-        <v>76.138</v>
+        <v>76.258</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>