--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 3.7c Petroleum Consumption:  Transportation and Electric Power Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Aviation Gasoline Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Jet Fuel Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Lubricants Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Motor Gasoline Consumed by the Transportation Sector</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="98.833" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28094,436 +28094,480 @@
       </c>
       <c r="J636">
         <v>13451.827</v>
       </c>
       <c r="K636">
         <v>33.179</v>
       </c>
       <c r="L636">
         <v>22.503</v>
       </c>
       <c r="M636">
         <v>33.228</v>
       </c>
       <c r="N636">
         <v>88.91</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>8.129</v>
       </c>
       <c r="C637">
-        <v>2631.824</v>
+        <v>2655.695</v>
       </c>
       <c r="D637">
         <v>8.52</v>
       </c>
       <c r="E637">
         <v>1620.217</v>
       </c>
       <c r="F637">
         <v>35.154</v>
       </c>
       <c r="G637">
         <v>8142.014</v>
       </c>
       <c r="H637">
-        <v>284.912</v>
+        <v>284.783</v>
       </c>
       <c r="I637">
         <v>191.123</v>
       </c>
       <c r="J637">
-        <v>12921.892</v>
+        <v>12945.635</v>
       </c>
       <c r="K637">
         <v>100.403</v>
       </c>
       <c r="L637">
         <v>33.464</v>
       </c>
       <c r="M637">
         <v>48.097</v>
       </c>
       <c r="N637">
         <v>181.965</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>13.071</v>
       </c>
       <c r="C638">
-        <v>2648.852</v>
+        <v>2675.792</v>
       </c>
       <c r="D638">
         <v>8.52</v>
       </c>
       <c r="E638">
         <v>1538.648</v>
       </c>
       <c r="F638">
         <v>29.411</v>
       </c>
       <c r="G638">
         <v>8332.709</v>
       </c>
       <c r="H638">
-        <v>262.533</v>
+        <v>262.418</v>
       </c>
       <c r="I638">
         <v>245.054</v>
       </c>
       <c r="J638">
-        <v>13078.798</v>
+        <v>13105.623</v>
       </c>
       <c r="K638">
         <v>38.303</v>
       </c>
       <c r="L638">
         <v>24.641</v>
       </c>
       <c r="M638">
         <v>31.083</v>
       </c>
       <c r="N638">
         <v>94.027</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>10.161</v>
       </c>
       <c r="C639">
-        <v>2787.638</v>
+        <v>2811.335</v>
       </c>
       <c r="D639">
         <v>8.52</v>
       </c>
       <c r="E639">
         <v>1636.551</v>
       </c>
       <c r="F639">
         <v>37.108</v>
       </c>
       <c r="G639">
         <v>8412.494</v>
       </c>
       <c r="H639">
-        <v>250.267</v>
+        <v>250.152</v>
       </c>
       <c r="I639">
         <v>228.883</v>
       </c>
       <c r="J639">
-        <v>13371.622</v>
+        <v>13395.205</v>
       </c>
       <c r="K639">
         <v>21.272</v>
       </c>
       <c r="L639">
         <v>26.108</v>
       </c>
       <c r="M639">
         <v>24.629</v>
       </c>
       <c r="N639">
         <v>72.009</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>12.967</v>
       </c>
       <c r="C640">
-        <v>2942.616</v>
+        <v>2964.932</v>
       </c>
       <c r="D640">
         <v>8.52</v>
       </c>
       <c r="E640">
         <v>1764.119</v>
       </c>
       <c r="F640">
         <v>49.883</v>
       </c>
       <c r="G640">
         <v>8551.913</v>
       </c>
       <c r="H640">
-        <v>249.298</v>
+        <v>249.181</v>
       </c>
       <c r="I640">
         <v>234.954</v>
       </c>
       <c r="J640">
-        <v>13814.27</v>
+        <v>13836.47</v>
       </c>
       <c r="K640">
         <v>22.871</v>
       </c>
       <c r="L640">
         <v>22.076</v>
       </c>
       <c r="M640">
         <v>24.234</v>
       </c>
       <c r="N640">
         <v>69.18</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>13.097</v>
       </c>
       <c r="C641">
-        <v>2977.616</v>
+        <v>2999.629</v>
       </c>
       <c r="D641">
         <v>8.52</v>
       </c>
       <c r="E641">
         <v>1763.469</v>
       </c>
       <c r="F641">
         <v>47.463</v>
       </c>
       <c r="G641">
         <v>8692.863</v>
       </c>
       <c r="H641">
-        <v>164.734</v>
+        <v>164.658</v>
       </c>
       <c r="I641">
         <v>213.868</v>
       </c>
       <c r="J641">
-        <v>13881.63</v>
+        <v>13903.567</v>
       </c>
       <c r="K641">
         <v>18.822</v>
       </c>
       <c r="L641">
         <v>22.575</v>
       </c>
       <c r="M641">
         <v>23.218</v>
       </c>
       <c r="N641">
         <v>64.615</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>12.733</v>
       </c>
       <c r="C642">
-        <v>3114.645</v>
+        <v>3136.849</v>
       </c>
       <c r="D642">
         <v>8.52</v>
       </c>
       <c r="E642">
         <v>1846.859</v>
       </c>
       <c r="F642">
         <v>43.113</v>
       </c>
       <c r="G642">
         <v>8889.554</v>
       </c>
       <c r="H642">
-        <v>246.904</v>
+        <v>246.787</v>
       </c>
       <c r="I642">
         <v>185.39</v>
       </c>
       <c r="J642">
-        <v>14347.718</v>
+        <v>14369.804</v>
       </c>
       <c r="K642">
         <v>32.249</v>
       </c>
       <c r="L642">
         <v>33.107</v>
       </c>
       <c r="M642">
         <v>29.964</v>
       </c>
       <c r="N642">
         <v>95.319</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>16.645</v>
       </c>
       <c r="C643">
-        <v>3110.704</v>
+        <v>3131.963</v>
       </c>
       <c r="D643">
         <v>8.52</v>
       </c>
       <c r="E643">
         <v>1844.709</v>
       </c>
       <c r="F643">
         <v>55.985</v>
       </c>
       <c r="G643">
         <v>8782.586</v>
       </c>
       <c r="H643">
-        <v>293.27</v>
+        <v>293.129</v>
       </c>
       <c r="I643">
         <v>214.164</v>
       </c>
       <c r="J643">
-        <v>14326.583</v>
+        <v>14347.7</v>
       </c>
       <c r="K643">
         <v>28.49</v>
       </c>
       <c r="L643">
         <v>33.633</v>
       </c>
       <c r="M643">
         <v>31.964</v>
       </c>
       <c r="N643">
         <v>94.086</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>13.355</v>
       </c>
       <c r="C644">
-        <v>3120.663</v>
+        <v>3141.704</v>
       </c>
       <c r="D644">
         <v>8.52</v>
       </c>
       <c r="E644">
         <v>1818.731</v>
       </c>
       <c r="F644">
         <v>51.578</v>
       </c>
       <c r="G644">
         <v>8855.333</v>
       </c>
       <c r="H644">
-        <v>218.975</v>
+        <v>218.87</v>
       </c>
       <c r="I644">
         <v>207.953</v>
       </c>
       <c r="J644">
-        <v>14295.108</v>
+        <v>14316.044</v>
       </c>
       <c r="K644">
         <v>27.123</v>
       </c>
       <c r="L644">
         <v>32.231</v>
       </c>
       <c r="M644">
         <v>28.015</v>
       </c>
       <c r="N644">
         <v>87.369</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>13.967</v>
       </c>
       <c r="C645">
-        <v>2982.483</v>
+        <v>3048.201</v>
       </c>
       <c r="D645">
         <v>8.52</v>
       </c>
       <c r="E645">
-        <v>1710.355</v>
+        <v>1663.215</v>
       </c>
       <c r="F645">
-        <v>54.486</v>
+        <v>60.566</v>
       </c>
       <c r="G645">
-        <v>8592.859</v>
+        <v>8613.718</v>
       </c>
       <c r="H645">
-        <v>307.405</v>
+        <v>318.46</v>
       </c>
       <c r="I645">
-        <v>230.75</v>
+        <v>228.296</v>
       </c>
       <c r="J645">
-        <v>13900.824</v>
+        <v>13954.942</v>
       </c>
       <c r="K645">
         <v>22.479</v>
       </c>
       <c r="L645">
         <v>28.007</v>
       </c>
       <c r="M645">
         <v>27.393</v>
       </c>
       <c r="N645">
         <v>77.88</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>15.065</v>
+      </c>
+      <c r="C646">
+        <v>3100.37</v>
+      </c>
+      <c r="D646">
+        <v>8.52</v>
+      </c>
+      <c r="E646">
+        <v>1714.842</v>
+      </c>
+      <c r="F646">
+        <v>58.612</v>
+      </c>
+      <c r="G646">
+        <v>8648.085</v>
+      </c>
+      <c r="H646">
+        <v>249.963</v>
+      </c>
+      <c r="I646">
+        <v>245.729</v>
+      </c>
+      <c r="J646">
+        <v>14041.186</v>
+      </c>
+      <c r="K646">
+        <v>21.775</v>
+      </c>
+      <c r="L646">
+        <v>27.625</v>
+      </c>
+      <c r="M646">
+        <v>27.409</v>
+      </c>
+      <c r="N646">
+        <v>76.808</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>