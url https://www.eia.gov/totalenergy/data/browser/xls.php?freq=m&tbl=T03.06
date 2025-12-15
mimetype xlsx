--- v0 (2025-11-03)
+++ v1 (2025-12-15)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 3.6 Heat Content of Petroleum Products Supplied by Type</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Asphalt and Road Oil Product Supplied</t>
   </si>
   <si>
     <t>Aviation Gasoline Product Supplied</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Product Supplied</t>
   </si>
   <si>
     <t>Propane Product Supplied</t>
   </si>
   <si>
     <t>Propylene Product Supplied</t>
   </si>
   <si>
     <t>Propane/Propylene Product Supplied</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="79.409" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -32205,143 +32205,193 @@
       </c>
       <c r="K643">
         <v>20.361</v>
       </c>
       <c r="L643">
         <v>1432.455</v>
       </c>
       <c r="M643">
         <v>53.231</v>
       </c>
       <c r="N643">
         <v>67.681</v>
       </c>
       <c r="O643">
         <v>229.709</v>
       </c>
       <c r="P643">
         <v>3271.479</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>106.861</v>
+        <v>101.615</v>
       </c>
       <c r="C644">
-        <v>1.963</v>
+        <v>2.09</v>
       </c>
       <c r="D644">
-        <v>687.087</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>661.824</v>
+      </c>
+      <c r="E644">
+        <v>56.333</v>
+      </c>
+      <c r="F644">
+        <v>29.89</v>
       </c>
       <c r="G644">
-        <v>96.035</v>
+        <v>86.223</v>
       </c>
       <c r="H644">
-        <v>347.741</v>
+        <v>363.971</v>
       </c>
       <c r="I644">
-        <v>314.073</v>
+        <v>322.05</v>
       </c>
       <c r="J644">
-        <v>0.299</v>
+        <v>-0.001</v>
       </c>
       <c r="K644">
-        <v>15.683</v>
+        <v>19.129</v>
       </c>
       <c r="L644">
-        <v>1408.531</v>
+        <v>1442.126</v>
       </c>
       <c r="M644">
-        <v>51.935</v>
+        <v>57.286</v>
       </c>
       <c r="N644">
-        <v>54.087</v>
+        <v>48.493</v>
       </c>
       <c r="O644">
-        <v>295.834</v>
+        <v>227.073</v>
       </c>
       <c r="P644">
-        <v>3284.093</v>
+        <v>3245.657</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>91.962</v>
       </c>
       <c r="C645">
-        <v>1.964</v>
+        <v>2.014</v>
       </c>
       <c r="D645">
-        <v>646.151</v>
+        <v>646.135</v>
       </c>
       <c r="E645" t="s">
         <v>22</v>
       </c>
       <c r="F645" t="s">
         <v>22</v>
       </c>
       <c r="G645">
-        <v>102.958</v>
+        <v>102.956</v>
       </c>
       <c r="H645">
-        <v>340.761</v>
+        <v>361.571</v>
       </c>
       <c r="I645">
         <v>280.914</v>
       </c>
       <c r="J645">
-        <v>1.207</v>
+        <v>1.182</v>
       </c>
       <c r="K645">
-        <v>14.254</v>
+        <v>14.618</v>
       </c>
       <c r="L645">
         <v>1326.312</v>
       </c>
       <c r="M645">
-        <v>51.487</v>
+        <v>56.151</v>
       </c>
       <c r="N645">
         <v>51.792</v>
       </c>
       <c r="O645">
-        <v>301.869</v>
+        <v>276.021</v>
       </c>
       <c r="P645">
         <v>3108.673</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>93.042</v>
+      </c>
+      <c r="C646">
+        <v>1.783</v>
+      </c>
+      <c r="D646">
+        <v>693.585</v>
+      </c>
+      <c r="E646" t="s">
+        <v>22</v>
+      </c>
+      <c r="F646" t="s">
+        <v>22</v>
+      </c>
+      <c r="G646">
+        <v>104.955</v>
+      </c>
+      <c r="H646">
+        <v>364.931</v>
+      </c>
+      <c r="I646">
+        <v>307.909</v>
+      </c>
+      <c r="J646">
+        <v>1.339</v>
+      </c>
+      <c r="K646">
+        <v>16.784</v>
+      </c>
+      <c r="L646">
+        <v>1362.566</v>
+      </c>
+      <c r="M646">
+        <v>46.402</v>
+      </c>
+      <c r="N646">
+        <v>50.227</v>
+      </c>
+      <c r="O646">
+        <v>240.989</v>
+      </c>
+      <c r="P646">
+        <v>3179.558</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>