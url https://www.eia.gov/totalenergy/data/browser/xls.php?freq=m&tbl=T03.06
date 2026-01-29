--- v1 (2025-12-15)
+++ v2 (2026-01-29)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 3.6 Heat Content of Petroleum Products Supplied by Type</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Asphalt and Road Oil Product Supplied</t>
   </si>
   <si>
     <t>Aviation Gasoline Product Supplied</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Product Supplied</t>
   </si>
   <si>
     <t>Propane Product Supplied</t>
   </si>
   <si>
     <t>Propylene Product Supplied</t>
   </si>
   <si>
     <t>Propane/Propylene Product Supplied</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z648"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A648"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="79.409" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -32205,193 +32205,293 @@
       </c>
       <c r="K643">
         <v>20.361</v>
       </c>
       <c r="L643">
         <v>1432.455</v>
       </c>
       <c r="M643">
         <v>53.231</v>
       </c>
       <c r="N643">
         <v>67.681</v>
       </c>
       <c r="O643">
         <v>229.709</v>
       </c>
       <c r="P643">
         <v>3271.479</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>101.615</v>
+        <v>101.315</v>
       </c>
       <c r="C644">
         <v>2.09</v>
       </c>
       <c r="D644">
-        <v>661.824</v>
+        <v>674.244</v>
       </c>
       <c r="E644">
-        <v>56.333</v>
+        <v>86.873</v>
       </c>
       <c r="F644">
         <v>29.89</v>
       </c>
       <c r="G644">
-        <v>86.223</v>
+        <v>116.763</v>
       </c>
       <c r="H644">
-        <v>363.971</v>
+        <v>398.285</v>
       </c>
       <c r="I644">
-        <v>322.05</v>
+        <v>319.678</v>
       </c>
       <c r="J644">
-        <v>-0.001</v>
+        <v>0.833</v>
       </c>
       <c r="K644">
-        <v>19.129</v>
+        <v>18.758</v>
       </c>
       <c r="L644">
-        <v>1442.126</v>
+        <v>1444.32</v>
       </c>
       <c r="M644">
-        <v>57.286</v>
+        <v>40.2</v>
       </c>
       <c r="N644">
-        <v>48.493</v>
+        <v>51.387</v>
       </c>
       <c r="O644">
-        <v>227.073</v>
+        <v>228.733</v>
       </c>
       <c r="P644">
-        <v>3245.657</v>
+        <v>3279.843</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>91.962</v>
+        <v>99.081</v>
       </c>
       <c r="C645">
-        <v>2.014</v>
+        <v>2.115</v>
       </c>
       <c r="D645">
-        <v>646.135</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>673.017</v>
+      </c>
+      <c r="E645">
+        <v>73.807</v>
+      </c>
+      <c r="F645">
+        <v>28.87</v>
       </c>
       <c r="G645">
-        <v>102.956</v>
+        <v>102.676</v>
       </c>
       <c r="H645">
-        <v>361.571</v>
+        <v>358.684</v>
       </c>
       <c r="I645">
-        <v>280.914</v>
+        <v>282.913</v>
       </c>
       <c r="J645">
-        <v>1.182</v>
+        <v>0.041</v>
       </c>
       <c r="K645">
-        <v>14.618</v>
+        <v>21.316</v>
       </c>
       <c r="L645">
-        <v>1326.312</v>
+        <v>1359.592</v>
       </c>
       <c r="M645">
-        <v>56.151</v>
+        <v>33.039</v>
       </c>
       <c r="N645">
-        <v>51.792</v>
+        <v>69.709</v>
       </c>
       <c r="O645">
-        <v>276.021</v>
+        <v>220.931</v>
       </c>
       <c r="P645">
-        <v>3108.673</v>
+        <v>3120.439</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
-        <v>93.042</v>
+        <v>89.93</v>
       </c>
       <c r="C646">
-        <v>1.783</v>
+        <v>2.357</v>
       </c>
       <c r="D646">
-        <v>693.585</v>
-[...1 lines deleted...]
-      <c r="E646" t="s">
+        <v>739.953</v>
+      </c>
+      <c r="E646">
+        <v>86.482</v>
+      </c>
+      <c r="F646">
+        <v>26.745</v>
+      </c>
+      <c r="G646">
+        <v>113.227</v>
+      </c>
+      <c r="H646">
+        <v>380.499</v>
+      </c>
+      <c r="I646">
+        <v>301.418</v>
+      </c>
+      <c r="J646">
+        <v>-3.416</v>
+      </c>
+      <c r="K646">
+        <v>21.316</v>
+      </c>
+      <c r="L646">
+        <v>1410.517</v>
+      </c>
+      <c r="M646">
+        <v>27.348</v>
+      </c>
+      <c r="N646">
+        <v>57.883</v>
+      </c>
+      <c r="O646">
+        <v>214.527</v>
+      </c>
+      <c r="P646">
+        <v>3242.333</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>66.558</v>
+      </c>
+      <c r="C647">
+        <v>1.567</v>
+      </c>
+      <c r="D647">
+        <v>641.767</v>
+      </c>
+      <c r="E647" t="s">
         <v>22</v>
       </c>
-      <c r="F646" t="s">
+      <c r="F647" t="s">
         <v>22</v>
       </c>
-      <c r="G646">
-[...27 lines deleted...]
-        <v>3179.558</v>
+      <c r="G647">
+        <v>142.163</v>
+      </c>
+      <c r="H647">
+        <v>401.555</v>
+      </c>
+      <c r="I647">
+        <v>288.113</v>
+      </c>
+      <c r="J647">
+        <v>-0.156</v>
+      </c>
+      <c r="K647">
+        <v>15.065</v>
+      </c>
+      <c r="L647">
+        <v>1305.928</v>
+      </c>
+      <c r="M647">
+        <v>54.451</v>
+      </c>
+      <c r="N647">
+        <v>52.042</v>
+      </c>
+      <c r="O647">
+        <v>240.296</v>
+      </c>
+      <c r="P647">
+        <v>3067.187</v>
+      </c>
+    </row>
+    <row r="648" spans="1:26">
+      <c r="A648" s="6">
+        <v>45992.0</v>
+      </c>
+      <c r="B648">
+        <v>44.372</v>
+      </c>
+      <c r="C648">
+        <v>1.008</v>
+      </c>
+      <c r="D648">
+        <v>663.369</v>
+      </c>
+      <c r="E648" t="s">
+        <v>22</v>
+      </c>
+      <c r="F648" t="s">
+        <v>22</v>
+      </c>
+      <c r="G648">
+        <v>140.062</v>
+      </c>
+      <c r="H648">
+        <v>399.573</v>
+      </c>
+      <c r="I648">
+        <v>297.894</v>
+      </c>
+      <c r="J648">
+        <v>2.391</v>
+      </c>
+      <c r="K648">
+        <v>13.059</v>
+      </c>
+      <c r="L648">
+        <v>1358.101</v>
+      </c>
+      <c r="M648">
+        <v>47.427</v>
+      </c>
+      <c r="N648">
+        <v>74.857</v>
+      </c>
+      <c r="O648">
+        <v>212.931</v>
+      </c>
+      <c r="P648">
+        <v>3114.981</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>