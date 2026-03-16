--- v2 (2026-01-29)
+++ v3 (2026-03-16)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 3.6 Heat Content of Petroleum Products Supplied by Type</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Asphalt and Road Oil Product Supplied</t>
   </si>
   <si>
     <t>Aviation Gasoline Product Supplied</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Product Supplied</t>
   </si>
   <si>
     <t>Propane Product Supplied</t>
   </si>
   <si>
     <t>Propylene Product Supplied</t>
   </si>
   <si>
     <t>Propane/Propylene Product Supplied</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z648"/>
+  <dimension ref="A1:Z649"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A648"/>
+      <selection activeCell="A13" sqref="A13:A649"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="79.409" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -32311,187 +32311,237 @@
       </c>
       <c r="M645">
         <v>33.039</v>
       </c>
       <c r="N645">
         <v>69.709</v>
       </c>
       <c r="O645">
         <v>220.931</v>
       </c>
       <c r="P645">
         <v>3120.439</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
         <v>89.93</v>
       </c>
       <c r="C646">
         <v>2.357</v>
       </c>
       <c r="D646">
-        <v>739.953</v>
+        <v>728.225</v>
       </c>
       <c r="E646">
-        <v>86.482</v>
+        <v>93.385</v>
       </c>
       <c r="F646">
         <v>26.745</v>
       </c>
       <c r="G646">
-        <v>113.227</v>
+        <v>120.13</v>
       </c>
       <c r="H646">
-        <v>380.499</v>
+        <v>382.463</v>
       </c>
       <c r="I646">
-        <v>301.418</v>
+        <v>313.824</v>
       </c>
       <c r="J646">
-        <v>-3.416</v>
+        <v>0.407</v>
       </c>
       <c r="K646">
-        <v>21.316</v>
+        <v>18.013</v>
       </c>
       <c r="L646">
-        <v>1410.517</v>
+        <v>1391.46</v>
       </c>
       <c r="M646">
-        <v>27.348</v>
+        <v>37.764</v>
       </c>
       <c r="N646">
-        <v>57.883</v>
+        <v>60.391</v>
       </c>
       <c r="O646">
-        <v>214.527</v>
+        <v>211.393</v>
       </c>
       <c r="P646">
-        <v>3242.333</v>
+        <v>3236.228</v>
       </c>
     </row>
     <row r="647" spans="1:26">
       <c r="A647" s="6">
         <v>45962.0</v>
       </c>
       <c r="B647">
-        <v>66.558</v>
+        <v>66.612</v>
       </c>
       <c r="C647">
-        <v>1.567</v>
+        <v>1.873</v>
       </c>
       <c r="D647">
-        <v>641.767</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>656.588</v>
+      </c>
+      <c r="E647">
+        <v>94.42</v>
+      </c>
+      <c r="F647">
+        <v>29.261</v>
       </c>
       <c r="G647">
-        <v>142.163</v>
+        <v>123.681</v>
       </c>
       <c r="H647">
-        <v>401.555</v>
+        <v>378.679</v>
       </c>
       <c r="I647">
-        <v>288.113</v>
+        <v>284.761</v>
       </c>
       <c r="J647">
-        <v>-0.156</v>
+        <v>2.586</v>
       </c>
       <c r="K647">
-        <v>15.065</v>
+        <v>18.569</v>
       </c>
       <c r="L647">
-        <v>1305.928</v>
+        <v>1314.997</v>
       </c>
       <c r="M647">
-        <v>54.451</v>
+        <v>22.756</v>
       </c>
       <c r="N647">
-        <v>52.042</v>
+        <v>66.697</v>
       </c>
       <c r="O647">
-        <v>240.296</v>
+        <v>209.514</v>
       </c>
       <c r="P647">
-        <v>3067.187</v>
+        <v>3023.631</v>
       </c>
     </row>
     <row r="648" spans="1:26">
       <c r="A648" s="6">
         <v>45992.0</v>
       </c>
       <c r="B648">
         <v>44.372</v>
       </c>
       <c r="C648">
-        <v>1.008</v>
+        <v>1.004</v>
       </c>
       <c r="D648">
-        <v>663.369</v>
+        <v>663.396</v>
       </c>
       <c r="E648" t="s">
         <v>22</v>
       </c>
       <c r="F648" t="s">
         <v>22</v>
       </c>
       <c r="G648">
         <v>140.062</v>
       </c>
       <c r="H648">
         <v>399.573</v>
       </c>
       <c r="I648">
         <v>297.894</v>
       </c>
       <c r="J648">
-        <v>2.391</v>
+        <v>2.514</v>
       </c>
       <c r="K648">
-        <v>13.059</v>
+        <v>13.015</v>
       </c>
       <c r="L648">
         <v>1358.101</v>
       </c>
       <c r="M648">
         <v>47.427</v>
       </c>
       <c r="N648">
         <v>74.857</v>
       </c>
       <c r="O648">
-        <v>212.931</v>
+        <v>209.72</v>
       </c>
       <c r="P648">
-        <v>3114.981</v>
+        <v>3111.873</v>
+      </c>
+    </row>
+    <row r="649" spans="1:26">
+      <c r="A649" s="6">
+        <v>46023.0</v>
+      </c>
+      <c r="B649">
+        <v>41.892</v>
+      </c>
+      <c r="C649">
+        <v>1.258</v>
+      </c>
+      <c r="D649">
+        <v>715.515</v>
+      </c>
+      <c r="E649" t="s">
+        <v>22</v>
+      </c>
+      <c r="F649" t="s">
+        <v>22</v>
+      </c>
+      <c r="G649">
+        <v>176.87</v>
+      </c>
+      <c r="H649">
+        <v>423.65</v>
+      </c>
+      <c r="I649">
+        <v>287.367</v>
+      </c>
+      <c r="J649">
+        <v>1.62</v>
+      </c>
+      <c r="K649">
+        <v>17.404</v>
+      </c>
+      <c r="L649">
+        <v>1293.335</v>
+      </c>
+      <c r="M649">
+        <v>67.097</v>
+      </c>
+      <c r="N649">
+        <v>64.681</v>
+      </c>
+      <c r="O649">
+        <v>310.212</v>
+      </c>
+      <c r="P649">
+        <v>3224.032</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>