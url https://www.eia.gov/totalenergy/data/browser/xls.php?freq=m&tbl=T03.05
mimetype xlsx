--- v0 (2025-12-15)
+++ v1 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 3.5 Petroleum Products Supplied by Type</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Asphalt and Road Oil Product Supplied</t>
   </si>
   <si>
     <t>Aviation Gasoline Product Supplied</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Product Supplied</t>
   </si>
   <si>
     <t>Propane Product Supplied</t>
   </si>
   <si>
     <t>Propylene Product Supplied</t>
   </si>
   <si>
     <t>Propane/Propylene Product Supplied</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z648"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A648"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -32205,193 +32205,293 @@
       </c>
       <c r="K643">
         <v>108.293</v>
       </c>
       <c r="L643">
         <v>9150.143</v>
       </c>
       <c r="M643">
         <v>276.109</v>
       </c>
       <c r="N643">
         <v>347.266</v>
       </c>
       <c r="O643">
         <v>1253.117</v>
       </c>
       <c r="P643">
         <v>20984.269</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>493.957</v>
+        <v>492.499</v>
       </c>
       <c r="C644">
         <v>13.355</v>
       </c>
       <c r="D644">
-        <v>3702.944</v>
+        <v>3772.379</v>
       </c>
       <c r="E644">
-        <v>473.105</v>
+        <v>729.59</v>
       </c>
       <c r="F644">
         <v>251.419</v>
       </c>
       <c r="G644">
-        <v>724.525</v>
+        <v>981.009</v>
       </c>
       <c r="H644">
-        <v>3744.829</v>
+        <v>4048.603</v>
       </c>
       <c r="I644">
-        <v>1832.224</v>
+        <v>1818.731</v>
       </c>
       <c r="J644">
-        <v>-0.003</v>
+        <v>4.74</v>
       </c>
       <c r="K644">
-        <v>101.744</v>
+        <v>99.768</v>
       </c>
       <c r="L644">
-        <v>9211.922</v>
+        <v>9225.934</v>
       </c>
       <c r="M644">
-        <v>297.141</v>
+        <v>208.52</v>
       </c>
       <c r="N644">
-        <v>248.814</v>
+        <v>263.661</v>
       </c>
       <c r="O644">
-        <v>1237.562</v>
+        <v>1247.234</v>
       </c>
       <c r="P644">
-        <v>20884.49</v>
+        <v>21195.424</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>461.933</v>
+        <v>497.694</v>
       </c>
       <c r="C645">
-        <v>13.297</v>
+        <v>13.967</v>
       </c>
       <c r="D645">
-        <v>3735.667</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>3891.083</v>
+      </c>
+      <c r="E645">
+        <v>640.515</v>
+      </c>
+      <c r="F645">
+        <v>250.933</v>
       </c>
       <c r="G645">
-        <v>893.483</v>
+        <v>891.448</v>
       </c>
       <c r="H645">
-        <v>3754.634</v>
+        <v>3771.559</v>
       </c>
       <c r="I645">
-        <v>1651.467</v>
+        <v>1663.215</v>
       </c>
       <c r="J645">
-        <v>6.949</v>
+        <v>0.239</v>
       </c>
       <c r="K645">
-        <v>80.342</v>
+        <v>117.154</v>
       </c>
       <c r="L645">
-        <v>8754.533</v>
+        <v>8974.207</v>
       </c>
       <c r="M645">
-        <v>300.967</v>
+        <v>177.084</v>
       </c>
       <c r="N645">
-        <v>274.6</v>
+        <v>369.593</v>
       </c>
       <c r="O645">
-        <v>1640.477</v>
+        <v>1244.276</v>
       </c>
       <c r="P645">
-        <v>20674.867</v>
+        <v>20720.07</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
-        <v>452.283</v>
+        <v>437.155</v>
       </c>
       <c r="C646">
-        <v>11.397</v>
+        <v>15.065</v>
       </c>
       <c r="D646">
-        <v>3880.645</v>
-[...1 lines deleted...]
-      <c r="E646" t="s">
+        <v>4139.659</v>
+      </c>
+      <c r="E646">
+        <v>726.305</v>
+      </c>
+      <c r="F646">
+        <v>224.968</v>
+      </c>
+      <c r="G646">
+        <v>951.272</v>
+      </c>
+      <c r="H646">
+        <v>3855.67</v>
+      </c>
+      <c r="I646">
+        <v>1714.842</v>
+      </c>
+      <c r="J646">
+        <v>-19.433</v>
+      </c>
+      <c r="K646">
+        <v>113.375</v>
+      </c>
+      <c r="L646">
+        <v>9010.012</v>
+      </c>
+      <c r="M646">
+        <v>141.855</v>
+      </c>
+      <c r="N646">
+        <v>296.993</v>
+      </c>
+      <c r="O646">
+        <v>1172.935</v>
+      </c>
+      <c r="P646">
+        <v>20878.129</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>334.326</v>
+      </c>
+      <c r="C647">
+        <v>10.348</v>
+      </c>
+      <c r="D647">
+        <v>3710.04</v>
+      </c>
+      <c r="E647" t="s">
         <v>22</v>
       </c>
-      <c r="F646" t="s">
+      <c r="F647" t="s">
         <v>22</v>
       </c>
-      <c r="G646">
-[...27 lines deleted...]
-        <v>20464.161</v>
+      <c r="G647">
+        <v>1233.732</v>
+      </c>
+      <c r="H647">
+        <v>4169.839</v>
+      </c>
+      <c r="I647">
+        <v>1693.787</v>
+      </c>
+      <c r="J647">
+        <v>-0.919</v>
+      </c>
+      <c r="K647">
+        <v>82.798</v>
+      </c>
+      <c r="L647">
+        <v>8619.984</v>
+      </c>
+      <c r="M647">
+        <v>291.855</v>
+      </c>
+      <c r="N647">
+        <v>275.923</v>
+      </c>
+      <c r="O647">
+        <v>1210.973</v>
+      </c>
+      <c r="P647">
+        <v>20398.953</v>
+      </c>
+    </row>
+    <row r="648" spans="1:26">
+      <c r="A648" s="6">
+        <v>45992.0</v>
+      </c>
+      <c r="B648">
+        <v>215.696</v>
+      </c>
+      <c r="C648">
+        <v>6.439</v>
+      </c>
+      <c r="D648">
+        <v>3711.208</v>
+      </c>
+      <c r="E648" t="s">
+        <v>22</v>
+      </c>
+      <c r="F648" t="s">
+        <v>22</v>
+      </c>
+      <c r="G648">
+        <v>1176.287</v>
+      </c>
+      <c r="H648">
+        <v>4015.407</v>
+      </c>
+      <c r="I648">
+        <v>1694.796</v>
+      </c>
+      <c r="J648">
+        <v>13.602</v>
+      </c>
+      <c r="K648">
+        <v>69.457</v>
+      </c>
+      <c r="L648">
+        <v>8675.187</v>
+      </c>
+      <c r="M648">
+        <v>246.003</v>
+      </c>
+      <c r="N648">
+        <v>384.086</v>
+      </c>
+      <c r="O648">
+        <v>1016.655</v>
+      </c>
+      <c r="P648">
+        <v>20048.535</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>