--- v1 (2026-02-01)
+++ v2 (2026-03-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 3.5 Petroleum Products Supplied by Type</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Asphalt and Road Oil Product Supplied</t>
   </si>
   <si>
     <t>Aviation Gasoline Product Supplied</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Product Supplied</t>
   </si>
   <si>
     <t>Propane Product Supplied</t>
   </si>
   <si>
     <t>Propylene Product Supplied</t>
   </si>
   <si>
     <t>Propane/Propylene Product Supplied</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z648"/>
+  <dimension ref="A1:Z649"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A648"/>
+      <selection activeCell="A13" sqref="A13:A649"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -32305,193 +32305,243 @@
       </c>
       <c r="K645">
         <v>117.154</v>
       </c>
       <c r="L645">
         <v>8974.207</v>
       </c>
       <c r="M645">
         <v>177.084</v>
       </c>
       <c r="N645">
         <v>369.593</v>
       </c>
       <c r="O645">
         <v>1244.276</v>
       </c>
       <c r="P645">
         <v>20720.07</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
-        <v>437.155</v>
+        <v>437.158</v>
       </c>
       <c r="C646">
         <v>15.065</v>
       </c>
       <c r="D646">
-        <v>4139.659</v>
+        <v>4074.094</v>
       </c>
       <c r="E646">
-        <v>726.305</v>
+        <v>784.276</v>
       </c>
       <c r="F646">
         <v>224.968</v>
       </c>
       <c r="G646">
-        <v>951.272</v>
+        <v>1009.244</v>
       </c>
       <c r="H646">
-        <v>3855.67</v>
+        <v>3887.122</v>
       </c>
       <c r="I646">
-        <v>1714.842</v>
+        <v>1785.422</v>
       </c>
       <c r="J646">
-        <v>-19.433</v>
+        <v>2.318</v>
       </c>
       <c r="K646">
-        <v>113.375</v>
+        <v>95.806</v>
       </c>
       <c r="L646">
-        <v>9010.012</v>
+        <v>8888.281</v>
       </c>
       <c r="M646">
-        <v>141.855</v>
+        <v>195.88</v>
       </c>
       <c r="N646">
-        <v>296.993</v>
+        <v>309.86</v>
       </c>
       <c r="O646">
-        <v>1172.935</v>
+        <v>1155.396</v>
       </c>
       <c r="P646">
-        <v>20878.129</v>
+        <v>20846.401</v>
       </c>
     </row>
     <row r="647" spans="1:26">
       <c r="A647" s="6">
         <v>45962.0</v>
       </c>
       <c r="B647">
-        <v>334.326</v>
+        <v>334.598</v>
       </c>
       <c r="C647">
-        <v>10.348</v>
+        <v>12.367</v>
       </c>
       <c r="D647">
-        <v>3710.04</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>3795.556</v>
+      </c>
+      <c r="E647">
+        <v>819.406</v>
+      </c>
+      <c r="F647">
+        <v>254.333</v>
       </c>
       <c r="G647">
-        <v>1233.732</v>
+        <v>1073.739</v>
       </c>
       <c r="H647">
-        <v>4169.839</v>
+        <v>3953.282</v>
       </c>
       <c r="I647">
-        <v>1693.787</v>
+        <v>1674.079</v>
       </c>
       <c r="J647">
-        <v>-0.919</v>
+        <v>15.204</v>
       </c>
       <c r="K647">
-        <v>82.798</v>
+        <v>102.055</v>
       </c>
       <c r="L647">
-        <v>8619.984</v>
+        <v>8679.849</v>
       </c>
       <c r="M647">
-        <v>291.855</v>
+        <v>121.973</v>
       </c>
       <c r="N647">
-        <v>275.923</v>
+        <v>353.624</v>
       </c>
       <c r="O647">
-        <v>1210.973</v>
+        <v>1184.024</v>
       </c>
       <c r="P647">
-        <v>20398.953</v>
+        <v>20226.609</v>
       </c>
     </row>
     <row r="648" spans="1:26">
       <c r="A648" s="6">
         <v>45992.0</v>
       </c>
       <c r="B648">
         <v>215.696</v>
       </c>
       <c r="C648">
-        <v>6.439</v>
+        <v>6.418</v>
       </c>
       <c r="D648">
         <v>3711.208</v>
       </c>
       <c r="E648" t="s">
         <v>22</v>
       </c>
       <c r="F648" t="s">
         <v>22</v>
       </c>
       <c r="G648">
         <v>1176.287</v>
       </c>
       <c r="H648">
         <v>4015.407</v>
       </c>
       <c r="I648">
         <v>1694.796</v>
       </c>
       <c r="J648">
-        <v>13.602</v>
+        <v>14.304</v>
       </c>
       <c r="K648">
-        <v>69.457</v>
+        <v>69.225</v>
       </c>
       <c r="L648">
         <v>8675.187</v>
       </c>
       <c r="M648">
         <v>246.003</v>
       </c>
       <c r="N648">
         <v>384.086</v>
       </c>
       <c r="O648">
-        <v>1016.655</v>
+        <v>1016.207</v>
       </c>
       <c r="P648">
         <v>20048.535</v>
+      </c>
+    </row>
+    <row r="649" spans="1:26">
+      <c r="A649" s="6">
+        <v>46023.0</v>
+      </c>
+      <c r="B649">
+        <v>203.642</v>
+      </c>
+      <c r="C649">
+        <v>8.039</v>
+      </c>
+      <c r="D649">
+        <v>4002.774</v>
+      </c>
+      <c r="E649" t="s">
+        <v>22</v>
+      </c>
+      <c r="F649" t="s">
+        <v>22</v>
+      </c>
+      <c r="G649">
+        <v>1485.419</v>
+      </c>
+      <c r="H649">
+        <v>4257.36</v>
+      </c>
+      <c r="I649">
+        <v>1634.903</v>
+      </c>
+      <c r="J649">
+        <v>9.217</v>
+      </c>
+      <c r="K649">
+        <v>92.569</v>
+      </c>
+      <c r="L649">
+        <v>8261.484</v>
+      </c>
+      <c r="M649">
+        <v>348.035</v>
+      </c>
+      <c r="N649">
+        <v>331.871</v>
+      </c>
+      <c r="O649">
+        <v>1621.235</v>
+      </c>
+      <c r="P649">
+        <v>20771.129</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>