--- v0 (2025-11-03)
+++ v1 (2026-01-29)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 3.4 Petroleum Stocks</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Crude Oil Stocks, SPR</t>
   </si>
   <si>
     <t>Crude Oil Stocks, Non-SPR</t>
   </si>
   <si>
     <t>Crude Oil Stocks, Total</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Stocks</t>
   </si>
   <si>
     <t>Propane Stocks</t>
   </si>
   <si>
     <t>Propylene Stocks</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z648"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A648"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28402,131 +28402,263 @@
       </c>
       <c r="I643">
         <v>273.535</v>
       </c>
       <c r="J643">
         <v>44.27</v>
       </c>
       <c r="K643">
         <v>229.509</v>
       </c>
       <c r="L643">
         <v>19.972</v>
       </c>
       <c r="M643">
         <v>164.995</v>
       </c>
       <c r="N643">
         <v>1668.008</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>404.93</v>
+        <v>404.941</v>
       </c>
       <c r="C644">
-        <v>422.395</v>
+        <v>417.294</v>
       </c>
       <c r="D644">
-        <v>827.325</v>
+        <v>822.235</v>
       </c>
       <c r="E644">
-        <v>117.944</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>122.751</v>
+      </c>
+      <c r="F644">
+        <v>94.08</v>
+      </c>
+      <c r="G644">
+        <v>1.368</v>
       </c>
       <c r="H644">
-        <v>96.774</v>
+        <v>95.448</v>
       </c>
       <c r="I644">
-        <v>296.333</v>
+        <v>294.754</v>
       </c>
       <c r="J644">
-        <v>42.996</v>
+        <v>43.726</v>
       </c>
       <c r="K644">
-        <v>219.164</v>
+        <v>222.488</v>
       </c>
       <c r="L644">
-        <v>20.466</v>
+        <v>21.231</v>
       </c>
       <c r="M644">
-        <v>153.135</v>
+        <v>163.307</v>
       </c>
       <c r="N644">
-        <v>1677.363</v>
+        <v>1690.493</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>406.904</v>
+        <v>406.983</v>
       </c>
       <c r="C645">
-        <v>419.2</v>
+        <v>407.853</v>
       </c>
       <c r="D645">
-        <v>826.103</v>
+        <v>814.836</v>
       </c>
       <c r="E645">
-        <v>122.136</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>125.236</v>
+      </c>
+      <c r="F645">
+        <v>100.079</v>
+      </c>
+      <c r="G645">
+        <v>1.251</v>
       </c>
       <c r="H645">
-        <v>101.322</v>
+        <v>101.33</v>
       </c>
       <c r="I645">
-        <v>302.26</v>
+        <v>304.588</v>
       </c>
       <c r="J645">
-        <v>44.288</v>
+        <v>44.141</v>
       </c>
       <c r="K645">
-        <v>219.55</v>
+        <v>223.209</v>
       </c>
       <c r="L645">
-        <v>21.014</v>
+        <v>20.587</v>
       </c>
       <c r="M645">
-        <v>159.06</v>
+        <v>164.556</v>
       </c>
       <c r="N645">
-        <v>1694.412</v>
+        <v>1697.152</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>409.594</v>
+      </c>
+      <c r="C646">
+        <v>420.994</v>
+      </c>
+      <c r="D646">
+        <v>830.588</v>
+      </c>
+      <c r="E646">
+        <v>112.212</v>
+      </c>
+      <c r="F646">
+        <v>103.893</v>
+      </c>
+      <c r="G646">
+        <v>1.252</v>
+      </c>
+      <c r="H646">
+        <v>105.145</v>
+      </c>
+      <c r="I646">
+        <v>305.492</v>
+      </c>
+      <c r="J646">
+        <v>41.681</v>
+      </c>
+      <c r="K646">
+        <v>209.433</v>
+      </c>
+      <c r="L646">
+        <v>21.755</v>
+      </c>
+      <c r="M646">
+        <v>162.566</v>
+      </c>
+      <c r="N646">
+        <v>1683.727</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>411.78</v>
+      </c>
+      <c r="C647">
+        <v>426.727</v>
+      </c>
+      <c r="D647">
+        <v>838.507</v>
+      </c>
+      <c r="E647">
+        <v>115.358</v>
+      </c>
+      <c r="F647" t="s">
+        <v>21</v>
+      </c>
+      <c r="G647" t="s">
+        <v>21</v>
+      </c>
+      <c r="H647">
+        <v>102.784</v>
+      </c>
+      <c r="I647">
+        <v>291.589</v>
+      </c>
+      <c r="J647">
+        <v>43.355</v>
+      </c>
+      <c r="K647">
+        <v>217.164</v>
+      </c>
+      <c r="L647">
+        <v>22.373</v>
+      </c>
+      <c r="M647">
+        <v>158.053</v>
+      </c>
+      <c r="N647">
+        <v>1686.399</v>
+      </c>
+    </row>
+    <row r="648" spans="1:26">
+      <c r="A648" s="6">
+        <v>45992.0</v>
+      </c>
+      <c r="B648">
+        <v>413.429</v>
+      </c>
+      <c r="C648">
+        <v>419.604</v>
+      </c>
+      <c r="D648">
+        <v>833.033</v>
+      </c>
+      <c r="E648">
+        <v>128.474</v>
+      </c>
+      <c r="F648" t="s">
+        <v>21</v>
+      </c>
+      <c r="G648" t="s">
+        <v>21</v>
+      </c>
+      <c r="H648">
+        <v>98.421</v>
+      </c>
+      <c r="I648">
+        <v>276.839</v>
+      </c>
+      <c r="J648">
+        <v>44.021</v>
+      </c>
+      <c r="K648">
+        <v>240.936</v>
+      </c>
+      <c r="L648">
+        <v>22.991</v>
+      </c>
+      <c r="M648">
+        <v>159.862</v>
+      </c>
+      <c r="N648">
+        <v>1706.156</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>