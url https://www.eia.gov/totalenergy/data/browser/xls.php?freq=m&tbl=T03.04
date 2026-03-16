--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 3.4 Petroleum Stocks</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Crude Oil Stocks, SPR</t>
   </si>
   <si>
     <t>Crude Oil Stocks, Non-SPR</t>
   </si>
   <si>
     <t>Crude Oil Stocks, Total</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Stocks</t>
   </si>
   <si>
     <t>Propane Stocks</t>
   </si>
   <si>
     <t>Propylene Stocks</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z648"/>
+  <dimension ref="A1:Z649"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A648"/>
+      <selection activeCell="A13" sqref="A13:A649"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28534,131 +28534,175 @@
       </c>
       <c r="I646">
         <v>305.492</v>
       </c>
       <c r="J646">
         <v>41.681</v>
       </c>
       <c r="K646">
         <v>209.433</v>
       </c>
       <c r="L646">
         <v>21.755</v>
       </c>
       <c r="M646">
         <v>162.566</v>
       </c>
       <c r="N646">
         <v>1683.727</v>
       </c>
     </row>
     <row r="647" spans="1:26">
       <c r="A647" s="6">
         <v>45962.0</v>
       </c>
       <c r="B647">
-        <v>411.78</v>
+        <v>411.922</v>
       </c>
       <c r="C647">
-        <v>426.727</v>
+        <v>420.564</v>
       </c>
       <c r="D647">
-        <v>838.507</v>
+        <v>832.486</v>
       </c>
       <c r="E647">
-        <v>115.358</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>120.583</v>
+      </c>
+      <c r="F647">
+        <v>103.227</v>
+      </c>
+      <c r="G647">
+        <v>1.382</v>
       </c>
       <c r="H647">
-        <v>102.784</v>
+        <v>104.609</v>
       </c>
       <c r="I647">
-        <v>291.589</v>
+        <v>292.182</v>
       </c>
       <c r="J647">
-        <v>43.355</v>
+        <v>45.736</v>
       </c>
       <c r="K647">
-        <v>217.164</v>
+        <v>219.544</v>
       </c>
       <c r="L647">
-        <v>22.373</v>
+        <v>22.325</v>
       </c>
       <c r="M647">
-        <v>158.053</v>
+        <v>164.7</v>
       </c>
       <c r="N647">
-        <v>1686.399</v>
+        <v>1697.556</v>
       </c>
     </row>
     <row r="648" spans="1:26">
       <c r="A648" s="6">
         <v>45992.0</v>
       </c>
       <c r="B648">
         <v>413.429</v>
       </c>
       <c r="C648">
         <v>419.604</v>
       </c>
       <c r="D648">
         <v>833.033</v>
       </c>
       <c r="E648">
         <v>128.474</v>
       </c>
       <c r="F648" t="s">
         <v>21</v>
       </c>
       <c r="G648" t="s">
         <v>21</v>
       </c>
       <c r="H648">
         <v>98.421</v>
       </c>
       <c r="I648">
-        <v>276.839</v>
+        <v>282.339</v>
       </c>
       <c r="J648">
         <v>44.021</v>
       </c>
       <c r="K648">
         <v>240.936</v>
       </c>
       <c r="L648">
         <v>22.991</v>
       </c>
       <c r="M648">
-        <v>159.862</v>
+        <v>154.362</v>
       </c>
       <c r="N648">
         <v>1706.156</v>
+      </c>
+    </row>
+    <row r="649" spans="1:26">
+      <c r="A649" s="6">
+        <v>46023.0</v>
+      </c>
+      <c r="B649">
+        <v>415.06</v>
+      </c>
+      <c r="C649">
+        <v>422.767</v>
+      </c>
+      <c r="D649">
+        <v>837.827</v>
+      </c>
+      <c r="E649">
+        <v>131.334</v>
+      </c>
+      <c r="F649" t="s">
+        <v>21</v>
+      </c>
+      <c r="G649" t="s">
+        <v>21</v>
+      </c>
+      <c r="H649">
+        <v>87.17</v>
+      </c>
+      <c r="I649">
+        <v>242.69</v>
+      </c>
+      <c r="J649">
+        <v>42.855</v>
+      </c>
+      <c r="K649">
+        <v>257.409</v>
+      </c>
+      <c r="L649">
+        <v>23.566</v>
+      </c>
+      <c r="M649">
+        <v>173.009</v>
+      </c>
+      <c r="N649">
+        <v>1708.689</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>