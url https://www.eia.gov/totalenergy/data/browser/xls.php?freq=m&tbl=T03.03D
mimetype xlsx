--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 3.3d Petroleum Trade:  Imports From Non-OPEC Countries</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Petroleum Imports From Brazil</t>
   </si>
   <si>
     <t>Petroleum Imports From Canada</t>
   </si>
   <si>
     <t>Petroleum Imports From Colombia</t>
   </si>
   <si>
     <t>Petroleum Imports from Ecuador</t>
   </si>
   <si>
     <t>Petroleum Imports From Mexico</t>
   </si>
   <si>
     <t>Petroleum Imports From Netherlands</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.267" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -26451,50 +26451,91 @@
         <v>118.8</v>
       </c>
       <c r="F642">
         <v>504.867</v>
       </c>
       <c r="G642">
         <v>200.167</v>
       </c>
       <c r="H642">
         <v>18.167</v>
       </c>
       <c r="I642" t="s">
         <v>19</v>
       </c>
       <c r="J642">
         <v>95.633</v>
       </c>
       <c r="K642" t="s">
         <v>19</v>
       </c>
       <c r="L642">
         <v>1136.333</v>
       </c>
       <c r="M642">
         <v>6721.933</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>324.968</v>
+      </c>
+      <c r="C643">
+        <v>4596.806</v>
+      </c>
+      <c r="D643">
+        <v>273.613</v>
+      </c>
+      <c r="E643">
+        <v>171.935</v>
+      </c>
+      <c r="F643">
+        <v>430.871</v>
+      </c>
+      <c r="G643">
+        <v>113.774</v>
+      </c>
+      <c r="H643">
+        <v>38.548</v>
+      </c>
+      <c r="I643" t="s">
+        <v>19</v>
+      </c>
+      <c r="J643">
+        <v>72.29</v>
+      </c>
+      <c r="K643" t="s">
+        <v>19</v>
+      </c>
+      <c r="L643">
+        <v>1005.355</v>
+      </c>
+      <c r="M643">
+        <v>7028.161</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>