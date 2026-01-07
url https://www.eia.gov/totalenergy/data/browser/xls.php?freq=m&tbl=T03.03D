--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 3.3d Petroleum Trade:  Imports From Non-OPEC Countries</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Petroleum Imports From Brazil</t>
   </si>
   <si>
     <t>Petroleum Imports From Canada</t>
   </si>
   <si>
     <t>Petroleum Imports From Colombia</t>
   </si>
   <si>
     <t>Petroleum Imports from Ecuador</t>
   </si>
   <si>
     <t>Petroleum Imports From Mexico</t>
   </si>
   <si>
     <t>Petroleum Imports From Netherlands</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.267" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -26492,50 +26492,132 @@
         <v>171.935</v>
       </c>
       <c r="F643">
         <v>430.871</v>
       </c>
       <c r="G643">
         <v>113.774</v>
       </c>
       <c r="H643">
         <v>38.548</v>
       </c>
       <c r="I643" t="s">
         <v>19</v>
       </c>
       <c r="J643">
         <v>72.29</v>
       </c>
       <c r="K643" t="s">
         <v>19</v>
       </c>
       <c r="L643">
         <v>1005.355</v>
       </c>
       <c r="M643">
         <v>7028.161</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>306.806</v>
+      </c>
+      <c r="C644">
+        <v>4294.452</v>
+      </c>
+      <c r="D644">
+        <v>270.355</v>
+      </c>
+      <c r="E644">
+        <v>65.903</v>
+      </c>
+      <c r="F644">
+        <v>523.774</v>
+      </c>
+      <c r="G644">
+        <v>136.419</v>
+      </c>
+      <c r="H644">
+        <v>20.452</v>
+      </c>
+      <c r="I644" t="s">
+        <v>19</v>
+      </c>
+      <c r="J644">
+        <v>105.935</v>
+      </c>
+      <c r="K644" t="s">
+        <v>19</v>
+      </c>
+      <c r="L644">
+        <v>1162.065</v>
+      </c>
+      <c r="M644">
+        <v>6886.161</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>300.733</v>
+      </c>
+      <c r="C645">
+        <v>4615</v>
+      </c>
+      <c r="D645">
+        <v>213.833</v>
+      </c>
+      <c r="E645">
+        <v>128.433</v>
+      </c>
+      <c r="F645">
+        <v>569.7</v>
+      </c>
+      <c r="G645">
+        <v>64.633</v>
+      </c>
+      <c r="H645">
+        <v>20.667</v>
+      </c>
+      <c r="I645" t="s">
+        <v>19</v>
+      </c>
+      <c r="J645">
+        <v>101.4</v>
+      </c>
+      <c r="K645" t="s">
+        <v>19</v>
+      </c>
+      <c r="L645">
+        <v>999.8</v>
+      </c>
+      <c r="M645">
+        <v>7014.2</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>