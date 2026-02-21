--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 3.3d Petroleum Trade:  Imports From Non-OPEC Countries</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Petroleum Imports From Brazil</t>
   </si>
   <si>
     <t>Petroleum Imports From Canada</t>
   </si>
   <si>
     <t>Petroleum Imports From Colombia</t>
   </si>
   <si>
     <t>Petroleum Imports from Ecuador</t>
   </si>
   <si>
     <t>Petroleum Imports From Mexico</t>
   </si>
   <si>
     <t>Petroleum Imports From Netherlands</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.267" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -26574,50 +26574,91 @@
         <v>128.433</v>
       </c>
       <c r="F645">
         <v>569.7</v>
       </c>
       <c r="G645">
         <v>64.633</v>
       </c>
       <c r="H645">
         <v>20.667</v>
       </c>
       <c r="I645" t="s">
         <v>19</v>
       </c>
       <c r="J645">
         <v>101.4</v>
       </c>
       <c r="K645" t="s">
         <v>19</v>
       </c>
       <c r="L645">
         <v>999.8</v>
       </c>
       <c r="M645">
         <v>7014.2</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>144.097</v>
+      </c>
+      <c r="C646">
+        <v>4390.129</v>
+      </c>
+      <c r="D646">
+        <v>154.516</v>
+      </c>
+      <c r="E646">
+        <v>53.29</v>
+      </c>
+      <c r="F646">
+        <v>519.29</v>
+      </c>
+      <c r="G646">
+        <v>69.516</v>
+      </c>
+      <c r="H646">
+        <v>12.323</v>
+      </c>
+      <c r="I646" t="s">
+        <v>19</v>
+      </c>
+      <c r="J646">
+        <v>116.161</v>
+      </c>
+      <c r="K646" t="s">
+        <v>19</v>
+      </c>
+      <c r="L646">
+        <v>955.839</v>
+      </c>
+      <c r="M646">
+        <v>6415.161</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>