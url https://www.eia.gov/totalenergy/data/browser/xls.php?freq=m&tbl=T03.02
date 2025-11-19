--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 3.2 Refinery and Blender Net Inputs and Net Production</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Crude Oil Refinery and Blender Net Input</t>
   </si>
   <si>
     <t>Natural Gas Liquids Refinery and Blender Net Inputs</t>
   </si>
   <si>
     <t>Other Liquids Refinery and Blender Net Inputs</t>
   </si>
   <si>
     <t>Total Petroleum Refinery and Blender Net Inputs</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Refinery and Blender Net Production</t>
   </si>
   <si>
     <t>Propane Refinery and Blender Net Production</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.267" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -30258,137 +30258,184 @@
       </c>
       <c r="J642">
         <v>824.767</v>
       </c>
       <c r="K642">
         <v>1996.833</v>
       </c>
       <c r="L642">
         <v>9690.933</v>
       </c>
       <c r="M642">
         <v>315.667</v>
       </c>
       <c r="N642">
         <v>2381.633</v>
       </c>
       <c r="O642">
         <v>20344.133</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>16959.856</v>
+        <v>16999.581</v>
       </c>
       <c r="C643">
-        <v>465.518</v>
+        <v>526.677</v>
       </c>
       <c r="D643">
-        <v>1696.445</v>
+        <v>1761.742</v>
       </c>
       <c r="E643">
-        <v>19121.819</v>
+        <v>19288</v>
       </c>
       <c r="F643">
-        <v>5094.104</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>5199.516</v>
+      </c>
+      <c r="G643">
+        <v>278.871</v>
+      </c>
+      <c r="H643">
+        <v>269.097</v>
       </c>
       <c r="I643">
-        <v>579.304</v>
+        <v>547.968</v>
       </c>
       <c r="J643">
-        <v>801.001</v>
+        <v>820.806</v>
       </c>
       <c r="K643">
-        <v>1911.09</v>
+        <v>1919.839</v>
       </c>
       <c r="L643">
-        <v>9550.1</v>
+        <v>9678.677</v>
       </c>
       <c r="M643">
-        <v>319.115</v>
+        <v>331.452</v>
       </c>
       <c r="N643">
-        <v>2460.322</v>
+        <v>2353.613</v>
       </c>
       <c r="O643">
-        <v>20135.731</v>
+        <v>20303.903</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>17013.323</v>
       </c>
       <c r="C644">
         <v>495.031</v>
       </c>
       <c r="D644">
-        <v>1953.302</v>
+        <v>1965.182</v>
       </c>
       <c r="E644">
-        <v>19461.656</v>
+        <v>19473.536</v>
       </c>
       <c r="F644">
         <v>5233.742</v>
       </c>
       <c r="G644" t="s">
         <v>21</v>
       </c>
       <c r="H644" t="s">
         <v>21</v>
       </c>
       <c r="I644">
-        <v>567.073</v>
+        <v>553.479</v>
       </c>
       <c r="J644">
         <v>766.702</v>
       </c>
       <c r="K644">
         <v>1890.387</v>
       </c>
       <c r="L644">
         <v>9626.419</v>
       </c>
       <c r="M644">
         <v>310.581</v>
       </c>
       <c r="N644">
-        <v>2654.566</v>
+        <v>2666.446</v>
       </c>
       <c r="O644">
-        <v>20482.398</v>
+        <v>20494.278</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>16407.767</v>
+      </c>
+      <c r="C645">
+        <v>637.857</v>
+      </c>
+      <c r="D645">
+        <v>1415.564</v>
+      </c>
+      <c r="E645">
+        <v>18461.187</v>
+      </c>
+      <c r="F645">
+        <v>5034.9</v>
+      </c>
+      <c r="G645" t="s">
+        <v>21</v>
+      </c>
+      <c r="H645" t="s">
+        <v>21</v>
+      </c>
+      <c r="I645">
+        <v>576.728</v>
+      </c>
+      <c r="J645">
+        <v>563.805</v>
+      </c>
+      <c r="K645">
+        <v>1830.367</v>
+      </c>
+      <c r="L645">
+        <v>9400.033</v>
+      </c>
+      <c r="M645">
+        <v>302.933</v>
+      </c>
+      <c r="N645">
+        <v>2315.983</v>
+      </c>
+      <c r="O645">
+        <v>19448.021</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>