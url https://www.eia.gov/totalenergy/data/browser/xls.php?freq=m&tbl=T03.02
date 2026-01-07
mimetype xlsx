--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 3.2 Refinery and Blender Net Inputs and Net Production</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Crude Oil Refinery and Blender Net Input</t>
   </si>
   <si>
     <t>Natural Gas Liquids Refinery and Blender Net Inputs</t>
   </si>
   <si>
     <t>Other Liquids Refinery and Blender Net Inputs</t>
   </si>
   <si>
     <t>Total Petroleum Refinery and Blender Net Inputs</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Refinery and Blender Net Production</t>
   </si>
   <si>
     <t>Propane Refinery and Blender Net Production</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.267" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -30305,137 +30305,231 @@
       </c>
       <c r="J643">
         <v>820.806</v>
       </c>
       <c r="K643">
         <v>1919.839</v>
       </c>
       <c r="L643">
         <v>9678.677</v>
       </c>
       <c r="M643">
         <v>331.452</v>
       </c>
       <c r="N643">
         <v>2353.613</v>
       </c>
       <c r="O643">
         <v>20303.903</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>17013.323</v>
+        <v>16942.258</v>
       </c>
       <c r="C644">
-        <v>495.031</v>
+        <v>537.677</v>
       </c>
       <c r="D644">
-        <v>1965.182</v>
+        <v>1748.968</v>
       </c>
       <c r="E644">
-        <v>19473.536</v>
+        <v>19228.903</v>
       </c>
       <c r="F644">
-        <v>5233.742</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>5281</v>
+      </c>
+      <c r="G644">
+        <v>285.71</v>
+      </c>
+      <c r="H644">
+        <v>241.387</v>
       </c>
       <c r="I644">
-        <v>553.479</v>
+        <v>527.097</v>
       </c>
       <c r="J644">
-        <v>766.702</v>
+        <v>783.742</v>
       </c>
       <c r="K644">
-        <v>1890.387</v>
+        <v>1890.419</v>
       </c>
       <c r="L644">
-        <v>9626.419</v>
+        <v>9637.129</v>
       </c>
       <c r="M644">
-        <v>310.581</v>
+        <v>325.935</v>
       </c>
       <c r="N644">
-        <v>2666.446</v>
+        <v>2347.613</v>
       </c>
       <c r="O644">
-        <v>20494.278</v>
+        <v>20265.839</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>16407.767</v>
+        <v>16464.433</v>
       </c>
       <c r="C645">
-        <v>637.857</v>
+        <v>699.267</v>
       </c>
       <c r="D645">
-        <v>1415.564</v>
+        <v>1471.467</v>
       </c>
       <c r="E645">
-        <v>18461.187</v>
+        <v>18635.167</v>
       </c>
       <c r="F645">
-        <v>5034.9</v>
-[...1 lines deleted...]
-      <c r="G645" t="s">
+        <v>5071.433</v>
+      </c>
+      <c r="G645">
+        <v>278.5</v>
+      </c>
+      <c r="H645">
+        <v>234.733</v>
+      </c>
+      <c r="I645">
+        <v>513.233</v>
+      </c>
+      <c r="J645">
+        <v>592.533</v>
+      </c>
+      <c r="K645">
+        <v>1822.933</v>
+      </c>
+      <c r="L645">
+        <v>9471.367</v>
+      </c>
+      <c r="M645">
+        <v>332.867</v>
+      </c>
+      <c r="N645">
+        <v>2330.6</v>
+      </c>
+      <c r="O645">
+        <v>19621.733</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>15416.516</v>
+      </c>
+      <c r="C646">
+        <v>737.169</v>
+      </c>
+      <c r="D646">
+        <v>1869.888</v>
+      </c>
+      <c r="E646">
+        <v>18023.574</v>
+      </c>
+      <c r="F646">
+        <v>4657.516</v>
+      </c>
+      <c r="G646" t="s">
         <v>21</v>
       </c>
-      <c r="H645" t="s">
+      <c r="H646" t="s">
         <v>21</v>
       </c>
-      <c r="I645">
-[...18 lines deleted...]
-        <v>19448.021</v>
+      <c r="I646">
+        <v>486.846</v>
+      </c>
+      <c r="J646">
+        <v>384.939</v>
+      </c>
+      <c r="K646">
+        <v>1707.677</v>
+      </c>
+      <c r="L646">
+        <v>9539.742</v>
+      </c>
+      <c r="M646">
+        <v>293.129</v>
+      </c>
+      <c r="N646">
+        <v>2370.183</v>
+      </c>
+      <c r="O646">
+        <v>18953.186</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>16442.5</v>
+      </c>
+      <c r="C647">
+        <v>768.418</v>
+      </c>
+      <c r="D647">
+        <v>1100.427</v>
+      </c>
+      <c r="E647">
+        <v>18311.345</v>
+      </c>
+      <c r="F647">
+        <v>5039.367</v>
+      </c>
+      <c r="G647" t="s">
+        <v>21</v>
+      </c>
+      <c r="H647" t="s">
+        <v>21</v>
+      </c>
+      <c r="I647">
+        <v>405.586</v>
+      </c>
+      <c r="J647">
+        <v>293.469</v>
+      </c>
+      <c r="K647">
+        <v>1847.733</v>
+      </c>
+      <c r="L647">
+        <v>9307.9</v>
+      </c>
+      <c r="M647">
+        <v>309.033</v>
+      </c>
+      <c r="N647">
+        <v>2508.975</v>
+      </c>
+      <c r="O647">
+        <v>19306.478</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>