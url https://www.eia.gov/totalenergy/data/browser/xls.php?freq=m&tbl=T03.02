--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 3.2 Refinery and Blender Net Inputs and Net Production</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Crude Oil Refinery and Blender Net Input</t>
   </si>
   <si>
     <t>Natural Gas Liquids Refinery and Blender Net Inputs</t>
   </si>
   <si>
     <t>Other Liquids Refinery and Blender Net Inputs</t>
   </si>
   <si>
     <t>Total Petroleum Refinery and Blender Net Inputs</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Refinery and Blender Net Production</t>
   </si>
   <si>
     <t>Propane Refinery and Blender Net Production</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z647"/>
+  <dimension ref="A1:Z648"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A647"/>
+      <selection activeCell="A13" sqref="A13:A648"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.267" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -30399,137 +30399,184 @@
       </c>
       <c r="J645">
         <v>592.533</v>
       </c>
       <c r="K645">
         <v>1822.933</v>
       </c>
       <c r="L645">
         <v>9471.367</v>
       </c>
       <c r="M645">
         <v>332.867</v>
       </c>
       <c r="N645">
         <v>2330.6</v>
       </c>
       <c r="O645">
         <v>19621.733</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
-        <v>15416.516</v>
+        <v>15525.774</v>
       </c>
       <c r="C646">
-        <v>737.169</v>
+        <v>750.903</v>
       </c>
       <c r="D646">
-        <v>1869.888</v>
+        <v>1747.968</v>
       </c>
       <c r="E646">
-        <v>18023.574</v>
+        <v>18024.645</v>
       </c>
       <c r="F646">
-        <v>4657.516</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>4808.903</v>
+      </c>
+      <c r="G646">
+        <v>244.71</v>
+      </c>
+      <c r="H646">
+        <v>214.323</v>
       </c>
       <c r="I646">
-        <v>486.846</v>
+        <v>459.032</v>
       </c>
       <c r="J646">
-        <v>384.939</v>
+        <v>374.387</v>
       </c>
       <c r="K646">
-        <v>1707.677</v>
+        <v>1715.516</v>
       </c>
       <c r="L646">
-        <v>9539.742</v>
+        <v>9610.581</v>
       </c>
       <c r="M646">
-        <v>293.129</v>
+        <v>321.161</v>
       </c>
       <c r="N646">
-        <v>2370.183</v>
+        <v>2065.677</v>
       </c>
       <c r="O646">
-        <v>18953.186</v>
+        <v>18896.226</v>
       </c>
     </row>
     <row r="647" spans="1:26">
       <c r="A647" s="6">
         <v>45962.0</v>
       </c>
       <c r="B647">
-        <v>16442.5</v>
+        <v>16442.47</v>
       </c>
       <c r="C647">
         <v>768.418</v>
       </c>
       <c r="D647">
-        <v>1100.427</v>
+        <v>1080.143</v>
       </c>
       <c r="E647">
-        <v>18311.345</v>
+        <v>18291.031</v>
       </c>
       <c r="F647">
-        <v>5039.367</v>
+        <v>5039.44</v>
       </c>
       <c r="G647" t="s">
         <v>21</v>
       </c>
       <c r="H647" t="s">
         <v>21</v>
       </c>
       <c r="I647">
-        <v>405.586</v>
+        <v>628.978</v>
       </c>
       <c r="J647">
         <v>293.469</v>
       </c>
       <c r="K647">
-        <v>1847.733</v>
+        <v>1847.819</v>
       </c>
       <c r="L647">
-        <v>9307.9</v>
+        <v>9307.941</v>
       </c>
       <c r="M647">
-        <v>309.033</v>
+        <v>309.133</v>
       </c>
       <c r="N647">
-        <v>2508.975</v>
+        <v>2488.354</v>
       </c>
       <c r="O647">
-        <v>19306.478</v>
+        <v>19286.157</v>
+      </c>
+    </row>
+    <row r="648" spans="1:26">
+      <c r="A648" s="6">
+        <v>45992.0</v>
+      </c>
+      <c r="B648">
+        <v>16876.713</v>
+      </c>
+      <c r="C648">
+        <v>769.46</v>
+      </c>
+      <c r="D648">
+        <v>840.963</v>
+      </c>
+      <c r="E648">
+        <v>18487.136</v>
+      </c>
+      <c r="F648">
+        <v>5285.208</v>
+      </c>
+      <c r="G648" t="s">
+        <v>21</v>
+      </c>
+      <c r="H648" t="s">
+        <v>21</v>
+      </c>
+      <c r="I648">
+        <v>433.811</v>
+      </c>
+      <c r="J648">
+        <v>305.366</v>
+      </c>
+      <c r="K648">
+        <v>1860.236</v>
+      </c>
+      <c r="L648">
+        <v>9270.593</v>
+      </c>
+      <c r="M648">
+        <v>313.282</v>
+      </c>
+      <c r="N648">
+        <v>2476.672</v>
+      </c>
+      <c r="O648">
+        <v>19511.357</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>