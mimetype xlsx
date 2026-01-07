--- v0 (2025-10-04)
+++ v1 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 2.6 Electric Power Sector Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumed by the Electric Power Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Electric Power Sector (Excluding Supplemental Gaseous Fuels)</t>
   </si>
   <si>
     <t>Petroleum Consumed by the Electric Power Sector</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumed by the Electric Power Sector</t>
   </si>
   <si>
     <t>Nuclear Electric Power Consumed by the Electric Power Sector</t>
   </si>
   <si>
     <t>Conventional Hydroelectric Power Consumed by the Electric Power Sector</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="65.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="95.263" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27038,1360 +27038,1492 @@
       </c>
       <c r="J612">
         <v>131.884</v>
       </c>
       <c r="K612">
         <v>31.953</v>
       </c>
       <c r="L612">
         <v>261.197</v>
       </c>
       <c r="M612">
         <v>13.72</v>
       </c>
       <c r="N612">
         <v>2847.887</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>665.743</v>
       </c>
       <c r="C613">
-        <v>992.339</v>
+        <v>993.177</v>
       </c>
       <c r="D613">
         <v>14.776</v>
       </c>
       <c r="E613">
-        <v>1672.859</v>
+        <v>1673.697</v>
       </c>
       <c r="F613">
         <v>740.734</v>
       </c>
       <c r="G613">
         <v>77.248</v>
       </c>
       <c r="H613">
         <v>4.845</v>
       </c>
       <c r="I613">
         <v>26.486</v>
       </c>
       <c r="J613">
         <v>130.797</v>
       </c>
       <c r="K613">
         <v>31.716</v>
       </c>
       <c r="L613">
         <v>271.092</v>
       </c>
       <c r="M613">
         <v>11.21</v>
       </c>
       <c r="N613">
-        <v>2695.895</v>
+        <v>2696.733</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>503.541</v>
       </c>
       <c r="C614">
-        <v>892.313</v>
+        <v>893.075</v>
       </c>
       <c r="D614">
         <v>18.003</v>
       </c>
       <c r="E614">
-        <v>1413.857</v>
+        <v>1414.619</v>
       </c>
       <c r="F614">
         <v>635.553</v>
       </c>
       <c r="G614">
         <v>67.725</v>
       </c>
       <c r="H614">
         <v>4.441</v>
       </c>
       <c r="I614">
         <v>32</v>
       </c>
       <c r="J614">
         <v>141.242</v>
       </c>
       <c r="K614">
         <v>28.255</v>
       </c>
       <c r="L614">
         <v>273.663</v>
       </c>
       <c r="M614">
         <v>6.634</v>
       </c>
       <c r="N614">
-        <v>2329.707</v>
+        <v>2330.469</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>538.263</v>
       </c>
       <c r="C615">
-        <v>964.231</v>
+        <v>965.138</v>
       </c>
       <c r="D615">
         <v>12.92</v>
       </c>
       <c r="E615">
-        <v>1515.414</v>
+        <v>1516.322</v>
       </c>
       <c r="F615">
         <v>656.599</v>
       </c>
       <c r="G615">
         <v>72.326</v>
       </c>
       <c r="H615">
         <v>4.92</v>
       </c>
       <c r="I615">
         <v>41.413</v>
       </c>
       <c r="J615">
         <v>148.609</v>
       </c>
       <c r="K615">
         <v>29.866</v>
       </c>
       <c r="L615">
         <v>297.134</v>
       </c>
       <c r="M615">
         <v>8.742</v>
       </c>
       <c r="N615">
-        <v>2477.889</v>
+        <v>2478.796</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>428.614</v>
       </c>
       <c r="C616">
-        <v>887.442</v>
+        <v>888.458</v>
       </c>
       <c r="D616">
         <v>12.455</v>
       </c>
       <c r="E616">
-        <v>1328.512</v>
+        <v>1329.528</v>
       </c>
       <c r="F616">
         <v>592.236</v>
       </c>
       <c r="G616">
         <v>67.225</v>
       </c>
       <c r="H616">
         <v>4.625</v>
       </c>
       <c r="I616">
         <v>51.045</v>
       </c>
       <c r="J616">
         <v>145.755</v>
       </c>
       <c r="K616">
         <v>25.321</v>
       </c>
       <c r="L616">
         <v>293.971</v>
       </c>
       <c r="M616">
         <v>6.526</v>
       </c>
       <c r="N616">
-        <v>2221.245</v>
+        <v>2222.261</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>477.447</v>
       </c>
       <c r="C617">
-        <v>1017.163</v>
+        <v>1018.447</v>
       </c>
       <c r="D617">
         <v>13.643</v>
       </c>
       <c r="E617">
-        <v>1508.253</v>
+        <v>1509.537</v>
       </c>
       <c r="F617">
         <v>639.194</v>
       </c>
       <c r="G617">
         <v>93.969</v>
       </c>
       <c r="H617">
         <v>4.59</v>
       </c>
       <c r="I617">
         <v>58.601</v>
       </c>
       <c r="J617">
         <v>109.887</v>
       </c>
       <c r="K617">
         <v>28.462</v>
       </c>
       <c r="L617">
         <v>295.508</v>
       </c>
       <c r="M617">
         <v>8.955</v>
       </c>
       <c r="N617">
-        <v>2451.91</v>
+        <v>2453.194</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>628.493</v>
       </c>
       <c r="C618">
-        <v>1210.999</v>
+        <v>1212.431</v>
       </c>
       <c r="D618">
         <v>13.897</v>
       </c>
       <c r="E618">
-        <v>1853.389</v>
+        <v>1854.821</v>
       </c>
       <c r="F618">
         <v>677.49</v>
       </c>
       <c r="G618">
         <v>73.305</v>
       </c>
       <c r="H618">
         <v>4.413</v>
       </c>
       <c r="I618">
         <v>60.504</v>
       </c>
       <c r="J618">
         <v>93.941</v>
       </c>
       <c r="K618">
         <v>28.651</v>
       </c>
       <c r="L618">
         <v>260.814</v>
       </c>
       <c r="M618">
         <v>5.765</v>
       </c>
       <c r="N618">
-        <v>2797.457</v>
+        <v>2798.889</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>832.524</v>
       </c>
       <c r="C619">
-        <v>1517.137</v>
+        <v>1518.772</v>
       </c>
       <c r="D619">
         <v>17.402</v>
       </c>
       <c r="E619">
-        <v>2367.063</v>
+        <v>2368.697</v>
       </c>
       <c r="F619">
         <v>730.465</v>
       </c>
       <c r="G619">
         <v>74.673</v>
       </c>
       <c r="H619">
         <v>4.422</v>
       </c>
       <c r="I619">
         <v>64.105</v>
       </c>
       <c r="J619">
         <v>95.521</v>
       </c>
       <c r="K619">
         <v>30.293</v>
       </c>
       <c r="L619">
         <v>269.014</v>
       </c>
       <c r="M619">
         <v>4.202</v>
       </c>
       <c r="N619">
-        <v>3370.743</v>
+        <v>3372.378</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>822.695</v>
       </c>
       <c r="C620">
-        <v>1513.823</v>
+        <v>1515.458</v>
       </c>
       <c r="D620">
         <v>17.491</v>
       </c>
       <c r="E620">
-        <v>2354.008</v>
+        <v>2355.643</v>
       </c>
       <c r="F620">
         <v>728.965</v>
       </c>
       <c r="G620">
         <v>72.377</v>
       </c>
       <c r="H620">
         <v>4.323</v>
       </c>
       <c r="I620">
         <v>60.216</v>
       </c>
       <c r="J620">
         <v>96.837</v>
       </c>
       <c r="K620">
         <v>30.399</v>
       </c>
       <c r="L620">
         <v>264.152</v>
       </c>
       <c r="M620">
         <v>4.723</v>
       </c>
       <c r="N620">
-        <v>3351.847</v>
+        <v>3353.483</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>641.565</v>
       </c>
       <c r="C621">
-        <v>1232.688</v>
+        <v>1234.149</v>
       </c>
       <c r="D621">
         <v>16.085</v>
       </c>
       <c r="E621">
-        <v>1890.339</v>
+        <v>1891.8</v>
       </c>
       <c r="F621">
         <v>685.23</v>
       </c>
       <c r="G621">
         <v>57.496</v>
       </c>
       <c r="H621">
         <v>4.485</v>
       </c>
       <c r="I621">
         <v>52.885</v>
       </c>
       <c r="J621">
         <v>96.702</v>
       </c>
       <c r="K621">
         <v>26.407</v>
       </c>
       <c r="L621">
         <v>237.975</v>
       </c>
       <c r="M621">
         <v>0.294</v>
       </c>
       <c r="N621">
-        <v>2813.838</v>
+        <v>2815.299</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>554.353</v>
       </c>
       <c r="C622">
-        <v>1044.687</v>
+        <v>1045.936</v>
       </c>
       <c r="D622">
         <v>13.694</v>
       </c>
       <c r="E622">
-        <v>1612.734</v>
+        <v>1613.983</v>
       </c>
       <c r="F622">
         <v>642.125</v>
       </c>
       <c r="G622">
         <v>53.26</v>
       </c>
       <c r="H622">
         <v>4.845</v>
       </c>
       <c r="I622">
         <v>47.935</v>
       </c>
       <c r="J622">
         <v>122.834</v>
       </c>
       <c r="K622">
         <v>26.071</v>
       </c>
       <c r="L622">
         <v>254.944</v>
       </c>
       <c r="M622">
         <v>0.699</v>
       </c>
       <c r="N622">
-        <v>2510.503</v>
+        <v>2511.752</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>553.716</v>
       </c>
       <c r="C623">
-        <v>991.156</v>
+        <v>992.149</v>
       </c>
       <c r="D623">
         <v>11.501</v>
       </c>
       <c r="E623">
-        <v>1556.372</v>
+        <v>1557.366</v>
       </c>
       <c r="F623">
         <v>650.717</v>
       </c>
       <c r="G623">
         <v>57.866</v>
       </c>
       <c r="H623">
         <v>4.912</v>
       </c>
       <c r="I623">
         <v>35.444</v>
       </c>
       <c r="J623">
         <v>124.273</v>
       </c>
       <c r="K623">
         <v>26.964</v>
       </c>
       <c r="L623">
         <v>249.46</v>
       </c>
       <c r="M623">
         <v>2.184</v>
       </c>
       <c r="N623">
-        <v>2458.734</v>
+        <v>2459.727</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>600.367</v>
       </c>
       <c r="C624">
-        <v>1049.575</v>
+        <v>1050.536</v>
       </c>
       <c r="D624">
         <v>13.641</v>
       </c>
       <c r="E624">
-        <v>1663.583</v>
+        <v>1664.543</v>
       </c>
       <c r="F624">
         <v>719.666</v>
       </c>
       <c r="G624">
         <v>64.598</v>
       </c>
       <c r="H624">
         <v>5.025</v>
       </c>
       <c r="I624">
         <v>30.947</v>
       </c>
       <c r="J624">
         <v>129.711</v>
       </c>
       <c r="K624">
         <v>29.908</v>
       </c>
       <c r="L624">
         <v>260.19</v>
       </c>
       <c r="M624">
         <v>4.568</v>
       </c>
       <c r="N624">
-        <v>2648.006</v>
+        <v>2648.967</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>797.411</v>
+        <v>797.955</v>
       </c>
       <c r="C625">
-        <v>1170.964</v>
+        <v>1172.35</v>
       </c>
       <c r="D625">
-        <v>20.593</v>
+        <v>20.122</v>
       </c>
       <c r="E625">
-        <v>1988.968</v>
+        <v>1990.428</v>
       </c>
       <c r="F625">
-        <v>722.021</v>
+        <v>721.4</v>
       </c>
       <c r="G625">
-        <v>74.46</v>
+        <v>73.14</v>
       </c>
       <c r="H625">
-        <v>4.849</v>
+        <v>4.773</v>
       </c>
       <c r="I625">
-        <v>33.032</v>
+        <v>32.541</v>
       </c>
       <c r="J625">
-        <v>119.114</v>
+        <v>118.64</v>
       </c>
       <c r="K625">
-        <v>30.045</v>
+        <v>30.567</v>
       </c>
       <c r="L625">
-        <v>261.499</v>
+        <v>259.661</v>
       </c>
       <c r="M625">
         <v>5.926</v>
       </c>
       <c r="N625">
-        <v>2978.414</v>
+        <v>2977.414</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>487.243</v>
+        <v>488.912</v>
       </c>
       <c r="C626">
-        <v>944.846</v>
+        <v>940.925</v>
       </c>
       <c r="D626">
-        <v>11.263</v>
+        <v>10.887</v>
       </c>
       <c r="E626">
-        <v>1443.351</v>
+        <v>1440.724</v>
       </c>
       <c r="F626">
-        <v>675.03</v>
+        <v>674.449</v>
       </c>
       <c r="G626">
-        <v>68.248</v>
+        <v>70.552</v>
       </c>
       <c r="H626">
-        <v>4.498</v>
+        <v>4.445</v>
       </c>
       <c r="I626">
-        <v>42.344</v>
+        <v>42.562</v>
       </c>
       <c r="J626">
-        <v>141.736</v>
+        <v>139.778</v>
       </c>
       <c r="K626">
-        <v>25.113</v>
+        <v>27.232</v>
       </c>
       <c r="L626">
-        <v>281.939</v>
+        <v>284.568</v>
       </c>
       <c r="M626">
         <v>0.547</v>
       </c>
       <c r="N626">
-        <v>2400.868</v>
+        <v>2400.289</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>418.932</v>
+        <v>421.359</v>
       </c>
       <c r="C627">
-        <v>949.714</v>
+        <v>947.351</v>
       </c>
       <c r="D627">
-        <v>10.042</v>
+        <v>10.311</v>
       </c>
       <c r="E627">
-        <v>1378.688</v>
+        <v>1379.021</v>
       </c>
       <c r="F627">
-        <v>662.09</v>
+        <v>661.52</v>
       </c>
       <c r="G627">
-        <v>79.195</v>
+        <v>79.303</v>
       </c>
       <c r="H627">
-        <v>4.399</v>
+        <v>4.639</v>
       </c>
       <c r="I627">
-        <v>53.71</v>
+        <v>54.346</v>
       </c>
       <c r="J627">
-        <v>155.635</v>
+        <v>153.82</v>
       </c>
       <c r="K627">
-        <v>26.179</v>
+        <v>27.095</v>
       </c>
       <c r="L627">
-        <v>319.117</v>
+        <v>319.203</v>
       </c>
       <c r="M627">
         <v>-1.189</v>
       </c>
       <c r="N627">
-        <v>2358.705</v>
+        <v>2358.554</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>399.521</v>
+        <v>399.917</v>
       </c>
       <c r="C628">
-        <v>906.234</v>
+        <v>906.486</v>
       </c>
       <c r="D628">
-        <v>12.692</v>
+        <v>12.684</v>
       </c>
       <c r="E628">
-        <v>1318.447</v>
+        <v>1319.087</v>
       </c>
       <c r="F628">
-        <v>602.26</v>
+        <v>600.91</v>
       </c>
       <c r="G628">
-        <v>65.787</v>
+        <v>70.956</v>
       </c>
       <c r="H628">
-        <v>4.557</v>
+        <v>4.366</v>
       </c>
       <c r="I628">
-        <v>64.781</v>
+        <v>65.281</v>
       </c>
       <c r="J628">
-        <v>161.563</v>
+        <v>160.586</v>
       </c>
       <c r="K628">
-        <v>23.769</v>
+        <v>23.615</v>
       </c>
       <c r="L628">
-        <v>320.457</v>
+        <v>324.805</v>
       </c>
       <c r="M628">
         <v>-1.58</v>
       </c>
       <c r="N628">
-        <v>2239.584</v>
+        <v>2243.222</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>492.684</v>
+        <v>492.321</v>
       </c>
       <c r="C629">
-        <v>1075.717</v>
+        <v>1079.19</v>
       </c>
       <c r="D629">
-        <v>13.134</v>
+        <v>13.086</v>
       </c>
       <c r="E629">
-        <v>1581.535</v>
+        <v>1584.597</v>
       </c>
       <c r="F629">
-        <v>679.097</v>
+        <v>678.513</v>
       </c>
       <c r="G629">
-        <v>76.803</v>
+        <v>83.117</v>
       </c>
       <c r="H629">
-        <v>4.259</v>
+        <v>4.252</v>
       </c>
       <c r="I629">
-        <v>75.335</v>
+        <v>75.9</v>
       </c>
       <c r="J629">
-        <v>131.937</v>
+        <v>133.873</v>
       </c>
       <c r="K629">
-        <v>27.404</v>
+        <v>25.755</v>
       </c>
       <c r="L629">
-        <v>315.738</v>
+        <v>322.897</v>
       </c>
       <c r="M629">
         <v>0.154</v>
       </c>
       <c r="N629">
-        <v>2576.525</v>
+        <v>2586.161</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>646.793</v>
+        <v>647.334</v>
       </c>
       <c r="C630">
-        <v>1281.128</v>
+        <v>1276.355</v>
       </c>
       <c r="D630">
-        <v>14.413</v>
+        <v>14.004</v>
       </c>
       <c r="E630">
-        <v>1942.334</v>
+        <v>1937.693</v>
       </c>
       <c r="F630">
-        <v>712.744</v>
+        <v>712.131</v>
       </c>
       <c r="G630">
-        <v>71.88</v>
+        <v>76.139</v>
       </c>
       <c r="H630">
-        <v>4.356</v>
+        <v>4.101</v>
       </c>
       <c r="I630">
-        <v>82.42</v>
+        <v>83.013</v>
       </c>
       <c r="J630">
-        <v>130.123</v>
+        <v>131.849</v>
       </c>
       <c r="K630">
-        <v>26.792</v>
+        <v>26.868</v>
       </c>
       <c r="L630">
-        <v>315.571</v>
+        <v>321.97</v>
       </c>
       <c r="M630">
         <v>4.85</v>
       </c>
       <c r="N630">
-        <v>2975.5</v>
+        <v>2976.644</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>760.411</v>
+        <v>760.528</v>
       </c>
       <c r="C631">
-        <v>1579.825</v>
+        <v>1574.22</v>
       </c>
       <c r="D631">
-        <v>15.81</v>
+        <v>16.354</v>
       </c>
       <c r="E631">
-        <v>2356.046</v>
+        <v>2351.102</v>
       </c>
       <c r="F631">
-        <v>730.441</v>
+        <v>729.451</v>
       </c>
       <c r="G631">
-        <v>71.973</v>
+        <v>72.715</v>
       </c>
       <c r="H631">
-        <v>4.54</v>
+        <v>4.154</v>
       </c>
       <c r="I631">
-        <v>82.118</v>
+        <v>83.114</v>
       </c>
       <c r="J631">
-        <v>95.375</v>
+        <v>96.529</v>
       </c>
       <c r="K631">
-        <v>27.741</v>
+        <v>28.159</v>
       </c>
       <c r="L631">
-        <v>281.748</v>
+        <v>284.672</v>
       </c>
       <c r="M631">
         <v>8.484</v>
       </c>
       <c r="N631">
-        <v>3376.718</v>
+        <v>3373.709</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>740.759</v>
+        <v>740.349</v>
       </c>
       <c r="C632">
-        <v>1537.918</v>
+        <v>1542.3</v>
       </c>
       <c r="D632">
-        <v>15.995</v>
+        <v>15.978</v>
       </c>
       <c r="E632">
-        <v>2294.671</v>
+        <v>2298.628</v>
       </c>
       <c r="F632">
-        <v>729.135</v>
+        <v>728.507</v>
       </c>
       <c r="G632">
-        <v>72.549</v>
+        <v>69.661</v>
       </c>
       <c r="H632">
-        <v>4.498</v>
+        <v>4.187</v>
       </c>
       <c r="I632">
-        <v>81.626</v>
+        <v>82.601</v>
       </c>
       <c r="J632">
-        <v>98.086</v>
+        <v>99.891</v>
       </c>
       <c r="K632">
-        <v>28.537</v>
+        <v>29.075</v>
       </c>
       <c r="L632">
-        <v>285.297</v>
+        <v>285.415</v>
       </c>
       <c r="M632">
         <v>7.357</v>
       </c>
       <c r="N632">
-        <v>3316.46</v>
+        <v>3319.906</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>593.795</v>
+        <v>591.977</v>
       </c>
       <c r="C633">
-        <v>1264.849</v>
+        <v>1260.305</v>
       </c>
       <c r="D633">
-        <v>12.131</v>
+        <v>11.692</v>
       </c>
       <c r="E633">
-        <v>1870.774</v>
+        <v>1863.974</v>
       </c>
       <c r="F633">
-        <v>654.927</v>
+        <v>654.363</v>
       </c>
       <c r="G633">
-        <v>56.584</v>
+        <v>54.099</v>
       </c>
       <c r="H633">
-        <v>4.356</v>
+        <v>4.099</v>
       </c>
       <c r="I633">
-        <v>68.765</v>
+        <v>69.735</v>
       </c>
       <c r="J633">
-        <v>98.876</v>
+        <v>99.506</v>
       </c>
       <c r="K633">
-        <v>26.271</v>
+        <v>25.784</v>
       </c>
       <c r="L633">
-        <v>254.851</v>
+        <v>253.222</v>
       </c>
       <c r="M633">
         <v>7.173</v>
       </c>
       <c r="N633">
-        <v>2787.726</v>
+        <v>2778.732</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>515.43</v>
+        <v>513.167</v>
       </c>
       <c r="C634">
-        <v>1102.514</v>
+        <v>1103.278</v>
       </c>
       <c r="D634">
-        <v>12.088</v>
+        <v>12.52</v>
       </c>
       <c r="E634">
-        <v>1630.032</v>
+        <v>1628.966</v>
       </c>
       <c r="F634">
-        <v>614.299</v>
+        <v>613.77</v>
       </c>
       <c r="G634">
-        <v>53.719</v>
+        <v>52.099</v>
       </c>
       <c r="H634">
-        <v>4.095</v>
+        <v>4.303</v>
       </c>
       <c r="I634">
-        <v>66.26</v>
+        <v>67.347</v>
       </c>
       <c r="J634">
-        <v>136.594</v>
+        <v>135.026</v>
       </c>
       <c r="K634">
-        <v>24.446</v>
+        <v>22.748</v>
       </c>
       <c r="L634">
-        <v>285.113</v>
+        <v>281.523</v>
       </c>
       <c r="M634">
-        <v>6.452</v>
+        <v>6.451</v>
       </c>
       <c r="N634">
-        <v>2535.896</v>
+        <v>2530.709</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>496.767</v>
+        <v>494.908</v>
       </c>
       <c r="C635">
-        <v>1021.829</v>
+        <v>1017.911</v>
       </c>
       <c r="D635">
-        <v>11.427</v>
+        <v>11.709</v>
       </c>
       <c r="E635">
-        <v>1530.023</v>
+        <v>1524.528</v>
       </c>
       <c r="F635">
-        <v>647.021</v>
+        <v>646.464</v>
       </c>
       <c r="G635">
-        <v>62.056</v>
+        <v>56.811</v>
       </c>
       <c r="H635">
-        <v>4.297</v>
+        <v>4.495</v>
       </c>
       <c r="I635">
-        <v>47.113</v>
+        <v>47.016</v>
       </c>
       <c r="J635">
-        <v>139.678</v>
+        <v>136.841</v>
       </c>
       <c r="K635">
-        <v>25.359</v>
+        <v>24.968</v>
       </c>
       <c r="L635">
-        <v>278.503</v>
+        <v>270.132</v>
       </c>
       <c r="M635">
         <v>1.853</v>
       </c>
       <c r="N635">
-        <v>2457.401</v>
+        <v>2442.977</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>665.416</v>
+        <v>665.54</v>
       </c>
       <c r="C636">
-        <v>1064.116</v>
+        <v>1068.624</v>
       </c>
       <c r="D636">
-        <v>16.024</v>
+        <v>16.4</v>
       </c>
       <c r="E636">
-        <v>1745.556</v>
+        <v>1750.564</v>
       </c>
       <c r="F636">
-        <v>744.183</v>
+        <v>743.543</v>
       </c>
       <c r="G636">
-        <v>69.208</v>
+        <v>66.345</v>
       </c>
       <c r="H636">
-        <v>4.767</v>
+        <v>4.754</v>
       </c>
       <c r="I636">
-        <v>43.942</v>
+        <v>42.825</v>
       </c>
       <c r="J636">
-        <v>137.563</v>
+        <v>134.764</v>
       </c>
       <c r="K636">
-        <v>27.042</v>
+        <v>28.276</v>
       </c>
       <c r="L636">
-        <v>282.522</v>
+        <v>276.965</v>
       </c>
       <c r="M636">
-        <v>7.12</v>
+        <v>7.119</v>
       </c>
       <c r="N636">
-        <v>2779.381</v>
+        <v>2778.191</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>861.425</v>
+        <v>863.101</v>
       </c>
       <c r="C637">
-        <v>1161.773</v>
+        <v>1159.152</v>
       </c>
       <c r="D637">
-        <v>33.63</v>
+        <v>33.266</v>
       </c>
       <c r="E637">
-        <v>2056.828</v>
+        <v>2055.519</v>
       </c>
       <c r="F637">
-        <v>749.815</v>
+        <v>749.17</v>
       </c>
       <c r="G637">
-        <v>71.966</v>
+        <v>72.781</v>
       </c>
       <c r="H637">
-        <v>4.692</v>
+        <v>4.74</v>
       </c>
       <c r="I637">
-        <v>52.153</v>
+        <v>52.394</v>
       </c>
       <c r="J637">
-        <v>148.774</v>
+        <v>148.704</v>
       </c>
       <c r="K637">
-        <v>28.413</v>
+        <v>28.563</v>
       </c>
       <c r="L637">
-        <v>305.998</v>
+        <v>307.182</v>
       </c>
       <c r="M637">
         <v>9.692</v>
       </c>
       <c r="N637">
-        <v>3122.334</v>
+        <v>3121.563</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>660.316</v>
+        <v>661.92</v>
       </c>
       <c r="C638">
-        <v>961.63</v>
+        <v>959.811</v>
       </c>
       <c r="D638">
-        <v>15.751</v>
+        <v>15.606</v>
       </c>
       <c r="E638">
-        <v>1637.697</v>
+        <v>1637.337</v>
       </c>
       <c r="F638">
-        <v>646.232</v>
+        <v>645.675</v>
       </c>
       <c r="G638">
-        <v>65.659</v>
+        <v>66.372</v>
       </c>
       <c r="H638">
-        <v>4.248</v>
+        <v>4.271</v>
       </c>
       <c r="I638">
-        <v>55.616</v>
+        <v>55.776</v>
       </c>
       <c r="J638">
-        <v>134.426</v>
+        <v>134.202</v>
       </c>
       <c r="K638">
-        <v>25.147</v>
+        <v>25.482</v>
       </c>
       <c r="L638">
-        <v>285.096</v>
+        <v>286.103</v>
       </c>
       <c r="M638">
         <v>6.439</v>
       </c>
       <c r="N638">
-        <v>2575.463</v>
+        <v>2575.554</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>524.207</v>
+        <v>526.594</v>
       </c>
       <c r="C639">
-        <v>858.426</v>
+        <v>855.949</v>
       </c>
       <c r="D639">
-        <v>13.199</v>
+        <v>13.234</v>
       </c>
       <c r="E639">
-        <v>1395.831</v>
+        <v>1395.776</v>
       </c>
       <c r="F639">
-        <v>652.797</v>
+        <v>652.235</v>
       </c>
       <c r="G639">
-        <v>74.825</v>
+        <v>76.261</v>
       </c>
       <c r="H639">
-        <v>4.97</v>
+        <v>4.735</v>
       </c>
       <c r="I639">
-        <v>78.339</v>
+        <v>78.66</v>
       </c>
       <c r="J639">
-        <v>172.839</v>
+        <v>172.561</v>
       </c>
       <c r="K639">
-        <v>26.334</v>
+        <v>27.01</v>
       </c>
       <c r="L639">
-        <v>357.307</v>
+        <v>359.226</v>
       </c>
       <c r="M639">
         <v>2.768</v>
       </c>
       <c r="N639">
-        <v>2408.703</v>
+        <v>2410.005</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>487.707</v>
+        <v>485.985</v>
       </c>
       <c r="C640">
-        <v>860.439</v>
+        <v>854.821</v>
       </c>
       <c r="D640">
-        <v>12.246</v>
+        <v>12.317</v>
       </c>
       <c r="E640">
-        <v>1360.392</v>
+        <v>1353.123</v>
       </c>
       <c r="F640">
-        <v>605.093</v>
+        <v>604.572</v>
       </c>
       <c r="G640">
-        <v>76.133</v>
+        <v>77.582</v>
       </c>
       <c r="H640">
-        <v>4.383</v>
+        <v>4.457</v>
       </c>
       <c r="I640">
-        <v>90.378</v>
+        <v>90.586</v>
       </c>
       <c r="J640">
-        <v>155.926</v>
+        <v>156.474</v>
       </c>
       <c r="K640">
-        <v>21.779</v>
+        <v>22.03</v>
       </c>
       <c r="L640">
-        <v>348.599</v>
+        <v>351.129</v>
       </c>
       <c r="M640">
         <v>5.694</v>
       </c>
       <c r="N640">
-        <v>2319.777</v>
+        <v>2314.517</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>522.549</v>
+        <v>524.884</v>
       </c>
       <c r="C641">
-        <v>1001.312</v>
+        <v>1000.797</v>
       </c>
       <c r="D641">
-        <v>12.208</v>
+        <v>11.894</v>
       </c>
       <c r="E641">
-        <v>1536.069</v>
+        <v>1537.575</v>
       </c>
       <c r="F641">
-        <v>649.538</v>
+        <v>648.978</v>
       </c>
       <c r="G641">
-        <v>81.624</v>
+        <v>82.737</v>
       </c>
       <c r="H641">
-        <v>4.067</v>
+        <v>4.276</v>
       </c>
       <c r="I641">
-        <v>100.53</v>
+        <v>100.634</v>
       </c>
       <c r="J641">
-        <v>125.835</v>
+        <v>125.756</v>
       </c>
       <c r="K641">
-        <v>24.624</v>
+        <v>24.947</v>
       </c>
       <c r="L641">
-        <v>336.68</v>
+        <v>338.349</v>
       </c>
       <c r="M641">
         <v>7.964</v>
       </c>
       <c r="N641">
-        <v>2530.25</v>
+        <v>2532.866</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>685.426</v>
+        <v>687.092</v>
       </c>
       <c r="C642">
-        <v>1252.098</v>
+        <v>1247.907</v>
       </c>
       <c r="D642">
-        <v>17.188</v>
+        <v>16.914</v>
       </c>
       <c r="E642">
-        <v>1954.711</v>
+        <v>1951.913</v>
       </c>
       <c r="F642">
-        <v>692.155</v>
+        <v>691.559</v>
       </c>
       <c r="G642">
-        <v>74.629</v>
+        <v>75.275</v>
       </c>
       <c r="H642">
-        <v>4.322</v>
+        <v>4.359</v>
       </c>
       <c r="I642">
-        <v>107.371</v>
+        <v>107.829</v>
       </c>
       <c r="J642">
-        <v>122.243</v>
+        <v>122.033</v>
       </c>
       <c r="K642">
-        <v>26.594</v>
+        <v>27.36</v>
       </c>
       <c r="L642">
-        <v>335.158</v>
+        <v>336.856</v>
       </c>
       <c r="M642">
         <v>6.166</v>
       </c>
       <c r="N642">
-        <v>2988.19</v>
+        <v>2986.494</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>848.27</v>
+      </c>
+      <c r="C643">
+        <v>1538.362</v>
+      </c>
+      <c r="D643">
+        <v>17.288</v>
+      </c>
+      <c r="E643">
+        <v>2403.92</v>
+      </c>
+      <c r="F643">
+        <v>739.169</v>
+      </c>
+      <c r="G643">
+        <v>67.866</v>
+      </c>
+      <c r="H643">
+        <v>4.384</v>
+      </c>
+      <c r="I643">
+        <v>112.664</v>
+      </c>
+      <c r="J643">
+        <v>108.49</v>
+      </c>
+      <c r="K643">
+        <v>28.129</v>
+      </c>
+      <c r="L643">
+        <v>321.534</v>
+      </c>
+      <c r="M643">
+        <v>2.997</v>
+      </c>
+      <c r="N643">
+        <v>3467.621</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>746.453</v>
+      </c>
+      <c r="C644">
+        <v>1451.264</v>
+      </c>
+      <c r="D644">
+        <v>16.026</v>
+      </c>
+      <c r="E644">
+        <v>2213.743</v>
+      </c>
+      <c r="F644">
+        <v>738.374</v>
+      </c>
+      <c r="G644">
+        <v>67.867</v>
+      </c>
+      <c r="H644">
+        <v>4.602</v>
+      </c>
+      <c r="I644">
+        <v>106.984</v>
+      </c>
+      <c r="J644">
+        <v>93.077</v>
+      </c>
+      <c r="K644">
+        <v>27.678</v>
+      </c>
+      <c r="L644">
+        <v>300.209</v>
+      </c>
+      <c r="M644">
+        <v>3.756</v>
+      </c>
+      <c r="N644">
+        <v>3256.082</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>628.644</v>
+      </c>
+      <c r="C645">
+        <v>1257.376</v>
+      </c>
+      <c r="D645">
+        <v>13.863</v>
+      </c>
+      <c r="E645">
+        <v>1899.883</v>
+      </c>
+      <c r="F645">
+        <v>683.576</v>
+      </c>
+      <c r="G645">
+        <v>52.024</v>
+      </c>
+      <c r="H645">
+        <v>4.38</v>
+      </c>
+      <c r="I645">
+        <v>94.771</v>
+      </c>
+      <c r="J645">
+        <v>87.561</v>
+      </c>
+      <c r="K645">
+        <v>27.352</v>
+      </c>
+      <c r="L645">
+        <v>266.087</v>
+      </c>
+      <c r="M645">
+        <v>4.427</v>
+      </c>
+      <c r="N645">
+        <v>2853.973</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31779,128 +31911,128 @@
       </c>
       <c r="J86">
         <v>1480.788</v>
       </c>
       <c r="K86">
         <v>374.181</v>
       </c>
       <c r="L86">
         <v>3262.625</v>
       </c>
       <c r="M86">
         <v>140.615</v>
       </c>
       <c r="N86">
         <v>33052.768</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>7247.322</v>
       </c>
       <c r="C87">
-        <v>13314.801</v>
+        <v>13328.647</v>
       </c>
       <c r="D87">
         <v>175.508</v>
       </c>
       <c r="E87">
-        <v>20737.631</v>
+        <v>20751.477</v>
       </c>
       <c r="F87">
         <v>8098.974</v>
       </c>
       <c r="G87">
         <v>832.069</v>
       </c>
       <c r="H87">
         <v>55.846</v>
       </c>
       <c r="I87">
         <v>561.58</v>
       </c>
       <c r="J87">
         <v>1436.109</v>
       </c>
       <c r="K87">
         <v>342.313</v>
       </c>
       <c r="L87">
         <v>3227.917</v>
       </c>
       <c r="M87">
         <v>64.501</v>
       </c>
       <c r="N87">
-        <v>32129.023</v>
+        <v>32142.869</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>7015.161</v>
+        <v>7014.268</v>
       </c>
       <c r="C88">
-        <v>13900.098</v>
+        <v>13889.654</v>
       </c>
       <c r="D88">
-        <v>165.612</v>
+        <v>165.746</v>
       </c>
       <c r="E88">
-        <v>21080.871</v>
+        <v>21069.669</v>
       </c>
       <c r="F88">
-        <v>8173.249</v>
+        <v>8165.019</v>
       </c>
       <c r="G88">
-        <v>822.461</v>
+        <v>824.936</v>
       </c>
       <c r="H88">
-        <v>53.47</v>
+        <v>52.569</v>
       </c>
       <c r="I88">
-        <v>741.445</v>
+        <v>746.281</v>
       </c>
       <c r="J88">
-        <v>1546.281</v>
+        <v>1541.104</v>
       </c>
       <c r="K88">
-        <v>318.699</v>
+        <v>320.142</v>
       </c>
       <c r="L88">
-        <v>3482.356</v>
+        <v>3485.032</v>
       </c>
       <c r="M88">
-        <v>47.147</v>
+        <v>47.145</v>
       </c>
       <c r="N88">
-        <v>32783.623</v>
+        <v>32766.865</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>