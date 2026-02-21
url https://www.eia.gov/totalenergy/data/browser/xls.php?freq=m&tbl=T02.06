--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 2.6 Electric Power Sector Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumed by the Electric Power Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Electric Power Sector (Excluding Supplemental Gaseous Fuels)</t>
   </si>
   <si>
     <t>Petroleum Consumed by the Electric Power Sector</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumed by the Electric Power Sector</t>
   </si>
   <si>
     <t>Nuclear Electric Power Consumed by the Electric Power Sector</t>
   </si>
   <si>
     <t>Conventional Hydroelectric Power Consumed by the Electric Power Sector</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="65.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="95.263" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28094,436 +28094,480 @@
       </c>
       <c r="J636">
         <v>134.764</v>
       </c>
       <c r="K636">
         <v>28.276</v>
       </c>
       <c r="L636">
         <v>276.965</v>
       </c>
       <c r="M636">
         <v>7.119</v>
       </c>
       <c r="N636">
         <v>2778.191</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>863.101</v>
       </c>
       <c r="C637">
-        <v>1159.152</v>
+        <v>1160.12</v>
       </c>
       <c r="D637">
         <v>33.266</v>
       </c>
       <c r="E637">
-        <v>2055.519</v>
+        <v>2056.487</v>
       </c>
       <c r="F637">
         <v>749.17</v>
       </c>
       <c r="G637">
         <v>72.781</v>
       </c>
       <c r="H637">
         <v>4.74</v>
       </c>
       <c r="I637">
         <v>52.394</v>
       </c>
       <c r="J637">
         <v>148.704</v>
       </c>
       <c r="K637">
         <v>28.563</v>
       </c>
       <c r="L637">
         <v>307.182</v>
       </c>
       <c r="M637">
         <v>9.692</v>
       </c>
       <c r="N637">
-        <v>3121.563</v>
+        <v>3122.531</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>661.92</v>
       </c>
       <c r="C638">
-        <v>959.811</v>
+        <v>960.612</v>
       </c>
       <c r="D638">
         <v>15.606</v>
       </c>
       <c r="E638">
-        <v>1637.337</v>
+        <v>1638.138</v>
       </c>
       <c r="F638">
         <v>645.675</v>
       </c>
       <c r="G638">
         <v>66.372</v>
       </c>
       <c r="H638">
         <v>4.271</v>
       </c>
       <c r="I638">
         <v>55.776</v>
       </c>
       <c r="J638">
         <v>134.202</v>
       </c>
       <c r="K638">
         <v>25.482</v>
       </c>
       <c r="L638">
         <v>286.103</v>
       </c>
       <c r="M638">
         <v>6.439</v>
       </c>
       <c r="N638">
-        <v>2575.554</v>
+        <v>2576.355</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>526.594</v>
       </c>
       <c r="C639">
-        <v>855.949</v>
+        <v>856.695</v>
       </c>
       <c r="D639">
         <v>13.234</v>
       </c>
       <c r="E639">
-        <v>1395.776</v>
+        <v>1396.523</v>
       </c>
       <c r="F639">
         <v>652.235</v>
       </c>
       <c r="G639">
         <v>76.261</v>
       </c>
       <c r="H639">
         <v>4.735</v>
       </c>
       <c r="I639">
         <v>78.66</v>
       </c>
       <c r="J639">
         <v>172.561</v>
       </c>
       <c r="K639">
         <v>27.01</v>
       </c>
       <c r="L639">
         <v>359.226</v>
       </c>
       <c r="M639">
         <v>2.768</v>
       </c>
       <c r="N639">
-        <v>2410.005</v>
+        <v>2410.752</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>485.985</v>
       </c>
       <c r="C640">
-        <v>854.821</v>
+        <v>855.576</v>
       </c>
       <c r="D640">
         <v>12.317</v>
       </c>
       <c r="E640">
-        <v>1353.123</v>
+        <v>1353.878</v>
       </c>
       <c r="F640">
         <v>604.572</v>
       </c>
       <c r="G640">
         <v>77.582</v>
       </c>
       <c r="H640">
         <v>4.457</v>
       </c>
       <c r="I640">
         <v>90.586</v>
       </c>
       <c r="J640">
         <v>156.474</v>
       </c>
       <c r="K640">
         <v>22.03</v>
       </c>
       <c r="L640">
         <v>351.129</v>
       </c>
       <c r="M640">
         <v>5.694</v>
       </c>
       <c r="N640">
-        <v>2314.517</v>
+        <v>2315.272</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>524.884</v>
       </c>
       <c r="C641">
-        <v>1000.797</v>
+        <v>1001.673</v>
       </c>
       <c r="D641">
         <v>11.894</v>
       </c>
       <c r="E641">
-        <v>1537.575</v>
+        <v>1538.451</v>
       </c>
       <c r="F641">
         <v>648.978</v>
       </c>
       <c r="G641">
         <v>82.737</v>
       </c>
       <c r="H641">
         <v>4.276</v>
       </c>
       <c r="I641">
         <v>100.634</v>
       </c>
       <c r="J641">
         <v>125.756</v>
       </c>
       <c r="K641">
         <v>24.947</v>
       </c>
       <c r="L641">
         <v>338.349</v>
       </c>
       <c r="M641">
         <v>7.964</v>
       </c>
       <c r="N641">
-        <v>2532.866</v>
+        <v>2533.742</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>687.092</v>
       </c>
       <c r="C642">
-        <v>1247.907</v>
+        <v>1248.994</v>
       </c>
       <c r="D642">
         <v>16.914</v>
       </c>
       <c r="E642">
-        <v>1951.913</v>
+        <v>1953.001</v>
       </c>
       <c r="F642">
         <v>691.559</v>
       </c>
       <c r="G642">
         <v>75.275</v>
       </c>
       <c r="H642">
         <v>4.359</v>
       </c>
       <c r="I642">
         <v>107.829</v>
       </c>
       <c r="J642">
         <v>122.033</v>
       </c>
       <c r="K642">
         <v>27.36</v>
       </c>
       <c r="L642">
         <v>336.856</v>
       </c>
       <c r="M642">
         <v>6.166</v>
       </c>
       <c r="N642">
-        <v>2986.494</v>
+        <v>2987.582</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>848.27</v>
       </c>
       <c r="C643">
-        <v>1538.362</v>
+        <v>1539.703</v>
       </c>
       <c r="D643">
         <v>17.288</v>
       </c>
       <c r="E643">
-        <v>2403.92</v>
+        <v>2405.262</v>
       </c>
       <c r="F643">
         <v>739.169</v>
       </c>
       <c r="G643">
         <v>67.866</v>
       </c>
       <c r="H643">
         <v>4.384</v>
       </c>
       <c r="I643">
         <v>112.664</v>
       </c>
       <c r="J643">
         <v>108.49</v>
       </c>
       <c r="K643">
         <v>28.129</v>
       </c>
       <c r="L643">
         <v>321.534</v>
       </c>
       <c r="M643">
         <v>2.997</v>
       </c>
       <c r="N643">
-        <v>3467.621</v>
+        <v>3468.962</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>746.453</v>
       </c>
       <c r="C644">
-        <v>1451.264</v>
+        <v>1452.533</v>
       </c>
       <c r="D644">
         <v>16.026</v>
       </c>
       <c r="E644">
-        <v>2213.743</v>
+        <v>2215.011</v>
       </c>
       <c r="F644">
         <v>738.374</v>
       </c>
       <c r="G644">
         <v>67.867</v>
       </c>
       <c r="H644">
         <v>4.602</v>
       </c>
       <c r="I644">
         <v>106.984</v>
       </c>
       <c r="J644">
         <v>93.077</v>
       </c>
       <c r="K644">
         <v>27.678</v>
       </c>
       <c r="L644">
         <v>300.209</v>
       </c>
       <c r="M644">
         <v>3.756</v>
       </c>
       <c r="N644">
-        <v>3256.082</v>
+        <v>3257.35</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>628.644</v>
       </c>
       <c r="C645">
-        <v>1257.376</v>
+        <v>1258.474</v>
       </c>
       <c r="D645">
         <v>13.863</v>
       </c>
       <c r="E645">
-        <v>1899.883</v>
+        <v>1900.981</v>
       </c>
       <c r="F645">
         <v>683.576</v>
       </c>
       <c r="G645">
         <v>52.024</v>
       </c>
       <c r="H645">
         <v>4.38</v>
       </c>
       <c r="I645">
         <v>94.771</v>
       </c>
       <c r="J645">
         <v>87.561</v>
       </c>
       <c r="K645">
         <v>27.352</v>
       </c>
       <c r="L645">
         <v>266.087</v>
       </c>
       <c r="M645">
         <v>4.427</v>
       </c>
       <c r="N645">
-        <v>2853.973</v>
+        <v>2855.071</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>585.866</v>
+      </c>
+      <c r="C646">
+        <v>1067.473</v>
+      </c>
+      <c r="D646">
+        <v>14.134</v>
+      </c>
+      <c r="E646">
+        <v>1667.472</v>
+      </c>
+      <c r="F646">
+        <v>618.458</v>
+      </c>
+      <c r="G646">
+        <v>56.191</v>
+      </c>
+      <c r="H646">
+        <v>4.323</v>
+      </c>
+      <c r="I646">
+        <v>82.847</v>
+      </c>
+      <c r="J646">
+        <v>134.82</v>
+      </c>
+      <c r="K646">
+        <v>24.614</v>
+      </c>
+      <c r="L646">
+        <v>302.795</v>
+      </c>
+      <c r="M646">
+        <v>1.413</v>
+      </c>
+      <c r="N646">
+        <v>2590.139</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>