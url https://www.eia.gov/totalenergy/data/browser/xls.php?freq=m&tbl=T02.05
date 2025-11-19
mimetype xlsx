--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 2.5 Transportation Sector Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Transportation Sector (Excluding Supplemental Gaseous Fuels)</t>
   </si>
   <si>
     <t>Petroleum Consumed by the Transportation Sector (Excluding Biofuels)</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Biomass Energy Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Total Primary Energy Consumed by the Transportation Sector</t>
   </si>
@@ -480,54 +480,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="65.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="95.263" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="73.839" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="73.839" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -21611,1087 +21611,1122 @@
       </c>
       <c r="H612">
         <v>2.022</v>
       </c>
       <c r="I612">
         <v>2290.52</v>
       </c>
       <c r="J612">
         <v>3.127</v>
       </c>
       <c r="K612">
         <v>2293.647</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>0</v>
       </c>
       <c r="C613">
         <v>138.499</v>
       </c>
       <c r="D613">
-        <v>1943.631</v>
+        <v>1943.681</v>
       </c>
       <c r="E613">
-        <v>2082.13</v>
+        <v>2082.18</v>
       </c>
       <c r="F613">
         <v>135.707</v>
       </c>
       <c r="G613">
-        <v>2217.838</v>
+        <v>2217.888</v>
       </c>
       <c r="H613">
         <v>1.976</v>
       </c>
       <c r="I613">
-        <v>2219.814</v>
+        <v>2219.864</v>
       </c>
       <c r="J613">
         <v>2.822</v>
       </c>
       <c r="K613">
-        <v>2222.636</v>
+        <v>2222.686</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>0</v>
       </c>
       <c r="C614">
         <v>123.568</v>
       </c>
       <c r="D614">
-        <v>1829.157</v>
+        <v>1829.202</v>
       </c>
       <c r="E614">
-        <v>1952.725</v>
+        <v>1952.77</v>
       </c>
       <c r="F614">
         <v>124.314</v>
       </c>
       <c r="G614">
-        <v>2077.038</v>
+        <v>2077.083</v>
       </c>
       <c r="H614">
         <v>1.914</v>
       </c>
       <c r="I614">
-        <v>2078.952</v>
+        <v>2078.997</v>
       </c>
       <c r="J614">
         <v>2.547</v>
       </c>
       <c r="K614">
-        <v>2081.499</v>
+        <v>2081.545</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>0</v>
       </c>
       <c r="C615">
         <v>125.94</v>
       </c>
       <c r="D615">
-        <v>2100.424</v>
+        <v>2100.474</v>
       </c>
       <c r="E615">
-        <v>2226.364</v>
+        <v>2226.414</v>
       </c>
       <c r="F615">
         <v>148.733</v>
       </c>
       <c r="G615">
-        <v>2375.096</v>
+        <v>2375.146</v>
       </c>
       <c r="H615">
         <v>1.969</v>
       </c>
       <c r="I615">
-        <v>2377.065</v>
+        <v>2377.115</v>
       </c>
       <c r="J615">
         <v>2.697</v>
       </c>
       <c r="K615">
-        <v>2379.762</v>
+        <v>2379.812</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>0</v>
       </c>
       <c r="C616">
         <v>100.855</v>
       </c>
       <c r="D616">
-        <v>2022.241</v>
+        <v>2022.289</v>
       </c>
       <c r="E616">
-        <v>2123.096</v>
+        <v>2123.145</v>
       </c>
       <c r="F616">
         <v>138.63</v>
       </c>
       <c r="G616">
-        <v>2261.726</v>
+        <v>2261.774</v>
       </c>
       <c r="H616">
         <v>1.752</v>
       </c>
       <c r="I616">
-        <v>2263.478</v>
+        <v>2263.526</v>
       </c>
       <c r="J616">
         <v>2.31</v>
       </c>
       <c r="K616">
-        <v>2265.788</v>
+        <v>2265.836</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>0</v>
       </c>
       <c r="C617">
         <v>96.174</v>
       </c>
       <c r="D617">
-        <v>2140.625</v>
+        <v>2140.675</v>
       </c>
       <c r="E617">
-        <v>2236.8</v>
+        <v>2236.85</v>
       </c>
       <c r="F617">
         <v>161.702</v>
       </c>
       <c r="G617">
-        <v>2398.501</v>
+        <v>2398.551</v>
       </c>
       <c r="H617">
         <v>1.804</v>
       </c>
       <c r="I617">
-        <v>2400.305</v>
+        <v>2400.355</v>
       </c>
       <c r="J617">
         <v>2.536</v>
       </c>
       <c r="K617">
-        <v>2402.841</v>
+        <v>2402.891</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>0</v>
       </c>
       <c r="C618">
         <v>98.309</v>
       </c>
       <c r="D618">
-        <v>2151.216</v>
+        <v>2151.264</v>
       </c>
       <c r="E618">
-        <v>2249.526</v>
+        <v>2249.574</v>
       </c>
       <c r="F618">
         <v>158.182</v>
       </c>
       <c r="G618">
-        <v>2407.707</v>
+        <v>2407.756</v>
       </c>
       <c r="H618">
         <v>1.975</v>
       </c>
       <c r="I618">
-        <v>2409.682</v>
+        <v>2409.73</v>
       </c>
       <c r="J618">
         <v>2.949</v>
       </c>
       <c r="K618">
-        <v>2412.631</v>
+        <v>2412.68</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0</v>
       </c>
       <c r="C619">
         <v>111.02</v>
       </c>
       <c r="D619">
-        <v>2151.659</v>
+        <v>2151.709</v>
       </c>
       <c r="E619">
-        <v>2262.679</v>
+        <v>2262.729</v>
       </c>
       <c r="F619">
         <v>149.264</v>
       </c>
       <c r="G619">
-        <v>2411.943</v>
+        <v>2411.993</v>
       </c>
       <c r="H619">
         <v>2.118</v>
       </c>
       <c r="I619">
-        <v>2414.06</v>
+        <v>2414.11</v>
       </c>
       <c r="J619">
         <v>3.284</v>
       </c>
       <c r="K619">
-        <v>2417.345</v>
+        <v>2417.395</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>0</v>
       </c>
       <c r="C620">
         <v>111.235</v>
       </c>
       <c r="D620">
-        <v>2221.791</v>
+        <v>2221.841</v>
       </c>
       <c r="E620">
-        <v>2333.026</v>
+        <v>2333.076</v>
       </c>
       <c r="F620">
         <v>161.715</v>
       </c>
       <c r="G620">
-        <v>2494.741</v>
+        <v>2494.79</v>
       </c>
       <c r="H620">
         <v>1.971</v>
       </c>
       <c r="I620">
-        <v>2496.711</v>
+        <v>2496.761</v>
       </c>
       <c r="J620">
         <v>2.962</v>
       </c>
       <c r="K620">
-        <v>2499.674</v>
+        <v>2499.723</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>0</v>
       </c>
       <c r="C621">
         <v>98.763</v>
       </c>
       <c r="D621">
-        <v>2040.169</v>
+        <v>2040.217</v>
       </c>
       <c r="E621">
-        <v>2138.932</v>
+        <v>2138.98</v>
       </c>
       <c r="F621">
         <v>151.575</v>
       </c>
       <c r="G621">
-        <v>2290.507</v>
+        <v>2290.555</v>
       </c>
       <c r="H621">
         <v>2.223</v>
       </c>
       <c r="I621">
-        <v>2292.73</v>
+        <v>2292.779</v>
       </c>
       <c r="J621">
         <v>3.068</v>
       </c>
       <c r="K621">
-        <v>2295.799</v>
+        <v>2295.847</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>0</v>
       </c>
       <c r="C622">
         <v>101.454</v>
       </c>
       <c r="D622">
-        <v>2160.545</v>
+        <v>2160.595</v>
       </c>
       <c r="E622">
-        <v>2261.998</v>
+        <v>2262.048</v>
       </c>
       <c r="F622">
         <v>159.375</v>
       </c>
       <c r="G622">
-        <v>2421.373</v>
+        <v>2421.423</v>
       </c>
       <c r="H622">
         <v>1.929</v>
       </c>
       <c r="I622">
-        <v>2423.302</v>
+        <v>2423.352</v>
       </c>
       <c r="J622">
         <v>2.678</v>
       </c>
       <c r="K622">
-        <v>2425.981</v>
+        <v>2426.03</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>0</v>
       </c>
       <c r="C623">
         <v>117.611</v>
       </c>
       <c r="D623">
-        <v>2038.304</v>
+        <v>2038.352</v>
       </c>
       <c r="E623">
-        <v>2155.915</v>
+        <v>2155.963</v>
       </c>
       <c r="F623">
         <v>145.746</v>
       </c>
       <c r="G623">
-        <v>2301.66</v>
+        <v>2301.709</v>
       </c>
       <c r="H623">
         <v>1.874</v>
       </c>
       <c r="I623">
-        <v>2303.534</v>
+        <v>2303.582</v>
       </c>
       <c r="J623">
         <v>2.715</v>
       </c>
       <c r="K623">
-        <v>2306.249</v>
+        <v>2306.297</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>0</v>
       </c>
       <c r="C624">
         <v>132.15</v>
       </c>
       <c r="D624">
-        <v>2058.938</v>
+        <v>2058.988</v>
       </c>
       <c r="E624">
-        <v>2191.088</v>
+        <v>2191.138</v>
       </c>
       <c r="F624">
         <v>157.159</v>
       </c>
       <c r="G624">
-        <v>2348.248</v>
+        <v>2348.298</v>
       </c>
       <c r="H624">
         <v>1.915</v>
       </c>
       <c r="I624">
-        <v>2350.163</v>
+        <v>2350.213</v>
       </c>
       <c r="J624">
         <v>2.839</v>
       </c>
       <c r="K624">
-        <v>2353.003</v>
+        <v>2353.052</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>0</v>
       </c>
       <c r="C625">
         <v>152.505</v>
       </c>
       <c r="D625">
-        <v>1930.533</v>
+        <v>1930.602</v>
       </c>
       <c r="E625">
-        <v>2083.039</v>
+        <v>2083.107</v>
       </c>
       <c r="F625">
         <v>140.199</v>
       </c>
       <c r="G625">
-        <v>2223.238</v>
+        <v>2223.306</v>
       </c>
       <c r="H625">
         <v>2.084</v>
       </c>
       <c r="I625">
-        <v>2225.322</v>
+        <v>2225.39</v>
       </c>
       <c r="J625">
         <v>3.209</v>
       </c>
       <c r="K625">
-        <v>2228.531</v>
+        <v>2228.599</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>0</v>
       </c>
       <c r="C626">
         <v>122.322</v>
       </c>
       <c r="D626">
-        <v>1859.987</v>
+        <v>1860.051</v>
       </c>
       <c r="E626">
-        <v>1982.31</v>
+        <v>1982.373</v>
       </c>
       <c r="F626">
         <v>150.937</v>
       </c>
       <c r="G626">
-        <v>2133.247</v>
+        <v>2133.311</v>
       </c>
       <c r="H626">
         <v>1.845</v>
       </c>
       <c r="I626">
-        <v>2135.092</v>
+        <v>2135.155</v>
       </c>
       <c r="J626">
         <v>2.447</v>
       </c>
       <c r="K626">
-        <v>2137.539</v>
+        <v>2137.603</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>0</v>
       </c>
       <c r="C627">
         <v>115.858</v>
       </c>
       <c r="D627">
-        <v>2071.36</v>
+        <v>2071.428</v>
       </c>
       <c r="E627">
-        <v>2187.218</v>
+        <v>2187.286</v>
       </c>
       <c r="F627">
         <v>154.959</v>
       </c>
       <c r="G627">
-        <v>2342.177</v>
+        <v>2342.245</v>
       </c>
       <c r="H627">
         <v>2.044</v>
       </c>
       <c r="I627">
-        <v>2344.221</v>
+        <v>2344.29</v>
       </c>
       <c r="J627">
         <v>2.727</v>
       </c>
       <c r="K627">
-        <v>2346.949</v>
+        <v>2347.017</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>0</v>
       </c>
       <c r="C628">
         <v>99.759</v>
       </c>
       <c r="D628">
-        <v>2040.602</v>
+        <v>2040.668</v>
       </c>
       <c r="E628">
-        <v>2140.36</v>
+        <v>2140.426</v>
       </c>
       <c r="F628">
         <v>152.651</v>
       </c>
       <c r="G628">
-        <v>2293.012</v>
+        <v>2293.077</v>
       </c>
       <c r="H628">
         <v>1.835</v>
       </c>
       <c r="I628">
-        <v>2294.846</v>
+        <v>2294.912</v>
       </c>
       <c r="J628">
         <v>2.39</v>
       </c>
       <c r="K628">
-        <v>2297.236</v>
+        <v>2297.302</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>0</v>
       </c>
       <c r="C629">
         <v>97.386</v>
       </c>
       <c r="D629">
-        <v>2190.383</v>
+        <v>2190.451</v>
       </c>
       <c r="E629">
-        <v>2287.769</v>
+        <v>2287.838</v>
       </c>
       <c r="F629">
         <v>167.563</v>
       </c>
       <c r="G629">
-        <v>2455.332</v>
+        <v>2455.4</v>
       </c>
       <c r="H629">
         <v>2.037</v>
       </c>
       <c r="I629">
-        <v>2457.369</v>
+        <v>2457.437</v>
       </c>
       <c r="J629">
         <v>2.883</v>
       </c>
       <c r="K629">
-        <v>2460.252</v>
+        <v>2460.32</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>0</v>
       </c>
       <c r="C630">
         <v>101.095</v>
       </c>
       <c r="D630">
-        <v>2109.653</v>
+        <v>2109.719</v>
       </c>
       <c r="E630">
-        <v>2210.748</v>
+        <v>2210.814</v>
       </c>
       <c r="F630">
         <v>161.652</v>
       </c>
       <c r="G630">
-        <v>2372.4</v>
+        <v>2372.466</v>
       </c>
       <c r="H630">
         <v>1.947</v>
       </c>
       <c r="I630">
-        <v>2374.347</v>
+        <v>2374.413</v>
       </c>
       <c r="J630">
         <v>2.845</v>
       </c>
       <c r="K630">
-        <v>2377.192</v>
+        <v>2377.258</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>0</v>
       </c>
       <c r="C631">
         <v>113.741</v>
       </c>
       <c r="D631">
-        <v>2210.376</v>
+        <v>2210.445</v>
       </c>
       <c r="E631">
-        <v>2324.118</v>
+        <v>2324.186</v>
       </c>
       <c r="F631">
         <v>173.502</v>
       </c>
       <c r="G631">
-        <v>2497.62</v>
+        <v>2497.688</v>
       </c>
       <c r="H631">
         <v>2.187</v>
       </c>
       <c r="I631">
-        <v>2499.806</v>
+        <v>2499.875</v>
       </c>
       <c r="J631">
         <v>3.267</v>
       </c>
       <c r="K631">
-        <v>2503.074</v>
+        <v>2503.142</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>0</v>
       </c>
       <c r="C632">
         <v>112.529</v>
       </c>
       <c r="D632">
-        <v>2215.459</v>
+        <v>2215.527</v>
       </c>
       <c r="E632">
-        <v>2327.987</v>
+        <v>2328.056</v>
       </c>
       <c r="F632">
         <v>163.606</v>
       </c>
       <c r="G632">
-        <v>2491.594</v>
+        <v>2491.662</v>
       </c>
       <c r="H632">
         <v>2.134</v>
       </c>
       <c r="I632">
-        <v>2493.727</v>
+        <v>2493.795</v>
       </c>
       <c r="J632">
         <v>3.145</v>
       </c>
       <c r="K632">
-        <v>2496.872</v>
+        <v>2496.941</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>0</v>
       </c>
       <c r="C633">
         <v>100.535</v>
       </c>
       <c r="D633">
-        <v>2040.72</v>
+        <v>2040.786</v>
       </c>
       <c r="E633">
-        <v>2141.255</v>
+        <v>2141.321</v>
       </c>
       <c r="F633">
         <v>157.612</v>
       </c>
       <c r="G633">
-        <v>2298.867</v>
+        <v>2298.933</v>
       </c>
       <c r="H633">
         <v>1.932</v>
       </c>
       <c r="I633">
-        <v>2300.799</v>
+        <v>2300.865</v>
       </c>
       <c r="J633">
         <v>2.675</v>
       </c>
       <c r="K633">
-        <v>2303.474</v>
+        <v>2303.54</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>0</v>
       </c>
       <c r="C634">
         <v>101.214</v>
       </c>
       <c r="D634">
-        <v>2161.262</v>
+        <v>2161.33</v>
       </c>
       <c r="E634">
-        <v>2262.476</v>
+        <v>2262.544</v>
       </c>
       <c r="F634">
         <v>167.129</v>
       </c>
       <c r="G634">
-        <v>2429.605</v>
+        <v>2429.673</v>
       </c>
       <c r="H634">
         <v>1.948</v>
       </c>
       <c r="I634">
-        <v>2431.553</v>
+        <v>2431.621</v>
       </c>
       <c r="J634">
         <v>2.643</v>
       </c>
       <c r="K634">
-        <v>2434.196</v>
+        <v>2434.264</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>0</v>
       </c>
       <c r="C635">
         <v>112.149</v>
       </c>
       <c r="D635">
-        <v>2002.437</v>
+        <v>2002.503</v>
       </c>
       <c r="E635">
-        <v>2114.587</v>
+        <v>2114.652</v>
       </c>
       <c r="F635">
         <v>157.748</v>
       </c>
       <c r="G635">
-        <v>2272.335</v>
+        <v>2272.4</v>
       </c>
       <c r="H635">
         <v>1.912</v>
       </c>
       <c r="I635">
-        <v>2274.246</v>
+        <v>2274.312</v>
       </c>
       <c r="J635">
         <v>2.779</v>
       </c>
       <c r="K635">
-        <v>2277.025</v>
+        <v>2277.091</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>0</v>
       </c>
       <c r="C636">
         <v>137.868</v>
       </c>
       <c r="D636">
-        <v>2055.889</v>
+        <v>2055.957</v>
       </c>
       <c r="E636">
-        <v>2193.757</v>
+        <v>2193.825</v>
       </c>
       <c r="F636">
         <v>156.553</v>
       </c>
       <c r="G636">
-        <v>2350.309</v>
+        <v>2350.377</v>
       </c>
       <c r="H636">
         <v>2.06</v>
       </c>
       <c r="I636">
-        <v>2352.369</v>
+        <v>2352.437</v>
       </c>
       <c r="J636">
         <v>3.082</v>
       </c>
       <c r="K636">
-        <v>2355.452</v>
+        <v>2355.52</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0</v>
       </c>
       <c r="C637">
         <v>160.439</v>
       </c>
       <c r="D637">
-        <v>1996.874</v>
+        <v>1996.193</v>
       </c>
       <c r="E637">
-        <v>2157.313</v>
+        <v>2156.632</v>
       </c>
       <c r="F637">
         <v>132.609</v>
       </c>
       <c r="G637">
-        <v>2289.922</v>
+        <v>2289.241</v>
       </c>
       <c r="H637">
         <v>2.163</v>
       </c>
       <c r="I637">
-        <v>2292.085</v>
+        <v>2291.403</v>
       </c>
       <c r="J637">
         <v>3.317</v>
       </c>
       <c r="K637">
-        <v>2295.402</v>
+        <v>2294.721</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>0</v>
       </c>
       <c r="C638">
         <v>132.98</v>
       </c>
       <c r="D638">
-        <v>1814.253</v>
+        <v>1813.611</v>
       </c>
       <c r="E638">
-        <v>1947.233</v>
+        <v>1946.591</v>
       </c>
       <c r="F638">
         <v>129.947</v>
       </c>
       <c r="G638">
-        <v>2077.181</v>
+        <v>2076.539</v>
       </c>
       <c r="H638">
         <v>2.079</v>
       </c>
       <c r="I638">
-        <v>2079.26</v>
+        <v>2078.618</v>
       </c>
       <c r="J638">
         <v>2.829</v>
       </c>
       <c r="K638">
-        <v>2082.088</v>
+        <v>2081.446</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>0</v>
       </c>
       <c r="C639">
         <v>113.944</v>
       </c>
       <c r="D639">
-        <v>2063.44</v>
+        <v>2062.701</v>
       </c>
       <c r="E639">
-        <v>2177.384</v>
+        <v>2176.645</v>
       </c>
       <c r="F639">
         <v>139.776</v>
       </c>
       <c r="G639">
-        <v>2317.161</v>
+        <v>2316.422</v>
       </c>
       <c r="H639">
         <v>2.103</v>
       </c>
       <c r="I639">
-        <v>2319.263</v>
+        <v>2318.524</v>
       </c>
       <c r="J639">
         <v>2.738</v>
       </c>
       <c r="K639">
-        <v>2322.001</v>
+        <v>2321.262</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>0</v>
       </c>
       <c r="C640">
         <v>99.277</v>
       </c>
       <c r="D640">
-        <v>2063.877</v>
+        <v>2063.118</v>
       </c>
       <c r="E640">
-        <v>2163.154</v>
+        <v>2162.395</v>
       </c>
       <c r="F640">
         <v>141.718</v>
       </c>
       <c r="G640">
-        <v>2304.872</v>
+        <v>2304.113</v>
       </c>
       <c r="H640">
         <v>1.94</v>
       </c>
       <c r="I640">
-        <v>2306.812</v>
+        <v>2306.053</v>
       </c>
       <c r="J640">
         <v>2.549</v>
       </c>
       <c r="K640">
-        <v>2309.361</v>
+        <v>2308.602</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>0</v>
       </c>
       <c r="C641">
-        <v>96.31</v>
+        <v>96.291</v>
       </c>
       <c r="D641">
-        <v>2147.657</v>
+        <v>2146.876</v>
       </c>
       <c r="E641">
-        <v>2243.967</v>
+        <v>2243.167</v>
       </c>
       <c r="F641">
         <v>139.049</v>
       </c>
       <c r="G641">
-        <v>2383.016</v>
+        <v>2382.215</v>
       </c>
       <c r="H641">
         <v>1.897</v>
       </c>
       <c r="I641">
-        <v>2384.913</v>
+        <v>2384.112</v>
       </c>
       <c r="J641">
         <v>2.618</v>
       </c>
       <c r="K641">
-        <v>2387.531</v>
+        <v>2386.731</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>0</v>
       </c>
       <c r="C642">
-        <v>100.545</v>
+        <v>100.539</v>
       </c>
       <c r="D642">
-        <v>2155.066</v>
+        <v>2154.257</v>
       </c>
       <c r="E642">
-        <v>2255.611</v>
+        <v>2254.796</v>
       </c>
       <c r="F642">
         <v>135.626</v>
       </c>
       <c r="G642">
-        <v>2391.237</v>
+        <v>2390.422</v>
       </c>
       <c r="H642">
         <v>2.276</v>
       </c>
       <c r="I642">
-        <v>2393.514</v>
+        <v>2392.698</v>
       </c>
       <c r="J642">
-        <v>3.314</v>
+        <v>3.313</v>
       </c>
       <c r="K642">
-        <v>2396.828</v>
+        <v>2396.012</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>0</v>
+      </c>
+      <c r="C643">
+        <v>113.128</v>
+      </c>
+      <c r="D643">
+        <v>2221.906</v>
+      </c>
+      <c r="E643">
+        <v>2335.034</v>
+      </c>
+      <c r="F643">
+        <v>143.781</v>
+      </c>
+      <c r="G643">
+        <v>2478.815</v>
+      </c>
+      <c r="H643">
+        <v>2.063</v>
+      </c>
+      <c r="I643">
+        <v>2480.877</v>
+      </c>
+      <c r="J643">
+        <v>3.098</v>
+      </c>
+      <c r="K643">
+        <v>2483.975</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -25395,107 +25430,107 @@
       </c>
       <c r="H86">
         <v>22.516</v>
       </c>
       <c r="I86">
         <v>27643.327</v>
       </c>
       <c r="J86">
         <v>33.025</v>
       </c>
       <c r="K86">
         <v>27676.351</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>0</v>
       </c>
       <c r="C87">
         <v>1355.579</v>
       </c>
       <c r="D87">
-        <v>24858.696</v>
+        <v>24859.284</v>
       </c>
       <c r="E87">
-        <v>26214.275</v>
+        <v>26214.863</v>
       </c>
       <c r="F87">
         <v>1792.103</v>
       </c>
       <c r="G87">
-        <v>28006.378</v>
+        <v>28006.966</v>
       </c>
       <c r="H87">
         <v>23.419</v>
       </c>
       <c r="I87">
-        <v>28029.798</v>
+        <v>28030.386</v>
       </c>
       <c r="J87">
         <v>33.502</v>
       </c>
       <c r="K87">
-        <v>28063.299</v>
+        <v>28063.887</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>0</v>
       </c>
       <c r="C88">
         <v>1366.962</v>
       </c>
       <c r="D88">
-        <v>24888.674</v>
+        <v>24889.478</v>
       </c>
       <c r="E88">
-        <v>26255.636</v>
+        <v>26256.44</v>
       </c>
       <c r="F88">
         <v>1904.098</v>
       </c>
       <c r="G88">
-        <v>28159.734</v>
+        <v>28160.538</v>
       </c>
       <c r="H88">
         <v>23.965</v>
       </c>
       <c r="I88">
-        <v>28183.698</v>
+        <v>28184.502</v>
       </c>
       <c r="J88">
         <v>34.154</v>
       </c>
       <c r="K88">
-        <v>28217.852</v>
+        <v>28218.656</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>