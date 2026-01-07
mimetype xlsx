--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 2.5 Transportation Sector Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Transportation Sector (Excluding Supplemental Gaseous Fuels)</t>
   </si>
   <si>
     <t>Petroleum Consumed by the Transportation Sector (Excluding Biofuels)</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Biomass Energy Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Total Primary Energy Consumed by the Transportation Sector</t>
   </si>
@@ -480,54 +480,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="65.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="95.263" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="73.839" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="73.839" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -21608,1125 +21608,1195 @@
       </c>
       <c r="G612">
         <v>2288.497</v>
       </c>
       <c r="H612">
         <v>2.022</v>
       </c>
       <c r="I612">
         <v>2290.52</v>
       </c>
       <c r="J612">
         <v>3.127</v>
       </c>
       <c r="K612">
         <v>2293.647</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>0</v>
       </c>
       <c r="C613">
-        <v>138.499</v>
+        <v>190.546</v>
       </c>
       <c r="D613">
         <v>1943.681</v>
       </c>
       <c r="E613">
-        <v>2082.18</v>
+        <v>2134.227</v>
       </c>
       <c r="F613">
         <v>135.707</v>
       </c>
       <c r="G613">
-        <v>2217.888</v>
+        <v>2269.934</v>
       </c>
       <c r="H613">
         <v>1.976</v>
       </c>
       <c r="I613">
-        <v>2219.864</v>
+        <v>2271.91</v>
       </c>
       <c r="J613">
-        <v>2.822</v>
+        <v>2.824</v>
       </c>
       <c r="K613">
-        <v>2222.686</v>
+        <v>2274.734</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>0</v>
       </c>
       <c r="C614">
-        <v>123.568</v>
+        <v>169.978</v>
       </c>
       <c r="D614">
         <v>1829.202</v>
       </c>
       <c r="E614">
-        <v>1952.77</v>
+        <v>1999.18</v>
       </c>
       <c r="F614">
         <v>124.314</v>
       </c>
       <c r="G614">
-        <v>2077.083</v>
+        <v>2123.493</v>
       </c>
       <c r="H614">
         <v>1.914</v>
       </c>
       <c r="I614">
-        <v>2078.997</v>
+        <v>2125.407</v>
       </c>
       <c r="J614">
-        <v>2.547</v>
+        <v>2.549</v>
       </c>
       <c r="K614">
-        <v>2081.545</v>
+        <v>2127.956</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>0</v>
       </c>
       <c r="C615">
-        <v>125.94</v>
+        <v>173.056</v>
       </c>
       <c r="D615">
         <v>2100.474</v>
       </c>
       <c r="E615">
-        <v>2226.414</v>
+        <v>2273.53</v>
       </c>
       <c r="F615">
         <v>148.733</v>
       </c>
       <c r="G615">
-        <v>2375.146</v>
+        <v>2422.263</v>
       </c>
       <c r="H615">
         <v>1.969</v>
       </c>
       <c r="I615">
-        <v>2377.115</v>
+        <v>2424.231</v>
       </c>
       <c r="J615">
-        <v>2.697</v>
+        <v>2.698</v>
       </c>
       <c r="K615">
-        <v>2379.812</v>
+        <v>2426.93</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>0</v>
       </c>
       <c r="C616">
-        <v>100.855</v>
+        <v>138.199</v>
       </c>
       <c r="D616">
         <v>2022.289</v>
       </c>
       <c r="E616">
-        <v>2123.145</v>
+        <v>2160.488</v>
       </c>
       <c r="F616">
         <v>138.63</v>
       </c>
       <c r="G616">
-        <v>2261.774</v>
+        <v>2299.118</v>
       </c>
       <c r="H616">
         <v>1.752</v>
       </c>
       <c r="I616">
-        <v>2263.526</v>
+        <v>2300.87</v>
       </c>
       <c r="J616">
-        <v>2.31</v>
+        <v>2.311</v>
       </c>
       <c r="K616">
-        <v>2265.836</v>
+        <v>2303.182</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>0</v>
       </c>
       <c r="C617">
-        <v>96.174</v>
+        <v>131.606</v>
       </c>
       <c r="D617">
         <v>2140.675</v>
       </c>
       <c r="E617">
-        <v>2236.85</v>
+        <v>2272.281</v>
       </c>
       <c r="F617">
         <v>161.702</v>
       </c>
       <c r="G617">
-        <v>2398.551</v>
+        <v>2433.983</v>
       </c>
       <c r="H617">
         <v>1.804</v>
       </c>
       <c r="I617">
-        <v>2400.355</v>
+        <v>2435.787</v>
       </c>
       <c r="J617">
-        <v>2.536</v>
+        <v>2.538</v>
       </c>
       <c r="K617">
-        <v>2402.891</v>
+        <v>2438.325</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>0</v>
       </c>
       <c r="C618">
-        <v>98.309</v>
+        <v>134.654</v>
       </c>
       <c r="D618">
         <v>2151.264</v>
       </c>
       <c r="E618">
-        <v>2249.574</v>
+        <v>2285.919</v>
       </c>
       <c r="F618">
         <v>158.182</v>
       </c>
       <c r="G618">
-        <v>2407.756</v>
+        <v>2444.1</v>
       </c>
       <c r="H618">
         <v>1.975</v>
       </c>
       <c r="I618">
-        <v>2409.73</v>
+        <v>2446.075</v>
       </c>
       <c r="J618">
-        <v>2.949</v>
+        <v>2.952</v>
       </c>
       <c r="K618">
-        <v>2412.68</v>
+        <v>2449.027</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0</v>
       </c>
       <c r="C619">
-        <v>111.02</v>
+        <v>152.279</v>
       </c>
       <c r="D619">
         <v>2151.709</v>
       </c>
       <c r="E619">
-        <v>2262.729</v>
+        <v>2303.988</v>
       </c>
       <c r="F619">
         <v>149.264</v>
       </c>
       <c r="G619">
-        <v>2411.993</v>
+        <v>2453.252</v>
       </c>
       <c r="H619">
         <v>2.118</v>
       </c>
       <c r="I619">
-        <v>2414.11</v>
+        <v>2455.37</v>
       </c>
       <c r="J619">
-        <v>3.284</v>
+        <v>3.287</v>
       </c>
       <c r="K619">
-        <v>2417.395</v>
+        <v>2458.657</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>0</v>
       </c>
       <c r="C620">
-        <v>111.235</v>
+        <v>152.578</v>
       </c>
       <c r="D620">
         <v>2221.841</v>
       </c>
       <c r="E620">
-        <v>2333.076</v>
+        <v>2374.419</v>
       </c>
       <c r="F620">
         <v>161.715</v>
       </c>
       <c r="G620">
-        <v>2494.79</v>
+        <v>2536.134</v>
       </c>
       <c r="H620">
         <v>1.971</v>
       </c>
       <c r="I620">
-        <v>2496.761</v>
+        <v>2538.105</v>
       </c>
       <c r="J620">
-        <v>2.962</v>
+        <v>2.965</v>
       </c>
       <c r="K620">
-        <v>2499.723</v>
+        <v>2541.07</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>0</v>
       </c>
       <c r="C621">
-        <v>98.763</v>
+        <v>135.286</v>
       </c>
       <c r="D621">
         <v>2040.217</v>
       </c>
       <c r="E621">
-        <v>2138.98</v>
+        <v>2175.503</v>
       </c>
       <c r="F621">
         <v>151.575</v>
       </c>
       <c r="G621">
-        <v>2290.555</v>
+        <v>2327.078</v>
       </c>
       <c r="H621">
         <v>2.223</v>
       </c>
       <c r="I621">
-        <v>2292.779</v>
+        <v>2329.301</v>
       </c>
       <c r="J621">
-        <v>3.068</v>
+        <v>3.071</v>
       </c>
       <c r="K621">
-        <v>2295.847</v>
+        <v>2332.373</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>0</v>
       </c>
       <c r="C622">
-        <v>101.454</v>
+        <v>138.958</v>
       </c>
       <c r="D622">
         <v>2160.595</v>
       </c>
       <c r="E622">
-        <v>2262.048</v>
+        <v>2299.552</v>
       </c>
       <c r="F622">
         <v>159.375</v>
       </c>
       <c r="G622">
-        <v>2421.423</v>
+        <v>2458.927</v>
       </c>
       <c r="H622">
         <v>1.929</v>
       </c>
       <c r="I622">
-        <v>2423.352</v>
+        <v>2460.856</v>
       </c>
       <c r="J622">
-        <v>2.678</v>
+        <v>2.681</v>
       </c>
       <c r="K622">
-        <v>2426.03</v>
+        <v>2463.537</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>0</v>
       </c>
       <c r="C623">
-        <v>117.611</v>
+        <v>161.533</v>
       </c>
       <c r="D623">
         <v>2038.352</v>
       </c>
       <c r="E623">
-        <v>2155.963</v>
+        <v>2199.884</v>
       </c>
       <c r="F623">
         <v>145.746</v>
       </c>
       <c r="G623">
-        <v>2301.709</v>
+        <v>2345.63</v>
       </c>
       <c r="H623">
         <v>1.874</v>
       </c>
       <c r="I623">
-        <v>2303.582</v>
+        <v>2347.504</v>
       </c>
       <c r="J623">
-        <v>2.715</v>
+        <v>2.717</v>
       </c>
       <c r="K623">
-        <v>2306.297</v>
+        <v>2350.221</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>0</v>
       </c>
       <c r="C624">
-        <v>132.15</v>
+        <v>181.705</v>
       </c>
       <c r="D624">
         <v>2058.988</v>
       </c>
       <c r="E624">
-        <v>2191.138</v>
+        <v>2240.693</v>
       </c>
       <c r="F624">
         <v>157.159</v>
       </c>
       <c r="G624">
-        <v>2348.298</v>
+        <v>2397.852</v>
       </c>
       <c r="H624">
         <v>1.915</v>
       </c>
       <c r="I624">
-        <v>2350.213</v>
+        <v>2399.767</v>
       </c>
       <c r="J624">
-        <v>2.839</v>
+        <v>2.841</v>
       </c>
       <c r="K624">
-        <v>2353.052</v>
+        <v>2402.608</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>0</v>
       </c>
       <c r="C625">
-        <v>152.505</v>
+        <v>212.024</v>
       </c>
       <c r="D625">
-        <v>1930.602</v>
+        <v>1931.768</v>
       </c>
       <c r="E625">
-        <v>2083.107</v>
+        <v>2143.792</v>
       </c>
       <c r="F625">
         <v>140.199</v>
       </c>
       <c r="G625">
-        <v>2223.306</v>
+        <v>2283.991</v>
       </c>
       <c r="H625">
-        <v>2.084</v>
+        <v>2.087</v>
       </c>
       <c r="I625">
-        <v>2225.39</v>
+        <v>2286.078</v>
       </c>
       <c r="J625">
-        <v>3.209</v>
+        <v>3.211</v>
       </c>
       <c r="K625">
-        <v>2228.599</v>
+        <v>2289.29</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>0</v>
       </c>
       <c r="C626">
-        <v>122.322</v>
+        <v>169.652</v>
       </c>
       <c r="D626">
-        <v>1860.051</v>
+        <v>1860.328</v>
       </c>
       <c r="E626">
-        <v>1982.373</v>
+        <v>2029.98</v>
       </c>
       <c r="F626">
         <v>150.937</v>
       </c>
       <c r="G626">
-        <v>2133.311</v>
+        <v>2180.917</v>
       </c>
       <c r="H626">
-        <v>1.845</v>
+        <v>1.835</v>
       </c>
       <c r="I626">
-        <v>2135.155</v>
+        <v>2182.752</v>
       </c>
       <c r="J626">
-        <v>2.447</v>
+        <v>2.422</v>
       </c>
       <c r="K626">
-        <v>2137.603</v>
+        <v>2185.174</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>0</v>
       </c>
       <c r="C627">
-        <v>115.858</v>
+        <v>160.647</v>
       </c>
       <c r="D627">
-        <v>2071.428</v>
+        <v>2071.667</v>
       </c>
       <c r="E627">
-        <v>2187.286</v>
+        <v>2232.315</v>
       </c>
       <c r="F627">
         <v>154.959</v>
       </c>
       <c r="G627">
-        <v>2342.245</v>
+        <v>2387.274</v>
       </c>
       <c r="H627">
-        <v>2.044</v>
+        <v>2.023</v>
       </c>
       <c r="I627">
-        <v>2344.29</v>
+        <v>2389.297</v>
       </c>
       <c r="J627">
-        <v>2.727</v>
+        <v>2.681</v>
       </c>
       <c r="K627">
-        <v>2347.017</v>
+        <v>2391.977</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>0</v>
       </c>
       <c r="C628">
-        <v>99.759</v>
+        <v>138.341</v>
       </c>
       <c r="D628">
-        <v>2040.668</v>
+        <v>2040.993</v>
       </c>
       <c r="E628">
-        <v>2140.426</v>
+        <v>2179.334</v>
       </c>
       <c r="F628">
         <v>152.651</v>
       </c>
       <c r="G628">
-        <v>2293.077</v>
+        <v>2331.985</v>
       </c>
       <c r="H628">
-        <v>1.835</v>
+        <v>1.816</v>
       </c>
       <c r="I628">
-        <v>2294.912</v>
+        <v>2333.801</v>
       </c>
       <c r="J628">
-        <v>2.39</v>
+        <v>2.355</v>
       </c>
       <c r="K628">
-        <v>2297.302</v>
+        <v>2336.156</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>0</v>
       </c>
       <c r="C629">
-        <v>97.386</v>
+        <v>135.167</v>
       </c>
       <c r="D629">
-        <v>2190.451</v>
+        <v>2190.919</v>
       </c>
       <c r="E629">
-        <v>2287.838</v>
+        <v>2326.086</v>
       </c>
       <c r="F629">
         <v>167.563</v>
       </c>
       <c r="G629">
-        <v>2455.4</v>
+        <v>2493.649</v>
       </c>
       <c r="H629">
-        <v>2.037</v>
+        <v>2.02</v>
       </c>
       <c r="I629">
-        <v>2457.437</v>
+        <v>2495.668</v>
       </c>
       <c r="J629">
-        <v>2.883</v>
+        <v>2.856</v>
       </c>
       <c r="K629">
-        <v>2460.32</v>
+        <v>2498.525</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>0</v>
       </c>
       <c r="C630">
-        <v>101.095</v>
+        <v>139.915</v>
       </c>
       <c r="D630">
-        <v>2109.719</v>
+        <v>2110.217</v>
       </c>
       <c r="E630">
-        <v>2210.814</v>
+        <v>2250.132</v>
       </c>
       <c r="F630">
         <v>161.652</v>
       </c>
       <c r="G630">
-        <v>2372.466</v>
+        <v>2411.784</v>
       </c>
       <c r="H630">
-        <v>1.947</v>
+        <v>1.933</v>
       </c>
       <c r="I630">
-        <v>2374.413</v>
+        <v>2413.717</v>
       </c>
       <c r="J630">
-        <v>2.845</v>
+        <v>2.805</v>
       </c>
       <c r="K630">
-        <v>2377.258</v>
+        <v>2416.522</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>0</v>
       </c>
       <c r="C631">
-        <v>113.741</v>
+        <v>157.48</v>
       </c>
       <c r="D631">
-        <v>2210.445</v>
+        <v>2210.344</v>
       </c>
       <c r="E631">
-        <v>2324.186</v>
+        <v>2367.824</v>
       </c>
       <c r="F631">
         <v>173.502</v>
       </c>
       <c r="G631">
-        <v>2497.688</v>
+        <v>2541.326</v>
       </c>
       <c r="H631">
-        <v>2.187</v>
+        <v>2.186</v>
       </c>
       <c r="I631">
-        <v>2499.875</v>
+        <v>2543.512</v>
       </c>
       <c r="J631">
-        <v>3.267</v>
+        <v>3.247</v>
       </c>
       <c r="K631">
-        <v>2503.142</v>
+        <v>2546.759</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>0</v>
       </c>
       <c r="C632">
-        <v>112.529</v>
+        <v>156.347</v>
       </c>
       <c r="D632">
-        <v>2215.527</v>
+        <v>2215.826</v>
       </c>
       <c r="E632">
-        <v>2328.056</v>
+        <v>2372.173</v>
       </c>
       <c r="F632">
         <v>163.606</v>
       </c>
       <c r="G632">
-        <v>2491.662</v>
+        <v>2535.779</v>
       </c>
       <c r="H632">
-        <v>2.134</v>
+        <v>2.12</v>
       </c>
       <c r="I632">
-        <v>2493.795</v>
+        <v>2537.899</v>
       </c>
       <c r="J632">
-        <v>3.145</v>
+        <v>3.112</v>
       </c>
       <c r="K632">
-        <v>2496.941</v>
+        <v>2541.011</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>0</v>
       </c>
       <c r="C633">
-        <v>100.535</v>
+        <v>139.151</v>
       </c>
       <c r="D633">
-        <v>2040.786</v>
+        <v>2041.166</v>
       </c>
       <c r="E633">
-        <v>2141.321</v>
+        <v>2180.317</v>
       </c>
       <c r="F633">
         <v>157.612</v>
       </c>
       <c r="G633">
-        <v>2298.933</v>
+        <v>2337.928</v>
       </c>
       <c r="H633">
-        <v>1.932</v>
+        <v>1.92</v>
       </c>
       <c r="I633">
-        <v>2300.865</v>
+        <v>2339.848</v>
       </c>
       <c r="J633">
-        <v>2.675</v>
+        <v>2.637</v>
       </c>
       <c r="K633">
-        <v>2303.54</v>
+        <v>2342.485</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>0</v>
       </c>
       <c r="C634">
-        <v>101.214</v>
+        <v>140.366</v>
       </c>
       <c r="D634">
-        <v>2161.33</v>
+        <v>2161.315</v>
       </c>
       <c r="E634">
-        <v>2262.544</v>
+        <v>2301.681</v>
       </c>
       <c r="F634">
         <v>167.129</v>
       </c>
       <c r="G634">
-        <v>2429.673</v>
+        <v>2468.81</v>
       </c>
       <c r="H634">
-        <v>1.948</v>
+        <v>1.932</v>
       </c>
       <c r="I634">
-        <v>2431.621</v>
+        <v>2470.741</v>
       </c>
       <c r="J634">
-        <v>2.643</v>
+        <v>2.604</v>
       </c>
       <c r="K634">
-        <v>2434.264</v>
+        <v>2473.345</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>0</v>
       </c>
       <c r="C635">
-        <v>112.149</v>
+        <v>155.412</v>
       </c>
       <c r="D635">
-        <v>2002.503</v>
+        <v>2002.82</v>
       </c>
       <c r="E635">
-        <v>2114.652</v>
+        <v>2158.232</v>
       </c>
       <c r="F635">
         <v>157.748</v>
       </c>
       <c r="G635">
-        <v>2272.4</v>
+        <v>2315.98</v>
       </c>
       <c r="H635">
-        <v>1.912</v>
+        <v>1.891</v>
       </c>
       <c r="I635">
-        <v>2274.312</v>
+        <v>2317.872</v>
       </c>
       <c r="J635">
-        <v>2.779</v>
+        <v>2.687</v>
       </c>
       <c r="K635">
-        <v>2277.091</v>
+        <v>2320.559</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>0</v>
       </c>
       <c r="C636">
-        <v>137.868</v>
+        <v>191.758</v>
       </c>
       <c r="D636">
-        <v>2055.957</v>
+        <v>2056.254</v>
       </c>
       <c r="E636">
-        <v>2193.825</v>
+        <v>2248.012</v>
       </c>
       <c r="F636">
         <v>156.553</v>
       </c>
       <c r="G636">
-        <v>2350.377</v>
+        <v>2404.565</v>
       </c>
       <c r="H636">
-        <v>2.06</v>
+        <v>2.064</v>
       </c>
       <c r="I636">
-        <v>2352.437</v>
+        <v>2406.629</v>
       </c>
       <c r="J636">
-        <v>3.082</v>
+        <v>3.056</v>
       </c>
       <c r="K636">
-        <v>2355.52</v>
+        <v>2409.685</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0</v>
       </c>
       <c r="C637">
-        <v>160.439</v>
+        <v>160.162</v>
       </c>
       <c r="D637">
-        <v>1996.193</v>
+        <v>1993.738</v>
       </c>
       <c r="E637">
-        <v>2156.632</v>
+        <v>2153.9</v>
       </c>
       <c r="F637">
         <v>132.609</v>
       </c>
       <c r="G637">
-        <v>2289.241</v>
+        <v>2286.509</v>
       </c>
       <c r="H637">
-        <v>2.163</v>
+        <v>2.34</v>
       </c>
       <c r="I637">
-        <v>2291.403</v>
+        <v>2288.85</v>
       </c>
       <c r="J637">
-        <v>3.317</v>
+        <v>3.569</v>
       </c>
       <c r="K637">
-        <v>2294.721</v>
+        <v>2292.418</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>0</v>
       </c>
       <c r="C638">
-        <v>132.98</v>
+        <v>132.675</v>
       </c>
       <c r="D638">
-        <v>1813.611</v>
+        <v>1811.455</v>
       </c>
       <c r="E638">
-        <v>1946.591</v>
+        <v>1944.13</v>
       </c>
       <c r="F638">
         <v>129.947</v>
       </c>
       <c r="G638">
-        <v>2076.539</v>
+        <v>2074.078</v>
       </c>
       <c r="H638">
-        <v>2.079</v>
+        <v>2.083</v>
       </c>
       <c r="I638">
-        <v>2078.618</v>
+        <v>2076.16</v>
       </c>
       <c r="J638">
-        <v>2.829</v>
+        <v>2.817</v>
       </c>
       <c r="K638">
-        <v>2081.446</v>
+        <v>2078.978</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>0</v>
       </c>
       <c r="C639">
-        <v>113.944</v>
+        <v>114.155</v>
       </c>
       <c r="D639">
-        <v>2062.701</v>
+        <v>2060.036</v>
       </c>
       <c r="E639">
-        <v>2176.645</v>
+        <v>2174.191</v>
       </c>
       <c r="F639">
         <v>139.776</v>
       </c>
       <c r="G639">
-        <v>2316.422</v>
+        <v>2313.967</v>
       </c>
       <c r="H639">
-        <v>2.103</v>
+        <v>2.167</v>
       </c>
       <c r="I639">
-        <v>2318.524</v>
+        <v>2316.134</v>
       </c>
       <c r="J639">
-        <v>2.738</v>
+        <v>2.81</v>
       </c>
       <c r="K639">
-        <v>2321.262</v>
+        <v>2318.945</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>0</v>
       </c>
       <c r="C640">
-        <v>99.277</v>
+        <v>98.95</v>
       </c>
       <c r="D640">
-        <v>2063.118</v>
+        <v>2060.285</v>
       </c>
       <c r="E640">
-        <v>2162.395</v>
+        <v>2159.235</v>
       </c>
       <c r="F640">
         <v>141.718</v>
       </c>
       <c r="G640">
-        <v>2304.113</v>
+        <v>2300.954</v>
       </c>
       <c r="H640">
         <v>1.94</v>
       </c>
       <c r="I640">
-        <v>2306.053</v>
+        <v>2302.894</v>
       </c>
       <c r="J640">
-        <v>2.549</v>
+        <v>2.521</v>
       </c>
       <c r="K640">
-        <v>2308.602</v>
+        <v>2305.415</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>0</v>
       </c>
       <c r="C641">
-        <v>96.291</v>
+        <v>96.287</v>
       </c>
       <c r="D641">
-        <v>2146.876</v>
+        <v>2144.078</v>
       </c>
       <c r="E641">
-        <v>2243.167</v>
+        <v>2240.365</v>
       </c>
       <c r="F641">
         <v>139.049</v>
       </c>
       <c r="G641">
-        <v>2382.215</v>
+        <v>2379.413</v>
       </c>
       <c r="H641">
         <v>1.897</v>
       </c>
       <c r="I641">
-        <v>2384.112</v>
+        <v>2381.311</v>
       </c>
       <c r="J641">
-        <v>2.618</v>
+        <v>2.607</v>
       </c>
       <c r="K641">
-        <v>2386.731</v>
+        <v>2383.917</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>0</v>
       </c>
       <c r="C642">
-        <v>100.539</v>
+        <v>100.411</v>
       </c>
       <c r="D642">
-        <v>2154.257</v>
+        <v>2151.512</v>
       </c>
       <c r="E642">
-        <v>2254.796</v>
+        <v>2251.922</v>
       </c>
       <c r="F642">
         <v>135.626</v>
       </c>
       <c r="G642">
-        <v>2390.422</v>
+        <v>2387.548</v>
       </c>
       <c r="H642">
         <v>2.276</v>
       </c>
       <c r="I642">
-        <v>2392.698</v>
+        <v>2389.825</v>
       </c>
       <c r="J642">
-        <v>3.313</v>
+        <v>3.299</v>
       </c>
       <c r="K642">
-        <v>2396.012</v>
+        <v>2393.123</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>0</v>
       </c>
       <c r="C643">
-        <v>113.128</v>
+        <v>112.509</v>
       </c>
       <c r="D643">
-        <v>2221.906</v>
+        <v>2218.77</v>
       </c>
       <c r="E643">
-        <v>2335.034</v>
+        <v>2331.278</v>
       </c>
       <c r="F643">
         <v>143.781</v>
       </c>
       <c r="G643">
-        <v>2478.815</v>
+        <v>2475.059</v>
       </c>
       <c r="H643">
         <v>2.063</v>
       </c>
       <c r="I643">
-        <v>2480.877</v>
+        <v>2477.122</v>
       </c>
       <c r="J643">
-        <v>3.098</v>
+        <v>3.085</v>
       </c>
       <c r="K643">
-        <v>2483.975</v>
+        <v>2480.207</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>0</v>
+      </c>
+      <c r="C644">
+        <v>109.498</v>
+      </c>
+      <c r="D644">
+        <v>2212.404</v>
+      </c>
+      <c r="E644">
+        <v>2321.902</v>
+      </c>
+      <c r="F644">
+        <v>141.926</v>
+      </c>
+      <c r="G644">
+        <v>2463.828</v>
+      </c>
+      <c r="H644">
+        <v>2.13</v>
+      </c>
+      <c r="I644">
+        <v>2465.958</v>
+      </c>
+      <c r="J644">
+        <v>3.052</v>
+      </c>
+      <c r="K644">
+        <v>2469.01</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>0</v>
+      </c>
+      <c r="C645">
+        <v>100.677</v>
+      </c>
+      <c r="D645">
+        <v>2080.779</v>
+      </c>
+      <c r="E645">
+        <v>2181.456</v>
+      </c>
+      <c r="F645">
+        <v>136.406</v>
+      </c>
+      <c r="G645">
+        <v>2317.862</v>
+      </c>
+      <c r="H645">
+        <v>2.021</v>
+      </c>
+      <c r="I645">
+        <v>2319.884</v>
+      </c>
+      <c r="J645">
+        <v>2.88</v>
+      </c>
+      <c r="K645">
+        <v>2322.764</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -25427,110 +25497,110 @@
       </c>
       <c r="G86">
         <v>27620.811</v>
       </c>
       <c r="H86">
         <v>22.516</v>
       </c>
       <c r="I86">
         <v>27643.327</v>
       </c>
       <c r="J86">
         <v>33.025</v>
       </c>
       <c r="K86">
         <v>27676.351</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>0</v>
       </c>
       <c r="C87">
-        <v>1355.579</v>
+        <v>1860.377</v>
       </c>
       <c r="D87">
         <v>24859.284</v>
       </c>
       <c r="E87">
-        <v>26214.863</v>
+        <v>26719.661</v>
       </c>
       <c r="F87">
         <v>1792.103</v>
       </c>
       <c r="G87">
-        <v>28006.966</v>
+        <v>28511.765</v>
       </c>
       <c r="H87">
         <v>23.419</v>
       </c>
       <c r="I87">
-        <v>28030.386</v>
+        <v>28535.184</v>
       </c>
       <c r="J87">
-        <v>33.502</v>
+        <v>33.526</v>
       </c>
       <c r="K87">
-        <v>28063.887</v>
+        <v>28568.71</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>0</v>
       </c>
       <c r="C88">
-        <v>1366.962</v>
+        <v>1896.261</v>
       </c>
       <c r="D88">
-        <v>24889.478</v>
+        <v>24893.63</v>
       </c>
       <c r="E88">
-        <v>26256.44</v>
+        <v>26789.891</v>
       </c>
       <c r="F88">
         <v>1904.098</v>
       </c>
       <c r="G88">
-        <v>28160.538</v>
+        <v>28693.989</v>
       </c>
       <c r="H88">
-        <v>23.965</v>
+        <v>23.825</v>
       </c>
       <c r="I88">
-        <v>28184.502</v>
+        <v>28717.814</v>
       </c>
       <c r="J88">
-        <v>34.154</v>
+        <v>33.73</v>
       </c>
       <c r="K88">
-        <v>28218.656</v>
+        <v>28751.545</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>