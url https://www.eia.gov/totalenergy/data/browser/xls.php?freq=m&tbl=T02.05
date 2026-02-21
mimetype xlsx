--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 2.5 Transportation Sector Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Transportation Sector (Excluding Supplemental Gaseous Fuels)</t>
   </si>
   <si>
     <t>Petroleum Consumed by the Transportation Sector (Excluding Biofuels)</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Biomass Energy Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Total Primary Energy Consumed by the Transportation Sector</t>
   </si>
@@ -480,54 +480,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="65.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="95.263" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="73.839" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="73.839" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -22448,355 +22448,390 @@
       </c>
       <c r="G636">
         <v>2404.565</v>
       </c>
       <c r="H636">
         <v>2.064</v>
       </c>
       <c r="I636">
         <v>2406.629</v>
       </c>
       <c r="J636">
         <v>3.056</v>
       </c>
       <c r="K636">
         <v>2409.685</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0</v>
       </c>
       <c r="C637">
-        <v>160.162</v>
+        <v>160.078</v>
       </c>
       <c r="D637">
-        <v>1993.738</v>
+        <v>1997.983</v>
       </c>
       <c r="E637">
-        <v>2153.9</v>
+        <v>2158.06</v>
       </c>
       <c r="F637">
         <v>132.609</v>
       </c>
       <c r="G637">
-        <v>2286.509</v>
+        <v>2290.669</v>
       </c>
       <c r="H637">
         <v>2.34</v>
       </c>
       <c r="I637">
-        <v>2288.85</v>
+        <v>2293.01</v>
       </c>
       <c r="J637">
-        <v>3.569</v>
+        <v>3.57</v>
       </c>
       <c r="K637">
-        <v>2292.418</v>
+        <v>2296.58</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>0</v>
       </c>
       <c r="C638">
-        <v>132.675</v>
+        <v>132.598</v>
       </c>
       <c r="D638">
-        <v>1811.455</v>
+        <v>1815.787</v>
       </c>
       <c r="E638">
-        <v>1944.13</v>
+        <v>1948.385</v>
       </c>
       <c r="F638">
         <v>129.947</v>
       </c>
       <c r="G638">
-        <v>2074.078</v>
+        <v>2078.333</v>
       </c>
       <c r="H638">
         <v>2.083</v>
       </c>
       <c r="I638">
-        <v>2076.16</v>
+        <v>2080.415</v>
       </c>
       <c r="J638">
-        <v>2.817</v>
+        <v>2.819</v>
       </c>
       <c r="K638">
-        <v>2078.978</v>
+        <v>2083.234</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>0</v>
       </c>
       <c r="C639">
-        <v>114.155</v>
+        <v>114.068</v>
       </c>
       <c r="D639">
-        <v>2060.036</v>
+        <v>2064.252</v>
       </c>
       <c r="E639">
-        <v>2174.191</v>
+        <v>2178.32</v>
       </c>
       <c r="F639">
         <v>139.776</v>
       </c>
       <c r="G639">
-        <v>2313.967</v>
+        <v>2318.096</v>
       </c>
       <c r="H639">
         <v>2.167</v>
       </c>
       <c r="I639">
-        <v>2316.134</v>
+        <v>2320.263</v>
       </c>
       <c r="J639">
-        <v>2.81</v>
+        <v>2.812</v>
       </c>
       <c r="K639">
-        <v>2318.945</v>
+        <v>2323.075</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>0</v>
       </c>
       <c r="C640">
-        <v>98.95</v>
+        <v>98.866</v>
       </c>
       <c r="D640">
-        <v>2060.285</v>
+        <v>2064.126</v>
       </c>
       <c r="E640">
-        <v>2159.235</v>
+        <v>2162.992</v>
       </c>
       <c r="F640">
         <v>141.718</v>
       </c>
       <c r="G640">
-        <v>2300.954</v>
+        <v>2304.71</v>
       </c>
       <c r="H640">
         <v>1.94</v>
       </c>
       <c r="I640">
-        <v>2302.894</v>
+        <v>2306.65</v>
       </c>
       <c r="J640">
-        <v>2.521</v>
+        <v>2.522</v>
       </c>
       <c r="K640">
-        <v>2305.415</v>
+        <v>2309.173</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>0</v>
       </c>
       <c r="C641">
-        <v>96.287</v>
+        <v>96.2</v>
       </c>
       <c r="D641">
-        <v>2144.078</v>
+        <v>2148.001</v>
       </c>
       <c r="E641">
-        <v>2240.365</v>
+        <v>2244.2</v>
       </c>
       <c r="F641">
         <v>139.049</v>
       </c>
       <c r="G641">
-        <v>2379.413</v>
+        <v>2383.249</v>
       </c>
       <c r="H641">
         <v>1.897</v>
       </c>
       <c r="I641">
-        <v>2381.311</v>
+        <v>2385.146</v>
       </c>
       <c r="J641">
-        <v>2.607</v>
+        <v>2.608</v>
       </c>
       <c r="K641">
-        <v>2383.917</v>
+        <v>2387.755</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>0</v>
       </c>
       <c r="C642">
-        <v>100.411</v>
+        <v>100.326</v>
       </c>
       <c r="D642">
-        <v>2151.512</v>
+        <v>2155.333</v>
       </c>
       <c r="E642">
-        <v>2251.922</v>
+        <v>2255.659</v>
       </c>
       <c r="F642">
         <v>135.626</v>
       </c>
       <c r="G642">
-        <v>2387.548</v>
+        <v>2391.285</v>
       </c>
       <c r="H642">
         <v>2.276</v>
       </c>
       <c r="I642">
-        <v>2389.825</v>
+        <v>2393.561</v>
       </c>
       <c r="J642">
-        <v>3.299</v>
+        <v>3.301</v>
       </c>
       <c r="K642">
-        <v>2393.123</v>
+        <v>2396.862</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>0</v>
       </c>
       <c r="C643">
-        <v>112.509</v>
+        <v>112.463</v>
       </c>
       <c r="D643">
-        <v>2218.77</v>
+        <v>2222.545</v>
       </c>
       <c r="E643">
-        <v>2331.278</v>
+        <v>2335.008</v>
       </c>
       <c r="F643">
         <v>143.781</v>
       </c>
       <c r="G643">
-        <v>2475.059</v>
+        <v>2478.788</v>
       </c>
       <c r="H643">
         <v>2.063</v>
       </c>
       <c r="I643">
-        <v>2477.122</v>
+        <v>2480.851</v>
       </c>
       <c r="J643">
-        <v>3.085</v>
+        <v>3.087</v>
       </c>
       <c r="K643">
-        <v>2480.207</v>
+        <v>2483.938</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>0</v>
       </c>
       <c r="C644">
-        <v>109.498</v>
+        <v>109.406</v>
       </c>
       <c r="D644">
-        <v>2212.404</v>
+        <v>2216.147</v>
       </c>
       <c r="E644">
-        <v>2321.902</v>
+        <v>2325.553</v>
       </c>
       <c r="F644">
         <v>141.926</v>
       </c>
       <c r="G644">
-        <v>2463.828</v>
+        <v>2467.479</v>
       </c>
       <c r="H644">
         <v>2.13</v>
       </c>
       <c r="I644">
-        <v>2465.958</v>
+        <v>2469.609</v>
       </c>
       <c r="J644">
-        <v>3.052</v>
+        <v>3.054</v>
       </c>
       <c r="K644">
-        <v>2469.01</v>
+        <v>2472.663</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>0</v>
       </c>
       <c r="C645">
-        <v>100.677</v>
+        <v>100.592</v>
       </c>
       <c r="D645">
-        <v>2080.779</v>
+        <v>2087.276</v>
       </c>
       <c r="E645">
-        <v>2181.456</v>
+        <v>2187.868</v>
       </c>
       <c r="F645">
-        <v>136.406</v>
+        <v>139.196</v>
       </c>
       <c r="G645">
-        <v>2317.862</v>
+        <v>2327.064</v>
       </c>
       <c r="H645">
         <v>2.021</v>
       </c>
       <c r="I645">
-        <v>2319.884</v>
+        <v>2329.086</v>
       </c>
       <c r="J645">
-        <v>2.88</v>
+        <v>2.882</v>
       </c>
       <c r="K645">
-        <v>2322.764</v>
+        <v>2331.968</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>0</v>
+      </c>
+      <c r="C646">
+        <v>101.335</v>
+      </c>
+      <c r="D646">
+        <v>2161.336</v>
+      </c>
+      <c r="E646">
+        <v>2262.671</v>
+      </c>
+      <c r="F646">
+        <v>152.654</v>
+      </c>
+      <c r="G646">
+        <v>2415.325</v>
+      </c>
+      <c r="H646">
+        <v>2.011</v>
+      </c>
+      <c r="I646">
+        <v>2417.336</v>
+      </c>
+      <c r="J646">
+        <v>2.742</v>
+      </c>
+      <c r="K646">
+        <v>2420.078</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>