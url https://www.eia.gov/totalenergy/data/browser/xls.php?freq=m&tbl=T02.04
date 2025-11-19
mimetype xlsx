--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 2.4 Industrial Sector Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Industrial Sector (Excluding Supplemental Gaseous Fuels)</t>
   </si>
   <si>
     <t>Petroleum Consumed by the Industrial Sector (Excluding Biofuels)</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Conventional Hydroelectric Power Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Industrial Sector</t>
   </si>
@@ -498,54 +498,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="41.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="90.978" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -30664,1537 +30664,1587 @@
       </c>
       <c r="M612">
         <v>279.279</v>
       </c>
       <c r="N612">
         <v>2113.235</v>
       </c>
       <c r="O612">
         <v>431.894</v>
       </c>
       <c r="P612">
         <v>2545.129</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>81.727</v>
       </c>
       <c r="C613">
         <v>968.142</v>
       </c>
       <c r="D613">
-        <v>670.902</v>
+        <v>670.852</v>
       </c>
       <c r="E613">
-        <v>1717.559</v>
+        <v>1717.509</v>
       </c>
       <c r="F613">
         <v>0.291</v>
       </c>
       <c r="G613">
         <v>0.357</v>
       </c>
       <c r="H613">
         <v>0.885</v>
       </c>
       <c r="I613">
         <v>0.036</v>
       </c>
       <c r="J613">
         <v>203.526</v>
       </c>
       <c r="K613">
         <v>205.096</v>
       </c>
       <c r="L613">
-        <v>1922.654</v>
+        <v>1922.604</v>
       </c>
       <c r="M613">
         <v>274.352</v>
       </c>
       <c r="N613">
-        <v>2197.006</v>
+        <v>2196.956</v>
       </c>
       <c r="O613">
         <v>391.787</v>
       </c>
       <c r="P613">
-        <v>2588.793</v>
+        <v>2588.743</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>79.481</v>
       </c>
       <c r="C614">
         <v>886.861</v>
       </c>
       <c r="D614">
-        <v>592.048</v>
+        <v>592.003</v>
       </c>
       <c r="E614">
-        <v>1556.231</v>
+        <v>1556.186</v>
       </c>
       <c r="F614">
         <v>0.295</v>
       </c>
       <c r="G614">
         <v>0.322</v>
       </c>
       <c r="H614">
         <v>0.946</v>
       </c>
       <c r="I614">
         <v>0.045</v>
       </c>
       <c r="J614">
         <v>181.156</v>
       </c>
       <c r="K614">
         <v>182.765</v>
       </c>
       <c r="L614">
-        <v>1738.996</v>
+        <v>1738.951</v>
       </c>
       <c r="M614">
         <v>260.845</v>
       </c>
       <c r="N614">
-        <v>1999.841</v>
+        <v>1999.796</v>
       </c>
       <c r="O614">
         <v>347.133</v>
       </c>
       <c r="P614">
-        <v>2346.974</v>
+        <v>2346.929</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>83.319</v>
       </c>
       <c r="C615">
         <v>956.845</v>
       </c>
       <c r="D615">
-        <v>688.484</v>
+        <v>688.434</v>
       </c>
       <c r="E615">
-        <v>1726.619</v>
+        <v>1726.569</v>
       </c>
       <c r="F615">
         <v>0.354</v>
       </c>
       <c r="G615">
         <v>0.357</v>
       </c>
       <c r="H615">
         <v>1.346</v>
       </c>
       <c r="I615">
         <v>0.045</v>
       </c>
       <c r="J615">
         <v>198.507</v>
       </c>
       <c r="K615">
         <v>200.609</v>
       </c>
       <c r="L615">
-        <v>1927.228</v>
+        <v>1927.178</v>
       </c>
       <c r="M615">
         <v>282.572</v>
       </c>
       <c r="N615">
-        <v>2209.8</v>
+        <v>2209.75</v>
       </c>
       <c r="O615">
         <v>387.061</v>
       </c>
       <c r="P615">
-        <v>2596.861</v>
+        <v>2596.811</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>74.222</v>
       </c>
       <c r="C616">
         <v>896.275</v>
       </c>
       <c r="D616">
-        <v>701.385</v>
+        <v>701.337</v>
       </c>
       <c r="E616">
-        <v>1670.371</v>
+        <v>1670.323</v>
       </c>
       <c r="F616">
         <v>0.298</v>
       </c>
       <c r="G616">
         <v>0.345</v>
       </c>
       <c r="H616">
         <v>1.509</v>
       </c>
       <c r="I616">
         <v>0.038</v>
       </c>
       <c r="J616">
         <v>185.918</v>
       </c>
       <c r="K616">
         <v>188.108</v>
       </c>
       <c r="L616">
-        <v>1858.479</v>
+        <v>1858.43</v>
       </c>
       <c r="M616">
         <v>272.998</v>
       </c>
       <c r="N616">
-        <v>2131.476</v>
+        <v>2131.428</v>
       </c>
       <c r="O616">
         <v>359.898</v>
       </c>
       <c r="P616">
-        <v>2491.374</v>
+        <v>2491.326</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>75.166</v>
       </c>
       <c r="C617">
         <v>877.986</v>
       </c>
       <c r="D617">
-        <v>738.584</v>
+        <v>738.535</v>
       </c>
       <c r="E617">
-        <v>1688.923</v>
+        <v>1688.873</v>
       </c>
       <c r="F617">
         <v>0.288</v>
       </c>
       <c r="G617">
         <v>0.357</v>
       </c>
       <c r="H617">
         <v>1.642</v>
       </c>
       <c r="I617">
         <v>0.03</v>
       </c>
       <c r="J617">
         <v>196.667</v>
       </c>
       <c r="K617">
         <v>198.984</v>
       </c>
       <c r="L617">
-        <v>1887.907</v>
+        <v>1887.857</v>
       </c>
       <c r="M617">
         <v>289.009</v>
       </c>
       <c r="N617">
-        <v>2176.916</v>
+        <v>2176.866</v>
       </c>
       <c r="O617">
         <v>406.277</v>
       </c>
       <c r="P617">
-        <v>2583.192</v>
+        <v>2583.142</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>74.598</v>
       </c>
       <c r="C618">
         <v>845.143</v>
       </c>
       <c r="D618">
-        <v>725.374</v>
+        <v>725.326</v>
       </c>
       <c r="E618">
-        <v>1642.761</v>
+        <v>1642.713</v>
       </c>
       <c r="F618">
         <v>0.234</v>
       </c>
       <c r="G618">
         <v>0.345</v>
       </c>
       <c r="H618">
         <v>1.642</v>
       </c>
       <c r="I618">
         <v>0.024</v>
       </c>
       <c r="J618">
         <v>188.412</v>
       </c>
       <c r="K618">
         <v>190.657</v>
       </c>
       <c r="L618">
-        <v>1833.418</v>
+        <v>1833.37</v>
       </c>
       <c r="M618">
         <v>294.091</v>
       </c>
       <c r="N618">
-        <v>2127.509</v>
+        <v>2127.461</v>
       </c>
       <c r="O618">
         <v>439.252</v>
       </c>
       <c r="P618">
-        <v>2566.761</v>
+        <v>2566.713</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>73.551</v>
       </c>
       <c r="C619">
         <v>865.817</v>
       </c>
       <c r="D619">
-        <v>720.597</v>
+        <v>720.547</v>
       </c>
       <c r="E619">
-        <v>1656.72</v>
+        <v>1656.67</v>
       </c>
       <c r="F619">
         <v>0.234</v>
       </c>
       <c r="G619">
         <v>0.357</v>
       </c>
       <c r="H619">
         <v>1.697</v>
       </c>
       <c r="I619">
         <v>0.016</v>
       </c>
       <c r="J619">
         <v>196.123</v>
       </c>
       <c r="K619">
         <v>198.427</v>
       </c>
       <c r="L619">
-        <v>1855.147</v>
+        <v>1855.097</v>
       </c>
       <c r="M619">
         <v>308.876</v>
       </c>
       <c r="N619">
-        <v>2164.023</v>
+        <v>2163.973</v>
       </c>
       <c r="O619">
         <v>479.081</v>
       </c>
       <c r="P619">
-        <v>2643.105</v>
+        <v>2643.055</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>73.885</v>
       </c>
       <c r="C620">
         <v>884.674</v>
       </c>
       <c r="D620">
-        <v>787.714</v>
+        <v>787.664</v>
       </c>
       <c r="E620">
-        <v>1743.713</v>
+        <v>1743.663</v>
       </c>
       <c r="F620">
         <v>0.193</v>
       </c>
       <c r="G620">
         <v>0.357</v>
       </c>
       <c r="H620">
         <v>1.631</v>
       </c>
       <c r="I620">
         <v>0.022</v>
       </c>
       <c r="J620">
         <v>196.28</v>
       </c>
       <c r="K620">
         <v>198.483</v>
       </c>
       <c r="L620">
-        <v>1942.195</v>
+        <v>1942.145</v>
       </c>
       <c r="M620">
         <v>313.934</v>
       </c>
       <c r="N620">
-        <v>2256.129</v>
+        <v>2256.079</v>
       </c>
       <c r="O620">
         <v>471.925</v>
       </c>
       <c r="P620">
-        <v>2728.054</v>
+        <v>2728.004</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>72.673</v>
       </c>
       <c r="C621">
         <v>861.616</v>
       </c>
       <c r="D621">
-        <v>753.737</v>
+        <v>753.688</v>
       </c>
       <c r="E621">
-        <v>1684.125</v>
+        <v>1684.077</v>
       </c>
       <c r="F621">
         <v>0.158</v>
       </c>
       <c r="G621">
         <v>0.345</v>
       </c>
       <c r="H621">
         <v>1.465</v>
       </c>
       <c r="I621">
         <v>0.016</v>
       </c>
       <c r="J621">
         <v>189.621</v>
       </c>
       <c r="K621">
         <v>191.606</v>
       </c>
       <c r="L621">
-        <v>1875.731</v>
+        <v>1875.683</v>
       </c>
       <c r="M621">
         <v>295.043</v>
       </c>
       <c r="N621">
-        <v>2170.774</v>
+        <v>2170.725</v>
       </c>
       <c r="O621">
         <v>407.223</v>
       </c>
       <c r="P621">
-        <v>2577.996</v>
+        <v>2577.948</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>73.007</v>
       </c>
       <c r="C622">
         <v>908.04</v>
       </c>
       <c r="D622">
-        <v>758.898</v>
+        <v>758.848</v>
       </c>
       <c r="E622">
-        <v>1738.266</v>
+        <v>1738.216</v>
       </c>
       <c r="F622">
         <v>0.136</v>
       </c>
       <c r="G622">
         <v>0.357</v>
       </c>
       <c r="H622">
         <v>1.327</v>
       </c>
       <c r="I622">
         <v>0.033</v>
       </c>
       <c r="J622">
         <v>194.55</v>
       </c>
       <c r="K622">
         <v>196.403</v>
       </c>
       <c r="L622">
-        <v>1934.669</v>
+        <v>1934.619</v>
       </c>
       <c r="M622">
         <v>293.358</v>
       </c>
       <c r="N622">
-        <v>2228.027</v>
+        <v>2227.977</v>
       </c>
       <c r="O622">
         <v>407.301</v>
       </c>
       <c r="P622">
-        <v>2635.328</v>
+        <v>2635.279</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>76.09</v>
       </c>
       <c r="C623">
         <v>937.551</v>
       </c>
       <c r="D623">
-        <v>758.473</v>
+        <v>758.425</v>
       </c>
       <c r="E623">
-        <v>1769.92</v>
+        <v>1769.871</v>
       </c>
       <c r="F623">
         <v>0.152</v>
       </c>
       <c r="G623">
         <v>0.345</v>
       </c>
       <c r="H623">
         <v>1.047</v>
       </c>
       <c r="I623">
         <v>0.042</v>
       </c>
       <c r="J623">
         <v>197.365</v>
       </c>
       <c r="K623">
         <v>198.951</v>
       </c>
       <c r="L623">
-        <v>1968.871</v>
+        <v>1968.822</v>
       </c>
       <c r="M623">
         <v>279.908</v>
       </c>
       <c r="N623">
-        <v>2248.779</v>
+        <v>2248.73</v>
       </c>
       <c r="O623">
         <v>405.586</v>
       </c>
       <c r="P623">
-        <v>2654.364</v>
+        <v>2654.316</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>73.98</v>
       </c>
       <c r="C624">
         <v>993.521</v>
       </c>
       <c r="D624">
-        <v>690.51</v>
+        <v>690.46</v>
       </c>
       <c r="E624">
-        <v>1753.231</v>
+        <v>1753.181</v>
       </c>
       <c r="F624">
         <v>0.246</v>
       </c>
       <c r="G624">
         <v>0.357</v>
       </c>
       <c r="H624">
         <v>0.925</v>
       </c>
       <c r="I624">
         <v>0.034</v>
       </c>
       <c r="J624">
         <v>205.43</v>
       </c>
       <c r="K624">
         <v>206.992</v>
       </c>
       <c r="L624">
-        <v>1960.223</v>
+        <v>1960.173</v>
       </c>
       <c r="M624">
         <v>278.596</v>
       </c>
       <c r="N624">
-        <v>2238.819</v>
+        <v>2238.769</v>
       </c>
       <c r="O624">
         <v>412.976</v>
       </c>
       <c r="P624">
-        <v>2651.794</v>
+        <v>2651.744</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>73.316</v>
       </c>
       <c r="C625">
         <v>1003.667</v>
       </c>
       <c r="D625">
-        <v>711.539</v>
+        <v>711.471</v>
       </c>
       <c r="E625">
-        <v>1787.788</v>
+        <v>1787.72</v>
       </c>
       <c r="F625">
         <v>0.292</v>
       </c>
       <c r="G625">
         <v>0.356</v>
       </c>
       <c r="H625">
         <v>0.997</v>
       </c>
       <c r="I625">
         <v>0.032</v>
       </c>
       <c r="J625">
         <v>196.747</v>
       </c>
       <c r="K625">
         <v>198.423</v>
       </c>
       <c r="L625">
-        <v>1986.212</v>
+        <v>1986.143</v>
       </c>
       <c r="M625">
         <v>280.981</v>
       </c>
       <c r="N625">
-        <v>2267.193</v>
+        <v>2267.124</v>
       </c>
       <c r="O625">
         <v>432.612</v>
       </c>
       <c r="P625">
-        <v>2699.805</v>
+        <v>2699.736</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>73.604</v>
       </c>
       <c r="C626">
         <v>908.33</v>
       </c>
       <c r="D626">
-        <v>629.051</v>
+        <v>628.978</v>
       </c>
       <c r="E626">
-        <v>1609.427</v>
+        <v>1609.354</v>
       </c>
       <c r="F626">
         <v>0.267</v>
       </c>
       <c r="G626">
         <v>0.333</v>
       </c>
       <c r="H626">
         <v>1.118</v>
       </c>
       <c r="I626">
         <v>0.037</v>
       </c>
       <c r="J626">
         <v>186.624</v>
       </c>
       <c r="K626">
         <v>188.379</v>
       </c>
       <c r="L626">
-        <v>1797.806</v>
+        <v>1797.733</v>
       </c>
       <c r="M626">
         <v>266.305</v>
       </c>
       <c r="N626">
-        <v>2064.111</v>
+        <v>2064.038</v>
       </c>
       <c r="O626">
         <v>353.276</v>
       </c>
       <c r="P626">
-        <v>2417.387</v>
+        <v>2417.314</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>75.334</v>
       </c>
       <c r="C627">
         <v>946.621</v>
       </c>
       <c r="D627">
-        <v>667.945</v>
+        <v>667.867</v>
       </c>
       <c r="E627">
-        <v>1685.817</v>
+        <v>1685.74</v>
       </c>
       <c r="F627">
         <v>0.282</v>
       </c>
       <c r="G627">
         <v>0.356</v>
       </c>
       <c r="H627">
         <v>1.519</v>
       </c>
       <c r="I627">
         <v>0.044</v>
       </c>
       <c r="J627">
         <v>201.284</v>
       </c>
       <c r="K627">
         <v>203.484</v>
       </c>
       <c r="L627">
-        <v>1889.301</v>
+        <v>1889.224</v>
       </c>
       <c r="M627">
         <v>282.894</v>
       </c>
       <c r="N627">
-        <v>2172.195</v>
+        <v>2172.118</v>
       </c>
       <c r="O627">
         <v>377.368</v>
       </c>
       <c r="P627">
-        <v>2549.563</v>
+        <v>2549.486</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>70.23</v>
       </c>
       <c r="C628">
         <v>890.239</v>
       </c>
       <c r="D628">
-        <v>694.699</v>
+        <v>694.596</v>
       </c>
       <c r="E628">
-        <v>1650.726</v>
+        <v>1650.623</v>
       </c>
       <c r="F628">
         <v>0.248</v>
       </c>
       <c r="G628">
         <v>0.344</v>
       </c>
       <c r="H628">
         <v>1.66</v>
       </c>
       <c r="I628">
         <v>0.042</v>
       </c>
       <c r="J628">
         <v>190.271</v>
       </c>
       <c r="K628">
         <v>192.566</v>
       </c>
       <c r="L628">
-        <v>1843.291</v>
+        <v>1843.188</v>
       </c>
       <c r="M628">
         <v>280.139</v>
       </c>
       <c r="N628">
-        <v>2123.431</v>
+        <v>2123.327</v>
       </c>
       <c r="O628">
         <v>364.881</v>
       </c>
       <c r="P628">
-        <v>2488.312</v>
+        <v>2488.209</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>72.22</v>
       </c>
       <c r="C629">
         <v>881.004</v>
       </c>
       <c r="D629">
-        <v>767.748</v>
+        <v>767.681</v>
       </c>
       <c r="E629">
-        <v>1718.517</v>
+        <v>1718.45</v>
       </c>
       <c r="F629">
         <v>0.271</v>
       </c>
       <c r="G629">
         <v>0.356</v>
       </c>
       <c r="H629">
         <v>1.811</v>
       </c>
       <c r="I629">
         <v>0.033</v>
       </c>
       <c r="J629">
         <v>197.229</v>
       </c>
       <c r="K629">
         <v>199.7</v>
       </c>
       <c r="L629">
-        <v>1918.217</v>
+        <v>1918.15</v>
       </c>
       <c r="M629">
         <v>299.187</v>
       </c>
       <c r="N629">
-        <v>2217.405</v>
+        <v>2217.337</v>
       </c>
       <c r="O629">
         <v>423.611</v>
       </c>
       <c r="P629">
-        <v>2641.016</v>
+        <v>2640.948</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>70.923</v>
       </c>
       <c r="C630">
         <v>848.769</v>
       </c>
       <c r="D630">
-        <v>720.351</v>
+        <v>720.288</v>
       </c>
       <c r="E630">
-        <v>1635.21</v>
+        <v>1635.147</v>
       </c>
       <c r="F630">
         <v>0.257</v>
       </c>
       <c r="G630">
         <v>0.344</v>
       </c>
       <c r="H630">
         <v>1.821</v>
       </c>
       <c r="I630">
         <v>0.033</v>
       </c>
       <c r="J630">
         <v>187.776</v>
       </c>
       <c r="K630">
         <v>190.231</v>
       </c>
       <c r="L630">
-        <v>1825.441</v>
+        <v>1825.378</v>
       </c>
       <c r="M630">
         <v>301.159</v>
       </c>
       <c r="N630">
-        <v>2126.599</v>
+        <v>2126.536</v>
       </c>
       <c r="O630">
         <v>440.137</v>
       </c>
       <c r="P630">
-        <v>2566.736</v>
+        <v>2566.673</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>72.929</v>
       </c>
       <c r="C631">
         <v>884.586</v>
       </c>
       <c r="D631">
-        <v>751.342</v>
+        <v>751.275</v>
       </c>
       <c r="E631">
-        <v>1707.287</v>
+        <v>1707.22</v>
       </c>
       <c r="F631">
         <v>0.223</v>
       </c>
       <c r="G631">
         <v>0.356</v>
       </c>
       <c r="H631">
         <v>1.867</v>
       </c>
       <c r="I631">
         <v>0.022</v>
       </c>
       <c r="J631">
         <v>198.11</v>
       </c>
       <c r="K631">
         <v>200.578</v>
       </c>
       <c r="L631">
-        <v>1907.865</v>
+        <v>1907.799</v>
       </c>
       <c r="M631">
         <v>316.314</v>
       </c>
       <c r="N631">
-        <v>2224.179</v>
+        <v>2224.112</v>
       </c>
       <c r="O631">
         <v>472.606</v>
       </c>
       <c r="P631">
-        <v>2696.784</v>
+        <v>2696.718</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>73.689</v>
       </c>
       <c r="C632">
         <v>896.041</v>
       </c>
       <c r="D632">
-        <v>798.836</v>
+        <v>798.771</v>
       </c>
       <c r="E632">
-        <v>1764.502</v>
+        <v>1764.436</v>
       </c>
       <c r="F632">
         <v>0.256</v>
       </c>
       <c r="G632">
         <v>0.356</v>
       </c>
       <c r="H632">
         <v>1.809</v>
       </c>
       <c r="I632">
         <v>0.024</v>
       </c>
       <c r="J632">
         <v>201.692</v>
       </c>
       <c r="K632">
         <v>204.136</v>
       </c>
       <c r="L632">
-        <v>1968.638</v>
+        <v>1968.572</v>
       </c>
       <c r="M632">
         <v>319.611</v>
       </c>
       <c r="N632">
-        <v>2288.249</v>
+        <v>2288.184</v>
       </c>
       <c r="O632">
         <v>471.124</v>
       </c>
       <c r="P632">
-        <v>2759.373</v>
+        <v>2759.307</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>70.966</v>
       </c>
       <c r="C633">
         <v>859.459</v>
       </c>
       <c r="D633">
-        <v>745.015</v>
+        <v>744.975</v>
       </c>
       <c r="E633">
-        <v>1672.166</v>
+        <v>1672.126</v>
       </c>
       <c r="F633">
         <v>0.217</v>
       </c>
       <c r="G633">
         <v>0.344</v>
       </c>
       <c r="H633">
         <v>1.642</v>
       </c>
       <c r="I633">
         <v>0.025</v>
       </c>
       <c r="J633">
         <v>193.186</v>
       </c>
       <c r="K633">
         <v>195.415</v>
       </c>
       <c r="L633">
-        <v>1867.581</v>
+        <v>1867.541</v>
       </c>
       <c r="M633">
         <v>299.691</v>
       </c>
       <c r="N633">
-        <v>2167.272</v>
+        <v>2167.232</v>
       </c>
       <c r="O633">
         <v>414.925</v>
       </c>
       <c r="P633">
-        <v>2582.198</v>
+        <v>2582.158</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>76.858</v>
       </c>
       <c r="C634">
         <v>891.495</v>
       </c>
       <c r="D634">
-        <v>822.168</v>
+        <v>822.118</v>
       </c>
       <c r="E634">
-        <v>1786.634</v>
+        <v>1786.584</v>
       </c>
       <c r="F634">
         <v>0.205</v>
       </c>
       <c r="G634">
         <v>0.356</v>
       </c>
       <c r="H634">
         <v>1.483</v>
       </c>
       <c r="I634">
         <v>0.035</v>
       </c>
       <c r="J634">
         <v>194.134</v>
       </c>
       <c r="K634">
         <v>196.212</v>
       </c>
       <c r="L634">
-        <v>1982.847</v>
+        <v>1982.796</v>
       </c>
       <c r="M634">
         <v>301.373</v>
       </c>
       <c r="N634">
-        <v>2284.219</v>
+        <v>2284.169</v>
       </c>
       <c r="O634">
         <v>408.825</v>
       </c>
       <c r="P634">
-        <v>2693.045</v>
+        <v>2692.994</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>76.106</v>
       </c>
       <c r="C635">
         <v>918.012</v>
       </c>
       <c r="D635">
-        <v>706.897</v>
+        <v>706.856</v>
       </c>
       <c r="E635">
-        <v>1698.396</v>
+        <v>1698.354</v>
       </c>
       <c r="F635">
         <v>0.22</v>
       </c>
       <c r="G635">
         <v>0.344</v>
       </c>
       <c r="H635">
         <v>1.14</v>
       </c>
       <c r="I635">
         <v>0.037</v>
       </c>
       <c r="J635">
         <v>200.198</v>
       </c>
       <c r="K635">
         <v>201.938</v>
       </c>
       <c r="L635">
-        <v>1900.334</v>
+        <v>1900.293</v>
       </c>
       <c r="M635">
         <v>284.055</v>
       </c>
       <c r="N635">
-        <v>2184.39</v>
+        <v>2184.348</v>
       </c>
       <c r="O635">
         <v>412.876</v>
       </c>
       <c r="P635">
-        <v>2597.266</v>
+        <v>2597.224</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>78.841</v>
       </c>
       <c r="C636">
         <v>1004.315</v>
       </c>
       <c r="D636">
-        <v>707.206</v>
+        <v>707.118</v>
       </c>
       <c r="E636">
-        <v>1786.657</v>
+        <v>1786.57</v>
       </c>
       <c r="F636">
         <v>0.244</v>
       </c>
       <c r="G636">
         <v>0.356</v>
       </c>
       <c r="H636">
         <v>1.018</v>
       </c>
       <c r="I636">
         <v>0.037</v>
       </c>
       <c r="J636">
         <v>204.874</v>
       </c>
       <c r="K636">
         <v>206.528</v>
       </c>
       <c r="L636">
-        <v>1993.186</v>
+        <v>1993.098</v>
       </c>
       <c r="M636">
         <v>286.924</v>
       </c>
       <c r="N636">
-        <v>2280.11</v>
+        <v>2280.022</v>
       </c>
       <c r="O636">
         <v>429.262</v>
       </c>
       <c r="P636">
-        <v>2709.372</v>
+        <v>2709.284</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>72.628</v>
       </c>
       <c r="C637">
         <v>1035.674</v>
       </c>
       <c r="D637">
-        <v>754.896</v>
+        <v>755.554</v>
       </c>
       <c r="E637">
-        <v>1862.071</v>
+        <v>1862.728</v>
       </c>
       <c r="F637">
         <v>0.242</v>
       </c>
       <c r="G637">
         <v>0.357</v>
       </c>
       <c r="H637">
         <v>1.094</v>
       </c>
       <c r="I637">
         <v>0.041</v>
       </c>
       <c r="J637">
         <v>201.209</v>
       </c>
       <c r="K637">
         <v>202.943</v>
       </c>
       <c r="L637">
-        <v>2065.014</v>
+        <v>2065.672</v>
       </c>
       <c r="M637">
         <v>288.41</v>
       </c>
       <c r="N637">
-        <v>2353.425</v>
+        <v>2354.082</v>
       </c>
       <c r="O637">
         <v>442.436</v>
       </c>
       <c r="P637">
-        <v>2795.861</v>
+        <v>2796.518</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>69.457</v>
       </c>
       <c r="C638">
         <v>921.9</v>
       </c>
       <c r="D638">
-        <v>598.054</v>
+        <v>598.639</v>
       </c>
       <c r="E638">
-        <v>1588.091</v>
+        <v>1588.676</v>
       </c>
       <c r="F638">
         <v>0.221</v>
       </c>
       <c r="G638">
         <v>0.322</v>
       </c>
       <c r="H638">
         <v>1.191</v>
       </c>
       <c r="I638">
         <v>0.034</v>
       </c>
       <c r="J638">
         <v>181.03</v>
       </c>
       <c r="K638">
         <v>182.798</v>
       </c>
       <c r="L638">
-        <v>1770.889</v>
+        <v>1771.474</v>
       </c>
       <c r="M638">
         <v>270.959</v>
       </c>
       <c r="N638">
-        <v>2041.848</v>
+        <v>2042.433</v>
       </c>
       <c r="O638">
         <v>368.702</v>
       </c>
       <c r="P638">
-        <v>2410.551</v>
+        <v>2411.136</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>73.099</v>
       </c>
       <c r="C639">
         <v>956.645</v>
       </c>
       <c r="D639">
-        <v>675.437</v>
+        <v>676.136</v>
       </c>
       <c r="E639">
-        <v>1703.994</v>
+        <v>1704.693</v>
       </c>
       <c r="F639">
         <v>0.274</v>
       </c>
       <c r="G639">
         <v>0.357</v>
       </c>
       <c r="H639">
         <v>1.698</v>
       </c>
       <c r="I639">
         <v>0.071</v>
       </c>
       <c r="J639">
         <v>198.611</v>
       </c>
       <c r="K639">
         <v>201.012</v>
       </c>
       <c r="L639">
-        <v>1905.006</v>
+        <v>1905.705</v>
       </c>
       <c r="M639">
         <v>285.021</v>
       </c>
       <c r="N639">
-        <v>2190.027</v>
+        <v>2190.726</v>
       </c>
       <c r="O639">
         <v>371.132</v>
       </c>
       <c r="P639">
-        <v>2561.159</v>
+        <v>2561.858</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>66.365</v>
       </c>
       <c r="C640">
         <v>897.696</v>
       </c>
       <c r="D640">
-        <v>685.424</v>
+        <v>686.159</v>
       </c>
       <c r="E640">
-        <v>1647.285</v>
+        <v>1648.02</v>
       </c>
       <c r="F640">
         <v>0.248</v>
       </c>
       <c r="G640">
         <v>0.345</v>
       </c>
       <c r="H640">
         <v>1.841</v>
       </c>
       <c r="I640">
         <v>0.064</v>
       </c>
       <c r="J640">
         <v>186.145</v>
       </c>
       <c r="K640">
         <v>188.643</v>
       </c>
       <c r="L640">
-        <v>1835.928</v>
+        <v>1836.663</v>
       </c>
       <c r="M640">
         <v>287.794</v>
       </c>
       <c r="N640">
-        <v>2123.722</v>
+        <v>2124.458</v>
       </c>
       <c r="O640">
         <v>378.083</v>
       </c>
       <c r="P640">
-        <v>2501.806</v>
+        <v>2502.541</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>63.694</v>
       </c>
       <c r="C641">
-        <v>899.086</v>
+        <v>898.609</v>
       </c>
       <c r="D641">
-        <v>743.435</v>
+        <v>744.207</v>
       </c>
       <c r="E641">
-        <v>1703.457</v>
+        <v>1703.753</v>
       </c>
       <c r="F641">
         <v>0.282</v>
       </c>
       <c r="G641">
         <v>0.357</v>
       </c>
       <c r="H641">
         <v>2.022</v>
       </c>
       <c r="I641">
         <v>0.053</v>
       </c>
       <c r="J641">
         <v>192.887</v>
       </c>
       <c r="K641">
         <v>195.601</v>
       </c>
       <c r="L641">
-        <v>1899.058</v>
+        <v>1899.354</v>
       </c>
       <c r="M641">
         <v>298.039</v>
       </c>
       <c r="N641">
-        <v>2197.097</v>
+        <v>2197.393</v>
       </c>
       <c r="O641">
-        <v>411.371</v>
+        <v>411.375</v>
       </c>
       <c r="P641">
-        <v>2608.468</v>
+        <v>2608.768</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>64.991</v>
       </c>
       <c r="C642">
-        <v>855.923</v>
+        <v>855.548</v>
       </c>
       <c r="D642">
-        <v>761.592</v>
+        <v>762.39</v>
       </c>
       <c r="E642">
-        <v>1679.828</v>
+        <v>1680.25</v>
       </c>
       <c r="F642">
         <v>0.255</v>
       </c>
       <c r="G642">
         <v>0.345</v>
       </c>
       <c r="H642">
         <v>2.049</v>
       </c>
       <c r="I642">
         <v>0.052</v>
       </c>
       <c r="J642">
         <v>191.188</v>
       </c>
       <c r="K642">
         <v>193.889</v>
       </c>
       <c r="L642">
-        <v>1873.717</v>
+        <v>1874.139</v>
       </c>
       <c r="M642">
         <v>308.605</v>
       </c>
       <c r="N642">
-        <v>2182.322</v>
+        <v>2182.743</v>
       </c>
       <c r="O642">
-        <v>449.338</v>
+        <v>449.236</v>
       </c>
       <c r="P642">
-        <v>2631.66</v>
+        <v>2631.98</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>64.459</v>
+      </c>
+      <c r="C643">
+        <v>885.224</v>
+      </c>
+      <c r="D643">
+        <v>796.961</v>
+      </c>
+      <c r="E643">
+        <v>1744.535</v>
+      </c>
+      <c r="F643">
+        <v>0.239</v>
+      </c>
+      <c r="G643">
+        <v>0.357</v>
+      </c>
+      <c r="H643">
+        <v>2.142</v>
+      </c>
+      <c r="I643">
+        <v>0.044</v>
+      </c>
+      <c r="J643">
+        <v>199.597</v>
+      </c>
+      <c r="K643">
+        <v>202.379</v>
+      </c>
+      <c r="L643">
+        <v>1946.914</v>
+      </c>
+      <c r="M643">
+        <v>324.179</v>
+      </c>
+      <c r="N643">
+        <v>2271.092</v>
+      </c>
+      <c r="O643">
+        <v>486.879</v>
+      </c>
+      <c r="P643">
+        <v>2757.971</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -36043,137 +36093,137 @@
       </c>
       <c r="M86">
         <v>3481.823</v>
       </c>
       <c r="N86">
         <v>26076.154</v>
       </c>
       <c r="O86">
         <v>5106.847</v>
       </c>
       <c r="P86">
         <v>31183.001</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>911.699</v>
       </c>
       <c r="C87">
         <v>10882.848</v>
       </c>
       <c r="D87">
-        <v>8586.706</v>
+        <v>8586.118</v>
       </c>
       <c r="E87">
-        <v>20348.816</v>
+        <v>20348.228</v>
       </c>
       <c r="F87">
         <v>2.88</v>
       </c>
       <c r="G87">
         <v>4.2</v>
       </c>
       <c r="H87">
         <v>16.063</v>
       </c>
       <c r="I87">
         <v>0.382</v>
       </c>
       <c r="J87">
         <v>2333.555</v>
       </c>
       <c r="K87">
         <v>2357.08</v>
       </c>
       <c r="L87">
-        <v>22705.896</v>
+        <v>22705.308</v>
       </c>
       <c r="M87">
         <v>3443.58</v>
       </c>
       <c r="N87">
-        <v>26149.476</v>
+        <v>26148.888</v>
       </c>
       <c r="O87">
         <v>4926.135</v>
       </c>
       <c r="P87">
-        <v>31075.611</v>
+        <v>31075.023</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>885.016</v>
       </c>
       <c r="C88">
         <v>10932.753</v>
       </c>
       <c r="D88">
-        <v>8722.797</v>
+        <v>8721.994</v>
       </c>
       <c r="E88">
-        <v>20503.342</v>
+        <v>20502.539</v>
       </c>
       <c r="F88">
         <v>2.981</v>
       </c>
       <c r="G88">
         <v>4.2</v>
       </c>
       <c r="H88">
         <v>17.885</v>
       </c>
       <c r="I88">
         <v>0.4</v>
       </c>
       <c r="J88">
         <v>2352.125</v>
       </c>
       <c r="K88">
         <v>2377.591</v>
       </c>
       <c r="L88">
-        <v>22880.933</v>
+        <v>22880.13</v>
       </c>
       <c r="M88">
         <v>3518.634</v>
       </c>
       <c r="N88">
-        <v>26399.567</v>
+        <v>26398.764</v>
       </c>
       <c r="O88">
         <v>5014.717</v>
       </c>
       <c r="P88">
-        <v>31414.284</v>
+        <v>31413.48</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>