--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 2.4 Industrial Sector Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Industrial Sector (Excluding Supplemental Gaseous Fuels)</t>
   </si>
   <si>
     <t>Petroleum Consumed by the Industrial Sector (Excluding Biofuels)</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Conventional Hydroelectric Power Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Industrial Sector</t>
   </si>
@@ -498,54 +498,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="41.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="90.978" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -30661,1590 +30661,1690 @@
       </c>
       <c r="L612">
         <v>1833.956</v>
       </c>
       <c r="M612">
         <v>279.279</v>
       </c>
       <c r="N612">
         <v>2113.235</v>
       </c>
       <c r="O612">
         <v>431.894</v>
       </c>
       <c r="P612">
         <v>2545.129</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>81.727</v>
       </c>
       <c r="C613">
-        <v>968.142</v>
+        <v>966.108</v>
       </c>
       <c r="D613">
         <v>670.852</v>
       </c>
       <c r="E613">
-        <v>1717.509</v>
+        <v>1715.474</v>
       </c>
       <c r="F613">
         <v>0.291</v>
       </c>
       <c r="G613">
         <v>0.357</v>
       </c>
       <c r="H613">
         <v>0.885</v>
       </c>
       <c r="I613">
         <v>0.036</v>
       </c>
       <c r="J613">
         <v>203.526</v>
       </c>
       <c r="K613">
         <v>205.096</v>
       </c>
       <c r="L613">
-        <v>1922.604</v>
+        <v>1920.57</v>
       </c>
       <c r="M613">
         <v>274.352</v>
       </c>
       <c r="N613">
-        <v>2196.956</v>
+        <v>2194.922</v>
       </c>
       <c r="O613">
-        <v>391.787</v>
+        <v>391.994</v>
       </c>
       <c r="P613">
-        <v>2588.743</v>
+        <v>2586.916</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>79.481</v>
       </c>
       <c r="C614">
-        <v>886.861</v>
+        <v>885.047</v>
       </c>
       <c r="D614">
         <v>592.003</v>
       </c>
       <c r="E614">
-        <v>1556.186</v>
+        <v>1554.373</v>
       </c>
       <c r="F614">
         <v>0.295</v>
       </c>
       <c r="G614">
         <v>0.322</v>
       </c>
       <c r="H614">
         <v>0.946</v>
       </c>
       <c r="I614">
         <v>0.045</v>
       </c>
       <c r="J614">
         <v>181.156</v>
       </c>
       <c r="K614">
         <v>182.765</v>
       </c>
       <c r="L614">
-        <v>1738.951</v>
+        <v>1737.138</v>
       </c>
       <c r="M614">
         <v>260.845</v>
       </c>
       <c r="N614">
-        <v>1999.796</v>
+        <v>1997.983</v>
       </c>
       <c r="O614">
-        <v>347.133</v>
+        <v>347.331</v>
       </c>
       <c r="P614">
-        <v>2346.929</v>
+        <v>2345.314</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>83.319</v>
       </c>
       <c r="C615">
-        <v>956.845</v>
+        <v>954.842</v>
       </c>
       <c r="D615">
         <v>688.434</v>
       </c>
       <c r="E615">
-        <v>1726.569</v>
+        <v>1724.567</v>
       </c>
       <c r="F615">
         <v>0.354</v>
       </c>
       <c r="G615">
         <v>0.357</v>
       </c>
       <c r="H615">
         <v>1.346</v>
       </c>
       <c r="I615">
         <v>0.045</v>
       </c>
       <c r="J615">
         <v>198.507</v>
       </c>
       <c r="K615">
         <v>200.609</v>
       </c>
       <c r="L615">
-        <v>1927.178</v>
+        <v>1925.176</v>
       </c>
       <c r="M615">
         <v>282.572</v>
       </c>
       <c r="N615">
-        <v>2209.75</v>
+        <v>2207.748</v>
       </c>
       <c r="O615">
-        <v>387.061</v>
+        <v>387.306</v>
       </c>
       <c r="P615">
-        <v>2596.811</v>
+        <v>2595.054</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>74.222</v>
       </c>
       <c r="C616">
-        <v>896.275</v>
+        <v>894.481</v>
       </c>
       <c r="D616">
         <v>701.337</v>
       </c>
       <c r="E616">
-        <v>1670.323</v>
+        <v>1668.529</v>
       </c>
       <c r="F616">
         <v>0.298</v>
       </c>
       <c r="G616">
         <v>0.345</v>
       </c>
       <c r="H616">
         <v>1.509</v>
       </c>
       <c r="I616">
         <v>0.038</v>
       </c>
       <c r="J616">
         <v>185.918</v>
       </c>
       <c r="K616">
         <v>188.108</v>
       </c>
       <c r="L616">
-        <v>1858.43</v>
+        <v>1856.637</v>
       </c>
       <c r="M616">
         <v>272.998</v>
       </c>
       <c r="N616">
-        <v>2131.428</v>
+        <v>2129.634</v>
       </c>
       <c r="O616">
-        <v>359.898</v>
+        <v>360.188</v>
       </c>
       <c r="P616">
-        <v>2491.326</v>
+        <v>2489.822</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>75.166</v>
       </c>
       <c r="C617">
-        <v>877.986</v>
+        <v>876.122</v>
       </c>
       <c r="D617">
         <v>738.535</v>
       </c>
       <c r="E617">
-        <v>1688.873</v>
+        <v>1687.01</v>
       </c>
       <c r="F617">
         <v>0.288</v>
       </c>
       <c r="G617">
         <v>0.357</v>
       </c>
       <c r="H617">
         <v>1.642</v>
       </c>
       <c r="I617">
         <v>0.03</v>
       </c>
       <c r="J617">
         <v>196.667</v>
       </c>
       <c r="K617">
         <v>198.984</v>
       </c>
       <c r="L617">
-        <v>1887.857</v>
+        <v>1885.994</v>
       </c>
       <c r="M617">
         <v>289.009</v>
       </c>
       <c r="N617">
-        <v>2176.866</v>
+        <v>2175.002</v>
       </c>
       <c r="O617">
-        <v>406.277</v>
+        <v>406.641</v>
       </c>
       <c r="P617">
-        <v>2583.142</v>
+        <v>2581.643</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>74.598</v>
       </c>
       <c r="C618">
-        <v>845.143</v>
+        <v>843.29</v>
       </c>
       <c r="D618">
         <v>725.326</v>
       </c>
       <c r="E618">
-        <v>1642.713</v>
+        <v>1640.86</v>
       </c>
       <c r="F618">
         <v>0.234</v>
       </c>
       <c r="G618">
         <v>0.345</v>
       </c>
       <c r="H618">
         <v>1.642</v>
       </c>
       <c r="I618">
         <v>0.024</v>
       </c>
       <c r="J618">
         <v>188.412</v>
       </c>
       <c r="K618">
         <v>190.657</v>
       </c>
       <c r="L618">
-        <v>1833.37</v>
+        <v>1831.517</v>
       </c>
       <c r="M618">
         <v>294.091</v>
       </c>
       <c r="N618">
-        <v>2127.461</v>
+        <v>2125.608</v>
       </c>
       <c r="O618">
-        <v>439.252</v>
+        <v>439.627</v>
       </c>
       <c r="P618">
-        <v>2566.713</v>
+        <v>2565.235</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>73.551</v>
       </c>
       <c r="C619">
-        <v>865.817</v>
+        <v>863.814</v>
       </c>
       <c r="D619">
         <v>720.547</v>
       </c>
       <c r="E619">
-        <v>1656.67</v>
+        <v>1654.667</v>
       </c>
       <c r="F619">
         <v>0.234</v>
       </c>
       <c r="G619">
         <v>0.357</v>
       </c>
       <c r="H619">
         <v>1.697</v>
       </c>
       <c r="I619">
         <v>0.016</v>
       </c>
       <c r="J619">
         <v>196.123</v>
       </c>
       <c r="K619">
         <v>198.427</v>
       </c>
       <c r="L619">
-        <v>1855.097</v>
+        <v>1853.094</v>
       </c>
       <c r="M619">
         <v>308.876</v>
       </c>
       <c r="N619">
-        <v>2163.973</v>
+        <v>2161.97</v>
       </c>
       <c r="O619">
-        <v>479.081</v>
+        <v>479.464</v>
       </c>
       <c r="P619">
-        <v>2643.055</v>
+        <v>2641.434</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>73.885</v>
       </c>
       <c r="C620">
-        <v>884.674</v>
+        <v>882.674</v>
       </c>
       <c r="D620">
         <v>787.664</v>
       </c>
       <c r="E620">
-        <v>1743.663</v>
+        <v>1741.662</v>
       </c>
       <c r="F620">
         <v>0.193</v>
       </c>
       <c r="G620">
         <v>0.357</v>
       </c>
       <c r="H620">
         <v>1.631</v>
       </c>
       <c r="I620">
         <v>0.022</v>
       </c>
       <c r="J620">
         <v>196.28</v>
       </c>
       <c r="K620">
         <v>198.483</v>
       </c>
       <c r="L620">
-        <v>1942.145</v>
+        <v>1940.145</v>
       </c>
       <c r="M620">
         <v>313.934</v>
       </c>
       <c r="N620">
-        <v>2256.079</v>
+        <v>2254.079</v>
       </c>
       <c r="O620">
-        <v>471.925</v>
+        <v>472.308</v>
       </c>
       <c r="P620">
-        <v>2728.004</v>
+        <v>2726.387</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>72.673</v>
       </c>
       <c r="C621">
-        <v>861.616</v>
+        <v>859.756</v>
       </c>
       <c r="D621">
         <v>753.688</v>
       </c>
       <c r="E621">
-        <v>1684.077</v>
+        <v>1682.216</v>
       </c>
       <c r="F621">
         <v>0.158</v>
       </c>
       <c r="G621">
         <v>0.345</v>
       </c>
       <c r="H621">
         <v>1.465</v>
       </c>
       <c r="I621">
         <v>0.016</v>
       </c>
       <c r="J621">
         <v>189.621</v>
       </c>
       <c r="K621">
         <v>191.606</v>
       </c>
       <c r="L621">
-        <v>1875.683</v>
+        <v>1873.822</v>
       </c>
       <c r="M621">
         <v>295.043</v>
       </c>
       <c r="N621">
-        <v>2170.725</v>
+        <v>2168.865</v>
       </c>
       <c r="O621">
-        <v>407.223</v>
+        <v>407.587</v>
       </c>
       <c r="P621">
-        <v>2577.948</v>
+        <v>2576.452</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>73.007</v>
       </c>
       <c r="C622">
-        <v>908.04</v>
+        <v>906.151</v>
       </c>
       <c r="D622">
         <v>758.848</v>
       </c>
       <c r="E622">
-        <v>1738.216</v>
+        <v>1736.327</v>
       </c>
       <c r="F622">
         <v>0.136</v>
       </c>
       <c r="G622">
         <v>0.357</v>
       </c>
       <c r="H622">
         <v>1.327</v>
       </c>
       <c r="I622">
         <v>0.033</v>
       </c>
       <c r="J622">
         <v>194.55</v>
       </c>
       <c r="K622">
         <v>196.403</v>
       </c>
       <c r="L622">
-        <v>1934.619</v>
+        <v>1932.73</v>
       </c>
       <c r="M622">
         <v>293.358</v>
       </c>
       <c r="N622">
-        <v>2227.977</v>
+        <v>2226.088</v>
       </c>
       <c r="O622">
-        <v>407.301</v>
+        <v>407.65</v>
       </c>
       <c r="P622">
-        <v>2635.279</v>
+        <v>2633.738</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>76.09</v>
       </c>
       <c r="C623">
-        <v>937.551</v>
+        <v>935.607</v>
       </c>
       <c r="D623">
         <v>758.425</v>
       </c>
       <c r="E623">
-        <v>1769.871</v>
+        <v>1767.927</v>
       </c>
       <c r="F623">
         <v>0.152</v>
       </c>
       <c r="G623">
         <v>0.345</v>
       </c>
       <c r="H623">
         <v>1.047</v>
       </c>
       <c r="I623">
         <v>0.042</v>
       </c>
       <c r="J623">
         <v>197.365</v>
       </c>
       <c r="K623">
         <v>198.951</v>
       </c>
       <c r="L623">
-        <v>1968.822</v>
+        <v>1966.878</v>
       </c>
       <c r="M623">
         <v>279.908</v>
       </c>
       <c r="N623">
-        <v>2248.73</v>
+        <v>2246.786</v>
       </c>
       <c r="O623">
-        <v>405.586</v>
+        <v>405.862</v>
       </c>
       <c r="P623">
-        <v>2654.316</v>
+        <v>2652.648</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>73.98</v>
       </c>
       <c r="C624">
-        <v>993.521</v>
+        <v>991.467</v>
       </c>
       <c r="D624">
         <v>690.46</v>
       </c>
       <c r="E624">
-        <v>1753.181</v>
+        <v>1751.127</v>
       </c>
       <c r="F624">
         <v>0.246</v>
       </c>
       <c r="G624">
         <v>0.357</v>
       </c>
       <c r="H624">
         <v>0.925</v>
       </c>
       <c r="I624">
         <v>0.034</v>
       </c>
       <c r="J624">
         <v>205.43</v>
       </c>
       <c r="K624">
         <v>206.992</v>
       </c>
       <c r="L624">
-        <v>1960.173</v>
+        <v>1958.119</v>
       </c>
       <c r="M624">
         <v>278.596</v>
       </c>
       <c r="N624">
-        <v>2238.769</v>
+        <v>2236.715</v>
       </c>
       <c r="O624">
-        <v>412.976</v>
+        <v>413.227</v>
       </c>
       <c r="P624">
-        <v>2651.744</v>
+        <v>2649.941</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>73.316</v>
+        <v>73.831</v>
       </c>
       <c r="C625">
-        <v>1003.667</v>
+        <v>1002.007</v>
       </c>
       <c r="D625">
-        <v>711.471</v>
+        <v>710.725</v>
       </c>
       <c r="E625">
-        <v>1787.72</v>
+        <v>1785.829</v>
       </c>
       <c r="F625">
-        <v>0.292</v>
+        <v>0.3</v>
       </c>
       <c r="G625">
         <v>0.356</v>
       </c>
       <c r="H625">
-        <v>0.997</v>
+        <v>0.991</v>
       </c>
       <c r="I625">
         <v>0.032</v>
       </c>
       <c r="J625">
-        <v>196.747</v>
+        <v>196.508</v>
       </c>
       <c r="K625">
-        <v>198.423</v>
+        <v>198.187</v>
       </c>
       <c r="L625">
-        <v>1986.143</v>
+        <v>1984.015</v>
       </c>
       <c r="M625">
-        <v>280.981</v>
+        <v>281.549</v>
       </c>
       <c r="N625">
-        <v>2267.124</v>
+        <v>2265.564</v>
       </c>
       <c r="O625">
-        <v>432.612</v>
+        <v>433.25</v>
       </c>
       <c r="P625">
-        <v>2699.736</v>
+        <v>2698.814</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>73.604</v>
+        <v>74.127</v>
       </c>
       <c r="C626">
-        <v>908.33</v>
+        <v>906.719</v>
       </c>
       <c r="D626">
-        <v>628.978</v>
+        <v>629.011</v>
       </c>
       <c r="E626">
-        <v>1609.354</v>
+        <v>1608.3</v>
       </c>
       <c r="F626">
-        <v>0.267</v>
+        <v>0.305</v>
       </c>
       <c r="G626">
         <v>0.333</v>
       </c>
       <c r="H626">
-        <v>1.118</v>
+        <v>1.121</v>
       </c>
       <c r="I626">
-        <v>0.037</v>
+        <v>0.016</v>
       </c>
       <c r="J626">
-        <v>186.624</v>
+        <v>190.511</v>
       </c>
       <c r="K626">
-        <v>188.379</v>
+        <v>192.286</v>
       </c>
       <c r="L626">
-        <v>1797.733</v>
+        <v>1800.586</v>
       </c>
       <c r="M626">
-        <v>266.305</v>
+        <v>267.08</v>
       </c>
       <c r="N626">
-        <v>2064.038</v>
+        <v>2067.666</v>
       </c>
       <c r="O626">
-        <v>353.276</v>
+        <v>352.48</v>
       </c>
       <c r="P626">
-        <v>2417.314</v>
+        <v>2420.145</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>75.334</v>
+        <v>75.856</v>
       </c>
       <c r="C627">
-        <v>946.621</v>
+        <v>945.001</v>
       </c>
       <c r="D627">
-        <v>667.867</v>
+        <v>667.302</v>
       </c>
       <c r="E627">
-        <v>1685.74</v>
+        <v>1684.076</v>
       </c>
       <c r="F627">
-        <v>0.282</v>
+        <v>0.304</v>
       </c>
       <c r="G627">
         <v>0.356</v>
       </c>
       <c r="H627">
-        <v>1.519</v>
+        <v>1.531</v>
       </c>
       <c r="I627">
-        <v>0.044</v>
+        <v>0.021</v>
       </c>
       <c r="J627">
-        <v>201.284</v>
+        <v>200.869</v>
       </c>
       <c r="K627">
-        <v>203.484</v>
+        <v>203.081</v>
       </c>
       <c r="L627">
-        <v>1889.224</v>
+        <v>1887.157</v>
       </c>
       <c r="M627">
-        <v>282.894</v>
+        <v>283.537</v>
       </c>
       <c r="N627">
-        <v>2172.118</v>
+        <v>2170.695</v>
       </c>
       <c r="O627">
-        <v>377.368</v>
+        <v>375.764</v>
       </c>
       <c r="P627">
-        <v>2549.486</v>
+        <v>2546.459</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>70.23</v>
+        <v>70.505</v>
       </c>
       <c r="C628">
-        <v>890.239</v>
+        <v>888.735</v>
       </c>
       <c r="D628">
-        <v>694.596</v>
+        <v>694.213</v>
       </c>
       <c r="E628">
-        <v>1650.623</v>
+        <v>1649.011</v>
       </c>
       <c r="F628">
-        <v>0.248</v>
+        <v>0.305</v>
       </c>
       <c r="G628">
         <v>0.344</v>
       </c>
       <c r="H628">
-        <v>1.66</v>
+        <v>1.678</v>
       </c>
       <c r="I628">
-        <v>0.042</v>
+        <v>0.024</v>
       </c>
       <c r="J628">
-        <v>190.271</v>
+        <v>189.733</v>
       </c>
       <c r="K628">
-        <v>192.566</v>
+        <v>192.084</v>
       </c>
       <c r="L628">
-        <v>1843.188</v>
+        <v>1841.095</v>
       </c>
       <c r="M628">
-        <v>280.139</v>
+        <v>280.05</v>
       </c>
       <c r="N628">
-        <v>2123.327</v>
+        <v>2121.145</v>
       </c>
       <c r="O628">
-        <v>364.881</v>
+        <v>363.146</v>
       </c>
       <c r="P628">
-        <v>2488.209</v>
+        <v>2484.291</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>72.22</v>
+        <v>72.495</v>
       </c>
       <c r="C629">
-        <v>881.004</v>
+        <v>879.447</v>
       </c>
       <c r="D629">
-        <v>767.681</v>
+        <v>767.269</v>
       </c>
       <c r="E629">
-        <v>1718.45</v>
+        <v>1716.756</v>
       </c>
       <c r="F629">
-        <v>0.271</v>
+        <v>0.291</v>
       </c>
       <c r="G629">
         <v>0.356</v>
       </c>
       <c r="H629">
-        <v>1.811</v>
+        <v>1.842</v>
       </c>
       <c r="I629">
-        <v>0.033</v>
+        <v>0.023</v>
       </c>
       <c r="J629">
-        <v>197.229</v>
+        <v>195.961</v>
       </c>
       <c r="K629">
-        <v>199.7</v>
+        <v>198.473</v>
       </c>
       <c r="L629">
-        <v>1918.15</v>
+        <v>1915.23</v>
       </c>
       <c r="M629">
-        <v>299.187</v>
+        <v>299.919</v>
       </c>
       <c r="N629">
-        <v>2217.337</v>
+        <v>2215.148</v>
       </c>
       <c r="O629">
-        <v>423.611</v>
+        <v>424.14</v>
       </c>
       <c r="P629">
-        <v>2640.948</v>
+        <v>2639.288</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>70.923</v>
+        <v>71.204</v>
       </c>
       <c r="C630">
-        <v>848.769</v>
+        <v>847.135</v>
       </c>
       <c r="D630">
-        <v>720.288</v>
+        <v>720.174</v>
       </c>
       <c r="E630">
-        <v>1635.147</v>
+        <v>1633.679</v>
       </c>
       <c r="F630">
-        <v>0.257</v>
+        <v>0.199</v>
       </c>
       <c r="G630">
         <v>0.344</v>
       </c>
       <c r="H630">
-        <v>1.821</v>
+        <v>1.838</v>
       </c>
       <c r="I630">
-        <v>0.033</v>
+        <v>0.024</v>
       </c>
       <c r="J630">
-        <v>187.776</v>
+        <v>191.313</v>
       </c>
       <c r="K630">
-        <v>190.231</v>
+        <v>193.718</v>
       </c>
       <c r="L630">
-        <v>1825.378</v>
+        <v>1827.397</v>
       </c>
       <c r="M630">
-        <v>301.159</v>
+        <v>301.778</v>
       </c>
       <c r="N630">
-        <v>2126.536</v>
+        <v>2129.175</v>
       </c>
       <c r="O630">
-        <v>440.137</v>
+        <v>437.996</v>
       </c>
       <c r="P630">
-        <v>2566.673</v>
+        <v>2567.171</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>72.929</v>
+        <v>72.829</v>
       </c>
       <c r="C631">
-        <v>884.586</v>
+        <v>882.899</v>
       </c>
       <c r="D631">
-        <v>751.275</v>
+        <v>750.809</v>
       </c>
       <c r="E631">
-        <v>1707.22</v>
+        <v>1704.967</v>
       </c>
       <c r="F631">
-        <v>0.223</v>
+        <v>0.165</v>
       </c>
       <c r="G631">
         <v>0.356</v>
       </c>
       <c r="H631">
-        <v>1.867</v>
+        <v>1.88</v>
       </c>
       <c r="I631">
-        <v>0.022</v>
+        <v>0.017</v>
       </c>
       <c r="J631">
-        <v>198.11</v>
+        <v>199.746</v>
       </c>
       <c r="K631">
-        <v>200.578</v>
+        <v>202.164</v>
       </c>
       <c r="L631">
-        <v>1907.799</v>
+        <v>1907.131</v>
       </c>
       <c r="M631">
-        <v>316.314</v>
+        <v>316.796</v>
       </c>
       <c r="N631">
-        <v>2224.112</v>
+        <v>2223.927</v>
       </c>
       <c r="O631">
-        <v>472.606</v>
+        <v>470.493</v>
       </c>
       <c r="P631">
-        <v>2696.718</v>
+        <v>2694.42</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>73.689</v>
+        <v>73.589</v>
       </c>
       <c r="C632">
-        <v>896.041</v>
+        <v>894.374</v>
       </c>
       <c r="D632">
-        <v>798.771</v>
+        <v>798.466</v>
       </c>
       <c r="E632">
-        <v>1764.436</v>
+        <v>1762.364</v>
       </c>
       <c r="F632">
-        <v>0.256</v>
+        <v>0.173</v>
       </c>
       <c r="G632">
         <v>0.356</v>
       </c>
       <c r="H632">
-        <v>1.809</v>
+        <v>1.815</v>
       </c>
       <c r="I632">
-        <v>0.024</v>
+        <v>0.017</v>
       </c>
       <c r="J632">
-        <v>201.692</v>
+        <v>200.497</v>
       </c>
       <c r="K632">
-        <v>204.136</v>
+        <v>202.857</v>
       </c>
       <c r="L632">
-        <v>1968.572</v>
+        <v>1965.221</v>
       </c>
       <c r="M632">
-        <v>319.611</v>
+        <v>320.208</v>
       </c>
       <c r="N632">
-        <v>2288.184</v>
+        <v>2285.429</v>
       </c>
       <c r="O632">
-        <v>471.124</v>
+        <v>470.166</v>
       </c>
       <c r="P632">
-        <v>2759.307</v>
+        <v>2755.595</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>70.966</v>
+        <v>70.866</v>
       </c>
       <c r="C633">
-        <v>859.459</v>
+        <v>857.811</v>
       </c>
       <c r="D633">
-        <v>744.975</v>
+        <v>744.976</v>
       </c>
       <c r="E633">
-        <v>1672.126</v>
+        <v>1670.379</v>
       </c>
       <c r="F633">
-        <v>0.217</v>
+        <v>0.123</v>
       </c>
       <c r="G633">
         <v>0.344</v>
       </c>
       <c r="H633">
-        <v>1.642</v>
+        <v>1.655</v>
       </c>
       <c r="I633">
-        <v>0.025</v>
+        <v>0.021</v>
       </c>
       <c r="J633">
-        <v>193.186</v>
+        <v>192.514</v>
       </c>
       <c r="K633">
-        <v>195.415</v>
+        <v>194.657</v>
       </c>
       <c r="L633">
-        <v>1867.541</v>
+        <v>1865.036</v>
       </c>
       <c r="M633">
-        <v>299.691</v>
+        <v>299.982</v>
       </c>
       <c r="N633">
-        <v>2167.232</v>
+        <v>2165.019</v>
       </c>
       <c r="O633">
-        <v>414.925</v>
+        <v>412.132</v>
       </c>
       <c r="P633">
-        <v>2582.158</v>
+        <v>2577.15</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>76.858</v>
+        <v>76.856</v>
       </c>
       <c r="C634">
-        <v>891.495</v>
+        <v>889.815</v>
       </c>
       <c r="D634">
-        <v>822.118</v>
+        <v>821.656</v>
       </c>
       <c r="E634">
-        <v>1786.584</v>
+        <v>1784.441</v>
       </c>
       <c r="F634">
-        <v>0.205</v>
+        <v>0.211</v>
       </c>
       <c r="G634">
         <v>0.356</v>
       </c>
       <c r="H634">
-        <v>1.483</v>
+        <v>1.478</v>
       </c>
       <c r="I634">
-        <v>0.035</v>
+        <v>0.029</v>
       </c>
       <c r="J634">
-        <v>194.134</v>
+        <v>194.335</v>
       </c>
       <c r="K634">
-        <v>196.212</v>
+        <v>196.409</v>
       </c>
       <c r="L634">
-        <v>1982.796</v>
+        <v>1980.85</v>
       </c>
       <c r="M634">
-        <v>301.373</v>
+        <v>301.463</v>
       </c>
       <c r="N634">
-        <v>2284.169</v>
+        <v>2282.313</v>
       </c>
       <c r="O634">
-        <v>408.825</v>
+        <v>406.345</v>
       </c>
       <c r="P634">
-        <v>2692.994</v>
+        <v>2688.658</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>76.106</v>
+        <v>76.104</v>
       </c>
       <c r="C635">
-        <v>918.012</v>
+        <v>916.388</v>
       </c>
       <c r="D635">
-        <v>706.856</v>
+        <v>706.253</v>
       </c>
       <c r="E635">
-        <v>1698.354</v>
+        <v>1696.125</v>
       </c>
       <c r="F635">
-        <v>0.22</v>
+        <v>0.172</v>
       </c>
       <c r="G635">
         <v>0.344</v>
       </c>
       <c r="H635">
-        <v>1.14</v>
+        <v>1.139</v>
       </c>
       <c r="I635">
-        <v>0.037</v>
+        <v>0.057</v>
       </c>
       <c r="J635">
-        <v>200.198</v>
+        <v>199.747</v>
       </c>
       <c r="K635">
-        <v>201.938</v>
+        <v>201.46</v>
       </c>
       <c r="L635">
-        <v>1900.293</v>
+        <v>1897.586</v>
       </c>
       <c r="M635">
-        <v>284.055</v>
+        <v>287.867</v>
       </c>
       <c r="N635">
-        <v>2184.348</v>
+        <v>2185.453</v>
       </c>
       <c r="O635">
-        <v>412.876</v>
+        <v>408.936</v>
       </c>
       <c r="P635">
-        <v>2597.224</v>
+        <v>2594.389</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>78.841</v>
+        <v>78.839</v>
       </c>
       <c r="C636">
-        <v>1004.315</v>
+        <v>1002.665</v>
       </c>
       <c r="D636">
-        <v>707.118</v>
+        <v>706.424</v>
       </c>
       <c r="E636">
-        <v>1786.57</v>
+        <v>1784.224</v>
       </c>
       <c r="F636">
-        <v>0.244</v>
+        <v>0.215</v>
       </c>
       <c r="G636">
         <v>0.356</v>
       </c>
       <c r="H636">
-        <v>1.018</v>
+        <v>0.996</v>
       </c>
       <c r="I636">
-        <v>0.037</v>
+        <v>0.059</v>
       </c>
       <c r="J636">
-        <v>204.874</v>
+        <v>206.532</v>
       </c>
       <c r="K636">
-        <v>206.528</v>
+        <v>208.158</v>
       </c>
       <c r="L636">
-        <v>1993.098</v>
+        <v>1992.382</v>
       </c>
       <c r="M636">
-        <v>286.924</v>
+        <v>289.772</v>
       </c>
       <c r="N636">
-        <v>2280.022</v>
+        <v>2282.154</v>
       </c>
       <c r="O636">
-        <v>429.262</v>
+        <v>429.158</v>
       </c>
       <c r="P636">
-        <v>2709.284</v>
+        <v>2711.313</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>72.628</v>
+        <v>72.663</v>
       </c>
       <c r="C637">
-        <v>1035.674</v>
+        <v>1036.924</v>
       </c>
       <c r="D637">
-        <v>755.554</v>
+        <v>758.348</v>
       </c>
       <c r="E637">
-        <v>1862.728</v>
+        <v>1866.807</v>
       </c>
       <c r="F637">
-        <v>0.242</v>
+        <v>0.229</v>
       </c>
       <c r="G637">
         <v>0.357</v>
       </c>
       <c r="H637">
-        <v>1.094</v>
+        <v>1.093</v>
       </c>
       <c r="I637">
-        <v>0.041</v>
+        <v>0.052</v>
       </c>
       <c r="J637">
-        <v>201.209</v>
+        <v>201.148</v>
       </c>
       <c r="K637">
-        <v>202.943</v>
+        <v>202.878</v>
       </c>
       <c r="L637">
-        <v>2065.672</v>
+        <v>2069.684</v>
       </c>
       <c r="M637">
-        <v>288.41</v>
+        <v>290.774</v>
       </c>
       <c r="N637">
-        <v>2354.082</v>
+        <v>2360.458</v>
       </c>
       <c r="O637">
-        <v>442.436</v>
+        <v>443.37</v>
       </c>
       <c r="P637">
-        <v>2796.518</v>
+        <v>2803.828</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>69.457</v>
+        <v>69.492</v>
       </c>
       <c r="C638">
-        <v>921.9</v>
+        <v>922.522</v>
       </c>
       <c r="D638">
-        <v>598.639</v>
+        <v>600.92</v>
       </c>
       <c r="E638">
-        <v>1588.676</v>
+        <v>1591.613</v>
       </c>
       <c r="F638">
-        <v>0.221</v>
+        <v>0.215</v>
       </c>
       <c r="G638">
         <v>0.322</v>
       </c>
       <c r="H638">
-        <v>1.191</v>
+        <v>1.165</v>
       </c>
       <c r="I638">
-        <v>0.034</v>
+        <v>0.045</v>
       </c>
       <c r="J638">
-        <v>181.03</v>
+        <v>181.506</v>
       </c>
       <c r="K638">
-        <v>182.798</v>
+        <v>183.254</v>
       </c>
       <c r="L638">
-        <v>1771.474</v>
+        <v>1774.867</v>
       </c>
       <c r="M638">
-        <v>270.959</v>
+        <v>272.506</v>
       </c>
       <c r="N638">
-        <v>2042.433</v>
+        <v>2047.373</v>
       </c>
       <c r="O638">
-        <v>368.702</v>
+        <v>368.644</v>
       </c>
       <c r="P638">
-        <v>2411.136</v>
+        <v>2416.017</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>73.099</v>
+        <v>73.133</v>
       </c>
       <c r="C639">
-        <v>956.645</v>
+        <v>956.955</v>
       </c>
       <c r="D639">
-        <v>676.136</v>
+        <v>678.757</v>
       </c>
       <c r="E639">
-        <v>1704.693</v>
+        <v>1707.658</v>
       </c>
       <c r="F639">
-        <v>0.274</v>
+        <v>0.261</v>
       </c>
       <c r="G639">
         <v>0.357</v>
       </c>
       <c r="H639">
-        <v>1.698</v>
+        <v>1.648</v>
       </c>
       <c r="I639">
-        <v>0.071</v>
+        <v>0.062</v>
       </c>
       <c r="J639">
-        <v>198.611</v>
+        <v>199.281</v>
       </c>
       <c r="K639">
-        <v>201.012</v>
+        <v>201.608</v>
       </c>
       <c r="L639">
-        <v>1905.705</v>
+        <v>1909.266</v>
       </c>
       <c r="M639">
-        <v>285.021</v>
+        <v>286.28</v>
       </c>
       <c r="N639">
-        <v>2190.726</v>
+        <v>2195.546</v>
       </c>
       <c r="O639">
-        <v>371.132</v>
+        <v>371.242</v>
       </c>
       <c r="P639">
-        <v>2561.858</v>
+        <v>2566.788</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>66.365</v>
+        <v>65.659</v>
       </c>
       <c r="C640">
-        <v>897.696</v>
+        <v>899.887</v>
       </c>
       <c r="D640">
-        <v>686.159</v>
+        <v>688.883</v>
       </c>
       <c r="E640">
-        <v>1648.02</v>
+        <v>1652.229</v>
       </c>
       <c r="F640">
-        <v>0.248</v>
+        <v>0.234</v>
       </c>
       <c r="G640">
         <v>0.345</v>
       </c>
       <c r="H640">
-        <v>1.841</v>
+        <v>1.798</v>
       </c>
       <c r="I640">
-        <v>0.064</v>
+        <v>0.054</v>
       </c>
       <c r="J640">
-        <v>186.145</v>
+        <v>186.895</v>
       </c>
       <c r="K640">
-        <v>188.643</v>
+        <v>189.327</v>
       </c>
       <c r="L640">
-        <v>1836.663</v>
+        <v>1841.556</v>
       </c>
       <c r="M640">
-        <v>287.794</v>
+        <v>289.581</v>
       </c>
       <c r="N640">
-        <v>2124.458</v>
+        <v>2131.137</v>
       </c>
       <c r="O640">
-        <v>378.083</v>
+        <v>376.181</v>
       </c>
       <c r="P640">
-        <v>2502.541</v>
+        <v>2507.318</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>63.694</v>
+        <v>67.518</v>
       </c>
       <c r="C641">
-        <v>898.609</v>
+        <v>899.329</v>
       </c>
       <c r="D641">
-        <v>744.207</v>
+        <v>747.294</v>
       </c>
       <c r="E641">
-        <v>1703.753</v>
+        <v>1711.384</v>
       </c>
       <c r="F641">
-        <v>0.282</v>
+        <v>0.265</v>
       </c>
       <c r="G641">
         <v>0.357</v>
       </c>
       <c r="H641">
-        <v>2.022</v>
+        <v>1.975</v>
       </c>
       <c r="I641">
-        <v>0.053</v>
+        <v>0.047</v>
       </c>
       <c r="J641">
-        <v>192.887</v>
+        <v>193.791</v>
       </c>
       <c r="K641">
-        <v>195.601</v>
+        <v>196.435</v>
       </c>
       <c r="L641">
-        <v>1899.354</v>
+        <v>1907.819</v>
       </c>
       <c r="M641">
-        <v>298.039</v>
+        <v>299.646</v>
       </c>
       <c r="N641">
-        <v>2197.393</v>
+        <v>2207.464</v>
       </c>
       <c r="O641">
-        <v>411.375</v>
+        <v>411.741</v>
       </c>
       <c r="P641">
-        <v>2608.768</v>
+        <v>2619.205</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>64.991</v>
+        <v>68.112</v>
       </c>
       <c r="C642">
-        <v>855.548</v>
+        <v>856.825</v>
       </c>
       <c r="D642">
-        <v>762.39</v>
+        <v>765.376</v>
       </c>
       <c r="E642">
-        <v>1680.25</v>
+        <v>1687.634</v>
       </c>
       <c r="F642">
-        <v>0.255</v>
+        <v>0.24</v>
       </c>
       <c r="G642">
         <v>0.345</v>
       </c>
       <c r="H642">
-        <v>2.049</v>
+        <v>1.988</v>
       </c>
       <c r="I642">
-        <v>0.052</v>
+        <v>0.047</v>
       </c>
       <c r="J642">
-        <v>191.188</v>
+        <v>191.772</v>
       </c>
       <c r="K642">
-        <v>193.889</v>
+        <v>194.391</v>
       </c>
       <c r="L642">
-        <v>1874.139</v>
+        <v>1882.025</v>
       </c>
       <c r="M642">
-        <v>308.605</v>
+        <v>309.585</v>
       </c>
       <c r="N642">
-        <v>2182.743</v>
+        <v>2191.61</v>
       </c>
       <c r="O642">
-        <v>449.236</v>
+        <v>448.689</v>
       </c>
       <c r="P642">
-        <v>2631.98</v>
+        <v>2640.299</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>64.459</v>
+        <v>64.487</v>
       </c>
       <c r="C643">
-        <v>885.224</v>
+        <v>885.307</v>
       </c>
       <c r="D643">
-        <v>796.961</v>
+        <v>801.577</v>
       </c>
       <c r="E643">
-        <v>1744.535</v>
+        <v>1749.262</v>
       </c>
       <c r="F643">
-        <v>0.239</v>
+        <v>0.231</v>
       </c>
       <c r="G643">
         <v>0.357</v>
       </c>
       <c r="H643">
-        <v>2.142</v>
+        <v>2.082</v>
       </c>
       <c r="I643">
-        <v>0.044</v>
+        <v>0.04</v>
       </c>
       <c r="J643">
-        <v>199.597</v>
+        <v>200.384</v>
       </c>
       <c r="K643">
-        <v>202.379</v>
+        <v>203.095</v>
       </c>
       <c r="L643">
-        <v>1946.914</v>
+        <v>1952.356</v>
       </c>
       <c r="M643">
-        <v>324.179</v>
+        <v>324.504</v>
       </c>
       <c r="N643">
-        <v>2271.092</v>
+        <v>2276.86</v>
       </c>
       <c r="O643">
-        <v>486.879</v>
+        <v>485.341</v>
       </c>
       <c r="P643">
-        <v>2757.971</v>
+        <v>2762.201</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>65.642</v>
+      </c>
+      <c r="C644">
+        <v>902.749</v>
+      </c>
+      <c r="D644">
+        <v>822.522</v>
+      </c>
+      <c r="E644">
+        <v>1787.899</v>
+      </c>
+      <c r="F644">
+        <v>0.216</v>
+      </c>
+      <c r="G644">
+        <v>0.357</v>
+      </c>
+      <c r="H644">
+        <v>2.006</v>
+      </c>
+      <c r="I644">
+        <v>0.034</v>
+      </c>
+      <c r="J644">
+        <v>199.691</v>
+      </c>
+      <c r="K644">
+        <v>202.304</v>
+      </c>
+      <c r="L644">
+        <v>1990.204</v>
+      </c>
+      <c r="M644">
+        <v>324.328</v>
+      </c>
+      <c r="N644">
+        <v>2314.532</v>
+      </c>
+      <c r="O644">
+        <v>464.648</v>
+      </c>
+      <c r="P644">
+        <v>2779.179</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>66.431</v>
+      </c>
+      <c r="C645">
+        <v>870.897</v>
+      </c>
+      <c r="D645">
+        <v>790.272</v>
+      </c>
+      <c r="E645">
+        <v>1724.452</v>
+      </c>
+      <c r="F645">
+        <v>0.186</v>
+      </c>
+      <c r="G645">
+        <v>0.345</v>
+      </c>
+      <c r="H645">
+        <v>1.984</v>
+      </c>
+      <c r="I645">
+        <v>0.029</v>
+      </c>
+      <c r="J645">
+        <v>190.881</v>
+      </c>
+      <c r="K645">
+        <v>193.425</v>
+      </c>
+      <c r="L645">
+        <v>1917.877</v>
+      </c>
+      <c r="M645">
+        <v>303.903</v>
+      </c>
+      <c r="N645">
+        <v>2221.78</v>
+      </c>
+      <c r="O645">
+        <v>432.992</v>
+      </c>
+      <c r="P645">
+        <v>2654.772</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -36090,140 +36190,140 @@
       </c>
       <c r="L86">
         <v>22594.331</v>
       </c>
       <c r="M86">
         <v>3481.823</v>
       </c>
       <c r="N86">
         <v>26076.154</v>
       </c>
       <c r="O86">
         <v>5106.847</v>
       </c>
       <c r="P86">
         <v>31183.001</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>911.699</v>
       </c>
       <c r="C87">
-        <v>10882.848</v>
+        <v>10859.636</v>
       </c>
       <c r="D87">
         <v>8586.118</v>
       </c>
       <c r="E87">
-        <v>20348.228</v>
+        <v>20325.016</v>
       </c>
       <c r="F87">
         <v>2.88</v>
       </c>
       <c r="G87">
         <v>4.2</v>
       </c>
       <c r="H87">
         <v>16.063</v>
       </c>
       <c r="I87">
         <v>0.382</v>
       </c>
       <c r="J87">
         <v>2333.555</v>
       </c>
       <c r="K87">
         <v>2357.08</v>
       </c>
       <c r="L87">
-        <v>22705.308</v>
+        <v>22682.096</v>
       </c>
       <c r="M87">
         <v>3443.58</v>
       </c>
       <c r="N87">
-        <v>26148.888</v>
+        <v>26125.676</v>
       </c>
       <c r="O87">
-        <v>4926.135</v>
+        <v>4929.742</v>
       </c>
       <c r="P87">
-        <v>31075.023</v>
+        <v>31055.419</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>885.016</v>
+        <v>887.102</v>
       </c>
       <c r="C88">
-        <v>10932.753</v>
+        <v>10913.167</v>
       </c>
       <c r="D88">
-        <v>8721.994</v>
+        <v>8717.277</v>
       </c>
       <c r="E88">
-        <v>20502.539</v>
+        <v>20480.322</v>
       </c>
       <c r="F88">
-        <v>2.981</v>
+        <v>2.765</v>
       </c>
       <c r="G88">
         <v>4.2</v>
       </c>
       <c r="H88">
-        <v>17.885</v>
+        <v>17.964</v>
       </c>
       <c r="I88">
-        <v>0.4</v>
+        <v>0.339</v>
       </c>
       <c r="J88">
-        <v>2352.125</v>
+        <v>2358.267</v>
       </c>
       <c r="K88">
-        <v>2377.591</v>
+        <v>2383.535</v>
       </c>
       <c r="L88">
-        <v>22880.13</v>
+        <v>22863.856</v>
       </c>
       <c r="M88">
-        <v>3518.634</v>
+        <v>3530.001</v>
       </c>
       <c r="N88">
-        <v>26398.764</v>
+        <v>26393.858</v>
       </c>
       <c r="O88">
-        <v>5014.717</v>
+        <v>4997.502</v>
       </c>
       <c r="P88">
-        <v>31413.48</v>
+        <v>31391.359</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>