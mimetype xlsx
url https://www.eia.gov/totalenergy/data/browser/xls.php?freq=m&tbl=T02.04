--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 2.4 Industrial Sector Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Industrial Sector (Excluding Supplemental Gaseous Fuels)</t>
   </si>
   <si>
     <t>Petroleum Consumed by the Industrial Sector (Excluding Biofuels)</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Conventional Hydroelectric Power Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Industrial Sector</t>
   </si>
@@ -498,54 +498,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="41.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="90.978" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -31264,1087 +31264,1137 @@
       </c>
       <c r="M624">
         <v>278.596</v>
       </c>
       <c r="N624">
         <v>2236.715</v>
       </c>
       <c r="O624">
         <v>413.227</v>
       </c>
       <c r="P624">
         <v>2649.941</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>73.831</v>
       </c>
       <c r="C625">
         <v>1002.007</v>
       </c>
       <c r="D625">
-        <v>710.725</v>
+        <v>710.609</v>
       </c>
       <c r="E625">
-        <v>1785.829</v>
+        <v>1785.713</v>
       </c>
       <c r="F625">
         <v>0.3</v>
       </c>
       <c r="G625">
         <v>0.356</v>
       </c>
       <c r="H625">
         <v>0.991</v>
       </c>
       <c r="I625">
         <v>0.032</v>
       </c>
       <c r="J625">
         <v>196.508</v>
       </c>
       <c r="K625">
         <v>198.187</v>
       </c>
       <c r="L625">
-        <v>1984.015</v>
+        <v>1983.899</v>
       </c>
       <c r="M625">
         <v>281.549</v>
       </c>
       <c r="N625">
-        <v>2265.564</v>
+        <v>2265.448</v>
       </c>
       <c r="O625">
         <v>433.25</v>
       </c>
       <c r="P625">
-        <v>2698.814</v>
+        <v>2698.698</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>74.127</v>
       </c>
       <c r="C626">
         <v>906.719</v>
       </c>
       <c r="D626">
-        <v>629.011</v>
+        <v>628.9</v>
       </c>
       <c r="E626">
-        <v>1608.3</v>
+        <v>1608.189</v>
       </c>
       <c r="F626">
         <v>0.305</v>
       </c>
       <c r="G626">
         <v>0.333</v>
       </c>
       <c r="H626">
         <v>1.121</v>
       </c>
       <c r="I626">
         <v>0.016</v>
       </c>
       <c r="J626">
         <v>190.511</v>
       </c>
       <c r="K626">
         <v>192.286</v>
       </c>
       <c r="L626">
-        <v>1800.586</v>
+        <v>1800.475</v>
       </c>
       <c r="M626">
         <v>267.08</v>
       </c>
       <c r="N626">
-        <v>2067.666</v>
+        <v>2067.555</v>
       </c>
       <c r="O626">
         <v>352.48</v>
       </c>
       <c r="P626">
-        <v>2420.145</v>
+        <v>2420.034</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>75.856</v>
       </c>
       <c r="C627">
         <v>945.001</v>
       </c>
       <c r="D627">
-        <v>667.302</v>
+        <v>667.267</v>
       </c>
       <c r="E627">
-        <v>1684.076</v>
+        <v>1684.041</v>
       </c>
       <c r="F627">
         <v>0.304</v>
       </c>
       <c r="G627">
         <v>0.356</v>
       </c>
       <c r="H627">
         <v>1.531</v>
       </c>
       <c r="I627">
         <v>0.021</v>
       </c>
       <c r="J627">
         <v>200.869</v>
       </c>
       <c r="K627">
         <v>203.081</v>
       </c>
       <c r="L627">
-        <v>1887.157</v>
+        <v>1887.122</v>
       </c>
       <c r="M627">
         <v>283.537</v>
       </c>
       <c r="N627">
-        <v>2170.695</v>
+        <v>2170.659</v>
       </c>
       <c r="O627">
         <v>375.764</v>
       </c>
       <c r="P627">
-        <v>2546.459</v>
+        <v>2546.423</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>70.505</v>
       </c>
       <c r="C628">
         <v>888.735</v>
       </c>
       <c r="D628">
-        <v>694.213</v>
+        <v>694.12</v>
       </c>
       <c r="E628">
-        <v>1649.011</v>
+        <v>1648.918</v>
       </c>
       <c r="F628">
         <v>0.305</v>
       </c>
       <c r="G628">
         <v>0.344</v>
       </c>
       <c r="H628">
         <v>1.678</v>
       </c>
       <c r="I628">
         <v>0.024</v>
       </c>
       <c r="J628">
         <v>189.733</v>
       </c>
       <c r="K628">
         <v>192.084</v>
       </c>
       <c r="L628">
-        <v>1841.095</v>
+        <v>1841.002</v>
       </c>
       <c r="M628">
         <v>280.05</v>
       </c>
       <c r="N628">
-        <v>2121.145</v>
+        <v>2121.052</v>
       </c>
       <c r="O628">
         <v>363.146</v>
       </c>
       <c r="P628">
-        <v>2484.291</v>
+        <v>2484.198</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>72.495</v>
       </c>
       <c r="C629">
         <v>879.447</v>
       </c>
       <c r="D629">
-        <v>767.269</v>
+        <v>767.109</v>
       </c>
       <c r="E629">
-        <v>1716.756</v>
+        <v>1716.597</v>
       </c>
       <c r="F629">
         <v>0.291</v>
       </c>
       <c r="G629">
         <v>0.356</v>
       </c>
       <c r="H629">
         <v>1.842</v>
       </c>
       <c r="I629">
         <v>0.023</v>
       </c>
       <c r="J629">
         <v>195.961</v>
       </c>
       <c r="K629">
         <v>198.473</v>
       </c>
       <c r="L629">
-        <v>1915.23</v>
+        <v>1915.07</v>
       </c>
       <c r="M629">
         <v>299.919</v>
       </c>
       <c r="N629">
-        <v>2215.148</v>
+        <v>2214.989</v>
       </c>
       <c r="O629">
         <v>424.14</v>
       </c>
       <c r="P629">
-        <v>2639.288</v>
+        <v>2639.128</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>71.204</v>
       </c>
       <c r="C630">
         <v>847.135</v>
       </c>
       <c r="D630">
-        <v>720.174</v>
+        <v>720.092</v>
       </c>
       <c r="E630">
-        <v>1633.679</v>
+        <v>1633.597</v>
       </c>
       <c r="F630">
         <v>0.199</v>
       </c>
       <c r="G630">
         <v>0.344</v>
       </c>
       <c r="H630">
         <v>1.838</v>
       </c>
       <c r="I630">
         <v>0.024</v>
       </c>
       <c r="J630">
         <v>191.313</v>
       </c>
       <c r="K630">
         <v>193.718</v>
       </c>
       <c r="L630">
-        <v>1827.397</v>
+        <v>1827.315</v>
       </c>
       <c r="M630">
         <v>301.778</v>
       </c>
       <c r="N630">
-        <v>2129.175</v>
+        <v>2129.093</v>
       </c>
       <c r="O630">
         <v>437.996</v>
       </c>
       <c r="P630">
-        <v>2567.171</v>
+        <v>2567.089</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>72.829</v>
       </c>
       <c r="C631">
         <v>882.899</v>
       </c>
       <c r="D631">
-        <v>750.809</v>
+        <v>750.797</v>
       </c>
       <c r="E631">
-        <v>1704.967</v>
+        <v>1704.955</v>
       </c>
       <c r="F631">
         <v>0.165</v>
       </c>
       <c r="G631">
         <v>0.356</v>
       </c>
       <c r="H631">
         <v>1.88</v>
       </c>
       <c r="I631">
         <v>0.017</v>
       </c>
       <c r="J631">
         <v>199.746</v>
       </c>
       <c r="K631">
         <v>202.164</v>
       </c>
       <c r="L631">
-        <v>1907.131</v>
+        <v>1907.119</v>
       </c>
       <c r="M631">
         <v>316.796</v>
       </c>
       <c r="N631">
-        <v>2223.927</v>
+        <v>2223.915</v>
       </c>
       <c r="O631">
         <v>470.493</v>
       </c>
       <c r="P631">
-        <v>2694.42</v>
+        <v>2694.408</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>73.589</v>
       </c>
       <c r="C632">
         <v>894.374</v>
       </c>
       <c r="D632">
-        <v>798.466</v>
+        <v>798.467</v>
       </c>
       <c r="E632">
-        <v>1762.364</v>
+        <v>1762.365</v>
       </c>
       <c r="F632">
         <v>0.173</v>
       </c>
       <c r="G632">
         <v>0.356</v>
       </c>
       <c r="H632">
         <v>1.815</v>
       </c>
       <c r="I632">
         <v>0.017</v>
       </c>
       <c r="J632">
         <v>200.497</v>
       </c>
       <c r="K632">
         <v>202.857</v>
       </c>
       <c r="L632">
-        <v>1965.221</v>
+        <v>1965.222</v>
       </c>
       <c r="M632">
         <v>320.208</v>
       </c>
       <c r="N632">
-        <v>2285.429</v>
+        <v>2285.43</v>
       </c>
       <c r="O632">
         <v>470.166</v>
       </c>
       <c r="P632">
-        <v>2755.595</v>
+        <v>2755.596</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>70.866</v>
       </c>
       <c r="C633">
         <v>857.811</v>
       </c>
       <c r="D633">
-        <v>744.976</v>
+        <v>744.984</v>
       </c>
       <c r="E633">
-        <v>1670.379</v>
+        <v>1670.387</v>
       </c>
       <c r="F633">
         <v>0.123</v>
       </c>
       <c r="G633">
         <v>0.344</v>
       </c>
       <c r="H633">
         <v>1.655</v>
       </c>
       <c r="I633">
         <v>0.021</v>
       </c>
       <c r="J633">
         <v>192.514</v>
       </c>
       <c r="K633">
         <v>194.657</v>
       </c>
       <c r="L633">
-        <v>1865.036</v>
+        <v>1865.044</v>
       </c>
       <c r="M633">
         <v>299.982</v>
       </c>
       <c r="N633">
-        <v>2165.019</v>
+        <v>2165.027</v>
       </c>
       <c r="O633">
         <v>412.132</v>
       </c>
       <c r="P633">
-        <v>2577.15</v>
+        <v>2577.158</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>76.856</v>
       </c>
       <c r="C634">
         <v>889.815</v>
       </c>
       <c r="D634">
-        <v>821.656</v>
+        <v>821.65</v>
       </c>
       <c r="E634">
-        <v>1784.441</v>
+        <v>1784.435</v>
       </c>
       <c r="F634">
         <v>0.211</v>
       </c>
       <c r="G634">
         <v>0.356</v>
       </c>
       <c r="H634">
         <v>1.478</v>
       </c>
       <c r="I634">
         <v>0.029</v>
       </c>
       <c r="J634">
         <v>194.335</v>
       </c>
       <c r="K634">
         <v>196.409</v>
       </c>
       <c r="L634">
-        <v>1980.85</v>
+        <v>1980.844</v>
       </c>
       <c r="M634">
         <v>301.463</v>
       </c>
       <c r="N634">
-        <v>2282.313</v>
+        <v>2282.307</v>
       </c>
       <c r="O634">
         <v>406.345</v>
       </c>
       <c r="P634">
-        <v>2688.658</v>
+        <v>2688.652</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>76.104</v>
       </c>
       <c r="C635">
         <v>916.388</v>
       </c>
       <c r="D635">
-        <v>706.253</v>
+        <v>706.187</v>
       </c>
       <c r="E635">
-        <v>1696.125</v>
+        <v>1696.06</v>
       </c>
       <c r="F635">
         <v>0.172</v>
       </c>
       <c r="G635">
         <v>0.344</v>
       </c>
       <c r="H635">
         <v>1.139</v>
       </c>
       <c r="I635">
         <v>0.057</v>
       </c>
       <c r="J635">
         <v>199.747</v>
       </c>
       <c r="K635">
         <v>201.46</v>
       </c>
       <c r="L635">
-        <v>1897.586</v>
+        <v>1897.52</v>
       </c>
       <c r="M635">
         <v>287.867</v>
       </c>
       <c r="N635">
-        <v>2185.453</v>
+        <v>2185.387</v>
       </c>
       <c r="O635">
         <v>408.936</v>
       </c>
       <c r="P635">
-        <v>2594.389</v>
+        <v>2594.323</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>78.839</v>
       </c>
       <c r="C636">
         <v>1002.665</v>
       </c>
       <c r="D636">
-        <v>706.424</v>
+        <v>706.347</v>
       </c>
       <c r="E636">
-        <v>1784.224</v>
+        <v>1784.147</v>
       </c>
       <c r="F636">
         <v>0.215</v>
       </c>
       <c r="G636">
         <v>0.356</v>
       </c>
       <c r="H636">
         <v>0.996</v>
       </c>
       <c r="I636">
         <v>0.059</v>
       </c>
       <c r="J636">
         <v>206.532</v>
       </c>
       <c r="K636">
         <v>208.158</v>
       </c>
       <c r="L636">
-        <v>1992.382</v>
+        <v>1992.306</v>
       </c>
       <c r="M636">
         <v>289.772</v>
       </c>
       <c r="N636">
-        <v>2282.154</v>
+        <v>2282.077</v>
       </c>
       <c r="O636">
         <v>429.158</v>
       </c>
       <c r="P636">
-        <v>2711.313</v>
+        <v>2711.236</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>72.663</v>
       </c>
       <c r="C637">
-        <v>1036.924</v>
+        <v>1035.508</v>
       </c>
       <c r="D637">
-        <v>758.348</v>
+        <v>758.503</v>
       </c>
       <c r="E637">
-        <v>1866.807</v>
+        <v>1865.546</v>
       </c>
       <c r="F637">
         <v>0.229</v>
       </c>
       <c r="G637">
         <v>0.357</v>
       </c>
       <c r="H637">
         <v>1.093</v>
       </c>
       <c r="I637">
         <v>0.052</v>
       </c>
       <c r="J637">
-        <v>201.148</v>
+        <v>199.167</v>
       </c>
       <c r="K637">
-        <v>202.878</v>
+        <v>200.897</v>
       </c>
       <c r="L637">
-        <v>2069.684</v>
+        <v>2066.443</v>
       </c>
       <c r="M637">
         <v>290.774</v>
       </c>
       <c r="N637">
-        <v>2360.458</v>
+        <v>2357.217</v>
       </c>
       <c r="O637">
-        <v>443.37</v>
+        <v>443.598</v>
       </c>
       <c r="P637">
-        <v>2803.828</v>
+        <v>2800.814</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>69.492</v>
       </c>
       <c r="C638">
-        <v>922.522</v>
+        <v>921.214</v>
       </c>
       <c r="D638">
-        <v>600.92</v>
+        <v>601.637</v>
       </c>
       <c r="E638">
-        <v>1591.613</v>
+        <v>1591.022</v>
       </c>
       <c r="F638">
         <v>0.215</v>
       </c>
       <c r="G638">
         <v>0.322</v>
       </c>
       <c r="H638">
         <v>1.165</v>
       </c>
       <c r="I638">
         <v>0.045</v>
       </c>
       <c r="J638">
-        <v>181.506</v>
+        <v>179.714</v>
       </c>
       <c r="K638">
-        <v>183.254</v>
+        <v>181.461</v>
       </c>
       <c r="L638">
-        <v>1774.867</v>
+        <v>1772.484</v>
       </c>
       <c r="M638">
         <v>272.506</v>
       </c>
       <c r="N638">
-        <v>2047.373</v>
+        <v>2044.99</v>
       </c>
       <c r="O638">
-        <v>368.644</v>
+        <v>368.843</v>
       </c>
       <c r="P638">
-        <v>2416.017</v>
+        <v>2413.833</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>73.133</v>
       </c>
       <c r="C639">
-        <v>956.955</v>
+        <v>955.422</v>
       </c>
       <c r="D639">
-        <v>678.757</v>
+        <v>678.108</v>
       </c>
       <c r="E639">
-        <v>1707.658</v>
+        <v>1705.476</v>
       </c>
       <c r="F639">
         <v>0.261</v>
       </c>
       <c r="G639">
         <v>0.357</v>
       </c>
       <c r="H639">
         <v>1.648</v>
       </c>
       <c r="I639">
         <v>0.062</v>
       </c>
       <c r="J639">
-        <v>199.281</v>
+        <v>197.352</v>
       </c>
       <c r="K639">
-        <v>201.608</v>
+        <v>199.679</v>
       </c>
       <c r="L639">
-        <v>1909.266</v>
+        <v>1905.155</v>
       </c>
       <c r="M639">
         <v>286.28</v>
       </c>
       <c r="N639">
-        <v>2195.546</v>
+        <v>2191.435</v>
       </c>
       <c r="O639">
-        <v>371.242</v>
+        <v>371.445</v>
       </c>
       <c r="P639">
-        <v>2566.788</v>
+        <v>2562.88</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>65.659</v>
       </c>
       <c r="C640">
-        <v>899.887</v>
+        <v>898.396</v>
       </c>
       <c r="D640">
-        <v>688.883</v>
+        <v>687.414</v>
       </c>
       <c r="E640">
-        <v>1652.229</v>
+        <v>1649.27</v>
       </c>
       <c r="F640">
         <v>0.234</v>
       </c>
       <c r="G640">
         <v>0.345</v>
       </c>
       <c r="H640">
         <v>1.798</v>
       </c>
       <c r="I640">
         <v>0.054</v>
       </c>
       <c r="J640">
-        <v>186.895</v>
+        <v>185.087</v>
       </c>
       <c r="K640">
-        <v>189.327</v>
+        <v>187.518</v>
       </c>
       <c r="L640">
-        <v>1841.556</v>
+        <v>1836.788</v>
       </c>
       <c r="M640">
         <v>289.581</v>
       </c>
       <c r="N640">
-        <v>2131.137</v>
+        <v>2126.368</v>
       </c>
       <c r="O640">
-        <v>376.181</v>
+        <v>376.398</v>
       </c>
       <c r="P640">
-        <v>2507.318</v>
+        <v>2502.766</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>67.518</v>
       </c>
       <c r="C641">
-        <v>899.329</v>
+        <v>897.76</v>
       </c>
       <c r="D641">
-        <v>747.294</v>
+        <v>745.423</v>
       </c>
       <c r="E641">
-        <v>1711.384</v>
+        <v>1707.942</v>
       </c>
       <c r="F641">
         <v>0.265</v>
       </c>
       <c r="G641">
         <v>0.357</v>
       </c>
       <c r="H641">
         <v>1.975</v>
       </c>
       <c r="I641">
         <v>0.047</v>
       </c>
       <c r="J641">
-        <v>193.791</v>
+        <v>191.897</v>
       </c>
       <c r="K641">
-        <v>196.435</v>
+        <v>194.541</v>
       </c>
       <c r="L641">
-        <v>1907.819</v>
+        <v>1902.484</v>
       </c>
       <c r="M641">
         <v>299.646</v>
       </c>
       <c r="N641">
-        <v>2207.464</v>
+        <v>2202.129</v>
       </c>
       <c r="O641">
-        <v>411.741</v>
+        <v>411.987</v>
       </c>
       <c r="P641">
-        <v>2619.205</v>
+        <v>2614.116</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>68.112</v>
       </c>
       <c r="C642">
-        <v>856.825</v>
+        <v>855.274</v>
       </c>
       <c r="D642">
-        <v>765.376</v>
+        <v>763.282</v>
       </c>
       <c r="E642">
-        <v>1687.634</v>
+        <v>1683.99</v>
       </c>
       <c r="F642">
         <v>0.24</v>
       </c>
       <c r="G642">
         <v>0.345</v>
       </c>
       <c r="H642">
         <v>1.988</v>
       </c>
       <c r="I642">
         <v>0.047</v>
       </c>
       <c r="J642">
-        <v>191.772</v>
+        <v>189.864</v>
       </c>
       <c r="K642">
-        <v>194.391</v>
+        <v>192.484</v>
       </c>
       <c r="L642">
-        <v>1882.025</v>
+        <v>1876.473</v>
       </c>
       <c r="M642">
         <v>309.585</v>
       </c>
       <c r="N642">
-        <v>2191.61</v>
+        <v>2186.058</v>
       </c>
       <c r="O642">
-        <v>448.689</v>
+        <v>448.965</v>
       </c>
       <c r="P642">
-        <v>2640.299</v>
+        <v>2635.023</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>64.487</v>
       </c>
       <c r="C643">
-        <v>885.307</v>
+        <v>883.689</v>
       </c>
       <c r="D643">
-        <v>801.577</v>
+        <v>798.996</v>
       </c>
       <c r="E643">
-        <v>1749.262</v>
+        <v>1745.062</v>
       </c>
       <c r="F643">
         <v>0.231</v>
       </c>
       <c r="G643">
         <v>0.357</v>
       </c>
       <c r="H643">
         <v>2.082</v>
       </c>
       <c r="I643">
         <v>0.04</v>
       </c>
       <c r="J643">
-        <v>200.384</v>
+        <v>198.409</v>
       </c>
       <c r="K643">
-        <v>203.095</v>
+        <v>201.12</v>
       </c>
       <c r="L643">
-        <v>1952.356</v>
+        <v>1946.182</v>
       </c>
       <c r="M643">
         <v>324.504</v>
       </c>
       <c r="N643">
-        <v>2276.86</v>
+        <v>2270.686</v>
       </c>
       <c r="O643">
-        <v>485.341</v>
+        <v>485.655</v>
       </c>
       <c r="P643">
-        <v>2762.201</v>
+        <v>2756.34</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>65.642</v>
       </c>
       <c r="C644">
-        <v>902.749</v>
+        <v>901.053</v>
       </c>
       <c r="D644">
-        <v>822.522</v>
+        <v>819.792</v>
       </c>
       <c r="E644">
-        <v>1787.899</v>
+        <v>1783.474</v>
       </c>
       <c r="F644">
         <v>0.216</v>
       </c>
       <c r="G644">
         <v>0.357</v>
       </c>
       <c r="H644">
         <v>2.006</v>
       </c>
       <c r="I644">
         <v>0.034</v>
       </c>
       <c r="J644">
-        <v>199.691</v>
+        <v>197.714</v>
       </c>
       <c r="K644">
-        <v>202.304</v>
+        <v>200.328</v>
       </c>
       <c r="L644">
-        <v>1990.204</v>
+        <v>1983.801</v>
       </c>
       <c r="M644">
         <v>324.328</v>
       </c>
       <c r="N644">
-        <v>2314.532</v>
+        <v>2308.129</v>
       </c>
       <c r="O644">
-        <v>464.648</v>
+        <v>464.955</v>
       </c>
       <c r="P644">
-        <v>2779.179</v>
+        <v>2773.085</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>66.431</v>
       </c>
       <c r="C645">
-        <v>870.897</v>
+        <v>869.368</v>
       </c>
       <c r="D645">
-        <v>790.272</v>
+        <v>776.752</v>
       </c>
       <c r="E645">
-        <v>1724.452</v>
+        <v>1709.403</v>
       </c>
       <c r="F645">
         <v>0.186</v>
       </c>
       <c r="G645">
         <v>0.345</v>
       </c>
       <c r="H645">
         <v>1.984</v>
       </c>
       <c r="I645">
         <v>0.029</v>
       </c>
       <c r="J645">
-        <v>190.881</v>
+        <v>189.079</v>
       </c>
       <c r="K645">
-        <v>193.425</v>
+        <v>191.623</v>
       </c>
       <c r="L645">
-        <v>1917.877</v>
+        <v>1901.026</v>
       </c>
       <c r="M645">
         <v>303.903</v>
       </c>
       <c r="N645">
-        <v>2221.78</v>
+        <v>2204.929</v>
       </c>
       <c r="O645">
-        <v>432.992</v>
+        <v>433.276</v>
       </c>
       <c r="P645">
-        <v>2654.772</v>
+        <v>2638.205</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>69.874</v>
+      </c>
+      <c r="C646">
+        <v>895.702</v>
+      </c>
+      <c r="D646">
+        <v>777.368</v>
+      </c>
+      <c r="E646">
+        <v>1739.436</v>
+      </c>
+      <c r="F646">
+        <v>0.188</v>
+      </c>
+      <c r="G646">
+        <v>0.357</v>
+      </c>
+      <c r="H646">
+        <v>1.786</v>
+      </c>
+      <c r="I646">
+        <v>0.043</v>
+      </c>
+      <c r="J646">
+        <v>196.801</v>
+      </c>
+      <c r="K646">
+        <v>199.175</v>
+      </c>
+      <c r="L646">
+        <v>1938.611</v>
+      </c>
+      <c r="M646">
+        <v>300.318</v>
+      </c>
+      <c r="N646">
+        <v>2238.929</v>
+      </c>
+      <c r="O646">
+        <v>409.421</v>
+      </c>
+      <c r="P646">
+        <v>2648.35</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -36243,87 +36293,87 @@
       </c>
       <c r="M87">
         <v>3443.58</v>
       </c>
       <c r="N87">
         <v>26125.676</v>
       </c>
       <c r="O87">
         <v>4929.742</v>
       </c>
       <c r="P87">
         <v>31055.419</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>887.102</v>
       </c>
       <c r="C88">
         <v>10913.167</v>
       </c>
       <c r="D88">
-        <v>8717.277</v>
+        <v>8716.529</v>
       </c>
       <c r="E88">
-        <v>20480.322</v>
+        <v>20479.574</v>
       </c>
       <c r="F88">
         <v>2.765</v>
       </c>
       <c r="G88">
         <v>4.2</v>
       </c>
       <c r="H88">
         <v>17.964</v>
       </c>
       <c r="I88">
         <v>0.339</v>
       </c>
       <c r="J88">
         <v>2358.267</v>
       </c>
       <c r="K88">
         <v>2383.535</v>
       </c>
       <c r="L88">
-        <v>22863.856</v>
+        <v>22863.109</v>
       </c>
       <c r="M88">
         <v>3530.001</v>
       </c>
       <c r="N88">
-        <v>26393.858</v>
+        <v>26393.11</v>
       </c>
       <c r="O88">
         <v>4997.502</v>
       </c>
       <c r="P88">
-        <v>31391.359</v>
+        <v>31390.612</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>