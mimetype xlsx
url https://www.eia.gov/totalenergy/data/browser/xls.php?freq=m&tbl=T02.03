--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 2.3 Commercial Sector Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Commercial Sector (Excluding Supplemental Gaseous Fuels)</t>
   </si>
   <si>
     <t>Petroleum Consumed by the Commercial Sector (Excluding Biofuels)</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Conventional Hydroelectric Power Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Commercial Sector</t>
   </si>
@@ -501,54 +501,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="41.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="90.978" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -31270,272 +31270,272 @@
       </c>
       <c r="N624">
         <v>923.084</v>
       </c>
       <c r="O624">
         <v>564.002</v>
       </c>
       <c r="P624">
         <v>1487.085</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>1.666</v>
       </c>
       <c r="C625">
         <v>563.525</v>
       </c>
       <c r="D625">
         <v>100.811</v>
       </c>
       <c r="E625">
-        <v>666.002</v>
+        <v>666.003</v>
       </c>
       <c r="F625">
         <v>0.094</v>
       </c>
       <c r="G625">
         <v>1.669</v>
       </c>
       <c r="H625">
         <v>4.398</v>
       </c>
       <c r="I625">
         <v>0.037</v>
       </c>
       <c r="J625">
         <v>14.544</v>
       </c>
       <c r="K625">
         <v>20.741</v>
       </c>
       <c r="L625">
         <v>686.744</v>
       </c>
       <c r="M625">
         <v>401.964</v>
       </c>
       <c r="N625">
         <v>1088.708</v>
       </c>
       <c r="O625">
         <v>618.883</v>
       </c>
       <c r="P625">
         <v>1707.591</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>1.183</v>
       </c>
       <c r="C626">
         <v>432.209</v>
       </c>
       <c r="D626">
-        <v>99.061</v>
+        <v>99.063</v>
       </c>
       <c r="E626">
-        <v>532.453</v>
+        <v>532.455</v>
       </c>
       <c r="F626" t="s">
         <v>24</v>
       </c>
       <c r="G626">
         <v>1.561</v>
       </c>
       <c r="H626">
         <v>5.047</v>
       </c>
       <c r="I626">
         <v>0.037</v>
       </c>
       <c r="J626">
         <v>13.425</v>
       </c>
       <c r="K626">
         <v>20.154</v>
       </c>
       <c r="L626">
-        <v>552.607</v>
+        <v>552.609</v>
       </c>
       <c r="M626">
         <v>367.609</v>
       </c>
       <c r="N626">
-        <v>920.217</v>
+        <v>920.219</v>
       </c>
       <c r="O626">
         <v>487.665</v>
       </c>
       <c r="P626">
-        <v>1407.882</v>
+        <v>1407.884</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>1.109</v>
       </c>
       <c r="C627">
         <v>360.702</v>
       </c>
       <c r="D627">
-        <v>86.445</v>
+        <v>86.447</v>
       </c>
       <c r="E627">
-        <v>448.256</v>
+        <v>448.258</v>
       </c>
       <c r="F627">
         <v>0.093</v>
       </c>
       <c r="G627">
         <v>1.669</v>
       </c>
       <c r="H627">
         <v>6.615</v>
       </c>
       <c r="I627">
         <v>0.048</v>
       </c>
       <c r="J627">
         <v>13.989</v>
       </c>
       <c r="K627">
         <v>22.415</v>
       </c>
       <c r="L627">
-        <v>470.671</v>
+        <v>470.673</v>
       </c>
       <c r="M627">
         <v>375.51</v>
       </c>
       <c r="N627">
-        <v>846.18</v>
+        <v>846.182</v>
       </c>
       <c r="O627">
         <v>500.913</v>
       </c>
       <c r="P627">
-        <v>1347.093</v>
+        <v>1347.095</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>0.555</v>
       </c>
       <c r="C628">
         <v>257.306</v>
       </c>
       <c r="D628">
-        <v>67.745</v>
+        <v>67.753</v>
       </c>
       <c r="E628">
-        <v>325.606</v>
+        <v>325.614</v>
       </c>
       <c r="F628">
         <v>0.077</v>
       </c>
       <c r="G628">
         <v>1.615</v>
       </c>
       <c r="H628">
         <v>7.291</v>
       </c>
       <c r="I628">
         <v>0.058</v>
       </c>
       <c r="J628">
         <v>13.446</v>
       </c>
       <c r="K628">
         <v>22.488</v>
       </c>
       <c r="L628">
-        <v>348.093</v>
+        <v>348.101</v>
       </c>
       <c r="M628">
         <v>366.379</v>
       </c>
       <c r="N628">
-        <v>714.473</v>
+        <v>714.481</v>
       </c>
       <c r="O628">
         <v>477.209</v>
       </c>
       <c r="P628">
-        <v>1191.681</v>
+        <v>1191.689</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>0.338</v>
       </c>
       <c r="C629">
         <v>182.879</v>
       </c>
       <c r="D629">
         <v>63.72</v>
       </c>
       <c r="E629">
         <v>246.937</v>
       </c>
       <c r="F629" t="s">
         <v>24</v>
       </c>
       <c r="G629">
         <v>1.669</v>
       </c>
       <c r="H629">
         <v>8.048</v>
       </c>
       <c r="I629">
         <v>0.049</v>
       </c>
       <c r="J629">
         <v>14.421</v>
       </c>
       <c r="K629">
         <v>24.281</v>
       </c>
       <c r="L629">
-        <v>271.218</v>
+        <v>271.217</v>
       </c>
       <c r="M629">
         <v>397.25</v>
       </c>
       <c r="N629">
         <v>668.468</v>
       </c>
       <c r="O629">
         <v>562.456</v>
       </c>
       <c r="P629">
         <v>1230.924</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>0.523</v>
       </c>
       <c r="C630">
         <v>159.219</v>
       </c>
       <c r="D630">
@@ -31547,657 +31547,707 @@
       <c r="F630">
         <v>0.101</v>
       </c>
       <c r="G630">
         <v>1.615</v>
       </c>
       <c r="H630">
         <v>8.056</v>
       </c>
       <c r="I630">
         <v>0.048</v>
       </c>
       <c r="J630">
         <v>13.934</v>
       </c>
       <c r="K630">
         <v>23.753</v>
       </c>
       <c r="L630">
         <v>240.113</v>
       </c>
       <c r="M630">
         <v>430.945</v>
       </c>
       <c r="N630">
-        <v>671.058</v>
+        <v>671.057</v>
       </c>
       <c r="O630">
         <v>629.816</v>
       </c>
       <c r="P630">
         <v>1300.874</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>0.519</v>
       </c>
       <c r="C631">
         <v>151.941</v>
       </c>
       <c r="D631">
-        <v>52.505</v>
+        <v>52.504</v>
       </c>
       <c r="E631">
-        <v>204.965</v>
+        <v>204.964</v>
       </c>
       <c r="F631" t="s">
         <v>24</v>
       </c>
       <c r="G631">
         <v>1.669</v>
       </c>
       <c r="H631">
         <v>8.34</v>
       </c>
       <c r="I631">
         <v>0.038</v>
       </c>
       <c r="J631">
         <v>14.688</v>
       </c>
       <c r="K631">
         <v>24.829</v>
       </c>
       <c r="L631">
         <v>229.793</v>
       </c>
       <c r="M631">
         <v>470.379</v>
       </c>
       <c r="N631">
-        <v>700.173</v>
+        <v>700.172</v>
       </c>
       <c r="O631">
         <v>702.796</v>
       </c>
       <c r="P631">
         <v>1402.968</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>0.537</v>
       </c>
       <c r="C632">
         <v>154.318</v>
       </c>
       <c r="D632">
-        <v>50.733</v>
+        <v>50.732</v>
       </c>
       <c r="E632">
-        <v>205.588</v>
+        <v>205.587</v>
       </c>
       <c r="F632">
         <v>0.089</v>
       </c>
       <c r="G632">
         <v>1.669</v>
       </c>
       <c r="H632">
         <v>8.007</v>
       </c>
       <c r="I632">
         <v>0.033</v>
       </c>
       <c r="J632">
         <v>14.462</v>
       </c>
       <c r="K632">
         <v>24.26</v>
       </c>
       <c r="L632">
         <v>229.847</v>
       </c>
       <c r="M632">
         <v>474.049</v>
       </c>
       <c r="N632">
         <v>703.896</v>
       </c>
       <c r="O632">
         <v>698.773</v>
       </c>
       <c r="P632">
-        <v>1402.669</v>
+        <v>1402.668</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>0.525</v>
       </c>
       <c r="C633">
         <v>159.936</v>
       </c>
       <c r="D633">
-        <v>56.286</v>
+        <v>56.28</v>
       </c>
       <c r="E633">
-        <v>216.747</v>
+        <v>216.741</v>
       </c>
       <c r="F633">
         <v>0.063</v>
       </c>
       <c r="G633">
         <v>1.615</v>
       </c>
       <c r="H633">
         <v>7.163</v>
       </c>
       <c r="I633">
         <v>0.031</v>
       </c>
       <c r="J633">
         <v>13.473</v>
       </c>
       <c r="K633">
         <v>22.343</v>
       </c>
       <c r="L633">
-        <v>239.09</v>
+        <v>239.085</v>
       </c>
       <c r="M633">
         <v>429.627</v>
       </c>
       <c r="N633">
-        <v>668.718</v>
+        <v>668.712</v>
       </c>
       <c r="O633">
         <v>594.823</v>
       </c>
       <c r="P633">
-        <v>1263.541</v>
+        <v>1263.535</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>1.011</v>
       </c>
       <c r="C634">
         <v>220.248</v>
       </c>
       <c r="D634">
-        <v>67.317</v>
+        <v>67.313</v>
       </c>
       <c r="E634">
-        <v>288.576</v>
+        <v>288.572</v>
       </c>
       <c r="F634" t="s">
         <v>24</v>
       </c>
       <c r="G634">
         <v>1.669</v>
       </c>
       <c r="H634">
         <v>6.224</v>
       </c>
       <c r="I634">
         <v>0.035</v>
       </c>
       <c r="J634">
         <v>14.144</v>
       </c>
       <c r="K634">
         <v>22.13</v>
       </c>
       <c r="L634">
-        <v>310.706</v>
+        <v>310.702</v>
       </c>
       <c r="M634">
         <v>408.131</v>
       </c>
       <c r="N634">
-        <v>718.837</v>
+        <v>718.833</v>
       </c>
       <c r="O634">
         <v>553.648</v>
       </c>
       <c r="P634">
-        <v>1272.485</v>
+        <v>1272.481</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>1.102</v>
       </c>
       <c r="C635">
         <v>327.641</v>
       </c>
       <c r="D635">
-        <v>74.242</v>
+        <v>74.237</v>
       </c>
       <c r="E635">
-        <v>402.986</v>
+        <v>402.981</v>
       </c>
       <c r="F635">
         <v>0.082</v>
       </c>
       <c r="G635">
         <v>1.615</v>
       </c>
       <c r="H635">
         <v>4.828</v>
       </c>
       <c r="I635">
         <v>0.042</v>
       </c>
       <c r="J635">
         <v>13.964</v>
       </c>
       <c r="K635">
         <v>20.531</v>
       </c>
       <c r="L635">
-        <v>423.517</v>
+        <v>423.512</v>
       </c>
       <c r="M635">
         <v>376.619</v>
       </c>
       <c r="N635">
-        <v>800.136</v>
+        <v>800.131</v>
       </c>
       <c r="O635">
         <v>547.418</v>
       </c>
       <c r="P635">
-        <v>1347.554</v>
+        <v>1347.548</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>1.219</v>
       </c>
       <c r="C636">
         <v>483.433</v>
       </c>
       <c r="D636">
-        <v>91.818</v>
+        <v>91.822</v>
       </c>
       <c r="E636">
-        <v>576.47</v>
+        <v>576.474</v>
       </c>
       <c r="F636">
         <v>0.1</v>
       </c>
       <c r="G636">
         <v>1.669</v>
       </c>
       <c r="H636">
         <v>4.49</v>
       </c>
       <c r="I636">
         <v>0.05</v>
       </c>
       <c r="J636">
         <v>14.296</v>
       </c>
       <c r="K636">
         <v>20.605</v>
       </c>
       <c r="L636">
-        <v>597.074</v>
+        <v>597.078</v>
       </c>
       <c r="M636">
         <v>394.368</v>
       </c>
       <c r="N636">
-        <v>991.442</v>
+        <v>991.447</v>
       </c>
       <c r="O636">
-        <v>590.007</v>
+        <v>590.006</v>
       </c>
       <c r="P636">
-        <v>1581.449</v>
+        <v>1581.453</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>1.499</v>
       </c>
       <c r="C637">
         <v>633.206</v>
       </c>
       <c r="D637">
-        <v>107.034</v>
+        <v>107.039</v>
       </c>
       <c r="E637">
-        <v>741.738</v>
+        <v>741.743</v>
       </c>
       <c r="F637">
         <v>0.1</v>
       </c>
       <c r="G637">
         <v>1.673</v>
       </c>
       <c r="H637">
         <v>4.903</v>
       </c>
       <c r="I637">
         <v>0.051</v>
       </c>
       <c r="J637">
         <v>13.949</v>
       </c>
       <c r="K637">
         <v>20.675</v>
       </c>
       <c r="L637">
-        <v>762.414</v>
+        <v>762.418</v>
       </c>
       <c r="M637">
         <v>420.744</v>
       </c>
       <c r="N637">
-        <v>1183.157</v>
+        <v>1183.162</v>
       </c>
       <c r="O637">
         <v>645.442</v>
       </c>
       <c r="P637">
-        <v>1828.599</v>
+        <v>1828.604</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>1.287</v>
       </c>
       <c r="C638">
         <v>512.509</v>
       </c>
       <c r="D638">
-        <v>104.163</v>
+        <v>104.175</v>
       </c>
       <c r="E638">
-        <v>617.959</v>
+        <v>617.971</v>
       </c>
       <c r="F638">
         <v>0.078</v>
       </c>
       <c r="G638">
         <v>1.511</v>
       </c>
       <c r="H638">
         <v>5.423</v>
       </c>
       <c r="I638">
         <v>0.041</v>
       </c>
       <c r="J638">
         <v>12.897</v>
       </c>
       <c r="K638">
         <v>19.95</v>
       </c>
       <c r="L638">
-        <v>637.909</v>
+        <v>637.921</v>
       </c>
       <c r="M638">
         <v>381.877</v>
       </c>
       <c r="N638">
-        <v>1019.786</v>
+        <v>1019.798</v>
       </c>
       <c r="O638">
         <v>519.633</v>
       </c>
       <c r="P638">
-        <v>1539.419</v>
+        <v>1539.431</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>1.138</v>
       </c>
       <c r="C639">
         <v>376.806</v>
       </c>
       <c r="D639">
-        <v>87.997</v>
+        <v>88.006</v>
       </c>
       <c r="E639">
-        <v>465.941</v>
+        <v>465.95</v>
       </c>
       <c r="F639" t="s">
         <v>24</v>
       </c>
       <c r="G639">
         <v>1.673</v>
       </c>
       <c r="H639">
         <v>7.424</v>
       </c>
       <c r="I639">
         <v>0.05</v>
       </c>
       <c r="J639">
         <v>14.106</v>
       </c>
       <c r="K639">
         <v>23.333</v>
       </c>
       <c r="L639">
-        <v>489.275</v>
+        <v>489.283</v>
       </c>
       <c r="M639">
         <v>386.664</v>
       </c>
       <c r="N639">
-        <v>875.939</v>
+        <v>875.948</v>
       </c>
       <c r="O639">
         <v>503.483</v>
       </c>
       <c r="P639">
-        <v>1379.422</v>
+        <v>1379.431</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>0.781</v>
       </c>
       <c r="C640">
-        <v>274.724</v>
+        <v>274.725</v>
       </c>
       <c r="D640">
-        <v>69.149</v>
+        <v>69.154</v>
       </c>
       <c r="E640">
-        <v>344.655</v>
+        <v>344.66</v>
       </c>
       <c r="F640" t="s">
         <v>24</v>
       </c>
       <c r="G640">
         <v>1.619</v>
       </c>
       <c r="H640">
         <v>8.226</v>
       </c>
       <c r="I640">
         <v>0.046</v>
       </c>
       <c r="J640">
         <v>13.656</v>
       </c>
       <c r="K640">
         <v>23.645</v>
       </c>
       <c r="L640">
-        <v>368.3</v>
+        <v>368.305</v>
       </c>
       <c r="M640">
         <v>380.32</v>
       </c>
       <c r="N640">
-        <v>748.62</v>
+        <v>748.625</v>
       </c>
       <c r="O640">
         <v>499.637</v>
       </c>
       <c r="P640">
-        <v>1248.257</v>
+        <v>1248.262</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>0.862</v>
       </c>
       <c r="C641">
-        <v>197.68</v>
+        <v>197.683</v>
       </c>
       <c r="D641">
-        <v>64.431</v>
+        <v>64.433</v>
       </c>
       <c r="E641">
-        <v>262.973</v>
+        <v>262.978</v>
       </c>
       <c r="F641" t="s">
         <v>24</v>
       </c>
       <c r="G641">
         <v>1.673</v>
       </c>
       <c r="H641">
         <v>8.888</v>
       </c>
       <c r="I641">
         <v>0.037</v>
       </c>
       <c r="J641">
         <v>13.495</v>
       </c>
       <c r="K641">
         <v>24.191</v>
       </c>
       <c r="L641">
-        <v>287.164</v>
+        <v>287.169</v>
       </c>
       <c r="M641">
         <v>405.06</v>
       </c>
       <c r="N641">
-        <v>692.224</v>
+        <v>692.229</v>
       </c>
       <c r="O641">
-        <v>559.089</v>
+        <v>559.094</v>
       </c>
       <c r="P641">
-        <v>1251.313</v>
+        <v>1251.323</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>0.819</v>
       </c>
       <c r="C642">
-        <v>162.277</v>
+        <v>162.225</v>
       </c>
       <c r="D642">
-        <v>57.858</v>
+        <v>57.861</v>
       </c>
       <c r="E642">
-        <v>220.954</v>
+        <v>220.905</v>
       </c>
       <c r="F642">
         <v>0.093</v>
       </c>
       <c r="G642">
         <v>1.619</v>
       </c>
       <c r="H642">
         <v>9.018</v>
       </c>
       <c r="I642">
         <v>0.03</v>
       </c>
       <c r="J642">
         <v>13.754</v>
       </c>
       <c r="K642">
         <v>24.515</v>
       </c>
       <c r="L642">
-        <v>245.469</v>
+        <v>245.42</v>
       </c>
       <c r="M642">
         <v>441.99</v>
       </c>
       <c r="N642">
-        <v>687.46</v>
+        <v>687.41</v>
       </c>
       <c r="O642">
-        <v>643.552</v>
+        <v>643.406</v>
       </c>
       <c r="P642">
-        <v>1331.011</v>
+        <v>1330.816</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>0.642</v>
+      </c>
+      <c r="C643">
+        <v>166.63</v>
+      </c>
+      <c r="D643">
+        <v>52.759</v>
+      </c>
+      <c r="E643">
+        <v>220.031</v>
+      </c>
+      <c r="F643" t="s">
+        <v>24</v>
+      </c>
+      <c r="G643">
+        <v>1.673</v>
+      </c>
+      <c r="H643">
+        <v>9.386</v>
+      </c>
+      <c r="I643">
+        <v>0.027</v>
+      </c>
+      <c r="J643">
+        <v>14.293</v>
+      </c>
+      <c r="K643">
+        <v>25.465</v>
+      </c>
+      <c r="L643">
+        <v>245.496</v>
+      </c>
+      <c r="M643">
+        <v>488.47</v>
+      </c>
+      <c r="N643">
+        <v>733.966</v>
+      </c>
+      <c r="O643">
+        <v>733.626</v>
+      </c>
+      <c r="P643">
+        <v>1467.591</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -36099,84 +36149,84 @@
       </c>
       <c r="N87">
         <v>9405.224</v>
       </c>
       <c r="O87">
         <v>6872.921</v>
       </c>
       <c r="P87">
         <v>16278.145</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>10.287</v>
       </c>
       <c r="C88">
         <v>3453.162</v>
       </c>
       <c r="D88">
         <v>867.302</v>
       </c>
       <c r="E88">
-        <v>4330.751</v>
+        <v>4330.752</v>
       </c>
       <c r="F88">
         <v>1.032</v>
       </c>
       <c r="G88">
         <v>19.7</v>
       </c>
       <c r="H88">
         <v>78.507</v>
       </c>
       <c r="I88">
         <v>0.505</v>
       </c>
       <c r="J88">
         <v>168.785</v>
       </c>
       <c r="K88">
         <v>268.529</v>
       </c>
       <c r="L88">
         <v>4599.281</v>
       </c>
       <c r="M88">
         <v>4892.831</v>
       </c>
       <c r="N88">
         <v>9492.112</v>
       </c>
       <c r="O88">
         <v>6973.207</v>
       </c>
       <c r="P88">
-        <v>16465.319</v>
+        <v>16465.318</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>