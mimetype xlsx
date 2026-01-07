--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 2.3 Commercial Sector Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Commercial Sector (Excluding Supplemental Gaseous Fuels)</t>
   </si>
   <si>
     <t>Petroleum Consumed by the Commercial Sector (Excluding Biofuels)</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Conventional Hydroelectric Power Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Commercial Sector</t>
   </si>
@@ -501,54 +501,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="41.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="90.978" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -30664,1590 +30664,1690 @@
       </c>
       <c r="L612">
         <v>630.753</v>
       </c>
       <c r="M612">
         <v>388.727</v>
       </c>
       <c r="N612">
         <v>1019.48</v>
       </c>
       <c r="O612">
         <v>601.151</v>
       </c>
       <c r="P612">
         <v>1620.631</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>1.532</v>
       </c>
       <c r="C613">
-        <v>496.253</v>
+        <v>495.118</v>
       </c>
       <c r="D613">
         <v>98.516</v>
       </c>
       <c r="E613">
-        <v>596.301</v>
+        <v>595.167</v>
       </c>
       <c r="F613">
         <v>0.098</v>
       </c>
       <c r="G613">
         <v>1.673</v>
       </c>
       <c r="H613">
         <v>3.914</v>
       </c>
       <c r="I613">
         <v>0.044</v>
       </c>
       <c r="J613">
         <v>14.447</v>
       </c>
       <c r="K613">
         <v>20.175</v>
       </c>
       <c r="L613">
-        <v>616.477</v>
+        <v>615.342</v>
       </c>
       <c r="M613">
         <v>384.839</v>
       </c>
       <c r="N613">
-        <v>1001.315</v>
+        <v>1000.18</v>
       </c>
       <c r="O613">
-        <v>549.567</v>
+        <v>549.857</v>
       </c>
       <c r="P613">
-        <v>1550.882</v>
+        <v>1550.038</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>1.322</v>
       </c>
       <c r="C614">
-        <v>442.776</v>
+        <v>441.768</v>
       </c>
       <c r="D614">
         <v>99.988</v>
       </c>
       <c r="E614">
-        <v>544.087</v>
+        <v>543.078</v>
       </c>
       <c r="F614">
         <v>0.087</v>
       </c>
       <c r="G614">
         <v>1.511</v>
       </c>
       <c r="H614">
         <v>4.34</v>
       </c>
       <c r="I614">
         <v>0.052</v>
       </c>
       <c r="J614">
         <v>12.949</v>
       </c>
       <c r="K614">
         <v>18.939</v>
       </c>
       <c r="L614">
-        <v>563.025</v>
+        <v>562.017</v>
       </c>
       <c r="M614">
         <v>354.269</v>
       </c>
       <c r="N614">
-        <v>917.294</v>
+        <v>916.286</v>
       </c>
       <c r="O614">
-        <v>471.462</v>
+        <v>471.732</v>
       </c>
       <c r="P614">
-        <v>1388.756</v>
+        <v>1388.017</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>1.168</v>
       </c>
       <c r="C615">
-        <v>425.439</v>
+        <v>424.507</v>
       </c>
       <c r="D615">
         <v>89.343</v>
       </c>
       <c r="E615">
-        <v>515.95</v>
+        <v>515.018</v>
       </c>
       <c r="F615">
         <v>0.103</v>
       </c>
       <c r="G615">
         <v>1.673</v>
       </c>
       <c r="H615">
         <v>5.907</v>
       </c>
       <c r="I615">
         <v>0.054</v>
       </c>
       <c r="J615">
         <v>14.248</v>
       </c>
       <c r="K615">
         <v>21.986</v>
       </c>
       <c r="L615">
-        <v>537.936</v>
+        <v>537.004</v>
       </c>
       <c r="M615">
         <v>384.338</v>
       </c>
       <c r="N615">
-        <v>922.273</v>
+        <v>921.342</v>
       </c>
       <c r="O615">
-        <v>526.457</v>
+        <v>526.791</v>
       </c>
       <c r="P615">
-        <v>1448.731</v>
+        <v>1448.133</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>0.98</v>
       </c>
       <c r="C616">
-        <v>263.941</v>
+        <v>263.416</v>
       </c>
       <c r="D616">
         <v>68.529</v>
       </c>
       <c r="E616">
-        <v>333.45</v>
+        <v>332.925</v>
       </c>
       <c r="F616">
         <v>0.101</v>
       </c>
       <c r="G616">
         <v>1.619</v>
       </c>
       <c r="H616">
         <v>6.56</v>
       </c>
       <c r="I616">
         <v>0.055</v>
       </c>
       <c r="J616">
         <v>13.685</v>
       </c>
       <c r="K616">
         <v>22.02</v>
       </c>
       <c r="L616">
-        <v>355.47</v>
+        <v>354.945</v>
       </c>
       <c r="M616">
         <v>355.158</v>
       </c>
       <c r="N616">
-        <v>710.628</v>
+        <v>710.103</v>
       </c>
       <c r="O616">
-        <v>468.211</v>
+        <v>468.588</v>
       </c>
       <c r="P616">
-        <v>1178.839</v>
+        <v>1178.691</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>0.765</v>
       </c>
       <c r="C617">
-        <v>190.209</v>
+        <v>189.854</v>
       </c>
       <c r="D617">
         <v>63.723</v>
       </c>
       <c r="E617">
-        <v>254.698</v>
+        <v>254.342</v>
       </c>
       <c r="F617">
         <v>0.089</v>
       </c>
       <c r="G617">
         <v>1.673</v>
       </c>
       <c r="H617">
         <v>7.147</v>
       </c>
       <c r="I617">
         <v>0.043</v>
       </c>
       <c r="J617">
         <v>14.468</v>
       </c>
       <c r="K617">
         <v>23.42</v>
       </c>
       <c r="L617">
-        <v>278.117</v>
+        <v>277.762</v>
       </c>
       <c r="M617">
         <v>386.384</v>
       </c>
       <c r="N617">
-        <v>664.502</v>
+        <v>664.146</v>
       </c>
       <c r="O617">
-        <v>543.163</v>
+        <v>543.65</v>
       </c>
       <c r="P617">
-        <v>1207.665</v>
+        <v>1207.796</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>0.611</v>
       </c>
       <c r="C618">
-        <v>155.908</v>
+        <v>155.604</v>
       </c>
       <c r="D618">
         <v>57.893</v>
       </c>
       <c r="E618">
-        <v>214.412</v>
+        <v>214.108</v>
       </c>
       <c r="F618">
         <v>0.066</v>
       </c>
       <c r="G618">
         <v>1.619</v>
       </c>
       <c r="H618">
         <v>7.087</v>
       </c>
       <c r="I618">
         <v>0.025</v>
       </c>
       <c r="J618">
         <v>14.474</v>
       </c>
       <c r="K618">
         <v>23.271</v>
       </c>
       <c r="L618">
-        <v>237.683</v>
+        <v>237.379</v>
       </c>
       <c r="M618">
         <v>411.851</v>
       </c>
       <c r="N618">
-        <v>649.534</v>
+        <v>649.23</v>
       </c>
       <c r="O618">
-        <v>615.137</v>
+        <v>615.662</v>
       </c>
       <c r="P618">
-        <v>1264.671</v>
+        <v>1264.892</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0.688</v>
       </c>
       <c r="C619">
-        <v>149.551</v>
+        <v>149.244</v>
       </c>
       <c r="D619">
         <v>51.817</v>
       </c>
       <c r="E619">
-        <v>202.055</v>
+        <v>201.748</v>
       </c>
       <c r="F619">
         <v>0.081</v>
       </c>
       <c r="G619">
         <v>1.673</v>
       </c>
       <c r="H619">
         <v>7.357</v>
       </c>
       <c r="I619">
         <v>0.014</v>
       </c>
       <c r="J619">
         <v>14.755</v>
       </c>
       <c r="K619">
         <v>23.88</v>
       </c>
       <c r="L619">
-        <v>225.936</v>
+        <v>225.628</v>
       </c>
       <c r="M619">
         <v>465.377</v>
       </c>
       <c r="N619">
-        <v>691.313</v>
+        <v>691.005</v>
       </c>
       <c r="O619">
-        <v>721.821</v>
+        <v>722.397</v>
       </c>
       <c r="P619">
-        <v>1413.134</v>
+        <v>1413.403</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>0.711</v>
       </c>
       <c r="C620">
-        <v>152.868</v>
+        <v>152.554</v>
       </c>
       <c r="D620">
         <v>50.804</v>
       </c>
       <c r="E620">
-        <v>204.383</v>
+        <v>204.069</v>
       </c>
       <c r="F620">
         <v>0.082</v>
       </c>
       <c r="G620">
         <v>1.673</v>
       </c>
       <c r="H620">
         <v>7.07</v>
       </c>
       <c r="I620">
         <v>0.022</v>
       </c>
       <c r="J620">
         <v>14.965</v>
       </c>
       <c r="K620">
         <v>23.812</v>
       </c>
       <c r="L620">
-        <v>228.194</v>
+        <v>227.881</v>
       </c>
       <c r="M620">
         <v>472.185</v>
       </c>
       <c r="N620">
-        <v>700.38</v>
+        <v>700.066</v>
       </c>
       <c r="O620">
-        <v>709.818</v>
+        <v>710.395</v>
       </c>
       <c r="P620">
-        <v>1410.198</v>
+        <v>1410.461</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>0.727</v>
       </c>
       <c r="C621">
-        <v>152.739</v>
+        <v>152.441</v>
       </c>
       <c r="D621">
         <v>56.554</v>
       </c>
       <c r="E621">
-        <v>210.019</v>
+        <v>209.722</v>
       </c>
       <c r="F621">
         <v>0.062</v>
       </c>
       <c r="G621">
         <v>1.619</v>
       </c>
       <c r="H621">
         <v>6.309</v>
       </c>
       <c r="I621">
         <v>0.024</v>
       </c>
       <c r="J621">
         <v>14.095</v>
       </c>
       <c r="K621">
         <v>22.109</v>
       </c>
       <c r="L621">
-        <v>232.128</v>
+        <v>231.831</v>
       </c>
       <c r="M621">
         <v>431.774</v>
       </c>
       <c r="N621">
-        <v>663.902</v>
+        <v>663.605</v>
       </c>
       <c r="O621">
-        <v>595.942</v>
+        <v>596.475</v>
       </c>
       <c r="P621">
-        <v>1259.844</v>
+        <v>1260.08</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>0.846</v>
       </c>
       <c r="C622">
-        <v>233.702</v>
+        <v>233.249</v>
       </c>
       <c r="D622">
         <v>68.227</v>
       </c>
       <c r="E622">
-        <v>302.776</v>
+        <v>302.323</v>
       </c>
       <c r="F622">
         <v>0.079</v>
       </c>
       <c r="G622">
         <v>1.673</v>
       </c>
       <c r="H622">
         <v>5.473</v>
       </c>
       <c r="I622">
         <v>0.032</v>
       </c>
       <c r="J622">
         <v>14.517</v>
       </c>
       <c r="K622">
         <v>21.774</v>
       </c>
       <c r="L622">
-        <v>324.549</v>
+        <v>324.097</v>
       </c>
       <c r="M622">
         <v>403.325</v>
       </c>
       <c r="N622">
-        <v>727.875</v>
+        <v>727.422</v>
       </c>
       <c r="O622">
-        <v>559.98</v>
+        <v>560.46</v>
       </c>
       <c r="P622">
-        <v>1287.855</v>
+        <v>1287.882</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>1.035</v>
       </c>
       <c r="C623">
-        <v>361.581</v>
+        <v>360.811</v>
       </c>
       <c r="D623">
         <v>76.169</v>
       </c>
       <c r="E623">
-        <v>438.785</v>
+        <v>438.015</v>
       </c>
       <c r="F623">
         <v>0.073</v>
       </c>
       <c r="G623">
         <v>1.619</v>
       </c>
       <c r="H623">
         <v>4.305</v>
       </c>
       <c r="I623">
         <v>0.036</v>
       </c>
       <c r="J623">
         <v>14.299</v>
       </c>
       <c r="K623">
         <v>20.333</v>
       </c>
       <c r="L623">
-        <v>459.118</v>
+        <v>458.348</v>
       </c>
       <c r="M623">
         <v>374.489</v>
       </c>
       <c r="N623">
-        <v>833.607</v>
+        <v>832.837</v>
       </c>
       <c r="O623">
-        <v>542.634</v>
+        <v>543.004</v>
       </c>
       <c r="P623">
-        <v>1376.24</v>
+        <v>1375.841</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>1.217</v>
       </c>
       <c r="C624">
-        <v>430.126</v>
+        <v>429.173</v>
       </c>
       <c r="D624">
         <v>90.478</v>
       </c>
       <c r="E624">
-        <v>521.821</v>
+        <v>520.868</v>
       </c>
       <c r="F624">
         <v>0.078</v>
       </c>
       <c r="G624">
         <v>1.673</v>
       </c>
       <c r="H624">
         <v>4.021</v>
       </c>
       <c r="I624">
         <v>0.042</v>
       </c>
       <c r="J624">
         <v>14.97</v>
       </c>
       <c r="K624">
         <v>20.784</v>
       </c>
       <c r="L624">
-        <v>542.605</v>
+        <v>541.652</v>
       </c>
       <c r="M624">
         <v>380.478</v>
       </c>
       <c r="N624">
-        <v>923.084</v>
+        <v>922.13</v>
       </c>
       <c r="O624">
-        <v>564.002</v>
+        <v>564.344</v>
       </c>
       <c r="P624">
-        <v>1487.085</v>
+        <v>1486.475</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>1.666</v>
+        <v>1.688</v>
       </c>
       <c r="C625">
-        <v>563.525</v>
+        <v>560.69</v>
       </c>
       <c r="D625">
-        <v>100.811</v>
+        <v>100.834</v>
       </c>
       <c r="E625">
-        <v>666.003</v>
+        <v>663.212</v>
       </c>
       <c r="F625">
-        <v>0.094</v>
+        <v>0.102</v>
       </c>
       <c r="G625">
         <v>1.669</v>
       </c>
       <c r="H625">
-        <v>4.398</v>
+        <v>4.234</v>
       </c>
       <c r="I625">
-        <v>0.037</v>
+        <v>0.034</v>
       </c>
       <c r="J625">
-        <v>14.544</v>
+        <v>14.692</v>
       </c>
       <c r="K625">
-        <v>20.741</v>
+        <v>20.732</v>
       </c>
       <c r="L625">
-        <v>686.744</v>
+        <v>683.944</v>
       </c>
       <c r="M625">
-        <v>401.964</v>
+        <v>403.414</v>
       </c>
       <c r="N625">
-        <v>1088.708</v>
+        <v>1087.358</v>
       </c>
       <c r="O625">
-        <v>618.883</v>
+        <v>620.777</v>
       </c>
       <c r="P625">
-        <v>1707.591</v>
+        <v>1708.136</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>1.183</v>
+        <v>1.255</v>
       </c>
       <c r="C626">
-        <v>432.209</v>
+        <v>430.051</v>
       </c>
       <c r="D626">
-        <v>99.063</v>
+        <v>99.091</v>
       </c>
       <c r="E626">
-        <v>532.455</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>530.397</v>
+      </c>
+      <c r="F626">
+        <v>0.097</v>
       </c>
       <c r="G626">
         <v>1.561</v>
       </c>
       <c r="H626">
-        <v>5.047</v>
+        <v>4.845</v>
       </c>
       <c r="I626">
-        <v>0.037</v>
+        <v>0.035</v>
       </c>
       <c r="J626">
-        <v>13.425</v>
+        <v>13.59</v>
       </c>
       <c r="K626">
-        <v>20.154</v>
+        <v>20.127</v>
       </c>
       <c r="L626">
-        <v>552.609</v>
+        <v>550.524</v>
       </c>
       <c r="M626">
-        <v>367.609</v>
+        <v>371.794</v>
       </c>
       <c r="N626">
-        <v>920.219</v>
+        <v>922.319</v>
       </c>
       <c r="O626">
-        <v>487.665</v>
+        <v>490.677</v>
       </c>
       <c r="P626">
-        <v>1407.884</v>
+        <v>1412.995</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>1.109</v>
+        <v>0.987</v>
       </c>
       <c r="C627">
-        <v>360.702</v>
+        <v>358.927</v>
       </c>
       <c r="D627">
-        <v>86.447</v>
+        <v>86.469</v>
       </c>
       <c r="E627">
-        <v>448.258</v>
+        <v>446.383</v>
       </c>
       <c r="F627">
-        <v>0.093</v>
+        <v>0.106</v>
       </c>
       <c r="G627">
         <v>1.669</v>
       </c>
       <c r="H627">
-        <v>6.615</v>
+        <v>6.379</v>
       </c>
       <c r="I627">
-        <v>0.048</v>
+        <v>0.047</v>
       </c>
       <c r="J627">
-        <v>13.989</v>
+        <v>14.23</v>
       </c>
       <c r="K627">
-        <v>22.415</v>
+        <v>22.43</v>
       </c>
       <c r="L627">
-        <v>470.673</v>
+        <v>468.814</v>
       </c>
       <c r="M627">
-        <v>375.51</v>
+        <v>380.036</v>
       </c>
       <c r="N627">
-        <v>846.182</v>
+        <v>848.85</v>
       </c>
       <c r="O627">
-        <v>500.913</v>
+        <v>503.651</v>
       </c>
       <c r="P627">
-        <v>1347.095</v>
+        <v>1352.501</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>0.555</v>
+        <v>0.847</v>
       </c>
       <c r="C628">
-        <v>257.306</v>
+        <v>256.065</v>
       </c>
       <c r="D628">
-        <v>67.753</v>
+        <v>67.774</v>
       </c>
       <c r="E628">
-        <v>325.614</v>
+        <v>324.686</v>
       </c>
       <c r="F628">
-        <v>0.077</v>
+        <v>0.104</v>
       </c>
       <c r="G628">
         <v>1.615</v>
       </c>
       <c r="H628">
-        <v>7.291</v>
+        <v>7.039</v>
       </c>
       <c r="I628">
-        <v>0.058</v>
+        <v>0.056</v>
       </c>
       <c r="J628">
-        <v>13.446</v>
+        <v>13.652</v>
       </c>
       <c r="K628">
-        <v>22.488</v>
+        <v>22.466</v>
       </c>
       <c r="L628">
-        <v>348.101</v>
+        <v>347.151</v>
       </c>
       <c r="M628">
-        <v>366.379</v>
+        <v>371.814</v>
       </c>
       <c r="N628">
-        <v>714.481</v>
+        <v>718.966</v>
       </c>
       <c r="O628">
-        <v>477.209</v>
+        <v>482.138</v>
       </c>
       <c r="P628">
-        <v>1191.689</v>
+        <v>1201.103</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>0.338</v>
+        <v>0.513</v>
       </c>
       <c r="C629">
-        <v>182.879</v>
+        <v>182.005</v>
       </c>
       <c r="D629">
-        <v>63.72</v>
+        <v>63.724</v>
       </c>
       <c r="E629">
-        <v>246.937</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>246.242</v>
+      </c>
+      <c r="F629">
+        <v>0.108</v>
       </c>
       <c r="G629">
         <v>1.669</v>
       </c>
       <c r="H629">
-        <v>8.048</v>
+        <v>7.779</v>
       </c>
       <c r="I629">
-        <v>0.049</v>
+        <v>0.044</v>
       </c>
       <c r="J629">
-        <v>14.421</v>
+        <v>14.796</v>
       </c>
       <c r="K629">
-        <v>24.281</v>
+        <v>24.396</v>
       </c>
       <c r="L629">
-        <v>271.217</v>
+        <v>270.638</v>
       </c>
       <c r="M629">
-        <v>397.25</v>
+        <v>402.151</v>
       </c>
       <c r="N629">
-        <v>668.468</v>
+        <v>672.789</v>
       </c>
       <c r="O629">
-        <v>562.456</v>
+        <v>568.715</v>
       </c>
       <c r="P629">
-        <v>1230.924</v>
+        <v>1241.504</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>0.523</v>
+        <v>0.723</v>
       </c>
       <c r="C630">
-        <v>159.219</v>
+        <v>158.435</v>
       </c>
       <c r="D630">
-        <v>56.618</v>
+        <v>56.628</v>
       </c>
       <c r="E630">
-        <v>216.36</v>
+        <v>215.786</v>
       </c>
       <c r="F630">
-        <v>0.101</v>
+        <v>0.079</v>
       </c>
       <c r="G630">
         <v>1.615</v>
       </c>
       <c r="H630">
-        <v>8.056</v>
+        <v>7.78</v>
       </c>
       <c r="I630">
-        <v>0.048</v>
+        <v>0.04</v>
       </c>
       <c r="J630">
-        <v>13.934</v>
+        <v>14.185</v>
       </c>
       <c r="K630">
-        <v>23.753</v>
+        <v>23.699</v>
       </c>
       <c r="L630">
-        <v>240.113</v>
+        <v>239.485</v>
       </c>
       <c r="M630">
-        <v>430.945</v>
+        <v>436.562</v>
       </c>
       <c r="N630">
-        <v>671.057</v>
+        <v>676.047</v>
       </c>
       <c r="O630">
-        <v>629.816</v>
+        <v>633.621</v>
       </c>
       <c r="P630">
-        <v>1300.874</v>
+        <v>1309.667</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>0.519</v>
+        <v>0.493</v>
       </c>
       <c r="C631">
-        <v>151.941</v>
+        <v>151.198</v>
       </c>
       <c r="D631">
-        <v>52.504</v>
+        <v>52.512</v>
       </c>
       <c r="E631">
-        <v>204.964</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>204.203</v>
+      </c>
+      <c r="F631">
+        <v>0.082</v>
       </c>
       <c r="G631">
         <v>1.669</v>
       </c>
       <c r="H631">
-        <v>8.34</v>
+        <v>8.053</v>
       </c>
       <c r="I631">
-        <v>0.038</v>
+        <v>0.028</v>
       </c>
       <c r="J631">
-        <v>14.688</v>
+        <v>14.895</v>
       </c>
       <c r="K631">
-        <v>24.829</v>
+        <v>24.727</v>
       </c>
       <c r="L631">
-        <v>229.793</v>
+        <v>228.93</v>
       </c>
       <c r="M631">
-        <v>470.379</v>
+        <v>476.148</v>
       </c>
       <c r="N631">
-        <v>700.172</v>
+        <v>705.078</v>
       </c>
       <c r="O631">
-        <v>702.796</v>
+        <v>707.157</v>
       </c>
       <c r="P631">
-        <v>1402.968</v>
+        <v>1412.235</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>0.537</v>
+        <v>0.539</v>
       </c>
       <c r="C632">
-        <v>154.318</v>
+        <v>153.561</v>
       </c>
       <c r="D632">
-        <v>50.732</v>
+        <v>50.74</v>
       </c>
       <c r="E632">
-        <v>205.587</v>
+        <v>204.84</v>
       </c>
       <c r="F632">
-        <v>0.089</v>
+        <v>0.08</v>
       </c>
       <c r="G632">
         <v>1.669</v>
       </c>
       <c r="H632">
-        <v>8.007</v>
+        <v>7.727</v>
       </c>
       <c r="I632">
-        <v>0.033</v>
+        <v>0.028</v>
       </c>
       <c r="J632">
-        <v>14.462</v>
+        <v>14.566</v>
       </c>
       <c r="K632">
-        <v>24.26</v>
+        <v>24.07</v>
       </c>
       <c r="L632">
-        <v>229.847</v>
+        <v>228.909</v>
       </c>
       <c r="M632">
-        <v>474.049</v>
+        <v>479.837</v>
       </c>
       <c r="N632">
-        <v>703.896</v>
+        <v>708.747</v>
       </c>
       <c r="O632">
-        <v>698.773</v>
+        <v>704.553</v>
       </c>
       <c r="P632">
-        <v>1402.668</v>
+        <v>1413.3</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>0.525</v>
+        <v>0.537</v>
       </c>
       <c r="C633">
-        <v>159.936</v>
+        <v>159.141</v>
       </c>
       <c r="D633">
-        <v>56.28</v>
+        <v>56.297</v>
       </c>
       <c r="E633">
-        <v>216.741</v>
+        <v>215.975</v>
       </c>
       <c r="F633">
-        <v>0.063</v>
+        <v>0.067</v>
       </c>
       <c r="G633">
         <v>1.615</v>
       </c>
       <c r="H633">
-        <v>7.163</v>
+        <v>6.885</v>
       </c>
       <c r="I633">
-        <v>0.031</v>
+        <v>0.03</v>
       </c>
       <c r="J633">
-        <v>13.473</v>
+        <v>13.916</v>
       </c>
       <c r="K633">
-        <v>22.343</v>
+        <v>22.513</v>
       </c>
       <c r="L633">
-        <v>239.085</v>
+        <v>238.488</v>
       </c>
       <c r="M633">
-        <v>429.627</v>
+        <v>434.171</v>
       </c>
       <c r="N633">
-        <v>668.712</v>
+        <v>672.659</v>
       </c>
       <c r="O633">
-        <v>594.823</v>
+        <v>596.488</v>
       </c>
       <c r="P633">
-        <v>1263.535</v>
+        <v>1269.147</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>1.011</v>
+        <v>0.948</v>
       </c>
       <c r="C634">
-        <v>220.248</v>
+        <v>219.166</v>
       </c>
       <c r="D634">
-        <v>67.313</v>
+        <v>67.329</v>
       </c>
       <c r="E634">
-        <v>288.572</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>287.443</v>
+      </c>
+      <c r="F634">
+        <v>0.072</v>
       </c>
       <c r="G634">
         <v>1.669</v>
       </c>
       <c r="H634">
-        <v>6.224</v>
+        <v>5.988</v>
       </c>
       <c r="I634">
-        <v>0.035</v>
+        <v>0.032</v>
       </c>
       <c r="J634">
-        <v>14.144</v>
+        <v>14.405</v>
       </c>
       <c r="K634">
-        <v>22.13</v>
+        <v>22.164</v>
       </c>
       <c r="L634">
-        <v>310.702</v>
+        <v>309.607</v>
       </c>
       <c r="M634">
-        <v>408.131</v>
+        <v>412.506</v>
       </c>
       <c r="N634">
-        <v>718.833</v>
+        <v>722.114</v>
       </c>
       <c r="O634">
-        <v>553.648</v>
+        <v>556.02</v>
       </c>
       <c r="P634">
-        <v>1272.481</v>
+        <v>1278.134</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>1.102</v>
+        <v>1.134</v>
       </c>
       <c r="C635">
-        <v>327.641</v>
+        <v>326.013</v>
       </c>
       <c r="D635">
-        <v>74.237</v>
+        <v>74.245</v>
       </c>
       <c r="E635">
-        <v>402.981</v>
+        <v>401.393</v>
       </c>
       <c r="F635">
-        <v>0.082</v>
+        <v>0.077</v>
       </c>
       <c r="G635">
         <v>1.615</v>
       </c>
       <c r="H635">
-        <v>4.828</v>
+        <v>4.663</v>
       </c>
       <c r="I635">
-        <v>0.042</v>
+        <v>0.036</v>
       </c>
       <c r="J635">
-        <v>13.964</v>
+        <v>14.128</v>
       </c>
       <c r="K635">
-        <v>20.531</v>
+        <v>20.519</v>
       </c>
       <c r="L635">
-        <v>423.512</v>
+        <v>421.912</v>
       </c>
       <c r="M635">
-        <v>376.619</v>
+        <v>382.454</v>
       </c>
       <c r="N635">
-        <v>800.131</v>
+        <v>804.366</v>
       </c>
       <c r="O635">
-        <v>547.418</v>
+        <v>543.303</v>
       </c>
       <c r="P635">
-        <v>1347.548</v>
+        <v>1347.669</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>1.219</v>
+        <v>1.227</v>
       </c>
       <c r="C636">
-        <v>483.433</v>
+        <v>481.052</v>
       </c>
       <c r="D636">
-        <v>91.822</v>
+        <v>91.836</v>
       </c>
       <c r="E636">
-        <v>576.474</v>
+        <v>574.115</v>
       </c>
       <c r="F636">
-        <v>0.1</v>
+        <v>0.086</v>
       </c>
       <c r="G636">
         <v>1.669</v>
       </c>
       <c r="H636">
-        <v>4.49</v>
+        <v>4.437</v>
       </c>
       <c r="I636">
-        <v>0.05</v>
+        <v>0.044</v>
       </c>
       <c r="J636">
-        <v>14.296</v>
+        <v>14.484</v>
       </c>
       <c r="K636">
-        <v>20.605</v>
+        <v>20.72</v>
       </c>
       <c r="L636">
-        <v>597.078</v>
+        <v>594.835</v>
       </c>
       <c r="M636">
-        <v>394.368</v>
+        <v>399.722</v>
       </c>
       <c r="N636">
-        <v>991.447</v>
+        <v>994.557</v>
       </c>
       <c r="O636">
-        <v>590.006</v>
+        <v>591.998</v>
       </c>
       <c r="P636">
-        <v>1581.453</v>
+        <v>1586.555</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>1.499</v>
+        <v>1.488</v>
       </c>
       <c r="C637">
-        <v>633.206</v>
+        <v>630.42</v>
       </c>
       <c r="D637">
-        <v>107.039</v>
+        <v>107.057</v>
       </c>
       <c r="E637">
-        <v>741.743</v>
+        <v>738.966</v>
       </c>
       <c r="F637">
-        <v>0.1</v>
+        <v>0.107</v>
       </c>
       <c r="G637">
         <v>1.673</v>
       </c>
       <c r="H637">
-        <v>4.903</v>
+        <v>4.935</v>
       </c>
       <c r="I637">
-        <v>0.051</v>
+        <v>0.047</v>
       </c>
       <c r="J637">
-        <v>13.949</v>
+        <v>14.277</v>
       </c>
       <c r="K637">
-        <v>20.675</v>
+        <v>21.039</v>
       </c>
       <c r="L637">
-        <v>762.418</v>
+        <v>760.004</v>
       </c>
       <c r="M637">
-        <v>420.744</v>
+        <v>421.84</v>
       </c>
       <c r="N637">
-        <v>1183.162</v>
+        <v>1181.844</v>
       </c>
       <c r="O637">
-        <v>645.442</v>
+        <v>643.219</v>
       </c>
       <c r="P637">
-        <v>1828.604</v>
+        <v>1825.063</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>1.287</v>
+        <v>1.277</v>
       </c>
       <c r="C638">
-        <v>512.509</v>
+        <v>509.936</v>
       </c>
       <c r="D638">
-        <v>104.175</v>
+        <v>104.195</v>
       </c>
       <c r="E638">
-        <v>617.971</v>
-[...2 lines deleted...]
-        <v>0.078</v>
+        <v>615.408</v>
+      </c>
+      <c r="F638" t="s">
+        <v>24</v>
       </c>
       <c r="G638">
         <v>1.511</v>
       </c>
       <c r="H638">
-        <v>5.423</v>
+        <v>5.365</v>
       </c>
       <c r="I638">
-        <v>0.041</v>
+        <v>0.038</v>
       </c>
       <c r="J638">
-        <v>12.897</v>
+        <v>12.979</v>
       </c>
       <c r="K638">
-        <v>19.95</v>
+        <v>19.981</v>
       </c>
       <c r="L638">
-        <v>637.921</v>
+        <v>635.389</v>
       </c>
       <c r="M638">
-        <v>381.877</v>
+        <v>383.524</v>
       </c>
       <c r="N638">
-        <v>1019.798</v>
+        <v>1018.912</v>
       </c>
       <c r="O638">
-        <v>519.633</v>
+        <v>518.828</v>
       </c>
       <c r="P638">
-        <v>1539.431</v>
+        <v>1537.74</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>1.138</v>
+        <v>1.13</v>
       </c>
       <c r="C639">
-        <v>376.806</v>
+        <v>380.109</v>
       </c>
       <c r="D639">
-        <v>88.006</v>
+        <v>88.018</v>
       </c>
       <c r="E639">
-        <v>465.95</v>
+        <v>469.258</v>
       </c>
       <c r="F639" t="s">
         <v>24</v>
       </c>
       <c r="G639">
         <v>1.673</v>
       </c>
       <c r="H639">
-        <v>7.424</v>
+        <v>7.27</v>
       </c>
       <c r="I639">
-        <v>0.05</v>
+        <v>0.047</v>
       </c>
       <c r="J639">
-        <v>14.106</v>
+        <v>14.19</v>
       </c>
       <c r="K639">
-        <v>23.333</v>
+        <v>23.272</v>
       </c>
       <c r="L639">
-        <v>489.283</v>
+        <v>492.529</v>
       </c>
       <c r="M639">
-        <v>386.664</v>
+        <v>387.876</v>
       </c>
       <c r="N639">
-        <v>875.948</v>
+        <v>880.406</v>
       </c>
       <c r="O639">
-        <v>503.483</v>
+        <v>502.99</v>
       </c>
       <c r="P639">
-        <v>1379.431</v>
+        <v>1383.395</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>0.781</v>
+        <v>0.797</v>
       </c>
       <c r="C640">
-        <v>274.725</v>
+        <v>271.141</v>
       </c>
       <c r="D640">
-        <v>69.154</v>
+        <v>69.169</v>
       </c>
       <c r="E640">
-        <v>344.66</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>341.107</v>
+      </c>
+      <c r="F640">
+        <v>0.113</v>
       </c>
       <c r="G640">
         <v>1.619</v>
       </c>
       <c r="H640">
-        <v>8.226</v>
+        <v>8.14</v>
       </c>
       <c r="I640">
-        <v>0.046</v>
+        <v>0.043</v>
       </c>
       <c r="J640">
-        <v>13.656</v>
+        <v>13.698</v>
       </c>
       <c r="K640">
-        <v>23.645</v>
+        <v>23.614</v>
       </c>
       <c r="L640">
-        <v>368.305</v>
+        <v>364.721</v>
       </c>
       <c r="M640">
-        <v>380.32</v>
+        <v>382.204</v>
       </c>
       <c r="N640">
-        <v>748.625</v>
+        <v>746.925</v>
       </c>
       <c r="O640">
-        <v>499.637</v>
+        <v>496.503</v>
       </c>
       <c r="P640">
-        <v>1248.262</v>
+        <v>1243.428</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>0.862</v>
+        <v>0.737</v>
       </c>
       <c r="C641">
-        <v>197.683</v>
+        <v>197.641</v>
       </c>
       <c r="D641">
-        <v>64.433</v>
+        <v>64.444</v>
       </c>
       <c r="E641">
-        <v>262.978</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>262.822</v>
+      </c>
+      <c r="F641">
+        <v>0.109</v>
       </c>
       <c r="G641">
         <v>1.673</v>
       </c>
       <c r="H641">
-        <v>8.888</v>
+        <v>8.844</v>
       </c>
       <c r="I641">
-        <v>0.037</v>
+        <v>0.035</v>
       </c>
       <c r="J641">
-        <v>13.495</v>
+        <v>13.532</v>
       </c>
       <c r="K641">
-        <v>24.191</v>
+        <v>24.194</v>
       </c>
       <c r="L641">
-        <v>287.169</v>
+        <v>287.016</v>
       </c>
       <c r="M641">
-        <v>405.06</v>
+        <v>406.475</v>
       </c>
       <c r="N641">
-        <v>692.229</v>
+        <v>693.49</v>
       </c>
       <c r="O641">
-        <v>559.094</v>
+        <v>558.534</v>
       </c>
       <c r="P641">
-        <v>1251.323</v>
+        <v>1252.024</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>0.819</v>
+        <v>0.638</v>
       </c>
       <c r="C642">
-        <v>162.225</v>
+        <v>160.907</v>
       </c>
       <c r="D642">
-        <v>57.861</v>
+        <v>57.873</v>
       </c>
       <c r="E642">
-        <v>220.905</v>
+        <v>219.418</v>
       </c>
       <c r="F642">
-        <v>0.093</v>
+        <v>0.1</v>
       </c>
       <c r="G642">
         <v>1.619</v>
       </c>
       <c r="H642">
-        <v>9.018</v>
+        <v>8.886</v>
       </c>
       <c r="I642">
-        <v>0.03</v>
+        <v>0.029</v>
       </c>
       <c r="J642">
-        <v>13.754</v>
+        <v>14.046</v>
       </c>
       <c r="K642">
-        <v>24.515</v>
+        <v>24.681</v>
       </c>
       <c r="L642">
-        <v>245.42</v>
+        <v>244.098</v>
       </c>
       <c r="M642">
-        <v>441.99</v>
+        <v>442.634</v>
       </c>
       <c r="N642">
-        <v>687.41</v>
+        <v>686.732</v>
       </c>
       <c r="O642">
-        <v>643.406</v>
+        <v>641.52</v>
       </c>
       <c r="P642">
-        <v>1330.816</v>
+        <v>1328.252</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>0.642</v>
+        <v>0.637</v>
       </c>
       <c r="C643">
-        <v>166.63</v>
+        <v>160.271</v>
       </c>
       <c r="D643">
-        <v>52.759</v>
+        <v>52.766</v>
       </c>
       <c r="E643">
-        <v>220.031</v>
+        <v>213.674</v>
       </c>
       <c r="F643" t="s">
         <v>24</v>
       </c>
       <c r="G643">
         <v>1.673</v>
       </c>
       <c r="H643">
-        <v>9.386</v>
+        <v>9.258</v>
       </c>
       <c r="I643">
-        <v>0.027</v>
+        <v>0.026</v>
       </c>
       <c r="J643">
-        <v>14.293</v>
+        <v>14.344</v>
       </c>
       <c r="K643">
-        <v>25.465</v>
+        <v>25.39</v>
       </c>
       <c r="L643">
-        <v>245.496</v>
+        <v>239.064</v>
       </c>
       <c r="M643">
-        <v>488.47</v>
+        <v>488.464</v>
       </c>
       <c r="N643">
-        <v>733.966</v>
+        <v>727.528</v>
       </c>
       <c r="O643">
-        <v>733.626</v>
+        <v>730.567</v>
       </c>
       <c r="P643">
-        <v>1467.591</v>
+        <v>1458.095</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>0.751</v>
+      </c>
+      <c r="C644">
+        <v>159.091</v>
+      </c>
+      <c r="D644">
+        <v>51.449</v>
+      </c>
+      <c r="E644">
+        <v>211.291</v>
+      </c>
+      <c r="F644" t="s">
+        <v>24</v>
+      </c>
+      <c r="G644">
+        <v>1.673</v>
+      </c>
+      <c r="H644">
+        <v>8.884</v>
+      </c>
+      <c r="I644">
+        <v>0.026</v>
+      </c>
+      <c r="J644">
+        <v>14.208</v>
+      </c>
+      <c r="K644">
+        <v>24.889</v>
+      </c>
+      <c r="L644">
+        <v>236.18</v>
+      </c>
+      <c r="M644">
+        <v>481.057</v>
+      </c>
+      <c r="N644">
+        <v>717.237</v>
+      </c>
+      <c r="O644">
+        <v>689.186</v>
+      </c>
+      <c r="P644">
+        <v>1406.423</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>0.71</v>
+      </c>
+      <c r="C645">
+        <v>160.91</v>
+      </c>
+      <c r="D645">
+        <v>57.481</v>
+      </c>
+      <c r="E645">
+        <v>219.102</v>
+      </c>
+      <c r="F645">
+        <v>0.067</v>
+      </c>
+      <c r="G645">
+        <v>1.619</v>
+      </c>
+      <c r="H645">
+        <v>7.991</v>
+      </c>
+      <c r="I645">
+        <v>0.025</v>
+      </c>
+      <c r="J645">
+        <v>13.775</v>
+      </c>
+      <c r="K645">
+        <v>23.477</v>
+      </c>
+      <c r="L645">
+        <v>242.579</v>
+      </c>
+      <c r="M645">
+        <v>439.272</v>
+      </c>
+      <c r="N645">
+        <v>681.851</v>
+      </c>
+      <c r="O645">
+        <v>625.863</v>
+      </c>
+      <c r="P645">
+        <v>1307.715</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -36093,140 +36193,140 @@
       </c>
       <c r="L86">
         <v>4859.805</v>
       </c>
       <c r="M86">
         <v>4745.658</v>
       </c>
       <c r="N86">
         <v>9605.464</v>
       </c>
       <c r="O86">
         <v>6960.534</v>
       </c>
       <c r="P86">
         <v>16565.998</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>11.601</v>
       </c>
       <c r="C87">
-        <v>3454.612</v>
+        <v>3447.386</v>
       </c>
       <c r="D87">
         <v>872.04</v>
       </c>
       <c r="E87">
-        <v>4338.253</v>
+        <v>4331.027</v>
       </c>
       <c r="F87">
         <v>0.999</v>
       </c>
       <c r="G87">
         <v>19.7</v>
       </c>
       <c r="H87">
         <v>69.489</v>
       </c>
       <c r="I87">
         <v>0.443</v>
       </c>
       <c r="J87">
         <v>171.872</v>
       </c>
       <c r="K87">
         <v>262.503</v>
       </c>
       <c r="L87">
-        <v>4600.757</v>
+        <v>4593.53</v>
       </c>
       <c r="M87">
         <v>4804.467</v>
       </c>
       <c r="N87">
-        <v>9405.224</v>
+        <v>9397.997</v>
       </c>
       <c r="O87">
-        <v>6872.921</v>
+        <v>6877.953</v>
       </c>
       <c r="P87">
-        <v>16278.145</v>
+        <v>16275.95</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>10.287</v>
+        <v>10.891</v>
       </c>
       <c r="C88">
-        <v>3453.162</v>
+        <v>3436.15</v>
       </c>
       <c r="D88">
-        <v>867.302</v>
+        <v>867.481</v>
       </c>
       <c r="E88">
-        <v>4330.752</v>
+        <v>4314.522</v>
       </c>
       <c r="F88">
-        <v>1.032</v>
+        <v>1.06</v>
       </c>
       <c r="G88">
         <v>19.7</v>
       </c>
       <c r="H88">
-        <v>78.507</v>
+        <v>75.809</v>
       </c>
       <c r="I88">
-        <v>0.505</v>
+        <v>0.455</v>
       </c>
       <c r="J88">
-        <v>168.785</v>
+        <v>171.539</v>
       </c>
       <c r="K88">
-        <v>268.529</v>
+        <v>268.562</v>
       </c>
       <c r="L88">
-        <v>4599.281</v>
+        <v>4583.084</v>
       </c>
       <c r="M88">
-        <v>4892.831</v>
+        <v>4950.611</v>
       </c>
       <c r="N88">
-        <v>9492.112</v>
+        <v>9533.696</v>
       </c>
       <c r="O88">
-        <v>6973.207</v>
+        <v>7008.691</v>
       </c>
       <c r="P88">
-        <v>16465.318</v>
+        <v>16542.387</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>