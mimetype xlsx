--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 2.3 Commercial Sector Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Commercial Sector (Excluding Supplemental Gaseous Fuels)</t>
   </si>
   <si>
     <t>Petroleum Consumed by the Commercial Sector (Excluding Biofuels)</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Conventional Hydroelectric Power Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Commercial Sector</t>
   </si>
@@ -86,53 +86,50 @@
     <t>Total Renewable Energy Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Total Primary Energy Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers in the Commercial Sector</t>
   </si>
   <si>
     <t>End-Use Energy Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Electrical System Energy Losses Proportioned to the Commercial Sector</t>
   </si>
   <si>
     <t>Total Energy Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>(Trillion Btu)</t>
   </si>
   <si>
     <t>Not Available</t>
   </si>
   <si>
     <t>No Data Reported</t>
-  </si>
-[...1 lines deleted...]
-    <t>Not Meaningful</t>
   </si>
   <si>
     <t>Annual Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy mmmm"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -501,54 +498,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="41.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="90.978" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -31267,1087 +31264,1137 @@
       </c>
       <c r="M624">
         <v>380.478</v>
       </c>
       <c r="N624">
         <v>922.13</v>
       </c>
       <c r="O624">
         <v>564.344</v>
       </c>
       <c r="P624">
         <v>1486.475</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>1.688</v>
       </c>
       <c r="C625">
         <v>560.69</v>
       </c>
       <c r="D625">
-        <v>100.834</v>
+        <v>100.848</v>
       </c>
       <c r="E625">
-        <v>663.212</v>
+        <v>663.226</v>
       </c>
       <c r="F625">
         <v>0.102</v>
       </c>
       <c r="G625">
         <v>1.669</v>
       </c>
       <c r="H625">
         <v>4.234</v>
       </c>
       <c r="I625">
         <v>0.034</v>
       </c>
       <c r="J625">
         <v>14.692</v>
       </c>
       <c r="K625">
         <v>20.732</v>
       </c>
       <c r="L625">
-        <v>683.944</v>
+        <v>683.958</v>
       </c>
       <c r="M625">
         <v>403.414</v>
       </c>
       <c r="N625">
-        <v>1087.358</v>
+        <v>1087.372</v>
       </c>
       <c r="O625">
         <v>620.777</v>
       </c>
       <c r="P625">
-        <v>1708.136</v>
+        <v>1708.15</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>1.255</v>
       </c>
       <c r="C626">
         <v>430.051</v>
       </c>
       <c r="D626">
-        <v>99.091</v>
+        <v>99.109</v>
       </c>
       <c r="E626">
-        <v>530.397</v>
+        <v>530.415</v>
       </c>
       <c r="F626">
         <v>0.097</v>
       </c>
       <c r="G626">
         <v>1.561</v>
       </c>
       <c r="H626">
         <v>4.845</v>
       </c>
       <c r="I626">
         <v>0.035</v>
       </c>
       <c r="J626">
         <v>13.59</v>
       </c>
       <c r="K626">
         <v>20.127</v>
       </c>
       <c r="L626">
-        <v>550.524</v>
+        <v>550.543</v>
       </c>
       <c r="M626">
         <v>371.794</v>
       </c>
       <c r="N626">
-        <v>922.319</v>
+        <v>922.337</v>
       </c>
       <c r="O626">
         <v>490.677</v>
       </c>
       <c r="P626">
-        <v>1412.995</v>
+        <v>1413.014</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>0.987</v>
       </c>
       <c r="C627">
         <v>358.927</v>
       </c>
       <c r="D627">
-        <v>86.469</v>
+        <v>86.471</v>
       </c>
       <c r="E627">
-        <v>446.383</v>
+        <v>446.385</v>
       </c>
       <c r="F627">
         <v>0.106</v>
       </c>
       <c r="G627">
         <v>1.669</v>
       </c>
       <c r="H627">
         <v>6.379</v>
       </c>
       <c r="I627">
         <v>0.047</v>
       </c>
       <c r="J627">
         <v>14.23</v>
       </c>
       <c r="K627">
         <v>22.43</v>
       </c>
       <c r="L627">
-        <v>468.814</v>
+        <v>468.816</v>
       </c>
       <c r="M627">
         <v>380.036</v>
       </c>
       <c r="N627">
-        <v>848.85</v>
+        <v>848.852</v>
       </c>
       <c r="O627">
         <v>503.651</v>
       </c>
       <c r="P627">
-        <v>1352.501</v>
+        <v>1352.503</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>0.847</v>
       </c>
       <c r="C628">
         <v>256.065</v>
       </c>
       <c r="D628">
-        <v>67.774</v>
+        <v>67.785</v>
       </c>
       <c r="E628">
-        <v>324.686</v>
+        <v>324.697</v>
       </c>
       <c r="F628">
         <v>0.104</v>
       </c>
       <c r="G628">
         <v>1.615</v>
       </c>
       <c r="H628">
         <v>7.039</v>
       </c>
       <c r="I628">
         <v>0.056</v>
       </c>
       <c r="J628">
         <v>13.652</v>
       </c>
       <c r="K628">
         <v>22.466</v>
       </c>
       <c r="L628">
-        <v>347.151</v>
+        <v>347.163</v>
       </c>
       <c r="M628">
         <v>371.814</v>
       </c>
       <c r="N628">
-        <v>718.966</v>
+        <v>718.977</v>
       </c>
       <c r="O628">
         <v>482.138</v>
       </c>
       <c r="P628">
-        <v>1201.103</v>
+        <v>1201.115</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>0.513</v>
       </c>
       <c r="C629">
         <v>182.005</v>
       </c>
       <c r="D629">
-        <v>63.724</v>
+        <v>63.75</v>
       </c>
       <c r="E629">
-        <v>246.242</v>
+        <v>246.268</v>
       </c>
       <c r="F629">
         <v>0.108</v>
       </c>
       <c r="G629">
         <v>1.669</v>
       </c>
       <c r="H629">
         <v>7.779</v>
       </c>
       <c r="I629">
         <v>0.044</v>
       </c>
       <c r="J629">
         <v>14.796</v>
       </c>
       <c r="K629">
         <v>24.396</v>
       </c>
       <c r="L629">
-        <v>270.638</v>
+        <v>270.664</v>
       </c>
       <c r="M629">
         <v>402.151</v>
       </c>
       <c r="N629">
-        <v>672.789</v>
+        <v>672.815</v>
       </c>
       <c r="O629">
         <v>568.715</v>
       </c>
       <c r="P629">
-        <v>1241.504</v>
+        <v>1241.53</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>0.723</v>
       </c>
       <c r="C630">
         <v>158.435</v>
       </c>
       <c r="D630">
-        <v>56.628</v>
+        <v>56.64</v>
       </c>
       <c r="E630">
-        <v>215.786</v>
+        <v>215.797</v>
       </c>
       <c r="F630">
         <v>0.079</v>
       </c>
       <c r="G630">
         <v>1.615</v>
       </c>
       <c r="H630">
         <v>7.78</v>
       </c>
       <c r="I630">
         <v>0.04</v>
       </c>
       <c r="J630">
         <v>14.185</v>
       </c>
       <c r="K630">
         <v>23.699</v>
       </c>
       <c r="L630">
-        <v>239.485</v>
+        <v>239.496</v>
       </c>
       <c r="M630">
         <v>436.562</v>
       </c>
       <c r="N630">
-        <v>676.047</v>
+        <v>676.058</v>
       </c>
       <c r="O630">
         <v>633.621</v>
       </c>
       <c r="P630">
-        <v>1309.667</v>
+        <v>1309.679</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>0.493</v>
       </c>
       <c r="C631">
         <v>151.198</v>
       </c>
       <c r="D631">
-        <v>52.512</v>
+        <v>52.514</v>
       </c>
       <c r="E631">
-        <v>204.203</v>
+        <v>204.205</v>
       </c>
       <c r="F631">
         <v>0.082</v>
       </c>
       <c r="G631">
         <v>1.669</v>
       </c>
       <c r="H631">
         <v>8.053</v>
       </c>
       <c r="I631">
         <v>0.028</v>
       </c>
       <c r="J631">
         <v>14.895</v>
       </c>
       <c r="K631">
         <v>24.727</v>
       </c>
       <c r="L631">
-        <v>228.93</v>
+        <v>228.932</v>
       </c>
       <c r="M631">
         <v>476.148</v>
       </c>
       <c r="N631">
-        <v>705.078</v>
+        <v>705.08</v>
       </c>
       <c r="O631">
         <v>707.157</v>
       </c>
       <c r="P631">
-        <v>1412.235</v>
+        <v>1412.236</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>0.539</v>
       </c>
       <c r="C632">
         <v>153.561</v>
       </c>
       <c r="D632">
         <v>50.74</v>
       </c>
       <c r="E632">
         <v>204.84</v>
       </c>
       <c r="F632">
         <v>0.08</v>
       </c>
       <c r="G632">
         <v>1.669</v>
       </c>
       <c r="H632">
         <v>7.727</v>
       </c>
       <c r="I632">
         <v>0.028</v>
       </c>
       <c r="J632">
         <v>14.566</v>
       </c>
       <c r="K632">
         <v>24.07</v>
       </c>
       <c r="L632">
         <v>228.909</v>
       </c>
       <c r="M632">
         <v>479.837</v>
       </c>
       <c r="N632">
         <v>708.747</v>
       </c>
       <c r="O632">
         <v>704.553</v>
       </c>
       <c r="P632">
-        <v>1413.3</v>
+        <v>1413.299</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>0.537</v>
       </c>
       <c r="C633">
         <v>159.141</v>
       </c>
       <c r="D633">
-        <v>56.297</v>
+        <v>56.296</v>
       </c>
       <c r="E633">
-        <v>215.975</v>
+        <v>215.974</v>
       </c>
       <c r="F633">
         <v>0.067</v>
       </c>
       <c r="G633">
         <v>1.615</v>
       </c>
       <c r="H633">
         <v>6.885</v>
       </c>
       <c r="I633">
         <v>0.03</v>
       </c>
       <c r="J633">
         <v>13.916</v>
       </c>
       <c r="K633">
         <v>22.513</v>
       </c>
       <c r="L633">
-        <v>238.488</v>
+        <v>238.486</v>
       </c>
       <c r="M633">
         <v>434.171</v>
       </c>
       <c r="N633">
-        <v>672.659</v>
+        <v>672.657</v>
       </c>
       <c r="O633">
         <v>596.488</v>
       </c>
       <c r="P633">
-        <v>1269.147</v>
+        <v>1269.145</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>0.948</v>
       </c>
       <c r="C634">
         <v>219.166</v>
       </c>
       <c r="D634">
-        <v>67.329</v>
+        <v>67.33</v>
       </c>
       <c r="E634">
         <v>287.443</v>
       </c>
       <c r="F634">
         <v>0.072</v>
       </c>
       <c r="G634">
         <v>1.669</v>
       </c>
       <c r="H634">
         <v>5.988</v>
       </c>
       <c r="I634">
         <v>0.032</v>
       </c>
       <c r="J634">
         <v>14.405</v>
       </c>
       <c r="K634">
         <v>22.164</v>
       </c>
       <c r="L634">
-        <v>309.607</v>
+        <v>309.608</v>
       </c>
       <c r="M634">
         <v>412.506</v>
       </c>
       <c r="N634">
         <v>722.114</v>
       </c>
       <c r="O634">
         <v>556.02</v>
       </c>
       <c r="P634">
         <v>1278.134</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>1.134</v>
       </c>
       <c r="C635">
         <v>326.013</v>
       </c>
       <c r="D635">
-        <v>74.245</v>
+        <v>74.253</v>
       </c>
       <c r="E635">
-        <v>401.393</v>
+        <v>401.4</v>
       </c>
       <c r="F635">
         <v>0.077</v>
       </c>
       <c r="G635">
         <v>1.615</v>
       </c>
       <c r="H635">
         <v>4.663</v>
       </c>
       <c r="I635">
         <v>0.036</v>
       </c>
       <c r="J635">
         <v>14.128</v>
       </c>
       <c r="K635">
         <v>20.519</v>
       </c>
       <c r="L635">
-        <v>421.912</v>
+        <v>421.92</v>
       </c>
       <c r="M635">
         <v>382.454</v>
       </c>
       <c r="N635">
-        <v>804.366</v>
+        <v>804.373</v>
       </c>
       <c r="O635">
         <v>543.303</v>
       </c>
       <c r="P635">
-        <v>1347.669</v>
+        <v>1347.676</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>1.227</v>
       </c>
       <c r="C636">
         <v>481.052</v>
       </c>
       <c r="D636">
-        <v>91.836</v>
+        <v>91.844</v>
       </c>
       <c r="E636">
-        <v>574.115</v>
+        <v>574.122</v>
       </c>
       <c r="F636">
         <v>0.086</v>
       </c>
       <c r="G636">
         <v>1.669</v>
       </c>
       <c r="H636">
         <v>4.437</v>
       </c>
       <c r="I636">
         <v>0.044</v>
       </c>
       <c r="J636">
         <v>14.484</v>
       </c>
       <c r="K636">
         <v>20.72</v>
       </c>
       <c r="L636">
-        <v>594.835</v>
+        <v>594.843</v>
       </c>
       <c r="M636">
         <v>399.722</v>
       </c>
       <c r="N636">
-        <v>994.557</v>
+        <v>994.565</v>
       </c>
       <c r="O636">
         <v>591.998</v>
       </c>
       <c r="P636">
-        <v>1586.555</v>
+        <v>1586.563</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>1.488</v>
       </c>
       <c r="C637">
-        <v>630.42</v>
+        <v>630.947</v>
       </c>
       <c r="D637">
-        <v>107.057</v>
+        <v>105.249</v>
       </c>
       <c r="E637">
-        <v>738.966</v>
+        <v>737.683</v>
       </c>
       <c r="F637">
         <v>0.107</v>
       </c>
       <c r="G637">
         <v>1.673</v>
       </c>
       <c r="H637">
         <v>4.935</v>
       </c>
       <c r="I637">
         <v>0.047</v>
       </c>
       <c r="J637">
         <v>14.277</v>
       </c>
       <c r="K637">
         <v>21.039</v>
       </c>
       <c r="L637">
-        <v>760.004</v>
+        <v>758.722</v>
       </c>
       <c r="M637">
         <v>421.84</v>
       </c>
       <c r="N637">
-        <v>1181.844</v>
+        <v>1180.562</v>
       </c>
       <c r="O637">
-        <v>643.219</v>
+        <v>643.549</v>
       </c>
       <c r="P637">
-        <v>1825.063</v>
+        <v>1824.111</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>1.277</v>
       </c>
       <c r="C638">
-        <v>509.936</v>
+        <v>510.361</v>
       </c>
       <c r="D638">
-        <v>104.195</v>
+        <v>102.133</v>
       </c>
       <c r="E638">
-        <v>615.408</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>613.772</v>
+      </c>
+      <c r="F638">
+        <v>0.087</v>
       </c>
       <c r="G638">
         <v>1.511</v>
       </c>
       <c r="H638">
         <v>5.365</v>
       </c>
       <c r="I638">
         <v>0.038</v>
       </c>
       <c r="J638">
         <v>12.979</v>
       </c>
       <c r="K638">
         <v>19.981</v>
       </c>
       <c r="L638">
-        <v>635.389</v>
+        <v>633.753</v>
       </c>
       <c r="M638">
         <v>383.524</v>
       </c>
       <c r="N638">
-        <v>1018.912</v>
+        <v>1017.276</v>
       </c>
       <c r="O638">
-        <v>518.828</v>
+        <v>519.108</v>
       </c>
       <c r="P638">
-        <v>1537.74</v>
+        <v>1536.385</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>1.13</v>
       </c>
       <c r="C639">
-        <v>380.109</v>
+        <v>380.441</v>
       </c>
       <c r="D639">
-        <v>88.018</v>
+        <v>86.551</v>
       </c>
       <c r="E639">
-        <v>469.258</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>468.122</v>
+      </c>
+      <c r="F639">
+        <v>0.092</v>
       </c>
       <c r="G639">
         <v>1.673</v>
       </c>
       <c r="H639">
         <v>7.27</v>
       </c>
       <c r="I639">
         <v>0.047</v>
       </c>
       <c r="J639">
         <v>14.19</v>
       </c>
       <c r="K639">
         <v>23.272</v>
       </c>
       <c r="L639">
-        <v>492.529</v>
+        <v>491.394</v>
       </c>
       <c r="M639">
         <v>387.876</v>
       </c>
       <c r="N639">
-        <v>880.406</v>
+        <v>879.27</v>
       </c>
       <c r="O639">
-        <v>502.99</v>
+        <v>503.266</v>
       </c>
       <c r="P639">
-        <v>1383.395</v>
+        <v>1382.536</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>0.797</v>
       </c>
       <c r="C640">
-        <v>271.141</v>
+        <v>271.381</v>
       </c>
       <c r="D640">
-        <v>69.169</v>
+        <v>68.205</v>
       </c>
       <c r="E640">
-        <v>341.107</v>
+        <v>340.382</v>
       </c>
       <c r="F640">
         <v>0.113</v>
       </c>
       <c r="G640">
         <v>1.619</v>
       </c>
       <c r="H640">
         <v>8.14</v>
       </c>
       <c r="I640">
         <v>0.043</v>
       </c>
       <c r="J640">
         <v>13.698</v>
       </c>
       <c r="K640">
         <v>23.614</v>
       </c>
       <c r="L640">
-        <v>364.721</v>
+        <v>363.996</v>
       </c>
       <c r="M640">
         <v>382.204</v>
       </c>
       <c r="N640">
-        <v>746.925</v>
+        <v>746.2</v>
       </c>
       <c r="O640">
-        <v>496.503</v>
+        <v>496.79</v>
       </c>
       <c r="P640">
-        <v>1243.428</v>
+        <v>1242.99</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>0.737</v>
       </c>
       <c r="C641">
-        <v>197.641</v>
+        <v>197.814</v>
       </c>
       <c r="D641">
-        <v>64.444</v>
+        <v>63.61</v>
       </c>
       <c r="E641">
-        <v>262.822</v>
+        <v>262.161</v>
       </c>
       <c r="F641">
         <v>0.109</v>
       </c>
       <c r="G641">
         <v>1.673</v>
       </c>
       <c r="H641">
         <v>8.844</v>
       </c>
       <c r="I641">
         <v>0.035</v>
       </c>
       <c r="J641">
         <v>13.532</v>
       </c>
       <c r="K641">
         <v>24.194</v>
       </c>
       <c r="L641">
-        <v>287.016</v>
+        <v>286.355</v>
       </c>
       <c r="M641">
         <v>406.475</v>
       </c>
       <c r="N641">
-        <v>693.49</v>
+        <v>692.829</v>
       </c>
       <c r="O641">
-        <v>558.534</v>
+        <v>558.867</v>
       </c>
       <c r="P641">
-        <v>1252.024</v>
+        <v>1251.697</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>0.638</v>
       </c>
       <c r="C642">
-        <v>160.907</v>
+        <v>161.047</v>
       </c>
       <c r="D642">
-        <v>57.873</v>
+        <v>57.167</v>
       </c>
       <c r="E642">
-        <v>219.418</v>
+        <v>218.852</v>
       </c>
       <c r="F642">
         <v>0.1</v>
       </c>
       <c r="G642">
         <v>1.619</v>
       </c>
       <c r="H642">
         <v>8.886</v>
       </c>
       <c r="I642">
         <v>0.029</v>
       </c>
       <c r="J642">
         <v>14.046</v>
       </c>
       <c r="K642">
         <v>24.681</v>
       </c>
       <c r="L642">
-        <v>244.098</v>
+        <v>243.533</v>
       </c>
       <c r="M642">
         <v>442.634</v>
       </c>
       <c r="N642">
-        <v>686.732</v>
+        <v>686.166</v>
       </c>
       <c r="O642">
-        <v>641.52</v>
+        <v>641.915</v>
       </c>
       <c r="P642">
-        <v>1328.252</v>
+        <v>1328.081</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>0.637</v>
       </c>
       <c r="C643">
-        <v>160.271</v>
+        <v>160.411</v>
       </c>
       <c r="D643">
-        <v>52.766</v>
+        <v>52.277</v>
       </c>
       <c r="E643">
-        <v>213.674</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>213.325</v>
+      </c>
+      <c r="F643">
+        <v>0.089</v>
       </c>
       <c r="G643">
         <v>1.673</v>
       </c>
       <c r="H643">
         <v>9.258</v>
       </c>
       <c r="I643">
         <v>0.026</v>
       </c>
       <c r="J643">
         <v>14.344</v>
       </c>
       <c r="K643">
         <v>25.39</v>
       </c>
       <c r="L643">
-        <v>239.064</v>
+        <v>238.715</v>
       </c>
       <c r="M643">
         <v>488.464</v>
       </c>
       <c r="N643">
-        <v>727.528</v>
+        <v>727.179</v>
       </c>
       <c r="O643">
-        <v>730.567</v>
+        <v>731.038</v>
       </c>
       <c r="P643">
-        <v>1458.095</v>
+        <v>1458.217</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>0.751</v>
       </c>
       <c r="C644">
-        <v>159.091</v>
+        <v>159.23</v>
       </c>
       <c r="D644">
-        <v>51.449</v>
+        <v>51.032</v>
       </c>
       <c r="E644">
-        <v>211.291</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>211.013</v>
+      </c>
+      <c r="F644">
+        <v>0.098</v>
       </c>
       <c r="G644">
         <v>1.673</v>
       </c>
       <c r="H644">
         <v>8.884</v>
       </c>
       <c r="I644">
         <v>0.026</v>
       </c>
       <c r="J644">
         <v>14.208</v>
       </c>
       <c r="K644">
         <v>24.889</v>
       </c>
       <c r="L644">
-        <v>236.18</v>
+        <v>235.902</v>
       </c>
       <c r="M644">
         <v>481.057</v>
       </c>
       <c r="N644">
-        <v>717.237</v>
+        <v>716.959</v>
       </c>
       <c r="O644">
-        <v>689.186</v>
+        <v>689.641</v>
       </c>
       <c r="P644">
-        <v>1406.423</v>
+        <v>1406.6</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>0.71</v>
       </c>
       <c r="C645">
-        <v>160.91</v>
+        <v>161.051</v>
       </c>
       <c r="D645">
-        <v>57.481</v>
+        <v>56.768</v>
       </c>
       <c r="E645">
-        <v>219.102</v>
+        <v>218.529</v>
       </c>
       <c r="F645">
         <v>0.067</v>
       </c>
       <c r="G645">
         <v>1.619</v>
       </c>
       <c r="H645">
         <v>7.991</v>
       </c>
       <c r="I645">
         <v>0.025</v>
       </c>
       <c r="J645">
-        <v>13.775</v>
+        <v>13.853</v>
       </c>
       <c r="K645">
-        <v>23.477</v>
+        <v>23.556</v>
       </c>
       <c r="L645">
-        <v>242.579</v>
+        <v>242.085</v>
       </c>
       <c r="M645">
         <v>439.272</v>
       </c>
       <c r="N645">
-        <v>681.851</v>
+        <v>681.357</v>
       </c>
       <c r="O645">
-        <v>625.863</v>
+        <v>626.273</v>
       </c>
       <c r="P645">
-        <v>1307.715</v>
+        <v>1307.63</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>0.993</v>
+      </c>
+      <c r="C646">
+        <v>236.444</v>
+      </c>
+      <c r="D646">
+        <v>67.948</v>
+      </c>
+      <c r="E646">
+        <v>305.385</v>
+      </c>
+      <c r="F646">
+        <v>0.076</v>
+      </c>
+      <c r="G646">
+        <v>1.673</v>
+      </c>
+      <c r="H646">
+        <v>6.908</v>
+      </c>
+      <c r="I646">
+        <v>0.048</v>
+      </c>
+      <c r="J646">
+        <v>14.117</v>
+      </c>
+      <c r="K646">
+        <v>22.822</v>
+      </c>
+      <c r="L646">
+        <v>328.207</v>
+      </c>
+      <c r="M646">
+        <v>428.656</v>
+      </c>
+      <c r="N646">
+        <v>756.863</v>
+      </c>
+      <c r="O646">
+        <v>584.383</v>
+      </c>
+      <c r="P646">
+        <v>1341.246</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -32389,51 +32436,51 @@
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
         <f>HYPERLINK("http://www.eia.gov/totalenergy/data/monthly/dataunits.php","Note: Information about data precision.")</f>
         <v>Note: Information about data precision.</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>12</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>13</v>
       </c>
@@ -36246,87 +36293,87 @@
       </c>
       <c r="M87">
         <v>4804.467</v>
       </c>
       <c r="N87">
         <v>9397.997</v>
       </c>
       <c r="O87">
         <v>6877.953</v>
       </c>
       <c r="P87">
         <v>16275.95</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>10.891</v>
       </c>
       <c r="C88">
         <v>3436.15</v>
       </c>
       <c r="D88">
-        <v>867.481</v>
+        <v>867.579</v>
       </c>
       <c r="E88">
-        <v>4314.522</v>
+        <v>4314.62</v>
       </c>
       <c r="F88">
         <v>1.06</v>
       </c>
       <c r="G88">
         <v>19.7</v>
       </c>
       <c r="H88">
         <v>75.809</v>
       </c>
       <c r="I88">
         <v>0.455</v>
       </c>
       <c r="J88">
         <v>171.539</v>
       </c>
       <c r="K88">
         <v>268.562</v>
       </c>
       <c r="L88">
-        <v>4583.084</v>
+        <v>4583.182</v>
       </c>
       <c r="M88">
         <v>4950.611</v>
       </c>
       <c r="N88">
-        <v>9533.696</v>
+        <v>9533.793</v>
       </c>
       <c r="O88">
         <v>7008.691</v>
       </c>
       <c r="P88">
-        <v>16542.387</v>
+        <v>16542.485</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>