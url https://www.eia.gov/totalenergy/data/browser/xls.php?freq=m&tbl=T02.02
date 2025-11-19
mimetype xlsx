--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 2.2 Residential Sector Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Residential Sector (Excluding Supplemental Gaseous Fuels)</t>
   </si>
   <si>
     <t>Petroleum Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Solar Energy Consumed by the Residential Sector</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="61.556" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="92.12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27572,826 +27572,870 @@
       </c>
       <c r="L624">
         <v>1260.402</v>
       </c>
       <c r="M624">
         <v>601.455</v>
       </c>
       <c r="N624">
         <v>1861.857</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625" t="s">
         <v>20</v>
       </c>
       <c r="C625">
         <v>967.589</v>
       </c>
       <c r="D625">
         <v>150.626</v>
       </c>
       <c r="E625">
-        <v>1118.215</v>
+        <v>1118.216</v>
       </c>
       <c r="F625">
         <v>3.354</v>
       </c>
       <c r="G625">
         <v>14.82</v>
       </c>
       <c r="H625">
         <v>30.341</v>
       </c>
       <c r="I625">
         <v>48.515</v>
       </c>
       <c r="J625">
         <v>1166.73</v>
       </c>
       <c r="K625">
         <v>487.737</v>
       </c>
       <c r="L625">
-        <v>1654.467</v>
+        <v>1654.468</v>
       </c>
       <c r="M625">
         <v>750.944</v>
       </c>
       <c r="N625">
         <v>2405.411</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626" t="s">
         <v>20</v>
       </c>
       <c r="C626">
         <v>670.048</v>
       </c>
       <c r="D626">
-        <v>134.58</v>
+        <v>134.587</v>
       </c>
       <c r="E626">
-        <v>804.629</v>
+        <v>804.636</v>
       </c>
       <c r="F626">
         <v>3.138</v>
       </c>
       <c r="G626">
         <v>16.704</v>
       </c>
       <c r="H626">
         <v>28.383</v>
       </c>
       <c r="I626">
         <v>48.225</v>
       </c>
       <c r="J626">
-        <v>852.854</v>
+        <v>852.861</v>
       </c>
       <c r="K626">
         <v>396.169</v>
       </c>
       <c r="L626">
-        <v>1249.023</v>
+        <v>1249.03</v>
       </c>
       <c r="M626">
         <v>525.551</v>
       </c>
       <c r="N626">
-        <v>1774.574</v>
+        <v>1774.581</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627" t="s">
         <v>20</v>
       </c>
       <c r="C627">
         <v>527.108</v>
       </c>
       <c r="D627">
-        <v>108.052</v>
+        <v>108.059</v>
       </c>
       <c r="E627">
-        <v>635.159</v>
+        <v>635.167</v>
       </c>
       <c r="F627">
         <v>3.354</v>
       </c>
       <c r="G627">
         <v>21.946</v>
       </c>
       <c r="H627">
         <v>30.341</v>
       </c>
       <c r="I627">
         <v>55.641</v>
       </c>
       <c r="J627">
-        <v>690.8</v>
+        <v>690.808</v>
       </c>
       <c r="K627">
         <v>350.156</v>
       </c>
       <c r="L627">
-        <v>1040.956</v>
+        <v>1040.964</v>
       </c>
       <c r="M627">
         <v>467.093</v>
       </c>
       <c r="N627">
-        <v>1508.049</v>
+        <v>1508.057</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628" t="s">
         <v>20</v>
       </c>
       <c r="C628">
         <v>329.02</v>
       </c>
       <c r="D628">
-        <v>72.381</v>
+        <v>72.41</v>
       </c>
       <c r="E628">
-        <v>401.4</v>
+        <v>401.43</v>
       </c>
       <c r="F628">
         <v>3.246</v>
       </c>
       <c r="G628">
         <v>24.329</v>
       </c>
       <c r="H628">
         <v>29.362</v>
       </c>
       <c r="I628">
         <v>56.937</v>
       </c>
       <c r="J628">
-        <v>458.337</v>
+        <v>458.367</v>
       </c>
       <c r="K628">
         <v>324.322</v>
       </c>
       <c r="L628">
-        <v>782.659</v>
+        <v>782.689</v>
       </c>
       <c r="M628">
         <v>422.429</v>
       </c>
       <c r="N628">
-        <v>1205.089</v>
+        <v>1205.118</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629" t="s">
         <v>20</v>
       </c>
       <c r="C629">
         <v>178.46</v>
       </c>
       <c r="D629">
-        <v>54.196</v>
+        <v>54.195</v>
       </c>
       <c r="E629">
-        <v>232.656</v>
+        <v>232.655</v>
       </c>
       <c r="F629">
         <v>3.354</v>
       </c>
       <c r="G629">
         <v>26.441</v>
       </c>
       <c r="H629">
         <v>30.341</v>
       </c>
       <c r="I629">
         <v>60.136</v>
       </c>
       <c r="J629">
-        <v>292.792</v>
+        <v>292.791</v>
       </c>
       <c r="K629">
         <v>368.024</v>
       </c>
       <c r="L629">
         <v>660.816</v>
       </c>
       <c r="M629">
         <v>521.075</v>
       </c>
       <c r="N629">
-        <v>1181.892</v>
+        <v>1181.891</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630" t="s">
         <v>20</v>
       </c>
       <c r="C630">
         <v>126.481</v>
       </c>
       <c r="D630">
-        <v>41.038</v>
+        <v>41.035</v>
       </c>
       <c r="E630">
-        <v>167.519</v>
+        <v>167.516</v>
       </c>
       <c r="F630">
         <v>3.246</v>
       </c>
       <c r="G630">
         <v>26.512</v>
       </c>
       <c r="H630">
         <v>29.362</v>
       </c>
       <c r="I630">
         <v>59.12</v>
       </c>
       <c r="J630">
-        <v>226.638</v>
+        <v>226.636</v>
       </c>
       <c r="K630">
         <v>474.777</v>
       </c>
       <c r="L630">
-        <v>701.415</v>
+        <v>701.413</v>
       </c>
       <c r="M630">
         <v>693.875</v>
       </c>
       <c r="N630">
-        <v>1395.29</v>
+        <v>1395.288</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631" t="s">
         <v>20</v>
       </c>
       <c r="C631">
         <v>111.18</v>
       </c>
       <c r="D631">
-        <v>31.834</v>
+        <v>31.833</v>
       </c>
       <c r="E631">
-        <v>143.014</v>
+        <v>143.013</v>
       </c>
       <c r="F631">
         <v>3.354</v>
       </c>
       <c r="G631">
         <v>27.125</v>
       </c>
       <c r="H631">
         <v>30.341</v>
       </c>
       <c r="I631">
         <v>60.82</v>
       </c>
       <c r="J631">
-        <v>203.834</v>
+        <v>203.833</v>
       </c>
       <c r="K631">
         <v>565</v>
       </c>
       <c r="L631">
-        <v>768.835</v>
+        <v>768.833</v>
       </c>
       <c r="M631">
         <v>844.169</v>
       </c>
       <c r="N631">
-        <v>1613.004</v>
+        <v>1613.003</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632" t="s">
         <v>20</v>
       </c>
       <c r="C632">
         <v>109.332</v>
       </c>
       <c r="D632">
-        <v>29.643</v>
+        <v>29.641</v>
       </c>
       <c r="E632">
-        <v>138.975</v>
+        <v>138.973</v>
       </c>
       <c r="F632">
         <v>3.354</v>
       </c>
       <c r="G632">
         <v>25.998</v>
       </c>
       <c r="H632">
         <v>30.341</v>
       </c>
       <c r="I632">
         <v>59.693</v>
       </c>
       <c r="J632">
-        <v>198.669</v>
+        <v>198.667</v>
       </c>
       <c r="K632">
         <v>544.703</v>
       </c>
       <c r="L632">
-        <v>743.372</v>
+        <v>743.37</v>
       </c>
       <c r="M632">
         <v>802.921</v>
       </c>
       <c r="N632">
-        <v>1546.293</v>
+        <v>1546.291</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633" t="s">
         <v>20</v>
       </c>
       <c r="C633">
         <v>117.99</v>
       </c>
       <c r="D633">
-        <v>41.746</v>
+        <v>41.725</v>
       </c>
       <c r="E633">
-        <v>159.736</v>
+        <v>159.716</v>
       </c>
       <c r="F633">
         <v>3.246</v>
       </c>
       <c r="G633">
         <v>23.17</v>
       </c>
       <c r="H633">
         <v>29.362</v>
       </c>
       <c r="I633">
         <v>55.778</v>
       </c>
       <c r="J633">
-        <v>215.514</v>
+        <v>215.493</v>
       </c>
       <c r="K633">
         <v>437.847</v>
       </c>
       <c r="L633">
-        <v>653.361</v>
+        <v>653.341</v>
       </c>
       <c r="M633">
         <v>606.204</v>
       </c>
       <c r="N633">
-        <v>1259.565</v>
+        <v>1259.545</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634" t="s">
         <v>20</v>
       </c>
       <c r="C634">
         <v>201.222</v>
       </c>
       <c r="D634">
-        <v>63.757</v>
+        <v>63.743</v>
       </c>
       <c r="E634">
-        <v>264.979</v>
+        <v>264.965</v>
       </c>
       <c r="F634">
         <v>3.354</v>
       </c>
       <c r="G634">
         <v>20.971</v>
       </c>
       <c r="H634">
         <v>30.341</v>
       </c>
       <c r="I634">
         <v>54.666</v>
       </c>
       <c r="J634">
-        <v>319.645</v>
+        <v>319.631</v>
       </c>
       <c r="K634">
         <v>364.655</v>
       </c>
       <c r="L634">
-        <v>684.3</v>
+        <v>684.286</v>
       </c>
       <c r="M634">
         <v>494.671</v>
       </c>
       <c r="N634">
-        <v>1178.971</v>
+        <v>1178.957</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635" t="s">
         <v>20</v>
       </c>
       <c r="C635">
         <v>427.676</v>
       </c>
       <c r="D635">
-        <v>89.588</v>
+        <v>89.569</v>
       </c>
       <c r="E635">
-        <v>517.265</v>
+        <v>517.246</v>
       </c>
       <c r="F635">
         <v>3.246</v>
       </c>
       <c r="G635">
         <v>16.923</v>
       </c>
       <c r="H635">
         <v>29.362</v>
       </c>
       <c r="I635">
         <v>49.531</v>
       </c>
       <c r="J635">
-        <v>566.796</v>
+        <v>566.777</v>
       </c>
       <c r="K635">
         <v>339.002</v>
       </c>
       <c r="L635">
-        <v>905.798</v>
+        <v>905.779</v>
       </c>
       <c r="M635">
         <v>492.741</v>
       </c>
       <c r="N635">
-        <v>1398.538</v>
+        <v>1398.52</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636" t="s">
         <v>20</v>
       </c>
       <c r="C636">
-        <v>784.898</v>
+        <v>784.897</v>
       </c>
       <c r="D636">
-        <v>128.114</v>
+        <v>128.129</v>
       </c>
       <c r="E636">
-        <v>913.011</v>
+        <v>913.027</v>
       </c>
       <c r="F636">
         <v>3.354</v>
       </c>
       <c r="G636">
         <v>15.474</v>
       </c>
       <c r="H636">
         <v>30.341</v>
       </c>
       <c r="I636">
         <v>49.169</v>
       </c>
       <c r="J636">
-        <v>962.181</v>
+        <v>962.196</v>
       </c>
       <c r="K636">
         <v>430.146</v>
       </c>
       <c r="L636">
-        <v>1392.326</v>
+        <v>1392.341</v>
       </c>
       <c r="M636">
         <v>643.532</v>
       </c>
       <c r="N636">
-        <v>2035.858</v>
+        <v>2035.873</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637" t="s">
         <v>20</v>
       </c>
       <c r="C637">
         <v>1073.369</v>
       </c>
       <c r="D637">
-        <v>165.128</v>
+        <v>165.147</v>
       </c>
       <c r="E637">
-        <v>1238.498</v>
+        <v>1238.516</v>
       </c>
       <c r="F637">
         <v>3.363</v>
       </c>
       <c r="G637">
         <v>16.089</v>
       </c>
       <c r="H637">
         <v>31.061</v>
       </c>
       <c r="I637">
         <v>50.513</v>
       </c>
       <c r="J637">
-        <v>1289.011</v>
+        <v>1289.029</v>
       </c>
       <c r="K637">
         <v>520.835</v>
       </c>
       <c r="L637">
-        <v>1809.846</v>
+        <v>1809.864</v>
       </c>
       <c r="M637">
         <v>798.987</v>
       </c>
       <c r="N637">
-        <v>2608.833</v>
+        <v>2608.851</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638" t="s">
         <v>20</v>
       </c>
       <c r="C638">
         <v>826.675</v>
       </c>
       <c r="D638">
-        <v>150.272</v>
+        <v>150.316</v>
       </c>
       <c r="E638">
-        <v>976.946</v>
+        <v>976.991</v>
       </c>
       <c r="F638">
         <v>3.038</v>
       </c>
       <c r="G638">
         <v>17.551</v>
       </c>
       <c r="H638">
         <v>28.055</v>
       </c>
       <c r="I638">
         <v>48.644</v>
       </c>
       <c r="J638">
-        <v>1025.59</v>
+        <v>1025.635</v>
       </c>
       <c r="K638">
         <v>436.044</v>
       </c>
       <c r="L638">
-        <v>1461.634</v>
+        <v>1461.679</v>
       </c>
       <c r="M638">
         <v>593.339</v>
       </c>
       <c r="N638">
-        <v>2054.974</v>
+        <v>2055.018</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639" t="s">
         <v>20</v>
       </c>
       <c r="C639">
         <v>544.114</v>
       </c>
       <c r="D639">
-        <v>110.902</v>
+        <v>110.933</v>
       </c>
       <c r="E639">
-        <v>655.016</v>
+        <v>655.047</v>
       </c>
       <c r="F639">
         <v>3.363</v>
       </c>
       <c r="G639">
         <v>23.962</v>
       </c>
       <c r="H639">
         <v>31.061</v>
       </c>
       <c r="I639">
         <v>58.386</v>
       </c>
       <c r="J639">
-        <v>713.402</v>
+        <v>713.433</v>
       </c>
       <c r="K639">
         <v>372.509</v>
       </c>
       <c r="L639">
-        <v>1085.912</v>
+        <v>1085.943</v>
       </c>
       <c r="M639">
         <v>485.052</v>
       </c>
       <c r="N639">
-        <v>1570.964</v>
+        <v>1570.995</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640" t="s">
         <v>20</v>
       </c>
       <c r="C640">
-        <v>338.382</v>
+        <v>338.383</v>
       </c>
       <c r="D640">
-        <v>73.807</v>
+        <v>73.826</v>
       </c>
       <c r="E640">
-        <v>412.189</v>
+        <v>412.209</v>
       </c>
       <c r="F640">
         <v>3.255</v>
       </c>
       <c r="G640">
         <v>26.209</v>
       </c>
       <c r="H640">
         <v>30.059</v>
       </c>
       <c r="I640">
         <v>59.523</v>
       </c>
       <c r="J640">
-        <v>471.712</v>
+        <v>471.731</v>
       </c>
       <c r="K640">
         <v>332.56</v>
       </c>
       <c r="L640">
-        <v>804.272</v>
+        <v>804.291</v>
       </c>
       <c r="M640">
         <v>436.893</v>
       </c>
       <c r="N640">
-        <v>1241.165</v>
+        <v>1241.184</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641" t="s">
         <v>20</v>
       </c>
       <c r="C641">
-        <v>194.599</v>
+        <v>194.602</v>
       </c>
       <c r="D641">
-        <v>57.405</v>
+        <v>57.412</v>
       </c>
       <c r="E641">
-        <v>252.004</v>
+        <v>252.013</v>
       </c>
       <c r="F641">
         <v>3.363</v>
       </c>
       <c r="G641">
         <v>27.761</v>
       </c>
       <c r="H641">
         <v>31.061</v>
       </c>
       <c r="I641">
         <v>62.186</v>
       </c>
       <c r="J641">
-        <v>314.189</v>
+        <v>314.199</v>
       </c>
       <c r="K641">
         <v>358.018</v>
       </c>
       <c r="L641">
-        <v>672.208</v>
+        <v>672.217</v>
       </c>
       <c r="M641">
-        <v>494.158</v>
+        <v>494.163</v>
       </c>
       <c r="N641">
-        <v>1166.365</v>
+        <v>1166.38</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642" t="s">
         <v>20</v>
       </c>
       <c r="C642">
-        <v>133.431</v>
+        <v>133.389</v>
       </c>
       <c r="D642">
-        <v>42.502</v>
+        <v>42.512</v>
       </c>
       <c r="E642">
-        <v>175.934</v>
+        <v>175.9</v>
       </c>
       <c r="F642">
         <v>3.255</v>
       </c>
       <c r="G642">
         <v>28.185</v>
       </c>
       <c r="H642">
         <v>30.059</v>
       </c>
       <c r="I642">
         <v>61.499</v>
       </c>
       <c r="J642">
-        <v>237.433</v>
+        <v>237.399</v>
       </c>
       <c r="K642">
         <v>463.803</v>
       </c>
       <c r="L642">
-        <v>701.236</v>
+        <v>701.203</v>
       </c>
       <c r="M642">
-        <v>675.312</v>
+        <v>675.159</v>
       </c>
       <c r="N642">
-        <v>1376.548</v>
+        <v>1376.362</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643" t="s">
+        <v>20</v>
+      </c>
+      <c r="C643">
+        <v>116.612</v>
+      </c>
+      <c r="D643">
+        <v>33.127</v>
+      </c>
+      <c r="E643">
+        <v>149.74</v>
+      </c>
+      <c r="F643">
+        <v>3.363</v>
+      </c>
+      <c r="G643">
+        <v>29.464</v>
+      </c>
+      <c r="H643">
+        <v>31.061</v>
+      </c>
+      <c r="I643">
+        <v>63.888</v>
+      </c>
+      <c r="J643">
+        <v>213.628</v>
+      </c>
+      <c r="K643">
+        <v>573.937</v>
+      </c>
+      <c r="L643">
+        <v>787.565</v>
+      </c>
+      <c r="M643">
+        <v>861.987</v>
+      </c>
+      <c r="N643">
+        <v>1649.552</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31823,57 +31867,57 @@
       </c>
       <c r="J87">
         <v>6284.841</v>
       </c>
       <c r="K87">
         <v>4947.486</v>
       </c>
       <c r="L87">
         <v>11232.327</v>
       </c>
       <c r="M87">
         <v>7077.513</v>
       </c>
       <c r="N87">
         <v>18309.84</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88" t="s">
         <v>20</v>
       </c>
       <c r="C88">
-        <v>4550.535</v>
+        <v>4550.536</v>
       </c>
       <c r="D88">
         <v>945.554</v>
       </c>
       <c r="E88">
-        <v>5496.089</v>
+        <v>5496.09</v>
       </c>
       <c r="F88">
         <v>39.6</v>
       </c>
       <c r="G88">
         <v>260.414</v>
       </c>
       <c r="H88">
         <v>358.217</v>
       </c>
       <c r="I88">
         <v>658.232</v>
       </c>
       <c r="J88">
         <v>6154.321</v>
       </c>
       <c r="K88">
         <v>5082.539</v>
       </c>
       <c r="L88">
         <v>11236.86</v>
       </c>
       <c r="M88">
         <v>7243.576</v>
       </c>