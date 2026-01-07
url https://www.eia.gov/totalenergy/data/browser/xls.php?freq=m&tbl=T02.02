--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 2.2 Residential Sector Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Residential Sector (Excluding Supplemental Gaseous Fuels)</t>
   </si>
   <si>
     <t>Petroleum Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Solar Energy Consumed by the Residential Sector</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="61.556" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="92.12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27038,1404 +27038,1492 @@
       </c>
       <c r="J612">
         <v>1050.246</v>
       </c>
       <c r="K612">
         <v>448.343</v>
       </c>
       <c r="L612">
         <v>1498.589</v>
       </c>
       <c r="M612">
         <v>693.344</v>
       </c>
       <c r="N612">
         <v>2191.933</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613" t="s">
         <v>20</v>
       </c>
       <c r="C613">
-        <v>835.384</v>
+        <v>836.278</v>
       </c>
       <c r="D613">
         <v>140.483</v>
       </c>
       <c r="E613">
-        <v>975.867</v>
+        <v>976.761</v>
       </c>
       <c r="F613">
         <v>3.363</v>
       </c>
       <c r="G613">
         <v>12.39</v>
       </c>
       <c r="H613">
         <v>32.455</v>
       </c>
       <c r="I613">
         <v>48.208</v>
       </c>
       <c r="J613">
-        <v>1024.075</v>
+        <v>1024.969</v>
       </c>
       <c r="K613">
         <v>449.148</v>
       </c>
       <c r="L613">
-        <v>1473.223</v>
+        <v>1474.117</v>
       </c>
       <c r="M613">
-        <v>641.404</v>
+        <v>641.743</v>
       </c>
       <c r="N613">
-        <v>2114.627</v>
+        <v>2115.859</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614" t="s">
         <v>20</v>
       </c>
       <c r="C614">
-        <v>714.34</v>
+        <v>715.111</v>
       </c>
       <c r="D614">
         <v>138.741</v>
       </c>
       <c r="E614">
-        <v>853.082</v>
+        <v>853.852</v>
       </c>
       <c r="F614">
         <v>3.038</v>
       </c>
       <c r="G614">
         <v>13.648</v>
       </c>
       <c r="H614">
         <v>29.314</v>
       </c>
       <c r="I614">
         <v>46</v>
       </c>
       <c r="J614">
-        <v>899.081</v>
+        <v>899.852</v>
       </c>
       <c r="K614">
         <v>382.503</v>
       </c>
       <c r="L614">
-        <v>1281.584</v>
+        <v>1282.355</v>
       </c>
       <c r="M614">
-        <v>509.035</v>
+        <v>509.327</v>
       </c>
       <c r="N614">
-        <v>1790.619</v>
+        <v>1791.681</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615" t="s">
         <v>20</v>
       </c>
       <c r="C615">
-        <v>659.11</v>
+        <v>659.878</v>
       </c>
       <c r="D615">
         <v>114.713</v>
       </c>
       <c r="E615">
-        <v>773.822</v>
+        <v>774.591</v>
       </c>
       <c r="F615">
         <v>3.363</v>
       </c>
       <c r="G615">
         <v>18.658</v>
       </c>
       <c r="H615">
         <v>32.455</v>
       </c>
       <c r="I615">
         <v>54.476</v>
       </c>
       <c r="J615">
-        <v>828.298</v>
+        <v>829.067</v>
       </c>
       <c r="K615">
         <v>376.743</v>
       </c>
       <c r="L615">
-        <v>1205.041</v>
+        <v>1205.81</v>
       </c>
       <c r="M615">
-        <v>516.054</v>
+        <v>516.381</v>
       </c>
       <c r="N615">
-        <v>1721.094</v>
+        <v>1722.19</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616" t="s">
         <v>20</v>
       </c>
       <c r="C616">
-        <v>352.031</v>
+        <v>352.513</v>
       </c>
       <c r="D616">
         <v>73.14</v>
       </c>
       <c r="E616">
-        <v>425.172</v>
+        <v>425.654</v>
       </c>
       <c r="F616">
         <v>3.255</v>
       </c>
       <c r="G616">
         <v>21.081</v>
       </c>
       <c r="H616">
         <v>31.408</v>
       </c>
       <c r="I616">
         <v>55.743</v>
       </c>
       <c r="J616">
-        <v>480.915</v>
+        <v>481.397</v>
       </c>
       <c r="K616">
         <v>328.22</v>
       </c>
       <c r="L616">
-        <v>809.135</v>
+        <v>809.618</v>
       </c>
       <c r="M616">
-        <v>432.699</v>
+        <v>433.047</v>
       </c>
       <c r="N616">
-        <v>1241.834</v>
+        <v>1242.665</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617" t="s">
         <v>20</v>
       </c>
       <c r="C617">
-        <v>205.15</v>
+        <v>205.455</v>
       </c>
       <c r="D617">
         <v>57.242</v>
       </c>
       <c r="E617">
-        <v>262.393</v>
+        <v>262.698</v>
       </c>
       <c r="F617">
         <v>3.363</v>
       </c>
       <c r="G617">
         <v>23.801</v>
       </c>
       <c r="H617">
         <v>32.455</v>
       </c>
       <c r="I617">
         <v>59.619</v>
       </c>
       <c r="J617">
-        <v>322.012</v>
+        <v>322.317</v>
       </c>
       <c r="K617">
         <v>341.987</v>
       </c>
       <c r="L617">
-        <v>663.998</v>
+        <v>664.303</v>
       </c>
       <c r="M617">
-        <v>480.751</v>
+        <v>481.182</v>
       </c>
       <c r="N617">
-        <v>1144.749</v>
+        <v>1145.485</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618" t="s">
         <v>20</v>
       </c>
       <c r="C618">
-        <v>134.297</v>
+        <v>134.486</v>
       </c>
       <c r="D618">
         <v>42.973</v>
       </c>
       <c r="E618">
-        <v>177.27</v>
+        <v>177.459</v>
       </c>
       <c r="F618">
         <v>3.255</v>
       </c>
       <c r="G618">
         <v>23.256</v>
       </c>
       <c r="H618">
         <v>31.408</v>
       </c>
       <c r="I618">
         <v>57.918</v>
       </c>
       <c r="J618">
-        <v>235.188</v>
+        <v>235.377</v>
       </c>
       <c r="K618">
         <v>413.943</v>
       </c>
       <c r="L618">
-        <v>649.13</v>
+        <v>649.32</v>
       </c>
       <c r="M618">
-        <v>618.261</v>
+        <v>618.789</v>
       </c>
       <c r="N618">
-        <v>1267.391</v>
+        <v>1268.109</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619" t="s">
         <v>20</v>
       </c>
       <c r="C619">
-        <v>116.38</v>
+        <v>116.532</v>
       </c>
       <c r="D619">
         <v>33.529</v>
       </c>
       <c r="E619">
-        <v>149.91</v>
+        <v>150.061</v>
       </c>
       <c r="F619">
         <v>3.363</v>
       </c>
       <c r="G619">
         <v>24.292</v>
       </c>
       <c r="H619">
         <v>32.455</v>
       </c>
       <c r="I619">
         <v>60.11</v>
       </c>
       <c r="J619">
-        <v>210.02</v>
+        <v>210.172</v>
       </c>
       <c r="K619">
         <v>544.947</v>
       </c>
       <c r="L619">
-        <v>754.967</v>
+        <v>755.119</v>
       </c>
       <c r="M619">
-        <v>845.238</v>
+        <v>845.912</v>
       </c>
       <c r="N619">
-        <v>1600.205</v>
+        <v>1601.031</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620" t="s">
         <v>20</v>
       </c>
       <c r="C620">
-        <v>109.63</v>
+        <v>109.773</v>
       </c>
       <c r="D620">
         <v>29.967</v>
       </c>
       <c r="E620">
-        <v>139.597</v>
+        <v>139.74</v>
       </c>
       <c r="F620">
         <v>3.363</v>
       </c>
       <c r="G620">
         <v>23.684</v>
       </c>
       <c r="H620">
         <v>32.455</v>
       </c>
       <c r="I620">
         <v>59.502</v>
       </c>
       <c r="J620">
-        <v>199.1</v>
+        <v>199.243</v>
       </c>
       <c r="K620">
         <v>550.902</v>
       </c>
       <c r="L620">
-        <v>750.002</v>
+        <v>750.145</v>
       </c>
       <c r="M620">
-        <v>828.15</v>
+        <v>828.823</v>
       </c>
       <c r="N620">
-        <v>1578.152</v>
+        <v>1578.968</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621" t="s">
         <v>20</v>
       </c>
       <c r="C621">
-        <v>118.182</v>
+        <v>118.348</v>
       </c>
       <c r="D621">
         <v>44.17</v>
       </c>
       <c r="E621">
-        <v>162.352</v>
+        <v>162.519</v>
       </c>
       <c r="F621">
         <v>3.255</v>
       </c>
       <c r="G621">
         <v>20.725</v>
       </c>
       <c r="H621">
         <v>31.408</v>
       </c>
       <c r="I621">
         <v>55.388</v>
       </c>
       <c r="J621">
-        <v>217.74</v>
+        <v>217.906</v>
       </c>
       <c r="K621">
         <v>453.138</v>
       </c>
       <c r="L621">
-        <v>670.877</v>
+        <v>671.044</v>
       </c>
       <c r="M621">
-        <v>625.428</v>
+        <v>625.988</v>
       </c>
       <c r="N621">
-        <v>1296.305</v>
+        <v>1297.031</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622" t="s">
         <v>20</v>
       </c>
       <c r="C622">
-        <v>235.733</v>
+        <v>236.067</v>
       </c>
       <c r="D622">
         <v>65.451</v>
       </c>
       <c r="E622">
-        <v>301.184</v>
+        <v>301.519</v>
       </c>
       <c r="F622">
         <v>3.363</v>
       </c>
       <c r="G622">
         <v>19.404</v>
       </c>
       <c r="H622">
         <v>32.455</v>
       </c>
       <c r="I622">
         <v>55.222</v>
       </c>
       <c r="J622">
-        <v>356.405</v>
+        <v>356.74</v>
       </c>
       <c r="K622">
         <v>352.507</v>
       </c>
       <c r="L622">
-        <v>708.912</v>
+        <v>709.247</v>
       </c>
       <c r="M622">
-        <v>489.423</v>
+        <v>489.842</v>
       </c>
       <c r="N622">
-        <v>1198.335</v>
+        <v>1199.089</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623" t="s">
         <v>20</v>
       </c>
       <c r="C623">
-        <v>514.054</v>
+        <v>514.685</v>
       </c>
       <c r="D623">
         <v>93.84</v>
       </c>
       <c r="E623">
-        <v>607.894</v>
+        <v>608.525</v>
       </c>
       <c r="F623">
         <v>3.255</v>
       </c>
       <c r="G623">
         <v>15.944</v>
       </c>
       <c r="H623">
         <v>31.408</v>
       </c>
       <c r="I623">
         <v>50.607</v>
       </c>
       <c r="J623">
-        <v>658.501</v>
+        <v>659.132</v>
       </c>
       <c r="K623">
         <v>347.705</v>
       </c>
       <c r="L623">
-        <v>1006.206</v>
+        <v>1006.837</v>
       </c>
       <c r="M623">
-        <v>503.824</v>
+        <v>504.168</v>
       </c>
       <c r="N623">
-        <v>1510.03</v>
+        <v>1511.005</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624" t="s">
         <v>20</v>
       </c>
       <c r="C624">
-        <v>683.411</v>
+        <v>684.19</v>
       </c>
       <c r="D624">
         <v>121.03</v>
       </c>
       <c r="E624">
-        <v>804.441</v>
+        <v>805.22</v>
       </c>
       <c r="F624">
         <v>3.363</v>
       </c>
       <c r="G624">
         <v>14.398</v>
       </c>
       <c r="H624">
         <v>32.455</v>
       </c>
       <c r="I624">
         <v>50.216</v>
       </c>
       <c r="J624">
-        <v>854.657</v>
+        <v>855.436</v>
       </c>
       <c r="K624">
         <v>405.745</v>
       </c>
       <c r="L624">
-        <v>1260.402</v>
+        <v>1261.181</v>
       </c>
       <c r="M624">
-        <v>601.455</v>
+        <v>601.821</v>
       </c>
       <c r="N624">
-        <v>1861.857</v>
+        <v>1863.001</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625" t="s">
         <v>20</v>
       </c>
       <c r="C625">
-        <v>967.589</v>
+        <v>966.407</v>
       </c>
       <c r="D625">
-        <v>150.626</v>
+        <v>150.654</v>
       </c>
       <c r="E625">
-        <v>1118.216</v>
+        <v>1117.061</v>
       </c>
       <c r="F625">
         <v>3.354</v>
       </c>
       <c r="G625">
-        <v>14.82</v>
+        <v>14.679</v>
       </c>
       <c r="H625">
         <v>30.341</v>
       </c>
       <c r="I625">
-        <v>48.515</v>
+        <v>48.374</v>
       </c>
       <c r="J625">
-        <v>1166.73</v>
+        <v>1165.435</v>
       </c>
       <c r="K625">
-        <v>487.737</v>
+        <v>485.71</v>
       </c>
       <c r="L625">
-        <v>1654.468</v>
+        <v>1651.145</v>
       </c>
       <c r="M625">
-        <v>750.944</v>
+        <v>747.415</v>
       </c>
       <c r="N625">
-        <v>2405.411</v>
+        <v>2398.56</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626" t="s">
         <v>20</v>
       </c>
       <c r="C626">
-        <v>670.048</v>
+        <v>669.256</v>
       </c>
       <c r="D626">
-        <v>134.587</v>
+        <v>134.625</v>
       </c>
       <c r="E626">
-        <v>804.636</v>
+        <v>803.881</v>
       </c>
       <c r="F626">
         <v>3.138</v>
       </c>
       <c r="G626">
-        <v>16.704</v>
+        <v>16.578</v>
       </c>
       <c r="H626">
         <v>28.383</v>
       </c>
       <c r="I626">
-        <v>48.225</v>
+        <v>48.1</v>
       </c>
       <c r="J626">
-        <v>852.861</v>
+        <v>851.98</v>
       </c>
       <c r="K626">
-        <v>396.169</v>
+        <v>394.008</v>
       </c>
       <c r="L626">
-        <v>1249.03</v>
+        <v>1245.989</v>
       </c>
       <c r="M626">
-        <v>525.551</v>
+        <v>519.993</v>
       </c>
       <c r="N626">
-        <v>1774.581</v>
+        <v>1765.982</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627" t="s">
         <v>20</v>
       </c>
       <c r="C627">
-        <v>527.108</v>
+        <v>526.523</v>
       </c>
       <c r="D627">
-        <v>108.059</v>
+        <v>108.094</v>
       </c>
       <c r="E627">
-        <v>635.167</v>
+        <v>634.617</v>
       </c>
       <c r="F627">
         <v>3.354</v>
       </c>
       <c r="G627">
-        <v>21.946</v>
+        <v>22.055</v>
       </c>
       <c r="H627">
         <v>30.341</v>
       </c>
       <c r="I627">
-        <v>55.641</v>
+        <v>55.75</v>
       </c>
       <c r="J627">
-        <v>690.808</v>
+        <v>690.367</v>
       </c>
       <c r="K627">
-        <v>350.156</v>
+        <v>348.717</v>
       </c>
       <c r="L627">
-        <v>1040.964</v>
+        <v>1039.084</v>
       </c>
       <c r="M627">
-        <v>467.093</v>
+        <v>462.144</v>
       </c>
       <c r="N627">
-        <v>1508.057</v>
+        <v>1501.228</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628" t="s">
         <v>20</v>
       </c>
       <c r="C628">
-        <v>329.02</v>
+        <v>328.686</v>
       </c>
       <c r="D628">
-        <v>72.41</v>
+        <v>72.455</v>
       </c>
       <c r="E628">
-        <v>401.43</v>
+        <v>401.142</v>
       </c>
       <c r="F628">
         <v>3.246</v>
       </c>
       <c r="G628">
-        <v>24.329</v>
+        <v>24.33</v>
       </c>
       <c r="H628">
         <v>29.362</v>
       </c>
       <c r="I628">
-        <v>56.937</v>
+        <v>56.938</v>
       </c>
       <c r="J628">
-        <v>458.367</v>
+        <v>458.08</v>
       </c>
       <c r="K628">
-        <v>324.322</v>
+        <v>323.028</v>
       </c>
       <c r="L628">
-        <v>782.689</v>
+        <v>781.108</v>
       </c>
       <c r="M628">
-        <v>422.429</v>
+        <v>418.876</v>
       </c>
       <c r="N628">
-        <v>1205.118</v>
+        <v>1199.983</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629" t="s">
         <v>20</v>
       </c>
       <c r="C629">
-        <v>178.46</v>
+        <v>178.288</v>
       </c>
       <c r="D629">
-        <v>54.195</v>
+        <v>54.184</v>
       </c>
       <c r="E629">
-        <v>232.655</v>
+        <v>232.472</v>
       </c>
       <c r="F629">
         <v>3.354</v>
       </c>
       <c r="G629">
-        <v>26.441</v>
+        <v>26.437</v>
       </c>
       <c r="H629">
         <v>30.341</v>
       </c>
       <c r="I629">
-        <v>60.136</v>
+        <v>60.132</v>
       </c>
       <c r="J629">
-        <v>292.791</v>
+        <v>292.604</v>
       </c>
       <c r="K629">
-        <v>368.024</v>
+        <v>367.147</v>
       </c>
       <c r="L629">
-        <v>660.816</v>
+        <v>659.751</v>
       </c>
       <c r="M629">
-        <v>521.075</v>
+        <v>519.213</v>
       </c>
       <c r="N629">
-        <v>1181.891</v>
+        <v>1178.965</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630" t="s">
         <v>20</v>
       </c>
       <c r="C630">
-        <v>126.481</v>
+        <v>126.34</v>
       </c>
       <c r="D630">
-        <v>41.035</v>
+        <v>41.051</v>
       </c>
       <c r="E630">
-        <v>167.516</v>
+        <v>167.391</v>
       </c>
       <c r="F630">
         <v>3.246</v>
       </c>
       <c r="G630">
-        <v>26.512</v>
+        <v>26.508</v>
       </c>
       <c r="H630">
         <v>29.362</v>
       </c>
       <c r="I630">
-        <v>59.12</v>
+        <v>59.116</v>
       </c>
       <c r="J630">
-        <v>226.636</v>
+        <v>226.507</v>
       </c>
       <c r="K630">
-        <v>474.777</v>
+        <v>473.997</v>
       </c>
       <c r="L630">
-        <v>701.413</v>
+        <v>700.503</v>
       </c>
       <c r="M630">
-        <v>693.875</v>
+        <v>687.952</v>
       </c>
       <c r="N630">
-        <v>1395.288</v>
+        <v>1388.456</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631" t="s">
         <v>20</v>
       </c>
       <c r="C631">
-        <v>111.18</v>
+        <v>111.06</v>
       </c>
       <c r="D631">
-        <v>31.833</v>
+        <v>31.848</v>
       </c>
       <c r="E631">
-        <v>143.013</v>
+        <v>142.907</v>
       </c>
       <c r="F631">
         <v>3.354</v>
       </c>
       <c r="G631">
-        <v>27.125</v>
+        <v>27.12</v>
       </c>
       <c r="H631">
         <v>30.341</v>
       </c>
       <c r="I631">
-        <v>60.82</v>
+        <v>60.815</v>
       </c>
       <c r="J631">
-        <v>203.833</v>
+        <v>203.723</v>
       </c>
       <c r="K631">
-        <v>565</v>
+        <v>562.411</v>
       </c>
       <c r="L631">
-        <v>768.833</v>
+        <v>766.134</v>
       </c>
       <c r="M631">
-        <v>844.169</v>
+        <v>835.271</v>
       </c>
       <c r="N631">
-        <v>1613.003</v>
+        <v>1601.405</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632" t="s">
         <v>20</v>
       </c>
       <c r="C632">
-        <v>109.332</v>
+        <v>109.213</v>
       </c>
       <c r="D632">
-        <v>29.641</v>
+        <v>29.656</v>
       </c>
       <c r="E632">
-        <v>138.973</v>
+        <v>138.868</v>
       </c>
       <c r="F632">
         <v>3.354</v>
       </c>
       <c r="G632">
-        <v>25.998</v>
+        <v>25.973</v>
       </c>
       <c r="H632">
         <v>30.341</v>
       </c>
       <c r="I632">
-        <v>59.693</v>
+        <v>59.667</v>
       </c>
       <c r="J632">
-        <v>198.667</v>
+        <v>198.536</v>
       </c>
       <c r="K632">
-        <v>544.703</v>
+        <v>542.844</v>
       </c>
       <c r="L632">
-        <v>743.37</v>
+        <v>741.379</v>
       </c>
       <c r="M632">
-        <v>802.921</v>
+        <v>797.066</v>
       </c>
       <c r="N632">
-        <v>1546.291</v>
+        <v>1538.446</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633" t="s">
         <v>20</v>
       </c>
       <c r="C633">
-        <v>117.99</v>
+        <v>117.853</v>
       </c>
       <c r="D633">
-        <v>41.725</v>
+        <v>41.766</v>
       </c>
       <c r="E633">
-        <v>159.716</v>
+        <v>159.619</v>
       </c>
       <c r="F633">
         <v>3.246</v>
       </c>
       <c r="G633">
-        <v>23.17</v>
+        <v>23.15</v>
       </c>
       <c r="H633">
         <v>29.362</v>
       </c>
       <c r="I633">
-        <v>55.778</v>
+        <v>55.758</v>
       </c>
       <c r="J633">
-        <v>215.493</v>
+        <v>215.376</v>
       </c>
       <c r="K633">
-        <v>437.847</v>
+        <v>434.484</v>
       </c>
       <c r="L633">
-        <v>653.341</v>
+        <v>649.861</v>
       </c>
       <c r="M633">
-        <v>606.204</v>
+        <v>596.918</v>
       </c>
       <c r="N633">
-        <v>1259.545</v>
+        <v>1246.779</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634" t="s">
         <v>20</v>
       </c>
       <c r="C634">
-        <v>201.222</v>
+        <v>201.001</v>
       </c>
       <c r="D634">
-        <v>63.743</v>
+        <v>63.772</v>
       </c>
       <c r="E634">
-        <v>264.965</v>
+        <v>264.773</v>
       </c>
       <c r="F634">
         <v>3.354</v>
       </c>
       <c r="G634">
-        <v>20.971</v>
+        <v>20.951</v>
       </c>
       <c r="H634">
         <v>30.341</v>
       </c>
       <c r="I634">
-        <v>54.666</v>
+        <v>54.646</v>
       </c>
       <c r="J634">
-        <v>319.631</v>
+        <v>319.419</v>
       </c>
       <c r="K634">
-        <v>364.655</v>
+        <v>361.956</v>
       </c>
       <c r="L634">
-        <v>684.286</v>
+        <v>681.375</v>
       </c>
       <c r="M634">
-        <v>494.671</v>
+        <v>487.883</v>
       </c>
       <c r="N634">
-        <v>1178.957</v>
+        <v>1169.258</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635" t="s">
         <v>20</v>
       </c>
       <c r="C635">
-        <v>427.676</v>
+        <v>427.181</v>
       </c>
       <c r="D635">
-        <v>89.569</v>
+        <v>89.565</v>
       </c>
       <c r="E635">
-        <v>517.246</v>
+        <v>516.746</v>
       </c>
       <c r="F635">
         <v>3.246</v>
       </c>
       <c r="G635">
-        <v>16.923</v>
+        <v>16.909</v>
       </c>
       <c r="H635">
         <v>29.362</v>
       </c>
       <c r="I635">
-        <v>49.531</v>
+        <v>49.517</v>
       </c>
       <c r="J635">
-        <v>566.777</v>
+        <v>566.263</v>
       </c>
       <c r="K635">
-        <v>339.002</v>
+        <v>337.044</v>
       </c>
       <c r="L635">
-        <v>905.779</v>
+        <v>903.307</v>
       </c>
       <c r="M635">
-        <v>492.741</v>
+        <v>478.795</v>
       </c>
       <c r="N635">
-        <v>1398.52</v>
+        <v>1382.102</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636" t="s">
         <v>20</v>
       </c>
       <c r="C636">
-        <v>784.897</v>
+        <v>784.021</v>
       </c>
       <c r="D636">
-        <v>128.129</v>
+        <v>128.135</v>
       </c>
       <c r="E636">
-        <v>913.027</v>
+        <v>912.156</v>
       </c>
       <c r="F636">
         <v>3.354</v>
       </c>
       <c r="G636">
-        <v>15.474</v>
+        <v>15.503</v>
       </c>
       <c r="H636">
         <v>30.341</v>
       </c>
       <c r="I636">
-        <v>49.169</v>
+        <v>49.198</v>
       </c>
       <c r="J636">
-        <v>962.196</v>
+        <v>961.354</v>
       </c>
       <c r="K636">
-        <v>430.146</v>
+        <v>428.219</v>
       </c>
       <c r="L636">
-        <v>1392.341</v>
+        <v>1389.572</v>
       </c>
       <c r="M636">
-        <v>643.532</v>
+        <v>634.202</v>
       </c>
       <c r="N636">
-        <v>2035.873</v>
+        <v>2023.774</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637" t="s">
         <v>20</v>
       </c>
       <c r="C637">
-        <v>1073.369</v>
+        <v>1070.559</v>
       </c>
       <c r="D637">
-        <v>165.147</v>
+        <v>165.154</v>
       </c>
       <c r="E637">
-        <v>1238.516</v>
+        <v>1235.713</v>
       </c>
       <c r="F637">
         <v>3.363</v>
       </c>
       <c r="G637">
-        <v>16.089</v>
+        <v>16.125</v>
       </c>
       <c r="H637">
         <v>31.061</v>
       </c>
       <c r="I637">
-        <v>50.513</v>
+        <v>50.549</v>
       </c>
       <c r="J637">
-        <v>1289.029</v>
+        <v>1286.262</v>
       </c>
       <c r="K637">
-        <v>520.835</v>
+        <v>521.41</v>
       </c>
       <c r="L637">
-        <v>1809.864</v>
+        <v>1807.672</v>
       </c>
       <c r="M637">
-        <v>798.987</v>
+        <v>795.042</v>
       </c>
       <c r="N637">
-        <v>2608.851</v>
+        <v>2602.714</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638" t="s">
         <v>20</v>
       </c>
       <c r="C638">
-        <v>826.675</v>
+        <v>822.76</v>
       </c>
       <c r="D638">
-        <v>150.316</v>
+        <v>150.318</v>
       </c>
       <c r="E638">
-        <v>976.991</v>
+        <v>973.079</v>
       </c>
       <c r="F638">
         <v>3.038</v>
       </c>
       <c r="G638">
-        <v>17.551</v>
+        <v>17.474</v>
       </c>
       <c r="H638">
         <v>28.055</v>
       </c>
       <c r="I638">
-        <v>48.644</v>
+        <v>48.566</v>
       </c>
       <c r="J638">
-        <v>1025.635</v>
+        <v>1021.645</v>
       </c>
       <c r="K638">
-        <v>436.044</v>
+        <v>436.568</v>
       </c>
       <c r="L638">
-        <v>1461.679</v>
+        <v>1458.213</v>
       </c>
       <c r="M638">
-        <v>593.339</v>
+        <v>590.585</v>
       </c>
       <c r="N638">
-        <v>2055.018</v>
+        <v>2048.798</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639" t="s">
         <v>20</v>
       </c>
       <c r="C639">
-        <v>544.114</v>
+        <v>548.312</v>
       </c>
       <c r="D639">
-        <v>110.933</v>
+        <v>110.93</v>
       </c>
       <c r="E639">
-        <v>655.047</v>
+        <v>659.242</v>
       </c>
       <c r="F639">
         <v>3.363</v>
       </c>
       <c r="G639">
-        <v>23.962</v>
+        <v>23.798</v>
       </c>
       <c r="H639">
         <v>31.061</v>
       </c>
       <c r="I639">
-        <v>58.386</v>
+        <v>58.223</v>
       </c>
       <c r="J639">
-        <v>713.433</v>
+        <v>717.465</v>
       </c>
       <c r="K639">
-        <v>372.509</v>
+        <v>372.975</v>
       </c>
       <c r="L639">
-        <v>1085.943</v>
+        <v>1090.44</v>
       </c>
       <c r="M639">
-        <v>485.052</v>
+        <v>483.665</v>
       </c>
       <c r="N639">
-        <v>1570.995</v>
+        <v>1574.105</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640" t="s">
         <v>20</v>
       </c>
       <c r="C640">
-        <v>338.383</v>
+        <v>337.186</v>
       </c>
       <c r="D640">
-        <v>73.826</v>
+        <v>73.849</v>
       </c>
       <c r="E640">
-        <v>412.209</v>
+        <v>411.035</v>
       </c>
       <c r="F640">
         <v>3.255</v>
       </c>
       <c r="G640">
-        <v>26.209</v>
+        <v>26.09</v>
       </c>
       <c r="H640">
         <v>30.059</v>
       </c>
       <c r="I640">
-        <v>59.523</v>
+        <v>59.404</v>
       </c>
       <c r="J640">
-        <v>471.731</v>
+        <v>470.439</v>
       </c>
       <c r="K640">
-        <v>332.56</v>
+        <v>333.002</v>
       </c>
       <c r="L640">
-        <v>804.291</v>
+        <v>803.441</v>
       </c>
       <c r="M640">
-        <v>436.893</v>
+        <v>432.587</v>
       </c>
       <c r="N640">
-        <v>1241.184</v>
+        <v>1236.028</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641" t="s">
         <v>20</v>
       </c>
       <c r="C641">
-        <v>194.602</v>
+        <v>194.348</v>
       </c>
       <c r="D641">
-        <v>57.412</v>
+        <v>57.425</v>
       </c>
       <c r="E641">
-        <v>252.013</v>
+        <v>251.773</v>
       </c>
       <c r="F641">
         <v>3.363</v>
       </c>
       <c r="G641">
-        <v>27.761</v>
+        <v>27.636</v>
       </c>
       <c r="H641">
         <v>31.061</v>
       </c>
       <c r="I641">
-        <v>62.186</v>
+        <v>62.06</v>
       </c>
       <c r="J641">
-        <v>314.199</v>
+        <v>313.834</v>
       </c>
       <c r="K641">
-        <v>358.018</v>
+        <v>358.86</v>
       </c>
       <c r="L641">
-        <v>672.217</v>
+        <v>672.694</v>
       </c>
       <c r="M641">
-        <v>494.163</v>
+        <v>493.107</v>
       </c>
       <c r="N641">
-        <v>1166.38</v>
+        <v>1165.801</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642" t="s">
         <v>20</v>
       </c>
       <c r="C642">
-        <v>133.389</v>
+        <v>133.959</v>
       </c>
       <c r="D642">
-        <v>42.512</v>
+        <v>42.533</v>
       </c>
       <c r="E642">
-        <v>175.9</v>
+        <v>176.492</v>
       </c>
       <c r="F642">
         <v>3.255</v>
       </c>
       <c r="G642">
-        <v>28.185</v>
+        <v>28.025</v>
       </c>
       <c r="H642">
         <v>30.059</v>
       </c>
       <c r="I642">
-        <v>61.499</v>
+        <v>61.339</v>
       </c>
       <c r="J642">
-        <v>237.399</v>
+        <v>237.831</v>
       </c>
       <c r="K642">
-        <v>463.803</v>
+        <v>464.819</v>
       </c>
       <c r="L642">
-        <v>701.203</v>
+        <v>702.65</v>
       </c>
       <c r="M642">
-        <v>675.159</v>
+        <v>673.674</v>
       </c>
       <c r="N642">
-        <v>1376.362</v>
+        <v>1376.323</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643" t="s">
         <v>20</v>
       </c>
       <c r="C643">
-        <v>116.612</v>
+        <v>113.549</v>
       </c>
       <c r="D643">
-        <v>33.127</v>
+        <v>33.138</v>
       </c>
       <c r="E643">
-        <v>149.74</v>
+        <v>146.686</v>
       </c>
       <c r="F643">
         <v>3.363</v>
       </c>
       <c r="G643">
-        <v>29.464</v>
+        <v>29.251</v>
       </c>
       <c r="H643">
         <v>31.061</v>
       </c>
       <c r="I643">
-        <v>63.888</v>
+        <v>63.675</v>
       </c>
       <c r="J643">
-        <v>213.628</v>
+        <v>210.362</v>
       </c>
       <c r="K643">
-        <v>573.937</v>
+        <v>574.44</v>
       </c>
       <c r="L643">
-        <v>787.565</v>
+        <v>784.802</v>
       </c>
       <c r="M643">
-        <v>861.987</v>
+        <v>859.157</v>
       </c>
       <c r="N643">
-        <v>1649.552</v>
+        <v>1643.959</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644" t="s">
+        <v>20</v>
+      </c>
+      <c r="C644">
+        <v>108.998</v>
+      </c>
+      <c r="D644">
+        <v>31.384</v>
+      </c>
+      <c r="E644">
+        <v>140.382</v>
+      </c>
+      <c r="F644">
+        <v>3.363</v>
+      </c>
+      <c r="G644">
+        <v>27.569</v>
+      </c>
+      <c r="H644">
+        <v>31.061</v>
+      </c>
+      <c r="I644">
+        <v>61.993</v>
+      </c>
+      <c r="J644">
+        <v>202.375</v>
+      </c>
+      <c r="K644">
+        <v>530.977</v>
+      </c>
+      <c r="L644">
+        <v>733.353</v>
+      </c>
+      <c r="M644">
+        <v>760.704</v>
+      </c>
+      <c r="N644">
+        <v>1494.056</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645" t="s">
+        <v>20</v>
+      </c>
+      <c r="C645">
+        <v>115.657</v>
+      </c>
+      <c r="D645">
+        <v>43.692</v>
+      </c>
+      <c r="E645">
+        <v>159.349</v>
+      </c>
+      <c r="F645">
+        <v>3.255</v>
+      </c>
+      <c r="G645">
+        <v>25.035</v>
+      </c>
+      <c r="H645">
+        <v>30.059</v>
+      </c>
+      <c r="I645">
+        <v>58.349</v>
+      </c>
+      <c r="J645">
+        <v>217.697</v>
+      </c>
+      <c r="K645">
+        <v>431.81</v>
+      </c>
+      <c r="L645">
+        <v>649.507</v>
+      </c>
+      <c r="M645">
+        <v>615.231</v>
+      </c>
+      <c r="N645">
+        <v>1264.738</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31823,128 +31911,128 @@
       </c>
       <c r="J86">
         <v>6819.931</v>
       </c>
       <c r="K86">
         <v>5149.504</v>
       </c>
       <c r="L86">
         <v>11969.435</v>
       </c>
       <c r="M86">
         <v>7552.861</v>
       </c>
       <c r="N86">
         <v>19522.296</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87" t="s">
         <v>20</v>
       </c>
       <c r="C87">
-        <v>4676.551</v>
+        <v>4682.467</v>
       </c>
       <c r="D87">
         <v>955.281</v>
       </c>
       <c r="E87">
-        <v>5631.832</v>
+        <v>5637.748</v>
       </c>
       <c r="F87">
         <v>39.6</v>
       </c>
       <c r="G87">
         <v>231.282</v>
       </c>
       <c r="H87">
         <v>382.127</v>
       </c>
       <c r="I87">
         <v>653.009</v>
       </c>
       <c r="J87">
-        <v>6284.841</v>
+        <v>6290.757</v>
       </c>
       <c r="K87">
         <v>4947.486</v>
       </c>
       <c r="L87">
-        <v>11232.327</v>
+        <v>11238.243</v>
       </c>
       <c r="M87">
-        <v>7077.513</v>
+        <v>7082.695</v>
       </c>
       <c r="N87">
-        <v>18309.84</v>
+        <v>18320.938</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88" t="s">
         <v>20</v>
       </c>
       <c r="C88">
-        <v>4550.536</v>
+        <v>4545.451</v>
       </c>
       <c r="D88">
-        <v>945.554</v>
+        <v>945.806</v>
       </c>
       <c r="E88">
-        <v>5496.09</v>
+        <v>5491.257</v>
       </c>
       <c r="F88">
         <v>39.6</v>
       </c>
       <c r="G88">
-        <v>260.414</v>
+        <v>260.193</v>
       </c>
       <c r="H88">
         <v>358.217</v>
       </c>
       <c r="I88">
-        <v>658.232</v>
+        <v>658.011</v>
       </c>
       <c r="J88">
-        <v>6154.321</v>
+        <v>6149.268</v>
       </c>
       <c r="K88">
-        <v>5082.539</v>
+        <v>5059.565</v>
       </c>
       <c r="L88">
-        <v>11236.86</v>
+        <v>11208.833</v>
       </c>
       <c r="M88">
-        <v>7243.576</v>
+        <v>7162.939</v>
       </c>
       <c r="N88">
-        <v>18480.436</v>
+        <v>18371.772</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>