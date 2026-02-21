--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 2.2 Residential Sector Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Natural Gas Consumed by the Residential Sector (Excluding Supplemental Gaseous Fuels)</t>
   </si>
   <si>
     <t>Petroleum Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Solar Energy Consumed by the Residential Sector</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="61.556" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="92.12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27569,961 +27569,1005 @@
       </c>
       <c r="K624">
         <v>405.745</v>
       </c>
       <c r="L624">
         <v>1261.181</v>
       </c>
       <c r="M624">
         <v>601.821</v>
       </c>
       <c r="N624">
         <v>1863.001</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625" t="s">
         <v>20</v>
       </c>
       <c r="C625">
         <v>966.407</v>
       </c>
       <c r="D625">
-        <v>150.654</v>
+        <v>150.756</v>
       </c>
       <c r="E625">
-        <v>1117.061</v>
+        <v>1117.163</v>
       </c>
       <c r="F625">
         <v>3.354</v>
       </c>
       <c r="G625">
         <v>14.679</v>
       </c>
       <c r="H625">
         <v>30.341</v>
       </c>
       <c r="I625">
         <v>48.374</v>
       </c>
       <c r="J625">
-        <v>1165.435</v>
+        <v>1165.537</v>
       </c>
       <c r="K625">
         <v>485.71</v>
       </c>
       <c r="L625">
-        <v>1651.145</v>
+        <v>1651.247</v>
       </c>
       <c r="M625">
         <v>747.415</v>
       </c>
       <c r="N625">
-        <v>2398.56</v>
+        <v>2398.662</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626" t="s">
         <v>20</v>
       </c>
       <c r="C626">
         <v>669.256</v>
       </c>
       <c r="D626">
-        <v>134.625</v>
+        <v>134.718</v>
       </c>
       <c r="E626">
-        <v>803.881</v>
+        <v>803.974</v>
       </c>
       <c r="F626">
         <v>3.138</v>
       </c>
       <c r="G626">
         <v>16.578</v>
       </c>
       <c r="H626">
         <v>28.383</v>
       </c>
       <c r="I626">
         <v>48.1</v>
       </c>
       <c r="J626">
-        <v>851.98</v>
+        <v>852.073</v>
       </c>
       <c r="K626">
         <v>394.008</v>
       </c>
       <c r="L626">
-        <v>1245.989</v>
+        <v>1246.082</v>
       </c>
       <c r="M626">
         <v>519.993</v>
       </c>
       <c r="N626">
-        <v>1765.982</v>
+        <v>1766.075</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627" t="s">
         <v>20</v>
       </c>
       <c r="C627">
         <v>526.523</v>
       </c>
       <c r="D627">
-        <v>108.094</v>
+        <v>108.128</v>
       </c>
       <c r="E627">
-        <v>634.617</v>
+        <v>634.65</v>
       </c>
       <c r="F627">
         <v>3.354</v>
       </c>
       <c r="G627">
         <v>22.055</v>
       </c>
       <c r="H627">
         <v>30.341</v>
       </c>
       <c r="I627">
         <v>55.75</v>
       </c>
       <c r="J627">
-        <v>690.367</v>
+        <v>690.4</v>
       </c>
       <c r="K627">
         <v>348.717</v>
       </c>
       <c r="L627">
-        <v>1039.084</v>
+        <v>1039.117</v>
       </c>
       <c r="M627">
         <v>462.144</v>
       </c>
       <c r="N627">
-        <v>1501.228</v>
+        <v>1501.261</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628" t="s">
         <v>20</v>
       </c>
       <c r="C628">
         <v>328.686</v>
       </c>
       <c r="D628">
-        <v>72.455</v>
+        <v>72.537</v>
       </c>
       <c r="E628">
-        <v>401.142</v>
+        <v>401.223</v>
       </c>
       <c r="F628">
         <v>3.246</v>
       </c>
       <c r="G628">
         <v>24.33</v>
       </c>
       <c r="H628">
         <v>29.362</v>
       </c>
       <c r="I628">
         <v>56.938</v>
       </c>
       <c r="J628">
-        <v>458.08</v>
+        <v>458.161</v>
       </c>
       <c r="K628">
         <v>323.028</v>
       </c>
       <c r="L628">
-        <v>781.108</v>
+        <v>781.189</v>
       </c>
       <c r="M628">
         <v>418.876</v>
       </c>
       <c r="N628">
-        <v>1199.983</v>
+        <v>1200.064</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629" t="s">
         <v>20</v>
       </c>
       <c r="C629">
         <v>178.288</v>
       </c>
       <c r="D629">
-        <v>54.184</v>
+        <v>54.318</v>
       </c>
       <c r="E629">
-        <v>232.472</v>
+        <v>232.606</v>
       </c>
       <c r="F629">
         <v>3.354</v>
       </c>
       <c r="G629">
         <v>26.437</v>
       </c>
       <c r="H629">
         <v>30.341</v>
       </c>
       <c r="I629">
         <v>60.132</v>
       </c>
       <c r="J629">
-        <v>292.604</v>
+        <v>292.738</v>
       </c>
       <c r="K629">
         <v>367.147</v>
       </c>
       <c r="L629">
-        <v>659.751</v>
+        <v>659.885</v>
       </c>
       <c r="M629">
         <v>519.213</v>
       </c>
       <c r="N629">
-        <v>1178.965</v>
+        <v>1179.099</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630" t="s">
         <v>20</v>
       </c>
       <c r="C630">
         <v>126.34</v>
       </c>
       <c r="D630">
-        <v>41.051</v>
+        <v>41.121</v>
       </c>
       <c r="E630">
-        <v>167.391</v>
+        <v>167.462</v>
       </c>
       <c r="F630">
         <v>3.246</v>
       </c>
       <c r="G630">
         <v>26.508</v>
       </c>
       <c r="H630">
         <v>29.362</v>
       </c>
       <c r="I630">
         <v>59.116</v>
       </c>
       <c r="J630">
-        <v>226.507</v>
+        <v>226.577</v>
       </c>
       <c r="K630">
         <v>473.997</v>
       </c>
       <c r="L630">
-        <v>700.503</v>
+        <v>700.574</v>
       </c>
       <c r="M630">
         <v>687.952</v>
       </c>
       <c r="N630">
-        <v>1388.456</v>
+        <v>1388.526</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631" t="s">
         <v>20</v>
       </c>
       <c r="C631">
         <v>111.06</v>
       </c>
       <c r="D631">
-        <v>31.848</v>
+        <v>31.858</v>
       </c>
       <c r="E631">
-        <v>142.907</v>
+        <v>142.918</v>
       </c>
       <c r="F631">
         <v>3.354</v>
       </c>
       <c r="G631">
         <v>27.12</v>
       </c>
       <c r="H631">
         <v>30.341</v>
       </c>
       <c r="I631">
         <v>60.815</v>
       </c>
       <c r="J631">
-        <v>203.723</v>
+        <v>203.733</v>
       </c>
       <c r="K631">
         <v>562.411</v>
       </c>
       <c r="L631">
-        <v>766.134</v>
+        <v>766.144</v>
       </c>
       <c r="M631">
         <v>835.271</v>
       </c>
       <c r="N631">
-        <v>1601.405</v>
+        <v>1601.415</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632" t="s">
         <v>20</v>
       </c>
       <c r="C632">
         <v>109.213</v>
       </c>
       <c r="D632">
-        <v>29.656</v>
+        <v>29.655</v>
       </c>
       <c r="E632">
-        <v>138.868</v>
+        <v>138.867</v>
       </c>
       <c r="F632">
         <v>3.354</v>
       </c>
       <c r="G632">
         <v>25.973</v>
       </c>
       <c r="H632">
         <v>30.341</v>
       </c>
       <c r="I632">
         <v>59.667</v>
       </c>
       <c r="J632">
-        <v>198.536</v>
+        <v>198.535</v>
       </c>
       <c r="K632">
         <v>542.844</v>
       </c>
       <c r="L632">
         <v>741.379</v>
       </c>
       <c r="M632">
         <v>797.066</v>
       </c>
       <c r="N632">
-        <v>1538.446</v>
+        <v>1538.445</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633" t="s">
         <v>20</v>
       </c>
       <c r="C633">
         <v>117.853</v>
       </c>
       <c r="D633">
-        <v>41.766</v>
+        <v>41.76</v>
       </c>
       <c r="E633">
-        <v>159.619</v>
+        <v>159.612</v>
       </c>
       <c r="F633">
         <v>3.246</v>
       </c>
       <c r="G633">
         <v>23.15</v>
       </c>
       <c r="H633">
         <v>29.362</v>
       </c>
       <c r="I633">
         <v>55.758</v>
       </c>
       <c r="J633">
-        <v>215.376</v>
+        <v>215.37</v>
       </c>
       <c r="K633">
         <v>434.484</v>
       </c>
       <c r="L633">
-        <v>649.861</v>
+        <v>649.854</v>
       </c>
       <c r="M633">
         <v>596.918</v>
       </c>
       <c r="N633">
-        <v>1246.779</v>
+        <v>1246.772</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634" t="s">
         <v>20</v>
       </c>
       <c r="C634">
         <v>201.001</v>
       </c>
       <c r="D634">
-        <v>63.772</v>
+        <v>63.777</v>
       </c>
       <c r="E634">
-        <v>264.773</v>
+        <v>264.778</v>
       </c>
       <c r="F634">
         <v>3.354</v>
       </c>
       <c r="G634">
         <v>20.951</v>
       </c>
       <c r="H634">
         <v>30.341</v>
       </c>
       <c r="I634">
         <v>54.646</v>
       </c>
       <c r="J634">
-        <v>319.419</v>
+        <v>319.424</v>
       </c>
       <c r="K634">
         <v>361.956</v>
       </c>
       <c r="L634">
-        <v>681.375</v>
+        <v>681.38</v>
       </c>
       <c r="M634">
         <v>487.883</v>
       </c>
       <c r="N634">
-        <v>1169.258</v>
+        <v>1169.264</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635" t="s">
         <v>20</v>
       </c>
       <c r="C635">
         <v>427.181</v>
       </c>
       <c r="D635">
-        <v>89.565</v>
+        <v>89.624</v>
       </c>
       <c r="E635">
-        <v>516.746</v>
+        <v>516.804</v>
       </c>
       <c r="F635">
         <v>3.246</v>
       </c>
       <c r="G635">
         <v>16.909</v>
       </c>
       <c r="H635">
         <v>29.362</v>
       </c>
       <c r="I635">
         <v>49.517</v>
       </c>
       <c r="J635">
-        <v>566.263</v>
+        <v>566.321</v>
       </c>
       <c r="K635">
         <v>337.044</v>
       </c>
       <c r="L635">
-        <v>903.307</v>
+        <v>903.365</v>
       </c>
       <c r="M635">
         <v>478.795</v>
       </c>
       <c r="N635">
-        <v>1382.102</v>
+        <v>1382.16</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636" t="s">
         <v>20</v>
       </c>
       <c r="C636">
         <v>784.021</v>
       </c>
       <c r="D636">
-        <v>128.135</v>
+        <v>128.204</v>
       </c>
       <c r="E636">
-        <v>912.156</v>
+        <v>912.225</v>
       </c>
       <c r="F636">
         <v>3.354</v>
       </c>
       <c r="G636">
         <v>15.503</v>
       </c>
       <c r="H636">
         <v>30.341</v>
       </c>
       <c r="I636">
         <v>49.198</v>
       </c>
       <c r="J636">
-        <v>961.354</v>
+        <v>961.423</v>
       </c>
       <c r="K636">
         <v>428.219</v>
       </c>
       <c r="L636">
-        <v>1389.572</v>
+        <v>1389.641</v>
       </c>
       <c r="M636">
         <v>634.202</v>
       </c>
       <c r="N636">
-        <v>2023.774</v>
+        <v>2023.843</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637" t="s">
         <v>20</v>
       </c>
       <c r="C637">
-        <v>1070.559</v>
+        <v>1071.453</v>
       </c>
       <c r="D637">
-        <v>165.154</v>
+        <v>162.563</v>
       </c>
       <c r="E637">
-        <v>1235.713</v>
+        <v>1234.016</v>
       </c>
       <c r="F637">
         <v>3.363</v>
       </c>
       <c r="G637">
         <v>16.125</v>
       </c>
       <c r="H637">
         <v>31.061</v>
       </c>
       <c r="I637">
         <v>50.549</v>
       </c>
       <c r="J637">
-        <v>1286.262</v>
+        <v>1284.565</v>
       </c>
       <c r="K637">
         <v>521.41</v>
       </c>
       <c r="L637">
-        <v>1807.672</v>
+        <v>1805.975</v>
       </c>
       <c r="M637">
-        <v>795.042</v>
+        <v>795.45</v>
       </c>
       <c r="N637">
-        <v>2602.714</v>
+        <v>2601.425</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638" t="s">
         <v>20</v>
       </c>
       <c r="C638">
-        <v>822.76</v>
+        <v>823.446</v>
       </c>
       <c r="D638">
-        <v>150.318</v>
+        <v>147.33</v>
       </c>
       <c r="E638">
-        <v>973.079</v>
+        <v>970.777</v>
       </c>
       <c r="F638">
         <v>3.038</v>
       </c>
       <c r="G638">
         <v>17.474</v>
       </c>
       <c r="H638">
         <v>28.055</v>
       </c>
       <c r="I638">
         <v>48.566</v>
       </c>
       <c r="J638">
-        <v>1021.645</v>
+        <v>1019.343</v>
       </c>
       <c r="K638">
         <v>436.568</v>
       </c>
       <c r="L638">
-        <v>1458.213</v>
+        <v>1455.911</v>
       </c>
       <c r="M638">
-        <v>590.585</v>
+        <v>590.904</v>
       </c>
       <c r="N638">
-        <v>2048.798</v>
+        <v>2046.815</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639" t="s">
         <v>20</v>
       </c>
       <c r="C639">
-        <v>548.312</v>
+        <v>548.791</v>
       </c>
       <c r="D639">
-        <v>110.93</v>
+        <v>108.83</v>
       </c>
       <c r="E639">
-        <v>659.242</v>
+        <v>657.621</v>
       </c>
       <c r="F639">
         <v>3.363</v>
       </c>
       <c r="G639">
         <v>23.798</v>
       </c>
       <c r="H639">
         <v>31.061</v>
       </c>
       <c r="I639">
         <v>58.223</v>
       </c>
       <c r="J639">
-        <v>717.465</v>
+        <v>715.843</v>
       </c>
       <c r="K639">
         <v>372.975</v>
       </c>
       <c r="L639">
-        <v>1090.44</v>
+        <v>1088.818</v>
       </c>
       <c r="M639">
-        <v>483.665</v>
+        <v>483.931</v>
       </c>
       <c r="N639">
-        <v>1574.105</v>
+        <v>1572.749</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640" t="s">
         <v>20</v>
       </c>
       <c r="C640">
-        <v>337.186</v>
+        <v>337.484</v>
       </c>
       <c r="D640">
-        <v>73.849</v>
+        <v>72.441</v>
       </c>
       <c r="E640">
-        <v>411.035</v>
+        <v>409.925</v>
       </c>
       <c r="F640">
         <v>3.255</v>
       </c>
       <c r="G640">
         <v>26.09</v>
       </c>
       <c r="H640">
         <v>30.059</v>
       </c>
       <c r="I640">
         <v>59.404</v>
       </c>
       <c r="J640">
-        <v>470.439</v>
+        <v>469.329</v>
       </c>
       <c r="K640">
         <v>333.002</v>
       </c>
       <c r="L640">
-        <v>803.441</v>
+        <v>802.331</v>
       </c>
       <c r="M640">
-        <v>432.587</v>
+        <v>432.836</v>
       </c>
       <c r="N640">
-        <v>1236.028</v>
+        <v>1235.167</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641" t="s">
         <v>20</v>
       </c>
       <c r="C641">
-        <v>194.348</v>
+        <v>194.518</v>
       </c>
       <c r="D641">
-        <v>57.425</v>
+        <v>56.208</v>
       </c>
       <c r="E641">
-        <v>251.773</v>
+        <v>250.727</v>
       </c>
       <c r="F641">
         <v>3.363</v>
       </c>
       <c r="G641">
         <v>27.636</v>
       </c>
       <c r="H641">
         <v>31.061</v>
       </c>
       <c r="I641">
         <v>62.06</v>
       </c>
       <c r="J641">
-        <v>313.834</v>
+        <v>312.787</v>
       </c>
       <c r="K641">
         <v>358.86</v>
       </c>
       <c r="L641">
-        <v>672.694</v>
+        <v>671.647</v>
       </c>
       <c r="M641">
-        <v>493.107</v>
+        <v>493.402</v>
       </c>
       <c r="N641">
-        <v>1165.801</v>
+        <v>1165.049</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642" t="s">
         <v>20</v>
       </c>
       <c r="C642">
-        <v>133.959</v>
+        <v>134.076</v>
       </c>
       <c r="D642">
-        <v>42.533</v>
+        <v>41.511</v>
       </c>
       <c r="E642">
-        <v>176.492</v>
+        <v>175.587</v>
       </c>
       <c r="F642">
         <v>3.255</v>
       </c>
       <c r="G642">
         <v>28.025</v>
       </c>
       <c r="H642">
         <v>30.059</v>
       </c>
       <c r="I642">
         <v>61.339</v>
       </c>
       <c r="J642">
-        <v>237.831</v>
+        <v>236.926</v>
       </c>
       <c r="K642">
         <v>464.819</v>
       </c>
       <c r="L642">
-        <v>702.65</v>
+        <v>701.744</v>
       </c>
       <c r="M642">
-        <v>673.674</v>
+        <v>674.088</v>
       </c>
       <c r="N642">
-        <v>1376.323</v>
+        <v>1375.832</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643" t="s">
         <v>20</v>
       </c>
       <c r="C643">
-        <v>113.549</v>
+        <v>114.719</v>
       </c>
       <c r="D643">
-        <v>33.138</v>
+        <v>32.432</v>
       </c>
       <c r="E643">
-        <v>146.686</v>
+        <v>147.151</v>
       </c>
       <c r="F643">
         <v>3.363</v>
       </c>
       <c r="G643">
         <v>29.251</v>
       </c>
       <c r="H643">
         <v>31.061</v>
       </c>
       <c r="I643">
         <v>63.675</v>
       </c>
       <c r="J643">
-        <v>210.362</v>
+        <v>210.827</v>
       </c>
       <c r="K643">
         <v>574.44</v>
       </c>
       <c r="L643">
-        <v>784.802</v>
+        <v>785.267</v>
       </c>
       <c r="M643">
-        <v>859.157</v>
+        <v>859.712</v>
       </c>
       <c r="N643">
-        <v>1643.959</v>
+        <v>1644.979</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644" t="s">
         <v>20</v>
       </c>
       <c r="C644">
-        <v>108.998</v>
+        <v>109.093</v>
       </c>
       <c r="D644">
-        <v>31.384</v>
+        <v>30.788</v>
       </c>
       <c r="E644">
-        <v>140.382</v>
+        <v>139.881</v>
       </c>
       <c r="F644">
         <v>3.363</v>
       </c>
       <c r="G644">
         <v>27.569</v>
       </c>
       <c r="H644">
         <v>31.061</v>
       </c>
       <c r="I644">
         <v>61.993</v>
       </c>
       <c r="J644">
-        <v>202.375</v>
+        <v>201.874</v>
       </c>
       <c r="K644">
         <v>530.977</v>
       </c>
       <c r="L644">
-        <v>733.353</v>
+        <v>732.852</v>
       </c>
       <c r="M644">
-        <v>760.704</v>
+        <v>761.207</v>
       </c>
       <c r="N644">
-        <v>1494.056</v>
+        <v>1494.058</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645" t="s">
         <v>20</v>
       </c>
       <c r="C645">
-        <v>115.657</v>
+        <v>115.758</v>
       </c>
       <c r="D645">
-        <v>43.692</v>
+        <v>42.665</v>
       </c>
       <c r="E645">
-        <v>159.349</v>
+        <v>158.423</v>
       </c>
       <c r="F645">
         <v>3.255</v>
       </c>
       <c r="G645">
         <v>25.035</v>
       </c>
       <c r="H645">
         <v>30.059</v>
       </c>
       <c r="I645">
         <v>58.349</v>
       </c>
       <c r="J645">
-        <v>217.697</v>
+        <v>216.771</v>
       </c>
       <c r="K645">
         <v>431.81</v>
       </c>
       <c r="L645">
-        <v>649.507</v>
+        <v>648.581</v>
       </c>
       <c r="M645">
-        <v>615.231</v>
+        <v>615.634</v>
       </c>
       <c r="N645">
-        <v>1264.738</v>
+        <v>1264.215</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646" t="s">
+        <v>20</v>
+      </c>
+      <c r="C646">
+        <v>221.529</v>
+      </c>
+      <c r="D646">
+        <v>64.578</v>
+      </c>
+      <c r="E646">
+        <v>286.108</v>
+      </c>
+      <c r="F646">
+        <v>3.363</v>
+      </c>
+      <c r="G646">
+        <v>22.673</v>
+      </c>
+      <c r="H646">
+        <v>31.061</v>
+      </c>
+      <c r="I646">
+        <v>57.097</v>
+      </c>
+      <c r="J646">
+        <v>343.205</v>
+      </c>
+      <c r="K646">
+        <v>365.003</v>
+      </c>
+      <c r="L646">
+        <v>708.207</v>
+      </c>
+      <c r="M646">
+        <v>497.605</v>
+      </c>
+      <c r="N646">
+        <v>1205.812</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31958,81 +32002,81 @@
       </c>
       <c r="K87">
         <v>4947.486</v>
       </c>
       <c r="L87">
         <v>11238.243</v>
       </c>
       <c r="M87">
         <v>7082.695</v>
       </c>
       <c r="N87">
         <v>18320.938</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88" t="s">
         <v>20</v>
       </c>
       <c r="C88">
         <v>4545.451</v>
       </c>
       <c r="D88">
-        <v>945.806</v>
+        <v>946.456</v>
       </c>
       <c r="E88">
-        <v>5491.257</v>
+        <v>5491.907</v>
       </c>
       <c r="F88">
         <v>39.6</v>
       </c>
       <c r="G88">
         <v>260.193</v>
       </c>
       <c r="H88">
         <v>358.217</v>
       </c>
       <c r="I88">
         <v>658.011</v>
       </c>
       <c r="J88">
-        <v>6149.268</v>
+        <v>6149.918</v>
       </c>
       <c r="K88">
         <v>5059.565</v>
       </c>
       <c r="L88">
-        <v>11208.833</v>
+        <v>11209.483</v>
       </c>
       <c r="M88">
         <v>7162.939</v>
       </c>
       <c r="N88">
-        <v>18371.772</v>
+        <v>18372.422</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>