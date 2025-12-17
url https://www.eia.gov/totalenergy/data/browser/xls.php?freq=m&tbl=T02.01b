--- v0 (2025-11-02)
+++ v1 (2025-12-17)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 2.1b  Energy Consumption: Transportation Sector, Total End-Use Sectors, and Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Total Primary Energy Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers in the Transportation Sector</t>
   </si>
   <si>
     <t>End-Use Energy Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Electrical System Energy Losses Proportioned to the Transportation Sector</t>
   </si>
   <si>
     <t>Total Energy Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Total Primary Energy Consumed by the End-Use Sectors</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="133.539" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="73.839" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25714,822 +25714,863 @@
       </c>
       <c r="H624">
         <v>1066.734</v>
       </c>
       <c r="I624">
         <v>6772.467</v>
       </c>
       <c r="J624">
         <v>1581.272</v>
       </c>
       <c r="K624">
         <v>8353.739</v>
       </c>
       <c r="L624">
         <v>2648.006</v>
       </c>
       <c r="M624">
         <v>8352.636</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>2223.306</v>
+        <v>2224.495</v>
       </c>
       <c r="C625">
-        <v>2.084</v>
+        <v>2.087</v>
       </c>
       <c r="D625">
-        <v>2225.39</v>
+        <v>2226.582</v>
       </c>
       <c r="E625">
-        <v>3.209</v>
+        <v>3.208</v>
       </c>
       <c r="F625">
-        <v>2228.599</v>
+        <v>2229.79</v>
       </c>
       <c r="G625">
-        <v>6062.923</v>
+        <v>6063.545</v>
       </c>
       <c r="H625">
-        <v>1172.766</v>
+        <v>1172.761</v>
       </c>
       <c r="I625">
-        <v>7235.69</v>
+        <v>7236.306</v>
       </c>
       <c r="J625">
-        <v>1805.648</v>
+        <v>1802.768</v>
       </c>
       <c r="K625">
-        <v>9041.338</v>
+        <v>9039.074</v>
       </c>
       <c r="L625">
-        <v>2978.414</v>
+        <v>2975.528</v>
       </c>
       <c r="M625">
-        <v>9044.278</v>
+        <v>9041.98</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>2133.311</v>
+        <v>2133.403</v>
       </c>
       <c r="C626">
-        <v>1.845</v>
+        <v>1.835</v>
       </c>
       <c r="D626">
-        <v>2135.155</v>
+        <v>2135.238</v>
       </c>
       <c r="E626">
-        <v>2.447</v>
+        <v>2.419</v>
       </c>
       <c r="F626">
-        <v>2137.603</v>
+        <v>2137.657</v>
       </c>
       <c r="G626">
-        <v>5336.514</v>
+        <v>5341.017</v>
       </c>
       <c r="H626">
-        <v>1031.927</v>
+        <v>1034.717</v>
       </c>
       <c r="I626">
-        <v>6368.442</v>
+        <v>6375.735</v>
       </c>
       <c r="J626">
-        <v>1368.94</v>
+        <v>1364.216</v>
       </c>
       <c r="K626">
-        <v>7737.382</v>
+        <v>7739.951</v>
       </c>
       <c r="L626">
-        <v>2400.868</v>
+        <v>2398.934</v>
       </c>
       <c r="M626">
-        <v>7733.389</v>
+        <v>7735.951</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>2342.245</v>
+        <v>2342.359</v>
       </c>
       <c r="C627">
-        <v>2.044</v>
+        <v>2.023</v>
       </c>
       <c r="D627">
-        <v>2344.29</v>
+        <v>2344.382</v>
       </c>
       <c r="E627">
-        <v>2.727</v>
+        <v>2.678</v>
       </c>
       <c r="F627">
-        <v>2347.017</v>
+        <v>2347.06</v>
       </c>
       <c r="G627">
-        <v>5392.949</v>
+        <v>5392.641</v>
       </c>
       <c r="H627">
-        <v>1010.604</v>
+        <v>1014.313</v>
       </c>
       <c r="I627">
-        <v>6403.553</v>
+        <v>6406.954</v>
       </c>
       <c r="J627">
-        <v>1348.101</v>
+        <v>1342.903</v>
       </c>
       <c r="K627">
-        <v>7751.654</v>
+        <v>7749.857</v>
       </c>
       <c r="L627">
-        <v>2358.705</v>
+        <v>2357.216</v>
       </c>
       <c r="M627">
-        <v>7745.781</v>
+        <v>7743.98</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>2293.077</v>
+        <v>2293.379</v>
       </c>
       <c r="C628">
-        <v>1.835</v>
+        <v>1.816</v>
       </c>
       <c r="D628">
-        <v>2294.912</v>
+        <v>2295.195</v>
       </c>
       <c r="E628">
-        <v>2.39</v>
+        <v>2.352</v>
       </c>
       <c r="F628">
-        <v>2297.302</v>
+        <v>2297.548</v>
       </c>
       <c r="G628">
-        <v>4942.733</v>
+        <v>4942.755</v>
       </c>
       <c r="H628">
-        <v>972.675</v>
+        <v>976.708</v>
       </c>
       <c r="I628">
-        <v>5915.409</v>
+        <v>5919.463</v>
       </c>
       <c r="J628">
-        <v>1266.909</v>
+        <v>1265.153</v>
       </c>
       <c r="K628">
-        <v>7182.317</v>
+        <v>7184.617</v>
       </c>
       <c r="L628">
-        <v>2239.584</v>
+        <v>2241.862</v>
       </c>
       <c r="M628">
-        <v>7177.581</v>
+        <v>7179.933</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>2455.4</v>
+        <v>2455.966</v>
       </c>
       <c r="C629">
-        <v>2.037</v>
+        <v>2.02</v>
       </c>
       <c r="D629">
-        <v>2457.437</v>
+        <v>2457.985</v>
       </c>
       <c r="E629">
-        <v>2.883</v>
+        <v>2.853</v>
       </c>
       <c r="F629">
-        <v>2460.32</v>
+        <v>2460.838</v>
       </c>
       <c r="G629">
-        <v>4937.559</v>
+        <v>4937.016</v>
       </c>
       <c r="H629">
-        <v>1066.499</v>
+        <v>1071.236</v>
       </c>
       <c r="I629">
-        <v>6004.058</v>
+        <v>6008.253</v>
       </c>
       <c r="J629">
-        <v>1510.026</v>
+        <v>1513.239</v>
       </c>
       <c r="K629">
-        <v>7514.084</v>
+        <v>7521.492</v>
       </c>
       <c r="L629">
-        <v>2576.525</v>
+        <v>2584.476</v>
       </c>
       <c r="M629">
-        <v>7511.962</v>
+        <v>7519.4</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>2372.466</v>
+        <v>2372.732</v>
       </c>
       <c r="C630">
-        <v>1.947</v>
+        <v>1.933</v>
       </c>
       <c r="D630">
-        <v>2374.413</v>
+        <v>2374.665</v>
       </c>
       <c r="E630">
-        <v>2.845</v>
+        <v>2.802</v>
       </c>
       <c r="F630">
-        <v>2377.258</v>
+        <v>2377.467</v>
       </c>
       <c r="G630">
-        <v>4664.593</v>
+        <v>4668.641</v>
       </c>
       <c r="H630">
-        <v>1208.827</v>
+        <v>1214.269</v>
       </c>
       <c r="I630">
-        <v>5873.419</v>
+        <v>5882.91</v>
       </c>
       <c r="J630">
-        <v>1766.673</v>
+        <v>1760.461</v>
       </c>
       <c r="K630">
-        <v>7640.093</v>
+        <v>7643.371</v>
       </c>
       <c r="L630">
-        <v>2975.5</v>
+        <v>2974.73</v>
       </c>
       <c r="M630">
-        <v>7642.894</v>
+        <v>7646.196</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>2497.688</v>
+        <v>2497.31</v>
       </c>
       <c r="C631">
-        <v>2.187</v>
+        <v>2.186</v>
       </c>
       <c r="D631">
-        <v>2499.875</v>
+        <v>2499.496</v>
       </c>
       <c r="E631">
-        <v>3.267</v>
+        <v>3.243</v>
       </c>
       <c r="F631">
-        <v>2503.142</v>
+        <v>2502.739</v>
       </c>
       <c r="G631">
-        <v>4839.113</v>
+        <v>4839.604</v>
       </c>
       <c r="H631">
-        <v>1353.88</v>
+        <v>1357.541</v>
       </c>
       <c r="I631">
-        <v>6192.993</v>
+        <v>6197.146</v>
       </c>
       <c r="J631">
-        <v>2022.838</v>
+        <v>2013.809</v>
       </c>
       <c r="K631">
-        <v>8215.831</v>
+        <v>8210.954</v>
       </c>
       <c r="L631">
-        <v>3376.718</v>
+        <v>3371.35</v>
       </c>
       <c r="M631">
-        <v>8221.327</v>
+        <v>8216.414</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>2491.662</v>
+        <v>2492.085</v>
       </c>
       <c r="C632">
-        <v>2.134</v>
+        <v>2.12</v>
       </c>
       <c r="D632">
-        <v>2493.795</v>
+        <v>2494.205</v>
       </c>
       <c r="E632">
-        <v>3.145</v>
+        <v>3.109</v>
       </c>
       <c r="F632">
-        <v>2496.941</v>
+        <v>2497.313</v>
       </c>
       <c r="G632">
-        <v>4888.747</v>
+        <v>4887.272</v>
       </c>
       <c r="H632">
-        <v>1340.497</v>
+        <v>1345.009</v>
       </c>
       <c r="I632">
-        <v>6229.245</v>
+        <v>6232.28</v>
       </c>
       <c r="J632">
-        <v>1975.963</v>
+        <v>1972.64</v>
       </c>
       <c r="K632">
-        <v>8205.207</v>
+        <v>8204.92</v>
       </c>
       <c r="L632">
-        <v>3316.46</v>
+        <v>3317.648</v>
       </c>
       <c r="M632">
-        <v>8209.86</v>
+        <v>8209.557</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>2298.933</v>
+        <v>2299.093</v>
       </c>
       <c r="C633">
-        <v>1.932</v>
+        <v>1.92</v>
       </c>
       <c r="D633">
-        <v>2300.865</v>
+        <v>2301.012</v>
       </c>
       <c r="E633">
-        <v>2.675</v>
+        <v>2.635</v>
       </c>
       <c r="F633">
-        <v>2303.54</v>
+        <v>2303.647</v>
       </c>
       <c r="G633">
-        <v>4621.052</v>
+        <v>4620.537</v>
       </c>
       <c r="H633">
-        <v>1169.098</v>
+        <v>1170.557</v>
       </c>
       <c r="I633">
-        <v>5790.15</v>
+        <v>5791.094</v>
       </c>
       <c r="J633">
-        <v>1618.628</v>
+        <v>1606.419</v>
       </c>
       <c r="K633">
-        <v>7408.778</v>
+        <v>7397.514</v>
       </c>
       <c r="L633">
-        <v>2787.726</v>
+        <v>2776.977</v>
       </c>
       <c r="M633">
-        <v>7410.139</v>
+        <v>7398.806</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>2429.673</v>
+        <v>2429.651</v>
       </c>
       <c r="C634">
-        <v>1.948</v>
+        <v>1.932</v>
       </c>
       <c r="D634">
-        <v>2431.621</v>
+        <v>2431.583</v>
       </c>
       <c r="E634">
-        <v>2.643</v>
+        <v>2.601</v>
       </c>
       <c r="F634">
-        <v>2434.264</v>
+        <v>2434.184</v>
       </c>
       <c r="G634">
-        <v>5042.801</v>
+        <v>5042.48</v>
       </c>
       <c r="H634">
-        <v>1076.108</v>
+        <v>1077.858</v>
       </c>
       <c r="I634">
-        <v>6118.909</v>
+        <v>6120.337</v>
       </c>
       <c r="J634">
-        <v>1459.787</v>
+        <v>1451.259</v>
       </c>
       <c r="K634">
-        <v>7578.696</v>
+        <v>7571.596</v>
       </c>
       <c r="L634">
-        <v>2535.895</v>
+        <v>2529.117</v>
       </c>
       <c r="M634">
-        <v>7576.653</v>
+        <v>7569.479</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>2272.4</v>
+        <v>2272.53</v>
       </c>
       <c r="C635">
-        <v>1.912</v>
+        <v>1.891</v>
       </c>
       <c r="D635">
-        <v>2274.312</v>
+        <v>2274.421</v>
       </c>
       <c r="E635">
-        <v>2.779</v>
+        <v>2.684</v>
       </c>
       <c r="F635">
-        <v>2277.091</v>
+        <v>2277.105</v>
       </c>
       <c r="G635">
-        <v>5162.982</v>
+        <v>5161.999</v>
       </c>
       <c r="H635">
-        <v>1001.588</v>
+        <v>1009.256</v>
       </c>
       <c r="I635">
-        <v>6164.57</v>
+        <v>6171.255</v>
       </c>
       <c r="J635">
-        <v>1455.813</v>
+        <v>1432.275</v>
       </c>
       <c r="K635">
-        <v>7620.383</v>
+        <v>7603.53</v>
       </c>
       <c r="L635">
-        <v>2457.401</v>
+        <v>2441.531</v>
       </c>
       <c r="M635">
-        <v>7617.193</v>
+        <v>7600.274</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>2350.377</v>
+        <v>2350.82</v>
       </c>
       <c r="C636">
-        <v>2.06</v>
+        <v>2.064</v>
       </c>
       <c r="D636">
-        <v>2352.437</v>
+        <v>2352.884</v>
       </c>
       <c r="E636">
-        <v>3.082</v>
+        <v>3.053</v>
       </c>
       <c r="F636">
-        <v>2355.52</v>
+        <v>2355.937</v>
       </c>
       <c r="G636">
-        <v>5902.749</v>
+        <v>5904.282</v>
       </c>
       <c r="H636">
-        <v>1113.498</v>
+        <v>1119.776</v>
       </c>
       <c r="I636">
-        <v>7016.248</v>
+        <v>7024.058</v>
       </c>
       <c r="J636">
-        <v>1665.882</v>
+        <v>1656.67</v>
       </c>
       <c r="K636">
-        <v>8682.13</v>
+        <v>8680.728</v>
       </c>
       <c r="L636">
-        <v>2779.38</v>
+        <v>2776.446</v>
       </c>
       <c r="M636">
-        <v>8681.022</v>
+        <v>8679.617</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>2289.241</v>
+        <v>2287.364</v>
       </c>
       <c r="C637">
-        <v>2.163</v>
+        <v>2.34</v>
       </c>
       <c r="D637">
-        <v>2291.403</v>
+        <v>2289.704</v>
       </c>
       <c r="E637">
-        <v>3.317</v>
+        <v>3.566</v>
       </c>
       <c r="F637">
-        <v>2294.721</v>
+        <v>2293.271</v>
       </c>
       <c r="G637">
-        <v>6406.36</v>
+        <v>6406.947</v>
       </c>
       <c r="H637">
-        <v>1232.151</v>
+        <v>1236.364</v>
       </c>
       <c r="I637">
-        <v>7638.512</v>
+        <v>7643.311</v>
       </c>
       <c r="J637">
-        <v>1890.183</v>
+        <v>1884.056</v>
       </c>
       <c r="K637">
-        <v>9528.694</v>
+        <v>9527.367</v>
       </c>
       <c r="L637">
-        <v>3122.334</v>
+        <v>3120.42</v>
       </c>
       <c r="M637">
-        <v>9532.978</v>
+        <v>9531.656</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>2076.539</v>
+        <v>2074.958</v>
       </c>
       <c r="C638">
-        <v>2.079</v>
+        <v>2.083</v>
       </c>
       <c r="D638">
-        <v>2078.618</v>
+        <v>2077.041</v>
       </c>
       <c r="E638">
-        <v>2.829</v>
+        <v>2.816</v>
       </c>
       <c r="F638">
-        <v>2081.446</v>
+        <v>2079.857</v>
       </c>
       <c r="G638">
-        <v>5511.568</v>
+        <v>5512.046</v>
       </c>
       <c r="H638">
-        <v>1090.96</v>
+        <v>1094.68</v>
       </c>
       <c r="I638">
-        <v>6602.528</v>
+        <v>6606.726</v>
       </c>
       <c r="J638">
-        <v>1484.503</v>
+        <v>1480.001</v>
       </c>
       <c r="K638">
-        <v>8087.031</v>
+        <v>8086.727</v>
       </c>
       <c r="L638">
-        <v>2575.463</v>
+        <v>2574.681</v>
       </c>
       <c r="M638">
-        <v>8088.038</v>
+        <v>8087.746</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>2316.422</v>
+        <v>2314.405</v>
       </c>
       <c r="C639">
-        <v>2.103</v>
+        <v>2.167</v>
       </c>
       <c r="D639">
-        <v>2318.524</v>
+        <v>2316.572</v>
       </c>
       <c r="E639">
-        <v>2.738</v>
+        <v>2.809</v>
       </c>
       <c r="F639">
-        <v>2321.262</v>
+        <v>2319.381</v>
       </c>
       <c r="G639">
-        <v>5424.843</v>
+        <v>5425.073</v>
       </c>
       <c r="H639">
-        <v>1046.298</v>
+        <v>1049.298</v>
       </c>
       <c r="I639">
-        <v>6471.141</v>
+        <v>6474.371</v>
       </c>
       <c r="J639">
-        <v>1362.405</v>
+        <v>1359.995</v>
       </c>
       <c r="K639">
-        <v>7833.546</v>
+        <v>7834.366</v>
       </c>
       <c r="L639">
-        <v>2408.703</v>
+        <v>2409.293</v>
       </c>
       <c r="M639">
-        <v>7830.608</v>
+        <v>7831.46</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>2304.113</v>
+        <v>2301.824</v>
       </c>
       <c r="C640">
         <v>1.94</v>
       </c>
       <c r="D640">
-        <v>2306.053</v>
+        <v>2303.764</v>
       </c>
       <c r="E640">
-        <v>2.549</v>
+        <v>2.519</v>
       </c>
       <c r="F640">
-        <v>2308.602</v>
+        <v>2306.284</v>
       </c>
       <c r="G640">
-        <v>4980.813</v>
+        <v>4980.322</v>
       </c>
       <c r="H640">
-        <v>1002.614</v>
+        <v>1006.726</v>
       </c>
       <c r="I640">
-        <v>5983.427</v>
+        <v>5987.049</v>
       </c>
       <c r="J640">
-        <v>1317.163</v>
+        <v>1307.149</v>
       </c>
       <c r="K640">
-        <v>7300.59</v>
+        <v>7294.198</v>
       </c>
       <c r="L640">
-        <v>2319.777</v>
+        <v>2313.875</v>
       </c>
       <c r="M640">
-        <v>7298.692</v>
+        <v>7291.898</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>2382.215</v>
+        <v>2380.208</v>
       </c>
       <c r="C641">
         <v>1.897</v>
       </c>
       <c r="D641">
-        <v>2384.112</v>
+        <v>2382.105</v>
       </c>
       <c r="E641">
-        <v>2.618</v>
+        <v>2.606</v>
       </c>
       <c r="F641">
-        <v>2386.731</v>
+        <v>2384.71</v>
       </c>
       <c r="G641">
-        <v>4882.937</v>
+        <v>4887.613</v>
       </c>
       <c r="H641">
-        <v>1063.014</v>
+        <v>1066.877</v>
       </c>
       <c r="I641">
-        <v>5945.951</v>
+        <v>5954.491</v>
       </c>
       <c r="J641">
-        <v>1467.25</v>
+        <v>1465.289</v>
       </c>
       <c r="K641">
-        <v>7413.201</v>
+        <v>7419.78</v>
       </c>
       <c r="L641">
-        <v>2530.264</v>
+        <v>2532.167</v>
       </c>
       <c r="M641">
-        <v>7412.826</v>
+        <v>7418.616</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>2390.422</v>
+        <v>2388.363</v>
       </c>
       <c r="C642">
         <v>2.276</v>
       </c>
       <c r="D642">
-        <v>2392.698</v>
+        <v>2390.639</v>
       </c>
       <c r="E642">
-        <v>3.313</v>
+        <v>3.297</v>
       </c>
       <c r="F642">
-        <v>2396.012</v>
+        <v>2393.936</v>
       </c>
       <c r="G642">
-        <v>4747.38</v>
+        <v>4751.353</v>
       </c>
       <c r="H642">
-        <v>1216.674</v>
+        <v>1219.313</v>
       </c>
       <c r="I642">
-        <v>5964.055</v>
+        <v>5970.666</v>
       </c>
       <c r="J642">
-        <v>1771.115</v>
+        <v>1766.266</v>
       </c>
       <c r="K642">
-        <v>7735.169</v>
+        <v>7736.932</v>
       </c>
       <c r="L642">
-        <v>2987.789</v>
+        <v>2985.579</v>
       </c>
       <c r="M642">
-        <v>7739.639</v>
+        <v>7740.467</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>2478.815</v>
+        <v>2476.32</v>
       </c>
       <c r="C643">
         <v>2.063</v>
       </c>
       <c r="D643">
-        <v>2480.877</v>
+        <v>2478.383</v>
       </c>
       <c r="E643">
-        <v>3.098</v>
+        <v>3.106</v>
       </c>
       <c r="F643">
-        <v>2483.975</v>
+        <v>2481.489</v>
       </c>
       <c r="G643">
-        <v>4884.852</v>
+        <v>4887.314</v>
       </c>
       <c r="H643">
-        <v>1388.648</v>
+        <v>1389.47</v>
       </c>
       <c r="I643">
-        <v>6273.5</v>
+        <v>6276.785</v>
       </c>
       <c r="J643">
-        <v>2085.59</v>
+        <v>2092.197</v>
       </c>
       <c r="K643">
-        <v>8359.09</v>
+        <v>8368.982</v>
       </c>
       <c r="L643">
-        <v>3474.238</v>
+        <v>3481.668</v>
       </c>
       <c r="M643">
-        <v>8368.035</v>
+        <v>8377.925</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>2456.425</v>
+      </c>
+      <c r="C644">
+        <v>2.13</v>
+      </c>
+      <c r="D644">
+        <v>2458.555</v>
+      </c>
+      <c r="E644">
+        <v>3.073</v>
+      </c>
+      <c r="F644">
+        <v>2461.628</v>
+      </c>
+      <c r="G644">
+        <v>4855.313</v>
+      </c>
+      <c r="H644">
+        <v>1338.493</v>
+      </c>
+      <c r="I644">
+        <v>6193.806</v>
+      </c>
+      <c r="J644">
+        <v>1930.716</v>
+      </c>
+      <c r="K644">
+        <v>8124.521</v>
+      </c>
+      <c r="L644">
+        <v>3269.208</v>
+      </c>
+      <c r="M644">
+        <v>8130.309</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -29726,84 +29767,84 @@
       </c>
       <c r="H87">
         <v>13218.952</v>
       </c>
       <c r="I87">
         <v>74816.824</v>
       </c>
       <c r="J87">
         <v>18910.071</v>
       </c>
       <c r="K87">
         <v>93726.895</v>
       </c>
       <c r="L87">
         <v>32129.023</v>
       </c>
       <c r="M87">
         <v>93726.506</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>28160.538</v>
+        <v>28163.823</v>
       </c>
       <c r="C88">
-        <v>23.965</v>
+        <v>23.825</v>
       </c>
       <c r="D88">
-        <v>28184.502</v>
+        <v>28187.648</v>
       </c>
       <c r="E88">
-        <v>34.154</v>
+        <v>33.694</v>
       </c>
       <c r="F88">
-        <v>28218.656</v>
+        <v>28221.342</v>
       </c>
       <c r="G88">
-        <v>61794.269</v>
+        <v>61801.335</v>
       </c>
       <c r="H88">
-        <v>13517.968</v>
+        <v>13564.003</v>
       </c>
       <c r="I88">
-        <v>75312.238</v>
+        <v>75365.338</v>
       </c>
       <c r="J88">
-        <v>19265.653</v>
+        <v>19182.265</v>
       </c>
       <c r="K88">
-        <v>94577.891</v>
+        <v>94547.602</v>
       </c>
       <c r="L88">
-        <v>32783.621</v>
+        <v>32746.268</v>
       </c>
       <c r="M88">
-        <v>94572.078</v>
+        <v>94541.585</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>