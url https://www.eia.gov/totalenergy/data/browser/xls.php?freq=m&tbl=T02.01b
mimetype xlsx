--- v1 (2025-12-17)
+++ v2 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 2.1b  Energy Consumption: Transportation Sector, Total End-Use Sectors, and Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Total Primary Energy Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers in the Transportation Sector</t>
   </si>
   <si>
     <t>End-Use Energy Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Electrical System Energy Losses Proportioned to the Transportation Sector</t>
   </si>
   <si>
     <t>Total Energy Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Total Primary Energy Consumed by the End-Use Sectors</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="133.539" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="73.839" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25222,1355 +25222,1437 @@
       </c>
       <c r="H612">
         <v>1118.371</v>
       </c>
       <c r="I612">
         <v>6921.823</v>
       </c>
       <c r="J612">
         <v>1729.516</v>
       </c>
       <c r="K612">
         <v>8651.34</v>
       </c>
       <c r="L612">
         <v>2847.887</v>
       </c>
       <c r="M612">
         <v>8650.868</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
-        <v>2217.888</v>
+        <v>2269.934</v>
       </c>
       <c r="C613">
         <v>1.976</v>
       </c>
       <c r="D613">
-        <v>2219.864</v>
+        <v>2271.91</v>
       </c>
       <c r="E613">
-        <v>2.822</v>
+        <v>2.824</v>
       </c>
       <c r="F613">
-        <v>2222.686</v>
+        <v>2274.734</v>
       </c>
       <c r="G613">
-        <v>5781.044</v>
+        <v>5830.815</v>
       </c>
       <c r="H613">
         <v>1110.315</v>
       </c>
       <c r="I613">
-        <v>6891.358</v>
+        <v>6941.129</v>
       </c>
       <c r="J613">
-        <v>1585.58</v>
+        <v>1586.418</v>
       </c>
       <c r="K613">
-        <v>8476.938</v>
+        <v>8527.547</v>
       </c>
       <c r="L613">
-        <v>2695.895</v>
+        <v>2696.733</v>
       </c>
       <c r="M613">
-        <v>8476.106</v>
+        <v>8526.622</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
-        <v>2077.083</v>
+        <v>2123.493</v>
       </c>
       <c r="C614">
         <v>1.914</v>
       </c>
       <c r="D614">
-        <v>2078.997</v>
+        <v>2125.407</v>
       </c>
       <c r="E614">
-        <v>2.547</v>
+        <v>2.549</v>
       </c>
       <c r="F614">
-        <v>2081.545</v>
+        <v>2127.956</v>
       </c>
       <c r="G614">
-        <v>5278.141</v>
+        <v>5322.5</v>
       </c>
       <c r="H614">
         <v>999.531</v>
       </c>
       <c r="I614">
-        <v>6277.672</v>
+        <v>6322.031</v>
       </c>
       <c r="J614">
-        <v>1330.177</v>
+        <v>1330.938</v>
       </c>
       <c r="K614">
-        <v>7607.848</v>
+        <v>7652.969</v>
       </c>
       <c r="L614">
-        <v>2329.707</v>
+        <v>2330.469</v>
       </c>
       <c r="M614">
-        <v>7604.009</v>
+        <v>7649.047</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
-        <v>2375.146</v>
+        <v>2422.263</v>
       </c>
       <c r="C615">
         <v>1.969</v>
       </c>
       <c r="D615">
-        <v>2377.115</v>
+        <v>2424.231</v>
       </c>
       <c r="E615">
-        <v>2.697</v>
+        <v>2.698</v>
       </c>
       <c r="F615">
-        <v>2379.812</v>
+        <v>2426.93</v>
       </c>
       <c r="G615">
-        <v>5668.559</v>
+        <v>5713.509</v>
       </c>
       <c r="H615">
         <v>1045.621</v>
       </c>
       <c r="I615">
-        <v>6714.18</v>
+        <v>6759.13</v>
       </c>
       <c r="J615">
-        <v>1432.268</v>
+        <v>1433.176</v>
       </c>
       <c r="K615">
-        <v>8146.448</v>
+        <v>8192.306</v>
       </c>
       <c r="L615">
-        <v>2477.889</v>
+        <v>2478.796</v>
       </c>
       <c r="M615">
-        <v>8142.331</v>
+        <v>8188.106</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
-        <v>2261.774</v>
+        <v>2299.118</v>
       </c>
       <c r="C616">
         <v>1.752</v>
       </c>
       <c r="D616">
-        <v>2263.526</v>
+        <v>2300.87</v>
       </c>
       <c r="E616">
-        <v>2.31</v>
+        <v>2.311</v>
       </c>
       <c r="F616">
-        <v>2265.836</v>
+        <v>2303.182</v>
       </c>
       <c r="G616">
-        <v>4956.589</v>
+        <v>4992.097</v>
       </c>
       <c r="H616">
         <v>958.128</v>
       </c>
       <c r="I616">
-        <v>5914.717</v>
+        <v>5950.225</v>
       </c>
       <c r="J616">
-        <v>1263.118</v>
+        <v>1264.134</v>
       </c>
       <c r="K616">
-        <v>7177.835</v>
+        <v>7214.359</v>
       </c>
       <c r="L616">
-        <v>2221.245</v>
+        <v>2222.261</v>
       </c>
       <c r="M616">
-        <v>7173.499</v>
+        <v>7209.958</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
-        <v>2398.551</v>
+        <v>2433.983</v>
       </c>
       <c r="C617">
         <v>1.804</v>
       </c>
       <c r="D617">
-        <v>2400.355</v>
+        <v>2435.787</v>
       </c>
       <c r="E617">
-        <v>2.536</v>
+        <v>2.538</v>
       </c>
       <c r="F617">
-        <v>2402.891</v>
+        <v>2438.325</v>
       </c>
       <c r="G617">
-        <v>4886.537</v>
+        <v>4920.055</v>
       </c>
       <c r="H617">
         <v>1019.183</v>
       </c>
       <c r="I617">
-        <v>5905.721</v>
+        <v>5939.238</v>
       </c>
       <c r="J617">
-        <v>1432.727</v>
+        <v>1434.011</v>
       </c>
       <c r="K617">
-        <v>7338.447</v>
+        <v>7373.249</v>
       </c>
       <c r="L617">
-        <v>2451.91</v>
+        <v>2453.194</v>
       </c>
       <c r="M617">
-        <v>7335.792</v>
+        <v>7370.532</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
-        <v>2407.756</v>
+        <v>2444.1</v>
       </c>
       <c r="C618">
         <v>1.975</v>
       </c>
       <c r="D618">
-        <v>2409.73</v>
+        <v>2446.075</v>
       </c>
       <c r="E618">
-        <v>2.949</v>
+        <v>2.952</v>
       </c>
       <c r="F618">
-        <v>2412.68</v>
+        <v>2449.027</v>
       </c>
       <c r="G618">
-        <v>4713.997</v>
+        <v>4748.373</v>
       </c>
       <c r="H618">
         <v>1121.859</v>
       </c>
       <c r="I618">
-        <v>5835.856</v>
+        <v>5870.232</v>
       </c>
       <c r="J618">
-        <v>1675.598</v>
+        <v>1677.03</v>
       </c>
       <c r="K618">
-        <v>7511.454</v>
+        <v>7547.263</v>
       </c>
       <c r="L618">
-        <v>2797.457</v>
+        <v>2798.889</v>
       </c>
       <c r="M618">
-        <v>7513.546</v>
+        <v>7549.29</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
-        <v>2411.993</v>
+        <v>2453.252</v>
       </c>
       <c r="C619">
         <v>2.118</v>
       </c>
       <c r="D619">
-        <v>2414.11</v>
+        <v>2455.37</v>
       </c>
       <c r="E619">
-        <v>3.284</v>
+        <v>3.287</v>
       </c>
       <c r="F619">
-        <v>2417.395</v>
+        <v>2458.657</v>
       </c>
       <c r="G619">
-        <v>4703.045</v>
+        <v>4742.146</v>
       </c>
       <c r="H619">
         <v>1321.318</v>
       </c>
       <c r="I619">
-        <v>6024.363</v>
+        <v>6063.464</v>
       </c>
       <c r="J619">
-        <v>2049.425</v>
+        <v>2051.06</v>
       </c>
       <c r="K619">
-        <v>8073.788</v>
+        <v>8114.524</v>
       </c>
       <c r="L619">
-        <v>3370.743</v>
+        <v>3372.378</v>
       </c>
       <c r="M619">
-        <v>8081.483</v>
+        <v>8122.145</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
-        <v>2494.79</v>
+        <v>2536.134</v>
       </c>
       <c r="C620">
         <v>1.971</v>
       </c>
       <c r="D620">
-        <v>2496.761</v>
+        <v>2538.105</v>
       </c>
       <c r="E620">
-        <v>2.962</v>
+        <v>2.965</v>
       </c>
       <c r="F620">
-        <v>2499.723</v>
+        <v>2541.07</v>
       </c>
       <c r="G620">
-        <v>4864.23</v>
+        <v>4903.402</v>
       </c>
       <c r="H620">
         <v>1338.992</v>
       </c>
       <c r="I620">
-        <v>6203.221</v>
+        <v>6242.394</v>
       </c>
       <c r="J620">
-        <v>2012.855</v>
+        <v>2014.491</v>
       </c>
       <c r="K620">
-        <v>8216.077</v>
+        <v>8256.885</v>
       </c>
       <c r="L620">
-        <v>3351.847</v>
+        <v>3353.483</v>
       </c>
       <c r="M620">
-        <v>8223.419</v>
+        <v>8264.153</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
-        <v>2290.555</v>
+        <v>2327.078</v>
       </c>
       <c r="C621">
         <v>2.223</v>
       </c>
       <c r="D621">
-        <v>2292.779</v>
+        <v>2329.301</v>
       </c>
       <c r="E621">
-        <v>3.068</v>
+        <v>3.071</v>
       </c>
       <c r="F621">
-        <v>2295.847</v>
+        <v>2332.373</v>
       </c>
       <c r="G621">
-        <v>4616.106</v>
+        <v>4650.637</v>
       </c>
       <c r="H621">
         <v>1182.178</v>
       </c>
       <c r="I621">
-        <v>5798.283</v>
+        <v>5832.815</v>
       </c>
       <c r="J621">
-        <v>1631.66</v>
+        <v>1633.121</v>
       </c>
       <c r="K621">
-        <v>7429.944</v>
+        <v>7465.936</v>
       </c>
       <c r="L621">
-        <v>2813.838</v>
+        <v>2815.299</v>
       </c>
       <c r="M621">
-        <v>7432.434</v>
+        <v>7468.362</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
-        <v>2421.423</v>
+        <v>2458.927</v>
       </c>
       <c r="C622">
         <v>1.929</v>
       </c>
       <c r="D622">
-        <v>2423.352</v>
+        <v>2460.856</v>
       </c>
       <c r="E622">
-        <v>2.678</v>
+        <v>2.681</v>
       </c>
       <c r="F622">
-        <v>2426.03</v>
+        <v>2463.537</v>
       </c>
       <c r="G622">
-        <v>5036.997</v>
+        <v>5072.494</v>
       </c>
       <c r="H622">
         <v>1051.119</v>
       </c>
       <c r="I622">
-        <v>6088.116</v>
+        <v>6123.613</v>
       </c>
       <c r="J622">
-        <v>1459.384</v>
+        <v>1460.633</v>
       </c>
       <c r="K622">
-        <v>7547.5</v>
+        <v>7584.245</v>
       </c>
       <c r="L622">
-        <v>2510.503</v>
+        <v>2511.752</v>
       </c>
       <c r="M622">
-        <v>7546.972</v>
+        <v>7583.652</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
-        <v>2301.709</v>
+        <v>2345.63</v>
       </c>
       <c r="C623">
         <v>1.874</v>
       </c>
       <c r="D623">
-        <v>2303.582</v>
+        <v>2347.504</v>
       </c>
       <c r="E623">
-        <v>2.715</v>
+        <v>2.717</v>
       </c>
       <c r="F623">
-        <v>2306.297</v>
+        <v>2350.221</v>
       </c>
       <c r="G623">
-        <v>5388.149</v>
+        <v>5429.987</v>
       </c>
       <c r="H623">
         <v>1003.976</v>
       </c>
       <c r="I623">
-        <v>6392.125</v>
+        <v>6433.963</v>
       </c>
       <c r="J623">
-        <v>1454.758</v>
+        <v>1455.751</v>
       </c>
       <c r="K623">
-        <v>7846.883</v>
+        <v>7889.714</v>
       </c>
       <c r="L623">
-        <v>2458.734</v>
+        <v>2459.727</v>
       </c>
       <c r="M623">
-        <v>7844.286</v>
+        <v>7887.039</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
-        <v>2348.298</v>
+        <v>2397.852</v>
       </c>
       <c r="C624">
         <v>1.915</v>
       </c>
       <c r="D624">
-        <v>2350.213</v>
+        <v>2399.767</v>
       </c>
       <c r="E624">
-        <v>2.839</v>
+        <v>2.841</v>
       </c>
       <c r="F624">
-        <v>2353.052</v>
+        <v>2402.608</v>
       </c>
       <c r="G624">
-        <v>5705.733</v>
+        <v>5753.059</v>
       </c>
       <c r="H624">
         <v>1066.734</v>
       </c>
       <c r="I624">
-        <v>6772.467</v>
+        <v>6819.793</v>
       </c>
       <c r="J624">
-        <v>1581.272</v>
+        <v>1582.233</v>
       </c>
       <c r="K624">
-        <v>8353.739</v>
+        <v>8402.026</v>
       </c>
       <c r="L624">
-        <v>2648.006</v>
+        <v>2648.967</v>
       </c>
       <c r="M624">
-        <v>8352.636</v>
+        <v>8400.835</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>2224.495</v>
+        <v>2283.991</v>
       </c>
       <c r="C625">
         <v>2.087</v>
       </c>
       <c r="D625">
-        <v>2226.582</v>
+        <v>2286.078</v>
       </c>
       <c r="E625">
-        <v>3.208</v>
+        <v>3.211</v>
       </c>
       <c r="F625">
-        <v>2229.79</v>
+        <v>2289.29</v>
       </c>
       <c r="G625">
-        <v>6063.545</v>
+        <v>6117.386</v>
       </c>
       <c r="H625">
         <v>1172.761</v>
       </c>
       <c r="I625">
-        <v>7236.306</v>
+        <v>7290.146</v>
       </c>
       <c r="J625">
-        <v>1802.768</v>
+        <v>1804.653</v>
       </c>
       <c r="K625">
-        <v>9039.074</v>
+        <v>9094.8</v>
       </c>
       <c r="L625">
-        <v>2975.528</v>
+        <v>2977.414</v>
       </c>
       <c r="M625">
-        <v>9041.98</v>
+        <v>9098.394</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>2133.403</v>
+        <v>2180.917</v>
       </c>
       <c r="C626">
         <v>1.835</v>
       </c>
       <c r="D626">
-        <v>2135.238</v>
+        <v>2182.752</v>
       </c>
       <c r="E626">
-        <v>2.419</v>
+        <v>2.422</v>
       </c>
       <c r="F626">
-        <v>2137.657</v>
+        <v>2185.174</v>
       </c>
       <c r="G626">
-        <v>5341.017</v>
+        <v>5384.008</v>
       </c>
       <c r="H626">
         <v>1034.717</v>
       </c>
       <c r="I626">
-        <v>6375.735</v>
+        <v>6418.726</v>
       </c>
       <c r="J626">
-        <v>1364.216</v>
+        <v>1365.571</v>
       </c>
       <c r="K626">
-        <v>7739.951</v>
+        <v>7784.297</v>
       </c>
       <c r="L626">
-        <v>2398.934</v>
+        <v>2400.289</v>
       </c>
       <c r="M626">
-        <v>7735.951</v>
+        <v>7780.738</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>2342.359</v>
+        <v>2387.274</v>
       </c>
       <c r="C627">
         <v>2.023</v>
       </c>
       <c r="D627">
-        <v>2344.382</v>
+        <v>2389.297</v>
       </c>
       <c r="E627">
-        <v>2.678</v>
+        <v>2.681</v>
       </c>
       <c r="F627">
-        <v>2347.06</v>
+        <v>2391.977</v>
       </c>
       <c r="G627">
-        <v>5392.641</v>
+        <v>5433.611</v>
       </c>
       <c r="H627">
         <v>1014.313</v>
       </c>
       <c r="I627">
-        <v>6406.954</v>
+        <v>6447.925</v>
       </c>
       <c r="J627">
-        <v>1342.903</v>
+        <v>1344.24</v>
       </c>
       <c r="K627">
-        <v>7749.857</v>
+        <v>7792.165</v>
       </c>
       <c r="L627">
-        <v>2357.216</v>
+        <v>2358.554</v>
       </c>
       <c r="M627">
-        <v>7743.98</v>
+        <v>7786.675</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>2293.379</v>
+        <v>2331.985</v>
       </c>
       <c r="C628">
         <v>1.816</v>
       </c>
       <c r="D628">
-        <v>2295.195</v>
+        <v>2333.801</v>
       </c>
       <c r="E628">
-        <v>2.352</v>
+        <v>2.355</v>
       </c>
       <c r="F628">
-        <v>2297.548</v>
+        <v>2336.156</v>
       </c>
       <c r="G628">
-        <v>4942.755</v>
+        <v>4978.311</v>
       </c>
       <c r="H628">
         <v>976.708</v>
       </c>
       <c r="I628">
-        <v>5919.463</v>
+        <v>5955.019</v>
       </c>
       <c r="J628">
-        <v>1265.153</v>
+        <v>1266.514</v>
       </c>
       <c r="K628">
-        <v>7184.617</v>
+        <v>7221.533</v>
       </c>
       <c r="L628">
-        <v>2241.862</v>
+        <v>2243.222</v>
       </c>
       <c r="M628">
-        <v>7179.933</v>
+        <v>7217.221</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>2455.966</v>
+        <v>2493.649</v>
       </c>
       <c r="C629">
         <v>2.02</v>
       </c>
       <c r="D629">
-        <v>2457.985</v>
+        <v>2495.668</v>
       </c>
       <c r="E629">
-        <v>2.853</v>
+        <v>2.856</v>
       </c>
       <c r="F629">
-        <v>2460.838</v>
+        <v>2498.525</v>
       </c>
       <c r="G629">
-        <v>4937.016</v>
+        <v>4972.12</v>
       </c>
       <c r="H629">
         <v>1071.236</v>
       </c>
       <c r="I629">
-        <v>6008.253</v>
+        <v>6043.357</v>
       </c>
       <c r="J629">
-        <v>1513.239</v>
+        <v>1514.924</v>
       </c>
       <c r="K629">
-        <v>7521.492</v>
+        <v>7558.281</v>
       </c>
       <c r="L629">
-        <v>2584.476</v>
+        <v>2586.161</v>
       </c>
       <c r="M629">
-        <v>7519.4</v>
+        <v>7556.638</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>2372.732</v>
+        <v>2411.784</v>
       </c>
       <c r="C630">
         <v>1.933</v>
       </c>
       <c r="D630">
-        <v>2374.665</v>
+        <v>2413.717</v>
       </c>
       <c r="E630">
-        <v>2.802</v>
+        <v>2.805</v>
       </c>
       <c r="F630">
-        <v>2377.467</v>
+        <v>2416.522</v>
       </c>
       <c r="G630">
-        <v>4668.641</v>
+        <v>4705.173</v>
       </c>
       <c r="H630">
         <v>1214.269</v>
       </c>
       <c r="I630">
-        <v>5882.91</v>
+        <v>5919.442</v>
       </c>
       <c r="J630">
-        <v>1760.461</v>
+        <v>1762.374</v>
       </c>
       <c r="K630">
-        <v>7643.371</v>
+        <v>7681.817</v>
       </c>
       <c r="L630">
-        <v>2974.73</v>
+        <v>2976.644</v>
       </c>
       <c r="M630">
-        <v>7646.196</v>
+        <v>7685.219</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>2497.31</v>
+        <v>2541.326</v>
       </c>
       <c r="C631">
         <v>2.186</v>
       </c>
       <c r="D631">
-        <v>2499.496</v>
+        <v>2543.512</v>
       </c>
       <c r="E631">
-        <v>3.243</v>
+        <v>3.247</v>
       </c>
       <c r="F631">
-        <v>2502.739</v>
+        <v>2546.759</v>
       </c>
       <c r="G631">
-        <v>4839.604</v>
+        <v>4881.11</v>
       </c>
       <c r="H631">
         <v>1357.541</v>
       </c>
       <c r="I631">
-        <v>6197.146</v>
+        <v>6238.651</v>
       </c>
       <c r="J631">
-        <v>2013.809</v>
+        <v>2016.168</v>
       </c>
       <c r="K631">
-        <v>8210.954</v>
+        <v>8254.819</v>
       </c>
       <c r="L631">
-        <v>3371.35</v>
+        <v>3373.709</v>
       </c>
       <c r="M631">
-        <v>8216.414</v>
+        <v>8260.945</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>2492.085</v>
+        <v>2535.779</v>
       </c>
       <c r="C632">
         <v>2.12</v>
       </c>
       <c r="D632">
-        <v>2494.205</v>
+        <v>2537.899</v>
       </c>
       <c r="E632">
-        <v>3.109</v>
+        <v>3.112</v>
       </c>
       <c r="F632">
-        <v>2497.313</v>
+        <v>2541.011</v>
       </c>
       <c r="G632">
-        <v>4887.272</v>
+        <v>4928.445</v>
       </c>
       <c r="H632">
         <v>1345.009</v>
       </c>
       <c r="I632">
-        <v>6232.28</v>
+        <v>6273.454</v>
       </c>
       <c r="J632">
-        <v>1972.64</v>
+        <v>1974.898</v>
       </c>
       <c r="K632">
-        <v>8204.92</v>
+        <v>8248.352</v>
       </c>
       <c r="L632">
-        <v>3317.648</v>
+        <v>3319.906</v>
       </c>
       <c r="M632">
-        <v>8209.557</v>
+        <v>8253.639</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>2299.093</v>
+        <v>2337.928</v>
       </c>
       <c r="C633">
         <v>1.92</v>
       </c>
       <c r="D633">
-        <v>2301.012</v>
+        <v>2339.848</v>
       </c>
       <c r="E633">
-        <v>2.635</v>
+        <v>2.637</v>
       </c>
       <c r="F633">
-        <v>2303.647</v>
+        <v>2342.485</v>
       </c>
       <c r="G633">
-        <v>4620.537</v>
+        <v>4656.829</v>
       </c>
       <c r="H633">
         <v>1170.557</v>
       </c>
       <c r="I633">
-        <v>5791.094</v>
+        <v>5827.386</v>
       </c>
       <c r="J633">
-        <v>1606.419</v>
+        <v>1608.175</v>
       </c>
       <c r="K633">
-        <v>7397.514</v>
+        <v>7435.561</v>
       </c>
       <c r="L633">
-        <v>2776.977</v>
+        <v>2778.732</v>
       </c>
       <c r="M633">
-        <v>7398.806</v>
+        <v>7437.384</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>2429.651</v>
+        <v>2468.81</v>
       </c>
       <c r="C634">
         <v>1.932</v>
       </c>
       <c r="D634">
-        <v>2431.583</v>
+        <v>2470.741</v>
       </c>
       <c r="E634">
-        <v>2.601</v>
+        <v>2.604</v>
       </c>
       <c r="F634">
-        <v>2434.184</v>
+        <v>2473.345</v>
       </c>
       <c r="G634">
-        <v>5042.48</v>
+        <v>5078.686</v>
       </c>
       <c r="H634">
         <v>1077.858</v>
       </c>
       <c r="I634">
-        <v>6120.337</v>
+        <v>6156.543</v>
       </c>
       <c r="J634">
-        <v>1451.259</v>
+        <v>1452.852</v>
       </c>
       <c r="K634">
-        <v>7571.596</v>
+        <v>7609.395</v>
       </c>
       <c r="L634">
-        <v>2529.117</v>
+        <v>2530.709</v>
       </c>
       <c r="M634">
-        <v>7569.479</v>
+        <v>7607.752</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>2272.53</v>
+        <v>2315.98</v>
       </c>
       <c r="C635">
         <v>1.891</v>
       </c>
       <c r="D635">
-        <v>2274.421</v>
+        <v>2317.872</v>
       </c>
       <c r="E635">
-        <v>2.684</v>
+        <v>2.687</v>
       </c>
       <c r="F635">
-        <v>2277.105</v>
+        <v>2320.559</v>
       </c>
       <c r="G635">
-        <v>5161.999</v>
+        <v>5201.741</v>
       </c>
       <c r="H635">
         <v>1009.256</v>
       </c>
       <c r="I635">
-        <v>6171.255</v>
+        <v>6210.997</v>
       </c>
       <c r="J635">
-        <v>1432.275</v>
+        <v>1433.721</v>
       </c>
       <c r="K635">
-        <v>7603.53</v>
+        <v>7644.718</v>
       </c>
       <c r="L635">
-        <v>2441.531</v>
+        <v>2442.977</v>
       </c>
       <c r="M635">
-        <v>7600.274</v>
+        <v>7641.914</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>2350.82</v>
+        <v>2404.565</v>
       </c>
       <c r="C636">
         <v>2.064</v>
       </c>
       <c r="D636">
-        <v>2352.884</v>
+        <v>2406.629</v>
       </c>
       <c r="E636">
-        <v>3.053</v>
+        <v>3.056</v>
       </c>
       <c r="F636">
-        <v>2355.937</v>
+        <v>2409.685</v>
       </c>
       <c r="G636">
-        <v>5904.282</v>
+        <v>5953.136</v>
       </c>
       <c r="H636">
         <v>1119.776</v>
       </c>
       <c r="I636">
-        <v>7024.058</v>
+        <v>7072.912</v>
       </c>
       <c r="J636">
-        <v>1656.67</v>
+        <v>1658.414</v>
       </c>
       <c r="K636">
-        <v>8680.728</v>
+        <v>8731.326</v>
       </c>
       <c r="L636">
-        <v>2776.446</v>
+        <v>2778.191</v>
       </c>
       <c r="M636">
-        <v>8679.617</v>
+        <v>8730.801</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>2287.364</v>
+        <v>2290.669</v>
       </c>
       <c r="C637">
         <v>2.34</v>
       </c>
       <c r="D637">
-        <v>2289.704</v>
+        <v>2293.01</v>
       </c>
       <c r="E637">
-        <v>3.566</v>
+        <v>3.57</v>
       </c>
       <c r="F637">
-        <v>2293.271</v>
+        <v>2296.58</v>
       </c>
       <c r="G637">
-        <v>6406.947</v>
+        <v>6400.399</v>
       </c>
       <c r="H637">
         <v>1236.364</v>
       </c>
       <c r="I637">
-        <v>7643.311</v>
+        <v>7636.763</v>
       </c>
       <c r="J637">
-        <v>1884.056</v>
+        <v>1886.167</v>
       </c>
       <c r="K637">
-        <v>9527.367</v>
+        <v>9522.93</v>
       </c>
       <c r="L637">
-        <v>3120.42</v>
+        <v>3122.531</v>
       </c>
       <c r="M637">
-        <v>9531.656</v>
+        <v>9528.071</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>2074.958</v>
+        <v>2078.333</v>
       </c>
       <c r="C638">
         <v>2.083</v>
       </c>
       <c r="D638">
-        <v>2077.041</v>
+        <v>2080.415</v>
       </c>
       <c r="E638">
-        <v>2.816</v>
+        <v>2.819</v>
       </c>
       <c r="F638">
-        <v>2079.857</v>
+        <v>2083.234</v>
       </c>
       <c r="G638">
-        <v>5512.046</v>
+        <v>5503.913</v>
       </c>
       <c r="H638">
         <v>1094.68</v>
       </c>
       <c r="I638">
-        <v>6606.726</v>
+        <v>6598.593</v>
       </c>
       <c r="J638">
-        <v>1480.001</v>
+        <v>1481.675</v>
       </c>
       <c r="K638">
-        <v>8086.727</v>
+        <v>8080.267</v>
       </c>
       <c r="L638">
-        <v>2574.681</v>
+        <v>2576.355</v>
       </c>
       <c r="M638">
-        <v>8087.746</v>
+        <v>8081.964</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>2314.405</v>
+        <v>2318.096</v>
       </c>
       <c r="C639">
         <v>2.167</v>
       </c>
       <c r="D639">
-        <v>2316.572</v>
+        <v>2320.263</v>
       </c>
       <c r="E639">
-        <v>2.809</v>
+        <v>2.812</v>
       </c>
       <c r="F639">
-        <v>2319.381</v>
+        <v>2323.075</v>
       </c>
       <c r="G639">
-        <v>5425.073</v>
+        <v>5430.488</v>
       </c>
       <c r="H639">
         <v>1049.298</v>
       </c>
       <c r="I639">
-        <v>6474.371</v>
+        <v>6479.786</v>
       </c>
       <c r="J639">
-        <v>1359.995</v>
+        <v>1361.453</v>
       </c>
       <c r="K639">
-        <v>7834.366</v>
+        <v>7841.239</v>
       </c>
       <c r="L639">
-        <v>2409.293</v>
+        <v>2410.752</v>
       </c>
       <c r="M639">
-        <v>7831.46</v>
+        <v>7838.873</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>2301.824</v>
+        <v>2304.71</v>
       </c>
       <c r="C640">
         <v>1.94</v>
       </c>
       <c r="D640">
-        <v>2303.764</v>
+        <v>2306.65</v>
       </c>
       <c r="E640">
-        <v>2.519</v>
+        <v>2.522</v>
       </c>
       <c r="F640">
-        <v>2306.284</v>
+        <v>2309.173</v>
       </c>
       <c r="G640">
-        <v>4980.322</v>
+        <v>4974.823</v>
       </c>
       <c r="H640">
         <v>1006.726</v>
       </c>
       <c r="I640">
-        <v>5987.049</v>
+        <v>5981.55</v>
       </c>
       <c r="J640">
-        <v>1307.149</v>
+        <v>1308.546</v>
       </c>
       <c r="K640">
-        <v>7294.198</v>
+        <v>7290.096</v>
       </c>
       <c r="L640">
-        <v>2313.875</v>
+        <v>2315.272</v>
       </c>
       <c r="M640">
-        <v>7291.898</v>
+        <v>7288.31</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>2380.208</v>
+        <v>2383.249</v>
       </c>
       <c r="C641">
         <v>1.897</v>
       </c>
       <c r="D641">
-        <v>2382.105</v>
+        <v>2385.146</v>
       </c>
       <c r="E641">
-        <v>2.606</v>
+        <v>2.608</v>
       </c>
       <c r="F641">
-        <v>2384.71</v>
+        <v>2387.755</v>
       </c>
       <c r="G641">
-        <v>4887.613</v>
+        <v>4884.874</v>
       </c>
       <c r="H641">
         <v>1066.877</v>
       </c>
       <c r="I641">
-        <v>5954.491</v>
+        <v>5951.752</v>
       </c>
       <c r="J641">
-        <v>1465.289</v>
+        <v>1466.864</v>
       </c>
       <c r="K641">
-        <v>7419.78</v>
+        <v>7418.616</v>
       </c>
       <c r="L641">
-        <v>2532.167</v>
+        <v>2533.742</v>
       </c>
       <c r="M641">
-        <v>7418.616</v>
+        <v>7417.995</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>2388.363</v>
+        <v>2391.285</v>
       </c>
       <c r="C642">
         <v>2.276</v>
       </c>
       <c r="D642">
-        <v>2390.639</v>
+        <v>2393.561</v>
       </c>
       <c r="E642">
-        <v>3.297</v>
+        <v>3.301</v>
       </c>
       <c r="F642">
-        <v>2393.936</v>
+        <v>2396.862</v>
       </c>
       <c r="G642">
-        <v>4751.353</v>
+        <v>4748.217</v>
       </c>
       <c r="H642">
         <v>1219.313</v>
       </c>
       <c r="I642">
-        <v>5970.666</v>
+        <v>5967.529</v>
       </c>
       <c r="J642">
-        <v>1766.266</v>
+        <v>1768.269</v>
       </c>
       <c r="K642">
-        <v>7736.932</v>
+        <v>7735.798</v>
       </c>
       <c r="L642">
-        <v>2985.579</v>
+        <v>2987.582</v>
       </c>
       <c r="M642">
-        <v>7740.467</v>
+        <v>7740.014</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>2476.32</v>
+        <v>2478.788</v>
       </c>
       <c r="C643">
         <v>2.063</v>
       </c>
       <c r="D643">
-        <v>2478.383</v>
+        <v>2480.851</v>
       </c>
       <c r="E643">
-        <v>3.106</v>
+        <v>3.087</v>
       </c>
       <c r="F643">
-        <v>2481.489</v>
+        <v>2483.938</v>
       </c>
       <c r="G643">
-        <v>4887.314</v>
+        <v>4874.512</v>
       </c>
       <c r="H643">
         <v>1389.47</v>
       </c>
       <c r="I643">
-        <v>6276.785</v>
+        <v>6263.983</v>
       </c>
       <c r="J643">
-        <v>2092.197</v>
+        <v>2079.492</v>
       </c>
       <c r="K643">
-        <v>8368.982</v>
+        <v>8343.474</v>
       </c>
       <c r="L643">
-        <v>3481.668</v>
+        <v>3468.962</v>
       </c>
       <c r="M643">
-        <v>8377.925</v>
+        <v>8353.25</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>2456.425</v>
+        <v>2467.479</v>
       </c>
       <c r="C644">
         <v>2.13</v>
       </c>
       <c r="D644">
-        <v>2458.555</v>
+        <v>2469.609</v>
       </c>
       <c r="E644">
-        <v>3.073</v>
+        <v>3.054</v>
       </c>
       <c r="F644">
-        <v>2461.628</v>
+        <v>2472.663</v>
       </c>
       <c r="G644">
-        <v>4855.313</v>
+        <v>4889.056</v>
       </c>
       <c r="H644">
         <v>1338.493</v>
       </c>
       <c r="I644">
-        <v>6193.806</v>
+        <v>6227.549</v>
       </c>
       <c r="J644">
-        <v>1930.716</v>
+        <v>1918.857</v>
       </c>
       <c r="K644">
-        <v>8124.521</v>
+        <v>8146.406</v>
       </c>
       <c r="L644">
-        <v>3269.208</v>
+        <v>3257.35</v>
       </c>
       <c r="M644">
-        <v>8130.309</v>
+        <v>8152.918</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>2327.064</v>
+      </c>
+      <c r="C645">
+        <v>2.021</v>
+      </c>
+      <c r="D645">
+        <v>2329.086</v>
+      </c>
+      <c r="E645">
+        <v>2.882</v>
+      </c>
+      <c r="F645">
+        <v>2331.968</v>
+      </c>
+      <c r="G645">
+        <v>4686.947</v>
+      </c>
+      <c r="H645">
+        <v>1177.006</v>
+      </c>
+      <c r="I645">
+        <v>5863.953</v>
+      </c>
+      <c r="J645">
+        <v>1678.065</v>
+      </c>
+      <c r="K645">
+        <v>7542.018</v>
+      </c>
+      <c r="L645">
+        <v>2855.071</v>
+      </c>
+      <c r="M645">
+        <v>7545.505</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>2415.325</v>
+      </c>
+      <c r="C646">
+        <v>2.011</v>
+      </c>
+      <c r="D646">
+        <v>2417.336</v>
+      </c>
+      <c r="E646">
+        <v>2.742</v>
+      </c>
+      <c r="F646">
+        <v>2420.078</v>
+      </c>
+      <c r="G646">
+        <v>5025.348</v>
+      </c>
+      <c r="H646">
+        <v>1095.988</v>
+      </c>
+      <c r="I646">
+        <v>6121.336</v>
+      </c>
+      <c r="J646">
+        <v>1494.151</v>
+      </c>
+      <c r="K646">
+        <v>7615.487</v>
+      </c>
+      <c r="L646">
+        <v>2590.139</v>
+      </c>
+      <c r="M646">
+        <v>7616.568</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -29726,125 +29808,125 @@
       </c>
       <c r="H86">
         <v>13399.501</v>
       </c>
       <c r="I86">
         <v>75294.38</v>
       </c>
       <c r="J86">
         <v>19653.267</v>
       </c>
       <c r="K86">
         <v>94947.647</v>
       </c>
       <c r="L86">
         <v>33052.768</v>
       </c>
       <c r="M86">
         <v>94944.669</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
-        <v>28006.966</v>
+        <v>28511.765</v>
       </c>
       <c r="C87">
         <v>23.419</v>
       </c>
       <c r="D87">
-        <v>28030.386</v>
+        <v>28535.184</v>
       </c>
       <c r="E87">
-        <v>33.502</v>
+        <v>33.526</v>
       </c>
       <c r="F87">
-        <v>28063.887</v>
+        <v>28568.71</v>
       </c>
       <c r="G87">
-        <v>61597.872</v>
+        <v>62078.148</v>
       </c>
       <c r="H87">
         <v>13218.952</v>
       </c>
       <c r="I87">
-        <v>74816.824</v>
+        <v>75297.1</v>
       </c>
       <c r="J87">
-        <v>18910.071</v>
+        <v>18923.917</v>
       </c>
       <c r="K87">
-        <v>93726.895</v>
+        <v>94221.017</v>
       </c>
       <c r="L87">
-        <v>32129.023</v>
+        <v>32142.869</v>
       </c>
       <c r="M87">
-        <v>93726.506</v>
+        <v>94219.737</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>28163.823</v>
+        <v>28693.989</v>
       </c>
       <c r="C88">
         <v>23.825</v>
       </c>
       <c r="D88">
-        <v>28187.648</v>
+        <v>28717.814</v>
       </c>
       <c r="E88">
-        <v>33.694</v>
+        <v>33.73</v>
       </c>
       <c r="F88">
-        <v>28221.342</v>
+        <v>28751.545</v>
       </c>
       <c r="G88">
-        <v>61801.335</v>
+        <v>62290.197</v>
       </c>
       <c r="H88">
         <v>13564.003</v>
       </c>
       <c r="I88">
-        <v>75365.338</v>
+        <v>75854.2</v>
       </c>
       <c r="J88">
-        <v>19182.265</v>
+        <v>19202.862</v>
       </c>
       <c r="K88">
-        <v>94547.602</v>
+        <v>95057.062</v>
       </c>
       <c r="L88">
-        <v>32746.268</v>
+        <v>32766.865</v>
       </c>
       <c r="M88">
-        <v>94541.585</v>
+        <v>95057.317</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>