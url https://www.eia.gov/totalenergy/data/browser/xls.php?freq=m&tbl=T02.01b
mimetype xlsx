--- v2 (2026-02-01)
+++ v3 (2026-03-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 2.1b  Energy Consumption: Transportation Sector, Total End-Use Sectors, and Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Total Primary Energy Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers in the Transportation Sector</t>
   </si>
   <si>
     <t>End-Use Energy Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Electrical System Energy Losses Proportioned to the Transportation Sector</t>
   </si>
   <si>
     <t>Total Energy Consumed by the Transportation Sector</t>
   </si>
   <si>
     <t>Total Primary Energy Consumed by the End-Use Sectors</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="133.539" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="73.839" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25222,1437 +25222,1478 @@
       </c>
       <c r="H612">
         <v>1118.371</v>
       </c>
       <c r="I612">
         <v>6921.823</v>
       </c>
       <c r="J612">
         <v>1729.516</v>
       </c>
       <c r="K612">
         <v>8651.34</v>
       </c>
       <c r="L612">
         <v>2847.887</v>
       </c>
       <c r="M612">
         <v>8650.868</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
-        <v>2269.934</v>
+        <v>2218.024</v>
       </c>
       <c r="C613">
         <v>1.976</v>
       </c>
       <c r="D613">
-        <v>2271.91</v>
+        <v>2220</v>
       </c>
       <c r="E613">
         <v>2.824</v>
       </c>
       <c r="F613">
-        <v>2274.734</v>
+        <v>2222.824</v>
       </c>
       <c r="G613">
-        <v>5830.815</v>
+        <v>5780.355</v>
       </c>
       <c r="H613">
         <v>1110.315</v>
       </c>
       <c r="I613">
-        <v>6941.129</v>
+        <v>6890.67</v>
       </c>
       <c r="J613">
-        <v>1586.418</v>
+        <v>1586.409</v>
       </c>
       <c r="K613">
-        <v>8527.547</v>
+        <v>8477.079</v>
       </c>
       <c r="L613">
-        <v>2696.733</v>
+        <v>2696.724</v>
       </c>
       <c r="M613">
-        <v>8526.622</v>
+        <v>8476.251</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
-        <v>2123.493</v>
+        <v>2077.14</v>
       </c>
       <c r="C614">
         <v>1.914</v>
       </c>
       <c r="D614">
-        <v>2125.407</v>
+        <v>2079.054</v>
       </c>
       <c r="E614">
         <v>2.549</v>
       </c>
       <c r="F614">
-        <v>2127.956</v>
+        <v>2081.603</v>
       </c>
       <c r="G614">
-        <v>5322.5</v>
+        <v>5276.564</v>
       </c>
       <c r="H614">
         <v>999.531</v>
       </c>
       <c r="I614">
-        <v>6322.031</v>
+        <v>6276.094</v>
       </c>
       <c r="J614">
-        <v>1330.938</v>
+        <v>1330.933</v>
       </c>
       <c r="K614">
-        <v>7652.969</v>
+        <v>7607.027</v>
       </c>
       <c r="L614">
-        <v>2330.469</v>
+        <v>2330.463</v>
       </c>
       <c r="M614">
-        <v>7649.047</v>
+        <v>7603.193</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
-        <v>2422.263</v>
+        <v>2375.557</v>
       </c>
       <c r="C615">
         <v>1.969</v>
       </c>
       <c r="D615">
-        <v>2424.231</v>
+        <v>2377.526</v>
       </c>
       <c r="E615">
         <v>2.698</v>
       </c>
       <c r="F615">
-        <v>2426.93</v>
+        <v>2380.224</v>
       </c>
       <c r="G615">
-        <v>5713.509</v>
+        <v>5666.958</v>
       </c>
       <c r="H615">
         <v>1045.621</v>
       </c>
       <c r="I615">
-        <v>6759.13</v>
+        <v>6712.578</v>
       </c>
       <c r="J615">
-        <v>1433.176</v>
+        <v>1433.168</v>
       </c>
       <c r="K615">
-        <v>8192.306</v>
+        <v>8145.746</v>
       </c>
       <c r="L615">
-        <v>2478.796</v>
+        <v>2478.789</v>
       </c>
       <c r="M615">
-        <v>8188.106</v>
+        <v>8141.636</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
-        <v>2299.118</v>
+        <v>2261.678</v>
       </c>
       <c r="C616">
         <v>1.752</v>
       </c>
       <c r="D616">
-        <v>2300.87</v>
+        <v>2263.43</v>
       </c>
       <c r="E616">
         <v>2.311</v>
       </c>
       <c r="F616">
-        <v>2303.182</v>
+        <v>2265.741</v>
       </c>
       <c r="G616">
-        <v>4992.097</v>
+        <v>4955.44</v>
       </c>
       <c r="H616">
         <v>958.128</v>
       </c>
       <c r="I616">
-        <v>5950.225</v>
+        <v>5913.567</v>
       </c>
       <c r="J616">
-        <v>1264.134</v>
+        <v>1264.124</v>
       </c>
       <c r="K616">
-        <v>7214.359</v>
+        <v>7177.691</v>
       </c>
       <c r="L616">
-        <v>2222.261</v>
+        <v>2222.251</v>
       </c>
       <c r="M616">
-        <v>7209.958</v>
+        <v>7173.36</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
-        <v>2433.983</v>
+        <v>2398.399</v>
       </c>
       <c r="C617">
         <v>1.804</v>
       </c>
       <c r="D617">
-        <v>2435.787</v>
+        <v>2400.203</v>
       </c>
       <c r="E617">
         <v>2.538</v>
       </c>
       <c r="F617">
-        <v>2438.325</v>
+        <v>2402.741</v>
       </c>
       <c r="G617">
-        <v>4920.055</v>
+        <v>4884.377</v>
       </c>
       <c r="H617">
         <v>1019.183</v>
       </c>
       <c r="I617">
-        <v>5939.238</v>
+        <v>5903.561</v>
       </c>
       <c r="J617">
-        <v>1434.011</v>
+        <v>1434.01</v>
       </c>
       <c r="K617">
-        <v>7373.249</v>
+        <v>7337.571</v>
       </c>
       <c r="L617">
-        <v>2453.194</v>
+        <v>2453.193</v>
       </c>
       <c r="M617">
-        <v>7370.532</v>
+        <v>7334.922</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
-        <v>2444.1</v>
+        <v>2407.947</v>
       </c>
       <c r="C618">
         <v>1.975</v>
       </c>
       <c r="D618">
-        <v>2446.075</v>
+        <v>2409.922</v>
       </c>
       <c r="E618">
         <v>2.952</v>
       </c>
       <c r="F618">
-        <v>2449.027</v>
+        <v>2412.874</v>
       </c>
       <c r="G618">
-        <v>4748.373</v>
+        <v>4710.729</v>
       </c>
       <c r="H618">
         <v>1121.859</v>
       </c>
       <c r="I618">
-        <v>5870.232</v>
+        <v>5832.588</v>
       </c>
       <c r="J618">
-        <v>1677.03</v>
+        <v>1677.062</v>
       </c>
       <c r="K618">
-        <v>7547.263</v>
+        <v>7509.65</v>
       </c>
       <c r="L618">
-        <v>2798.889</v>
+        <v>2798.921</v>
       </c>
       <c r="M618">
-        <v>7549.29</v>
+        <v>7511.75</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
-        <v>2453.252</v>
+        <v>2412.304</v>
       </c>
       <c r="C619">
         <v>2.118</v>
       </c>
       <c r="D619">
-        <v>2455.37</v>
+        <v>2414.422</v>
       </c>
       <c r="E619">
         <v>3.287</v>
       </c>
       <c r="F619">
-        <v>2458.657</v>
+        <v>2417.709</v>
       </c>
       <c r="G619">
-        <v>4742.146</v>
+        <v>4700.174</v>
       </c>
       <c r="H619">
         <v>1321.318</v>
       </c>
       <c r="I619">
-        <v>6063.464</v>
+        <v>6021.492</v>
       </c>
       <c r="J619">
-        <v>2051.06</v>
+        <v>2051.07</v>
       </c>
       <c r="K619">
-        <v>8114.524</v>
+        <v>8072.562</v>
       </c>
       <c r="L619">
-        <v>3372.378</v>
+        <v>3372.388</v>
       </c>
       <c r="M619">
-        <v>8122.145</v>
+        <v>8080.264</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
-        <v>2536.134</v>
+        <v>2495.31</v>
       </c>
       <c r="C620">
         <v>1.971</v>
       </c>
       <c r="D620">
-        <v>2538.105</v>
+        <v>2497.281</v>
       </c>
       <c r="E620">
         <v>2.965</v>
       </c>
       <c r="F620">
-        <v>2541.07</v>
+        <v>2500.246</v>
       </c>
       <c r="G620">
-        <v>4903.402</v>
+        <v>4860.424</v>
       </c>
       <c r="H620">
         <v>1338.992</v>
       </c>
       <c r="I620">
-        <v>6242.394</v>
+        <v>6199.416</v>
       </c>
       <c r="J620">
-        <v>2014.491</v>
+        <v>2014.503</v>
       </c>
       <c r="K620">
-        <v>8256.885</v>
+        <v>8213.919</v>
       </c>
       <c r="L620">
-        <v>3353.483</v>
+        <v>3353.495</v>
       </c>
       <c r="M620">
-        <v>8264.153</v>
+        <v>8221.27</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
-        <v>2327.078</v>
+        <v>2291.042</v>
       </c>
       <c r="C621">
         <v>2.223</v>
       </c>
       <c r="D621">
-        <v>2329.301</v>
+        <v>2293.265</v>
       </c>
       <c r="E621">
         <v>3.071</v>
       </c>
       <c r="F621">
-        <v>2332.373</v>
+        <v>2296.336</v>
       </c>
       <c r="G621">
-        <v>4650.637</v>
+        <v>4614.244</v>
       </c>
       <c r="H621">
         <v>1182.178</v>
       </c>
       <c r="I621">
-        <v>5832.815</v>
+        <v>5796.422</v>
       </c>
       <c r="J621">
-        <v>1633.121</v>
+        <v>1633.131</v>
       </c>
       <c r="K621">
-        <v>7465.936</v>
+        <v>7429.553</v>
       </c>
       <c r="L621">
-        <v>2815.299</v>
+        <v>2815.309</v>
       </c>
       <c r="M621">
-        <v>7468.362</v>
+        <v>7432.049</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
-        <v>2458.927</v>
+        <v>2421.546</v>
       </c>
       <c r="C622">
         <v>1.929</v>
       </c>
       <c r="D622">
-        <v>2460.856</v>
+        <v>2423.475</v>
       </c>
       <c r="E622">
         <v>2.681</v>
       </c>
       <c r="F622">
-        <v>2463.537</v>
+        <v>2426.156</v>
       </c>
       <c r="G622">
-        <v>5072.494</v>
+        <v>5035.042</v>
       </c>
       <c r="H622">
         <v>1051.119</v>
       </c>
       <c r="I622">
-        <v>6123.613</v>
+        <v>6086.161</v>
       </c>
       <c r="J622">
         <v>1460.633</v>
       </c>
       <c r="K622">
-        <v>7584.245</v>
+        <v>7546.795</v>
       </c>
       <c r="L622">
         <v>2511.752</v>
       </c>
       <c r="M622">
-        <v>7583.652</v>
+        <v>7546.274</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
-        <v>2345.63</v>
+        <v>2301.819</v>
       </c>
       <c r="C623">
         <v>1.874</v>
       </c>
       <c r="D623">
-        <v>2347.504</v>
+        <v>2303.692</v>
       </c>
       <c r="E623">
         <v>2.717</v>
       </c>
       <c r="F623">
-        <v>2350.221</v>
+        <v>2306.409</v>
       </c>
       <c r="G623">
-        <v>5429.987</v>
+        <v>5386.175</v>
       </c>
       <c r="H623">
         <v>1003.976</v>
       </c>
       <c r="I623">
-        <v>6433.963</v>
+        <v>6390.151</v>
       </c>
       <c r="J623">
-        <v>1455.751</v>
+        <v>1455.749</v>
       </c>
       <c r="K623">
-        <v>7889.714</v>
+        <v>7845.9</v>
       </c>
       <c r="L623">
-        <v>2459.727</v>
+        <v>2459.725</v>
       </c>
       <c r="M623">
-        <v>7887.039</v>
+        <v>7843.31</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
-        <v>2397.852</v>
+        <v>2348.869</v>
       </c>
       <c r="C624">
         <v>1.915</v>
       </c>
       <c r="D624">
-        <v>2399.767</v>
+        <v>2350.784</v>
       </c>
       <c r="E624">
         <v>2.841</v>
       </c>
       <c r="F624">
-        <v>2402.608</v>
+        <v>2353.625</v>
       </c>
       <c r="G624">
-        <v>5753.059</v>
+        <v>5706.439</v>
       </c>
       <c r="H624">
         <v>1066.734</v>
       </c>
       <c r="I624">
-        <v>6819.793</v>
+        <v>6773.173</v>
       </c>
       <c r="J624">
-        <v>1582.233</v>
+        <v>1582.229</v>
       </c>
       <c r="K624">
-        <v>8402.026</v>
+        <v>8355.402</v>
       </c>
       <c r="L624">
-        <v>2648.967</v>
+        <v>2648.963</v>
       </c>
       <c r="M624">
-        <v>8400.835</v>
+        <v>8354.301</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>2283.991</v>
+        <v>2229.845</v>
       </c>
       <c r="C625">
         <v>2.087</v>
       </c>
       <c r="D625">
-        <v>2286.078</v>
+        <v>2231.932</v>
       </c>
       <c r="E625">
-        <v>3.211</v>
+        <v>3.212</v>
       </c>
       <c r="F625">
-        <v>2289.29</v>
+        <v>2235.145</v>
       </c>
       <c r="G625">
-        <v>6117.386</v>
+        <v>6064.627</v>
       </c>
       <c r="H625">
         <v>1172.761</v>
       </c>
       <c r="I625">
-        <v>7290.146</v>
+        <v>7237.388</v>
       </c>
       <c r="J625">
-        <v>1804.653</v>
+        <v>1805.186</v>
       </c>
       <c r="K625">
-        <v>9094.8</v>
+        <v>9042.574</v>
       </c>
       <c r="L625">
-        <v>2977.414</v>
+        <v>2977.947</v>
       </c>
       <c r="M625">
-        <v>9098.394</v>
+        <v>9046.272</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>2180.917</v>
+        <v>2136.366</v>
       </c>
       <c r="C626">
         <v>1.835</v>
       </c>
       <c r="D626">
-        <v>2182.752</v>
+        <v>2138.201</v>
       </c>
       <c r="E626">
         <v>2.422</v>
       </c>
       <c r="F626">
-        <v>2185.174</v>
+        <v>2140.623</v>
       </c>
       <c r="G626">
-        <v>5384.008</v>
+        <v>5337.395</v>
       </c>
       <c r="H626">
         <v>1034.717</v>
       </c>
       <c r="I626">
-        <v>6418.726</v>
+        <v>6372.113</v>
       </c>
       <c r="J626">
-        <v>1365.571</v>
+        <v>1365.681</v>
       </c>
       <c r="K626">
-        <v>7784.297</v>
+        <v>7737.793</v>
       </c>
       <c r="L626">
-        <v>2400.289</v>
+        <v>2400.398</v>
       </c>
       <c r="M626">
-        <v>7780.738</v>
+        <v>7734.324</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>2387.274</v>
+        <v>2344.55</v>
       </c>
       <c r="C627">
         <v>2.023</v>
       </c>
       <c r="D627">
-        <v>2389.297</v>
+        <v>2346.573</v>
       </c>
       <c r="E627">
         <v>2.681</v>
       </c>
       <c r="F627">
-        <v>2391.977</v>
+        <v>2349.254</v>
       </c>
       <c r="G627">
-        <v>5433.611</v>
+        <v>5392.1</v>
       </c>
       <c r="H627">
         <v>1014.313</v>
       </c>
       <c r="I627">
-        <v>6447.925</v>
+        <v>6406.414</v>
       </c>
       <c r="J627">
-        <v>1344.24</v>
+        <v>1344.305</v>
       </c>
       <c r="K627">
-        <v>7792.165</v>
+        <v>7750.719</v>
       </c>
       <c r="L627">
-        <v>2358.554</v>
+        <v>2358.618</v>
       </c>
       <c r="M627">
-        <v>7786.675</v>
+        <v>7745.309</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>2331.985</v>
+        <v>2294.802</v>
       </c>
       <c r="C628">
         <v>1.816</v>
       </c>
       <c r="D628">
-        <v>2333.801</v>
+        <v>2296.618</v>
       </c>
       <c r="E628">
         <v>2.355</v>
       </c>
       <c r="F628">
-        <v>2336.156</v>
+        <v>2298.973</v>
       </c>
       <c r="G628">
-        <v>4978.311</v>
+        <v>4940.778</v>
       </c>
       <c r="H628">
         <v>976.708</v>
       </c>
       <c r="I628">
-        <v>5955.019</v>
+        <v>5917.486</v>
       </c>
       <c r="J628">
-        <v>1266.514</v>
+        <v>1266.539</v>
       </c>
       <c r="K628">
-        <v>7221.533</v>
+        <v>7184.024</v>
       </c>
       <c r="L628">
-        <v>2243.222</v>
+        <v>2243.247</v>
       </c>
       <c r="M628">
-        <v>7217.221</v>
+        <v>7179.784</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>2493.649</v>
+        <v>2456.805</v>
       </c>
       <c r="C629">
         <v>2.02</v>
       </c>
       <c r="D629">
-        <v>2495.668</v>
+        <v>2458.825</v>
       </c>
       <c r="E629">
         <v>2.856</v>
       </c>
       <c r="F629">
-        <v>2498.525</v>
+        <v>2461.681</v>
       </c>
       <c r="G629">
-        <v>4972.12</v>
+        <v>4934.368</v>
       </c>
       <c r="H629">
         <v>1071.236</v>
       </c>
       <c r="I629">
-        <v>6043.357</v>
+        <v>6005.604</v>
       </c>
       <c r="J629">
-        <v>1514.924</v>
+        <v>1514.858</v>
       </c>
       <c r="K629">
-        <v>7558.281</v>
+        <v>7520.462</v>
       </c>
       <c r="L629">
-        <v>2586.161</v>
+        <v>2586.094</v>
       </c>
       <c r="M629">
-        <v>7556.638</v>
+        <v>7518.891</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>2411.784</v>
+        <v>2374.535</v>
       </c>
       <c r="C630">
         <v>1.933</v>
       </c>
       <c r="D630">
-        <v>2413.717</v>
+        <v>2376.468</v>
       </c>
       <c r="E630">
         <v>2.805</v>
       </c>
       <c r="F630">
-        <v>2416.522</v>
+        <v>2379.273</v>
       </c>
       <c r="G630">
-        <v>4705.173</v>
+        <v>4668.779</v>
       </c>
       <c r="H630">
         <v>1214.269</v>
       </c>
       <c r="I630">
-        <v>5919.442</v>
+        <v>5883.048</v>
       </c>
       <c r="J630">
-        <v>1762.374</v>
+        <v>1761.94</v>
       </c>
       <c r="K630">
-        <v>7681.817</v>
+        <v>7644.988</v>
       </c>
       <c r="L630">
-        <v>2976.644</v>
+        <v>2976.21</v>
       </c>
       <c r="M630">
-        <v>7685.219</v>
+        <v>7648.461</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>2541.326</v>
+        <v>2499.508</v>
       </c>
       <c r="C631">
         <v>2.186</v>
       </c>
       <c r="D631">
-        <v>2543.512</v>
+        <v>2501.695</v>
       </c>
       <c r="E631">
         <v>3.247</v>
       </c>
       <c r="F631">
-        <v>2546.759</v>
+        <v>2504.941</v>
       </c>
       <c r="G631">
-        <v>4881.11</v>
+        <v>4841.464</v>
       </c>
       <c r="H631">
         <v>1357.541</v>
       </c>
       <c r="I631">
-        <v>6238.651</v>
+        <v>6199.006</v>
       </c>
       <c r="J631">
-        <v>2016.168</v>
+        <v>2016.278</v>
       </c>
       <c r="K631">
-        <v>8254.819</v>
+        <v>8215.284</v>
       </c>
       <c r="L631">
-        <v>3373.709</v>
+        <v>3373.82</v>
       </c>
       <c r="M631">
-        <v>8260.945</v>
+        <v>8221.486</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>2535.779</v>
+        <v>2494.34</v>
       </c>
       <c r="C632">
         <v>2.12</v>
       </c>
       <c r="D632">
-        <v>2537.899</v>
+        <v>2496.46</v>
       </c>
       <c r="E632">
         <v>3.112</v>
       </c>
       <c r="F632">
-        <v>2541.011</v>
+        <v>2499.573</v>
       </c>
       <c r="G632">
-        <v>4928.445</v>
+        <v>4887.049</v>
       </c>
       <c r="H632">
         <v>1345.009</v>
       </c>
       <c r="I632">
-        <v>6273.454</v>
+        <v>6232.058</v>
       </c>
       <c r="J632">
-        <v>1974.898</v>
+        <v>1974.825</v>
       </c>
       <c r="K632">
-        <v>8248.352</v>
+        <v>8206.883</v>
       </c>
       <c r="L632">
-        <v>3319.906</v>
+        <v>3319.834</v>
       </c>
       <c r="M632">
-        <v>8253.639</v>
+        <v>8212.25</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>2337.928</v>
+        <v>2300.689</v>
       </c>
       <c r="C633">
         <v>1.92</v>
       </c>
       <c r="D633">
-        <v>2339.848</v>
+        <v>2302.609</v>
       </c>
       <c r="E633">
-        <v>2.637</v>
+        <v>2.636</v>
       </c>
       <c r="F633">
-        <v>2342.485</v>
+        <v>2305.245</v>
       </c>
       <c r="G633">
-        <v>4656.829</v>
+        <v>4619.728</v>
       </c>
       <c r="H633">
         <v>1170.557</v>
       </c>
       <c r="I633">
-        <v>5827.386</v>
+        <v>5790.286</v>
       </c>
       <c r="J633">
-        <v>1608.175</v>
+        <v>1607.456</v>
       </c>
       <c r="K633">
-        <v>7435.561</v>
+        <v>7397.742</v>
       </c>
       <c r="L633">
-        <v>2778.732</v>
+        <v>2778.013</v>
       </c>
       <c r="M633">
-        <v>7437.384</v>
+        <v>7399.634</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>2468.81</v>
+        <v>2430.536</v>
       </c>
       <c r="C634">
         <v>1.932</v>
       </c>
       <c r="D634">
-        <v>2470.741</v>
+        <v>2432.468</v>
       </c>
       <c r="E634">
-        <v>2.604</v>
+        <v>2.603</v>
       </c>
       <c r="F634">
-        <v>2473.345</v>
+        <v>2435.07</v>
       </c>
       <c r="G634">
-        <v>5078.686</v>
+        <v>5037.645</v>
       </c>
       <c r="H634">
         <v>1077.858</v>
       </c>
       <c r="I634">
-        <v>6156.543</v>
+        <v>6115.502</v>
       </c>
       <c r="J634">
-        <v>1452.852</v>
+        <v>1452.295</v>
       </c>
       <c r="K634">
-        <v>7609.395</v>
+        <v>7567.798</v>
       </c>
       <c r="L634">
-        <v>2530.709</v>
+        <v>2530.153</v>
       </c>
       <c r="M634">
-        <v>7607.752</v>
+        <v>7566.232</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>2315.98</v>
+        <v>2274.542</v>
       </c>
       <c r="C635">
         <v>1.891</v>
       </c>
       <c r="D635">
-        <v>2317.872</v>
+        <v>2276.434</v>
       </c>
       <c r="E635">
         <v>2.687</v>
       </c>
       <c r="F635">
-        <v>2320.559</v>
+        <v>2279.12</v>
       </c>
       <c r="G635">
-        <v>5201.741</v>
+        <v>5161.032</v>
       </c>
       <c r="H635">
         <v>1009.256</v>
       </c>
       <c r="I635">
-        <v>6210.997</v>
+        <v>6170.288</v>
       </c>
       <c r="J635">
-        <v>1433.721</v>
+        <v>1433.546</v>
       </c>
       <c r="K635">
-        <v>7644.718</v>
+        <v>7603.835</v>
       </c>
       <c r="L635">
-        <v>2442.977</v>
+        <v>2442.803</v>
       </c>
       <c r="M635">
-        <v>7641.914</v>
+        <v>7601.109</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>2404.565</v>
+        <v>2354.854</v>
       </c>
       <c r="C636">
         <v>2.064</v>
       </c>
       <c r="D636">
-        <v>2406.629</v>
+        <v>2356.917</v>
       </c>
       <c r="E636">
-        <v>3.056</v>
+        <v>3.057</v>
       </c>
       <c r="F636">
-        <v>2409.685</v>
+        <v>2359.974</v>
       </c>
       <c r="G636">
-        <v>5953.136</v>
+        <v>5903.653</v>
       </c>
       <c r="H636">
         <v>1119.776</v>
       </c>
       <c r="I636">
-        <v>7072.912</v>
+        <v>7023.43</v>
       </c>
       <c r="J636">
-        <v>1658.414</v>
+        <v>1658.923</v>
       </c>
       <c r="K636">
-        <v>8731.326</v>
+        <v>8682.353</v>
       </c>
       <c r="L636">
-        <v>2778.191</v>
+        <v>2778.7</v>
       </c>
       <c r="M636">
-        <v>8730.801</v>
+        <v>8681.925</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>2290.669</v>
+        <v>2291.963</v>
       </c>
       <c r="C637">
         <v>2.34</v>
       </c>
       <c r="D637">
-        <v>2293.01</v>
+        <v>2294.303</v>
       </c>
       <c r="E637">
         <v>3.57</v>
       </c>
       <c r="F637">
-        <v>2296.58</v>
+        <v>2297.873</v>
       </c>
       <c r="G637">
         <v>6400.399</v>
       </c>
       <c r="H637">
         <v>1236.364</v>
       </c>
       <c r="I637">
         <v>7636.763</v>
       </c>
       <c r="J637">
-        <v>1886.167</v>
+        <v>1886.165</v>
       </c>
       <c r="K637">
-        <v>9522.93</v>
+        <v>9522.928</v>
       </c>
       <c r="L637">
-        <v>3122.531</v>
+        <v>3122.529</v>
       </c>
       <c r="M637">
-        <v>9528.071</v>
+        <v>9528.069</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>2078.333</v>
+        <v>2079.178</v>
       </c>
       <c r="C638">
         <v>2.083</v>
       </c>
       <c r="D638">
-        <v>2080.415</v>
+        <v>2081.261</v>
       </c>
       <c r="E638">
         <v>2.819</v>
       </c>
       <c r="F638">
-        <v>2083.234</v>
+        <v>2084.08</v>
       </c>
       <c r="G638">
-        <v>5503.913</v>
+        <v>5500.201</v>
       </c>
       <c r="H638">
         <v>1094.68</v>
       </c>
       <c r="I638">
-        <v>6598.593</v>
+        <v>6594.881</v>
       </c>
       <c r="J638">
-        <v>1481.675</v>
+        <v>1481.67</v>
       </c>
       <c r="K638">
-        <v>8080.267</v>
+        <v>8076.55</v>
       </c>
       <c r="L638">
-        <v>2576.355</v>
+        <v>2576.35</v>
       </c>
       <c r="M638">
-        <v>8081.964</v>
+        <v>8078.254</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>2318.096</v>
+        <v>2318.278</v>
       </c>
       <c r="C639">
         <v>2.167</v>
       </c>
       <c r="D639">
-        <v>2320.263</v>
+        <v>2320.446</v>
       </c>
       <c r="E639">
         <v>2.812</v>
       </c>
       <c r="F639">
-        <v>2323.075</v>
+        <v>2323.257</v>
       </c>
       <c r="G639">
-        <v>5430.488</v>
+        <v>5421.125</v>
       </c>
       <c r="H639">
         <v>1049.298</v>
       </c>
       <c r="I639">
-        <v>6479.786</v>
+        <v>6470.424</v>
       </c>
       <c r="J639">
-        <v>1361.453</v>
+        <v>1361.441</v>
       </c>
       <c r="K639">
-        <v>7841.239</v>
+        <v>7831.865</v>
       </c>
       <c r="L639">
-        <v>2410.752</v>
+        <v>2410.74</v>
       </c>
       <c r="M639">
-        <v>7838.873</v>
+        <v>7829.517</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>2304.71</v>
+        <v>2304.844</v>
       </c>
       <c r="C640">
         <v>1.94</v>
       </c>
       <c r="D640">
-        <v>2306.65</v>
+        <v>2306.784</v>
       </c>
       <c r="E640">
         <v>2.522</v>
       </c>
       <c r="F640">
-        <v>2309.173</v>
+        <v>2309.306</v>
       </c>
       <c r="G640">
-        <v>4974.823</v>
+        <v>4971.263</v>
       </c>
       <c r="H640">
         <v>1006.726</v>
       </c>
       <c r="I640">
-        <v>5981.55</v>
+        <v>5977.989</v>
       </c>
       <c r="J640">
-        <v>1308.546</v>
+        <v>1308.539</v>
       </c>
       <c r="K640">
-        <v>7290.096</v>
+        <v>7286.529</v>
       </c>
       <c r="L640">
-        <v>2315.272</v>
+        <v>2315.266</v>
       </c>
       <c r="M640">
-        <v>7288.31</v>
+        <v>7284.75</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>2383.249</v>
+        <v>2383.328</v>
       </c>
       <c r="C641">
         <v>1.897</v>
       </c>
       <c r="D641">
-        <v>2385.146</v>
+        <v>2385.225</v>
       </c>
       <c r="E641">
         <v>2.608</v>
       </c>
       <c r="F641">
-        <v>2387.755</v>
+        <v>2387.834</v>
       </c>
       <c r="G641">
-        <v>4884.874</v>
+        <v>4882.763</v>
       </c>
       <c r="H641">
         <v>1066.877</v>
       </c>
       <c r="I641">
-        <v>5951.752</v>
+        <v>5949.64</v>
       </c>
       <c r="J641">
-        <v>1466.864</v>
+        <v>1466.859</v>
       </c>
       <c r="K641">
-        <v>7418.616</v>
+        <v>7416.5</v>
       </c>
       <c r="L641">
-        <v>2533.742</v>
+        <v>2533.737</v>
       </c>
       <c r="M641">
-        <v>7417.995</v>
+        <v>7415.883</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>2391.285</v>
+        <v>2391.415</v>
       </c>
       <c r="C642">
         <v>2.276</v>
       </c>
       <c r="D642">
-        <v>2393.561</v>
+        <v>2393.691</v>
       </c>
       <c r="E642">
         <v>3.301</v>
       </c>
       <c r="F642">
-        <v>2396.862</v>
+        <v>2396.992</v>
       </c>
       <c r="G642">
-        <v>4748.217</v>
+        <v>4746.409</v>
       </c>
       <c r="H642">
         <v>1219.313</v>
       </c>
       <c r="I642">
-        <v>5967.529</v>
+        <v>5965.722</v>
       </c>
       <c r="J642">
-        <v>1768.269</v>
+        <v>1768.264</v>
       </c>
       <c r="K642">
-        <v>7735.798</v>
+        <v>7733.986</v>
       </c>
       <c r="L642">
-        <v>2987.582</v>
+        <v>2987.577</v>
       </c>
       <c r="M642">
-        <v>7740.014</v>
+        <v>7738.205</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>2478.788</v>
+        <v>2479.209</v>
       </c>
       <c r="C643">
         <v>2.063</v>
       </c>
       <c r="D643">
-        <v>2480.851</v>
+        <v>2481.271</v>
       </c>
       <c r="E643">
         <v>3.087</v>
       </c>
       <c r="F643">
-        <v>2483.938</v>
+        <v>2484.358</v>
       </c>
       <c r="G643">
-        <v>4874.512</v>
+        <v>4882.259</v>
       </c>
       <c r="H643">
         <v>1389.47</v>
       </c>
       <c r="I643">
-        <v>6263.983</v>
+        <v>6271.729</v>
       </c>
       <c r="J643">
-        <v>2079.492</v>
+        <v>2079.495</v>
       </c>
       <c r="K643">
-        <v>8343.474</v>
+        <v>8351.225</v>
       </c>
       <c r="L643">
-        <v>3468.962</v>
+        <v>3468.966</v>
       </c>
       <c r="M643">
-        <v>8353.25</v>
+        <v>8360.416</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>2467.479</v>
+        <v>2467.687</v>
       </c>
       <c r="C644">
         <v>2.13</v>
       </c>
       <c r="D644">
-        <v>2469.609</v>
+        <v>2469.817</v>
       </c>
       <c r="E644">
         <v>3.054</v>
       </c>
       <c r="F644">
-        <v>2472.663</v>
+        <v>2472.871</v>
       </c>
       <c r="G644">
-        <v>4889.056</v>
+        <v>4892.538</v>
       </c>
       <c r="H644">
         <v>1338.493</v>
       </c>
       <c r="I644">
-        <v>6227.549</v>
+        <v>6231.031</v>
       </c>
       <c r="J644">
-        <v>1918.857</v>
+        <v>1918.853</v>
       </c>
       <c r="K644">
-        <v>8146.406</v>
+        <v>8149.883</v>
       </c>
       <c r="L644">
-        <v>3257.35</v>
+        <v>3257.346</v>
       </c>
       <c r="M644">
-        <v>8152.918</v>
+        <v>8156.354</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>2327.064</v>
+        <v>2327.396</v>
       </c>
       <c r="C645">
         <v>2.021</v>
       </c>
       <c r="D645">
-        <v>2329.086</v>
+        <v>2329.418</v>
       </c>
       <c r="E645">
         <v>2.882</v>
       </c>
       <c r="F645">
-        <v>2331.968</v>
+        <v>2332.299</v>
       </c>
       <c r="G645">
-        <v>4686.947</v>
+        <v>4692.968</v>
       </c>
       <c r="H645">
         <v>1177.006</v>
       </c>
       <c r="I645">
-        <v>5863.953</v>
+        <v>5869.975</v>
       </c>
       <c r="J645">
-        <v>1678.065</v>
+        <v>1678.067</v>
       </c>
       <c r="K645">
-        <v>7542.018</v>
+        <v>7548.042</v>
       </c>
       <c r="L645">
-        <v>2855.071</v>
+        <v>2855.073</v>
       </c>
       <c r="M645">
-        <v>7545.505</v>
+        <v>7551.417</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
-        <v>2415.325</v>
+        <v>2405.445</v>
       </c>
       <c r="C646">
         <v>2.011</v>
       </c>
       <c r="D646">
-        <v>2417.336</v>
+        <v>2407.456</v>
       </c>
       <c r="E646">
         <v>2.742</v>
       </c>
       <c r="F646">
-        <v>2420.078</v>
+        <v>2410.198</v>
       </c>
       <c r="G646">
-        <v>5025.348</v>
+        <v>5023.168</v>
       </c>
       <c r="H646">
         <v>1095.988</v>
       </c>
       <c r="I646">
-        <v>6121.336</v>
+        <v>6119.157</v>
       </c>
       <c r="J646">
-        <v>1494.151</v>
+        <v>1494.153</v>
       </c>
       <c r="K646">
-        <v>7615.487</v>
+        <v>7613.31</v>
       </c>
       <c r="L646">
-        <v>2590.139</v>
+        <v>2590.142</v>
       </c>
       <c r="M646">
-        <v>7616.568</v>
+        <v>7614.384</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>2265.623</v>
+      </c>
+      <c r="C647">
+        <v>1.895</v>
+      </c>
+      <c r="D647">
+        <v>2267.519</v>
+      </c>
+      <c r="E647">
+        <v>2.814</v>
+      </c>
+      <c r="F647">
+        <v>2270.333</v>
+      </c>
+      <c r="G647">
+        <v>5235.758</v>
+      </c>
+      <c r="H647">
+        <v>1019.934</v>
+      </c>
+      <c r="I647">
+        <v>6255.691</v>
+      </c>
+      <c r="J647">
+        <v>1514.446</v>
+      </c>
+      <c r="K647">
+        <v>7770.138</v>
+      </c>
+      <c r="L647">
+        <v>2534.38</v>
+      </c>
+      <c r="M647">
+        <v>7770.019</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -29808,125 +29849,125 @@
       </c>
       <c r="H86">
         <v>13399.501</v>
       </c>
       <c r="I86">
         <v>75294.38</v>
       </c>
       <c r="J86">
         <v>19653.267</v>
       </c>
       <c r="K86">
         <v>94947.647</v>
       </c>
       <c r="L86">
         <v>33052.768</v>
       </c>
       <c r="M86">
         <v>94944.669</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
-        <v>28511.765</v>
+        <v>28009.636</v>
       </c>
       <c r="C87">
         <v>23.419</v>
       </c>
       <c r="D87">
-        <v>28535.184</v>
+        <v>28033.055</v>
       </c>
       <c r="E87">
         <v>33.526</v>
       </c>
       <c r="F87">
-        <v>28568.71</v>
+        <v>28066.581</v>
       </c>
       <c r="G87">
-        <v>62078.148</v>
+        <v>61576.019</v>
       </c>
       <c r="H87">
         <v>13218.952</v>
       </c>
       <c r="I87">
-        <v>75297.1</v>
+        <v>74794.972</v>
       </c>
       <c r="J87">
         <v>18923.917</v>
       </c>
       <c r="K87">
-        <v>94221.017</v>
+        <v>93718.889</v>
       </c>
       <c r="L87">
         <v>32142.869</v>
       </c>
       <c r="M87">
-        <v>94219.737</v>
+        <v>93718.575</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>28693.989</v>
+        <v>28191.376</v>
       </c>
       <c r="C88">
         <v>23.825</v>
       </c>
       <c r="D88">
-        <v>28717.814</v>
+        <v>28215.201</v>
       </c>
       <c r="E88">
         <v>33.73</v>
       </c>
       <c r="F88">
-        <v>28751.545</v>
+        <v>28248.931</v>
       </c>
       <c r="G88">
-        <v>62290.197</v>
+        <v>61787.585</v>
       </c>
       <c r="H88">
         <v>13564.003</v>
       </c>
       <c r="I88">
-        <v>75854.2</v>
+        <v>75351.587</v>
       </c>
       <c r="J88">
         <v>19202.862</v>
       </c>
       <c r="K88">
-        <v>95057.062</v>
+        <v>94554.45</v>
       </c>
       <c r="L88">
         <v>32766.865</v>
       </c>
       <c r="M88">
-        <v>95057.317</v>
+        <v>94555.672</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>