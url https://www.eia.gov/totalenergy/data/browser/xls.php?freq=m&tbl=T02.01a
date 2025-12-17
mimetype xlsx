--- v0 (2025-11-02)
+++ v1 (2025-12-17)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 2.1a  Energy Consumption: Residential, Commercial, and Industrial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Primary Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers in the Residential Sector</t>
   </si>
   <si>
     <t>End-Use Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Residential Sector Electrical System Energy Losses</t>
   </si>
   <si>
     <t>Total Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Primary Energy Consumed by the Commercial Sector</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="102.689" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -31252,993 +31252,1043 @@
       </c>
       <c r="K624">
         <v>1487.085</v>
       </c>
       <c r="L624">
         <v>1960.173</v>
       </c>
       <c r="M624">
         <v>278.596</v>
       </c>
       <c r="N624">
         <v>2238.769</v>
       </c>
       <c r="O624">
         <v>412.976</v>
       </c>
       <c r="P624">
         <v>2651.744</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>1166.73</v>
+        <v>1166.626</v>
       </c>
       <c r="C625">
-        <v>487.737</v>
+        <v>485.71</v>
       </c>
       <c r="D625">
-        <v>1654.468</v>
+        <v>1652.336</v>
       </c>
       <c r="E625">
-        <v>750.944</v>
+        <v>746.634</v>
       </c>
       <c r="F625">
-        <v>2405.411</v>
+        <v>2398.97</v>
       </c>
       <c r="G625">
-        <v>686.744</v>
+        <v>686.794</v>
       </c>
       <c r="H625">
-        <v>401.964</v>
+        <v>403.414</v>
       </c>
       <c r="I625">
-        <v>1088.708</v>
+        <v>1090.208</v>
       </c>
       <c r="J625">
-        <v>618.883</v>
+        <v>620.129</v>
       </c>
       <c r="K625">
-        <v>1707.591</v>
+        <v>1710.337</v>
       </c>
       <c r="L625">
-        <v>1986.143</v>
+        <v>1985.631</v>
       </c>
       <c r="M625">
-        <v>280.981</v>
+        <v>281.549</v>
       </c>
       <c r="N625">
-        <v>2267.124</v>
+        <v>2267.18</v>
       </c>
       <c r="O625">
-        <v>432.612</v>
+        <v>432.797</v>
       </c>
       <c r="P625">
-        <v>2699.736</v>
+        <v>2699.978</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>852.861</v>
+        <v>852.771</v>
       </c>
       <c r="C626">
-        <v>396.169</v>
+        <v>394.008</v>
       </c>
       <c r="D626">
-        <v>1249.03</v>
+        <v>1246.779</v>
       </c>
       <c r="E626">
-        <v>525.551</v>
+        <v>519.477</v>
       </c>
       <c r="F626">
-        <v>1774.581</v>
+        <v>1766.257</v>
       </c>
       <c r="G626">
-        <v>552.609</v>
+        <v>552.689</v>
       </c>
       <c r="H626">
-        <v>367.609</v>
+        <v>371.794</v>
       </c>
       <c r="I626">
-        <v>920.219</v>
+        <v>924.483</v>
       </c>
       <c r="J626">
-        <v>487.665</v>
+        <v>490.19</v>
       </c>
       <c r="K626">
-        <v>1407.884</v>
+        <v>1414.673</v>
       </c>
       <c r="L626">
-        <v>1797.733</v>
+        <v>1802.154</v>
       </c>
       <c r="M626">
-        <v>266.305</v>
+        <v>267.08</v>
       </c>
       <c r="N626">
-        <v>2064.038</v>
+        <v>2069.234</v>
       </c>
       <c r="O626">
-        <v>353.276</v>
+        <v>352.13</v>
       </c>
       <c r="P626">
-        <v>2417.314</v>
+        <v>2421.364</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>690.808</v>
+        <v>690.942</v>
       </c>
       <c r="C627">
-        <v>350.156</v>
+        <v>348.717</v>
       </c>
       <c r="D627">
-        <v>1040.964</v>
+        <v>1039.659</v>
       </c>
       <c r="E627">
-        <v>467.093</v>
+        <v>461.684</v>
       </c>
       <c r="F627">
-        <v>1508.057</v>
+        <v>1501.344</v>
       </c>
       <c r="G627">
-        <v>470.673</v>
+        <v>470.592</v>
       </c>
       <c r="H627">
-        <v>375.51</v>
+        <v>380.036</v>
       </c>
       <c r="I627">
-        <v>846.182</v>
+        <v>850.628</v>
       </c>
       <c r="J627">
-        <v>500.913</v>
+        <v>503.15</v>
       </c>
       <c r="K627">
-        <v>1347.095</v>
+        <v>1353.778</v>
       </c>
       <c r="L627">
-        <v>1889.224</v>
+        <v>1888.747</v>
       </c>
       <c r="M627">
-        <v>282.894</v>
+        <v>283.537</v>
       </c>
       <c r="N627">
-        <v>2172.118</v>
+        <v>2172.285</v>
       </c>
       <c r="O627">
-        <v>377.368</v>
+        <v>375.39</v>
       </c>
       <c r="P627">
-        <v>2549.486</v>
+        <v>2547.675</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>458.367</v>
+        <v>458.386</v>
       </c>
       <c r="C628">
-        <v>324.322</v>
+        <v>323.028</v>
       </c>
       <c r="D628">
-        <v>782.689</v>
+        <v>781.413</v>
       </c>
       <c r="E628">
-        <v>422.429</v>
+        <v>418.426</v>
       </c>
       <c r="F628">
-        <v>1205.118</v>
+        <v>1199.839</v>
       </c>
       <c r="G628">
-        <v>348.101</v>
+        <v>348.391</v>
       </c>
       <c r="H628">
-        <v>366.379</v>
+        <v>371.814</v>
       </c>
       <c r="I628">
-        <v>714.481</v>
+        <v>720.205</v>
       </c>
       <c r="J628">
-        <v>477.209</v>
+        <v>481.62</v>
       </c>
       <c r="K628">
-        <v>1191.689</v>
+        <v>1201.825</v>
       </c>
       <c r="L628">
-        <v>1843.188</v>
+        <v>1842.599</v>
       </c>
       <c r="M628">
-        <v>280.139</v>
+        <v>280.05</v>
       </c>
       <c r="N628">
-        <v>2123.327</v>
+        <v>2122.65</v>
       </c>
       <c r="O628">
-        <v>364.881</v>
+        <v>362.756</v>
       </c>
       <c r="P628">
-        <v>2488.209</v>
+        <v>2485.406</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>292.791</v>
+        <v>292.804</v>
       </c>
       <c r="C629">
-        <v>368.024</v>
+        <v>367.147</v>
       </c>
       <c r="D629">
-        <v>660.816</v>
+        <v>659.952</v>
       </c>
       <c r="E629">
-        <v>521.075</v>
+        <v>518.636</v>
       </c>
       <c r="F629">
-        <v>1181.891</v>
+        <v>1178.588</v>
       </c>
       <c r="G629">
-        <v>271.217</v>
+        <v>271.524</v>
       </c>
       <c r="H629">
-        <v>397.25</v>
+        <v>402.151</v>
       </c>
       <c r="I629">
-        <v>668.468</v>
+        <v>673.675</v>
       </c>
       <c r="J629">
-        <v>562.456</v>
+        <v>568.082</v>
       </c>
       <c r="K629">
-        <v>1230.924</v>
+        <v>1241.757</v>
       </c>
       <c r="L629">
-        <v>1918.15</v>
+        <v>1916.722</v>
       </c>
       <c r="M629">
-        <v>299.187</v>
+        <v>299.919</v>
       </c>
       <c r="N629">
-        <v>2217.337</v>
+        <v>2216.641</v>
       </c>
       <c r="O629">
-        <v>423.611</v>
+        <v>423.668</v>
       </c>
       <c r="P629">
-        <v>2640.948</v>
+        <v>2640.309</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>226.636</v>
+        <v>226.644</v>
       </c>
       <c r="C630">
-        <v>474.777</v>
+        <v>473.997</v>
       </c>
       <c r="D630">
-        <v>701.413</v>
+        <v>700.641</v>
       </c>
       <c r="E630">
-        <v>693.875</v>
+        <v>687.206</v>
       </c>
       <c r="F630">
-        <v>1395.288</v>
+        <v>1387.846</v>
       </c>
       <c r="G630">
-        <v>240.113</v>
+        <v>240.271</v>
       </c>
       <c r="H630">
-        <v>430.945</v>
+        <v>436.562</v>
       </c>
       <c r="I630">
-        <v>671.057</v>
+        <v>676.833</v>
       </c>
       <c r="J630">
-        <v>629.816</v>
+        <v>632.933</v>
       </c>
       <c r="K630">
-        <v>1300.874</v>
+        <v>1309.766</v>
       </c>
       <c r="L630">
-        <v>1825.378</v>
+        <v>1828.994</v>
       </c>
       <c r="M630">
-        <v>301.159</v>
+        <v>301.778</v>
       </c>
       <c r="N630">
-        <v>2126.536</v>
+        <v>2130.772</v>
       </c>
       <c r="O630">
-        <v>440.137</v>
+        <v>437.521</v>
       </c>
       <c r="P630">
-        <v>2566.673</v>
+        <v>2568.292</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>203.833</v>
+        <v>203.836</v>
       </c>
       <c r="C631">
-        <v>565</v>
+        <v>562.411</v>
       </c>
       <c r="D631">
-        <v>768.833</v>
+        <v>766.247</v>
       </c>
       <c r="E631">
-        <v>844.169</v>
+        <v>834.294</v>
       </c>
       <c r="F631">
-        <v>1613.003</v>
+        <v>1600.541</v>
       </c>
       <c r="G631">
-        <v>229.793</v>
+        <v>229.674</v>
       </c>
       <c r="H631">
-        <v>470.379</v>
+        <v>476.148</v>
       </c>
       <c r="I631">
-        <v>700.172</v>
+        <v>705.822</v>
       </c>
       <c r="J631">
-        <v>702.796</v>
+        <v>706.329</v>
       </c>
       <c r="K631">
-        <v>1402.968</v>
+        <v>1412.151</v>
       </c>
       <c r="L631">
-        <v>1907.799</v>
+        <v>1908.785</v>
       </c>
       <c r="M631">
-        <v>316.314</v>
+        <v>316.796</v>
       </c>
       <c r="N631">
-        <v>2224.112</v>
+        <v>2225.581</v>
       </c>
       <c r="O631">
-        <v>472.606</v>
+        <v>469.943</v>
       </c>
       <c r="P631">
-        <v>2696.718</v>
+        <v>2695.523</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>198.667</v>
+        <v>198.649</v>
       </c>
       <c r="C632">
-        <v>544.703</v>
+        <v>542.844</v>
       </c>
       <c r="D632">
-        <v>743.37</v>
+        <v>741.493</v>
       </c>
       <c r="E632">
-        <v>802.921</v>
+        <v>796.155</v>
       </c>
       <c r="F632">
-        <v>1546.291</v>
+        <v>1537.648</v>
       </c>
       <c r="G632">
-        <v>229.847</v>
+        <v>229.669</v>
       </c>
       <c r="H632">
-        <v>474.049</v>
+        <v>479.837</v>
       </c>
       <c r="I632">
-        <v>703.896</v>
+        <v>709.506</v>
       </c>
       <c r="J632">
-        <v>698.773</v>
+        <v>703.747</v>
       </c>
       <c r="K632">
-        <v>1402.668</v>
+        <v>1413.254</v>
       </c>
       <c r="L632">
-        <v>1968.572</v>
+        <v>1966.868</v>
       </c>
       <c r="M632">
-        <v>319.611</v>
+        <v>320.208</v>
       </c>
       <c r="N632">
-        <v>2288.184</v>
+        <v>2287.076</v>
       </c>
       <c r="O632">
-        <v>471.124</v>
+        <v>469.629</v>
       </c>
       <c r="P632">
-        <v>2759.307</v>
+        <v>2756.705</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>215.493</v>
+        <v>215.486</v>
       </c>
       <c r="C633">
-        <v>437.847</v>
+        <v>434.484</v>
       </c>
       <c r="D633">
-        <v>653.341</v>
+        <v>649.97</v>
       </c>
       <c r="E633">
-        <v>606.204</v>
+        <v>596.266</v>
       </c>
       <c r="F633">
-        <v>1259.545</v>
+        <v>1246.237</v>
       </c>
       <c r="G633">
-        <v>239.085</v>
+        <v>239.279</v>
       </c>
       <c r="H633">
-        <v>429.627</v>
+        <v>434.171</v>
       </c>
       <c r="I633">
-        <v>668.712</v>
+        <v>673.45</v>
       </c>
       <c r="J633">
-        <v>594.823</v>
+        <v>595.837</v>
       </c>
       <c r="K633">
-        <v>1263.535</v>
+        <v>1269.287</v>
       </c>
       <c r="L633">
-        <v>1867.541</v>
+        <v>1866.68</v>
       </c>
       <c r="M633">
-        <v>299.691</v>
+        <v>299.982</v>
       </c>
       <c r="N633">
-        <v>2167.232</v>
+        <v>2166.662</v>
       </c>
       <c r="O633">
-        <v>414.925</v>
+        <v>411.682</v>
       </c>
       <c r="P633">
-        <v>2582.158</v>
+        <v>2578.343</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>319.631</v>
+        <v>319.63</v>
       </c>
       <c r="C634">
-        <v>364.655</v>
+        <v>361.956</v>
       </c>
       <c r="D634">
-        <v>684.286</v>
+        <v>681.586</v>
       </c>
       <c r="E634">
-        <v>494.671</v>
+        <v>487.348</v>
       </c>
       <c r="F634">
-        <v>1178.957</v>
+        <v>1168.934</v>
       </c>
       <c r="G634">
-        <v>310.702</v>
+        <v>310.693</v>
       </c>
       <c r="H634">
-        <v>408.131</v>
+        <v>412.506</v>
       </c>
       <c r="I634">
-        <v>718.833</v>
+        <v>723.199</v>
       </c>
       <c r="J634">
-        <v>553.648</v>
+        <v>555.411</v>
       </c>
       <c r="K634">
-        <v>1272.481</v>
+        <v>1278.61</v>
       </c>
       <c r="L634">
-        <v>1982.796</v>
+        <v>1982.506</v>
       </c>
       <c r="M634">
-        <v>301.373</v>
+        <v>301.463</v>
       </c>
       <c r="N634">
-        <v>2284.169</v>
+        <v>2283.97</v>
       </c>
       <c r="O634">
-        <v>408.825</v>
+        <v>405.899</v>
       </c>
       <c r="P634">
-        <v>2692.994</v>
+        <v>2689.869</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>566.777</v>
+        <v>566.781</v>
       </c>
       <c r="C635">
-        <v>339.002</v>
+        <v>337.044</v>
       </c>
       <c r="D635">
-        <v>905.779</v>
+        <v>903.825</v>
       </c>
       <c r="E635">
-        <v>492.741</v>
+        <v>478.312</v>
       </c>
       <c r="F635">
-        <v>1398.52</v>
+        <v>1382.137</v>
       </c>
       <c r="G635">
-        <v>423.512</v>
+        <v>423.552</v>
       </c>
       <c r="H635">
-        <v>376.619</v>
+        <v>382.454</v>
       </c>
       <c r="I635">
-        <v>800.131</v>
+        <v>806.006</v>
       </c>
       <c r="J635">
-        <v>547.418</v>
+        <v>542.755</v>
       </c>
       <c r="K635">
-        <v>1347.548</v>
+        <v>1348.761</v>
       </c>
       <c r="L635">
-        <v>1900.293</v>
+        <v>1899.136</v>
       </c>
       <c r="M635">
-        <v>284.055</v>
+        <v>287.867</v>
       </c>
       <c r="N635">
-        <v>2184.348</v>
+        <v>2187.003</v>
       </c>
       <c r="O635">
-        <v>412.876</v>
+        <v>408.523</v>
       </c>
       <c r="P635">
-        <v>2597.224</v>
+        <v>2595.527</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>962.196</v>
+        <v>962.257</v>
       </c>
       <c r="C636">
-        <v>430.146</v>
+        <v>428.219</v>
       </c>
       <c r="D636">
-        <v>1392.341</v>
+        <v>1390.476</v>
       </c>
       <c r="E636">
-        <v>643.532</v>
+        <v>633.535</v>
       </c>
       <c r="F636">
-        <v>2035.873</v>
+        <v>2024.011</v>
       </c>
       <c r="G636">
-        <v>597.078</v>
+        <v>597.234</v>
       </c>
       <c r="H636">
-        <v>394.368</v>
+        <v>399.722</v>
       </c>
       <c r="I636">
-        <v>991.447</v>
+        <v>996.956</v>
       </c>
       <c r="J636">
-        <v>590.006</v>
+        <v>591.375</v>
       </c>
       <c r="K636">
-        <v>1581.453</v>
+        <v>1588.331</v>
       </c>
       <c r="L636">
-        <v>1993.098</v>
+        <v>1993.97</v>
       </c>
       <c r="M636">
-        <v>286.924</v>
+        <v>289.772</v>
       </c>
       <c r="N636">
-        <v>2280.022</v>
+        <v>2283.742</v>
       </c>
       <c r="O636">
-        <v>429.262</v>
+        <v>428.707</v>
       </c>
       <c r="P636">
-        <v>2709.284</v>
+        <v>2712.449</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>1289.029</v>
+        <v>1289.1</v>
       </c>
       <c r="C637">
-        <v>520.835</v>
+        <v>521.41</v>
       </c>
       <c r="D637">
-        <v>1809.864</v>
+        <v>1810.509</v>
       </c>
       <c r="E637">
-        <v>798.987</v>
+        <v>794.56</v>
       </c>
       <c r="F637">
-        <v>2608.851</v>
+        <v>2605.069</v>
       </c>
       <c r="G637">
-        <v>762.418</v>
+        <v>762.807</v>
       </c>
       <c r="H637">
-        <v>420.744</v>
+        <v>421.84</v>
       </c>
       <c r="I637">
-        <v>1183.162</v>
+        <v>1184.647</v>
       </c>
       <c r="J637">
-        <v>645.442</v>
+        <v>642.829</v>
       </c>
       <c r="K637">
-        <v>1828.604</v>
+        <v>1827.476</v>
       </c>
       <c r="L637">
-        <v>2065.672</v>
+        <v>2067.677</v>
       </c>
       <c r="M637">
-        <v>288.41</v>
+        <v>290.774</v>
       </c>
       <c r="N637">
-        <v>2354.082</v>
+        <v>2358.451</v>
       </c>
       <c r="O637">
-        <v>442.436</v>
+        <v>443.101</v>
       </c>
       <c r="P637">
-        <v>2796.518</v>
+        <v>2801.552</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>1025.635</v>
+        <v>1025.598</v>
       </c>
       <c r="C638">
-        <v>436.044</v>
+        <v>436.568</v>
       </c>
       <c r="D638">
-        <v>1461.679</v>
+        <v>1462.166</v>
       </c>
       <c r="E638">
-        <v>593.339</v>
+        <v>590.237</v>
       </c>
       <c r="F638">
-        <v>2055.018</v>
+        <v>2052.402</v>
       </c>
       <c r="G638">
-        <v>637.921</v>
+        <v>637.98</v>
       </c>
       <c r="H638">
-        <v>381.877</v>
+        <v>383.524</v>
       </c>
       <c r="I638">
-        <v>1019.798</v>
+        <v>1021.504</v>
       </c>
       <c r="J638">
-        <v>519.633</v>
+        <v>518.522</v>
       </c>
       <c r="K638">
-        <v>1539.431</v>
+        <v>1540.025</v>
       </c>
       <c r="L638">
-        <v>1771.474</v>
+        <v>1773.51</v>
       </c>
       <c r="M638">
-        <v>270.959</v>
+        <v>272.506</v>
       </c>
       <c r="N638">
-        <v>2042.433</v>
+        <v>2046.016</v>
       </c>
       <c r="O638">
-        <v>368.702</v>
+        <v>368.427</v>
       </c>
       <c r="P638">
-        <v>2411.136</v>
+        <v>2414.442</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>713.433</v>
+        <v>713.298</v>
       </c>
       <c r="C639">
-        <v>372.509</v>
+        <v>372.975</v>
       </c>
       <c r="D639">
-        <v>1085.943</v>
+        <v>1086.273</v>
       </c>
       <c r="E639">
-        <v>485.052</v>
+        <v>483.412</v>
       </c>
       <c r="F639">
-        <v>1570.995</v>
+        <v>1569.685</v>
       </c>
       <c r="G639">
-        <v>489.283</v>
+        <v>489.241</v>
       </c>
       <c r="H639">
-        <v>386.664</v>
+        <v>387.876</v>
       </c>
       <c r="I639">
-        <v>875.948</v>
+        <v>877.118</v>
       </c>
       <c r="J639">
-        <v>503.483</v>
+        <v>502.726</v>
       </c>
       <c r="K639">
-        <v>1379.431</v>
+        <v>1379.844</v>
       </c>
       <c r="L639">
-        <v>1905.705</v>
+        <v>1908.128</v>
       </c>
       <c r="M639">
-        <v>285.021</v>
+        <v>286.28</v>
       </c>
       <c r="N639">
-        <v>2190.726</v>
+        <v>2194.408</v>
       </c>
       <c r="O639">
-        <v>371.132</v>
+        <v>371.047</v>
       </c>
       <c r="P639">
-        <v>2561.858</v>
+        <v>2565.456</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>471.731</v>
+        <v>471.629</v>
       </c>
       <c r="C640">
-        <v>332.56</v>
+        <v>333.002</v>
       </c>
       <c r="D640">
-        <v>804.291</v>
+        <v>804.63</v>
       </c>
       <c r="E640">
-        <v>436.893</v>
+        <v>432.374</v>
       </c>
       <c r="F640">
-        <v>1241.184</v>
+        <v>1237.005</v>
       </c>
       <c r="G640">
-        <v>368.305</v>
+        <v>368.306</v>
       </c>
       <c r="H640">
-        <v>380.32</v>
+        <v>382.204</v>
       </c>
       <c r="I640">
-        <v>748.625</v>
+        <v>750.51</v>
       </c>
       <c r="J640">
-        <v>499.637</v>
+        <v>496.259</v>
       </c>
       <c r="K640">
-        <v>1248.262</v>
+        <v>1246.769</v>
       </c>
       <c r="L640">
-        <v>1836.663</v>
+        <v>1838.563</v>
       </c>
       <c r="M640">
-        <v>287.794</v>
+        <v>289.581</v>
       </c>
       <c r="N640">
-        <v>2124.458</v>
+        <v>2128.144</v>
       </c>
       <c r="O640">
-        <v>378.083</v>
+        <v>375.996</v>
       </c>
       <c r="P640">
-        <v>2502.541</v>
+        <v>2504.14</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>314.199</v>
+        <v>314.09</v>
       </c>
       <c r="C641">
-        <v>358.018</v>
+        <v>358.86</v>
       </c>
       <c r="D641">
-        <v>672.217</v>
+        <v>672.95</v>
       </c>
       <c r="E641">
-        <v>494.163</v>
+        <v>492.872</v>
       </c>
       <c r="F641">
-        <v>1166.38</v>
+        <v>1165.822</v>
       </c>
       <c r="G641">
-        <v>287.169</v>
+        <v>287.063</v>
       </c>
       <c r="H641">
-        <v>405.06</v>
+        <v>406.475</v>
       </c>
       <c r="I641">
-        <v>692.229</v>
+        <v>693.537</v>
       </c>
       <c r="J641">
-        <v>559.094</v>
+        <v>558.267</v>
       </c>
       <c r="K641">
-        <v>1251.323</v>
+        <v>1251.805</v>
       </c>
       <c r="L641">
-        <v>1899.354</v>
+        <v>1906.253</v>
       </c>
       <c r="M641">
-        <v>298.039</v>
+        <v>299.646</v>
       </c>
       <c r="N641">
-        <v>2197.393</v>
+        <v>2205.898</v>
       </c>
       <c r="O641">
-        <v>411.375</v>
+        <v>411.544</v>
       </c>
       <c r="P641">
-        <v>2608.768</v>
+        <v>2617.443</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>237.399</v>
+        <v>237.25</v>
       </c>
       <c r="C642">
-        <v>463.803</v>
+        <v>464.819</v>
       </c>
       <c r="D642">
-        <v>701.203</v>
+        <v>702.069</v>
       </c>
       <c r="E642">
-        <v>675.159</v>
+        <v>673.325</v>
       </c>
       <c r="F642">
-        <v>1376.362</v>
+        <v>1375.393</v>
       </c>
       <c r="G642">
-        <v>245.42</v>
+        <v>245.415</v>
       </c>
       <c r="H642">
-        <v>441.99</v>
+        <v>442.634</v>
       </c>
       <c r="I642">
-        <v>687.41</v>
+        <v>688.049</v>
       </c>
       <c r="J642">
-        <v>643.406</v>
+        <v>641.188</v>
       </c>
       <c r="K642">
-        <v>1330.816</v>
+        <v>1329.237</v>
       </c>
       <c r="L642">
-        <v>1874.139</v>
+        <v>1880.325</v>
       </c>
       <c r="M642">
-        <v>308.605</v>
+        <v>309.585</v>
       </c>
       <c r="N642">
-        <v>2182.743</v>
+        <v>2189.91</v>
       </c>
       <c r="O642">
-        <v>449.236</v>
+        <v>448.457</v>
       </c>
       <c r="P642">
-        <v>2631.98</v>
+        <v>2638.366</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>213.628</v>
+        <v>213.422</v>
       </c>
       <c r="C643">
-        <v>573.937</v>
+        <v>574.44</v>
       </c>
       <c r="D643">
-        <v>787.565</v>
+        <v>787.862</v>
       </c>
       <c r="E643">
-        <v>861.987</v>
+        <v>864.965</v>
       </c>
       <c r="F643">
-        <v>1649.552</v>
+        <v>1652.827</v>
       </c>
       <c r="G643">
-        <v>245.496</v>
+        <v>245.423</v>
       </c>
       <c r="H643">
-        <v>488.47</v>
+        <v>488.464</v>
       </c>
       <c r="I643">
-        <v>733.966</v>
+        <v>733.887</v>
       </c>
       <c r="J643">
-        <v>733.626</v>
+        <v>735.505</v>
       </c>
       <c r="K643">
-        <v>1467.591</v>
+        <v>1469.392</v>
       </c>
       <c r="L643">
-        <v>1946.914</v>
+        <v>1952.149</v>
       </c>
       <c r="M643">
-        <v>324.179</v>
+        <v>324.504</v>
       </c>
       <c r="N643">
-        <v>2271.092</v>
+        <v>2276.653</v>
       </c>
       <c r="O643">
-        <v>486.879</v>
+        <v>488.622</v>
       </c>
       <c r="P643">
-        <v>2757.971</v>
+        <v>2765.275</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>199.299</v>
+      </c>
+      <c r="C644">
+        <v>530.977</v>
+      </c>
+      <c r="D644">
+        <v>730.276</v>
+      </c>
+      <c r="E644">
+        <v>765.911</v>
+      </c>
+      <c r="F644">
+        <v>1496.187</v>
+      </c>
+      <c r="G644">
+        <v>235.578</v>
+      </c>
+      <c r="H644">
+        <v>481.057</v>
+      </c>
+      <c r="I644">
+        <v>716.636</v>
+      </c>
+      <c r="J644">
+        <v>693.903</v>
+      </c>
+      <c r="K644">
+        <v>1410.539</v>
+      </c>
+      <c r="L644">
+        <v>1964.011</v>
+      </c>
+      <c r="M644">
+        <v>324.328</v>
+      </c>
+      <c r="N644">
+        <v>2288.339</v>
+      </c>
+      <c r="O644">
+        <v>467.829</v>
+      </c>
+      <c r="P644">
+        <v>2756.168</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -36131,93 +36181,93 @@
       </c>
       <c r="K87">
         <v>16278.145</v>
       </c>
       <c r="L87">
         <v>22705.308</v>
       </c>
       <c r="M87">
         <v>3443.58</v>
       </c>
       <c r="N87">
         <v>26148.888</v>
       </c>
       <c r="O87">
         <v>4926.135</v>
       </c>
       <c r="P87">
         <v>31075.023</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>6154.321</v>
+        <v>6154.339</v>
       </c>
       <c r="C88">
-        <v>5082.539</v>
+        <v>5059.565</v>
       </c>
       <c r="D88">
-        <v>11236.86</v>
+        <v>11213.904</v>
       </c>
       <c r="E88">
-        <v>7243.576</v>
+        <v>7155.256</v>
       </c>
       <c r="F88">
-        <v>18480.436</v>
+        <v>18369.16</v>
       </c>
       <c r="G88">
-        <v>4599.281</v>
+        <v>4600.165</v>
       </c>
       <c r="H88">
-        <v>4892.831</v>
+        <v>4950.611</v>
       </c>
       <c r="I88">
-        <v>9492.112</v>
+        <v>9550.776</v>
       </c>
       <c r="J88">
-        <v>6973.207</v>
+        <v>7001.174</v>
       </c>
       <c r="K88">
-        <v>16465.318</v>
+        <v>16551.95</v>
       </c>
       <c r="L88">
-        <v>22880.13</v>
+        <v>22883.008</v>
       </c>
       <c r="M88">
-        <v>3518.634</v>
+        <v>3530.001</v>
       </c>
       <c r="N88">
-        <v>26398.764</v>
+        <v>26413.01</v>
       </c>
       <c r="O88">
-        <v>5014.717</v>
+        <v>4992.141</v>
       </c>
       <c r="P88">
-        <v>31413.48</v>
+        <v>31405.151</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>