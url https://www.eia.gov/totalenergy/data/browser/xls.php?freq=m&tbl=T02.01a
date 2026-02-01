--- v1 (2025-12-17)
+++ v2 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 2.1a  Energy Consumption: Residential, Commercial, and Industrial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Primary Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers in the Residential Sector</t>
   </si>
   <si>
     <t>End-Use Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Residential Sector Electrical System Energy Losses</t>
   </si>
   <si>
     <t>Total Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Primary Energy Consumed by the Commercial Sector</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="102.689" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -30652,1643 +30652,1743 @@
       </c>
       <c r="K612">
         <v>1620.631</v>
       </c>
       <c r="L612">
         <v>1833.956</v>
       </c>
       <c r="M612">
         <v>279.279</v>
       </c>
       <c r="N612">
         <v>2113.235</v>
       </c>
       <c r="O612">
         <v>431.894</v>
       </c>
       <c r="P612">
         <v>2545.129</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
-        <v>1024.075</v>
+        <v>1024.969</v>
       </c>
       <c r="C613">
         <v>449.148</v>
       </c>
       <c r="D613">
-        <v>1473.223</v>
+        <v>1474.117</v>
       </c>
       <c r="E613">
-        <v>641.404</v>
+        <v>641.743</v>
       </c>
       <c r="F613">
-        <v>2114.627</v>
+        <v>2115.859</v>
       </c>
       <c r="G613">
-        <v>616.477</v>
+        <v>615.342</v>
       </c>
       <c r="H613">
         <v>384.839</v>
       </c>
       <c r="I613">
-        <v>1001.315</v>
+        <v>1000.18</v>
       </c>
       <c r="J613">
-        <v>549.567</v>
+        <v>549.857</v>
       </c>
       <c r="K613">
-        <v>1550.882</v>
+        <v>1550.038</v>
       </c>
       <c r="L613">
-        <v>1922.604</v>
+        <v>1920.57</v>
       </c>
       <c r="M613">
         <v>274.352</v>
       </c>
       <c r="N613">
-        <v>2196.956</v>
+        <v>2194.922</v>
       </c>
       <c r="O613">
-        <v>391.787</v>
+        <v>391.994</v>
       </c>
       <c r="P613">
-        <v>2588.743</v>
+        <v>2586.916</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
-        <v>899.081</v>
+        <v>899.852</v>
       </c>
       <c r="C614">
         <v>382.503</v>
       </c>
       <c r="D614">
-        <v>1281.584</v>
+        <v>1282.355</v>
       </c>
       <c r="E614">
-        <v>509.035</v>
+        <v>509.327</v>
       </c>
       <c r="F614">
-        <v>1790.619</v>
+        <v>1791.681</v>
       </c>
       <c r="G614">
-        <v>563.025</v>
+        <v>562.017</v>
       </c>
       <c r="H614">
         <v>354.269</v>
       </c>
       <c r="I614">
-        <v>917.294</v>
+        <v>916.286</v>
       </c>
       <c r="J614">
-        <v>471.462</v>
+        <v>471.732</v>
       </c>
       <c r="K614">
-        <v>1388.756</v>
+        <v>1388.017</v>
       </c>
       <c r="L614">
-        <v>1738.951</v>
+        <v>1737.138</v>
       </c>
       <c r="M614">
         <v>260.845</v>
       </c>
       <c r="N614">
-        <v>1999.796</v>
+        <v>1997.983</v>
       </c>
       <c r="O614">
-        <v>347.133</v>
+        <v>347.331</v>
       </c>
       <c r="P614">
-        <v>2346.929</v>
+        <v>2345.314</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
-        <v>828.298</v>
+        <v>829.067</v>
       </c>
       <c r="C615">
         <v>376.743</v>
       </c>
       <c r="D615">
-        <v>1205.041</v>
+        <v>1205.81</v>
       </c>
       <c r="E615">
-        <v>516.054</v>
+        <v>516.381</v>
       </c>
       <c r="F615">
-        <v>1721.094</v>
+        <v>1722.19</v>
       </c>
       <c r="G615">
-        <v>537.936</v>
+        <v>537.004</v>
       </c>
       <c r="H615">
         <v>384.338</v>
       </c>
       <c r="I615">
-        <v>922.273</v>
+        <v>921.342</v>
       </c>
       <c r="J615">
-        <v>526.457</v>
+        <v>526.791</v>
       </c>
       <c r="K615">
-        <v>1448.731</v>
+        <v>1448.133</v>
       </c>
       <c r="L615">
-        <v>1927.178</v>
+        <v>1925.176</v>
       </c>
       <c r="M615">
         <v>282.572</v>
       </c>
       <c r="N615">
-        <v>2209.75</v>
+        <v>2207.748</v>
       </c>
       <c r="O615">
-        <v>387.061</v>
+        <v>387.306</v>
       </c>
       <c r="P615">
-        <v>2596.811</v>
+        <v>2595.054</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
-        <v>480.915</v>
+        <v>481.397</v>
       </c>
       <c r="C616">
         <v>328.22</v>
       </c>
       <c r="D616">
-        <v>809.135</v>
+        <v>809.618</v>
       </c>
       <c r="E616">
-        <v>432.699</v>
+        <v>433.047</v>
       </c>
       <c r="F616">
-        <v>1241.834</v>
+        <v>1242.665</v>
       </c>
       <c r="G616">
-        <v>355.47</v>
+        <v>354.945</v>
       </c>
       <c r="H616">
         <v>355.158</v>
       </c>
       <c r="I616">
-        <v>710.628</v>
+        <v>710.103</v>
       </c>
       <c r="J616">
-        <v>468.211</v>
+        <v>468.588</v>
       </c>
       <c r="K616">
-        <v>1178.839</v>
+        <v>1178.691</v>
       </c>
       <c r="L616">
-        <v>1858.43</v>
+        <v>1856.637</v>
       </c>
       <c r="M616">
         <v>272.998</v>
       </c>
       <c r="N616">
-        <v>2131.428</v>
+        <v>2129.634</v>
       </c>
       <c r="O616">
-        <v>359.898</v>
+        <v>360.188</v>
       </c>
       <c r="P616">
-        <v>2491.326</v>
+        <v>2489.822</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
-        <v>322.012</v>
+        <v>322.317</v>
       </c>
       <c r="C617">
         <v>341.987</v>
       </c>
       <c r="D617">
-        <v>663.998</v>
+        <v>664.303</v>
       </c>
       <c r="E617">
-        <v>480.751</v>
+        <v>481.182</v>
       </c>
       <c r="F617">
-        <v>1144.749</v>
+        <v>1145.485</v>
       </c>
       <c r="G617">
-        <v>278.117</v>
+        <v>277.762</v>
       </c>
       <c r="H617">
         <v>386.384</v>
       </c>
       <c r="I617">
-        <v>664.502</v>
+        <v>664.146</v>
       </c>
       <c r="J617">
-        <v>543.163</v>
+        <v>543.65</v>
       </c>
       <c r="K617">
-        <v>1207.665</v>
+        <v>1207.796</v>
       </c>
       <c r="L617">
-        <v>1887.857</v>
+        <v>1885.994</v>
       </c>
       <c r="M617">
         <v>289.009</v>
       </c>
       <c r="N617">
-        <v>2176.866</v>
+        <v>2175.002</v>
       </c>
       <c r="O617">
-        <v>406.277</v>
+        <v>406.641</v>
       </c>
       <c r="P617">
-        <v>2583.142</v>
+        <v>2581.643</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
-        <v>235.188</v>
+        <v>235.377</v>
       </c>
       <c r="C618">
         <v>413.943</v>
       </c>
       <c r="D618">
-        <v>649.13</v>
+        <v>649.32</v>
       </c>
       <c r="E618">
-        <v>618.261</v>
+        <v>618.789</v>
       </c>
       <c r="F618">
-        <v>1267.391</v>
+        <v>1268.109</v>
       </c>
       <c r="G618">
-        <v>237.683</v>
+        <v>237.379</v>
       </c>
       <c r="H618">
         <v>411.851</v>
       </c>
       <c r="I618">
-        <v>649.534</v>
+        <v>649.23</v>
       </c>
       <c r="J618">
-        <v>615.137</v>
+        <v>615.662</v>
       </c>
       <c r="K618">
-        <v>1264.671</v>
+        <v>1264.892</v>
       </c>
       <c r="L618">
-        <v>1833.37</v>
+        <v>1831.517</v>
       </c>
       <c r="M618">
         <v>294.091</v>
       </c>
       <c r="N618">
-        <v>2127.461</v>
+        <v>2125.608</v>
       </c>
       <c r="O618">
-        <v>439.252</v>
+        <v>439.627</v>
       </c>
       <c r="P618">
-        <v>2566.713</v>
+        <v>2565.235</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
-        <v>210.02</v>
+        <v>210.172</v>
       </c>
       <c r="C619">
         <v>544.947</v>
       </c>
       <c r="D619">
-        <v>754.967</v>
+        <v>755.119</v>
       </c>
       <c r="E619">
-        <v>845.238</v>
+        <v>845.912</v>
       </c>
       <c r="F619">
-        <v>1600.205</v>
+        <v>1601.031</v>
       </c>
       <c r="G619">
-        <v>225.936</v>
+        <v>225.628</v>
       </c>
       <c r="H619">
         <v>465.377</v>
       </c>
       <c r="I619">
-        <v>691.313</v>
+        <v>691.005</v>
       </c>
       <c r="J619">
-        <v>721.821</v>
+        <v>722.397</v>
       </c>
       <c r="K619">
-        <v>1413.134</v>
+        <v>1413.403</v>
       </c>
       <c r="L619">
-        <v>1855.097</v>
+        <v>1853.094</v>
       </c>
       <c r="M619">
         <v>308.876</v>
       </c>
       <c r="N619">
-        <v>2163.973</v>
+        <v>2161.97</v>
       </c>
       <c r="O619">
-        <v>479.081</v>
+        <v>479.464</v>
       </c>
       <c r="P619">
-        <v>2643.055</v>
+        <v>2641.434</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
-        <v>199.1</v>
+        <v>199.243</v>
       </c>
       <c r="C620">
         <v>550.902</v>
       </c>
       <c r="D620">
-        <v>750.002</v>
+        <v>750.145</v>
       </c>
       <c r="E620">
-        <v>828.15</v>
+        <v>828.823</v>
       </c>
       <c r="F620">
-        <v>1578.152</v>
+        <v>1578.968</v>
       </c>
       <c r="G620">
-        <v>228.194</v>
+        <v>227.881</v>
       </c>
       <c r="H620">
         <v>472.185</v>
       </c>
       <c r="I620">
-        <v>700.38</v>
+        <v>700.066</v>
       </c>
       <c r="J620">
-        <v>709.818</v>
+        <v>710.395</v>
       </c>
       <c r="K620">
-        <v>1410.198</v>
+        <v>1410.461</v>
       </c>
       <c r="L620">
-        <v>1942.145</v>
+        <v>1940.145</v>
       </c>
       <c r="M620">
         <v>313.934</v>
       </c>
       <c r="N620">
-        <v>2256.079</v>
+        <v>2254.079</v>
       </c>
       <c r="O620">
-        <v>471.925</v>
+        <v>472.308</v>
       </c>
       <c r="P620">
-        <v>2728.004</v>
+        <v>2726.387</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
-        <v>217.74</v>
+        <v>217.906</v>
       </c>
       <c r="C621">
         <v>453.138</v>
       </c>
       <c r="D621">
-        <v>670.877</v>
+        <v>671.044</v>
       </c>
       <c r="E621">
-        <v>625.428</v>
+        <v>625.988</v>
       </c>
       <c r="F621">
-        <v>1296.305</v>
+        <v>1297.031</v>
       </c>
       <c r="G621">
-        <v>232.128</v>
+        <v>231.831</v>
       </c>
       <c r="H621">
         <v>431.774</v>
       </c>
       <c r="I621">
-        <v>663.902</v>
+        <v>663.605</v>
       </c>
       <c r="J621">
-        <v>595.942</v>
+        <v>596.475</v>
       </c>
       <c r="K621">
-        <v>1259.844</v>
+        <v>1260.08</v>
       </c>
       <c r="L621">
-        <v>1875.683</v>
+        <v>1873.822</v>
       </c>
       <c r="M621">
         <v>295.043</v>
       </c>
       <c r="N621">
-        <v>2170.725</v>
+        <v>2168.865</v>
       </c>
       <c r="O621">
-        <v>407.223</v>
+        <v>407.587</v>
       </c>
       <c r="P621">
-        <v>2577.948</v>
+        <v>2576.452</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
-        <v>356.405</v>
+        <v>356.74</v>
       </c>
       <c r="C622">
         <v>352.507</v>
       </c>
       <c r="D622">
-        <v>708.912</v>
+        <v>709.247</v>
       </c>
       <c r="E622">
-        <v>489.423</v>
+        <v>489.842</v>
       </c>
       <c r="F622">
-        <v>1198.335</v>
+        <v>1199.089</v>
       </c>
       <c r="G622">
-        <v>324.549</v>
+        <v>324.097</v>
       </c>
       <c r="H622">
         <v>403.325</v>
       </c>
       <c r="I622">
-        <v>727.875</v>
+        <v>727.422</v>
       </c>
       <c r="J622">
-        <v>559.98</v>
+        <v>560.46</v>
       </c>
       <c r="K622">
-        <v>1287.855</v>
+        <v>1287.882</v>
       </c>
       <c r="L622">
-        <v>1934.619</v>
+        <v>1932.73</v>
       </c>
       <c r="M622">
         <v>293.358</v>
       </c>
       <c r="N622">
-        <v>2227.977</v>
+        <v>2226.088</v>
       </c>
       <c r="O622">
-        <v>407.301</v>
+        <v>407.65</v>
       </c>
       <c r="P622">
-        <v>2635.279</v>
+        <v>2633.738</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
-        <v>658.501</v>
+        <v>659.132</v>
       </c>
       <c r="C623">
         <v>347.705</v>
       </c>
       <c r="D623">
-        <v>1006.206</v>
+        <v>1006.837</v>
       </c>
       <c r="E623">
-        <v>503.824</v>
+        <v>504.168</v>
       </c>
       <c r="F623">
-        <v>1510.03</v>
+        <v>1511.005</v>
       </c>
       <c r="G623">
-        <v>459.118</v>
+        <v>458.348</v>
       </c>
       <c r="H623">
         <v>374.489</v>
       </c>
       <c r="I623">
-        <v>833.607</v>
+        <v>832.837</v>
       </c>
       <c r="J623">
-        <v>542.634</v>
+        <v>543.004</v>
       </c>
       <c r="K623">
-        <v>1376.24</v>
+        <v>1375.841</v>
       </c>
       <c r="L623">
-        <v>1968.822</v>
+        <v>1966.878</v>
       </c>
       <c r="M623">
         <v>279.908</v>
       </c>
       <c r="N623">
-        <v>2248.73</v>
+        <v>2246.786</v>
       </c>
       <c r="O623">
-        <v>405.586</v>
+        <v>405.862</v>
       </c>
       <c r="P623">
-        <v>2654.316</v>
+        <v>2652.648</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
-        <v>854.657</v>
+        <v>855.436</v>
       </c>
       <c r="C624">
         <v>405.745</v>
       </c>
       <c r="D624">
-        <v>1260.402</v>
+        <v>1261.181</v>
       </c>
       <c r="E624">
-        <v>601.455</v>
+        <v>601.821</v>
       </c>
       <c r="F624">
-        <v>1861.857</v>
+        <v>1863.001</v>
       </c>
       <c r="G624">
-        <v>542.605</v>
+        <v>541.652</v>
       </c>
       <c r="H624">
         <v>380.478</v>
       </c>
       <c r="I624">
-        <v>923.084</v>
+        <v>922.13</v>
       </c>
       <c r="J624">
-        <v>564.002</v>
+        <v>564.344</v>
       </c>
       <c r="K624">
-        <v>1487.085</v>
+        <v>1486.475</v>
       </c>
       <c r="L624">
-        <v>1960.173</v>
+        <v>1958.119</v>
       </c>
       <c r="M624">
         <v>278.596</v>
       </c>
       <c r="N624">
-        <v>2238.769</v>
+        <v>2236.715</v>
       </c>
       <c r="O624">
-        <v>412.976</v>
+        <v>413.227</v>
       </c>
       <c r="P624">
-        <v>2651.744</v>
+        <v>2649.941</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>1166.626</v>
+        <v>1165.537</v>
       </c>
       <c r="C625">
         <v>485.71</v>
       </c>
       <c r="D625">
-        <v>1652.336</v>
+        <v>1651.247</v>
       </c>
       <c r="E625">
-        <v>746.634</v>
+        <v>747.415</v>
       </c>
       <c r="F625">
-        <v>2398.97</v>
+        <v>2398.662</v>
       </c>
       <c r="G625">
-        <v>686.794</v>
+        <v>683.958</v>
       </c>
       <c r="H625">
         <v>403.414</v>
       </c>
       <c r="I625">
-        <v>1090.208</v>
+        <v>1087.372</v>
       </c>
       <c r="J625">
-        <v>620.129</v>
+        <v>620.777</v>
       </c>
       <c r="K625">
-        <v>1710.337</v>
+        <v>1708.15</v>
       </c>
       <c r="L625">
-        <v>1985.631</v>
+        <v>1983.899</v>
       </c>
       <c r="M625">
         <v>281.549</v>
       </c>
       <c r="N625">
-        <v>2267.18</v>
+        <v>2265.448</v>
       </c>
       <c r="O625">
-        <v>432.797</v>
+        <v>433.25</v>
       </c>
       <c r="P625">
-        <v>2699.978</v>
+        <v>2698.698</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>852.771</v>
+        <v>852.073</v>
       </c>
       <c r="C626">
         <v>394.008</v>
       </c>
       <c r="D626">
-        <v>1246.779</v>
+        <v>1246.082</v>
       </c>
       <c r="E626">
-        <v>519.477</v>
+        <v>519.993</v>
       </c>
       <c r="F626">
-        <v>1766.257</v>
+        <v>1766.075</v>
       </c>
       <c r="G626">
-        <v>552.689</v>
+        <v>550.543</v>
       </c>
       <c r="H626">
         <v>371.794</v>
       </c>
       <c r="I626">
-        <v>924.483</v>
+        <v>922.337</v>
       </c>
       <c r="J626">
-        <v>490.19</v>
+        <v>490.677</v>
       </c>
       <c r="K626">
-        <v>1414.673</v>
+        <v>1413.014</v>
       </c>
       <c r="L626">
-        <v>1802.154</v>
+        <v>1800.475</v>
       </c>
       <c r="M626">
         <v>267.08</v>
       </c>
       <c r="N626">
-        <v>2069.234</v>
+        <v>2067.555</v>
       </c>
       <c r="O626">
-        <v>352.13</v>
+        <v>352.48</v>
       </c>
       <c r="P626">
-        <v>2421.364</v>
+        <v>2420.034</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>690.942</v>
+        <v>690.4</v>
       </c>
       <c r="C627">
         <v>348.717</v>
       </c>
       <c r="D627">
-        <v>1039.659</v>
+        <v>1039.117</v>
       </c>
       <c r="E627">
-        <v>461.684</v>
+        <v>462.144</v>
       </c>
       <c r="F627">
-        <v>1501.344</v>
+        <v>1501.261</v>
       </c>
       <c r="G627">
-        <v>470.592</v>
+        <v>468.816</v>
       </c>
       <c r="H627">
         <v>380.036</v>
       </c>
       <c r="I627">
-        <v>850.628</v>
+        <v>848.852</v>
       </c>
       <c r="J627">
-        <v>503.15</v>
+        <v>503.651</v>
       </c>
       <c r="K627">
-        <v>1353.778</v>
+        <v>1352.503</v>
       </c>
       <c r="L627">
-        <v>1888.747</v>
+        <v>1887.122</v>
       </c>
       <c r="M627">
         <v>283.537</v>
       </c>
       <c r="N627">
-        <v>2172.285</v>
+        <v>2170.659</v>
       </c>
       <c r="O627">
-        <v>375.39</v>
+        <v>375.764</v>
       </c>
       <c r="P627">
-        <v>2547.675</v>
+        <v>2546.423</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>458.386</v>
+        <v>458.161</v>
       </c>
       <c r="C628">
         <v>323.028</v>
       </c>
       <c r="D628">
-        <v>781.413</v>
+        <v>781.189</v>
       </c>
       <c r="E628">
-        <v>418.426</v>
+        <v>418.876</v>
       </c>
       <c r="F628">
-        <v>1199.839</v>
+        <v>1200.064</v>
       </c>
       <c r="G628">
-        <v>348.391</v>
+        <v>347.163</v>
       </c>
       <c r="H628">
         <v>371.814</v>
       </c>
       <c r="I628">
-        <v>720.205</v>
+        <v>718.977</v>
       </c>
       <c r="J628">
-        <v>481.62</v>
+        <v>482.138</v>
       </c>
       <c r="K628">
-        <v>1201.825</v>
+        <v>1201.115</v>
       </c>
       <c r="L628">
-        <v>1842.599</v>
+        <v>1841.002</v>
       </c>
       <c r="M628">
         <v>280.05</v>
       </c>
       <c r="N628">
-        <v>2122.65</v>
+        <v>2121.052</v>
       </c>
       <c r="O628">
-        <v>362.756</v>
+        <v>363.146</v>
       </c>
       <c r="P628">
-        <v>2485.406</v>
+        <v>2484.198</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>292.804</v>
+        <v>292.738</v>
       </c>
       <c r="C629">
         <v>367.147</v>
       </c>
       <c r="D629">
-        <v>659.952</v>
+        <v>659.885</v>
       </c>
       <c r="E629">
-        <v>518.636</v>
+        <v>519.213</v>
       </c>
       <c r="F629">
-        <v>1178.588</v>
+        <v>1179.099</v>
       </c>
       <c r="G629">
-        <v>271.524</v>
+        <v>270.664</v>
       </c>
       <c r="H629">
         <v>402.151</v>
       </c>
       <c r="I629">
-        <v>673.675</v>
+        <v>672.815</v>
       </c>
       <c r="J629">
-        <v>568.082</v>
+        <v>568.715</v>
       </c>
       <c r="K629">
-        <v>1241.757</v>
+        <v>1241.53</v>
       </c>
       <c r="L629">
-        <v>1916.722</v>
+        <v>1915.07</v>
       </c>
       <c r="M629">
         <v>299.919</v>
       </c>
       <c r="N629">
-        <v>2216.641</v>
+        <v>2214.989</v>
       </c>
       <c r="O629">
-        <v>423.668</v>
+        <v>424.14</v>
       </c>
       <c r="P629">
-        <v>2640.309</v>
+        <v>2639.128</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>226.644</v>
+        <v>226.577</v>
       </c>
       <c r="C630">
         <v>473.997</v>
       </c>
       <c r="D630">
-        <v>700.641</v>
+        <v>700.574</v>
       </c>
       <c r="E630">
-        <v>687.206</v>
+        <v>687.952</v>
       </c>
       <c r="F630">
-        <v>1387.846</v>
+        <v>1388.526</v>
       </c>
       <c r="G630">
-        <v>240.271</v>
+        <v>239.496</v>
       </c>
       <c r="H630">
         <v>436.562</v>
       </c>
       <c r="I630">
-        <v>676.833</v>
+        <v>676.058</v>
       </c>
       <c r="J630">
-        <v>632.933</v>
+        <v>633.621</v>
       </c>
       <c r="K630">
-        <v>1309.766</v>
+        <v>1309.679</v>
       </c>
       <c r="L630">
-        <v>1828.994</v>
+        <v>1827.315</v>
       </c>
       <c r="M630">
         <v>301.778</v>
       </c>
       <c r="N630">
-        <v>2130.772</v>
+        <v>2129.093</v>
       </c>
       <c r="O630">
-        <v>437.521</v>
+        <v>437.996</v>
       </c>
       <c r="P630">
-        <v>2568.292</v>
+        <v>2567.089</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>203.836</v>
+        <v>203.733</v>
       </c>
       <c r="C631">
         <v>562.411</v>
       </c>
       <c r="D631">
-        <v>766.247</v>
+        <v>766.144</v>
       </c>
       <c r="E631">
-        <v>834.294</v>
+        <v>835.271</v>
       </c>
       <c r="F631">
-        <v>1600.541</v>
+        <v>1601.415</v>
       </c>
       <c r="G631">
-        <v>229.674</v>
+        <v>228.932</v>
       </c>
       <c r="H631">
         <v>476.148</v>
       </c>
       <c r="I631">
-        <v>705.822</v>
+        <v>705.08</v>
       </c>
       <c r="J631">
-        <v>706.329</v>
+        <v>707.157</v>
       </c>
       <c r="K631">
-        <v>1412.151</v>
+        <v>1412.236</v>
       </c>
       <c r="L631">
-        <v>1908.785</v>
+        <v>1907.119</v>
       </c>
       <c r="M631">
         <v>316.796</v>
       </c>
       <c r="N631">
-        <v>2225.581</v>
+        <v>2223.915</v>
       </c>
       <c r="O631">
-        <v>469.943</v>
+        <v>470.493</v>
       </c>
       <c r="P631">
-        <v>2695.523</v>
+        <v>2694.408</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>198.649</v>
+        <v>198.535</v>
       </c>
       <c r="C632">
         <v>542.844</v>
       </c>
       <c r="D632">
-        <v>741.493</v>
+        <v>741.379</v>
       </c>
       <c r="E632">
-        <v>796.155</v>
+        <v>797.066</v>
       </c>
       <c r="F632">
-        <v>1537.648</v>
+        <v>1538.445</v>
       </c>
       <c r="G632">
-        <v>229.669</v>
+        <v>228.909</v>
       </c>
       <c r="H632">
         <v>479.837</v>
       </c>
       <c r="I632">
-        <v>709.506</v>
+        <v>708.747</v>
       </c>
       <c r="J632">
-        <v>703.747</v>
+        <v>704.553</v>
       </c>
       <c r="K632">
-        <v>1413.254</v>
+        <v>1413.299</v>
       </c>
       <c r="L632">
-        <v>1966.868</v>
+        <v>1965.222</v>
       </c>
       <c r="M632">
         <v>320.208</v>
       </c>
       <c r="N632">
-        <v>2287.076</v>
+        <v>2285.43</v>
       </c>
       <c r="O632">
-        <v>469.629</v>
+        <v>470.166</v>
       </c>
       <c r="P632">
-        <v>2756.705</v>
+        <v>2755.596</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>215.486</v>
+        <v>215.37</v>
       </c>
       <c r="C633">
         <v>434.484</v>
       </c>
       <c r="D633">
-        <v>649.97</v>
+        <v>649.854</v>
       </c>
       <c r="E633">
-        <v>596.266</v>
+        <v>596.918</v>
       </c>
       <c r="F633">
-        <v>1246.237</v>
+        <v>1246.772</v>
       </c>
       <c r="G633">
-        <v>239.279</v>
+        <v>238.486</v>
       </c>
       <c r="H633">
         <v>434.171</v>
       </c>
       <c r="I633">
-        <v>673.45</v>
+        <v>672.657</v>
       </c>
       <c r="J633">
-        <v>595.837</v>
+        <v>596.488</v>
       </c>
       <c r="K633">
-        <v>1269.287</v>
+        <v>1269.145</v>
       </c>
       <c r="L633">
-        <v>1866.68</v>
+        <v>1865.044</v>
       </c>
       <c r="M633">
         <v>299.982</v>
       </c>
       <c r="N633">
-        <v>2166.662</v>
+        <v>2165.027</v>
       </c>
       <c r="O633">
-        <v>411.682</v>
+        <v>412.132</v>
       </c>
       <c r="P633">
-        <v>2578.343</v>
+        <v>2577.158</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>319.63</v>
+        <v>319.424</v>
       </c>
       <c r="C634">
         <v>361.956</v>
       </c>
       <c r="D634">
-        <v>681.586</v>
+        <v>681.38</v>
       </c>
       <c r="E634">
-        <v>487.348</v>
+        <v>487.883</v>
       </c>
       <c r="F634">
-        <v>1168.934</v>
+        <v>1169.264</v>
       </c>
       <c r="G634">
-        <v>310.693</v>
+        <v>309.608</v>
       </c>
       <c r="H634">
         <v>412.506</v>
       </c>
       <c r="I634">
-        <v>723.199</v>
+        <v>722.114</v>
       </c>
       <c r="J634">
-        <v>555.411</v>
+        <v>556.02</v>
       </c>
       <c r="K634">
-        <v>1278.61</v>
+        <v>1278.134</v>
       </c>
       <c r="L634">
-        <v>1982.506</v>
+        <v>1980.844</v>
       </c>
       <c r="M634">
         <v>301.463</v>
       </c>
       <c r="N634">
-        <v>2283.97</v>
+        <v>2282.307</v>
       </c>
       <c r="O634">
-        <v>405.899</v>
+        <v>406.345</v>
       </c>
       <c r="P634">
-        <v>2689.869</v>
+        <v>2688.652</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>566.781</v>
+        <v>566.321</v>
       </c>
       <c r="C635">
         <v>337.044</v>
       </c>
       <c r="D635">
-        <v>903.825</v>
+        <v>903.365</v>
       </c>
       <c r="E635">
-        <v>478.312</v>
+        <v>478.795</v>
       </c>
       <c r="F635">
-        <v>1382.137</v>
+        <v>1382.16</v>
       </c>
       <c r="G635">
-        <v>423.552</v>
+        <v>421.92</v>
       </c>
       <c r="H635">
         <v>382.454</v>
       </c>
       <c r="I635">
-        <v>806.006</v>
+        <v>804.373</v>
       </c>
       <c r="J635">
-        <v>542.755</v>
+        <v>543.303</v>
       </c>
       <c r="K635">
-        <v>1348.761</v>
+        <v>1347.676</v>
       </c>
       <c r="L635">
-        <v>1899.136</v>
+        <v>1897.52</v>
       </c>
       <c r="M635">
         <v>287.867</v>
       </c>
       <c r="N635">
-        <v>2187.003</v>
+        <v>2185.387</v>
       </c>
       <c r="O635">
-        <v>408.523</v>
+        <v>408.936</v>
       </c>
       <c r="P635">
-        <v>2595.527</v>
+        <v>2594.323</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>962.257</v>
+        <v>961.423</v>
       </c>
       <c r="C636">
         <v>428.219</v>
       </c>
       <c r="D636">
-        <v>1390.476</v>
+        <v>1389.641</v>
       </c>
       <c r="E636">
-        <v>633.535</v>
+        <v>634.202</v>
       </c>
       <c r="F636">
-        <v>2024.011</v>
+        <v>2023.843</v>
       </c>
       <c r="G636">
-        <v>597.234</v>
+        <v>594.843</v>
       </c>
       <c r="H636">
         <v>399.722</v>
       </c>
       <c r="I636">
-        <v>996.956</v>
+        <v>994.565</v>
       </c>
       <c r="J636">
-        <v>591.375</v>
+        <v>591.998</v>
       </c>
       <c r="K636">
-        <v>1588.331</v>
+        <v>1586.563</v>
       </c>
       <c r="L636">
-        <v>1993.97</v>
+        <v>1992.306</v>
       </c>
       <c r="M636">
         <v>289.772</v>
       </c>
       <c r="N636">
-        <v>2283.742</v>
+        <v>2282.077</v>
       </c>
       <c r="O636">
-        <v>428.707</v>
+        <v>429.158</v>
       </c>
       <c r="P636">
-        <v>2712.449</v>
+        <v>2711.236</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>1289.1</v>
+        <v>1284.565</v>
       </c>
       <c r="C637">
         <v>521.41</v>
       </c>
       <c r="D637">
-        <v>1810.509</v>
+        <v>1805.975</v>
       </c>
       <c r="E637">
-        <v>794.56</v>
+        <v>795.45</v>
       </c>
       <c r="F637">
-        <v>2605.069</v>
+        <v>2601.425</v>
       </c>
       <c r="G637">
-        <v>762.807</v>
+        <v>758.722</v>
       </c>
       <c r="H637">
         <v>421.84</v>
       </c>
       <c r="I637">
-        <v>1184.647</v>
+        <v>1180.562</v>
       </c>
       <c r="J637">
-        <v>642.829</v>
+        <v>643.549</v>
       </c>
       <c r="K637">
-        <v>1827.476</v>
+        <v>1824.111</v>
       </c>
       <c r="L637">
-        <v>2067.677</v>
+        <v>2066.443</v>
       </c>
       <c r="M637">
         <v>290.774</v>
       </c>
       <c r="N637">
-        <v>2358.451</v>
+        <v>2357.217</v>
       </c>
       <c r="O637">
-        <v>443.101</v>
+        <v>443.598</v>
       </c>
       <c r="P637">
-        <v>2801.552</v>
+        <v>2800.814</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>1025.598</v>
+        <v>1019.343</v>
       </c>
       <c r="C638">
         <v>436.568</v>
       </c>
       <c r="D638">
-        <v>1462.166</v>
+        <v>1455.911</v>
       </c>
       <c r="E638">
-        <v>590.237</v>
+        <v>590.904</v>
       </c>
       <c r="F638">
-        <v>2052.402</v>
+        <v>2046.815</v>
       </c>
       <c r="G638">
-        <v>637.98</v>
+        <v>633.753</v>
       </c>
       <c r="H638">
         <v>383.524</v>
       </c>
       <c r="I638">
-        <v>1021.504</v>
+        <v>1017.276</v>
       </c>
       <c r="J638">
-        <v>518.522</v>
+        <v>519.108</v>
       </c>
       <c r="K638">
-        <v>1540.025</v>
+        <v>1536.385</v>
       </c>
       <c r="L638">
-        <v>1773.51</v>
+        <v>1772.484</v>
       </c>
       <c r="M638">
         <v>272.506</v>
       </c>
       <c r="N638">
-        <v>2046.016</v>
+        <v>2044.99</v>
       </c>
       <c r="O638">
-        <v>368.427</v>
+        <v>368.843</v>
       </c>
       <c r="P638">
-        <v>2414.442</v>
+        <v>2413.833</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>713.298</v>
+        <v>715.843</v>
       </c>
       <c r="C639">
         <v>372.975</v>
       </c>
       <c r="D639">
-        <v>1086.273</v>
+        <v>1088.818</v>
       </c>
       <c r="E639">
-        <v>483.412</v>
+        <v>483.931</v>
       </c>
       <c r="F639">
-        <v>1569.685</v>
+        <v>1572.749</v>
       </c>
       <c r="G639">
-        <v>489.241</v>
+        <v>491.394</v>
       </c>
       <c r="H639">
         <v>387.876</v>
       </c>
       <c r="I639">
-        <v>877.118</v>
+        <v>879.27</v>
       </c>
       <c r="J639">
-        <v>502.726</v>
+        <v>503.266</v>
       </c>
       <c r="K639">
-        <v>1379.844</v>
+        <v>1382.536</v>
       </c>
       <c r="L639">
-        <v>1908.128</v>
+        <v>1905.155</v>
       </c>
       <c r="M639">
         <v>286.28</v>
       </c>
       <c r="N639">
-        <v>2194.408</v>
+        <v>2191.435</v>
       </c>
       <c r="O639">
-        <v>371.047</v>
+        <v>371.445</v>
       </c>
       <c r="P639">
-        <v>2565.456</v>
+        <v>2562.88</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>471.629</v>
+        <v>469.329</v>
       </c>
       <c r="C640">
         <v>333.002</v>
       </c>
       <c r="D640">
-        <v>804.63</v>
+        <v>802.331</v>
       </c>
       <c r="E640">
-        <v>432.374</v>
+        <v>432.836</v>
       </c>
       <c r="F640">
-        <v>1237.005</v>
+        <v>1235.167</v>
       </c>
       <c r="G640">
-        <v>368.306</v>
+        <v>363.996</v>
       </c>
       <c r="H640">
         <v>382.204</v>
       </c>
       <c r="I640">
-        <v>750.51</v>
+        <v>746.2</v>
       </c>
       <c r="J640">
-        <v>496.259</v>
+        <v>496.79</v>
       </c>
       <c r="K640">
-        <v>1246.769</v>
+        <v>1242.99</v>
       </c>
       <c r="L640">
-        <v>1838.563</v>
+        <v>1836.788</v>
       </c>
       <c r="M640">
         <v>289.581</v>
       </c>
       <c r="N640">
-        <v>2128.144</v>
+        <v>2126.368</v>
       </c>
       <c r="O640">
-        <v>375.996</v>
+        <v>376.398</v>
       </c>
       <c r="P640">
-        <v>2504.14</v>
+        <v>2502.766</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>314.09</v>
+        <v>312.787</v>
       </c>
       <c r="C641">
         <v>358.86</v>
       </c>
       <c r="D641">
-        <v>672.95</v>
+        <v>671.647</v>
       </c>
       <c r="E641">
-        <v>492.872</v>
+        <v>493.402</v>
       </c>
       <c r="F641">
-        <v>1165.822</v>
+        <v>1165.049</v>
       </c>
       <c r="G641">
-        <v>287.063</v>
+        <v>286.355</v>
       </c>
       <c r="H641">
         <v>406.475</v>
       </c>
       <c r="I641">
-        <v>693.537</v>
+        <v>692.829</v>
       </c>
       <c r="J641">
-        <v>558.267</v>
+        <v>558.867</v>
       </c>
       <c r="K641">
-        <v>1251.805</v>
+        <v>1251.697</v>
       </c>
       <c r="L641">
-        <v>1906.253</v>
+        <v>1902.484</v>
       </c>
       <c r="M641">
         <v>299.646</v>
       </c>
       <c r="N641">
-        <v>2205.898</v>
+        <v>2202.129</v>
       </c>
       <c r="O641">
-        <v>411.544</v>
+        <v>411.987</v>
       </c>
       <c r="P641">
-        <v>2617.443</v>
+        <v>2614.116</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>237.25</v>
+        <v>236.926</v>
       </c>
       <c r="C642">
         <v>464.819</v>
       </c>
       <c r="D642">
-        <v>702.069</v>
+        <v>701.744</v>
       </c>
       <c r="E642">
-        <v>673.325</v>
+        <v>674.088</v>
       </c>
       <c r="F642">
-        <v>1375.393</v>
+        <v>1375.832</v>
       </c>
       <c r="G642">
-        <v>245.415</v>
+        <v>243.533</v>
       </c>
       <c r="H642">
         <v>442.634</v>
       </c>
       <c r="I642">
-        <v>688.049</v>
+        <v>686.166</v>
       </c>
       <c r="J642">
-        <v>641.188</v>
+        <v>641.915</v>
       </c>
       <c r="K642">
-        <v>1329.237</v>
+        <v>1328.081</v>
       </c>
       <c r="L642">
-        <v>1880.325</v>
+        <v>1876.473</v>
       </c>
       <c r="M642">
         <v>309.585</v>
       </c>
       <c r="N642">
-        <v>2189.91</v>
+        <v>2186.058</v>
       </c>
       <c r="O642">
-        <v>448.457</v>
+        <v>448.965</v>
       </c>
       <c r="P642">
-        <v>2638.366</v>
+        <v>2635.023</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>213.422</v>
+        <v>210.827</v>
       </c>
       <c r="C643">
         <v>574.44</v>
       </c>
       <c r="D643">
-        <v>787.862</v>
+        <v>785.267</v>
       </c>
       <c r="E643">
-        <v>864.965</v>
+        <v>859.712</v>
       </c>
       <c r="F643">
-        <v>1652.827</v>
+        <v>1644.979</v>
       </c>
       <c r="G643">
-        <v>245.423</v>
+        <v>238.715</v>
       </c>
       <c r="H643">
         <v>488.464</v>
       </c>
       <c r="I643">
-        <v>733.887</v>
+        <v>727.179</v>
       </c>
       <c r="J643">
-        <v>735.505</v>
+        <v>731.038</v>
       </c>
       <c r="K643">
-        <v>1469.392</v>
+        <v>1458.217</v>
       </c>
       <c r="L643">
-        <v>1952.149</v>
+        <v>1946.182</v>
       </c>
       <c r="M643">
         <v>324.504</v>
       </c>
       <c r="N643">
-        <v>2276.653</v>
+        <v>2270.686</v>
       </c>
       <c r="O643">
-        <v>488.622</v>
+        <v>485.655</v>
       </c>
       <c r="P643">
-        <v>2765.275</v>
+        <v>2756.34</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>199.299</v>
+        <v>201.874</v>
       </c>
       <c r="C644">
         <v>530.977</v>
       </c>
       <c r="D644">
-        <v>730.276</v>
+        <v>732.852</v>
       </c>
       <c r="E644">
-        <v>765.911</v>
+        <v>761.207</v>
       </c>
       <c r="F644">
-        <v>1496.187</v>
+        <v>1494.058</v>
       </c>
       <c r="G644">
-        <v>235.578</v>
+        <v>235.902</v>
       </c>
       <c r="H644">
         <v>481.057</v>
       </c>
       <c r="I644">
-        <v>716.636</v>
+        <v>716.959</v>
       </c>
       <c r="J644">
-        <v>693.903</v>
+        <v>689.641</v>
       </c>
       <c r="K644">
-        <v>1410.539</v>
+        <v>1406.6</v>
       </c>
       <c r="L644">
-        <v>1964.011</v>
+        <v>1983.801</v>
       </c>
       <c r="M644">
         <v>324.328</v>
       </c>
       <c r="N644">
-        <v>2288.339</v>
+        <v>2308.129</v>
       </c>
       <c r="O644">
-        <v>467.829</v>
+        <v>464.955</v>
       </c>
       <c r="P644">
-        <v>2756.168</v>
+        <v>2773.085</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>216.771</v>
+      </c>
+      <c r="C645">
+        <v>431.81</v>
+      </c>
+      <c r="D645">
+        <v>648.581</v>
+      </c>
+      <c r="E645">
+        <v>615.634</v>
+      </c>
+      <c r="F645">
+        <v>1264.215</v>
+      </c>
+      <c r="G645">
+        <v>242.085</v>
+      </c>
+      <c r="H645">
+        <v>439.272</v>
+      </c>
+      <c r="I645">
+        <v>681.357</v>
+      </c>
+      <c r="J645">
+        <v>626.273</v>
+      </c>
+      <c r="K645">
+        <v>1307.63</v>
+      </c>
+      <c r="L645">
+        <v>1901.026</v>
+      </c>
+      <c r="M645">
+        <v>303.903</v>
+      </c>
+      <c r="N645">
+        <v>2204.929</v>
+      </c>
+      <c r="O645">
+        <v>433.276</v>
+      </c>
+      <c r="P645">
+        <v>2638.205</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>343.205</v>
+      </c>
+      <c r="C646">
+        <v>365.003</v>
+      </c>
+      <c r="D646">
+        <v>708.207</v>
+      </c>
+      <c r="E646">
+        <v>497.605</v>
+      </c>
+      <c r="F646">
+        <v>1205.812</v>
+      </c>
+      <c r="G646">
+        <v>328.207</v>
+      </c>
+      <c r="H646">
+        <v>428.656</v>
+      </c>
+      <c r="I646">
+        <v>756.863</v>
+      </c>
+      <c r="J646">
+        <v>584.383</v>
+      </c>
+      <c r="K646">
+        <v>1341.246</v>
+      </c>
+      <c r="L646">
+        <v>1938.611</v>
+      </c>
+      <c r="M646">
+        <v>300.318</v>
+      </c>
+      <c r="N646">
+        <v>2238.929</v>
+      </c>
+      <c r="O646">
+        <v>409.421</v>
+      </c>
+      <c r="P646">
+        <v>2648.35</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -36131,143 +36231,143 @@
       </c>
       <c r="K86">
         <v>16565.998</v>
       </c>
       <c r="L86">
         <v>22594.331</v>
       </c>
       <c r="M86">
         <v>3481.823</v>
       </c>
       <c r="N86">
         <v>26076.154</v>
       </c>
       <c r="O86">
         <v>5106.847</v>
       </c>
       <c r="P86">
         <v>31183.001</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
-        <v>6284.841</v>
+        <v>6290.757</v>
       </c>
       <c r="C87">
         <v>4947.486</v>
       </c>
       <c r="D87">
-        <v>11232.327</v>
+        <v>11238.243</v>
       </c>
       <c r="E87">
-        <v>7077.513</v>
+        <v>7082.695</v>
       </c>
       <c r="F87">
-        <v>18309.84</v>
+        <v>18320.938</v>
       </c>
       <c r="G87">
-        <v>4600.757</v>
+        <v>4593.53</v>
       </c>
       <c r="H87">
         <v>4804.467</v>
       </c>
       <c r="I87">
-        <v>9405.224</v>
+        <v>9397.997</v>
       </c>
       <c r="J87">
-        <v>6872.921</v>
+        <v>6877.953</v>
       </c>
       <c r="K87">
-        <v>16278.145</v>
+        <v>16275.95</v>
       </c>
       <c r="L87">
-        <v>22705.308</v>
+        <v>22682.096</v>
       </c>
       <c r="M87">
         <v>3443.58</v>
       </c>
       <c r="N87">
-        <v>26148.888</v>
+        <v>26125.676</v>
       </c>
       <c r="O87">
-        <v>4926.135</v>
+        <v>4929.742</v>
       </c>
       <c r="P87">
-        <v>31075.023</v>
+        <v>31055.419</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>6154.339</v>
+        <v>6149.918</v>
       </c>
       <c r="C88">
         <v>5059.565</v>
       </c>
       <c r="D88">
-        <v>11213.904</v>
+        <v>11209.483</v>
       </c>
       <c r="E88">
-        <v>7155.256</v>
+        <v>7162.939</v>
       </c>
       <c r="F88">
-        <v>18369.16</v>
+        <v>18372.422</v>
       </c>
       <c r="G88">
-        <v>4600.165</v>
+        <v>4583.182</v>
       </c>
       <c r="H88">
         <v>4950.611</v>
       </c>
       <c r="I88">
-        <v>9550.776</v>
+        <v>9533.793</v>
       </c>
       <c r="J88">
-        <v>7001.174</v>
+        <v>7008.691</v>
       </c>
       <c r="K88">
-        <v>16551.95</v>
+        <v>16542.485</v>
       </c>
       <c r="L88">
-        <v>22883.008</v>
+        <v>22863.109</v>
       </c>
       <c r="M88">
         <v>3530.001</v>
       </c>
       <c r="N88">
-        <v>26413.01</v>
+        <v>26393.11</v>
       </c>
       <c r="O88">
-        <v>4992.141</v>
+        <v>4997.502</v>
       </c>
       <c r="P88">
-        <v>31405.151</v>
+        <v>31390.612</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>