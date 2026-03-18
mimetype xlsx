--- v2 (2026-02-01)
+++ v3 (2026-03-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 2.1a  Energy Consumption: Residential, Commercial, and Industrial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Primary Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Electricity Sales to Ultimate Customers in the Residential Sector</t>
   </si>
   <si>
     <t>End-Use Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Residential Sector Electrical System Energy Losses</t>
   </si>
   <si>
     <t>Total Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Primary Energy Consumed by the Commercial Sector</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="102.689" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -30652,1743 +30652,1793 @@
       </c>
       <c r="K612">
         <v>1620.631</v>
       </c>
       <c r="L612">
         <v>1833.956</v>
       </c>
       <c r="M612">
         <v>279.279</v>
       </c>
       <c r="N612">
         <v>2113.235</v>
       </c>
       <c r="O612">
         <v>431.894</v>
       </c>
       <c r="P612">
         <v>2545.129</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
-        <v>1024.969</v>
+        <v>1025.153</v>
       </c>
       <c r="C613">
         <v>449.148</v>
       </c>
       <c r="D613">
-        <v>1474.117</v>
+        <v>1474.301</v>
       </c>
       <c r="E613">
-        <v>641.743</v>
+        <v>641.739</v>
       </c>
       <c r="F613">
-        <v>2115.859</v>
+        <v>2116.04</v>
       </c>
       <c r="G613">
-        <v>615.342</v>
+        <v>615.794</v>
       </c>
       <c r="H613">
         <v>384.839</v>
       </c>
       <c r="I613">
-        <v>1000.18</v>
+        <v>1000.633</v>
       </c>
       <c r="J613">
-        <v>549.857</v>
+        <v>549.854</v>
       </c>
       <c r="K613">
-        <v>1550.038</v>
+        <v>1550.487</v>
       </c>
       <c r="L613">
-        <v>1920.57</v>
+        <v>1921.384</v>
       </c>
       <c r="M613">
         <v>274.352</v>
       </c>
       <c r="N613">
-        <v>2194.922</v>
+        <v>2195.736</v>
       </c>
       <c r="O613">
-        <v>391.994</v>
+        <v>391.992</v>
       </c>
       <c r="P613">
-        <v>2586.916</v>
+        <v>2587.727</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
-        <v>899.852</v>
+        <v>899.598</v>
       </c>
       <c r="C614">
         <v>382.503</v>
       </c>
       <c r="D614">
-        <v>1282.355</v>
+        <v>1282.101</v>
       </c>
       <c r="E614">
-        <v>509.327</v>
+        <v>509.325</v>
       </c>
       <c r="F614">
-        <v>1791.681</v>
+        <v>1791.425</v>
       </c>
       <c r="G614">
-        <v>562.017</v>
+        <v>562.178</v>
       </c>
       <c r="H614">
         <v>354.269</v>
       </c>
       <c r="I614">
-        <v>916.286</v>
+        <v>916.447</v>
       </c>
       <c r="J614">
-        <v>471.732</v>
+        <v>471.729</v>
       </c>
       <c r="K614">
-        <v>1388.017</v>
+        <v>1388.176</v>
       </c>
       <c r="L614">
-        <v>1737.138</v>
+        <v>1737.647</v>
       </c>
       <c r="M614">
         <v>260.845</v>
       </c>
       <c r="N614">
-        <v>1997.983</v>
+        <v>1998.492</v>
       </c>
       <c r="O614">
-        <v>347.331</v>
+        <v>347.33</v>
       </c>
       <c r="P614">
-        <v>2345.314</v>
+        <v>2345.822</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
-        <v>829.067</v>
+        <v>829.146</v>
       </c>
       <c r="C615">
         <v>376.743</v>
       </c>
       <c r="D615">
-        <v>1205.81</v>
+        <v>1205.889</v>
       </c>
       <c r="E615">
-        <v>516.381</v>
+        <v>516.378</v>
       </c>
       <c r="F615">
-        <v>1722.19</v>
+        <v>1722.267</v>
       </c>
       <c r="G615">
-        <v>537.004</v>
+        <v>537.183</v>
       </c>
       <c r="H615">
         <v>384.338</v>
       </c>
       <c r="I615">
-        <v>921.342</v>
+        <v>921.52</v>
       </c>
       <c r="J615">
-        <v>526.791</v>
+        <v>526.788</v>
       </c>
       <c r="K615">
-        <v>1448.133</v>
+        <v>1448.308</v>
       </c>
       <c r="L615">
-        <v>1925.176</v>
+        <v>1925.072</v>
       </c>
       <c r="M615">
         <v>282.572</v>
       </c>
       <c r="N615">
-        <v>2207.748</v>
+        <v>2207.644</v>
       </c>
       <c r="O615">
-        <v>387.306</v>
+        <v>387.304</v>
       </c>
       <c r="P615">
-        <v>2595.054</v>
+        <v>2594.947</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
-        <v>481.397</v>
+        <v>481.427</v>
       </c>
       <c r="C616">
         <v>328.22</v>
       </c>
       <c r="D616">
-        <v>809.618</v>
+        <v>809.647</v>
       </c>
       <c r="E616">
-        <v>433.047</v>
+        <v>433.044</v>
       </c>
       <c r="F616">
-        <v>1242.665</v>
+        <v>1242.69</v>
       </c>
       <c r="G616">
-        <v>354.945</v>
+        <v>355.066</v>
       </c>
       <c r="H616">
         <v>355.158</v>
       </c>
       <c r="I616">
-        <v>710.103</v>
+        <v>710.224</v>
       </c>
       <c r="J616">
-        <v>468.588</v>
+        <v>468.584</v>
       </c>
       <c r="K616">
-        <v>1178.691</v>
+        <v>1178.808</v>
       </c>
       <c r="L616">
-        <v>1856.637</v>
+        <v>1857.269</v>
       </c>
       <c r="M616">
         <v>272.998</v>
       </c>
       <c r="N616">
-        <v>2129.634</v>
+        <v>2130.267</v>
       </c>
       <c r="O616">
-        <v>360.188</v>
+        <v>360.185</v>
       </c>
       <c r="P616">
-        <v>2489.822</v>
+        <v>2490.452</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
-        <v>322.317</v>
+        <v>322.359</v>
       </c>
       <c r="C617">
         <v>341.987</v>
       </c>
       <c r="D617">
-        <v>664.303</v>
+        <v>664.345</v>
       </c>
       <c r="E617">
-        <v>481.182</v>
+        <v>481.181</v>
       </c>
       <c r="F617">
-        <v>1145.485</v>
+        <v>1145.527</v>
       </c>
       <c r="G617">
-        <v>277.762</v>
+        <v>277.797</v>
       </c>
       <c r="H617">
         <v>386.384</v>
       </c>
       <c r="I617">
-        <v>664.146</v>
+        <v>664.181</v>
       </c>
       <c r="J617">
         <v>543.65</v>
       </c>
       <c r="K617">
-        <v>1207.796</v>
+        <v>1207.831</v>
       </c>
       <c r="L617">
-        <v>1885.994</v>
+        <v>1885.822</v>
       </c>
       <c r="M617">
         <v>289.009</v>
       </c>
       <c r="N617">
-        <v>2175.002</v>
+        <v>2174.831</v>
       </c>
       <c r="O617">
-        <v>406.641</v>
+        <v>406.64</v>
       </c>
       <c r="P617">
-        <v>2581.643</v>
+        <v>2581.471</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
-        <v>235.377</v>
+        <v>235.317</v>
       </c>
       <c r="C618">
         <v>413.943</v>
       </c>
       <c r="D618">
-        <v>649.32</v>
+        <v>649.26</v>
       </c>
       <c r="E618">
-        <v>618.789</v>
+        <v>618.801</v>
       </c>
       <c r="F618">
-        <v>1268.109</v>
+        <v>1268.06</v>
       </c>
       <c r="G618">
-        <v>237.379</v>
+        <v>237.325</v>
       </c>
       <c r="H618">
         <v>411.851</v>
       </c>
       <c r="I618">
-        <v>649.23</v>
+        <v>649.176</v>
       </c>
       <c r="J618">
-        <v>615.662</v>
+        <v>615.674</v>
       </c>
       <c r="K618">
-        <v>1264.892</v>
+        <v>1264.85</v>
       </c>
       <c r="L618">
-        <v>1831.517</v>
+        <v>1830.14</v>
       </c>
       <c r="M618">
         <v>294.091</v>
       </c>
       <c r="N618">
-        <v>2125.608</v>
+        <v>2124.231</v>
       </c>
       <c r="O618">
-        <v>439.627</v>
+        <v>439.635</v>
       </c>
       <c r="P618">
-        <v>2565.235</v>
+        <v>2563.866</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
-        <v>210.172</v>
+        <v>210.135</v>
       </c>
       <c r="C619">
         <v>544.947</v>
       </c>
       <c r="D619">
-        <v>755.119</v>
+        <v>755.082</v>
       </c>
       <c r="E619">
-        <v>845.912</v>
+        <v>845.916</v>
       </c>
       <c r="F619">
-        <v>1601.031</v>
+        <v>1600.998</v>
       </c>
       <c r="G619">
-        <v>225.628</v>
+        <v>225.518</v>
       </c>
       <c r="H619">
         <v>465.377</v>
       </c>
       <c r="I619">
-        <v>691.005</v>
+        <v>690.895</v>
       </c>
       <c r="J619">
-        <v>722.397</v>
+        <v>722.401</v>
       </c>
       <c r="K619">
-        <v>1413.403</v>
+        <v>1413.296</v>
       </c>
       <c r="L619">
-        <v>1853.094</v>
+        <v>1852.217</v>
       </c>
       <c r="M619">
         <v>308.876</v>
       </c>
       <c r="N619">
-        <v>2161.97</v>
+        <v>2161.093</v>
       </c>
       <c r="O619">
-        <v>479.464</v>
+        <v>479.466</v>
       </c>
       <c r="P619">
-        <v>2641.434</v>
+        <v>2640.559</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
-        <v>199.243</v>
+        <v>198.403</v>
       </c>
       <c r="C620">
         <v>550.902</v>
       </c>
       <c r="D620">
-        <v>750.145</v>
+        <v>749.305</v>
       </c>
       <c r="E620">
-        <v>828.823</v>
+        <v>828.828</v>
       </c>
       <c r="F620">
-        <v>1578.968</v>
+        <v>1578.134</v>
       </c>
       <c r="G620">
-        <v>227.881</v>
+        <v>226.877</v>
       </c>
       <c r="H620">
         <v>472.185</v>
       </c>
       <c r="I620">
-        <v>700.066</v>
+        <v>699.062</v>
       </c>
       <c r="J620">
-        <v>710.395</v>
+        <v>710.399</v>
       </c>
       <c r="K620">
-        <v>1410.461</v>
+        <v>1409.461</v>
       </c>
       <c r="L620">
-        <v>1940.145</v>
+        <v>1939.834</v>
       </c>
       <c r="M620">
         <v>313.934</v>
       </c>
       <c r="N620">
-        <v>2254.079</v>
+        <v>2253.767</v>
       </c>
       <c r="O620">
-        <v>472.308</v>
+        <v>472.311</v>
       </c>
       <c r="P620">
-        <v>2726.387</v>
+        <v>2726.078</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
-        <v>217.906</v>
+        <v>217.976</v>
       </c>
       <c r="C621">
         <v>453.138</v>
       </c>
       <c r="D621">
-        <v>671.044</v>
+        <v>671.114</v>
       </c>
       <c r="E621">
-        <v>625.988</v>
+        <v>625.991</v>
       </c>
       <c r="F621">
-        <v>1297.031</v>
+        <v>1297.105</v>
       </c>
       <c r="G621">
-        <v>231.831</v>
+        <v>231.753</v>
       </c>
       <c r="H621">
         <v>431.774</v>
       </c>
       <c r="I621">
-        <v>663.605</v>
+        <v>663.527</v>
       </c>
       <c r="J621">
-        <v>596.475</v>
+        <v>596.479</v>
       </c>
       <c r="K621">
-        <v>1260.08</v>
+        <v>1260.006</v>
       </c>
       <c r="L621">
-        <v>1873.822</v>
+        <v>1873.473</v>
       </c>
       <c r="M621">
         <v>295.043</v>
       </c>
       <c r="N621">
-        <v>2168.865</v>
+        <v>2168.516</v>
       </c>
       <c r="O621">
-        <v>407.587</v>
+        <v>407.59</v>
       </c>
       <c r="P621">
-        <v>2576.452</v>
+        <v>2576.106</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
-        <v>356.74</v>
+        <v>356.696</v>
       </c>
       <c r="C622">
         <v>352.507</v>
       </c>
       <c r="D622">
-        <v>709.247</v>
+        <v>709.203</v>
       </c>
       <c r="E622">
-        <v>489.842</v>
+        <v>489.843</v>
       </c>
       <c r="F622">
-        <v>1199.089</v>
+        <v>1199.045</v>
       </c>
       <c r="G622">
-        <v>324.097</v>
+        <v>324.029</v>
       </c>
       <c r="H622">
         <v>403.325</v>
       </c>
       <c r="I622">
-        <v>727.422</v>
+        <v>727.354</v>
       </c>
       <c r="J622">
         <v>560.46</v>
       </c>
       <c r="K622">
-        <v>1287.882</v>
+        <v>1287.814</v>
       </c>
       <c r="L622">
-        <v>1932.73</v>
+        <v>1932.772</v>
       </c>
       <c r="M622">
         <v>293.358</v>
       </c>
       <c r="N622">
-        <v>2226.088</v>
+        <v>2226.13</v>
       </c>
       <c r="O622">
         <v>407.65</v>
       </c>
       <c r="P622">
-        <v>2633.738</v>
+        <v>2633.78</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
-        <v>659.132</v>
+        <v>658.946</v>
       </c>
       <c r="C623">
         <v>347.705</v>
       </c>
       <c r="D623">
-        <v>1006.837</v>
+        <v>1006.651</v>
       </c>
       <c r="E623">
-        <v>504.168</v>
+        <v>504.167</v>
       </c>
       <c r="F623">
-        <v>1511.005</v>
+        <v>1510.818</v>
       </c>
       <c r="G623">
-        <v>458.348</v>
+        <v>458.105</v>
       </c>
       <c r="H623">
         <v>374.489</v>
       </c>
       <c r="I623">
-        <v>832.837</v>
+        <v>832.594</v>
       </c>
       <c r="J623">
-        <v>543.004</v>
+        <v>543.003</v>
       </c>
       <c r="K623">
-        <v>1375.841</v>
+        <v>1375.597</v>
       </c>
       <c r="L623">
-        <v>1966.878</v>
+        <v>1967.306</v>
       </c>
       <c r="M623">
         <v>279.908</v>
       </c>
       <c r="N623">
-        <v>2246.786</v>
+        <v>2247.214</v>
       </c>
       <c r="O623">
         <v>405.862</v>
       </c>
       <c r="P623">
-        <v>2652.648</v>
+        <v>2653.076</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
-        <v>855.436</v>
+        <v>856.433</v>
       </c>
       <c r="C624">
         <v>405.745</v>
       </c>
       <c r="D624">
-        <v>1261.181</v>
+        <v>1262.178</v>
       </c>
       <c r="E624">
-        <v>601.821</v>
+        <v>601.819</v>
       </c>
       <c r="F624">
-        <v>1863.001</v>
+        <v>1863.997</v>
       </c>
       <c r="G624">
-        <v>541.652</v>
+        <v>542.252</v>
       </c>
       <c r="H624">
         <v>380.478</v>
       </c>
       <c r="I624">
-        <v>922.13</v>
+        <v>922.73</v>
       </c>
       <c r="J624">
-        <v>564.344</v>
+        <v>564.343</v>
       </c>
       <c r="K624">
-        <v>1486.475</v>
+        <v>1487.073</v>
       </c>
       <c r="L624">
-        <v>1958.119</v>
+        <v>1958.885</v>
       </c>
       <c r="M624">
         <v>278.596</v>
       </c>
       <c r="N624">
-        <v>2236.715</v>
+        <v>2237.481</v>
       </c>
       <c r="O624">
-        <v>413.227</v>
+        <v>413.226</v>
       </c>
       <c r="P624">
-        <v>2649.941</v>
+        <v>2650.706</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>1165.537</v>
+        <v>1166.968</v>
       </c>
       <c r="C625">
         <v>485.71</v>
       </c>
       <c r="D625">
-        <v>1651.247</v>
+        <v>1652.678</v>
       </c>
       <c r="E625">
-        <v>747.415</v>
+        <v>747.635</v>
       </c>
       <c r="F625">
-        <v>2398.662</v>
+        <v>2400.313</v>
       </c>
       <c r="G625">
-        <v>683.958</v>
+        <v>685.927</v>
       </c>
       <c r="H625">
         <v>403.414</v>
       </c>
       <c r="I625">
-        <v>1087.372</v>
+        <v>1089.342</v>
       </c>
       <c r="J625">
-        <v>620.777</v>
+        <v>620.961</v>
       </c>
       <c r="K625">
-        <v>1708.15</v>
+        <v>1710.302</v>
       </c>
       <c r="L625">
-        <v>1983.899</v>
+        <v>1981.887</v>
       </c>
       <c r="M625">
         <v>281.549</v>
       </c>
       <c r="N625">
-        <v>2265.448</v>
+        <v>2263.436</v>
       </c>
       <c r="O625">
-        <v>433.25</v>
+        <v>433.378</v>
       </c>
       <c r="P625">
-        <v>2698.698</v>
+        <v>2696.814</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>852.073</v>
+        <v>849.847</v>
       </c>
       <c r="C626">
         <v>394.008</v>
       </c>
       <c r="D626">
-        <v>1246.082</v>
+        <v>1243.855</v>
       </c>
       <c r="E626">
-        <v>519.993</v>
+        <v>520.035</v>
       </c>
       <c r="F626">
-        <v>1766.075</v>
+        <v>1763.89</v>
       </c>
       <c r="G626">
-        <v>550.543</v>
+        <v>550.702</v>
       </c>
       <c r="H626">
         <v>371.794</v>
       </c>
       <c r="I626">
-        <v>922.337</v>
+        <v>922.497</v>
       </c>
       <c r="J626">
-        <v>490.677</v>
+        <v>490.716</v>
       </c>
       <c r="K626">
-        <v>1413.014</v>
+        <v>1413.213</v>
       </c>
       <c r="L626">
-        <v>1800.475</v>
+        <v>1800.479</v>
       </c>
       <c r="M626">
         <v>267.08</v>
       </c>
       <c r="N626">
-        <v>2067.555</v>
+        <v>2067.559</v>
       </c>
       <c r="O626">
-        <v>352.48</v>
+        <v>352.508</v>
       </c>
       <c r="P626">
-        <v>2420.034</v>
+        <v>2420.067</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>690.4</v>
+        <v>691.105</v>
       </c>
       <c r="C627">
         <v>348.717</v>
       </c>
       <c r="D627">
-        <v>1039.117</v>
+        <v>1039.822</v>
       </c>
       <c r="E627">
-        <v>462.144</v>
+        <v>462.166</v>
       </c>
       <c r="F627">
-        <v>1501.261</v>
+        <v>1501.988</v>
       </c>
       <c r="G627">
-        <v>468.816</v>
+        <v>469.722</v>
       </c>
       <c r="H627">
         <v>380.036</v>
       </c>
       <c r="I627">
-        <v>848.852</v>
+        <v>849.758</v>
       </c>
       <c r="J627">
-        <v>503.651</v>
+        <v>503.675</v>
       </c>
       <c r="K627">
-        <v>1352.503</v>
+        <v>1353.434</v>
       </c>
       <c r="L627">
-        <v>1887.122</v>
+        <v>1886.723</v>
       </c>
       <c r="M627">
         <v>283.537</v>
       </c>
       <c r="N627">
-        <v>2170.659</v>
+        <v>2170.261</v>
       </c>
       <c r="O627">
-        <v>375.764</v>
+        <v>375.782</v>
       </c>
       <c r="P627">
-        <v>2546.423</v>
+        <v>2546.043</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>458.161</v>
+        <v>458.395</v>
       </c>
       <c r="C628">
         <v>323.028</v>
       </c>
       <c r="D628">
-        <v>781.189</v>
+        <v>781.423</v>
       </c>
       <c r="E628">
-        <v>418.876</v>
+        <v>418.884</v>
       </c>
       <c r="F628">
-        <v>1200.064</v>
+        <v>1200.307</v>
       </c>
       <c r="G628">
-        <v>347.163</v>
+        <v>347.766</v>
       </c>
       <c r="H628">
         <v>371.814</v>
       </c>
       <c r="I628">
-        <v>718.977</v>
+        <v>719.58</v>
       </c>
       <c r="J628">
-        <v>482.138</v>
+        <v>482.147</v>
       </c>
       <c r="K628">
-        <v>1201.115</v>
+        <v>1201.727</v>
       </c>
       <c r="L628">
-        <v>1841.002</v>
+        <v>1839.814</v>
       </c>
       <c r="M628">
         <v>280.05</v>
       </c>
       <c r="N628">
-        <v>2121.052</v>
+        <v>2119.865</v>
       </c>
       <c r="O628">
-        <v>363.146</v>
+        <v>363.153</v>
       </c>
       <c r="P628">
-        <v>2484.198</v>
+        <v>2483.018</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>292.738</v>
+        <v>292.947</v>
       </c>
       <c r="C629">
         <v>367.147</v>
       </c>
       <c r="D629">
-        <v>659.885</v>
+        <v>660.094</v>
       </c>
       <c r="E629">
-        <v>519.213</v>
+        <v>519.191</v>
       </c>
       <c r="F629">
-        <v>1179.099</v>
+        <v>1179.285</v>
       </c>
       <c r="G629">
-        <v>270.664</v>
+        <v>270.814</v>
       </c>
       <c r="H629">
         <v>402.151</v>
       </c>
       <c r="I629">
-        <v>672.815</v>
+        <v>672.965</v>
       </c>
       <c r="J629">
-        <v>568.715</v>
+        <v>568.69</v>
       </c>
       <c r="K629">
-        <v>1241.53</v>
+        <v>1241.655</v>
       </c>
       <c r="L629">
-        <v>1915.07</v>
+        <v>1913.801</v>
       </c>
       <c r="M629">
         <v>299.919</v>
       </c>
       <c r="N629">
-        <v>2214.989</v>
+        <v>2213.72</v>
       </c>
       <c r="O629">
-        <v>424.14</v>
+        <v>424.121</v>
       </c>
       <c r="P629">
-        <v>2639.128</v>
+        <v>2637.841</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>226.577</v>
+        <v>228.248</v>
       </c>
       <c r="C630">
         <v>473.997</v>
       </c>
       <c r="D630">
-        <v>700.574</v>
+        <v>702.245</v>
       </c>
       <c r="E630">
-        <v>687.952</v>
+        <v>687.783</v>
       </c>
       <c r="F630">
-        <v>1388.526</v>
+        <v>1390.028</v>
       </c>
       <c r="G630">
-        <v>239.496</v>
+        <v>239.248</v>
       </c>
       <c r="H630">
         <v>436.562</v>
       </c>
       <c r="I630">
-        <v>676.058</v>
+        <v>675.81</v>
       </c>
       <c r="J630">
-        <v>633.621</v>
+        <v>633.465</v>
       </c>
       <c r="K630">
-        <v>1309.679</v>
+        <v>1309.275</v>
       </c>
       <c r="L630">
-        <v>1827.315</v>
+        <v>1826.747</v>
       </c>
       <c r="M630">
         <v>301.778</v>
       </c>
       <c r="N630">
-        <v>2129.093</v>
+        <v>2128.524</v>
       </c>
       <c r="O630">
-        <v>437.996</v>
+        <v>437.888</v>
       </c>
       <c r="P630">
-        <v>2567.089</v>
+        <v>2566.413</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>203.733</v>
+        <v>203.918</v>
       </c>
       <c r="C631">
         <v>562.411</v>
       </c>
       <c r="D631">
-        <v>766.144</v>
+        <v>766.329</v>
       </c>
       <c r="E631">
-        <v>835.271</v>
+        <v>835.317</v>
       </c>
       <c r="F631">
-        <v>1601.415</v>
+        <v>1601.646</v>
       </c>
       <c r="G631">
-        <v>228.932</v>
+        <v>229.79</v>
       </c>
       <c r="H631">
         <v>476.148</v>
       </c>
       <c r="I631">
-        <v>705.08</v>
+        <v>705.938</v>
       </c>
       <c r="J631">
-        <v>707.157</v>
+        <v>707.195</v>
       </c>
       <c r="K631">
-        <v>1412.236</v>
+        <v>1413.133</v>
       </c>
       <c r="L631">
-        <v>1907.119</v>
+        <v>1908.248</v>
       </c>
       <c r="M631">
         <v>316.796</v>
       </c>
       <c r="N631">
-        <v>2223.915</v>
+        <v>2225.044</v>
       </c>
       <c r="O631">
-        <v>470.493</v>
+        <v>470.519</v>
       </c>
       <c r="P631">
-        <v>2694.408</v>
+        <v>2695.563</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>198.535</v>
+        <v>198.412</v>
       </c>
       <c r="C632">
         <v>542.844</v>
       </c>
       <c r="D632">
-        <v>741.379</v>
+        <v>741.255</v>
       </c>
       <c r="E632">
-        <v>797.066</v>
+        <v>797.037</v>
       </c>
       <c r="F632">
-        <v>1538.445</v>
+        <v>1538.292</v>
       </c>
       <c r="G632">
-        <v>228.909</v>
+        <v>228.444</v>
       </c>
       <c r="H632">
         <v>479.837</v>
       </c>
       <c r="I632">
-        <v>708.747</v>
+        <v>708.281</v>
       </c>
       <c r="J632">
-        <v>704.553</v>
+        <v>704.527</v>
       </c>
       <c r="K632">
-        <v>1413.299</v>
+        <v>1412.808</v>
       </c>
       <c r="L632">
-        <v>1965.222</v>
+        <v>1965.853</v>
       </c>
       <c r="M632">
         <v>320.208</v>
       </c>
       <c r="N632">
-        <v>2285.43</v>
+        <v>2286.061</v>
       </c>
       <c r="O632">
-        <v>470.166</v>
+        <v>470.149</v>
       </c>
       <c r="P632">
-        <v>2755.596</v>
+        <v>2756.21</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>215.37</v>
+        <v>214.264</v>
       </c>
       <c r="C633">
         <v>434.484</v>
       </c>
       <c r="D633">
-        <v>649.854</v>
+        <v>648.748</v>
       </c>
       <c r="E633">
-        <v>596.918</v>
+        <v>596.651</v>
       </c>
       <c r="F633">
-        <v>1246.772</v>
+        <v>1245.399</v>
       </c>
       <c r="G633">
-        <v>238.486</v>
+        <v>239.023</v>
       </c>
       <c r="H633">
         <v>434.171</v>
       </c>
       <c r="I633">
-        <v>672.657</v>
+        <v>673.194</v>
       </c>
       <c r="J633">
-        <v>596.488</v>
+        <v>596.221</v>
       </c>
       <c r="K633">
-        <v>1269.145</v>
+        <v>1269.415</v>
       </c>
       <c r="L633">
-        <v>1865.044</v>
+        <v>1865.752</v>
       </c>
       <c r="M633">
         <v>299.982</v>
       </c>
       <c r="N633">
-        <v>2165.027</v>
+        <v>2165.734</v>
       </c>
       <c r="O633">
-        <v>412.132</v>
+        <v>411.947</v>
       </c>
       <c r="P633">
-        <v>2577.158</v>
+        <v>2577.682</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>319.424</v>
+        <v>318.984</v>
       </c>
       <c r="C634">
         <v>361.956</v>
       </c>
       <c r="D634">
-        <v>681.38</v>
+        <v>680.941</v>
       </c>
       <c r="E634">
-        <v>487.883</v>
+        <v>487.696</v>
       </c>
       <c r="F634">
-        <v>1169.264</v>
+        <v>1168.637</v>
       </c>
       <c r="G634">
-        <v>309.608</v>
+        <v>306.411</v>
       </c>
       <c r="H634">
         <v>412.506</v>
       </c>
       <c r="I634">
-        <v>722.114</v>
+        <v>718.918</v>
       </c>
       <c r="J634">
-        <v>556.02</v>
+        <v>555.807</v>
       </c>
       <c r="K634">
-        <v>1278.134</v>
+        <v>1274.725</v>
       </c>
       <c r="L634">
-        <v>1980.844</v>
+        <v>1981.712</v>
       </c>
       <c r="M634">
         <v>301.463</v>
       </c>
       <c r="N634">
-        <v>2282.307</v>
+        <v>2283.176</v>
       </c>
       <c r="O634">
-        <v>406.345</v>
+        <v>406.189</v>
       </c>
       <c r="P634">
-        <v>2688.652</v>
+        <v>2689.365</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>566.321</v>
+        <v>565.683</v>
       </c>
       <c r="C635">
         <v>337.044</v>
       </c>
       <c r="D635">
-        <v>903.365</v>
+        <v>902.727</v>
       </c>
       <c r="E635">
-        <v>478.795</v>
+        <v>478.737</v>
       </c>
       <c r="F635">
-        <v>1382.16</v>
+        <v>1381.464</v>
       </c>
       <c r="G635">
-        <v>421.92</v>
+        <v>421.36</v>
       </c>
       <c r="H635">
         <v>382.454</v>
       </c>
       <c r="I635">
-        <v>804.373</v>
+        <v>803.814</v>
       </c>
       <c r="J635">
-        <v>543.303</v>
+        <v>543.237</v>
       </c>
       <c r="K635">
-        <v>1347.676</v>
+        <v>1347.051</v>
       </c>
       <c r="L635">
-        <v>1897.52</v>
+        <v>1899.446</v>
       </c>
       <c r="M635">
         <v>287.867</v>
       </c>
       <c r="N635">
-        <v>2185.387</v>
+        <v>2187.313</v>
       </c>
       <c r="O635">
-        <v>408.936</v>
+        <v>408.886</v>
       </c>
       <c r="P635">
-        <v>2594.323</v>
+        <v>2596.199</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>961.423</v>
+        <v>962.164</v>
       </c>
       <c r="C636">
         <v>428.219</v>
       </c>
       <c r="D636">
-        <v>1389.641</v>
+        <v>1390.383</v>
       </c>
       <c r="E636">
-        <v>634.202</v>
+        <v>634.396</v>
       </c>
       <c r="F636">
-        <v>2023.843</v>
+        <v>2024.779</v>
       </c>
       <c r="G636">
-        <v>594.843</v>
+        <v>594.377</v>
       </c>
       <c r="H636">
         <v>399.722</v>
       </c>
       <c r="I636">
-        <v>994.565</v>
+        <v>994.099</v>
       </c>
       <c r="J636">
-        <v>591.998</v>
+        <v>592.18</v>
       </c>
       <c r="K636">
-        <v>1586.563</v>
+        <v>1586.279</v>
       </c>
       <c r="L636">
-        <v>1992.306</v>
+        <v>1992.259</v>
       </c>
       <c r="M636">
         <v>289.772</v>
       </c>
       <c r="N636">
-        <v>2282.077</v>
+        <v>2282.03</v>
       </c>
       <c r="O636">
-        <v>429.158</v>
+        <v>429.29</v>
       </c>
       <c r="P636">
-        <v>2711.236</v>
+        <v>2711.321</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>1284.565</v>
+        <v>1286.341</v>
       </c>
       <c r="C637">
         <v>521.41</v>
       </c>
       <c r="D637">
-        <v>1805.975</v>
+        <v>1807.751</v>
       </c>
       <c r="E637">
-        <v>795.45</v>
+        <v>795.449</v>
       </c>
       <c r="F637">
-        <v>2601.425</v>
+        <v>2603.2</v>
       </c>
       <c r="G637">
-        <v>758.722</v>
+        <v>759.121</v>
       </c>
       <c r="H637">
         <v>421.84</v>
       </c>
       <c r="I637">
-        <v>1180.562</v>
+        <v>1180.961</v>
       </c>
       <c r="J637">
-        <v>643.549</v>
+        <v>643.548</v>
       </c>
       <c r="K637">
-        <v>1824.111</v>
+        <v>1824.509</v>
       </c>
       <c r="L637">
-        <v>2066.443</v>
+        <v>2062.975</v>
       </c>
       <c r="M637">
         <v>290.774</v>
       </c>
       <c r="N637">
-        <v>2357.217</v>
+        <v>2353.748</v>
       </c>
       <c r="O637">
-        <v>443.598</v>
+        <v>443.597</v>
       </c>
       <c r="P637">
-        <v>2800.814</v>
+        <v>2797.346</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>1019.343</v>
+        <v>1019.53</v>
       </c>
       <c r="C638">
         <v>436.568</v>
       </c>
       <c r="D638">
-        <v>1455.911</v>
+        <v>1456.097</v>
       </c>
       <c r="E638">
-        <v>590.904</v>
+        <v>590.902</v>
       </c>
       <c r="F638">
-        <v>2046.815</v>
+        <v>2047</v>
       </c>
       <c r="G638">
-        <v>633.753</v>
+        <v>632.926</v>
       </c>
       <c r="H638">
         <v>383.524</v>
       </c>
       <c r="I638">
-        <v>1017.276</v>
+        <v>1016.45</v>
       </c>
       <c r="J638">
-        <v>519.108</v>
+        <v>519.106</v>
       </c>
       <c r="K638">
-        <v>1536.385</v>
+        <v>1535.556</v>
       </c>
       <c r="L638">
-        <v>1772.484</v>
+        <v>1768.567</v>
       </c>
       <c r="M638">
         <v>272.506</v>
       </c>
       <c r="N638">
-        <v>2044.99</v>
+        <v>2041.073</v>
       </c>
       <c r="O638">
-        <v>368.843</v>
+        <v>368.842</v>
       </c>
       <c r="P638">
-        <v>2413.833</v>
+        <v>2409.915</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>715.843</v>
+        <v>712.734</v>
       </c>
       <c r="C639">
         <v>372.975</v>
       </c>
       <c r="D639">
-        <v>1088.818</v>
+        <v>1085.709</v>
       </c>
       <c r="E639">
-        <v>483.931</v>
+        <v>483.926</v>
       </c>
       <c r="F639">
-        <v>1572.749</v>
+        <v>1569.635</v>
       </c>
       <c r="G639">
-        <v>491.394</v>
+        <v>488.42</v>
       </c>
       <c r="H639">
         <v>387.876</v>
       </c>
       <c r="I639">
-        <v>879.27</v>
+        <v>876.297</v>
       </c>
       <c r="J639">
-        <v>503.266</v>
+        <v>503.261</v>
       </c>
       <c r="K639">
-        <v>1382.536</v>
+        <v>1379.558</v>
       </c>
       <c r="L639">
-        <v>1905.155</v>
+        <v>1901.693</v>
       </c>
       <c r="M639">
         <v>286.28</v>
       </c>
       <c r="N639">
-        <v>2191.435</v>
+        <v>2187.973</v>
       </c>
       <c r="O639">
-        <v>371.445</v>
+        <v>371.442</v>
       </c>
       <c r="P639">
-        <v>2562.88</v>
+        <v>2559.415</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>469.329</v>
+        <v>468.543</v>
       </c>
       <c r="C640">
         <v>333.002</v>
       </c>
       <c r="D640">
-        <v>802.331</v>
+        <v>801.545</v>
       </c>
       <c r="E640">
-        <v>432.836</v>
+        <v>432.834</v>
       </c>
       <c r="F640">
-        <v>1235.167</v>
+        <v>1234.379</v>
       </c>
       <c r="G640">
-        <v>363.996</v>
+        <v>364.175</v>
       </c>
       <c r="H640">
         <v>382.204</v>
       </c>
       <c r="I640">
-        <v>746.2</v>
+        <v>746.379</v>
       </c>
       <c r="J640">
-        <v>496.79</v>
+        <v>496.787</v>
       </c>
       <c r="K640">
-        <v>1242.99</v>
+        <v>1243.166</v>
       </c>
       <c r="L640">
-        <v>1836.788</v>
+        <v>1833.701</v>
       </c>
       <c r="M640">
         <v>289.581</v>
       </c>
       <c r="N640">
-        <v>2126.368</v>
+        <v>2123.281</v>
       </c>
       <c r="O640">
-        <v>376.398</v>
+        <v>376.396</v>
       </c>
       <c r="P640">
-        <v>2502.766</v>
+        <v>2499.677</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>312.787</v>
+        <v>313.014</v>
       </c>
       <c r="C641">
         <v>358.86</v>
       </c>
       <c r="D641">
-        <v>671.647</v>
+        <v>671.874</v>
       </c>
       <c r="E641">
-        <v>493.402</v>
+        <v>493.4</v>
       </c>
       <c r="F641">
-        <v>1165.049</v>
+        <v>1165.274</v>
       </c>
       <c r="G641">
-        <v>286.355</v>
+        <v>286.065</v>
       </c>
       <c r="H641">
         <v>406.475</v>
       </c>
       <c r="I641">
-        <v>692.829</v>
+        <v>692.54</v>
       </c>
       <c r="J641">
-        <v>558.867</v>
+        <v>558.865</v>
       </c>
       <c r="K641">
-        <v>1251.697</v>
+        <v>1251.405</v>
       </c>
       <c r="L641">
-        <v>1902.484</v>
+        <v>1900.356</v>
       </c>
       <c r="M641">
         <v>299.646</v>
       </c>
       <c r="N641">
-        <v>2202.129</v>
+        <v>2200.001</v>
       </c>
       <c r="O641">
-        <v>411.987</v>
+        <v>411.985</v>
       </c>
       <c r="P641">
-        <v>2614.116</v>
+        <v>2611.987</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>236.926</v>
+        <v>236.776</v>
       </c>
       <c r="C642">
         <v>464.819</v>
       </c>
       <c r="D642">
-        <v>701.744</v>
+        <v>701.595</v>
       </c>
       <c r="E642">
-        <v>674.088</v>
+        <v>674.086</v>
       </c>
       <c r="F642">
-        <v>1375.832</v>
+        <v>1375.681</v>
       </c>
       <c r="G642">
-        <v>243.533</v>
+        <v>243.173</v>
       </c>
       <c r="H642">
         <v>442.634</v>
       </c>
       <c r="I642">
-        <v>686.166</v>
+        <v>685.806</v>
       </c>
       <c r="J642">
-        <v>641.915</v>
+        <v>641.913</v>
       </c>
       <c r="K642">
-        <v>1328.081</v>
+        <v>1327.719</v>
       </c>
       <c r="L642">
-        <v>1876.473</v>
+        <v>1875.045</v>
       </c>
       <c r="M642">
         <v>309.585</v>
       </c>
       <c r="N642">
-        <v>2186.058</v>
+        <v>2184.63</v>
       </c>
       <c r="O642">
-        <v>448.965</v>
+        <v>448.964</v>
       </c>
       <c r="P642">
-        <v>2635.023</v>
+        <v>2633.594</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>210.827</v>
+        <v>211.084</v>
       </c>
       <c r="C643">
         <v>574.44</v>
       </c>
       <c r="D643">
-        <v>785.267</v>
+        <v>785.525</v>
       </c>
       <c r="E643">
-        <v>859.712</v>
+        <v>859.713</v>
       </c>
       <c r="F643">
-        <v>1644.979</v>
+        <v>1645.238</v>
       </c>
       <c r="G643">
-        <v>238.715</v>
+        <v>237.925</v>
       </c>
       <c r="H643">
         <v>488.464</v>
       </c>
       <c r="I643">
-        <v>727.179</v>
+        <v>726.388</v>
       </c>
       <c r="J643">
-        <v>731.038</v>
+        <v>731.04</v>
       </c>
       <c r="K643">
-        <v>1458.217</v>
+        <v>1457.428</v>
       </c>
       <c r="L643">
-        <v>1946.182</v>
+        <v>1954.041</v>
       </c>
       <c r="M643">
         <v>324.504</v>
       </c>
       <c r="N643">
-        <v>2270.686</v>
+        <v>2278.545</v>
       </c>
       <c r="O643">
         <v>485.655</v>
       </c>
       <c r="P643">
-        <v>2756.34</v>
+        <v>2764.2</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>201.874</v>
+        <v>200.906</v>
       </c>
       <c r="C644">
         <v>530.977</v>
       </c>
       <c r="D644">
-        <v>732.852</v>
+        <v>731.883</v>
       </c>
       <c r="E644">
-        <v>761.207</v>
+        <v>761.205</v>
       </c>
       <c r="F644">
-        <v>1494.058</v>
+        <v>1493.088</v>
       </c>
       <c r="G644">
-        <v>235.902</v>
+        <v>234.911</v>
       </c>
       <c r="H644">
         <v>481.057</v>
       </c>
       <c r="I644">
-        <v>716.959</v>
+        <v>715.968</v>
       </c>
       <c r="J644">
-        <v>689.641</v>
+        <v>689.64</v>
       </c>
       <c r="K644">
-        <v>1406.6</v>
+        <v>1405.608</v>
       </c>
       <c r="L644">
-        <v>1983.801</v>
+        <v>1989.034</v>
       </c>
       <c r="M644">
         <v>324.328</v>
       </c>
       <c r="N644">
-        <v>2308.129</v>
+        <v>2313.362</v>
       </c>
       <c r="O644">
-        <v>464.955</v>
+        <v>464.954</v>
       </c>
       <c r="P644">
-        <v>2773.085</v>
+        <v>2778.316</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>216.771</v>
+        <v>217.45</v>
       </c>
       <c r="C645">
         <v>431.81</v>
       </c>
       <c r="D645">
-        <v>648.581</v>
+        <v>649.26</v>
       </c>
       <c r="E645">
-        <v>615.634</v>
+        <v>615.635</v>
       </c>
       <c r="F645">
-        <v>1264.215</v>
+        <v>1264.895</v>
       </c>
       <c r="G645">
-        <v>242.085</v>
+        <v>241.216</v>
       </c>
       <c r="H645">
         <v>439.272</v>
       </c>
       <c r="I645">
-        <v>681.357</v>
+        <v>680.488</v>
       </c>
       <c r="J645">
-        <v>626.273</v>
+        <v>626.274</v>
       </c>
       <c r="K645">
-        <v>1307.63</v>
+        <v>1306.762</v>
       </c>
       <c r="L645">
-        <v>1901.026</v>
+        <v>1906.906</v>
       </c>
       <c r="M645">
         <v>303.903</v>
       </c>
       <c r="N645">
-        <v>2204.929</v>
+        <v>2210.809</v>
       </c>
       <c r="O645">
         <v>433.276</v>
       </c>
       <c r="P645">
-        <v>2638.205</v>
+        <v>2644.085</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
-        <v>343.205</v>
+        <v>348.183</v>
       </c>
       <c r="C646">
         <v>365.003</v>
       </c>
       <c r="D646">
-        <v>708.207</v>
+        <v>713.186</v>
       </c>
       <c r="E646">
         <v>497.605</v>
       </c>
       <c r="F646">
-        <v>1205.812</v>
+        <v>1210.791</v>
       </c>
       <c r="G646">
-        <v>328.207</v>
+        <v>326.59</v>
       </c>
       <c r="H646">
         <v>428.656</v>
       </c>
       <c r="I646">
-        <v>756.863</v>
+        <v>755.247</v>
       </c>
       <c r="J646">
-        <v>584.383</v>
+        <v>584.384</v>
       </c>
       <c r="K646">
-        <v>1341.246</v>
+        <v>1339.631</v>
       </c>
       <c r="L646">
-        <v>1938.611</v>
+        <v>1942.95</v>
       </c>
       <c r="M646">
         <v>300.318</v>
       </c>
       <c r="N646">
-        <v>2238.929</v>
+        <v>2243.268</v>
       </c>
       <c r="O646">
-        <v>409.421</v>
+        <v>409.422</v>
       </c>
       <c r="P646">
-        <v>2648.35</v>
+        <v>2652.69</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>628.944</v>
+      </c>
+      <c r="C647">
+        <v>345.011</v>
+      </c>
+      <c r="D647">
+        <v>973.955</v>
+      </c>
+      <c r="E647">
+        <v>512.289</v>
+      </c>
+      <c r="F647">
+        <v>1486.244</v>
+      </c>
+      <c r="G647">
+        <v>450.86</v>
+      </c>
+      <c r="H647">
+        <v>391.636</v>
+      </c>
+      <c r="I647">
+        <v>842.496</v>
+      </c>
+      <c r="J647">
+        <v>581.519</v>
+      </c>
+      <c r="K647">
+        <v>1424.016</v>
+      </c>
+      <c r="L647">
+        <v>1890.33</v>
+      </c>
+      <c r="M647">
+        <v>281.392</v>
+      </c>
+      <c r="N647">
+        <v>2171.721</v>
+      </c>
+      <c r="O647">
+        <v>417.823</v>
+      </c>
+      <c r="P647">
+        <v>2589.545</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -36267,92 +36317,92 @@
       <c r="F87">
         <v>18320.938</v>
       </c>
       <c r="G87">
         <v>4593.53</v>
       </c>
       <c r="H87">
         <v>4804.467</v>
       </c>
       <c r="I87">
         <v>9397.997</v>
       </c>
       <c r="J87">
         <v>6877.953</v>
       </c>
       <c r="K87">
         <v>16275.95</v>
       </c>
       <c r="L87">
         <v>22682.096</v>
       </c>
       <c r="M87">
         <v>3443.58</v>
       </c>
       <c r="N87">
-        <v>26125.676</v>
+        <v>26125.677</v>
       </c>
       <c r="O87">
         <v>4929.742</v>
       </c>
       <c r="P87">
         <v>31055.419</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>6149.918</v>
       </c>
       <c r="C88">
         <v>5059.565</v>
       </c>
       <c r="D88">
         <v>11209.483</v>
       </c>
       <c r="E88">
         <v>7162.939</v>
       </c>
       <c r="F88">
         <v>18372.422</v>
       </c>
       <c r="G88">
         <v>4583.182</v>
       </c>
       <c r="H88">
         <v>4950.611</v>
       </c>
       <c r="I88">
         <v>9533.793</v>
       </c>
       <c r="J88">
         <v>7008.691</v>
       </c>
       <c r="K88">
-        <v>16542.485</v>
+        <v>16542.484</v>
       </c>
       <c r="L88">
         <v>22863.109</v>
       </c>
       <c r="M88">
         <v>3530.001</v>
       </c>
       <c r="N88">
         <v>26393.11</v>
       </c>
       <c r="O88">
         <v>4997.502</v>
       </c>
       <c r="P88">
         <v>31390.612</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">