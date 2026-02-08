--- v0 (2025-12-22)
+++ v1 (2026-02-08)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 1.13b Heat Content of Non-Combustion Use of Fossil Fuels</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Natural Gas Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Asphalt &amp; Road Oil Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Hydrocarbon Gas Liquids Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Lubricants Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Petrochemical Feedstocks Non-Combustion Consumption</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.837" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25228,1352 +25228,1434 @@
       </c>
       <c r="I612">
         <v>0.005484</v>
       </c>
       <c r="J612">
         <v>0.016743</v>
       </c>
       <c r="K612">
         <v>0.35718</v>
       </c>
       <c r="L612">
         <v>0.445261</v>
       </c>
       <c r="M612">
         <v>5.1</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>0.002124</v>
       </c>
       <c r="C613">
-        <v>0.087218</v>
+        <v>0.087224</v>
       </c>
       <c r="D613">
         <v>0.046702</v>
       </c>
       <c r="E613">
         <v>0.255729</v>
       </c>
       <c r="F613">
         <v>0.021679</v>
       </c>
       <c r="G613">
         <v>0.039939</v>
       </c>
       <c r="H613">
         <v>0.000554</v>
       </c>
       <c r="I613">
         <v>0.007804</v>
       </c>
       <c r="J613">
         <v>0.01549</v>
       </c>
       <c r="K613">
         <v>0.387897</v>
       </c>
       <c r="L613">
-        <v>0.477239</v>
+        <v>0.477246</v>
       </c>
       <c r="M613">
         <v>5.6</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>0.001985</v>
       </c>
       <c r="C614">
-        <v>0.080514</v>
+        <v>0.08052</v>
       </c>
       <c r="D614">
         <v>0.045275</v>
       </c>
       <c r="E614">
         <v>0.228267</v>
       </c>
       <c r="F614">
         <v>0.019271</v>
       </c>
       <c r="G614">
         <v>0.033806</v>
       </c>
       <c r="H614">
         <v>0.001072</v>
       </c>
       <c r="I614">
         <v>0.005358</v>
       </c>
       <c r="J614">
         <v>0.014597</v>
       </c>
       <c r="K614">
         <v>0.347647</v>
       </c>
       <c r="L614">
-        <v>0.430146</v>
+        <v>0.430152</v>
       </c>
       <c r="M614">
-        <v>5.7</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>0.002204</v>
       </c>
       <c r="C615">
-        <v>0.085862</v>
+        <v>0.085868</v>
       </c>
       <c r="D615">
         <v>0.053019</v>
       </c>
       <c r="E615">
         <v>0.241611</v>
       </c>
       <c r="F615">
         <v>0.011271</v>
       </c>
       <c r="G615">
         <v>0.045148</v>
       </c>
       <c r="H615">
         <v>0.001493</v>
       </c>
       <c r="I615">
         <v>0.007851</v>
       </c>
       <c r="J615">
         <v>0.016625</v>
       </c>
       <c r="K615">
         <v>0.377019</v>
       </c>
       <c r="L615">
-        <v>0.465084</v>
+        <v>0.465091</v>
       </c>
       <c r="M615">
         <v>5.7</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>0.001981</v>
       </c>
       <c r="C616">
-        <v>0.080556</v>
+        <v>0.080562</v>
       </c>
       <c r="D616">
         <v>0.064666</v>
       </c>
       <c r="E616">
         <v>0.255683</v>
       </c>
       <c r="F616">
         <v>0.014706</v>
       </c>
       <c r="G616">
         <v>0.051669</v>
       </c>
       <c r="H616">
         <v>0.001628</v>
       </c>
       <c r="I616">
         <v>0.007547</v>
       </c>
       <c r="J616">
         <v>0.014915</v>
       </c>
       <c r="K616">
         <v>0.410814</v>
       </c>
       <c r="L616">
-        <v>0.49335</v>
+        <v>0.493357</v>
       </c>
       <c r="M616">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>0.002043</v>
       </c>
       <c r="C617">
-        <v>0.076319</v>
+        <v>0.076325</v>
       </c>
       <c r="D617">
         <v>0.084128</v>
       </c>
       <c r="E617">
         <v>0.274331</v>
       </c>
       <c r="F617">
         <v>0.018219</v>
       </c>
       <c r="G617">
         <v>0.051785</v>
       </c>
       <c r="H617">
         <v>0.00113</v>
       </c>
       <c r="I617">
         <v>0.006387</v>
       </c>
       <c r="J617">
         <v>0.015682</v>
       </c>
       <c r="K617">
         <v>0.451662</v>
       </c>
       <c r="L617">
-        <v>0.530023</v>
+        <v>0.530029</v>
       </c>
       <c r="M617">
         <v>7.2</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>0.002018</v>
       </c>
       <c r="C618">
-        <v>0.072275</v>
+        <v>0.072281</v>
       </c>
       <c r="D618">
         <v>0.093658</v>
       </c>
       <c r="E618">
         <v>0.267203</v>
       </c>
       <c r="F618">
         <v>0.017263</v>
       </c>
       <c r="G618">
         <v>0.039915</v>
       </c>
       <c r="H618">
         <v>0.000965</v>
       </c>
       <c r="I618">
         <v>0.007127</v>
       </c>
       <c r="J618">
         <v>0.015818</v>
       </c>
       <c r="K618">
         <v>0.441949</v>
       </c>
       <c r="L618">
-        <v>0.516242</v>
+        <v>0.516248</v>
       </c>
       <c r="M618">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0.002108</v>
       </c>
       <c r="C619">
-        <v>0.073504</v>
+        <v>0.073509</v>
       </c>
       <c r="D619">
         <v>0.094674</v>
       </c>
       <c r="E619">
         <v>0.294285</v>
       </c>
       <c r="F619">
         <v>0.017727</v>
       </c>
       <c r="G619">
         <v>0.04606</v>
       </c>
       <c r="H619">
         <v>0.000419</v>
       </c>
       <c r="I619">
         <v>0.008859</v>
       </c>
       <c r="J619">
         <v>0.017667</v>
       </c>
       <c r="K619">
         <v>0.479691</v>
       </c>
       <c r="L619">
-        <v>0.555302</v>
+        <v>0.555308</v>
       </c>
       <c r="M619">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>0.002117</v>
       </c>
       <c r="C620">
-        <v>0.075793</v>
+        <v>0.075799</v>
       </c>
       <c r="D620">
         <v>0.105564</v>
       </c>
       <c r="E620">
         <v>0.272111</v>
       </c>
       <c r="F620">
         <v>0.015291</v>
       </c>
       <c r="G620">
         <v>0.039344</v>
       </c>
       <c r="H620">
         <v>0.001502</v>
       </c>
       <c r="I620">
         <v>0.007069</v>
       </c>
       <c r="J620">
         <v>0.016215</v>
       </c>
       <c r="K620">
         <v>0.457097</v>
       </c>
       <c r="L620">
-        <v>0.535008</v>
+        <v>0.535014</v>
       </c>
       <c r="M620">
         <v>6.5</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>0.002044</v>
       </c>
       <c r="C621">
-        <v>0.07412</v>
+        <v>0.074126</v>
       </c>
       <c r="D621">
         <v>0.094584</v>
       </c>
       <c r="E621">
         <v>0.265874</v>
       </c>
       <c r="F621">
         <v>0.013386</v>
       </c>
       <c r="G621">
         <v>0.040274</v>
       </c>
       <c r="H621">
         <v>0.001921</v>
       </c>
       <c r="I621">
         <v>0.007053</v>
       </c>
       <c r="J621">
         <v>0.01696</v>
       </c>
       <c r="K621">
         <v>0.440052</v>
       </c>
       <c r="L621">
-        <v>0.516217</v>
+        <v>0.516223</v>
       </c>
       <c r="M621">
         <v>6.9</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>0.002004</v>
       </c>
       <c r="C622">
-        <v>0.079897</v>
+        <v>0.079903</v>
       </c>
       <c r="D622">
         <v>0.092512</v>
       </c>
       <c r="E622">
         <v>0.279553</v>
       </c>
       <c r="F622">
         <v>0.018302</v>
       </c>
       <c r="G622">
         <v>0.033545</v>
       </c>
       <c r="H622">
         <v>0.001323</v>
       </c>
       <c r="I622">
         <v>0.009331</v>
       </c>
       <c r="J622">
         <v>0.016543</v>
       </c>
       <c r="K622">
         <v>0.451108</v>
       </c>
       <c r="L622">
-        <v>0.53301</v>
+        <v>0.533016</v>
       </c>
       <c r="M622">
-        <v>7.1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>0.002174</v>
       </c>
       <c r="C623">
-        <v>0.083598</v>
+        <v>0.083604</v>
       </c>
       <c r="D623">
         <v>0.065605</v>
       </c>
       <c r="E623">
         <v>0.283517</v>
       </c>
       <c r="F623">
         <v>0.009398</v>
       </c>
       <c r="G623">
         <v>0.042118</v>
       </c>
       <c r="H623">
         <v>0.002215</v>
       </c>
       <c r="I623">
         <v>0.008035</v>
       </c>
       <c r="J623">
         <v>0.015501</v>
       </c>
       <c r="K623">
         <v>0.426389</v>
       </c>
       <c r="L623">
-        <v>0.51216</v>
+        <v>0.512167</v>
       </c>
       <c r="M623">
         <v>6.5</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>0.002054</v>
       </c>
       <c r="C624">
-        <v>0.089033</v>
+        <v>0.089039</v>
       </c>
       <c r="D624">
         <v>0.051369</v>
       </c>
       <c r="E624">
         <v>0.312547</v>
       </c>
       <c r="F624">
         <v>0.007278</v>
       </c>
       <c r="G624">
         <v>0.041836</v>
       </c>
       <c r="H624">
         <v>0.000795</v>
       </c>
       <c r="I624">
         <v>0.006822</v>
       </c>
       <c r="J624">
         <v>0.016699</v>
       </c>
       <c r="K624">
         <v>0.437347</v>
       </c>
       <c r="L624">
-        <v>0.528433</v>
+        <v>0.52844</v>
       </c>
       <c r="M624">
         <v>6.3</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>0.002</v>
       </c>
       <c r="C625">
-        <v>0.090026</v>
+        <v>0.090029</v>
       </c>
       <c r="D625">
         <v>0.047867</v>
       </c>
       <c r="E625">
-        <v>0.277579</v>
+        <v>0.277595</v>
       </c>
       <c r="F625">
         <v>0.016098</v>
       </c>
       <c r="G625">
         <v>0.047277</v>
       </c>
       <c r="H625">
         <v>0.001112</v>
       </c>
       <c r="I625">
         <v>0.006492</v>
       </c>
       <c r="J625">
         <v>0.016297</v>
       </c>
       <c r="K625">
-        <v>0.412722</v>
+        <v>0.412738</v>
       </c>
       <c r="L625">
-        <v>0.504748</v>
+        <v>0.504767</v>
       </c>
       <c r="M625">
-        <v>5.6</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>0.001982</v>
       </c>
       <c r="C626">
-        <v>0.080734</v>
+        <v>0.080737</v>
       </c>
       <c r="D626">
         <v>0.044266</v>
       </c>
       <c r="E626">
-        <v>0.258406</v>
+        <v>0.258378</v>
       </c>
       <c r="F626">
         <v>0.012632</v>
       </c>
       <c r="G626">
         <v>0.045906</v>
       </c>
       <c r="H626">
         <v>0.000638</v>
       </c>
       <c r="I626">
         <v>0.007053</v>
       </c>
       <c r="J626">
         <v>0.012217</v>
       </c>
       <c r="K626">
-        <v>0.381118</v>
+        <v>0.381091</v>
       </c>
       <c r="L626">
-        <v>0.463835</v>
+        <v>0.463811</v>
       </c>
       <c r="M626">
         <v>6</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>0.002083</v>
       </c>
       <c r="C627">
-        <v>0.084568</v>
+        <v>0.084571</v>
       </c>
       <c r="D627">
         <v>0.053127</v>
       </c>
       <c r="E627">
-        <v>0.277303</v>
+        <v>0.277319</v>
       </c>
       <c r="F627">
         <v>0.014386</v>
       </c>
       <c r="G627">
         <v>0.048317</v>
       </c>
       <c r="H627">
         <v>0.000757</v>
       </c>
       <c r="I627">
         <v>0.007085</v>
       </c>
       <c r="J627">
         <v>0.015715</v>
       </c>
       <c r="K627">
-        <v>0.416691</v>
+        <v>0.416706</v>
       </c>
       <c r="L627">
-        <v>0.503341</v>
+        <v>0.50336</v>
       </c>
       <c r="M627">
         <v>6.5</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>0.001924</v>
       </c>
       <c r="C628">
-        <v>0.078872</v>
+        <v>0.078874</v>
       </c>
       <c r="D628">
         <v>0.058925</v>
       </c>
       <c r="E628">
-        <v>0.264531</v>
+        <v>0.264515</v>
       </c>
       <c r="F628">
         <v>0.018803</v>
       </c>
       <c r="G628">
         <v>0.03876</v>
       </c>
       <c r="H628">
         <v>0.001718</v>
       </c>
       <c r="I628">
         <v>0.007447</v>
       </c>
       <c r="J628">
         <v>0.016053</v>
       </c>
       <c r="K628">
-        <v>0.406238</v>
+        <v>0.406221</v>
       </c>
       <c r="L628">
-        <v>0.487034</v>
+        <v>0.48702</v>
       </c>
       <c r="M628">
-        <v>6.8</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>0.002005</v>
       </c>
       <c r="C629">
-        <v>0.07669</v>
+        <v>0.076692</v>
       </c>
       <c r="D629">
         <v>0.083391</v>
       </c>
       <c r="E629">
-        <v>0.295736</v>
+        <v>0.295722</v>
       </c>
       <c r="F629">
         <v>0.014829</v>
       </c>
       <c r="G629">
         <v>0.043472</v>
       </c>
       <c r="H629">
         <v>0.001619</v>
       </c>
       <c r="I629">
         <v>0.009226</v>
       </c>
       <c r="J629">
         <v>0.016807</v>
       </c>
       <c r="K629">
-        <v>0.465081</v>
+        <v>0.465066</v>
       </c>
       <c r="L629">
-        <v>0.543775</v>
+        <v>0.543763</v>
       </c>
       <c r="M629">
         <v>7.2</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>0.001934</v>
       </c>
       <c r="C630">
-        <v>0.073028</v>
+        <v>0.073031</v>
       </c>
       <c r="D630">
         <v>0.094889</v>
       </c>
       <c r="E630">
-        <v>0.284299</v>
+        <v>0.284291</v>
       </c>
       <c r="F630">
         <v>0.016682</v>
       </c>
       <c r="G630">
         <v>0.043138</v>
       </c>
       <c r="H630">
         <v>0.000951</v>
       </c>
       <c r="I630">
         <v>0.006665</v>
       </c>
       <c r="J630">
         <v>0.01575</v>
       </c>
       <c r="K630">
-        <v>0.462374</v>
+        <v>0.462366</v>
       </c>
       <c r="L630">
-        <v>0.537336</v>
+        <v>0.537331</v>
       </c>
       <c r="M630">
         <v>7</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>0.002079</v>
       </c>
       <c r="C631">
-        <v>0.075522</v>
+        <v>0.075525</v>
       </c>
       <c r="D631">
         <v>0.095602</v>
       </c>
       <c r="E631">
-        <v>0.274553</v>
+        <v>0.274551</v>
       </c>
       <c r="F631">
         <v>0.015378</v>
       </c>
       <c r="G631">
         <v>0.047495</v>
       </c>
       <c r="H631">
         <v>0.001665</v>
       </c>
       <c r="I631">
         <v>0.005489</v>
       </c>
       <c r="J631">
         <v>0.016977</v>
       </c>
       <c r="K631">
-        <v>0.457158</v>
+        <v>0.457156</v>
       </c>
       <c r="L631">
         <v>0.534759</v>
       </c>
       <c r="M631">
         <v>6.5</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>0.002116</v>
       </c>
       <c r="C632">
-        <v>0.076829</v>
+        <v>0.076832</v>
       </c>
       <c r="D632">
         <v>0.105038</v>
       </c>
       <c r="E632">
-        <v>0.305099</v>
+        <v>0.305094</v>
       </c>
       <c r="F632">
         <v>0.018529</v>
       </c>
       <c r="G632">
         <v>0.048136</v>
       </c>
       <c r="H632">
         <v>0.001067</v>
       </c>
       <c r="I632">
         <v>0.006665</v>
       </c>
       <c r="J632">
         <v>0.016916</v>
       </c>
       <c r="K632">
-        <v>0.501449</v>
+        <v>0.501445</v>
       </c>
       <c r="L632">
-        <v>0.580394</v>
+        <v>0.580393</v>
       </c>
       <c r="M632">
-        <v>7.1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>0.001965</v>
       </c>
       <c r="C633">
-        <v>0.074228</v>
+        <v>0.07423</v>
       </c>
       <c r="D633">
         <v>0.088784</v>
       </c>
       <c r="E633">
-        <v>0.308342</v>
+        <v>0.308326</v>
       </c>
       <c r="F633">
         <v>0.014907</v>
       </c>
       <c r="G633">
         <v>0.040201</v>
       </c>
       <c r="H633">
         <v>0.001026</v>
       </c>
       <c r="I633">
         <v>0.005479</v>
       </c>
       <c r="J633">
         <v>0.015885</v>
       </c>
       <c r="K633">
-        <v>0.474623</v>
+        <v>0.474607</v>
       </c>
       <c r="L633">
-        <v>0.550817</v>
+        <v>0.550803</v>
       </c>
       <c r="M633">
         <v>7.4</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>0.002053</v>
       </c>
       <c r="C634">
-        <v>0.078069</v>
+        <v>0.078072</v>
       </c>
       <c r="D634">
         <v>0.097077</v>
       </c>
       <c r="E634">
-        <v>0.325012</v>
+        <v>0.325006</v>
       </c>
       <c r="F634">
         <v>0.013912</v>
       </c>
       <c r="G634">
         <v>0.040009</v>
       </c>
       <c r="H634">
         <v>0.000998</v>
       </c>
       <c r="I634">
         <v>0.006529</v>
       </c>
       <c r="J634">
         <v>0.016275</v>
       </c>
       <c r="K634">
-        <v>0.49981</v>
+        <v>0.499804</v>
       </c>
       <c r="L634">
-        <v>0.579933</v>
+        <v>0.57993</v>
       </c>
       <c r="M634">
-        <v>7.7</v>
+        <v>7.6</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>0.002015</v>
       </c>
       <c r="C635">
-        <v>0.081531</v>
+        <v>0.081534</v>
       </c>
       <c r="D635">
         <v>0.07013</v>
       </c>
       <c r="E635">
-        <v>0.293154</v>
+        <v>0.293183</v>
       </c>
       <c r="F635">
         <v>0.009223</v>
       </c>
       <c r="G635">
         <v>0.043226</v>
       </c>
       <c r="H635">
         <v>0.001025</v>
       </c>
       <c r="I635">
         <v>0.005222</v>
       </c>
       <c r="J635">
         <v>0.015296</v>
       </c>
       <c r="K635">
-        <v>0.437275</v>
+        <v>0.437304</v>
       </c>
       <c r="L635">
-        <v>0.520821</v>
+        <v>0.520853</v>
       </c>
       <c r="M635">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>0.002151</v>
       </c>
       <c r="C636">
-        <v>0.090091</v>
+        <v>0.090094</v>
       </c>
       <c r="D636">
         <v>0.049197</v>
       </c>
       <c r="E636">
-        <v>0.319402</v>
+        <v>0.319438</v>
       </c>
       <c r="F636">
         <v>0.009348</v>
       </c>
       <c r="G636">
         <v>0.044056</v>
       </c>
       <c r="H636">
         <v>0.000621</v>
       </c>
       <c r="I636">
         <v>0.004692</v>
       </c>
       <c r="J636">
         <v>0.016931</v>
       </c>
       <c r="K636">
-        <v>0.444247</v>
+        <v>0.444283</v>
       </c>
       <c r="L636">
-        <v>0.536489</v>
+        <v>0.536529</v>
       </c>
       <c r="M636">
-        <v>6.2</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0.001953</v>
       </c>
       <c r="C637">
-        <v>0.093797</v>
+        <v>0.093959</v>
       </c>
       <c r="D637">
         <v>0.046036</v>
       </c>
       <c r="E637">
-        <v>0.301362</v>
+        <v>0.301364</v>
       </c>
       <c r="F637">
         <v>0.012785</v>
       </c>
       <c r="G637">
         <v>0.04298</v>
       </c>
       <c r="H637">
         <v>0.00167</v>
       </c>
       <c r="I637">
         <v>0.006056</v>
       </c>
       <c r="J637">
-        <v>0.016419</v>
+        <v>0.016425</v>
       </c>
       <c r="K637">
-        <v>0.427307</v>
+        <v>0.427316</v>
       </c>
       <c r="L637">
-        <v>0.523057</v>
+        <v>0.523228</v>
       </c>
       <c r="M637">
         <v>5.5</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>0.001769</v>
       </c>
       <c r="C638">
-        <v>0.083565</v>
+        <v>0.083646</v>
       </c>
       <c r="D638">
         <v>0.041051</v>
       </c>
       <c r="E638">
-        <v>0.257135</v>
+        <v>0.25719</v>
       </c>
       <c r="F638">
         <v>0.009661</v>
       </c>
       <c r="G638">
         <v>0.037359</v>
       </c>
       <c r="H638">
         <v>0.000524</v>
       </c>
       <c r="I638">
         <v>0.005358</v>
       </c>
       <c r="J638">
-        <v>0.014258</v>
+        <v>0.014266</v>
       </c>
       <c r="K638">
-        <v>0.365346</v>
+        <v>0.365409</v>
       </c>
       <c r="L638">
-        <v>0.45068</v>
+        <v>0.450824</v>
       </c>
       <c r="M638">
         <v>5.6</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>0.001957</v>
       </c>
       <c r="C639">
-        <v>0.084398</v>
+        <v>0.084437</v>
       </c>
       <c r="D639">
         <v>0.050157</v>
       </c>
       <c r="E639">
-        <v>0.274786</v>
+        <v>0.274793</v>
       </c>
       <c r="F639">
         <v>0.013496</v>
       </c>
       <c r="G639">
         <v>0.045253</v>
       </c>
       <c r="H639">
         <v>0.000865</v>
       </c>
       <c r="I639">
         <v>0.005825</v>
       </c>
       <c r="J639">
-        <v>0.01514</v>
+        <v>0.015143</v>
       </c>
       <c r="K639">
-        <v>0.405522</v>
+        <v>0.405531</v>
       </c>
       <c r="L639">
-        <v>0.491876</v>
+        <v>0.491925</v>
       </c>
       <c r="M639">
         <v>6.3</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>0.001868</v>
       </c>
       <c r="C640">
-        <v>0.078729</v>
+        <v>0.079014</v>
       </c>
       <c r="D640">
         <v>0.062947</v>
       </c>
       <c r="E640">
-        <v>0.265114</v>
+        <v>0.265135</v>
       </c>
       <c r="F640">
         <v>0.017556</v>
       </c>
       <c r="G640">
         <v>0.046924</v>
       </c>
       <c r="H640">
         <v>0.001258</v>
       </c>
       <c r="I640">
         <v>0.006151</v>
       </c>
       <c r="J640">
-        <v>0.014956</v>
+        <v>0.014954</v>
       </c>
       <c r="K640">
-        <v>0.414906</v>
+        <v>0.414925</v>
       </c>
       <c r="L640">
-        <v>0.495503</v>
+        <v>0.495807</v>
       </c>
       <c r="M640">
         <v>6.8</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>0.001971</v>
       </c>
       <c r="C641">
-        <v>0.077986</v>
+        <v>0.078079</v>
       </c>
       <c r="D641">
         <v>0.079486</v>
       </c>
       <c r="E641">
-        <v>0.285923</v>
+        <v>0.285945</v>
       </c>
       <c r="F641">
         <v>0.017261</v>
       </c>
       <c r="G641">
         <v>0.053177</v>
       </c>
       <c r="H641">
         <v>0.001651</v>
       </c>
       <c r="I641">
         <v>0.005589</v>
       </c>
       <c r="J641">
-        <v>0.014789</v>
+        <v>0.014785</v>
       </c>
       <c r="K641">
-        <v>0.457875</v>
+        <v>0.457893</v>
       </c>
       <c r="L641">
-        <v>0.537832</v>
+        <v>0.537943</v>
       </c>
       <c r="M641">
-        <v>7.2</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>0.001988</v>
       </c>
       <c r="C642">
-        <v>0.073089</v>
+        <v>0.0732</v>
       </c>
       <c r="D642">
         <v>0.092128</v>
       </c>
       <c r="E642">
         <v>0.297572</v>
       </c>
       <c r="F642">
         <v>0.015174</v>
       </c>
       <c r="G642">
         <v>0.050442</v>
       </c>
       <c r="H642">
         <v>0.001136</v>
       </c>
       <c r="I642">
         <v>0.004644</v>
       </c>
       <c r="J642">
-        <v>0.015311</v>
+        <v>0.015307</v>
       </c>
       <c r="K642">
-        <v>0.476407</v>
+        <v>0.476403</v>
       </c>
       <c r="L642">
-        <v>0.551484</v>
+        <v>0.551591</v>
       </c>
       <c r="M642">
         <v>7.1</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>0.001873</v>
       </c>
       <c r="C643">
-        <v>0.075172</v>
+        <v>0.075143</v>
       </c>
       <c r="D643">
         <v>0.100148</v>
       </c>
       <c r="E643">
         <v>0.313922</v>
       </c>
       <c r="F643">
         <v>0.020361</v>
       </c>
       <c r="G643">
         <v>0.050883</v>
       </c>
       <c r="H643">
         <v>0.001374</v>
       </c>
       <c r="I643">
         <v>0.006245</v>
       </c>
       <c r="J643">
-        <v>0.016032</v>
+        <v>0.016027</v>
       </c>
       <c r="K643">
-        <v>0.508965</v>
+        <v>0.508959</v>
       </c>
       <c r="L643">
-        <v>0.58601</v>
+        <v>0.585975</v>
       </c>
       <c r="M643">
         <v>7</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>0.001959</v>
       </c>
       <c r="C644">
-        <v>0.07702</v>
+        <v>0.077075</v>
       </c>
       <c r="D644">
-        <v>0.101615</v>
+        <v>0.101315</v>
       </c>
       <c r="E644">
-        <v>0.320094</v>
+        <v>0.343403</v>
       </c>
       <c r="F644">
-        <v>0.019129</v>
+        <v>0.018758</v>
       </c>
       <c r="G644">
-        <v>0.050753</v>
+        <v>0.050924</v>
       </c>
       <c r="H644">
-        <v>0.001501</v>
+        <v>0.000999</v>
       </c>
       <c r="I644">
         <v>0.005925</v>
       </c>
       <c r="J644">
-        <v>0.015532</v>
+        <v>0.015661</v>
       </c>
       <c r="K644">
-        <v>0.514549</v>
+        <v>0.536984</v>
       </c>
       <c r="L644">
-        <v>0.593528</v>
+        <v>0.616018</v>
       </c>
       <c r="M644">
-        <v>7.3</v>
+        <v>7.6</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>0.001878</v>
+      </c>
+      <c r="C645">
+        <v>0.0745</v>
+      </c>
+      <c r="D645">
+        <v>0.099081</v>
+      </c>
+      <c r="E645">
+        <v>0.30765</v>
+      </c>
+      <c r="F645">
+        <v>0.021316</v>
+      </c>
+      <c r="G645">
+        <v>0.047911</v>
+      </c>
+      <c r="H645">
+        <v>0.000817</v>
+      </c>
+      <c r="I645">
+        <v>0.005694</v>
+      </c>
+      <c r="J645">
+        <v>0.016455</v>
+      </c>
+      <c r="K645">
+        <v>0.498924</v>
+      </c>
+      <c r="L645">
+        <v>0.575301</v>
+      </c>
+      <c r="M645">
+        <v>7.6</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>0.001924</v>
+      </c>
+      <c r="C646">
+        <v>0.077326</v>
+      </c>
+      <c r="D646">
+        <v>0.08993</v>
+      </c>
+      <c r="E646">
+        <v>0.311875</v>
+      </c>
+      <c r="F646">
+        <v>0.021316</v>
+      </c>
+      <c r="G646">
+        <v>0.043617</v>
+      </c>
+      <c r="H646">
+        <v>0.000647</v>
+      </c>
+      <c r="I646">
+        <v>0.005946</v>
+      </c>
+      <c r="J646">
+        <v>0.014355</v>
+      </c>
+      <c r="K646">
+        <v>0.487686</v>
+      </c>
+      <c r="L646">
+        <v>0.566936</v>
+      </c>
+      <c r="M646">
+        <v>7.4</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -28748,119 +28830,119 @@
       </c>
       <c r="I62">
         <v>0.089153</v>
       </c>
       <c r="J62">
         <v>0.204404</v>
       </c>
       <c r="K62">
         <v>4.974662</v>
       </c>
       <c r="L62">
         <v>5.95688</v>
       </c>
       <c r="M62">
         <v>6.3</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="7">
         <v>2023</v>
       </c>
       <c r="B63">
         <v>0.024856</v>
       </c>
       <c r="C63">
-        <v>0.958688</v>
+        <v>0.958762</v>
       </c>
       <c r="D63">
         <v>0.891758</v>
       </c>
       <c r="E63">
         <v>3.230709</v>
       </c>
       <c r="F63">
         <v>0.183792</v>
       </c>
       <c r="G63">
         <v>0.50544</v>
       </c>
       <c r="H63">
         <v>0.015017</v>
       </c>
       <c r="I63">
         <v>0.089242</v>
       </c>
       <c r="J63">
         <v>0.192712</v>
       </c>
       <c r="K63">
         <v>5.108671</v>
       </c>
       <c r="L63">
-        <v>6.092214</v>
+        <v>6.092289</v>
       </c>
       <c r="M63">
         <v>6.5</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2024</v>
       </c>
       <c r="B64">
         <v>0.024309</v>
       </c>
       <c r="C64">
-        <v>0.960187</v>
+        <v>0.960222</v>
       </c>
       <c r="D64">
         <v>0.888294</v>
       </c>
       <c r="E64">
         <v>3.483417</v>
       </c>
       <c r="F64">
         <v>0.174727</v>
       </c>
       <c r="G64">
         <v>0.529992</v>
       </c>
       <c r="H64">
         <v>0.013196</v>
       </c>
       <c r="I64">
         <v>0.078043</v>
       </c>
       <c r="J64">
         <v>0.191119</v>
       </c>
       <c r="K64">
         <v>5.358787</v>
       </c>
       <c r="L64">
-        <v>6.343283</v>
+        <v>6.343318</v>
       </c>
       <c r="M64">
         <v>6.7</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>