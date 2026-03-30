--- v1 (2026-02-08)
+++ v2 (2026-03-30)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>March 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: March 26, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: April 24, 2026</t>
   </si>
   <si>
     <t>Table 1.13b Heat Content of Non-Combustion Use of Fossil Fuels</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Natural Gas Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Asphalt &amp; Road Oil Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Hydrocarbon Gas Liquids Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Lubricants Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Petrochemical Feedstocks Non-Combustion Consumption</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z648"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A648"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.837" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25228,1464 +25228,1546 @@
       </c>
       <c r="I612">
         <v>0.005484</v>
       </c>
       <c r="J612">
         <v>0.016743</v>
       </c>
       <c r="K612">
         <v>0.35718</v>
       </c>
       <c r="L612">
         <v>0.445261</v>
       </c>
       <c r="M612">
         <v>5.1</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>0.002124</v>
       </c>
       <c r="C613">
-        <v>0.087224</v>
+        <v>0.087242</v>
       </c>
       <c r="D613">
         <v>0.046702</v>
       </c>
       <c r="E613">
         <v>0.255729</v>
       </c>
       <c r="F613">
         <v>0.021679</v>
       </c>
       <c r="G613">
         <v>0.039939</v>
       </c>
       <c r="H613">
         <v>0.000554</v>
       </c>
       <c r="I613">
         <v>0.007804</v>
       </c>
       <c r="J613">
         <v>0.01549</v>
       </c>
       <c r="K613">
         <v>0.387897</v>
       </c>
       <c r="L613">
-        <v>0.477246</v>
+        <v>0.477263</v>
       </c>
       <c r="M613">
         <v>5.6</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>0.001985</v>
       </c>
       <c r="C614">
-        <v>0.08052</v>
+        <v>0.080534</v>
       </c>
       <c r="D614">
         <v>0.045275</v>
       </c>
       <c r="E614">
         <v>0.228267</v>
       </c>
       <c r="F614">
         <v>0.019271</v>
       </c>
       <c r="G614">
         <v>0.033806</v>
       </c>
       <c r="H614">
         <v>0.001072</v>
       </c>
       <c r="I614">
         <v>0.005358</v>
       </c>
       <c r="J614">
         <v>0.014597</v>
       </c>
       <c r="K614">
         <v>0.347647</v>
       </c>
       <c r="L614">
-        <v>0.430152</v>
+        <v>0.430166</v>
       </c>
       <c r="M614">
-        <v>5.6</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>0.002204</v>
       </c>
       <c r="C615">
-        <v>0.085868</v>
+        <v>0.08579</v>
       </c>
       <c r="D615">
         <v>0.053019</v>
       </c>
       <c r="E615">
         <v>0.241611</v>
       </c>
       <c r="F615">
         <v>0.011271</v>
       </c>
       <c r="G615">
         <v>0.045148</v>
       </c>
       <c r="H615">
         <v>0.001493</v>
       </c>
       <c r="I615">
         <v>0.007851</v>
       </c>
       <c r="J615">
         <v>0.016625</v>
       </c>
       <c r="K615">
         <v>0.377019</v>
       </c>
       <c r="L615">
-        <v>0.465091</v>
+        <v>0.465013</v>
       </c>
       <c r="M615">
         <v>5.7</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>0.001981</v>
       </c>
       <c r="C616">
-        <v>0.080562</v>
+        <v>0.08057</v>
       </c>
       <c r="D616">
         <v>0.064666</v>
       </c>
       <c r="E616">
         <v>0.255683</v>
       </c>
       <c r="F616">
         <v>0.014706</v>
       </c>
       <c r="G616">
         <v>0.051669</v>
       </c>
       <c r="H616">
         <v>0.001628</v>
       </c>
       <c r="I616">
         <v>0.007547</v>
       </c>
       <c r="J616">
         <v>0.014915</v>
       </c>
       <c r="K616">
         <v>0.410814</v>
       </c>
       <c r="L616">
-        <v>0.493357</v>
+        <v>0.493365</v>
       </c>
       <c r="M616">
-        <v>6.8</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>0.002043</v>
       </c>
       <c r="C617">
-        <v>0.076325</v>
+        <v>0.076298</v>
       </c>
       <c r="D617">
         <v>0.084128</v>
       </c>
       <c r="E617">
         <v>0.274331</v>
       </c>
       <c r="F617">
         <v>0.018219</v>
       </c>
       <c r="G617">
         <v>0.051785</v>
       </c>
       <c r="H617">
         <v>0.00113</v>
       </c>
       <c r="I617">
         <v>0.006387</v>
       </c>
       <c r="J617">
         <v>0.015682</v>
       </c>
       <c r="K617">
         <v>0.451662</v>
       </c>
       <c r="L617">
-        <v>0.530029</v>
+        <v>0.530002</v>
       </c>
       <c r="M617">
         <v>7.2</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>0.002018</v>
       </c>
       <c r="C618">
-        <v>0.072281</v>
+        <v>0.072267</v>
       </c>
       <c r="D618">
         <v>0.093658</v>
       </c>
       <c r="E618">
         <v>0.267203</v>
       </c>
       <c r="F618">
         <v>0.017263</v>
       </c>
       <c r="G618">
         <v>0.039915</v>
       </c>
       <c r="H618">
         <v>0.000965</v>
       </c>
       <c r="I618">
         <v>0.007127</v>
       </c>
       <c r="J618">
         <v>0.015818</v>
       </c>
       <c r="K618">
         <v>0.441949</v>
       </c>
       <c r="L618">
-        <v>0.516248</v>
+        <v>0.516234</v>
       </c>
       <c r="M618">
-        <v>6.8</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0.002108</v>
       </c>
       <c r="C619">
-        <v>0.073509</v>
+        <v>0.073448</v>
       </c>
       <c r="D619">
         <v>0.094674</v>
       </c>
       <c r="E619">
         <v>0.294285</v>
       </c>
       <c r="F619">
         <v>0.017727</v>
       </c>
       <c r="G619">
         <v>0.04606</v>
       </c>
       <c r="H619">
         <v>0.000419</v>
       </c>
       <c r="I619">
         <v>0.008859</v>
       </c>
       <c r="J619">
         <v>0.017667</v>
       </c>
       <c r="K619">
         <v>0.479691</v>
       </c>
       <c r="L619">
-        <v>0.555308</v>
+        <v>0.555246</v>
       </c>
       <c r="M619">
-        <v>6.8</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>0.002117</v>
       </c>
       <c r="C620">
-        <v>0.075799</v>
+        <v>0.075831</v>
       </c>
       <c r="D620">
         <v>0.105564</v>
       </c>
       <c r="E620">
         <v>0.272111</v>
       </c>
       <c r="F620">
         <v>0.015291</v>
       </c>
       <c r="G620">
         <v>0.039344</v>
       </c>
       <c r="H620">
         <v>0.001502</v>
       </c>
       <c r="I620">
         <v>0.007069</v>
       </c>
       <c r="J620">
         <v>0.016215</v>
       </c>
       <c r="K620">
         <v>0.457097</v>
       </c>
       <c r="L620">
-        <v>0.535014</v>
+        <v>0.535045</v>
       </c>
       <c r="M620">
         <v>6.5</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>0.002044</v>
       </c>
       <c r="C621">
-        <v>0.074126</v>
+        <v>0.074132</v>
       </c>
       <c r="D621">
         <v>0.094584</v>
       </c>
       <c r="E621">
         <v>0.265874</v>
       </c>
       <c r="F621">
         <v>0.013386</v>
       </c>
       <c r="G621">
         <v>0.040274</v>
       </c>
       <c r="H621">
         <v>0.001921</v>
       </c>
       <c r="I621">
         <v>0.007053</v>
       </c>
       <c r="J621">
         <v>0.01696</v>
       </c>
       <c r="K621">
         <v>0.440052</v>
       </c>
       <c r="L621">
-        <v>0.516223</v>
+        <v>0.516229</v>
       </c>
       <c r="M621">
         <v>6.9</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>0.002004</v>
       </c>
       <c r="C622">
-        <v>0.079903</v>
+        <v>0.079914</v>
       </c>
       <c r="D622">
         <v>0.092512</v>
       </c>
       <c r="E622">
         <v>0.279553</v>
       </c>
       <c r="F622">
         <v>0.018302</v>
       </c>
       <c r="G622">
         <v>0.033545</v>
       </c>
       <c r="H622">
         <v>0.001323</v>
       </c>
       <c r="I622">
         <v>0.009331</v>
       </c>
       <c r="J622">
         <v>0.016543</v>
       </c>
       <c r="K622">
         <v>0.451108</v>
       </c>
       <c r="L622">
-        <v>0.533016</v>
+        <v>0.533026</v>
       </c>
       <c r="M622">
-        <v>7</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>0.002174</v>
       </c>
       <c r="C623">
-        <v>0.083604</v>
+        <v>0.083644</v>
       </c>
       <c r="D623">
         <v>0.065605</v>
       </c>
       <c r="E623">
         <v>0.283517</v>
       </c>
       <c r="F623">
         <v>0.009398</v>
       </c>
       <c r="G623">
         <v>0.042118</v>
       </c>
       <c r="H623">
         <v>0.002215</v>
       </c>
       <c r="I623">
         <v>0.008035</v>
       </c>
       <c r="J623">
         <v>0.015501</v>
       </c>
       <c r="K623">
         <v>0.426389</v>
       </c>
       <c r="L623">
-        <v>0.512167</v>
+        <v>0.512207</v>
       </c>
       <c r="M623">
         <v>6.5</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>0.002054</v>
       </c>
       <c r="C624">
-        <v>0.089039</v>
+        <v>0.089092</v>
       </c>
       <c r="D624">
         <v>0.051369</v>
       </c>
       <c r="E624">
         <v>0.312547</v>
       </c>
       <c r="F624">
         <v>0.007278</v>
       </c>
       <c r="G624">
         <v>0.041836</v>
       </c>
       <c r="H624">
         <v>0.000795</v>
       </c>
       <c r="I624">
         <v>0.006822</v>
       </c>
       <c r="J624">
         <v>0.016699</v>
       </c>
       <c r="K624">
         <v>0.437347</v>
       </c>
       <c r="L624">
-        <v>0.52844</v>
+        <v>0.528492</v>
       </c>
       <c r="M624">
         <v>6.3</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>0.002</v>
       </c>
       <c r="C625">
-        <v>0.090029</v>
+        <v>0.089818</v>
       </c>
       <c r="D625">
         <v>0.047867</v>
       </c>
       <c r="E625">
-        <v>0.277595</v>
+        <v>0.283967</v>
       </c>
       <c r="F625">
         <v>0.016098</v>
       </c>
       <c r="G625">
         <v>0.047277</v>
       </c>
       <c r="H625">
         <v>0.001112</v>
       </c>
       <c r="I625">
         <v>0.006492</v>
       </c>
       <c r="J625">
-        <v>0.016297</v>
+        <v>0.016298</v>
       </c>
       <c r="K625">
-        <v>0.412738</v>
+        <v>0.419111</v>
       </c>
       <c r="L625">
-        <v>0.504767</v>
+        <v>0.51093</v>
       </c>
       <c r="M625">
-        <v>5.5</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>0.001982</v>
       </c>
       <c r="C626">
-        <v>0.080737</v>
+        <v>0.080837</v>
       </c>
       <c r="D626">
         <v>0.044266</v>
       </c>
       <c r="E626">
-        <v>0.258378</v>
+        <v>0.262855</v>
       </c>
       <c r="F626">
         <v>0.012632</v>
       </c>
       <c r="G626">
         <v>0.045906</v>
       </c>
       <c r="H626">
         <v>0.000638</v>
       </c>
       <c r="I626">
         <v>0.007053</v>
       </c>
       <c r="J626">
-        <v>0.012217</v>
+        <v>0.012218</v>
       </c>
       <c r="K626">
-        <v>0.381091</v>
+        <v>0.385568</v>
       </c>
       <c r="L626">
-        <v>0.463811</v>
+        <v>0.468387</v>
       </c>
       <c r="M626">
-        <v>6</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>0.002083</v>
       </c>
       <c r="C627">
-        <v>0.084571</v>
+        <v>0.084538</v>
       </c>
       <c r="D627">
         <v>0.053127</v>
       </c>
       <c r="E627">
-        <v>0.277319</v>
+        <v>0.280662</v>
       </c>
       <c r="F627">
         <v>0.014386</v>
       </c>
       <c r="G627">
         <v>0.048317</v>
       </c>
       <c r="H627">
         <v>0.000757</v>
       </c>
       <c r="I627">
         <v>0.007085</v>
       </c>
       <c r="J627">
         <v>0.015715</v>
       </c>
       <c r="K627">
-        <v>0.416706</v>
+        <v>0.420049</v>
       </c>
       <c r="L627">
-        <v>0.50336</v>
+        <v>0.50667</v>
       </c>
       <c r="M627">
         <v>6.5</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>0.001924</v>
       </c>
       <c r="C628">
-        <v>0.078874</v>
+        <v>0.078797</v>
       </c>
       <c r="D628">
         <v>0.058925</v>
       </c>
       <c r="E628">
-        <v>0.264515</v>
+        <v>0.267404</v>
       </c>
       <c r="F628">
         <v>0.018803</v>
       </c>
       <c r="G628">
         <v>0.03876</v>
       </c>
       <c r="H628">
         <v>0.001718</v>
       </c>
       <c r="I628">
         <v>0.007447</v>
       </c>
       <c r="J628">
         <v>0.016053</v>
       </c>
       <c r="K628">
-        <v>0.406221</v>
+        <v>0.409111</v>
       </c>
       <c r="L628">
-        <v>0.48702</v>
+        <v>0.489832</v>
       </c>
       <c r="M628">
-        <v>6.7</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>0.002005</v>
       </c>
       <c r="C629">
-        <v>0.076692</v>
+        <v>0.076572</v>
       </c>
       <c r="D629">
         <v>0.083391</v>
       </c>
       <c r="E629">
-        <v>0.295722</v>
+        <v>0.298945</v>
       </c>
       <c r="F629">
         <v>0.014829</v>
       </c>
       <c r="G629">
         <v>0.043472</v>
       </c>
       <c r="H629">
         <v>0.001619</v>
       </c>
       <c r="I629">
         <v>0.009226</v>
       </c>
       <c r="J629">
         <v>0.016807</v>
       </c>
       <c r="K629">
-        <v>0.465066</v>
+        <v>0.46829</v>
       </c>
       <c r="L629">
-        <v>0.543763</v>
+        <v>0.546866</v>
       </c>
       <c r="M629">
-        <v>7.2</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>0.001934</v>
       </c>
       <c r="C630">
-        <v>0.073031</v>
+        <v>0.072995</v>
       </c>
       <c r="D630">
         <v>0.094889</v>
       </c>
       <c r="E630">
-        <v>0.284291</v>
+        <v>0.28761</v>
       </c>
       <c r="F630">
         <v>0.016682</v>
       </c>
       <c r="G630">
         <v>0.043138</v>
       </c>
       <c r="H630">
         <v>0.000951</v>
       </c>
       <c r="I630">
         <v>0.006665</v>
       </c>
       <c r="J630">
         <v>0.01575</v>
       </c>
       <c r="K630">
-        <v>0.462366</v>
+        <v>0.465684</v>
       </c>
       <c r="L630">
-        <v>0.537331</v>
+        <v>0.540613</v>
       </c>
       <c r="M630">
-        <v>7</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>0.002079</v>
       </c>
       <c r="C631">
-        <v>0.075525</v>
+        <v>0.075629</v>
       </c>
       <c r="D631">
         <v>0.095602</v>
       </c>
       <c r="E631">
-        <v>0.274551</v>
+        <v>0.277896</v>
       </c>
       <c r="F631">
         <v>0.015378</v>
       </c>
       <c r="G631">
         <v>0.047495</v>
       </c>
       <c r="H631">
         <v>0.001665</v>
       </c>
       <c r="I631">
         <v>0.005489</v>
       </c>
       <c r="J631">
-        <v>0.016977</v>
+        <v>0.016976</v>
       </c>
       <c r="K631">
-        <v>0.457156</v>
+        <v>0.4605</v>
       </c>
       <c r="L631">
-        <v>0.534759</v>
+        <v>0.538209</v>
       </c>
       <c r="M631">
         <v>6.5</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>0.002116</v>
       </c>
       <c r="C632">
-        <v>0.076832</v>
+        <v>0.076914</v>
       </c>
       <c r="D632">
         <v>0.105038</v>
       </c>
       <c r="E632">
-        <v>0.305094</v>
+        <v>0.308973</v>
       </c>
       <c r="F632">
         <v>0.018529</v>
       </c>
       <c r="G632">
         <v>0.048136</v>
       </c>
       <c r="H632">
         <v>0.001067</v>
       </c>
       <c r="I632">
         <v>0.006665</v>
       </c>
       <c r="J632">
         <v>0.016916</v>
       </c>
       <c r="K632">
-        <v>0.501445</v>
+        <v>0.505323</v>
       </c>
       <c r="L632">
-        <v>0.580393</v>
+        <v>0.584354</v>
       </c>
       <c r="M632">
-        <v>7</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>0.001965</v>
       </c>
       <c r="C633">
-        <v>0.07423</v>
+        <v>0.07432</v>
       </c>
       <c r="D633">
         <v>0.088784</v>
       </c>
       <c r="E633">
-        <v>0.308326</v>
+        <v>0.31254</v>
       </c>
       <c r="F633">
         <v>0.014907</v>
       </c>
       <c r="G633">
         <v>0.040201</v>
       </c>
       <c r="H633">
         <v>0.001026</v>
       </c>
       <c r="I633">
         <v>0.005479</v>
       </c>
       <c r="J633">
-        <v>0.015885</v>
+        <v>0.015884</v>
       </c>
       <c r="K633">
-        <v>0.474607</v>
+        <v>0.478821</v>
       </c>
       <c r="L633">
-        <v>0.550803</v>
+        <v>0.555106</v>
       </c>
       <c r="M633">
-        <v>7.4</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>0.002053</v>
       </c>
       <c r="C634">
-        <v>0.078072</v>
+        <v>0.078109</v>
       </c>
       <c r="D634">
         <v>0.097077</v>
       </c>
       <c r="E634">
-        <v>0.325006</v>
+        <v>0.330391</v>
       </c>
       <c r="F634">
         <v>0.013912</v>
       </c>
       <c r="G634">
         <v>0.040009</v>
       </c>
       <c r="H634">
         <v>0.000998</v>
       </c>
       <c r="I634">
         <v>0.006529</v>
       </c>
       <c r="J634">
-        <v>0.016275</v>
+        <v>0.016276</v>
       </c>
       <c r="K634">
-        <v>0.499804</v>
+        <v>0.50519</v>
       </c>
       <c r="L634">
-        <v>0.57993</v>
+        <v>0.585353</v>
       </c>
       <c r="M634">
-        <v>7.6</v>
+        <v>7.7</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>0.002015</v>
       </c>
       <c r="C635">
-        <v>0.081534</v>
+        <v>0.081706</v>
       </c>
       <c r="D635">
         <v>0.07013</v>
       </c>
       <c r="E635">
-        <v>0.293183</v>
+        <v>0.297377</v>
       </c>
       <c r="F635">
         <v>0.009223</v>
       </c>
       <c r="G635">
         <v>0.043226</v>
       </c>
       <c r="H635">
         <v>0.001025</v>
       </c>
       <c r="I635">
         <v>0.005222</v>
       </c>
       <c r="J635">
         <v>0.015296</v>
       </c>
       <c r="K635">
-        <v>0.437304</v>
+        <v>0.441498</v>
       </c>
       <c r="L635">
-        <v>0.520853</v>
+        <v>0.525219</v>
       </c>
       <c r="M635">
-        <v>6.8</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>0.002151</v>
       </c>
       <c r="C636">
-        <v>0.090094</v>
+        <v>0.089986</v>
       </c>
       <c r="D636">
         <v>0.049197</v>
       </c>
       <c r="E636">
-        <v>0.319438</v>
+        <v>0.325371</v>
       </c>
       <c r="F636">
         <v>0.009348</v>
       </c>
       <c r="G636">
         <v>0.044056</v>
       </c>
       <c r="H636">
         <v>0.000621</v>
       </c>
       <c r="I636">
         <v>0.004692</v>
       </c>
       <c r="J636">
         <v>0.016931</v>
       </c>
       <c r="K636">
-        <v>0.444283</v>
+        <v>0.450217</v>
       </c>
       <c r="L636">
-        <v>0.536529</v>
+        <v>0.542354</v>
       </c>
       <c r="M636">
-        <v>6.1</v>
+        <v>6.2</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0.001953</v>
       </c>
       <c r="C637">
-        <v>0.093959</v>
+        <v>0.093169</v>
       </c>
       <c r="D637">
         <v>0.046036</v>
       </c>
       <c r="E637">
-        <v>0.301364</v>
+        <v>0.309828</v>
       </c>
       <c r="F637">
         <v>0.012785</v>
       </c>
       <c r="G637">
         <v>0.04298</v>
       </c>
       <c r="H637">
         <v>0.00167</v>
       </c>
       <c r="I637">
         <v>0.006056</v>
       </c>
       <c r="J637">
-        <v>0.016425</v>
+        <v>0.016431</v>
       </c>
       <c r="K637">
-        <v>0.427316</v>
+        <v>0.435787</v>
       </c>
       <c r="L637">
-        <v>0.523228</v>
+        <v>0.530908</v>
       </c>
       <c r="M637">
-        <v>5.5</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>0.001769</v>
       </c>
       <c r="C638">
-        <v>0.083646</v>
+        <v>0.082828</v>
       </c>
       <c r="D638">
         <v>0.041051</v>
       </c>
       <c r="E638">
-        <v>0.25719</v>
+        <v>0.263615</v>
       </c>
       <c r="F638">
         <v>0.009661</v>
       </c>
       <c r="G638">
         <v>0.037359</v>
       </c>
       <c r="H638">
         <v>0.000524</v>
       </c>
       <c r="I638">
         <v>0.005358</v>
       </c>
       <c r="J638">
-        <v>0.014266</v>
+        <v>0.014271</v>
       </c>
       <c r="K638">
-        <v>0.365409</v>
+        <v>0.371839</v>
       </c>
       <c r="L638">
-        <v>0.450824</v>
+        <v>0.456437</v>
       </c>
       <c r="M638">
-        <v>5.6</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>0.001957</v>
       </c>
       <c r="C639">
-        <v>0.084437</v>
+        <v>0.083667</v>
       </c>
       <c r="D639">
         <v>0.050157</v>
       </c>
       <c r="E639">
-        <v>0.274793</v>
+        <v>0.279108</v>
       </c>
       <c r="F639">
         <v>0.013496</v>
       </c>
       <c r="G639">
         <v>0.045253</v>
       </c>
       <c r="H639">
         <v>0.000865</v>
       </c>
       <c r="I639">
         <v>0.005825</v>
       </c>
       <c r="J639">
-        <v>0.015143</v>
+        <v>0.015148</v>
       </c>
       <c r="K639">
-        <v>0.405531</v>
+        <v>0.409852</v>
       </c>
       <c r="L639">
-        <v>0.491925</v>
+        <v>0.495476</v>
       </c>
       <c r="M639">
         <v>6.3</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>0.001868</v>
       </c>
       <c r="C640">
-        <v>0.079014</v>
+        <v>0.078304</v>
       </c>
       <c r="D640">
         <v>0.062947</v>
       </c>
       <c r="E640">
-        <v>0.265135</v>
+        <v>0.267916</v>
       </c>
       <c r="F640">
         <v>0.017556</v>
       </c>
       <c r="G640">
         <v>0.046924</v>
       </c>
       <c r="H640">
         <v>0.001258</v>
       </c>
       <c r="I640">
         <v>0.006151</v>
       </c>
       <c r="J640">
-        <v>0.014954</v>
+        <v>0.014959</v>
       </c>
       <c r="K640">
-        <v>0.414925</v>
+        <v>0.417712</v>
       </c>
       <c r="L640">
-        <v>0.495807</v>
+        <v>0.497883</v>
       </c>
       <c r="M640">
         <v>6.8</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>0.001971</v>
       </c>
       <c r="C641">
-        <v>0.078079</v>
+        <v>0.077489</v>
       </c>
       <c r="D641">
         <v>0.079486</v>
       </c>
       <c r="E641">
-        <v>0.285945</v>
+        <v>0.288332</v>
       </c>
       <c r="F641">
         <v>0.017261</v>
       </c>
       <c r="G641">
         <v>0.053177</v>
       </c>
       <c r="H641">
         <v>0.001651</v>
       </c>
       <c r="I641">
         <v>0.005589</v>
       </c>
       <c r="J641">
-        <v>0.014785</v>
+        <v>0.01479</v>
       </c>
       <c r="K641">
-        <v>0.457893</v>
+        <v>0.460285</v>
       </c>
       <c r="L641">
-        <v>0.537943</v>
+        <v>0.539746</v>
       </c>
       <c r="M641">
         <v>7.3</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>0.001988</v>
       </c>
       <c r="C642">
-        <v>0.0732</v>
+        <v>0.072713</v>
       </c>
       <c r="D642">
         <v>0.092128</v>
       </c>
       <c r="E642">
-        <v>0.297572</v>
+        <v>0.300006</v>
       </c>
       <c r="F642">
         <v>0.015174</v>
       </c>
       <c r="G642">
         <v>0.050442</v>
       </c>
       <c r="H642">
         <v>0.001136</v>
       </c>
       <c r="I642">
         <v>0.004644</v>
       </c>
       <c r="J642">
-        <v>0.015307</v>
+        <v>0.015312</v>
       </c>
       <c r="K642">
-        <v>0.476403</v>
+        <v>0.478842</v>
       </c>
       <c r="L642">
-        <v>0.551591</v>
+        <v>0.553543</v>
       </c>
       <c r="M642">
-        <v>7.1</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>0.001873</v>
+        <v>0.001943</v>
       </c>
       <c r="C643">
-        <v>0.075143</v>
+        <v>0.075294</v>
       </c>
       <c r="D643">
         <v>0.100148</v>
       </c>
       <c r="E643">
-        <v>0.313922</v>
+        <v>0.317042</v>
       </c>
       <c r="F643">
         <v>0.020361</v>
       </c>
       <c r="G643">
         <v>0.050883</v>
       </c>
       <c r="H643">
         <v>0.001374</v>
       </c>
       <c r="I643">
         <v>0.006245</v>
       </c>
       <c r="J643">
-        <v>0.016027</v>
+        <v>0.016032</v>
       </c>
       <c r="K643">
-        <v>0.508959</v>
+        <v>0.512084</v>
       </c>
       <c r="L643">
-        <v>0.585975</v>
+        <v>0.58932</v>
       </c>
       <c r="M643">
-        <v>7</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>0.001959</v>
+        <v>0.001935</v>
       </c>
       <c r="C644">
-        <v>0.077075</v>
+        <v>0.076865</v>
       </c>
       <c r="D644">
         <v>0.101315</v>
       </c>
       <c r="E644">
-        <v>0.343403</v>
+        <v>0.347797</v>
       </c>
       <c r="F644">
         <v>0.018758</v>
       </c>
       <c r="G644">
         <v>0.050924</v>
       </c>
       <c r="H644">
         <v>0.000999</v>
       </c>
       <c r="I644">
         <v>0.005925</v>
       </c>
       <c r="J644">
-        <v>0.015661</v>
+        <v>0.015666</v>
       </c>
       <c r="K644">
-        <v>0.536984</v>
+        <v>0.541383</v>
       </c>
       <c r="L644">
-        <v>0.616018</v>
+        <v>0.620183</v>
       </c>
       <c r="M644">
         <v>7.6</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>0.001878</v>
+        <v>0.001885</v>
       </c>
       <c r="C645">
-        <v>0.0745</v>
+        <v>0.074472</v>
       </c>
       <c r="D645">
         <v>0.099081</v>
       </c>
       <c r="E645">
-        <v>0.30765</v>
+        <v>0.311046</v>
       </c>
       <c r="F645">
         <v>0.021316</v>
       </c>
       <c r="G645">
         <v>0.047911</v>
       </c>
       <c r="H645">
         <v>0.000817</v>
       </c>
       <c r="I645">
         <v>0.005694</v>
       </c>
       <c r="J645">
-        <v>0.016455</v>
+        <v>0.01646</v>
       </c>
       <c r="K645">
-        <v>0.498924</v>
+        <v>0.502325</v>
       </c>
       <c r="L645">
-        <v>0.575301</v>
+        <v>0.578682</v>
       </c>
       <c r="M645">
-        <v>7.6</v>
+        <v>7.7</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
         <v>0.001924</v>
       </c>
       <c r="C646">
-        <v>0.077326</v>
+        <v>0.077353</v>
       </c>
       <c r="D646">
         <v>0.08993</v>
       </c>
       <c r="E646">
-        <v>0.311875</v>
+        <v>0.316705</v>
       </c>
       <c r="F646">
-        <v>0.021316</v>
+        <v>0.018013</v>
       </c>
       <c r="G646">
-        <v>0.043617</v>
+        <v>0.041312</v>
       </c>
       <c r="H646">
-        <v>0.000647</v>
+        <v>0.000953</v>
       </c>
       <c r="I646">
         <v>0.005946</v>
       </c>
       <c r="J646">
-        <v>0.014355</v>
+        <v>0.014284</v>
       </c>
       <c r="K646">
-        <v>0.487686</v>
+        <v>0.487144</v>
       </c>
       <c r="L646">
-        <v>0.566936</v>
+        <v>0.566422</v>
       </c>
       <c r="M646">
         <v>7.4</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>0.001924</v>
+      </c>
+      <c r="C647">
+        <v>0.082862</v>
+      </c>
+      <c r="D647">
+        <v>0.066612</v>
+      </c>
+      <c r="E647">
+        <v>0.295297</v>
+      </c>
+      <c r="F647">
+        <v>0.018569</v>
+      </c>
+      <c r="G647">
+        <v>0.042615</v>
+      </c>
+      <c r="H647">
+        <v>0.000541</v>
+      </c>
+      <c r="I647">
+        <v>0.005164</v>
+      </c>
+      <c r="J647">
+        <v>0.014897</v>
+      </c>
+      <c r="K647">
+        <v>0.443694</v>
+      </c>
+      <c r="L647">
+        <v>0.528481</v>
+      </c>
+      <c r="M647">
+        <v>6.8</v>
+      </c>
+    </row>
+    <row r="648" spans="1:26">
+      <c r="A648" s="6">
+        <v>45992.0</v>
+      </c>
+      <c r="B648">
+        <v>0.001991</v>
+      </c>
+      <c r="C648">
+        <v>0.089792</v>
+      </c>
+      <c r="D648">
+        <v>0.047739</v>
+      </c>
+      <c r="E648">
+        <v>0.317933</v>
+      </c>
+      <c r="F648">
+        <v>0.016123</v>
+      </c>
+      <c r="G648">
+        <v>0.048883</v>
+      </c>
+      <c r="H648">
+        <v>0.001195</v>
+      </c>
+      <c r="I648">
+        <v>0.005001</v>
+      </c>
+      <c r="J648">
+        <v>0.016267</v>
+      </c>
+      <c r="K648">
+        <v>0.453141</v>
+      </c>
+      <c r="L648">
+        <v>0.544925</v>
+      </c>
+      <c r="M648">
+        <v>6.1</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z64"/>
+  <dimension ref="A1:Z65"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A64"/>
+      <selection activeCell="A13" sqref="A13:A65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.837" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -28877,75 +28959,116 @@
       </c>
       <c r="K63">
         <v>5.108671</v>
       </c>
       <c r="L63">
         <v>6.092289</v>
       </c>
       <c r="M63">
         <v>6.5</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2024</v>
       </c>
       <c r="B64">
         <v>0.024309</v>
       </c>
       <c r="C64">
         <v>0.960222</v>
       </c>
       <c r="D64">
         <v>0.888294</v>
       </c>
       <c r="E64">
-        <v>3.483417</v>
+        <v>3.533992</v>
       </c>
       <c r="F64">
         <v>0.174727</v>
       </c>
       <c r="G64">
         <v>0.529992</v>
       </c>
       <c r="H64">
         <v>0.013196</v>
       </c>
       <c r="I64">
         <v>0.078043</v>
       </c>
       <c r="J64">
         <v>0.191119</v>
       </c>
       <c r="K64">
-        <v>5.358787</v>
+        <v>5.409363</v>
       </c>
       <c r="L64">
-        <v>6.343318</v>
+        <v>6.393894</v>
       </c>
       <c r="M64">
-        <v>6.7</v>
+        <v>6.8</v>
+      </c>
+    </row>
+    <row r="65" spans="1:26">
+      <c r="A65" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B65">
+        <v>0.02311</v>
+      </c>
+      <c r="C65">
+        <v>0.964807</v>
+      </c>
+      <c r="D65">
+        <v>0.87663</v>
+      </c>
+      <c r="E65">
+        <v>3.614625</v>
+      </c>
+      <c r="F65">
+        <v>0.199072</v>
+      </c>
+      <c r="G65">
+        <v>0.558662</v>
+      </c>
+      <c r="H65">
+        <v>0.012982</v>
+      </c>
+      <c r="I65">
+        <v>0.067599</v>
+      </c>
+      <c r="J65">
+        <v>0.184517</v>
+      </c>
+      <c r="K65">
+        <v>5.514088</v>
+      </c>
+      <c r="L65">
+        <v>6.502005</v>
+      </c>
+      <c r="M65">
+        <v>6.8</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>