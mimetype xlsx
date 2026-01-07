--- v0 (2025-10-04)
+++ v1 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 1.12 Cooling Degree-Days by Census Division</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Cooling Degree-Days, New England</t>
   </si>
   <si>
     <t>Cooling Degree-Days, Middle Atlantic</t>
   </si>
   <si>
     <t>Cooling Degree-Days, East North Central</t>
   </si>
   <si>
     <t>Cooling Degree-Days, West North Central</t>
   </si>
   <si>
     <t>Cooling Degree-Days, South Atlantic</t>
   </si>
   <si>
     <t>Cooling Degree-Days, East South Central</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="63.984" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.419" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -22075,340 +22075,340 @@
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>0</v>
       </c>
       <c r="C626">
         <v>0</v>
       </c>
       <c r="D626">
         <v>0</v>
       </c>
       <c r="E626">
         <v>4</v>
       </c>
       <c r="F626">
         <v>29</v>
       </c>
       <c r="G626">
         <v>10</v>
       </c>
       <c r="H626">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I626">
         <v>2</v>
       </c>
       <c r="J626">
         <v>6</v>
       </c>
       <c r="K626">
         <v>13</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>0</v>
       </c>
       <c r="C627">
         <v>0</v>
       </c>
       <c r="D627">
         <v>3</v>
       </c>
       <c r="E627">
         <v>7</v>
       </c>
       <c r="F627">
         <v>83</v>
       </c>
       <c r="G627">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H627">
         <v>81</v>
       </c>
       <c r="I627">
         <v>7</v>
       </c>
       <c r="J627">
         <v>8</v>
       </c>
       <c r="K627">
         <v>31</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>0</v>
       </c>
       <c r="C628">
         <v>0</v>
       </c>
       <c r="D628">
         <v>3</v>
       </c>
       <c r="E628">
         <v>10</v>
       </c>
       <c r="F628">
         <v>90</v>
       </c>
       <c r="G628">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H628">
         <v>153</v>
       </c>
       <c r="I628">
         <v>35</v>
       </c>
       <c r="J628">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="K628">
         <v>47</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>18</v>
       </c>
       <c r="C629">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D629">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E629">
         <v>87</v>
       </c>
       <c r="F629">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="G629">
         <v>218</v>
       </c>
       <c r="H629">
         <v>372</v>
       </c>
       <c r="I629">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="J629">
         <v>37</v>
       </c>
       <c r="K629">
         <v>157</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>129</v>
       </c>
       <c r="C630">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="D630">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E630">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F630">
         <v>401</v>
       </c>
       <c r="G630">
         <v>355</v>
       </c>
       <c r="H630">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="I630">
         <v>339</v>
       </c>
       <c r="J630">
         <v>146</v>
       </c>
       <c r="K630">
         <v>292</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C631">
         <v>328</v>
       </c>
       <c r="D631">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E631">
         <v>279</v>
       </c>
       <c r="F631">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="G631">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="H631">
         <v>554</v>
       </c>
       <c r="I631">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="J631">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="K631">
         <v>390</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C632">
         <v>214</v>
       </c>
       <c r="D632">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E632">
         <v>252</v>
       </c>
       <c r="F632">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="G632">
         <v>410</v>
       </c>
       <c r="H632">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="I632">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="J632">
         <v>237</v>
       </c>
       <c r="K632">
         <v>342</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>35</v>
       </c>
       <c r="C633">
         <v>70</v>
       </c>
       <c r="D633">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E633">
         <v>144</v>
       </c>
       <c r="F633">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G633">
         <v>248</v>
       </c>
       <c r="H633">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="I633">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="J633">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="K633">
         <v>210</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>0</v>
       </c>
       <c r="C634">
         <v>7</v>
       </c>
       <c r="D634">
         <v>15</v>
       </c>
       <c r="E634">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F634">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G634">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H634">
         <v>264</v>
       </c>
       <c r="I634">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="J634">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K634">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>0</v>
       </c>
       <c r="C635">
         <v>0</v>
       </c>
       <c r="D635">
         <v>0</v>
       </c>
       <c r="E635">
         <v>0</v>
       </c>
       <c r="F635">
         <v>85</v>
       </c>
       <c r="G635">
         <v>27</v>
       </c>
       <c r="H635">
@@ -22419,276 +22419,381 @@
       </c>
       <c r="J635">
         <v>10</v>
       </c>
       <c r="K635">
         <v>32</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>0</v>
       </c>
       <c r="C636">
         <v>0</v>
       </c>
       <c r="D636">
         <v>0</v>
       </c>
       <c r="E636">
         <v>0</v>
       </c>
       <c r="F636">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G636">
         <v>3</v>
       </c>
       <c r="H636">
         <v>29</v>
       </c>
       <c r="I636">
         <v>2</v>
       </c>
       <c r="J636">
         <v>8</v>
       </c>
       <c r="K636">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0</v>
       </c>
       <c r="C637">
         <v>0</v>
       </c>
       <c r="D637">
         <v>0</v>
       </c>
       <c r="E637">
         <v>0</v>
       </c>
       <c r="F637">
         <v>17</v>
       </c>
       <c r="G637">
         <v>1</v>
       </c>
       <c r="H637">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I637">
         <v>0</v>
       </c>
       <c r="J637">
         <v>7</v>
       </c>
       <c r="K637">
         <v>5</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>0</v>
       </c>
       <c r="C638">
         <v>0</v>
       </c>
       <c r="D638">
         <v>0</v>
       </c>
       <c r="E638">
         <v>0</v>
       </c>
       <c r="F638">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G638">
         <v>7</v>
       </c>
       <c r="H638">
         <v>19</v>
       </c>
       <c r="I638">
         <v>9</v>
       </c>
       <c r="J638">
         <v>10</v>
       </c>
       <c r="K638">
         <v>17</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>0</v>
       </c>
       <c r="C639">
         <v>0</v>
       </c>
       <c r="D639">
         <v>3</v>
       </c>
       <c r="E639">
         <v>11</v>
       </c>
       <c r="F639">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G639">
         <v>31</v>
       </c>
       <c r="H639">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I639">
         <v>14</v>
       </c>
       <c r="J639">
         <v>11</v>
       </c>
       <c r="K639">
         <v>31</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>0</v>
       </c>
       <c r="C640">
         <v>0</v>
       </c>
       <c r="D640">
         <v>1</v>
       </c>
       <c r="E640">
         <v>7</v>
       </c>
       <c r="F640">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="G640">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H640">
         <v>169</v>
       </c>
       <c r="I640">
         <v>43</v>
       </c>
       <c r="J640">
         <v>20</v>
       </c>
       <c r="K640">
         <v>58</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>10</v>
       </c>
       <c r="C641">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D641">
         <v>36</v>
       </c>
       <c r="E641">
         <v>52</v>
       </c>
       <c r="F641">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="G641">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="H641">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="I641">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="J641">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="K641">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C642">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D642">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="E642">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="F642">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G642">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H642">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="I642">
         <v>294</v>
       </c>
       <c r="J642">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="K642">
         <v>278</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>274</v>
+      </c>
+      <c r="C643">
+        <v>351</v>
+      </c>
+      <c r="D643">
+        <v>327</v>
+      </c>
+      <c r="E643">
+        <v>336</v>
+      </c>
+      <c r="F643">
+        <v>520</v>
+      </c>
+      <c r="G643">
+        <v>497</v>
+      </c>
+      <c r="H643">
+        <v>566</v>
+      </c>
+      <c r="I643">
+        <v>394</v>
+      </c>
+      <c r="J643">
+        <v>189</v>
+      </c>
+      <c r="K643">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>113</v>
+      </c>
+      <c r="C644">
+        <v>157</v>
+      </c>
+      <c r="D644">
+        <v>186</v>
+      </c>
+      <c r="E644">
+        <v>235</v>
+      </c>
+      <c r="F644">
+        <v>383</v>
+      </c>
+      <c r="G644">
+        <v>357</v>
+      </c>
+      <c r="H644">
+        <v>566</v>
+      </c>
+      <c r="I644">
+        <v>390</v>
+      </c>
+      <c r="J644">
+        <v>266</v>
+      </c>
+      <c r="K644">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>41</v>
+      </c>
+      <c r="C645">
+        <v>90</v>
+      </c>
+      <c r="D645">
+        <v>95</v>
+      </c>
+      <c r="E645">
+        <v>137</v>
+      </c>
+      <c r="F645">
+        <v>286</v>
+      </c>
+      <c r="G645">
+        <v>251</v>
+      </c>
+      <c r="H645">
+        <v>415</v>
+      </c>
+      <c r="I645">
+        <v>218</v>
+      </c>
+      <c r="J645">
+        <v>153</v>
+      </c>
+      <c r="K645">
+        <v>202</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -25421,78 +25526,78 @@
       </c>
       <c r="F87">
         <v>2273</v>
       </c>
       <c r="G87">
         <v>1675</v>
       </c>
       <c r="H87">
         <v>3130</v>
       </c>
       <c r="I87">
         <v>1482</v>
       </c>
       <c r="J87">
         <v>831</v>
       </c>
       <c r="K87">
         <v>1480</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C88">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="D88">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="E88">
         <v>1049</v>
       </c>
       <c r="F88">
-        <v>2424</v>
+        <v>2431</v>
       </c>
       <c r="G88">
         <v>1868</v>
       </c>
       <c r="H88">
         <v>3151</v>
       </c>
       <c r="I88">
-        <v>1702</v>
+        <v>1708</v>
       </c>
       <c r="J88">
-        <v>1052</v>
+        <v>1050</v>
       </c>
       <c r="K88">
-        <v>1632</v>
+        <v>1634</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>