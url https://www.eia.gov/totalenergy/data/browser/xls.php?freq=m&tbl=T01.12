--- v1 (2026-01-07)
+++ v2 (2026-02-22)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 1.12 Cooling Degree-Days by Census Division</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Cooling Degree-Days, New England</t>
   </si>
   <si>
     <t>Cooling Degree-Days, Middle Atlantic</t>
   </si>
   <si>
     <t>Cooling Degree-Days, East North Central</t>
   </si>
   <si>
     <t>Cooling Degree-Days, West North Central</t>
   </si>
   <si>
     <t>Cooling Degree-Days, South Atlantic</t>
   </si>
   <si>
     <t>Cooling Degree-Days, East South Central</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="63.984" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.419" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -22113,51 +22113,51 @@
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>0</v>
       </c>
       <c r="C627">
         <v>0</v>
       </c>
       <c r="D627">
         <v>3</v>
       </c>
       <c r="E627">
         <v>7</v>
       </c>
       <c r="F627">
         <v>83</v>
       </c>
       <c r="G627">
         <v>28</v>
       </c>
       <c r="H627">
         <v>81</v>
       </c>
       <c r="I627">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="J627">
         <v>8</v>
       </c>
       <c r="K627">
         <v>31</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>0</v>
       </c>
       <c r="C628">
         <v>0</v>
       </c>
       <c r="D628">
         <v>3</v>
       </c>
       <c r="E628">
         <v>10</v>
       </c>
       <c r="F628">
@@ -22177,264 +22177,264 @@
       </c>
       <c r="K628">
         <v>47</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>18</v>
       </c>
       <c r="C629">
         <v>49</v>
       </c>
       <c r="D629">
         <v>102</v>
       </c>
       <c r="E629">
         <v>87</v>
       </c>
       <c r="F629">
         <v>273</v>
       </c>
       <c r="G629">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="H629">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="I629">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J629">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="K629">
         <v>157</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>129</v>
       </c>
       <c r="C630">
         <v>190</v>
       </c>
       <c r="D630">
         <v>206</v>
       </c>
       <c r="E630">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="F630">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="G630">
         <v>355</v>
       </c>
       <c r="H630">
         <v>527</v>
       </c>
       <c r="I630">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="J630">
         <v>146</v>
       </c>
       <c r="K630">
         <v>292</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>284</v>
       </c>
       <c r="C631">
         <v>328</v>
       </c>
       <c r="D631">
         <v>234</v>
       </c>
       <c r="E631">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F631">
         <v>503</v>
       </c>
       <c r="G631">
         <v>444</v>
       </c>
       <c r="H631">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="I631">
         <v>447</v>
       </c>
       <c r="J631">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="K631">
         <v>390</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>156</v>
       </c>
       <c r="C632">
         <v>214</v>
       </c>
       <c r="D632">
         <v>223</v>
       </c>
       <c r="E632">
         <v>252</v>
       </c>
       <c r="F632">
         <v>438</v>
       </c>
       <c r="G632">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H632">
         <v>631</v>
       </c>
       <c r="I632">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="J632">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="K632">
         <v>342</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>35</v>
       </c>
       <c r="C633">
         <v>70</v>
       </c>
       <c r="D633">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E633">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="F633">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="G633">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="H633">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="I633">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="J633">
         <v>167</v>
       </c>
       <c r="K633">
         <v>210</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>0</v>
       </c>
       <c r="C634">
         <v>7</v>
       </c>
       <c r="D634">
         <v>15</v>
       </c>
       <c r="E634">
         <v>31</v>
       </c>
       <c r="F634">
         <v>149</v>
       </c>
       <c r="G634">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H634">
         <v>264</v>
       </c>
       <c r="I634">
         <v>123</v>
       </c>
       <c r="J634">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="K634">
         <v>97</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>0</v>
       </c>
       <c r="C635">
         <v>0</v>
       </c>
       <c r="D635">
         <v>0</v>
       </c>
       <c r="E635">
         <v>0</v>
       </c>
       <c r="F635">
         <v>85</v>
       </c>
       <c r="G635">
         <v>27</v>
       </c>
       <c r="H635">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I635">
         <v>3</v>
       </c>
       <c r="J635">
         <v>10</v>
       </c>
       <c r="K635">
         <v>32</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>0</v>
       </c>
       <c r="C636">
         <v>0</v>
       </c>
       <c r="D636">
         <v>0</v>
       </c>
       <c r="E636">
@@ -22460,51 +22460,51 @@
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0</v>
       </c>
       <c r="C637">
         <v>0</v>
       </c>
       <c r="D637">
         <v>0</v>
       </c>
       <c r="E637">
         <v>0</v>
       </c>
       <c r="F637">
         <v>17</v>
       </c>
       <c r="G637">
         <v>1</v>
       </c>
       <c r="H637">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I637">
         <v>0</v>
       </c>
       <c r="J637">
         <v>7</v>
       </c>
       <c r="K637">
         <v>5</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>0</v>
       </c>
       <c r="C638">
         <v>0</v>
       </c>
       <c r="D638">
         <v>0</v>
       </c>
       <c r="E638">
@@ -22530,270 +22530,305 @@
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>0</v>
       </c>
       <c r="C639">
         <v>0</v>
       </c>
       <c r="D639">
         <v>3</v>
       </c>
       <c r="E639">
         <v>11</v>
       </c>
       <c r="F639">
         <v>60</v>
       </c>
       <c r="G639">
         <v>31</v>
       </c>
       <c r="H639">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="I639">
         <v>14</v>
       </c>
       <c r="J639">
         <v>11</v>
       </c>
       <c r="K639">
         <v>31</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>0</v>
       </c>
       <c r="C640">
         <v>0</v>
       </c>
       <c r="D640">
         <v>1</v>
       </c>
       <c r="E640">
         <v>7</v>
       </c>
       <c r="F640">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G640">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="H640">
         <v>169</v>
       </c>
       <c r="I640">
         <v>43</v>
       </c>
       <c r="J640">
         <v>20</v>
       </c>
       <c r="K640">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>10</v>
       </c>
       <c r="C641">
         <v>25</v>
       </c>
       <c r="D641">
         <v>36</v>
       </c>
       <c r="E641">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F641">
         <v>243</v>
       </c>
       <c r="G641">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="H641">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="I641">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="J641">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K641">
         <v>127</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C642">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D642">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E642">
         <v>220</v>
       </c>
       <c r="F642">
         <v>401</v>
       </c>
       <c r="G642">
         <v>357</v>
       </c>
       <c r="H642">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="I642">
         <v>294</v>
       </c>
       <c r="J642">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="K642">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>274</v>
       </c>
       <c r="C643">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="D643">
         <v>327</v>
       </c>
       <c r="E643">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F643">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="G643">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="H643">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="I643">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="J643">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="K643">
         <v>392</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C644">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D644">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E644">
         <v>235</v>
       </c>
       <c r="F644">
         <v>383</v>
       </c>
       <c r="G644">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="H644">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="I644">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="J644">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="K644">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C645">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="D645">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="E645">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F645">
         <v>286</v>
       </c>
       <c r="G645">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="H645">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="I645">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="J645">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="K645">
-        <v>202</v>
+        <v>203</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>0</v>
+      </c>
+      <c r="C646">
+        <v>4</v>
+      </c>
+      <c r="D646">
+        <v>14</v>
+      </c>
+      <c r="E646">
+        <v>32</v>
+      </c>
+      <c r="F646">
+        <v>136</v>
+      </c>
+      <c r="G646">
+        <v>71</v>
+      </c>
+      <c r="H646">
+        <v>244</v>
+      </c>
+      <c r="I646">
+        <v>77</v>
+      </c>
+      <c r="J646">
+        <v>41</v>
+      </c>
+      <c r="K646">
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -25526,75 +25561,75 @@
       </c>
       <c r="F87">
         <v>2273</v>
       </c>
       <c r="G87">
         <v>1675</v>
       </c>
       <c r="H87">
         <v>3130</v>
       </c>
       <c r="I87">
         <v>1482</v>
       </c>
       <c r="J87">
         <v>831</v>
       </c>
       <c r="K87">
         <v>1480</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="C88">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="D88">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="E88">
-        <v>1049</v>
+        <v>1048</v>
       </c>
       <c r="F88">
         <v>2431</v>
       </c>
       <c r="G88">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="H88">
-        <v>3151</v>
+        <v>3150</v>
       </c>
       <c r="I88">
-        <v>1708</v>
+        <v>1703</v>
       </c>
       <c r="J88">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="K88">
         <v>1634</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>