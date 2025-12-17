--- v0 (2025-11-02)
+++ v1 (2025-12-17)
@@ -17,57 +17,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Annual Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 1.7 Primary Energy Consumption, Energy Expenditures, and Carbon Dioxide Emissions Indicators</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Total Primary Energy Consumption</t>
   </si>
   <si>
     <t>Total Primary Energy Consumption per Capita</t>
   </si>
   <si>
     <t>Total Primary Energy Consumption per Real Dollar of GDP</t>
   </si>
   <si>
     <t>Energy Expenditures</t>
   </si>
   <si>
     <t>Energy Expenditures per Capita</t>
   </si>
   <si>
     <t>Energy Expenditures as Share of GDP</t>
   </si>
@@ -3176,142 +3176,142 @@
       </c>
       <c r="H85">
         <v>3.1</v>
       </c>
       <c r="I85">
         <v>4905.91</v>
       </c>
       <c r="J85">
         <v>14.8</v>
       </c>
       <c r="K85">
         <v>228</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="6">
         <v>2022</v>
       </c>
       <c r="B86">
         <v>94.944669</v>
       </c>
       <c r="C86">
         <v>284</v>
       </c>
       <c r="D86">
-        <v>4.31</v>
+        <v>4.3</v>
       </c>
       <c r="E86">
         <v>1719590.8</v>
       </c>
       <c r="F86">
         <v>5148</v>
       </c>
       <c r="G86">
         <v>6.6</v>
       </c>
       <c r="H86">
         <v>3.7</v>
       </c>
       <c r="I86">
         <v>4945.217</v>
       </c>
       <c r="J86">
         <v>14.8</v>
       </c>
       <c r="K86">
         <v>224</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="6">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>93.726506</v>
       </c>
       <c r="C87">
         <v>278</v>
       </c>
       <c r="D87">
-        <v>4.13</v>
+        <v>4.12</v>
       </c>
       <c r="E87">
         <v>1568550.8</v>
       </c>
       <c r="F87">
         <v>4657</v>
       </c>
       <c r="G87">
-        <v>5.7</v>
+        <v>5.6</v>
       </c>
       <c r="H87">
         <v>3.2</v>
       </c>
       <c r="I87">
         <v>4799.034</v>
       </c>
       <c r="J87">
         <v>14.2</v>
       </c>
       <c r="K87">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="6">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>94.572078</v>
+        <v>94.541585</v>
       </c>
       <c r="C88">
         <v>278</v>
       </c>
       <c r="D88">
-        <v>4.06</v>
+        <v>4.05</v>
       </c>
       <c r="E88" t="s">
         <v>25</v>
       </c>
       <c r="F88" t="s">
         <v>25</v>
       </c>
       <c r="G88" t="s">
         <v>25</v>
       </c>
       <c r="H88" t="s">
         <v>25</v>
       </c>
       <c r="I88">
-        <v>4793.449</v>
+        <v>4791.501</v>
       </c>
       <c r="J88">
         <v>14.1</v>
       </c>
       <c r="K88">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>