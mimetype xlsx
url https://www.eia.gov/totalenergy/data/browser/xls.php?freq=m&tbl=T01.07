--- v1 (2025-12-17)
+++ v2 (2026-02-01)
@@ -17,57 +17,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Annual Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 1.7 Primary Energy Consumption, Energy Expenditures, and Carbon Dioxide Emissions Indicators</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Total Primary Energy Consumption</t>
   </si>
   <si>
     <t>Total Primary Energy Consumption per Capita</t>
   </si>
   <si>
     <t>Total Primary Energy Consumption per Real Dollar of GDP</t>
   </si>
   <si>
     <t>Energy Expenditures</t>
   </si>
   <si>
     <t>Energy Expenditures per Capita</t>
   </si>
   <si>
     <t>Energy Expenditures as Share of GDP</t>
   </si>
@@ -3205,113 +3205,113 @@
       </c>
       <c r="F86">
         <v>5148</v>
       </c>
       <c r="G86">
         <v>6.6</v>
       </c>
       <c r="H86">
         <v>3.7</v>
       </c>
       <c r="I86">
         <v>4945.217</v>
       </c>
       <c r="J86">
         <v>14.8</v>
       </c>
       <c r="K86">
         <v>224</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="6">
         <v>2023</v>
       </c>
       <c r="B87">
-        <v>93.726506</v>
+        <v>94.219737</v>
       </c>
       <c r="C87">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D87">
-        <v>4.12</v>
+        <v>4.15</v>
       </c>
       <c r="E87">
         <v>1568550.8</v>
       </c>
       <c r="F87">
         <v>4657</v>
       </c>
       <c r="G87">
         <v>5.6</v>
       </c>
       <c r="H87">
         <v>3.2</v>
       </c>
       <c r="I87">
-        <v>4799.034</v>
+        <v>4825.177</v>
       </c>
       <c r="J87">
-        <v>14.2</v>
+        <v>14.3</v>
       </c>
       <c r="K87">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="6">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>94.541585</v>
+        <v>95.057317</v>
       </c>
       <c r="C88">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D88">
-        <v>4.05</v>
+        <v>4.07</v>
       </c>
       <c r="E88" t="s">
         <v>25</v>
       </c>
       <c r="F88" t="s">
         <v>25</v>
       </c>
       <c r="G88" t="s">
         <v>25</v>
       </c>
       <c r="H88" t="s">
         <v>25</v>
       </c>
       <c r="I88">
-        <v>4791.501</v>
+        <v>4818.87</v>
       </c>
       <c r="J88">
-        <v>14.1</v>
+        <v>14.2</v>
       </c>
       <c r="K88">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>