--- v2 (2026-02-01)
+++ v3 (2026-03-18)
@@ -17,57 +17,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Annual Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 1.7 Primary Energy Consumption, Energy Expenditures, and Carbon Dioxide Emissions Indicators</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Total Primary Energy Consumption</t>
   </si>
   <si>
     <t>Total Primary Energy Consumption per Capita</t>
   </si>
   <si>
     <t>Total Primary Energy Consumption per Real Dollar of GDP</t>
   </si>
   <si>
     <t>Energy Expenditures</t>
   </si>
   <si>
     <t>Energy Expenditures per Capita</t>
   </si>
   <si>
     <t>Energy Expenditures as Share of GDP</t>
   </si>
@@ -3205,113 +3205,113 @@
       </c>
       <c r="F86">
         <v>5148</v>
       </c>
       <c r="G86">
         <v>6.6</v>
       </c>
       <c r="H86">
         <v>3.7</v>
       </c>
       <c r="I86">
         <v>4945.217</v>
       </c>
       <c r="J86">
         <v>14.8</v>
       </c>
       <c r="K86">
         <v>224</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="6">
         <v>2023</v>
       </c>
       <c r="B87">
-        <v>94.219737</v>
+        <v>93.718575</v>
       </c>
       <c r="C87">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="D87">
-        <v>4.15</v>
+        <v>4.12</v>
       </c>
       <c r="E87">
         <v>1568550.8</v>
       </c>
       <c r="F87">
         <v>4657</v>
       </c>
       <c r="G87">
         <v>5.6</v>
       </c>
       <c r="H87">
         <v>3.2</v>
       </c>
       <c r="I87">
-        <v>4825.177</v>
+        <v>4798.609</v>
       </c>
       <c r="J87">
-        <v>14.3</v>
+        <v>14.2</v>
       </c>
       <c r="K87">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="6">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>95.057317</v>
+        <v>94.555672</v>
       </c>
       <c r="C88">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="D88">
-        <v>4.07</v>
+        <v>4.05</v>
       </c>
       <c r="E88" t="s">
         <v>25</v>
       </c>
       <c r="F88" t="s">
         <v>25</v>
       </c>
       <c r="G88" t="s">
         <v>25</v>
       </c>
       <c r="H88" t="s">
         <v>25</v>
       </c>
       <c r="I88">
-        <v>4818.87</v>
+        <v>4790.644</v>
       </c>
       <c r="J88">
-        <v>14.2</v>
+        <v>14.1</v>
       </c>
       <c r="K88">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>