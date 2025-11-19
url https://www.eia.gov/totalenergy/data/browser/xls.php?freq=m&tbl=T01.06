--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 1.6 Cost of Fuels to End Users in Real (1982-1984) Dollars</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Consumer Price Index (Urban)</t>
   </si>
   <si>
     <t>Cost of Motor Gasoline</t>
   </si>
   <si>
     <t>Cost of Residential Heating Oil</t>
   </si>
   <si>
     <t>Cost of Residential Natural Gas</t>
   </si>
   <si>
     <t>Cost of Residential Electricity</t>
   </si>
   <si>
     <t>(Index 1982-1984 = 100)</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z380"/>
+  <dimension ref="A1:Z381"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A380"/>
+      <selection activeCell="A13" sqref="A13:A381"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="83.408" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -12321,92 +12321,124 @@
         <v>5.416</v>
       </c>
       <c r="J378">
         <v>15.873</v>
       </c>
     </row>
     <row r="379" spans="1:26">
       <c r="A379" s="6">
         <v>45839.0</v>
       </c>
       <c r="B379">
         <v>323.048</v>
       </c>
       <c r="C379">
         <v>1.059</v>
       </c>
       <c r="D379">
         <v>8.81</v>
       </c>
       <c r="E379" t="s">
         <v>16</v>
       </c>
       <c r="F379" t="s">
         <v>16</v>
       </c>
-      <c r="G379" t="s">
-[...9 lines deleted...]
-        <v>16</v>
+      <c r="G379">
+        <v>7.822</v>
+      </c>
+      <c r="H379">
+        <v>7.529</v>
+      </c>
+      <c r="I379">
+        <v>5.408</v>
+      </c>
+      <c r="J379">
+        <v>15.85</v>
       </c>
     </row>
     <row r="380" spans="1:26">
       <c r="A380" s="6">
         <v>45870.0</v>
       </c>
       <c r="B380">
         <v>323.976</v>
       </c>
       <c r="C380">
         <v>1.06</v>
       </c>
       <c r="D380">
         <v>8.813</v>
       </c>
       <c r="E380" t="s">
         <v>16</v>
       </c>
       <c r="F380" t="s">
         <v>16</v>
       </c>
       <c r="G380" t="s">
         <v>16</v>
       </c>
       <c r="H380" t="s">
         <v>16</v>
       </c>
       <c r="I380" t="s">
         <v>16</v>
       </c>
       <c r="J380" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="381" spans="1:26">
+      <c r="A381" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B381">
+        <v>324.8</v>
+      </c>
+      <c r="C381">
+        <v>1.072</v>
+      </c>
+      <c r="D381">
+        <v>8.913</v>
+      </c>
+      <c r="E381" t="s">
+        <v>16</v>
+      </c>
+      <c r="F381" t="s">
+        <v>16</v>
+      </c>
+      <c r="G381" t="s">
+        <v>16</v>
+      </c>
+      <c r="H381" t="s">
+        <v>16</v>
+      </c>
+      <c r="I381" t="s">
+        <v>16</v>
+      </c>
+      <c r="J381" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>