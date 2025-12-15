--- v1 (2025-11-19)
+++ v2 (2025-12-15)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 1.6 Cost of Fuels to End Users in Real (1982-1984) Dollars</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Consumer Price Index (Urban)</t>
   </si>
   <si>
     <t>Cost of Motor Gasoline</t>
   </si>
   <si>
     <t>Cost of Residential Heating Oil</t>
   </si>
   <si>
     <t>Cost of Residential Natural Gas</t>
   </si>
   <si>
     <t>Cost of Residential Electricity</t>
   </si>
   <si>
     <t>(Index 1982-1984 = 100)</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z381"/>
+  <dimension ref="A1:Z382"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A381"/>
+      <selection activeCell="A13" sqref="A13:A382"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="83.408" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -11752,118 +11752,118 @@
       <c r="A361" s="6">
         <v>45292.0</v>
       </c>
       <c r="B361">
         <v>308.417</v>
       </c>
       <c r="C361">
         <v>1.087</v>
       </c>
       <c r="D361">
         <v>9.042</v>
       </c>
       <c r="E361" t="s">
         <v>16</v>
       </c>
       <c r="F361" t="s">
         <v>16</v>
       </c>
       <c r="G361">
         <v>3.829</v>
       </c>
       <c r="H361">
         <v>3.685</v>
       </c>
       <c r="I361">
-        <v>5.006</v>
+        <v>4.996</v>
       </c>
       <c r="J361">
-        <v>14.672</v>
+        <v>14.644</v>
       </c>
     </row>
     <row r="362" spans="1:26">
       <c r="A362" s="6">
         <v>45323.0</v>
       </c>
       <c r="B362">
         <v>310.326</v>
       </c>
       <c r="C362">
         <v>1.123</v>
       </c>
       <c r="D362">
         <v>9.343</v>
       </c>
       <c r="E362" t="s">
         <v>16</v>
       </c>
       <c r="F362" t="s">
         <v>16</v>
       </c>
       <c r="G362">
         <v>4.244</v>
       </c>
       <c r="H362">
         <v>4.085</v>
       </c>
       <c r="I362">
-        <v>5.191</v>
+        <v>5.188</v>
       </c>
       <c r="J362">
-        <v>15.215</v>
+        <v>15.205</v>
       </c>
     </row>
     <row r="363" spans="1:26">
       <c r="A363" s="6">
         <v>45352.0</v>
       </c>
       <c r="B363">
         <v>312.332</v>
       </c>
       <c r="C363">
         <v>1.187</v>
       </c>
       <c r="D363">
         <v>9.871</v>
       </c>
       <c r="E363" t="s">
         <v>16</v>
       </c>
       <c r="F363" t="s">
         <v>16</v>
       </c>
       <c r="G363">
         <v>4.406</v>
       </c>
       <c r="H363">
         <v>4.24</v>
       </c>
       <c r="I363">
-        <v>5.34</v>
+        <v>5.337</v>
       </c>
       <c r="J363">
-        <v>15.652</v>
+        <v>15.643</v>
       </c>
     </row>
     <row r="364" spans="1:26">
       <c r="A364" s="6">
         <v>45383.0</v>
       </c>
       <c r="B364">
         <v>313.548</v>
       </c>
       <c r="C364">
         <v>1.246</v>
       </c>
       <c r="D364">
         <v>10.363</v>
       </c>
       <c r="E364" t="s">
         <v>16</v>
       </c>
       <c r="F364" t="s">
         <v>16</v>
       </c>
       <c r="G364">
         <v>4.605</v>
       </c>
       <c r="H364">
@@ -11880,150 +11880,150 @@
       <c r="A365" s="6">
         <v>45413.0</v>
       </c>
       <c r="B365">
         <v>314.069</v>
       </c>
       <c r="C365">
         <v>1.237</v>
       </c>
       <c r="D365">
         <v>10.288</v>
       </c>
       <c r="E365" t="s">
         <v>16</v>
       </c>
       <c r="F365" t="s">
         <v>16</v>
       </c>
       <c r="G365">
         <v>5.677</v>
       </c>
       <c r="H365">
         <v>5.464</v>
       </c>
       <c r="I365">
-        <v>5.225</v>
+        <v>5.222</v>
       </c>
       <c r="J365">
-        <v>15.314</v>
+        <v>15.304</v>
       </c>
     </row>
     <row r="366" spans="1:26">
       <c r="A366" s="6">
         <v>45444.0</v>
       </c>
       <c r="B366">
         <v>314.175</v>
       </c>
       <c r="C366">
         <v>1.187</v>
       </c>
       <c r="D366">
         <v>9.871</v>
       </c>
       <c r="E366" t="s">
         <v>16</v>
       </c>
       <c r="F366" t="s">
         <v>16</v>
       </c>
       <c r="G366">
         <v>6.662</v>
       </c>
       <c r="H366">
         <v>6.412</v>
       </c>
       <c r="I366">
-        <v>5.217</v>
+        <v>5.214</v>
       </c>
       <c r="J366">
-        <v>15.29</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="367" spans="1:26">
       <c r="A367" s="6">
         <v>45474.0</v>
       </c>
       <c r="B367">
         <v>314.54</v>
       </c>
       <c r="C367">
         <v>1.191</v>
       </c>
       <c r="D367">
         <v>9.908</v>
       </c>
       <c r="E367" t="s">
         <v>16</v>
       </c>
       <c r="F367" t="s">
         <v>16</v>
       </c>
       <c r="G367">
         <v>7.312</v>
       </c>
       <c r="H367">
         <v>7.038</v>
       </c>
       <c r="I367">
-        <v>5.281</v>
+        <v>5.284</v>
       </c>
       <c r="J367">
-        <v>15.477</v>
+        <v>15.486</v>
       </c>
     </row>
     <row r="368" spans="1:26">
       <c r="A368" s="6">
         <v>45505.0</v>
       </c>
       <c r="B368">
         <v>314.796</v>
       </c>
       <c r="C368">
         <v>1.159</v>
       </c>
       <c r="D368">
         <v>9.638</v>
       </c>
       <c r="E368" t="s">
         <v>16</v>
       </c>
       <c r="F368" t="s">
         <v>16</v>
       </c>
       <c r="G368">
         <v>7.456</v>
       </c>
       <c r="H368">
         <v>7.176</v>
       </c>
       <c r="I368">
-        <v>5.276</v>
+        <v>5.273</v>
       </c>
       <c r="J368">
-        <v>15.464</v>
+        <v>15.455</v>
       </c>
     </row>
     <row r="369" spans="1:26">
       <c r="A369" s="6">
         <v>45536.0</v>
       </c>
       <c r="B369">
         <v>315.301</v>
       </c>
       <c r="C369">
         <v>1.103</v>
       </c>
       <c r="D369">
         <v>9.174</v>
       </c>
       <c r="E369" t="s">
         <v>16</v>
       </c>
       <c r="F369" t="s">
         <v>16</v>
       </c>
       <c r="G369">
         <v>7.203</v>
       </c>
       <c r="H369">
@@ -12040,150 +12040,150 @@
       <c r="A370" s="6">
         <v>45566.0</v>
       </c>
       <c r="B370">
         <v>315.664</v>
       </c>
       <c r="C370">
         <v>1.081</v>
       </c>
       <c r="D370">
         <v>8.99</v>
       </c>
       <c r="E370" t="s">
         <v>16</v>
       </c>
       <c r="F370" t="s">
         <v>16</v>
       </c>
       <c r="G370">
         <v>5.902</v>
       </c>
       <c r="H370">
         <v>5.68</v>
       </c>
       <c r="I370">
-        <v>5.363</v>
+        <v>5.414</v>
       </c>
       <c r="J370">
-        <v>15.719</v>
+        <v>15.867</v>
       </c>
     </row>
     <row r="371" spans="1:26">
       <c r="A371" s="6">
         <v>45597.0</v>
       </c>
       <c r="B371">
         <v>315.493</v>
       </c>
       <c r="C371">
         <v>1.051</v>
       </c>
       <c r="D371">
         <v>8.739</v>
       </c>
       <c r="E371" t="s">
         <v>16</v>
       </c>
       <c r="F371" t="s">
         <v>16</v>
       </c>
       <c r="G371">
         <v>4.726</v>
       </c>
       <c r="H371">
         <v>4.549</v>
       </c>
       <c r="I371">
-        <v>5.388</v>
+        <v>5.341</v>
       </c>
       <c r="J371">
-        <v>15.792</v>
+        <v>15.653</v>
       </c>
     </row>
     <row r="372" spans="1:26">
       <c r="A372" s="6">
         <v>45627.0</v>
       </c>
       <c r="B372">
         <v>315.605</v>
       </c>
       <c r="C372">
         <v>1.038</v>
       </c>
       <c r="D372">
         <v>8.636</v>
       </c>
       <c r="E372" t="s">
         <v>16</v>
       </c>
       <c r="F372" t="s">
         <v>16</v>
       </c>
       <c r="G372">
         <v>4.113</v>
       </c>
       <c r="H372">
         <v>3.958</v>
       </c>
       <c r="I372">
-        <v>5.152</v>
+        <v>5.155</v>
       </c>
       <c r="J372">
-        <v>15.1</v>
+        <v>15.109</v>
       </c>
     </row>
     <row r="373" spans="1:26">
       <c r="A373" s="6">
         <v>45658.0</v>
       </c>
       <c r="B373">
         <v>317.671</v>
       </c>
       <c r="C373">
         <v>1.052</v>
       </c>
       <c r="D373">
         <v>8.75</v>
       </c>
       <c r="E373" t="s">
         <v>16</v>
       </c>
       <c r="F373" t="s">
         <v>16</v>
       </c>
       <c r="G373">
         <v>3.878</v>
       </c>
       <c r="H373">
         <v>3.733</v>
       </c>
       <c r="I373">
-        <v>5.021</v>
+        <v>5.018</v>
       </c>
       <c r="J373">
-        <v>14.715</v>
+        <v>14.706</v>
       </c>
     </row>
     <row r="374" spans="1:26">
       <c r="A374" s="6">
         <v>45689.0</v>
       </c>
       <c r="B374">
         <v>319.082</v>
       </c>
       <c r="C374">
         <v>1.064</v>
       </c>
       <c r="D374">
         <v>8.852</v>
       </c>
       <c r="E374" t="s">
         <v>16</v>
       </c>
       <c r="F374" t="s">
         <v>16</v>
       </c>
       <c r="G374">
         <v>4.049</v>
       </c>
       <c r="H374">
@@ -12200,118 +12200,118 @@
       <c r="A375" s="6">
         <v>45717.0</v>
       </c>
       <c r="B375">
         <v>319.799</v>
       </c>
       <c r="C375">
         <v>1.053</v>
       </c>
       <c r="D375">
         <v>8.759</v>
       </c>
       <c r="E375" t="s">
         <v>16</v>
       </c>
       <c r="F375" t="s">
         <v>16</v>
       </c>
       <c r="G375">
         <v>4.547</v>
       </c>
       <c r="H375">
         <v>4.376</v>
       </c>
       <c r="I375">
-        <v>5.35</v>
+        <v>5.347</v>
       </c>
       <c r="J375">
-        <v>15.681</v>
+        <v>15.671</v>
       </c>
     </row>
     <row r="376" spans="1:26">
       <c r="A376" s="6">
         <v>45748.0</v>
       </c>
       <c r="B376">
         <v>320.795</v>
       </c>
       <c r="C376">
         <v>1.08</v>
       </c>
       <c r="D376">
         <v>8.983</v>
       </c>
       <c r="E376" t="s">
         <v>16</v>
       </c>
       <c r="F376" t="s">
         <v>16</v>
       </c>
       <c r="G376">
         <v>5.003</v>
       </c>
       <c r="H376">
         <v>4.815</v>
       </c>
       <c r="I376">
-        <v>5.44</v>
+        <v>5.471</v>
       </c>
       <c r="J376">
-        <v>15.943</v>
+        <v>16.034</v>
       </c>
     </row>
     <row r="377" spans="1:26">
       <c r="A377" s="6">
         <v>45778.0</v>
       </c>
       <c r="B377">
         <v>321.465</v>
       </c>
       <c r="C377">
         <v>1.071</v>
       </c>
       <c r="D377">
         <v>8.908</v>
       </c>
       <c r="E377" t="s">
         <v>16</v>
       </c>
       <c r="F377" t="s">
         <v>16</v>
       </c>
       <c r="G377">
         <v>5.966</v>
       </c>
       <c r="H377">
         <v>5.742</v>
       </c>
       <c r="I377">
-        <v>5.434</v>
+        <v>5.403</v>
       </c>
       <c r="J377">
-        <v>15.928</v>
+        <v>15.836</v>
       </c>
     </row>
     <row r="378" spans="1:26">
       <c r="A378" s="6">
         <v>45809.0</v>
       </c>
       <c r="B378">
         <v>322.561</v>
       </c>
       <c r="C378">
         <v>1.067</v>
       </c>
       <c r="D378">
         <v>8.875</v>
       </c>
       <c r="E378" t="s">
         <v>16</v>
       </c>
       <c r="F378" t="s">
         <v>16</v>
       </c>
       <c r="G378">
         <v>7.177</v>
       </c>
       <c r="H378">
@@ -12353,92 +12353,124 @@
         <v>5.408</v>
       </c>
       <c r="J379">
         <v>15.85</v>
       </c>
     </row>
     <row r="380" spans="1:26">
       <c r="A380" s="6">
         <v>45870.0</v>
       </c>
       <c r="B380">
         <v>323.976</v>
       </c>
       <c r="C380">
         <v>1.06</v>
       </c>
       <c r="D380">
         <v>8.813</v>
       </c>
       <c r="E380" t="s">
         <v>16</v>
       </c>
       <c r="F380" t="s">
         <v>16</v>
       </c>
-      <c r="G380" t="s">
-[...9 lines deleted...]
-        <v>16</v>
+      <c r="G380">
+        <v>8.297</v>
+      </c>
+      <c r="H380">
+        <v>7.985</v>
+      </c>
+      <c r="I380">
+        <v>5.439</v>
+      </c>
+      <c r="J380">
+        <v>15.94</v>
       </c>
     </row>
     <row r="381" spans="1:26">
       <c r="A381" s="6">
         <v>45901.0</v>
       </c>
       <c r="B381">
         <v>324.8</v>
       </c>
       <c r="C381">
         <v>1.072</v>
       </c>
       <c r="D381">
         <v>8.913</v>
       </c>
       <c r="E381" t="s">
         <v>16</v>
       </c>
       <c r="F381" t="s">
         <v>16</v>
       </c>
       <c r="G381" t="s">
         <v>16</v>
       </c>
       <c r="H381" t="s">
         <v>16</v>
       </c>
       <c r="I381" t="s">
         <v>16</v>
       </c>
       <c r="J381" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="382" spans="1:26">
+      <c r="A382" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B382" t="s">
+        <v>16</v>
+      </c>
+      <c r="C382" t="s">
+        <v>16</v>
+      </c>
+      <c r="D382" t="s">
+        <v>16</v>
+      </c>
+      <c r="E382" t="s">
+        <v>16</v>
+      </c>
+      <c r="F382" t="s">
+        <v>16</v>
+      </c>
+      <c r="G382" t="s">
+        <v>16</v>
+      </c>
+      <c r="H382" t="s">
+        <v>16</v>
+      </c>
+      <c r="I382" t="s">
+        <v>16</v>
+      </c>
+      <c r="J382" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>