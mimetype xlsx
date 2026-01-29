--- v2 (2025-12-15)
+++ v3 (2026-01-29)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 1.6 Cost of Fuels to End Users in Real (1982-1984) Dollars</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Consumer Price Index (Urban)</t>
   </si>
   <si>
     <t>Cost of Motor Gasoline</t>
   </si>
   <si>
     <t>Cost of Residential Heating Oil</t>
   </si>
   <si>
     <t>Cost of Residential Natural Gas</t>
   </si>
   <si>
     <t>Cost of Residential Electricity</t>
   </si>
   <si>
     <t>(Index 1982-1984 = 100)</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z382"/>
+  <dimension ref="A1:Z384"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A382"/>
+      <selection activeCell="A13" sqref="A13:A384"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="83.408" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -12130,347 +12130,411 @@
       </c>
       <c r="J372">
         <v>15.109</v>
       </c>
     </row>
     <row r="373" spans="1:26">
       <c r="A373" s="6">
         <v>45658.0</v>
       </c>
       <c r="B373">
         <v>317.671</v>
       </c>
       <c r="C373">
         <v>1.052</v>
       </c>
       <c r="D373">
         <v>8.75</v>
       </c>
       <c r="E373" t="s">
         <v>16</v>
       </c>
       <c r="F373" t="s">
         <v>16</v>
       </c>
       <c r="G373">
-        <v>3.878</v>
+        <v>3.91</v>
       </c>
       <c r="H373">
-        <v>3.733</v>
+        <v>3.763</v>
       </c>
       <c r="I373">
         <v>5.018</v>
       </c>
       <c r="J373">
         <v>14.706</v>
       </c>
     </row>
     <row r="374" spans="1:26">
       <c r="A374" s="6">
         <v>45689.0</v>
       </c>
       <c r="B374">
         <v>319.082</v>
       </c>
       <c r="C374">
         <v>1.064</v>
       </c>
       <c r="D374">
         <v>8.852</v>
       </c>
       <c r="E374" t="s">
         <v>16</v>
       </c>
       <c r="F374" t="s">
         <v>16</v>
       </c>
       <c r="G374">
-        <v>4.049</v>
+        <v>4.059</v>
       </c>
       <c r="H374">
-        <v>3.897</v>
+        <v>3.906</v>
       </c>
       <c r="I374">
         <v>5.152</v>
       </c>
       <c r="J374">
         <v>15.1</v>
       </c>
     </row>
     <row r="375" spans="1:26">
       <c r="A375" s="6">
         <v>45717.0</v>
       </c>
       <c r="B375">
         <v>319.799</v>
       </c>
       <c r="C375">
         <v>1.053</v>
       </c>
       <c r="D375">
         <v>8.759</v>
       </c>
       <c r="E375" t="s">
         <v>16</v>
       </c>
       <c r="F375" t="s">
         <v>16</v>
       </c>
       <c r="G375">
-        <v>4.547</v>
+        <v>4.568</v>
       </c>
       <c r="H375">
-        <v>4.376</v>
+        <v>4.397</v>
       </c>
       <c r="I375">
         <v>5.347</v>
       </c>
       <c r="J375">
         <v>15.671</v>
       </c>
     </row>
     <row r="376" spans="1:26">
       <c r="A376" s="6">
         <v>45748.0</v>
       </c>
       <c r="B376">
         <v>320.795</v>
       </c>
       <c r="C376">
         <v>1.08</v>
       </c>
       <c r="D376">
         <v>8.983</v>
       </c>
       <c r="E376" t="s">
         <v>16</v>
       </c>
       <c r="F376" t="s">
         <v>16</v>
       </c>
       <c r="G376">
-        <v>5.003</v>
+        <v>5.016</v>
       </c>
       <c r="H376">
-        <v>4.815</v>
+        <v>4.827</v>
       </c>
       <c r="I376">
         <v>5.471</v>
       </c>
       <c r="J376">
         <v>16.034</v>
       </c>
     </row>
     <row r="377" spans="1:26">
       <c r="A377" s="6">
         <v>45778.0</v>
       </c>
       <c r="B377">
         <v>321.465</v>
       </c>
       <c r="C377">
         <v>1.071</v>
       </c>
       <c r="D377">
         <v>8.908</v>
       </c>
       <c r="E377" t="s">
         <v>16</v>
       </c>
       <c r="F377" t="s">
         <v>16</v>
       </c>
       <c r="G377">
-        <v>5.966</v>
+        <v>5.994</v>
       </c>
       <c r="H377">
-        <v>5.742</v>
+        <v>5.769</v>
       </c>
       <c r="I377">
         <v>5.403</v>
       </c>
       <c r="J377">
         <v>15.836</v>
       </c>
     </row>
     <row r="378" spans="1:26">
       <c r="A378" s="6">
         <v>45809.0</v>
       </c>
       <c r="B378">
         <v>322.561</v>
       </c>
       <c r="C378">
         <v>1.067</v>
       </c>
       <c r="D378">
         <v>8.875</v>
       </c>
       <c r="E378" t="s">
         <v>16</v>
       </c>
       <c r="F378" t="s">
         <v>16</v>
       </c>
       <c r="G378">
-        <v>7.177</v>
+        <v>7.202</v>
       </c>
       <c r="H378">
-        <v>6.908</v>
+        <v>6.931</v>
       </c>
       <c r="I378">
         <v>5.416</v>
       </c>
       <c r="J378">
         <v>15.873</v>
       </c>
     </row>
     <row r="379" spans="1:26">
       <c r="A379" s="6">
         <v>45839.0</v>
       </c>
       <c r="B379">
         <v>323.048</v>
       </c>
       <c r="C379">
         <v>1.059</v>
       </c>
       <c r="D379">
         <v>8.81</v>
       </c>
       <c r="E379" t="s">
         <v>16</v>
       </c>
       <c r="F379" t="s">
         <v>16</v>
       </c>
       <c r="G379">
-        <v>7.822</v>
+        <v>7.866</v>
       </c>
       <c r="H379">
-        <v>7.529</v>
+        <v>7.57</v>
       </c>
       <c r="I379">
         <v>5.408</v>
       </c>
       <c r="J379">
         <v>15.85</v>
       </c>
     </row>
     <row r="380" spans="1:26">
       <c r="A380" s="6">
         <v>45870.0</v>
       </c>
       <c r="B380">
         <v>323.976</v>
       </c>
       <c r="C380">
         <v>1.06</v>
       </c>
       <c r="D380">
         <v>8.813</v>
       </c>
       <c r="E380" t="s">
         <v>16</v>
       </c>
       <c r="F380" t="s">
         <v>16</v>
       </c>
       <c r="G380">
-        <v>8.297</v>
+        <v>8.065</v>
       </c>
       <c r="H380">
-        <v>7.985</v>
+        <v>7.763</v>
       </c>
       <c r="I380">
         <v>5.439</v>
       </c>
       <c r="J380">
         <v>15.94</v>
       </c>
     </row>
     <row r="381" spans="1:26">
       <c r="A381" s="6">
         <v>45901.0</v>
       </c>
       <c r="B381">
         <v>324.8</v>
       </c>
       <c r="C381">
         <v>1.072</v>
       </c>
       <c r="D381">
         <v>8.913</v>
       </c>
       <c r="E381" t="s">
         <v>16</v>
       </c>
       <c r="F381" t="s">
         <v>16</v>
       </c>
-      <c r="G381" t="s">
-[...9 lines deleted...]
-        <v>16</v>
+      <c r="G381">
+        <v>7.562</v>
+      </c>
+      <c r="H381">
+        <v>7.278</v>
+      </c>
+      <c r="I381">
+        <v>5.563</v>
+      </c>
+      <c r="J381">
+        <v>16.305</v>
       </c>
     </row>
     <row r="382" spans="1:26">
       <c r="A382" s="6">
         <v>45931.0</v>
       </c>
       <c r="B382" t="s">
         <v>16</v>
       </c>
       <c r="C382" t="s">
         <v>16</v>
       </c>
       <c r="D382" t="s">
         <v>16</v>
       </c>
       <c r="E382" t="s">
         <v>16</v>
       </c>
       <c r="F382" t="s">
         <v>16</v>
       </c>
       <c r="G382" t="s">
         <v>16</v>
       </c>
       <c r="H382" t="s">
         <v>16</v>
       </c>
       <c r="I382" t="s">
         <v>16</v>
       </c>
       <c r="J382" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="383" spans="1:26">
+      <c r="A383" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B383">
+        <v>324.122</v>
+      </c>
+      <c r="C383">
+        <v>1.041</v>
+      </c>
+      <c r="D383">
+        <v>8.655</v>
+      </c>
+      <c r="E383" t="s">
+        <v>16</v>
+      </c>
+      <c r="F383" t="s">
+        <v>16</v>
+      </c>
+      <c r="G383" t="s">
+        <v>16</v>
+      </c>
+      <c r="H383" t="s">
+        <v>16</v>
+      </c>
+      <c r="I383" t="s">
+        <v>16</v>
+      </c>
+      <c r="J383" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="384" spans="1:26">
+      <c r="A384" s="6">
+        <v>45992.0</v>
+      </c>
+      <c r="B384">
+        <v>324.054</v>
+      </c>
+      <c r="C384">
+        <v>0.986</v>
+      </c>
+      <c r="D384">
+        <v>8.2</v>
+      </c>
+      <c r="E384" t="s">
+        <v>16</v>
+      </c>
+      <c r="F384" t="s">
+        <v>16</v>
+      </c>
+      <c r="G384" t="s">
+        <v>16</v>
+      </c>
+      <c r="H384" t="s">
+        <v>16</v>
+      </c>
+      <c r="I384" t="s">
+        <v>16</v>
+      </c>
+      <c r="J384" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>