--- v3 (2026-01-29)
+++ v4 (2026-03-16)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 1.6 Cost of Fuels to End Users in Real (1982-1984) Dollars</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Consumer Price Index (Urban)</t>
   </si>
   <si>
     <t>Cost of Motor Gasoline</t>
   </si>
   <si>
     <t>Cost of Residential Heating Oil</t>
   </si>
   <si>
     <t>Cost of Residential Natural Gas</t>
   </si>
   <si>
     <t>Cost of Residential Electricity</t>
   </si>
   <si>
     <t>(Index 1982-1984 = 100)</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z384"/>
+  <dimension ref="A1:Z385"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A384"/>
+      <selection activeCell="A13" sqref="A13:A385"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="83.408" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -11362,982 +11362,982 @@
       </c>
       <c r="J348">
         <v>14.753</v>
       </c>
     </row>
     <row r="349" spans="1:26">
       <c r="A349" s="6">
         <v>44927.0</v>
       </c>
       <c r="B349">
         <v>299.17</v>
       </c>
       <c r="C349">
         <v>1.188</v>
       </c>
       <c r="D349">
         <v>9.885</v>
       </c>
       <c r="E349" t="s">
         <v>16</v>
       </c>
       <c r="F349" t="s">
         <v>16</v>
       </c>
       <c r="G349">
-        <v>5.161</v>
+        <v>5.201</v>
       </c>
       <c r="H349">
-        <v>4.972</v>
+        <v>5.011</v>
       </c>
       <c r="I349">
         <v>5.171</v>
       </c>
       <c r="J349">
         <v>15.155</v>
       </c>
     </row>
     <row r="350" spans="1:26">
       <c r="A350" s="6">
         <v>44958.0</v>
       </c>
       <c r="B350">
         <v>300.84</v>
       </c>
       <c r="C350">
         <v>1.204</v>
       </c>
       <c r="D350">
         <v>10.015</v>
       </c>
       <c r="E350" t="s">
         <v>16</v>
       </c>
       <c r="F350" t="s">
         <v>16</v>
       </c>
       <c r="G350">
-        <v>5.046</v>
+        <v>5.036</v>
       </c>
       <c r="H350">
-        <v>4.861</v>
+        <v>4.852</v>
       </c>
       <c r="I350">
         <v>5.312</v>
       </c>
       <c r="J350">
         <v>15.568</v>
       </c>
     </row>
     <row r="351" spans="1:26">
       <c r="A351" s="6">
         <v>44986.0</v>
       </c>
       <c r="B351">
         <v>301.836</v>
       </c>
       <c r="C351">
         <v>1.213</v>
       </c>
       <c r="D351">
         <v>10.087</v>
       </c>
       <c r="E351" t="s">
         <v>16</v>
       </c>
       <c r="F351" t="s">
         <v>16</v>
       </c>
       <c r="G351">
-        <v>4.605</v>
+        <v>4.599</v>
       </c>
       <c r="H351">
-        <v>4.437</v>
+        <v>4.43</v>
       </c>
       <c r="I351">
         <v>5.314</v>
       </c>
       <c r="J351">
         <v>15.575</v>
       </c>
     </row>
     <row r="352" spans="1:26">
       <c r="A352" s="6">
         <v>45017.0</v>
       </c>
       <c r="B352">
         <v>303.363</v>
       </c>
       <c r="C352">
         <v>1.265</v>
       </c>
       <c r="D352">
         <v>10.527</v>
       </c>
       <c r="E352" t="s">
         <v>16</v>
       </c>
       <c r="F352" t="s">
         <v>16</v>
       </c>
       <c r="G352">
-        <v>4.8</v>
+        <v>4.793</v>
       </c>
       <c r="H352">
-        <v>4.624</v>
+        <v>4.617</v>
       </c>
       <c r="I352">
         <v>5.307</v>
       </c>
       <c r="J352">
         <v>15.554</v>
       </c>
     </row>
     <row r="353" spans="1:26">
       <c r="A353" s="6">
         <v>45047.0</v>
       </c>
       <c r="B353">
         <v>304.127</v>
       </c>
       <c r="C353">
         <v>1.248</v>
       </c>
       <c r="D353">
         <v>10.377</v>
       </c>
       <c r="E353" t="s">
         <v>16</v>
       </c>
       <c r="F353" t="s">
         <v>16</v>
       </c>
       <c r="G353">
-        <v>5.554</v>
+        <v>5.544</v>
       </c>
       <c r="H353">
-        <v>5.35</v>
+        <v>5.341</v>
       </c>
       <c r="I353">
         <v>5.307</v>
       </c>
       <c r="J353">
         <v>15.554</v>
       </c>
     </row>
     <row r="354" spans="1:26">
       <c r="A354" s="6">
         <v>45078.0</v>
       </c>
       <c r="B354">
         <v>305.109</v>
       </c>
       <c r="C354">
         <v>1.252</v>
       </c>
       <c r="D354">
         <v>10.418</v>
       </c>
       <c r="E354" t="s">
         <v>16</v>
       </c>
       <c r="F354" t="s">
         <v>16</v>
       </c>
       <c r="G354">
-        <v>6.663</v>
+        <v>6.657</v>
       </c>
       <c r="H354">
-        <v>6.419</v>
+        <v>6.413</v>
       </c>
       <c r="I354">
         <v>5.274</v>
       </c>
       <c r="J354">
         <v>15.456</v>
       </c>
     </row>
     <row r="355" spans="1:26">
       <c r="A355" s="6">
         <v>45108.0</v>
       </c>
       <c r="B355">
         <v>305.691</v>
       </c>
       <c r="C355">
         <v>1.257</v>
       </c>
       <c r="D355">
         <v>10.455</v>
       </c>
       <c r="E355" t="s">
         <v>16</v>
       </c>
       <c r="F355" t="s">
         <v>16</v>
       </c>
       <c r="G355">
-        <v>7.269</v>
+        <v>7.256</v>
       </c>
       <c r="H355">
-        <v>7.003</v>
+        <v>6.99</v>
       </c>
       <c r="I355">
         <v>5.188</v>
       </c>
       <c r="J355">
         <v>15.206</v>
       </c>
     </row>
     <row r="356" spans="1:26">
       <c r="A356" s="6">
         <v>45139.0</v>
       </c>
       <c r="B356">
         <v>307.026</v>
       </c>
       <c r="C356">
         <v>1.324</v>
       </c>
       <c r="D356">
         <v>11.011</v>
       </c>
       <c r="E356" t="s">
         <v>16</v>
       </c>
       <c r="F356" t="s">
         <v>16</v>
       </c>
       <c r="G356">
-        <v>7.635</v>
+        <v>7.625</v>
       </c>
       <c r="H356">
-        <v>7.355</v>
+        <v>7.346</v>
       </c>
       <c r="I356">
         <v>5.182</v>
       </c>
       <c r="J356">
         <v>15.187</v>
       </c>
     </row>
     <row r="357" spans="1:26">
       <c r="A357" s="6">
         <v>45170.0</v>
       </c>
       <c r="B357">
         <v>307.789</v>
       </c>
       <c r="C357">
         <v>1.334</v>
       </c>
       <c r="D357">
         <v>11.1</v>
       </c>
       <c r="E357" t="s">
         <v>16</v>
       </c>
       <c r="F357" t="s">
         <v>16</v>
       </c>
       <c r="G357">
-        <v>7.167</v>
+        <v>7.164</v>
       </c>
       <c r="H357">
-        <v>6.905</v>
+        <v>6.902</v>
       </c>
       <c r="I357">
         <v>5.286</v>
       </c>
       <c r="J357">
         <v>15.493</v>
       </c>
     </row>
     <row r="358" spans="1:26">
       <c r="A358" s="6">
         <v>45200.0</v>
       </c>
       <c r="B358">
         <v>307.671</v>
       </c>
       <c r="C358">
         <v>1.271</v>
       </c>
       <c r="D358">
         <v>10.571</v>
       </c>
       <c r="E358" t="s">
         <v>16</v>
       </c>
       <c r="F358" t="s">
         <v>16</v>
       </c>
       <c r="G358">
-        <v>5.48</v>
+        <v>5.477</v>
       </c>
       <c r="H358">
-        <v>5.279</v>
+        <v>5.276</v>
       </c>
       <c r="I358">
         <v>5.356</v>
       </c>
       <c r="J358">
         <v>15.699</v>
       </c>
     </row>
     <row r="359" spans="1:26">
       <c r="A359" s="6">
         <v>45231.0</v>
       </c>
       <c r="B359">
         <v>307.051</v>
       </c>
       <c r="C359">
         <v>1.18</v>
       </c>
       <c r="D359">
         <v>9.815</v>
       </c>
       <c r="E359" t="s">
         <v>16</v>
       </c>
       <c r="F359" t="s">
         <v>16</v>
       </c>
       <c r="G359">
-        <v>4.393</v>
+        <v>4.387</v>
       </c>
       <c r="H359">
-        <v>4.233</v>
+        <v>4.226</v>
       </c>
       <c r="I359">
         <v>5.273</v>
       </c>
       <c r="J359">
         <v>15.454</v>
       </c>
     </row>
     <row r="360" spans="1:26">
       <c r="A360" s="6">
         <v>45261.0</v>
       </c>
       <c r="B360">
         <v>306.746</v>
       </c>
       <c r="C360">
         <v>1.112</v>
       </c>
       <c r="D360">
         <v>9.25</v>
       </c>
       <c r="E360" t="s">
         <v>16</v>
       </c>
       <c r="F360" t="s">
         <v>16</v>
       </c>
       <c r="G360">
-        <v>4.254</v>
+        <v>4.248</v>
       </c>
       <c r="H360">
-        <v>4.099</v>
+        <v>4.092</v>
       </c>
       <c r="I360">
         <v>5.115</v>
       </c>
       <c r="J360">
         <v>14.991</v>
       </c>
     </row>
     <row r="361" spans="1:26">
       <c r="A361" s="6">
         <v>45292.0</v>
       </c>
       <c r="B361">
         <v>308.417</v>
       </c>
       <c r="C361">
         <v>1.087</v>
       </c>
       <c r="D361">
         <v>9.042</v>
       </c>
       <c r="E361" t="s">
         <v>16</v>
       </c>
       <c r="F361" t="s">
         <v>16</v>
       </c>
       <c r="G361">
-        <v>3.829</v>
+        <v>3.855</v>
       </c>
       <c r="H361">
-        <v>3.685</v>
+        <v>3.71</v>
       </c>
       <c r="I361">
         <v>4.996</v>
       </c>
       <c r="J361">
         <v>14.644</v>
       </c>
     </row>
     <row r="362" spans="1:26">
       <c r="A362" s="6">
         <v>45323.0</v>
       </c>
       <c r="B362">
         <v>310.326</v>
       </c>
       <c r="C362">
         <v>1.123</v>
       </c>
       <c r="D362">
         <v>9.343</v>
       </c>
       <c r="E362" t="s">
         <v>16</v>
       </c>
       <c r="F362" t="s">
         <v>16</v>
       </c>
       <c r="G362">
-        <v>4.244</v>
+        <v>4.234</v>
       </c>
       <c r="H362">
-        <v>4.085</v>
+        <v>4.075</v>
       </c>
       <c r="I362">
         <v>5.188</v>
       </c>
       <c r="J362">
         <v>15.205</v>
       </c>
     </row>
     <row r="363" spans="1:26">
       <c r="A363" s="6">
         <v>45352.0</v>
       </c>
       <c r="B363">
         <v>312.332</v>
       </c>
       <c r="C363">
         <v>1.187</v>
       </c>
       <c r="D363">
         <v>9.871</v>
       </c>
       <c r="E363" t="s">
         <v>16</v>
       </c>
       <c r="F363" t="s">
         <v>16</v>
       </c>
       <c r="G363">
-        <v>4.406</v>
+        <v>4.374</v>
       </c>
       <c r="H363">
-        <v>4.24</v>
+        <v>4.209</v>
       </c>
       <c r="I363">
         <v>5.337</v>
       </c>
       <c r="J363">
         <v>15.643</v>
       </c>
     </row>
     <row r="364" spans="1:26">
       <c r="A364" s="6">
         <v>45383.0</v>
       </c>
       <c r="B364">
         <v>313.548</v>
       </c>
       <c r="C364">
         <v>1.246</v>
       </c>
       <c r="D364">
         <v>10.363</v>
       </c>
       <c r="E364" t="s">
         <v>16</v>
       </c>
       <c r="F364" t="s">
         <v>16</v>
       </c>
       <c r="G364">
-        <v>4.605</v>
+        <v>4.567</v>
       </c>
       <c r="H364">
-        <v>4.432</v>
+        <v>4.396</v>
       </c>
       <c r="I364">
         <v>5.377</v>
       </c>
       <c r="J364">
         <v>15.76</v>
       </c>
     </row>
     <row r="365" spans="1:26">
       <c r="A365" s="6">
         <v>45413.0</v>
       </c>
       <c r="B365">
         <v>314.069</v>
       </c>
       <c r="C365">
         <v>1.237</v>
       </c>
       <c r="D365">
         <v>10.288</v>
       </c>
       <c r="E365" t="s">
         <v>16</v>
       </c>
       <c r="F365" t="s">
         <v>16</v>
       </c>
       <c r="G365">
-        <v>5.677</v>
+        <v>5.626</v>
       </c>
       <c r="H365">
-        <v>5.464</v>
+        <v>5.415</v>
       </c>
       <c r="I365">
         <v>5.222</v>
       </c>
       <c r="J365">
         <v>15.304</v>
       </c>
     </row>
     <row r="366" spans="1:26">
       <c r="A366" s="6">
         <v>45444.0</v>
       </c>
       <c r="B366">
         <v>314.175</v>
       </c>
       <c r="C366">
         <v>1.187</v>
       </c>
       <c r="D366">
         <v>9.871</v>
       </c>
       <c r="E366" t="s">
         <v>16</v>
       </c>
       <c r="F366" t="s">
         <v>16</v>
       </c>
       <c r="G366">
-        <v>6.662</v>
+        <v>6.595</v>
       </c>
       <c r="H366">
-        <v>6.412</v>
+        <v>6.347</v>
       </c>
       <c r="I366">
         <v>5.214</v>
       </c>
       <c r="J366">
         <v>15.28</v>
       </c>
     </row>
     <row r="367" spans="1:26">
       <c r="A367" s="6">
         <v>45474.0</v>
       </c>
       <c r="B367">
         <v>314.54</v>
       </c>
       <c r="C367">
         <v>1.191</v>
       </c>
       <c r="D367">
         <v>9.908</v>
       </c>
       <c r="E367" t="s">
         <v>16</v>
       </c>
       <c r="F367" t="s">
         <v>16</v>
       </c>
       <c r="G367">
-        <v>7.312</v>
+        <v>7.242</v>
       </c>
       <c r="H367">
-        <v>7.038</v>
+        <v>6.97</v>
       </c>
       <c r="I367">
         <v>5.284</v>
       </c>
       <c r="J367">
         <v>15.486</v>
       </c>
     </row>
     <row r="368" spans="1:26">
       <c r="A368" s="6">
         <v>45505.0</v>
       </c>
       <c r="B368">
         <v>314.796</v>
       </c>
       <c r="C368">
         <v>1.159</v>
       </c>
       <c r="D368">
         <v>9.638</v>
       </c>
       <c r="E368" t="s">
         <v>16</v>
       </c>
       <c r="F368" t="s">
         <v>16</v>
       </c>
       <c r="G368">
-        <v>7.456</v>
+        <v>7.376</v>
       </c>
       <c r="H368">
-        <v>7.176</v>
+        <v>7.099</v>
       </c>
       <c r="I368">
         <v>5.273</v>
       </c>
       <c r="J368">
         <v>15.455</v>
       </c>
     </row>
     <row r="369" spans="1:26">
       <c r="A369" s="6">
         <v>45536.0</v>
       </c>
       <c r="B369">
         <v>315.301</v>
       </c>
       <c r="C369">
         <v>1.103</v>
       </c>
       <c r="D369">
         <v>9.174</v>
       </c>
       <c r="E369" t="s">
         <v>16</v>
       </c>
       <c r="F369" t="s">
         <v>16</v>
       </c>
       <c r="G369">
-        <v>7.203</v>
+        <v>7.123</v>
       </c>
       <c r="H369">
-        <v>6.932</v>
+        <v>6.856</v>
       </c>
       <c r="I369">
         <v>5.335</v>
       </c>
       <c r="J369">
         <v>15.635</v>
       </c>
     </row>
     <row r="370" spans="1:26">
       <c r="A370" s="6">
         <v>45566.0</v>
       </c>
       <c r="B370">
         <v>315.664</v>
       </c>
       <c r="C370">
         <v>1.081</v>
       </c>
       <c r="D370">
         <v>8.99</v>
       </c>
       <c r="E370" t="s">
         <v>16</v>
       </c>
       <c r="F370" t="s">
         <v>16</v>
       </c>
       <c r="G370">
-        <v>5.902</v>
+        <v>5.823</v>
       </c>
       <c r="H370">
-        <v>5.68</v>
+        <v>5.604</v>
       </c>
       <c r="I370">
         <v>5.414</v>
       </c>
       <c r="J370">
         <v>15.867</v>
       </c>
     </row>
     <row r="371" spans="1:26">
       <c r="A371" s="6">
         <v>45597.0</v>
       </c>
       <c r="B371">
         <v>315.493</v>
       </c>
       <c r="C371">
         <v>1.051</v>
       </c>
       <c r="D371">
         <v>8.739</v>
       </c>
       <c r="E371" t="s">
         <v>16</v>
       </c>
       <c r="F371" t="s">
         <v>16</v>
       </c>
       <c r="G371">
-        <v>4.726</v>
+        <v>4.688</v>
       </c>
       <c r="H371">
-        <v>4.549</v>
+        <v>4.512</v>
       </c>
       <c r="I371">
         <v>5.341</v>
       </c>
       <c r="J371">
         <v>15.653</v>
       </c>
     </row>
     <row r="372" spans="1:26">
       <c r="A372" s="6">
         <v>45627.0</v>
       </c>
       <c r="B372">
         <v>315.605</v>
       </c>
       <c r="C372">
         <v>1.038</v>
       </c>
       <c r="D372">
         <v>8.636</v>
       </c>
       <c r="E372" t="s">
         <v>16</v>
       </c>
       <c r="F372" t="s">
         <v>16</v>
       </c>
       <c r="G372">
-        <v>4.113</v>
+        <v>4.072</v>
       </c>
       <c r="H372">
-        <v>3.958</v>
+        <v>3.919</v>
       </c>
       <c r="I372">
         <v>5.155</v>
       </c>
       <c r="J372">
         <v>15.109</v>
       </c>
     </row>
     <row r="373" spans="1:26">
       <c r="A373" s="6">
         <v>45658.0</v>
       </c>
       <c r="B373">
         <v>317.671</v>
       </c>
       <c r="C373">
         <v>1.052</v>
       </c>
       <c r="D373">
         <v>8.75</v>
       </c>
       <c r="E373" t="s">
         <v>16</v>
       </c>
       <c r="F373" t="s">
         <v>16</v>
       </c>
       <c r="G373">
-        <v>3.91</v>
+        <v>3.916</v>
       </c>
       <c r="H373">
-        <v>3.763</v>
+        <v>3.769</v>
       </c>
       <c r="I373">
         <v>5.018</v>
       </c>
       <c r="J373">
         <v>14.706</v>
       </c>
     </row>
     <row r="374" spans="1:26">
       <c r="A374" s="6">
         <v>45689.0</v>
       </c>
       <c r="B374">
         <v>319.082</v>
       </c>
       <c r="C374">
         <v>1.064</v>
       </c>
       <c r="D374">
         <v>8.852</v>
       </c>
       <c r="E374" t="s">
         <v>16</v>
       </c>
       <c r="F374" t="s">
         <v>16</v>
       </c>
       <c r="G374">
-        <v>4.059</v>
+        <v>4.065</v>
       </c>
       <c r="H374">
-        <v>3.906</v>
+        <v>3.912</v>
       </c>
       <c r="I374">
         <v>5.152</v>
       </c>
       <c r="J374">
         <v>15.1</v>
       </c>
     </row>
     <row r="375" spans="1:26">
       <c r="A375" s="6">
         <v>45717.0</v>
       </c>
       <c r="B375">
         <v>319.799</v>
       </c>
       <c r="C375">
         <v>1.053</v>
       </c>
       <c r="D375">
         <v>8.759</v>
       </c>
       <c r="E375" t="s">
         <v>16</v>
       </c>
       <c r="F375" t="s">
         <v>16</v>
       </c>
       <c r="G375">
-        <v>4.568</v>
+        <v>4.572</v>
       </c>
       <c r="H375">
-        <v>4.397</v>
+        <v>4.4</v>
       </c>
       <c r="I375">
         <v>5.347</v>
       </c>
       <c r="J375">
         <v>15.671</v>
       </c>
     </row>
     <row r="376" spans="1:26">
       <c r="A376" s="6">
         <v>45748.0</v>
       </c>
       <c r="B376">
         <v>320.795</v>
       </c>
       <c r="C376">
         <v>1.08</v>
       </c>
       <c r="D376">
         <v>8.983</v>
       </c>
       <c r="E376" t="s">
         <v>16</v>
       </c>
       <c r="F376" t="s">
         <v>16</v>
       </c>
       <c r="G376">
-        <v>5.016</v>
+        <v>5.041</v>
       </c>
       <c r="H376">
-        <v>4.827</v>
+        <v>4.851</v>
       </c>
       <c r="I376">
         <v>5.471</v>
       </c>
       <c r="J376">
         <v>16.034</v>
       </c>
     </row>
     <row r="377" spans="1:26">
       <c r="A377" s="6">
         <v>45778.0</v>
       </c>
       <c r="B377">
         <v>321.465</v>
       </c>
       <c r="C377">
         <v>1.071</v>
       </c>
       <c r="D377">
         <v>8.908</v>
       </c>
       <c r="E377" t="s">
         <v>16</v>
       </c>
       <c r="F377" t="s">
         <v>16</v>
       </c>
       <c r="G377">
-        <v>5.994</v>
+        <v>5.985</v>
       </c>
       <c r="H377">
-        <v>5.769</v>
+        <v>5.76</v>
       </c>
       <c r="I377">
         <v>5.403</v>
       </c>
       <c r="J377">
         <v>15.836</v>
       </c>
     </row>
     <row r="378" spans="1:26">
       <c r="A378" s="6">
         <v>45809.0</v>
       </c>
       <c r="B378">
         <v>322.561</v>
       </c>
       <c r="C378">
         <v>1.067</v>
       </c>
       <c r="D378">
         <v>8.875</v>
       </c>
       <c r="E378" t="s">
         <v>16</v>
       </c>
       <c r="F378" t="s">
         <v>16</v>
       </c>
       <c r="G378">
-        <v>7.202</v>
+        <v>7.211</v>
       </c>
       <c r="H378">
-        <v>6.931</v>
+        <v>6.94</v>
       </c>
       <c r="I378">
         <v>5.416</v>
       </c>
       <c r="J378">
         <v>15.873</v>
       </c>
     </row>
     <row r="379" spans="1:26">
       <c r="A379" s="6">
         <v>45839.0</v>
       </c>
       <c r="B379">
         <v>323.048</v>
       </c>
       <c r="C379">
         <v>1.059</v>
       </c>
       <c r="D379">
         <v>8.81</v>
       </c>
       <c r="E379" t="s">
         <v>16</v>
       </c>
       <c r="F379" t="s">
@@ -12354,86 +12354,86 @@
       </c>
       <c r="J379">
         <v>15.85</v>
       </c>
     </row>
     <row r="380" spans="1:26">
       <c r="A380" s="6">
         <v>45870.0</v>
       </c>
       <c r="B380">
         <v>323.976</v>
       </c>
       <c r="C380">
         <v>1.06</v>
       </c>
       <c r="D380">
         <v>8.813</v>
       </c>
       <c r="E380" t="s">
         <v>16</v>
       </c>
       <c r="F380" t="s">
         <v>16</v>
       </c>
       <c r="G380">
-        <v>8.065</v>
+        <v>8.102</v>
       </c>
       <c r="H380">
-        <v>7.763</v>
+        <v>7.798</v>
       </c>
       <c r="I380">
         <v>5.439</v>
       </c>
       <c r="J380">
         <v>15.94</v>
       </c>
     </row>
     <row r="381" spans="1:26">
       <c r="A381" s="6">
         <v>45901.0</v>
       </c>
       <c r="B381">
         <v>324.8</v>
       </c>
       <c r="C381">
         <v>1.072</v>
       </c>
       <c r="D381">
         <v>8.913</v>
       </c>
       <c r="E381" t="s">
         <v>16</v>
       </c>
       <c r="F381" t="s">
         <v>16</v>
       </c>
       <c r="G381">
-        <v>7.562</v>
+        <v>7.608</v>
       </c>
       <c r="H381">
-        <v>7.278</v>
+        <v>7.322</v>
       </c>
       <c r="I381">
         <v>5.563</v>
       </c>
       <c r="J381">
         <v>16.305</v>
       </c>
     </row>
     <row r="382" spans="1:26">
       <c r="A382" s="6">
         <v>45931.0</v>
       </c>
       <c r="B382" t="s">
         <v>16</v>
       </c>
       <c r="C382" t="s">
         <v>16</v>
       </c>
       <c r="D382" t="s">
         <v>16</v>
       </c>
       <c r="E382" t="s">
         <v>16</v>
       </c>
       <c r="F382" t="s">
@@ -12449,92 +12449,124 @@
         <v>16</v>
       </c>
       <c r="J382" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="383" spans="1:26">
       <c r="A383" s="6">
         <v>45962.0</v>
       </c>
       <c r="B383">
         <v>324.122</v>
       </c>
       <c r="C383">
         <v>1.041</v>
       </c>
       <c r="D383">
         <v>8.655</v>
       </c>
       <c r="E383" t="s">
         <v>16</v>
       </c>
       <c r="F383" t="s">
         <v>16</v>
       </c>
-      <c r="G383" t="s">
-[...9 lines deleted...]
-        <v>16</v>
+      <c r="G383">
+        <v>4.588</v>
+      </c>
+      <c r="H383">
+        <v>4.416</v>
+      </c>
+      <c r="I383">
+        <v>5.486</v>
+      </c>
+      <c r="J383">
+        <v>16.077</v>
       </c>
     </row>
     <row r="384" spans="1:26">
       <c r="A384" s="6">
         <v>45992.0</v>
       </c>
       <c r="B384">
         <v>324.054</v>
       </c>
       <c r="C384">
         <v>0.986</v>
       </c>
       <c r="D384">
         <v>8.2</v>
       </c>
       <c r="E384" t="s">
         <v>16</v>
       </c>
       <c r="F384" t="s">
         <v>16</v>
       </c>
       <c r="G384" t="s">
         <v>16</v>
       </c>
       <c r="H384" t="s">
         <v>16</v>
       </c>
       <c r="I384" t="s">
         <v>16</v>
       </c>
       <c r="J384" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="385" spans="1:26">
+      <c r="A385" s="6">
+        <v>46023.0</v>
+      </c>
+      <c r="B385">
+        <v>325.252</v>
+      </c>
+      <c r="C385">
+        <v>0.954</v>
+      </c>
+      <c r="D385">
+        <v>7.937</v>
+      </c>
+      <c r="E385" t="s">
+        <v>16</v>
+      </c>
+      <c r="F385" t="s">
+        <v>16</v>
+      </c>
+      <c r="G385" t="s">
+        <v>16</v>
+      </c>
+      <c r="H385" t="s">
+        <v>16</v>
+      </c>
+      <c r="I385" t="s">
+        <v>16</v>
+      </c>
+      <c r="J385" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -14667,86 +14699,86 @@
       </c>
       <c r="J75">
         <v>15.062</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="7">
         <v>2023</v>
       </c>
       <c r="B76">
         <v>304.702</v>
       </c>
       <c r="C76">
         <v>1.238</v>
       </c>
       <c r="D76">
         <v>10.295</v>
       </c>
       <c r="E76" t="s">
         <v>16</v>
       </c>
       <c r="F76" t="s">
         <v>16</v>
       </c>
       <c r="G76">
-        <v>5.051</v>
+        <v>5.054</v>
       </c>
       <c r="H76">
-        <v>4.866</v>
+        <v>4.869</v>
       </c>
       <c r="I76">
         <v>5.251</v>
       </c>
       <c r="J76">
         <v>15.39</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="7">
         <v>2024</v>
       </c>
       <c r="B77">
         <v>313.689</v>
       </c>
       <c r="C77">
         <v>1.141</v>
       </c>
       <c r="D77">
         <v>9.489</v>
       </c>
       <c r="E77" t="s">
         <v>16</v>
       </c>
       <c r="F77" t="s">
         <v>16</v>
       </c>
       <c r="G77">
-        <v>4.651</v>
+        <v>4.622</v>
       </c>
       <c r="H77">
-        <v>4.477</v>
+        <v>4.449</v>
       </c>
       <c r="I77">
         <v>5.254</v>
       </c>
       <c r="J77">
         <v>15.397</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>