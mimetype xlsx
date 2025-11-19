--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 1.5 Merchandise Trade Value</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Petroleum Exports</t>
   </si>
   <si>
     <t>Petroleum Imports</t>
   </si>
   <si>
     <t>Petroleum Balance</t>
   </si>
   <si>
     <t>Energy Exports</t>
   </si>
   <si>
     <t>Energy Imports</t>
   </si>
   <si>
     <t>Energy Balance</t>
   </si>