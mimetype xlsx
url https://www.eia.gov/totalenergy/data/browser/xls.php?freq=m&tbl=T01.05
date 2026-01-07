--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 1.5 Merchandise Trade Value</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Petroleum Exports</t>
   </si>
   <si>
     <t>Petroleum Imports</t>
   </si>
   <si>
     <t>Petroleum Balance</t>
   </si>
   <si>
     <t>Energy Exports</t>
   </si>
   <si>
     <t>Energy Imports</t>
   </si>
   <si>
     <t>Energy Balance</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z631"/>
+  <dimension ref="A1:Z633"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A631"/>
+      <selection activeCell="A13" sqref="A13:A633"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="20.138" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -22250,60 +22250,130 @@
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45839.0</v>
       </c>
       <c r="B631">
         <v>17218</v>
       </c>
       <c r="C631">
         <v>16823</v>
       </c>
       <c r="D631">
         <v>395</v>
       </c>
       <c r="E631">
         <v>24588</v>
       </c>
       <c r="F631">
         <v>17842</v>
       </c>
       <c r="G631">
         <v>6746</v>
       </c>
       <c r="H631">
-        <v>-123880</v>
+        <v>-122726</v>
       </c>
       <c r="I631">
-        <v>175110</v>
+        <v>176235</v>
       </c>
       <c r="J631">
-        <v>292245</v>
+        <v>292215</v>
       </c>
       <c r="K631">
-        <v>-117134</v>
+        <v>-115980</v>
+      </c>
+    </row>
+    <row r="632" spans="1:26">
+      <c r="A632" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B632">
+        <v>17687</v>
+      </c>
+      <c r="C632">
+        <v>16966</v>
+      </c>
+      <c r="D632">
+        <v>721</v>
+      </c>
+      <c r="E632">
+        <v>24980</v>
+      </c>
+      <c r="F632">
+        <v>17994</v>
+      </c>
+      <c r="G632">
+        <v>6986</v>
+      </c>
+      <c r="H632">
+        <v>-90282</v>
+      </c>
+      <c r="I632">
+        <v>179552</v>
+      </c>
+      <c r="J632">
+        <v>262849</v>
+      </c>
+      <c r="K632">
+        <v>-83296</v>
+      </c>
+    </row>
+    <row r="633" spans="1:26">
+      <c r="A633" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B633">
+        <v>17816</v>
+      </c>
+      <c r="C633">
+        <v>15991</v>
+      </c>
+      <c r="D633">
+        <v>1825</v>
+      </c>
+      <c r="E633">
+        <v>25068</v>
+      </c>
+      <c r="F633">
+        <v>16961</v>
+      </c>
+      <c r="G633">
+        <v>8107</v>
+      </c>
+      <c r="H633">
+        <v>-98123</v>
+      </c>
+      <c r="I633">
+        <v>185627</v>
+      </c>
+      <c r="J633">
+        <v>275643</v>
+      </c>
+      <c r="K633">
+        <v>-90016</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>