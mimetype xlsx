--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 1.5 Merchandise Trade Value</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Petroleum Exports</t>
   </si>
   <si>
     <t>Petroleum Imports</t>
   </si>
   <si>
     <t>Petroleum Balance</t>
   </si>
   <si>
     <t>Energy Exports</t>
   </si>
   <si>
     <t>Energy Imports</t>
   </si>
   <si>
     <t>Energy Balance</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z633"/>
+  <dimension ref="A1:Z634"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A633"/>
+      <selection activeCell="A13" sqref="A13:A634"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="20.138" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -22320,60 +22320,95 @@
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45901.0</v>
       </c>
       <c r="B633">
         <v>17816</v>
       </c>
       <c r="C633">
         <v>15991</v>
       </c>
       <c r="D633">
         <v>1825</v>
       </c>
       <c r="E633">
         <v>25068</v>
       </c>
       <c r="F633">
         <v>16961</v>
       </c>
       <c r="G633">
         <v>8107</v>
       </c>
       <c r="H633">
-        <v>-98123</v>
+        <v>-97720</v>
       </c>
       <c r="I633">
-        <v>185627</v>
+        <v>186865</v>
       </c>
       <c r="J633">
-        <v>275643</v>
+        <v>276478</v>
       </c>
       <c r="K633">
-        <v>-90016</v>
+        <v>-89613</v>
+      </c>
+    </row>
+    <row r="634" spans="1:26">
+      <c r="A634" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B634">
+        <v>17586</v>
+      </c>
+      <c r="C634">
+        <v>14767</v>
+      </c>
+      <c r="D634">
+        <v>2819</v>
+      </c>
+      <c r="E634">
+        <v>24911</v>
+      </c>
+      <c r="F634">
+        <v>15493</v>
+      </c>
+      <c r="G634">
+        <v>9418</v>
+      </c>
+      <c r="H634">
+        <v>-80825</v>
+      </c>
+      <c r="I634">
+        <v>202783</v>
+      </c>
+      <c r="J634">
+        <v>274190</v>
+      </c>
+      <c r="K634">
+        <v>-71407</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>