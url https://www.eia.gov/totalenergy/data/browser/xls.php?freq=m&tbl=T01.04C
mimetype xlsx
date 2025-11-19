--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 1.4c Primary Energy Net Imports by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Net Imports</t>
   </si>
   <si>
     <t>Coal Coke Net Imports</t>
   </si>
   <si>
     <t>Natural Gas Net Imports</t>
   </si>
   <si>
     <t>Crude Oil Net Imports</t>
   </si>
   <si>
     <t>Petroleum Products, Excluding Biofuels, Net Imports</t>
   </si>
   <si>
     <t>Total Petroleum, Excluding Biofuels, Net Imports</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="61.556" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -20488,118 +20488,118 @@
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>-0.215071</v>
       </c>
       <c r="C634">
         <v>-0.003886</v>
       </c>
       <c r="D634">
         <v>-0.394838</v>
       </c>
       <c r="E634">
         <v>0.508565</v>
       </c>
       <c r="F634">
         <v>-0.717321</v>
       </c>
       <c r="G634">
         <v>-0.208755</v>
       </c>
       <c r="H634">
         <v>-0.019543</v>
       </c>
       <c r="I634">
-        <v>0.006452</v>
+        <v>0.006451</v>
       </c>
       <c r="J634">
-        <v>-0.835642</v>
+        <v>-0.835643</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>-0.224943</v>
       </c>
       <c r="C635">
         <v>-0.002619</v>
       </c>
       <c r="D635">
         <v>-0.368112</v>
       </c>
       <c r="E635">
         <v>0.460394</v>
       </c>
       <c r="F635">
         <v>-0.759558</v>
       </c>
       <c r="G635">
         <v>-0.299164</v>
       </c>
       <c r="H635">
         <v>-0.025256</v>
       </c>
       <c r="I635">
         <v>0.001853</v>
       </c>
       <c r="J635">
-        <v>-0.918241</v>
+        <v>-0.918242</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>-0.22282</v>
       </c>
       <c r="C636">
         <v>-0.003705</v>
       </c>
       <c r="D636">
         <v>-0.384354</v>
       </c>
       <c r="E636">
         <v>0.567073</v>
       </c>
       <c r="F636">
         <v>-0.766534</v>
       </c>
       <c r="G636">
         <v>-0.199461</v>
       </c>
       <c r="H636">
         <v>-0.018909</v>
       </c>
       <c r="I636">
-        <v>0.00712</v>
+        <v>0.007119</v>
       </c>
       <c r="J636">
-        <v>-0.822128</v>
+        <v>-0.822129</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>-0.18194</v>
       </c>
       <c r="C637">
         <v>-0.001127</v>
       </c>
       <c r="D637">
         <v>-0.356476</v>
       </c>
       <c r="E637">
         <v>0.552651</v>
       </c>
       <c r="F637">
         <v>-0.643734</v>
       </c>
       <c r="G637">
         <v>-0.091083</v>
       </c>
       <c r="H637">
@@ -20697,101 +20697,133 @@
       </c>
       <c r="G640">
         <v>-0.204646</v>
       </c>
       <c r="H640">
         <v>-0.033114</v>
       </c>
       <c r="I640">
         <v>0.005694</v>
       </c>
       <c r="J640">
         <v>-0.901728</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>-0.185959</v>
       </c>
       <c r="C641">
         <v>-0.002758</v>
       </c>
       <c r="D641">
-        <v>-0.496488</v>
+        <v>-0.495778</v>
       </c>
       <c r="E641">
         <v>0.532927</v>
       </c>
       <c r="F641">
         <v>-0.665197</v>
       </c>
       <c r="G641">
         <v>-0.13227</v>
       </c>
       <c r="H641">
         <v>-0.032959</v>
       </c>
       <c r="I641">
         <v>0.007964</v>
       </c>
       <c r="J641">
-        <v>-0.84247</v>
+        <v>-0.84176</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>-0.163378</v>
       </c>
       <c r="C642">
         <v>-0.002679</v>
       </c>
       <c r="D642">
-        <v>-0.444683</v>
+        <v>-0.444821</v>
       </c>
       <c r="E642">
         <v>0.47558</v>
       </c>
       <c r="F642">
         <v>-0.685355</v>
       </c>
       <c r="G642">
         <v>-0.209775</v>
       </c>
       <c r="H642">
         <v>-0.036134</v>
       </c>
       <c r="I642">
         <v>0.006166</v>
       </c>
       <c r="J642">
-        <v>-0.850483</v>
+        <v>-0.85062</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>-0.153143</v>
+      </c>
+      <c r="C643">
+        <v>-0.00211</v>
+      </c>
+      <c r="D643">
+        <v>-0.46133</v>
+      </c>
+      <c r="E643">
+        <v>0.565207</v>
+      </c>
+      <c r="F643">
+        <v>-0.714505</v>
+      </c>
+      <c r="G643">
+        <v>-0.149298</v>
+      </c>
+      <c r="H643">
+        <v>-0.034671</v>
+      </c>
+      <c r="I643">
+        <v>0.003524</v>
+      </c>
+      <c r="J643">
+        <v>-0.797028</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -23304,63 +23336,63 @@
       </c>
       <c r="I87">
         <v>0.064501</v>
       </c>
       <c r="J87">
         <v>-7.998441</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>-2.566702</v>
       </c>
       <c r="C88">
         <v>-0.037224</v>
       </c>
       <c r="D88">
         <v>-4.552943</v>
       </c>
       <c r="E88">
         <v>6.048445</v>
       </c>
       <c r="F88">
-        <v>-7.931276</v>
+        <v>-7.877116</v>
       </c>
       <c r="G88">
-        <v>-1.882832</v>
+        <v>-1.828672</v>
       </c>
       <c r="H88">
         <v>-0.198604</v>
       </c>
       <c r="I88">
-        <v>0.047147</v>
+        <v>0.047145</v>
       </c>
       <c r="J88">
-        <v>-9.191157</v>
+        <v>-9.136999</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>