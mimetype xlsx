--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 1.4c Primary Energy Net Imports by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Net Imports</t>
   </si>
   <si>
     <t>Coal Coke Net Imports</t>
   </si>
   <si>
     <t>Natural Gas Net Imports</t>
   </si>
   <si>
     <t>Crude Oil Net Imports</t>
   </si>
   <si>
     <t>Petroleum Products, Excluding Biofuels, Net Imports</t>
   </si>
   <si>
     <t>Total Petroleum, Excluding Biofuels, Net Imports</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="61.556" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -19801,1029 +19801,1093 @@
       </c>
       <c r="G612">
         <v>-0.135463</v>
       </c>
       <c r="H612">
         <v>-0.012987</v>
       </c>
       <c r="I612">
         <v>0.01372</v>
       </c>
       <c r="J612">
         <v>-0.606497</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>-0.160703</v>
       </c>
       <c r="C613">
         <v>-0.003213</v>
       </c>
       <c r="D613">
-        <v>-0.331972</v>
+        <v>-0.33203</v>
       </c>
       <c r="E613">
         <v>0.578897</v>
       </c>
       <c r="F613">
         <v>-0.506625</v>
       </c>
       <c r="G613">
         <v>0.072272</v>
       </c>
       <c r="H613">
         <v>-0.00992</v>
       </c>
       <c r="I613">
         <v>0.01121</v>
       </c>
       <c r="J613">
-        <v>-0.422327</v>
+        <v>-0.422385</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>-0.192014</v>
       </c>
       <c r="C614">
         <v>-0.002158</v>
       </c>
       <c r="D614">
-        <v>-0.329917</v>
+        <v>-0.32997</v>
       </c>
       <c r="E614">
         <v>0.466063</v>
       </c>
       <c r="F614">
         <v>-0.40843</v>
       </c>
       <c r="G614">
         <v>0.057633</v>
       </c>
       <c r="H614">
         <v>-0.009861</v>
       </c>
       <c r="I614">
         <v>0.006634</v>
       </c>
       <c r="J614">
-        <v>-0.469683</v>
+        <v>-0.469736</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>-0.214952</v>
       </c>
       <c r="C615">
         <v>-0.002028</v>
       </c>
       <c r="D615">
-        <v>-0.400481</v>
+        <v>-0.400539</v>
       </c>
       <c r="E615">
         <v>0.40123</v>
       </c>
       <c r="F615">
         <v>-0.633203</v>
       </c>
       <c r="G615">
         <v>-0.231973</v>
       </c>
       <c r="H615">
         <v>-0.016828</v>
       </c>
       <c r="I615">
         <v>0.008742</v>
       </c>
       <c r="J615">
-        <v>-0.85752</v>
+        <v>-0.857578</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>-0.179181</v>
       </c>
       <c r="C616">
         <v>-0.001511</v>
       </c>
       <c r="D616">
-        <v>-0.400386</v>
+        <v>-0.40044</v>
       </c>
       <c r="E616">
         <v>0.420585</v>
       </c>
       <c r="F616">
         <v>-0.455415</v>
       </c>
       <c r="G616">
         <v>-0.03483</v>
       </c>
       <c r="H616">
         <v>-0.016323</v>
       </c>
       <c r="I616">
         <v>0.006526</v>
       </c>
       <c r="J616">
-        <v>-0.625705</v>
+        <v>-0.625759</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>-0.196076</v>
       </c>
       <c r="C617">
         <v>-0.002813</v>
       </c>
       <c r="D617">
-        <v>-0.422579</v>
+        <v>-0.422634</v>
       </c>
       <c r="E617">
         <v>0.532184</v>
       </c>
       <c r="F617">
         <v>-0.549461</v>
       </c>
       <c r="G617">
         <v>-0.017277</v>
       </c>
       <c r="H617">
         <v>-0.013536</v>
       </c>
       <c r="I617">
         <v>0.008955</v>
       </c>
       <c r="J617">
-        <v>-0.643326</v>
+        <v>-0.643381</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>-0.196757</v>
       </c>
       <c r="C618">
         <v>-0.002354</v>
       </c>
       <c r="D618">
-        <v>-0.375429</v>
+        <v>-0.375484</v>
       </c>
       <c r="E618">
         <v>0.513099</v>
       </c>
       <c r="F618">
         <v>-0.500435</v>
       </c>
       <c r="G618">
         <v>0.012663</v>
       </c>
       <c r="H618">
         <v>-0.016333</v>
       </c>
       <c r="I618">
         <v>0.005765</v>
       </c>
       <c r="J618">
-        <v>-0.572446</v>
+        <v>-0.5725</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>-0.154055</v>
       </c>
       <c r="C619">
         <v>-0.003245</v>
       </c>
       <c r="D619">
-        <v>-0.3777</v>
+        <v>-0.377758</v>
       </c>
       <c r="E619">
         <v>0.488653</v>
       </c>
       <c r="F619">
         <v>-0.611646</v>
       </c>
       <c r="G619">
         <v>-0.122993</v>
       </c>
       <c r="H619">
         <v>-0.014555</v>
       </c>
       <c r="I619">
         <v>0.004202</v>
       </c>
       <c r="J619">
-        <v>-0.668346</v>
+        <v>-0.668404</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>-0.211587</v>
       </c>
       <c r="C620">
         <v>-0.002561</v>
       </c>
       <c r="D620">
-        <v>-0.387614</v>
+        <v>-0.387671</v>
       </c>
       <c r="E620">
         <v>0.53131</v>
       </c>
       <c r="F620">
         <v>-0.573249</v>
       </c>
       <c r="G620">
         <v>-0.041939</v>
       </c>
       <c r="H620">
         <v>-0.013338</v>
       </c>
       <c r="I620">
         <v>0.004723</v>
       </c>
       <c r="J620">
-        <v>-0.652315</v>
+        <v>-0.652372</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>-0.205175</v>
       </c>
       <c r="C621">
         <v>-0.003901</v>
       </c>
       <c r="D621">
-        <v>-0.395497</v>
+        <v>-0.395552</v>
       </c>
       <c r="E621">
         <v>0.504763</v>
       </c>
       <c r="F621">
         <v>-0.540965</v>
       </c>
       <c r="G621">
         <v>-0.036202</v>
       </c>
       <c r="H621">
         <v>-0.015131</v>
       </c>
       <c r="I621">
         <v>0.000294</v>
       </c>
       <c r="J621">
-        <v>-0.655612</v>
+        <v>-0.655667</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>-0.212369</v>
       </c>
       <c r="C622">
         <v>-0.001679</v>
       </c>
       <c r="D622">
-        <v>-0.420928</v>
+        <v>-0.420985</v>
       </c>
       <c r="E622">
         <v>0.419211</v>
       </c>
       <c r="F622">
         <v>-0.598767</v>
       </c>
       <c r="G622">
         <v>-0.179556</v>
       </c>
       <c r="H622">
         <v>-0.016124</v>
       </c>
       <c r="I622">
         <v>0.000699</v>
       </c>
       <c r="J622">
-        <v>-0.829957</v>
+        <v>-0.830014</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>-0.194425</v>
       </c>
       <c r="C623">
         <v>-0.002194</v>
       </c>
       <c r="D623">
-        <v>-0.4028</v>
+        <v>-0.402859</v>
       </c>
       <c r="E623">
         <v>0.584795</v>
       </c>
       <c r="F623">
         <v>-0.624659</v>
       </c>
       <c r="G623">
         <v>-0.039864</v>
       </c>
       <c r="H623">
         <v>-0.00998</v>
       </c>
       <c r="I623">
         <v>0.002184</v>
       </c>
       <c r="J623">
-        <v>-0.647079</v>
+        <v>-0.647137</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>-0.205273</v>
       </c>
       <c r="C624">
         <v>-0.004779</v>
       </c>
       <c r="D624">
-        <v>-0.431402</v>
+        <v>-0.431466</v>
       </c>
       <c r="E624">
         <v>0.386379</v>
       </c>
       <c r="F624">
         <v>-0.684555</v>
       </c>
       <c r="G624">
         <v>-0.298176</v>
       </c>
       <c r="H624">
         <v>-0.019064</v>
       </c>
       <c r="I624">
         <v>0.004568</v>
       </c>
       <c r="J624">
-        <v>-0.954126</v>
+        <v>-0.95419</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>-0.20213</v>
+        <v>-0.201993</v>
       </c>
       <c r="C625">
         <v>-0.000735</v>
       </c>
       <c r="D625">
-        <v>-0.348992</v>
+        <v>-0.348981</v>
       </c>
       <c r="E625">
         <v>0.553276</v>
       </c>
       <c r="F625">
         <v>-0.614683</v>
       </c>
       <c r="G625">
         <v>-0.061407</v>
       </c>
       <c r="H625">
         <v>-0.009598</v>
       </c>
       <c r="I625">
         <v>0.005926</v>
       </c>
       <c r="J625">
-        <v>-0.616936</v>
+        <v>-0.616789</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>-0.21799</v>
+        <v>-0.206736</v>
       </c>
       <c r="C626">
         <v>-0.001558</v>
       </c>
       <c r="D626">
-        <v>-0.384576</v>
+        <v>-0.384561</v>
       </c>
       <c r="E626">
         <v>0.387248</v>
       </c>
       <c r="F626">
         <v>-0.596747</v>
       </c>
       <c r="G626">
         <v>-0.209498</v>
       </c>
       <c r="H626">
         <v>-0.009519</v>
       </c>
       <c r="I626">
         <v>0.000547</v>
       </c>
       <c r="J626">
-        <v>-0.822594</v>
+        <v>-0.811325</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>-0.223331</v>
+        <v>-0.232083</v>
       </c>
       <c r="C627">
         <v>-0.004083</v>
       </c>
       <c r="D627">
-        <v>-0.424502</v>
+        <v>-0.424484</v>
       </c>
       <c r="E627">
         <v>0.393182</v>
       </c>
       <c r="F627">
         <v>-0.626384</v>
       </c>
       <c r="G627">
         <v>-0.233202</v>
       </c>
       <c r="H627">
         <v>-0.018834</v>
       </c>
       <c r="I627">
         <v>-0.001189</v>
       </c>
       <c r="J627">
-        <v>-0.905142</v>
+        <v>-0.913877</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>-0.160284</v>
+        <v>-0.157935</v>
       </c>
       <c r="C628">
         <v>-0.004442</v>
       </c>
       <c r="D628">
-        <v>-0.344868</v>
+        <v>-0.344854</v>
       </c>
       <c r="E628">
         <v>0.514279</v>
       </c>
       <c r="F628">
         <v>-0.581298</v>
       </c>
       <c r="G628">
         <v>-0.067019</v>
       </c>
       <c r="H628">
         <v>-0.01556</v>
       </c>
       <c r="I628">
         <v>-0.00158</v>
       </c>
       <c r="J628">
-        <v>-0.593754</v>
+        <v>-0.59139</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>-0.215252</v>
+        <v>-0.219134</v>
       </c>
       <c r="C629">
         <v>-0.002455</v>
       </c>
       <c r="D629">
-        <v>-0.407789</v>
+        <v>-0.407771</v>
       </c>
       <c r="E629">
         <v>0.575991</v>
       </c>
       <c r="F629">
         <v>-0.554509</v>
       </c>
       <c r="G629">
         <v>0.021482</v>
       </c>
       <c r="H629">
         <v>-0.017429</v>
       </c>
       <c r="I629">
         <v>0.000154</v>
       </c>
       <c r="J629">
-        <v>-0.621289</v>
+        <v>-0.625153</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>-0.238442</v>
+        <v>-0.241489</v>
       </c>
       <c r="C630">
         <v>-0.004834</v>
       </c>
       <c r="D630">
-        <v>-0.379498</v>
+        <v>-0.379483</v>
       </c>
       <c r="E630">
         <v>0.501948</v>
       </c>
       <c r="F630">
         <v>-0.639068</v>
       </c>
       <c r="G630">
         <v>-0.13712</v>
       </c>
       <c r="H630">
         <v>-0.013262</v>
       </c>
       <c r="I630">
         <v>0.00485</v>
       </c>
       <c r="J630">
-        <v>-0.768305</v>
+        <v>-0.771336</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>-0.208472</v>
+        <v>-0.211396</v>
       </c>
       <c r="C631">
         <v>-0.001569</v>
       </c>
       <c r="D631">
-        <v>-0.33537</v>
+        <v>-0.335358</v>
       </c>
       <c r="E631">
         <v>0.58153</v>
       </c>
       <c r="F631">
         <v>-0.611159</v>
       </c>
       <c r="G631">
         <v>-0.029629</v>
       </c>
       <c r="H631">
         <v>-0.013545</v>
       </c>
       <c r="I631">
         <v>0.008484</v>
       </c>
       <c r="J631">
-        <v>-0.5801</v>
+        <v>-0.583013</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>-0.214153</v>
+        <v>-0.214151</v>
       </c>
       <c r="C632">
         <v>-0.004065</v>
       </c>
       <c r="D632">
-        <v>-0.388717</v>
+        <v>-0.388702</v>
       </c>
       <c r="E632">
         <v>0.482271</v>
       </c>
       <c r="F632">
         <v>-0.704663</v>
       </c>
       <c r="G632">
         <v>-0.222392</v>
       </c>
       <c r="H632">
         <v>-0.018233</v>
       </c>
       <c r="I632">
         <v>0.007357</v>
       </c>
       <c r="J632">
-        <v>-0.840202</v>
+        <v>-0.840185</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>-0.223814</v>
+        <v>-0.225935</v>
       </c>
       <c r="C633">
         <v>-0.003274</v>
       </c>
       <c r="D633">
-        <v>-0.391328</v>
+        <v>-0.391312</v>
       </c>
       <c r="E633">
         <v>0.522687</v>
       </c>
       <c r="F633">
         <v>-0.705185</v>
       </c>
       <c r="G633">
         <v>-0.182498</v>
       </c>
       <c r="H633">
         <v>-0.018923</v>
       </c>
       <c r="I633">
         <v>0.007173</v>
       </c>
       <c r="J633">
-        <v>-0.812663</v>
+        <v>-0.814769</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>-0.215071</v>
+        <v>-0.218103</v>
       </c>
       <c r="C634">
         <v>-0.003886</v>
       </c>
       <c r="D634">
-        <v>-0.394838</v>
+        <v>-0.394822</v>
       </c>
       <c r="E634">
         <v>0.508565</v>
       </c>
       <c r="F634">
         <v>-0.717321</v>
       </c>
       <c r="G634">
         <v>-0.208755</v>
       </c>
       <c r="H634">
         <v>-0.019543</v>
       </c>
       <c r="I634">
         <v>0.006451</v>
       </c>
       <c r="J634">
-        <v>-0.835643</v>
+        <v>-0.838659</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>-0.224943</v>
+        <v>-0.221497</v>
       </c>
       <c r="C635">
         <v>-0.002619</v>
       </c>
       <c r="D635">
-        <v>-0.368112</v>
+        <v>-0.368099</v>
       </c>
       <c r="E635">
         <v>0.460394</v>
       </c>
       <c r="F635">
         <v>-0.759558</v>
       </c>
       <c r="G635">
         <v>-0.299164</v>
       </c>
       <c r="H635">
         <v>-0.025256</v>
       </c>
       <c r="I635">
         <v>0.001853</v>
       </c>
       <c r="J635">
-        <v>-0.918242</v>
+        <v>-0.914782</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>-0.22282</v>
+        <v>-0.226919</v>
       </c>
       <c r="C636">
         <v>-0.003705</v>
       </c>
       <c r="D636">
-        <v>-0.384354</v>
+        <v>-0.384341</v>
       </c>
       <c r="E636">
         <v>0.567073</v>
       </c>
       <c r="F636">
         <v>-0.766534</v>
       </c>
       <c r="G636">
         <v>-0.199461</v>
       </c>
       <c r="H636">
         <v>-0.018909</v>
       </c>
       <c r="I636">
         <v>0.007119</v>
       </c>
       <c r="J636">
-        <v>-0.822129</v>
+        <v>-0.826215</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>-0.18194</v>
+        <v>-0.181423</v>
       </c>
       <c r="C637">
         <v>-0.001127</v>
       </c>
       <c r="D637">
         <v>-0.356476</v>
       </c>
       <c r="E637">
         <v>0.552651</v>
       </c>
       <c r="F637">
         <v>-0.643734</v>
       </c>
       <c r="G637">
         <v>-0.091083</v>
       </c>
       <c r="H637">
         <v>-0.03024</v>
       </c>
       <c r="I637">
         <v>0.009692</v>
       </c>
       <c r="J637">
-        <v>-0.651175</v>
+        <v>-0.650657</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>-0.174824</v>
+        <v>-0.174329</v>
       </c>
       <c r="C638">
         <v>-0.00132</v>
       </c>
       <c r="D638">
         <v>-0.38667</v>
       </c>
       <c r="E638">
         <v>0.338421</v>
       </c>
       <c r="F638">
         <v>-0.57337</v>
       </c>
       <c r="G638">
         <v>-0.234949</v>
       </c>
       <c r="H638">
         <v>-0.023682</v>
       </c>
       <c r="I638">
         <v>0.006439</v>
       </c>
       <c r="J638">
-        <v>-0.815006</v>
+        <v>-0.814511</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>-0.221422</v>
+        <v>-0.220799</v>
       </c>
       <c r="C639">
         <v>-0.001187</v>
       </c>
       <c r="D639">
         <v>-0.49033</v>
       </c>
       <c r="E639">
         <v>0.364831</v>
       </c>
       <c r="F639">
         <v>-0.668518</v>
       </c>
       <c r="G639">
         <v>-0.303687</v>
       </c>
       <c r="H639">
         <v>-0.031621</v>
       </c>
       <c r="I639">
         <v>0.002768</v>
       </c>
       <c r="J639">
-        <v>-1.04548</v>
+        <v>-1.044857</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>-0.17804</v>
+        <v>-0.177532</v>
       </c>
       <c r="C640">
         <v>-0.002199</v>
       </c>
       <c r="D640">
         <v>-0.489422</v>
       </c>
       <c r="E640">
         <v>0.430965</v>
       </c>
       <c r="F640">
         <v>-0.635611</v>
       </c>
       <c r="G640">
         <v>-0.204646</v>
       </c>
       <c r="H640">
         <v>-0.033114</v>
       </c>
       <c r="I640">
         <v>0.005694</v>
       </c>
       <c r="J640">
-        <v>-0.901728</v>
+        <v>-0.90122</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>-0.185959</v>
+        <v>-0.185434</v>
       </c>
       <c r="C641">
         <v>-0.002758</v>
       </c>
       <c r="D641">
         <v>-0.495778</v>
       </c>
       <c r="E641">
         <v>0.532927</v>
       </c>
       <c r="F641">
         <v>-0.665197</v>
       </c>
       <c r="G641">
         <v>-0.13227</v>
       </c>
       <c r="H641">
         <v>-0.032959</v>
       </c>
       <c r="I641">
         <v>0.007964</v>
       </c>
       <c r="J641">
-        <v>-0.84176</v>
+        <v>-0.841235</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>-0.163378</v>
+        <v>-0.162912</v>
       </c>
       <c r="C642">
         <v>-0.002679</v>
       </c>
       <c r="D642">
-        <v>-0.444821</v>
+        <v>-0.445357</v>
       </c>
       <c r="E642">
         <v>0.47558</v>
       </c>
       <c r="F642">
         <v>-0.685355</v>
       </c>
       <c r="G642">
         <v>-0.209775</v>
       </c>
       <c r="H642">
-        <v>-0.036134</v>
+        <v>-0.035507</v>
       </c>
       <c r="I642">
         <v>0.006166</v>
       </c>
       <c r="J642">
-        <v>-0.85062</v>
+        <v>-0.850063</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>-0.153143</v>
+        <v>-0.152706</v>
       </c>
       <c r="C643">
         <v>-0.00211</v>
       </c>
       <c r="D643">
-        <v>-0.46133</v>
+        <v>-0.461914</v>
       </c>
       <c r="E643">
         <v>0.565207</v>
       </c>
       <c r="F643">
         <v>-0.714505</v>
       </c>
       <c r="G643">
         <v>-0.149298</v>
       </c>
       <c r="H643">
-        <v>-0.034671</v>
+        <v>-0.036573</v>
       </c>
       <c r="I643">
-        <v>0.003524</v>
+        <v>0.002997</v>
       </c>
       <c r="J643">
-        <v>-0.797028</v>
+        <v>-0.799605</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>-0.192269</v>
+      </c>
+      <c r="C644">
+        <v>-0.003013</v>
+      </c>
+      <c r="D644">
+        <v>-0.524741</v>
+      </c>
+      <c r="E644">
+        <v>0.467172</v>
+      </c>
+      <c r="F644">
+        <v>-0.623273</v>
+      </c>
+      <c r="G644">
+        <v>-0.156101</v>
+      </c>
+      <c r="H644">
+        <v>-0.034482</v>
+      </c>
+      <c r="I644">
+        <v>0.003756</v>
+      </c>
+      <c r="J644">
+        <v>-0.906849</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>-0.181198</v>
+      </c>
+      <c r="C645">
+        <v>-0.003147</v>
+      </c>
+      <c r="D645">
+        <v>-0.502042</v>
+      </c>
+      <c r="E645">
+        <v>0.450623</v>
+      </c>
+      <c r="F645">
+        <v>-0.629232</v>
+      </c>
+      <c r="G645">
+        <v>-0.178609</v>
+      </c>
+      <c r="H645">
+        <v>-0.034721</v>
+      </c>
+      <c r="I645">
+        <v>0.004427</v>
+      </c>
+      <c r="J645">
+        <v>-0.895291</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -23298,101 +23362,101 @@
       </c>
       <c r="G86">
         <v>0.118115</v>
       </c>
       <c r="H86">
         <v>-0.205107</v>
       </c>
       <c r="I86">
         <v>0.140615</v>
       </c>
       <c r="J86">
         <v>-5.828319</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>-2.322567</v>
       </c>
       <c r="C87">
         <v>-0.032437</v>
       </c>
       <c r="D87">
-        <v>-4.676705</v>
+        <v>-4.677387</v>
       </c>
       <c r="E87">
         <v>5.827168</v>
       </c>
       <c r="F87">
         <v>-6.687411</v>
       </c>
       <c r="G87">
         <v>-0.860242</v>
       </c>
       <c r="H87">
         <v>-0.170991</v>
       </c>
       <c r="I87">
         <v>0.064501</v>
       </c>
       <c r="J87">
-        <v>-7.998441</v>
+        <v>-7.999123</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>-2.566702</v>
+        <v>-2.57737</v>
       </c>
       <c r="C88">
         <v>-0.037224</v>
       </c>
       <c r="D88">
-        <v>-4.552943</v>
+        <v>-4.552767</v>
       </c>
       <c r="E88">
         <v>6.048445</v>
       </c>
       <c r="F88">
         <v>-7.877116</v>
       </c>
       <c r="G88">
         <v>-1.828672</v>
       </c>
       <c r="H88">
         <v>-0.198604</v>
       </c>
       <c r="I88">
         <v>0.047145</v>
       </c>
       <c r="J88">
-        <v>-9.136999</v>
+        <v>-9.147492</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>