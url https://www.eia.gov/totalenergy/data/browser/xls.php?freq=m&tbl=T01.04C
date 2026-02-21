--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 1.4c Primary Energy Net Imports by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Net Imports</t>
   </si>
   <si>
     <t>Coal Coke Net Imports</t>
   </si>
   <si>
     <t>Natural Gas Net Imports</t>
   </si>
   <si>
     <t>Crude Oil Net Imports</t>
   </si>
   <si>
     <t>Petroleum Products, Excluding Biofuels, Net Imports</t>
   </si>
   <si>
     <t>Total Petroleum, Excluding Biofuels, Net Imports</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="61.556" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -20825,69 +20825,101 @@
       </c>
       <c r="G644">
         <v>-0.156101</v>
       </c>
       <c r="H644">
         <v>-0.034482</v>
       </c>
       <c r="I644">
         <v>0.003756</v>
       </c>
       <c r="J644">
         <v>-0.906849</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>-0.181198</v>
       </c>
       <c r="C645">
         <v>-0.003147</v>
       </c>
       <c r="D645">
-        <v>-0.502042</v>
+        <v>-0.504086</v>
       </c>
       <c r="E645">
-        <v>0.450623</v>
+        <v>0.41981</v>
       </c>
       <c r="F645">
-        <v>-0.629232</v>
+        <v>-0.649108</v>
       </c>
       <c r="G645">
-        <v>-0.178609</v>
+        <v>-0.229298</v>
       </c>
       <c r="H645">
-        <v>-0.034721</v>
+        <v>-0.031797</v>
       </c>
       <c r="I645">
         <v>0.004427</v>
       </c>
       <c r="J645">
-        <v>-0.895291</v>
+        <v>-0.945099</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>-0.198878</v>
+      </c>
+      <c r="C646">
+        <v>-0.003508</v>
+      </c>
+      <c r="D646">
+        <v>-0.552557</v>
+      </c>
+      <c r="E646">
+        <v>0.363997</v>
+      </c>
+      <c r="F646">
+        <v>-0.698567</v>
+      </c>
+      <c r="G646">
+        <v>-0.33457</v>
+      </c>
+      <c r="H646">
+        <v>-0.027858</v>
+      </c>
+      <c r="I646">
+        <v>0.001413</v>
+      </c>
+      <c r="J646">
+        <v>-1.115958</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>