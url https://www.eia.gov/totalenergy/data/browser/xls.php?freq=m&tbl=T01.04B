--- v0 (2025-10-04)
+++ v1 (2025-12-15)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 1.4b Primary Energy Exports by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Exports</t>
   </si>
   <si>
     <t>Coal Coke Exports</t>
   </si>
   <si>
     <t>Natural Gas Exports</t>
   </si>
   <si>
     <t>Crude Oil Exports</t>
   </si>
   <si>
     <t>Petroleum Products, Excluding Biofuels, Exports</t>
   </si>
   <si>
     <t>Total Petroleum, Excluding Biofuels, Exports</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -20179,427 +20179,427 @@
       </c>
       <c r="E624">
         <v>0.820812</v>
       </c>
       <c r="F624">
         <v>1.019187</v>
       </c>
       <c r="G624">
         <v>1.839999</v>
       </c>
       <c r="H624">
         <v>0.030626</v>
       </c>
       <c r="I624">
         <v>0.006358</v>
       </c>
       <c r="J624">
         <v>2.80737</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>0.204323</v>
+        <v>0.204751</v>
       </c>
       <c r="C625">
         <v>0.000741</v>
       </c>
       <c r="D625">
         <v>0.680064</v>
       </c>
       <c r="E625">
         <v>0.691938</v>
       </c>
       <c r="F625">
         <v>0.916595</v>
       </c>
       <c r="G625">
         <v>1.608533</v>
       </c>
       <c r="H625">
         <v>0.021027</v>
       </c>
       <c r="I625">
         <v>0.006402</v>
       </c>
       <c r="J625">
-        <v>2.521089</v>
+        <v>2.521518</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>0.22152</v>
+        <v>0.210847</v>
       </c>
       <c r="C626">
         <v>0.001657</v>
       </c>
       <c r="D626">
         <v>0.649324</v>
       </c>
       <c r="E626">
         <v>0.761792</v>
       </c>
       <c r="F626">
         <v>0.870358</v>
       </c>
       <c r="G626">
         <v>1.63215</v>
       </c>
       <c r="H626">
         <v>0.024209</v>
       </c>
       <c r="I626">
         <v>0.008116</v>
       </c>
       <c r="J626">
-        <v>2.536975</v>
+        <v>2.526303</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>0.22532</v>
+        <v>0.23472</v>
       </c>
       <c r="C627">
         <v>0.00446</v>
       </c>
       <c r="D627">
         <v>0.674</v>
       </c>
       <c r="E627">
         <v>0.768207</v>
       </c>
       <c r="F627">
         <v>0.932269</v>
       </c>
       <c r="G627">
         <v>1.700476</v>
       </c>
       <c r="H627">
         <v>0.028526</v>
       </c>
       <c r="I627">
         <v>0.00872</v>
       </c>
       <c r="J627">
-        <v>2.641503</v>
+        <v>2.650903</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>0.166228</v>
+        <v>0.164332</v>
       </c>
       <c r="C628">
         <v>0.004453</v>
       </c>
       <c r="D628">
         <v>0.572328</v>
       </c>
       <c r="E628">
         <v>0.684724</v>
       </c>
       <c r="F628">
         <v>0.899746</v>
       </c>
       <c r="G628">
         <v>1.58447</v>
       </c>
       <c r="H628">
         <v>0.029011</v>
       </c>
       <c r="I628">
         <v>0.00772</v>
       </c>
       <c r="J628">
-        <v>2.364211</v>
+        <v>2.362315</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>0.217121</v>
+        <v>0.221614</v>
       </c>
       <c r="C629">
         <v>0.0025</v>
       </c>
       <c r="D629">
         <v>0.652221</v>
       </c>
       <c r="E629">
         <v>0.747555</v>
       </c>
       <c r="F629">
         <v>0.906756</v>
       </c>
       <c r="G629">
         <v>1.654312</v>
       </c>
       <c r="H629">
         <v>0.0283</v>
       </c>
       <c r="I629">
         <v>0.005959</v>
       </c>
       <c r="J629">
-        <v>2.560412</v>
+        <v>2.564905</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>0.243191</v>
+        <v>0.246919</v>
       </c>
       <c r="C630">
         <v>0.004835</v>
       </c>
       <c r="D630">
         <v>0.632413</v>
       </c>
       <c r="E630">
         <v>0.713761</v>
       </c>
       <c r="F630">
         <v>0.968115</v>
       </c>
       <c r="G630">
         <v>1.681877</v>
       </c>
       <c r="H630">
         <v>0.025142</v>
       </c>
       <c r="I630">
         <v>0.004957</v>
       </c>
       <c r="J630">
-        <v>2.592415</v>
+        <v>2.596143</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>0.212806</v>
+        <v>0.216327</v>
       </c>
       <c r="C631">
         <v>0.00228</v>
       </c>
       <c r="D631">
         <v>0.613599</v>
       </c>
       <c r="E631">
         <v>0.755748</v>
       </c>
       <c r="F631">
         <v>0.932453</v>
       </c>
       <c r="G631">
         <v>1.688201</v>
       </c>
       <c r="H631">
         <v>0.025545</v>
       </c>
       <c r="I631">
         <v>0.005166</v>
       </c>
       <c r="J631">
-        <v>2.547598</v>
+        <v>2.551119</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>0.220907</v>
+        <v>0.221516</v>
       </c>
       <c r="C632">
         <v>0.004565</v>
       </c>
       <c r="D632">
         <v>0.65613</v>
       </c>
       <c r="E632">
         <v>0.706463</v>
       </c>
       <c r="F632">
         <v>1.004214</v>
       </c>
       <c r="G632">
         <v>1.710676</v>
       </c>
       <c r="H632">
         <v>0.028652</v>
       </c>
       <c r="I632">
         <v>0.00416</v>
       </c>
       <c r="J632">
-        <v>2.62509</v>
+        <v>2.625699</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>0.229627</v>
+        <v>0.232389</v>
       </c>
       <c r="C633">
         <v>0.003282</v>
       </c>
       <c r="D633">
         <v>0.644055</v>
       </c>
       <c r="E633">
         <v>0.651255</v>
       </c>
       <c r="F633">
         <v>0.977141</v>
       </c>
       <c r="G633">
         <v>1.628396</v>
       </c>
       <c r="H633">
         <v>0.027736</v>
       </c>
       <c r="I633">
         <v>0.003383</v>
       </c>
       <c r="J633">
-        <v>2.536479</v>
+        <v>2.539241</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>0.217842</v>
+        <v>0.221485</v>
       </c>
       <c r="C634">
         <v>0.004891</v>
       </c>
       <c r="D634">
         <v>0.655154</v>
       </c>
       <c r="E634">
         <v>0.685182</v>
       </c>
       <c r="F634">
         <v>0.967999</v>
       </c>
       <c r="G634">
         <v>1.653181</v>
       </c>
       <c r="H634">
         <v>0.0261</v>
       </c>
       <c r="I634">
-        <v>0.00309</v>
+        <v>0.003091</v>
       </c>
       <c r="J634">
-        <v>2.560258</v>
+        <v>2.563901</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>0.22886</v>
+        <v>0.226037</v>
       </c>
       <c r="C635">
         <v>0.003031</v>
       </c>
       <c r="D635">
         <v>0.645319</v>
       </c>
       <c r="E635">
         <v>0.735796</v>
       </c>
       <c r="F635">
         <v>1.01816</v>
       </c>
       <c r="G635">
         <v>1.753956</v>
       </c>
       <c r="H635">
         <v>0.028931</v>
       </c>
       <c r="I635">
-        <v>0.004255</v>
+        <v>0.004256</v>
       </c>
       <c r="J635">
-        <v>2.664353</v>
+        <v>2.661531</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>0.225792</v>
+        <v>0.230528</v>
       </c>
       <c r="C636">
         <v>0.003714</v>
       </c>
       <c r="D636">
         <v>0.7018</v>
       </c>
       <c r="E636">
         <v>0.665192</v>
       </c>
       <c r="F636">
         <v>1.053717</v>
       </c>
       <c r="G636">
         <v>1.718909</v>
       </c>
       <c r="H636">
         <v>0.028352</v>
       </c>
       <c r="I636">
-        <v>0.004389</v>
+        <v>0.00439</v>
       </c>
       <c r="J636">
-        <v>2.682957</v>
+        <v>2.687693</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0.187674</v>
       </c>
       <c r="C637">
         <v>0.001286</v>
       </c>
       <c r="D637">
         <v>0.700553</v>
       </c>
       <c r="E637">
         <v>0.696909</v>
       </c>
       <c r="F637">
         <v>0.924205</v>
       </c>
       <c r="G637">
         <v>1.621114</v>
       </c>
       <c r="H637">
@@ -20697,101 +20697,165 @@
       </c>
       <c r="G640">
         <v>1.576454</v>
       </c>
       <c r="H640">
         <v>0.033466</v>
       </c>
       <c r="I640">
         <v>0.004245</v>
       </c>
       <c r="J640">
         <v>2.532869</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>0.190547</v>
       </c>
       <c r="C641">
         <v>0.003455</v>
       </c>
       <c r="D641">
-        <v>0.74301</v>
+        <v>0.7423</v>
       </c>
       <c r="E641">
         <v>0.643356</v>
       </c>
       <c r="F641">
         <v>0.960215</v>
       </c>
       <c r="G641">
         <v>1.603571</v>
       </c>
       <c r="H641">
         <v>0.03388</v>
       </c>
       <c r="I641">
         <v>0.003378</v>
       </c>
       <c r="J641">
-        <v>2.57784</v>
+        <v>2.57713</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>0.168822</v>
       </c>
       <c r="C642">
         <v>0.002805</v>
       </c>
       <c r="D642">
         <v>0.697417</v>
       </c>
       <c r="E642">
         <v>0.64552</v>
       </c>
       <c r="F642">
         <v>0.977136</v>
       </c>
       <c r="G642">
         <v>1.622656</v>
       </c>
       <c r="H642">
-        <v>0.036654</v>
+        <v>0.036027</v>
       </c>
       <c r="I642">
         <v>0.003089</v>
       </c>
       <c r="J642">
-        <v>2.531443</v>
+        <v>2.530815</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>0.158324</v>
+      </c>
+      <c r="C643">
+        <v>0.003181</v>
+      </c>
+      <c r="D643">
+        <v>0.725637</v>
+      </c>
+      <c r="E643">
+        <v>0.624</v>
+      </c>
+      <c r="F643">
+        <v>0.989439</v>
+      </c>
+      <c r="G643">
+        <v>1.613439</v>
+      </c>
+      <c r="H643">
+        <v>0.037837</v>
+      </c>
+      <c r="I643">
+        <v>0.00463</v>
+      </c>
+      <c r="J643">
+        <v>2.543049</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>0.191866</v>
+      </c>
+      <c r="C644">
+        <v>0.003899</v>
+      </c>
+      <c r="D644">
+        <v>0.767954</v>
+      </c>
+      <c r="E644">
+        <v>0.624</v>
+      </c>
+      <c r="F644">
+        <v>0.988843</v>
+      </c>
+      <c r="G644">
+        <v>1.612843</v>
+      </c>
+      <c r="H644">
+        <v>0.036074</v>
+      </c>
+      <c r="I644">
+        <v>0.004831</v>
+      </c>
+      <c r="J644">
+        <v>2.617467</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -23292,75 +23356,75 @@
       </c>
       <c r="E87">
         <v>8.535028</v>
       </c>
       <c r="F87">
         <v>10.641446</v>
       </c>
       <c r="G87">
         <v>19.176473</v>
       </c>
       <c r="H87">
         <v>0.285082</v>
       </c>
       <c r="I87">
         <v>0.068285</v>
       </c>
       <c r="J87">
         <v>29.655971</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>2.613538</v>
+        <v>2.631464</v>
       </c>
       <c r="C88">
         <v>0.040409</v>
       </c>
       <c r="D88">
         <v>7.776408</v>
       </c>
       <c r="E88">
         <v>8.567613</v>
       </c>
       <c r="F88">
-        <v>11.501691</v>
+        <v>11.447531</v>
       </c>
       <c r="G88">
-        <v>20.069304</v>
+        <v>20.015144</v>
       </c>
       <c r="H88">
         <v>0.321524</v>
       </c>
       <c r="I88">
-        <v>0.066317</v>
+        <v>0.066319</v>
       </c>
       <c r="J88">
-        <v>30.887501</v>
+        <v>30.851269</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>