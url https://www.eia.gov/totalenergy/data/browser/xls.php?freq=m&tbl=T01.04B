--- v1 (2025-12-15)
+++ v2 (2026-01-29)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 1.4b Primary Energy Exports by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Exports</t>
   </si>
   <si>
     <t>Coal Coke Exports</t>
   </si>
   <si>
     <t>Natural Gas Exports</t>
   </si>
   <si>
     <t>Crude Oil Exports</t>
   </si>
   <si>
     <t>Petroleum Products, Excluding Biofuels, Exports</t>
   </si>
   <si>
     <t>Total Petroleum, Excluding Biofuels, Exports</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -19801,1061 +19801,1125 @@
       </c>
       <c r="G612">
         <v>1.605374</v>
       </c>
       <c r="H612">
         <v>0.021508</v>
       </c>
       <c r="I612">
         <v>0.002906</v>
       </c>
       <c r="J612">
         <v>2.408103</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>0.170346</v>
       </c>
       <c r="C613">
         <v>0.003328</v>
       </c>
       <c r="D613">
-        <v>0.614082</v>
+        <v>0.614118</v>
       </c>
       <c r="E613">
         <v>0.605475</v>
       </c>
       <c r="F613">
         <v>0.859183</v>
       </c>
       <c r="G613">
         <v>1.464658</v>
       </c>
       <c r="H613">
         <v>0.018381</v>
       </c>
       <c r="I613">
         <v>0.004105</v>
       </c>
       <c r="J613">
-        <v>2.274901</v>
+        <v>2.274936</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>0.198585</v>
       </c>
       <c r="C614">
         <v>0.002171</v>
       </c>
       <c r="D614">
-        <v>0.579946</v>
+        <v>0.579979</v>
       </c>
       <c r="E614">
         <v>0.659786</v>
       </c>
       <c r="F614">
         <v>0.752393</v>
       </c>
       <c r="G614">
         <v>1.412178</v>
       </c>
       <c r="H614">
         <v>0.017962</v>
       </c>
       <c r="I614">
         <v>0.005391</v>
       </c>
       <c r="J614">
-        <v>2.216233</v>
+        <v>2.216266</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>0.221111</v>
       </c>
       <c r="C615">
         <v>0.002044</v>
       </c>
       <c r="D615">
-        <v>0.656238</v>
+        <v>0.656275</v>
       </c>
       <c r="E615">
         <v>0.783657</v>
       </c>
       <c r="F615">
         <v>0.952914</v>
       </c>
       <c r="G615">
         <v>1.736571</v>
       </c>
       <c r="H615">
         <v>0.026055</v>
       </c>
       <c r="I615">
         <v>0.004534</v>
       </c>
       <c r="J615">
-        <v>2.646553</v>
+        <v>2.64659</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>0.188532</v>
       </c>
       <c r="C616">
         <v>0.002357</v>
       </c>
       <c r="D616">
-        <v>0.626283</v>
+        <v>0.626319</v>
       </c>
       <c r="E616">
         <v>0.711006</v>
       </c>
       <c r="F616">
         <v>0.822041</v>
       </c>
       <c r="G616">
         <v>1.533047</v>
       </c>
       <c r="H616">
         <v>0.023989</v>
       </c>
       <c r="I616">
         <v>0.00571</v>
       </c>
       <c r="J616">
-        <v>2.379919</v>
+        <v>2.379955</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>0.202774</v>
       </c>
       <c r="C617">
         <v>0.003101</v>
       </c>
       <c r="D617">
-        <v>0.644127</v>
+        <v>0.644164</v>
       </c>
       <c r="E617">
         <v>0.683084</v>
       </c>
       <c r="F617">
         <v>0.891958</v>
       </c>
       <c r="G617">
         <v>1.575042</v>
       </c>
       <c r="H617">
         <v>0.024308</v>
       </c>
       <c r="I617">
         <v>0.004365</v>
       </c>
       <c r="J617">
-        <v>2.453716</v>
+        <v>2.453753</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>0.202949</v>
       </c>
       <c r="C618">
         <v>0.003265</v>
       </c>
       <c r="D618">
-        <v>0.612773</v>
+        <v>0.612808</v>
       </c>
       <c r="E618">
         <v>0.672589</v>
       </c>
       <c r="F618">
         <v>0.875773</v>
       </c>
       <c r="G618">
         <v>1.548362</v>
       </c>
       <c r="H618">
         <v>0.025519</v>
       </c>
       <c r="I618">
         <v>0.004695</v>
       </c>
       <c r="J618">
-        <v>2.397564</v>
+        <v>2.397599</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0.161197</v>
       </c>
       <c r="C619">
         <v>0.004399</v>
       </c>
       <c r="D619">
-        <v>0.640195</v>
+        <v>0.640232</v>
       </c>
       <c r="E619">
         <v>0.696647</v>
       </c>
       <c r="F619">
         <v>0.939729</v>
       </c>
       <c r="G619">
         <v>1.636375</v>
       </c>
       <c r="H619">
         <v>0.02302</v>
       </c>
       <c r="I619">
         <v>0.006776</v>
       </c>
       <c r="J619">
-        <v>2.471963</v>
+        <v>2.472</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>0.219366</v>
       </c>
       <c r="C620">
         <v>0.002641</v>
       </c>
       <c r="D620">
-        <v>0.64021</v>
+        <v>0.640246</v>
       </c>
       <c r="E620">
         <v>0.78248</v>
       </c>
       <c r="F620">
         <v>0.892092</v>
       </c>
       <c r="G620">
         <v>1.674572</v>
       </c>
       <c r="H620">
         <v>0.025025</v>
       </c>
       <c r="I620">
         <v>0.005522</v>
       </c>
       <c r="J620">
-        <v>2.567337</v>
+        <v>2.567374</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>0.21206</v>
       </c>
       <c r="C621">
         <v>0.003967</v>
       </c>
       <c r="D621">
-        <v>0.631255</v>
+        <v>0.631292</v>
       </c>
       <c r="E621">
         <v>0.71102</v>
       </c>
       <c r="F621">
         <v>0.849069</v>
       </c>
       <c r="G621">
         <v>1.56009</v>
       </c>
       <c r="H621">
         <v>0.025608</v>
       </c>
       <c r="I621">
         <v>0.007745</v>
       </c>
       <c r="J621">
-        <v>2.440726</v>
+        <v>2.440762</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>0.221433</v>
       </c>
       <c r="C622">
         <v>0.002496</v>
       </c>
       <c r="D622">
-        <v>0.657672</v>
+        <v>0.657709</v>
       </c>
       <c r="E622">
         <v>0.733204</v>
       </c>
       <c r="F622">
         <v>0.889329</v>
       </c>
       <c r="G622">
         <v>1.622532</v>
       </c>
       <c r="H622">
         <v>0.023503</v>
       </c>
       <c r="I622">
         <v>0.006844</v>
       </c>
       <c r="J622">
-        <v>2.53448</v>
+        <v>2.534518</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>0.201774</v>
       </c>
       <c r="C623">
         <v>0.002946</v>
       </c>
       <c r="D623">
-        <v>0.660119</v>
+        <v>0.660156</v>
       </c>
       <c r="E623">
         <v>0.675268</v>
       </c>
       <c r="F623">
         <v>0.897776</v>
       </c>
       <c r="G623">
         <v>1.573044</v>
       </c>
       <c r="H623">
         <v>0.021087</v>
       </c>
       <c r="I623">
         <v>0.00624</v>
       </c>
       <c r="J623">
-        <v>2.46521</v>
+        <v>2.465248</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>0.210377</v>
       </c>
       <c r="C624">
         <v>0.004827</v>
       </c>
       <c r="D624">
-        <v>0.715184</v>
+        <v>0.715225</v>
       </c>
       <c r="E624">
         <v>0.820812</v>
       </c>
       <c r="F624">
         <v>1.019187</v>
       </c>
       <c r="G624">
         <v>1.839999</v>
       </c>
       <c r="H624">
         <v>0.030626</v>
       </c>
       <c r="I624">
         <v>0.006358</v>
       </c>
       <c r="J624">
-        <v>2.80737</v>
+        <v>2.807411</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>0.204751</v>
+        <v>0.204186</v>
       </c>
       <c r="C625">
         <v>0.000741</v>
       </c>
       <c r="D625">
-        <v>0.680064</v>
+        <v>0.680022</v>
       </c>
       <c r="E625">
         <v>0.691938</v>
       </c>
       <c r="F625">
         <v>0.916595</v>
       </c>
       <c r="G625">
         <v>1.608533</v>
       </c>
       <c r="H625">
         <v>0.021027</v>
       </c>
       <c r="I625">
         <v>0.006402</v>
       </c>
       <c r="J625">
-        <v>2.521518</v>
+        <v>2.520911</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>0.210847</v>
+        <v>0.210265</v>
       </c>
       <c r="C626">
         <v>0.001657</v>
       </c>
       <c r="D626">
-        <v>0.649324</v>
+        <v>0.649284</v>
       </c>
       <c r="E626">
         <v>0.761792</v>
       </c>
       <c r="F626">
         <v>0.870358</v>
       </c>
       <c r="G626">
         <v>1.63215</v>
       </c>
       <c r="H626">
         <v>0.024209</v>
       </c>
       <c r="I626">
         <v>0.008116</v>
       </c>
       <c r="J626">
-        <v>2.526303</v>
+        <v>2.525681</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>0.23472</v>
+        <v>0.234073</v>
       </c>
       <c r="C627">
         <v>0.00446</v>
       </c>
       <c r="D627">
-        <v>0.674</v>
+        <v>0.673959</v>
       </c>
       <c r="E627">
         <v>0.768207</v>
       </c>
       <c r="F627">
         <v>0.932269</v>
       </c>
       <c r="G627">
         <v>1.700476</v>
       </c>
       <c r="H627">
         <v>0.028526</v>
       </c>
       <c r="I627">
         <v>0.00872</v>
       </c>
       <c r="J627">
-        <v>2.650903</v>
+        <v>2.650213</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>0.164332</v>
+        <v>0.163879</v>
       </c>
       <c r="C628">
         <v>0.004453</v>
       </c>
       <c r="D628">
-        <v>0.572328</v>
+        <v>0.572293</v>
       </c>
       <c r="E628">
         <v>0.684724</v>
       </c>
       <c r="F628">
         <v>0.899746</v>
       </c>
       <c r="G628">
         <v>1.58447</v>
       </c>
       <c r="H628">
         <v>0.029011</v>
       </c>
       <c r="I628">
         <v>0.00772</v>
       </c>
       <c r="J628">
-        <v>2.362315</v>
+        <v>2.361826</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>0.221614</v>
+        <v>0.221003</v>
       </c>
       <c r="C629">
         <v>0.0025</v>
       </c>
       <c r="D629">
-        <v>0.652221</v>
+        <v>0.65218</v>
       </c>
       <c r="E629">
         <v>0.747555</v>
       </c>
       <c r="F629">
         <v>0.906756</v>
       </c>
       <c r="G629">
         <v>1.654312</v>
       </c>
       <c r="H629">
         <v>0.0283</v>
       </c>
       <c r="I629">
         <v>0.005959</v>
       </c>
       <c r="J629">
-        <v>2.564905</v>
+        <v>2.564254</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>0.246919</v>
+        <v>0.246238</v>
       </c>
       <c r="C630">
         <v>0.004835</v>
       </c>
       <c r="D630">
-        <v>0.632413</v>
+        <v>0.632374</v>
       </c>
       <c r="E630">
         <v>0.713761</v>
       </c>
       <c r="F630">
         <v>0.968115</v>
       </c>
       <c r="G630">
         <v>1.681877</v>
       </c>
       <c r="H630">
         <v>0.025142</v>
       </c>
       <c r="I630">
         <v>0.004957</v>
       </c>
       <c r="J630">
-        <v>2.596143</v>
+        <v>2.595423</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>0.216327</v>
+        <v>0.21573</v>
       </c>
       <c r="C631">
         <v>0.00228</v>
       </c>
       <c r="D631">
-        <v>0.613599</v>
+        <v>0.613561</v>
       </c>
       <c r="E631">
         <v>0.755748</v>
       </c>
       <c r="F631">
         <v>0.932453</v>
       </c>
       <c r="G631">
         <v>1.688201</v>
       </c>
       <c r="H631">
         <v>0.025545</v>
       </c>
       <c r="I631">
         <v>0.005166</v>
       </c>
       <c r="J631">
-        <v>2.551119</v>
+        <v>2.550484</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>0.221516</v>
+        <v>0.220905</v>
       </c>
       <c r="C632">
         <v>0.004565</v>
       </c>
       <c r="D632">
-        <v>0.65613</v>
+        <v>0.656089</v>
       </c>
       <c r="E632">
         <v>0.706463</v>
       </c>
       <c r="F632">
         <v>1.004214</v>
       </c>
       <c r="G632">
         <v>1.710676</v>
       </c>
       <c r="H632">
         <v>0.028652</v>
       </c>
       <c r="I632">
         <v>0.00416</v>
       </c>
       <c r="J632">
-        <v>2.625699</v>
+        <v>2.625047</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>0.232389</v>
+        <v>0.231748</v>
       </c>
       <c r="C633">
         <v>0.003282</v>
       </c>
       <c r="D633">
-        <v>0.644055</v>
+        <v>0.644015</v>
       </c>
       <c r="E633">
         <v>0.651255</v>
       </c>
       <c r="F633">
         <v>0.977141</v>
       </c>
       <c r="G633">
         <v>1.628396</v>
       </c>
       <c r="H633">
         <v>0.027736</v>
       </c>
       <c r="I633">
         <v>0.003383</v>
       </c>
       <c r="J633">
-        <v>2.539241</v>
+        <v>2.538561</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>0.221485</v>
+        <v>0.220874</v>
       </c>
       <c r="C634">
         <v>0.004891</v>
       </c>
       <c r="D634">
-        <v>0.655154</v>
+        <v>0.655113</v>
       </c>
       <c r="E634">
         <v>0.685182</v>
       </c>
       <c r="F634">
         <v>0.967999</v>
       </c>
       <c r="G634">
         <v>1.653181</v>
       </c>
       <c r="H634">
         <v>0.0261</v>
       </c>
       <c r="I634">
         <v>0.003091</v>
       </c>
       <c r="J634">
-        <v>2.563901</v>
+        <v>2.56325</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>0.226037</v>
+        <v>0.225414</v>
       </c>
       <c r="C635">
         <v>0.003031</v>
       </c>
       <c r="D635">
-        <v>0.645319</v>
+        <v>0.645279</v>
       </c>
       <c r="E635">
         <v>0.735796</v>
       </c>
       <c r="F635">
         <v>1.01816</v>
       </c>
       <c r="G635">
         <v>1.753956</v>
       </c>
       <c r="H635">
         <v>0.028931</v>
       </c>
       <c r="I635">
         <v>0.004256</v>
       </c>
       <c r="J635">
-        <v>2.661531</v>
+        <v>2.660867</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>0.230528</v>
+        <v>0.229892</v>
       </c>
       <c r="C636">
         <v>0.003714</v>
       </c>
       <c r="D636">
-        <v>0.7018</v>
+        <v>0.701757</v>
       </c>
       <c r="E636">
         <v>0.665192</v>
       </c>
       <c r="F636">
         <v>1.053717</v>
       </c>
       <c r="G636">
         <v>1.718909</v>
       </c>
       <c r="H636">
         <v>0.028352</v>
       </c>
       <c r="I636">
         <v>0.00439</v>
       </c>
       <c r="J636">
-        <v>2.687693</v>
+        <v>2.687014</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>0.187674</v>
+        <v>0.187157</v>
       </c>
       <c r="C637">
         <v>0.001286</v>
       </c>
       <c r="D637">
         <v>0.700553</v>
       </c>
       <c r="E637">
         <v>0.696909</v>
       </c>
       <c r="F637">
         <v>0.924205</v>
       </c>
       <c r="G637">
         <v>1.621114</v>
       </c>
       <c r="H637">
         <v>0.030663</v>
       </c>
       <c r="I637">
         <v>0.004203</v>
       </c>
       <c r="J637">
-        <v>2.545494</v>
+        <v>2.544976</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>0.179451</v>
+        <v>0.178956</v>
       </c>
       <c r="C638">
         <v>0.001326</v>
       </c>
       <c r="D638">
         <v>0.689599</v>
       </c>
       <c r="E638">
         <v>0.687627</v>
       </c>
       <c r="F638">
         <v>0.832923</v>
       </c>
       <c r="G638">
         <v>1.52055</v>
       </c>
       <c r="H638">
         <v>0.026994</v>
       </c>
       <c r="I638">
         <v>0.004254</v>
       </c>
       <c r="J638">
-        <v>2.422174</v>
+        <v>2.421679</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>0.225887</v>
+        <v>0.225264</v>
       </c>
       <c r="C639">
         <v>0.001362</v>
       </c>
       <c r="D639">
         <v>0.760029</v>
       </c>
       <c r="E639">
         <v>0.716854</v>
       </c>
       <c r="F639">
         <v>0.966921</v>
       </c>
       <c r="G639">
         <v>1.683775</v>
       </c>
       <c r="H639">
         <v>0.033189</v>
       </c>
       <c r="I639">
         <v>0.005334</v>
       </c>
       <c r="J639">
-        <v>2.709576</v>
+        <v>2.708953</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>0.184233</v>
+        <v>0.183724</v>
       </c>
       <c r="C640">
         <v>0.002885</v>
       </c>
       <c r="D640">
         <v>0.731587</v>
       </c>
       <c r="E640">
         <v>0.666269</v>
       </c>
       <c r="F640">
         <v>0.910185</v>
       </c>
       <c r="G640">
         <v>1.576454</v>
       </c>
       <c r="H640">
         <v>0.033466</v>
       </c>
       <c r="I640">
         <v>0.004245</v>
       </c>
       <c r="J640">
-        <v>2.532869</v>
+        <v>2.532361</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>0.190547</v>
+        <v>0.190021</v>
       </c>
       <c r="C641">
         <v>0.003455</v>
       </c>
       <c r="D641">
         <v>0.7423</v>
       </c>
       <c r="E641">
         <v>0.643356</v>
       </c>
       <c r="F641">
         <v>0.960215</v>
       </c>
       <c r="G641">
         <v>1.603571</v>
       </c>
       <c r="H641">
         <v>0.03388</v>
       </c>
       <c r="I641">
         <v>0.003378</v>
       </c>
       <c r="J641">
-        <v>2.57713</v>
+        <v>2.576605</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>0.168822</v>
+        <v>0.168356</v>
       </c>
       <c r="C642">
         <v>0.002805</v>
       </c>
       <c r="D642">
-        <v>0.697417</v>
+        <v>0.697953</v>
       </c>
       <c r="E642">
         <v>0.64552</v>
       </c>
       <c r="F642">
         <v>0.977136</v>
       </c>
       <c r="G642">
         <v>1.622656</v>
       </c>
       <c r="H642">
         <v>0.036027</v>
       </c>
       <c r="I642">
         <v>0.003089</v>
       </c>
       <c r="J642">
-        <v>2.530815</v>
+        <v>2.530885</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>0.158324</v>
+        <v>0.157888</v>
       </c>
       <c r="C643">
         <v>0.003181</v>
       </c>
       <c r="D643">
-        <v>0.725637</v>
+        <v>0.726221</v>
       </c>
       <c r="E643">
         <v>0.624</v>
       </c>
       <c r="F643">
         <v>0.989439</v>
       </c>
       <c r="G643">
         <v>1.613439</v>
       </c>
       <c r="H643">
         <v>0.037837</v>
       </c>
       <c r="I643">
-        <v>0.00463</v>
+        <v>0.004346</v>
       </c>
       <c r="J643">
-        <v>2.543049</v>
+        <v>2.542912</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>0.191866</v>
+        <v>0.197911</v>
       </c>
       <c r="C644">
         <v>0.003899</v>
       </c>
       <c r="D644">
-        <v>0.767954</v>
+        <v>0.768465</v>
       </c>
       <c r="E644">
-        <v>0.624</v>
+        <v>0.713517</v>
       </c>
       <c r="F644">
-        <v>0.988843</v>
+        <v>0.942973</v>
       </c>
       <c r="G644">
-        <v>1.612843</v>
+        <v>1.656491</v>
       </c>
       <c r="H644">
-        <v>0.036074</v>
+        <v>0.036905</v>
       </c>
       <c r="I644">
-        <v>0.004831</v>
+        <v>0.004456</v>
       </c>
       <c r="J644">
-        <v>2.617467</v>
+        <v>2.668125</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>0.189086</v>
+      </c>
+      <c r="C645">
+        <v>0.003757</v>
+      </c>
+      <c r="D645">
+        <v>0.735485</v>
+      </c>
+      <c r="E645">
+        <v>0.74433</v>
+      </c>
+      <c r="F645">
+        <v>0.962866</v>
+      </c>
+      <c r="G645">
+        <v>1.707196</v>
+      </c>
+      <c r="H645">
+        <v>0.033709</v>
+      </c>
+      <c r="I645">
+        <v>0.003529</v>
+      </c>
+      <c r="J645">
+        <v>2.672762</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>0.206741</v>
+      </c>
+      <c r="C646">
+        <v>0.004121</v>
+      </c>
+      <c r="D646">
+        <v>0.789939</v>
+      </c>
+      <c r="E646">
+        <v>0.74433</v>
+      </c>
+      <c r="F646">
+        <v>0.962865</v>
+      </c>
+      <c r="G646">
+        <v>1.707196</v>
+      </c>
+      <c r="H646">
+        <v>0.033745</v>
+      </c>
+      <c r="I646">
+        <v>0.004045</v>
+      </c>
+      <c r="J646">
+        <v>2.745786</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -23330,101 +23394,101 @@
       </c>
       <c r="G86">
         <v>17.884824</v>
       </c>
       <c r="H86">
         <v>0.277691</v>
       </c>
       <c r="I86">
         <v>0.053767</v>
       </c>
       <c r="J86">
         <v>27.335048</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>2.410505</v>
       </c>
       <c r="C87">
         <v>0.037543</v>
       </c>
       <c r="D87">
-        <v>7.678083</v>
+        <v>7.678524</v>
       </c>
       <c r="E87">
         <v>8.535028</v>
       </c>
       <c r="F87">
         <v>10.641446</v>
       </c>
       <c r="G87">
         <v>19.176473</v>
       </c>
       <c r="H87">
         <v>0.285082</v>
       </c>
       <c r="I87">
         <v>0.068285</v>
       </c>
       <c r="J87">
-        <v>29.655971</v>
+        <v>29.656412</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>2.631464</v>
+        <v>2.624207</v>
       </c>
       <c r="C88">
         <v>0.040409</v>
       </c>
       <c r="D88">
-        <v>7.776408</v>
+        <v>7.775927</v>
       </c>
       <c r="E88">
         <v>8.567613</v>
       </c>
       <c r="F88">
         <v>11.447531</v>
       </c>
       <c r="G88">
         <v>20.015144</v>
       </c>
       <c r="H88">
         <v>0.321524</v>
       </c>
       <c r="I88">
         <v>0.066319</v>
       </c>
       <c r="J88">
-        <v>30.851269</v>
+        <v>30.84353</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>