--- v2 (2026-01-29)
+++ v3 (2026-03-16)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 1.4b Primary Energy Exports by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Exports</t>
   </si>
   <si>
     <t>Coal Coke Exports</t>
   </si>
   <si>
     <t>Natural Gas Exports</t>
   </si>
   <si>
     <t>Crude Oil Exports</t>
   </si>
   <si>
     <t>Petroleum Products, Excluding Biofuels, Exports</t>
   </si>
   <si>
     <t>Total Petroleum, Excluding Biofuels, Exports</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -19801,805 +19801,805 @@
       </c>
       <c r="G612">
         <v>1.605374</v>
       </c>
       <c r="H612">
         <v>0.021508</v>
       </c>
       <c r="I612">
         <v>0.002906</v>
       </c>
       <c r="J612">
         <v>2.408103</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>0.170346</v>
       </c>
       <c r="C613">
         <v>0.003328</v>
       </c>
       <c r="D613">
-        <v>0.614118</v>
+        <v>0.614111</v>
       </c>
       <c r="E613">
         <v>0.605475</v>
       </c>
       <c r="F613">
         <v>0.859183</v>
       </c>
       <c r="G613">
         <v>1.464658</v>
       </c>
       <c r="H613">
         <v>0.018381</v>
       </c>
       <c r="I613">
         <v>0.004105</v>
       </c>
       <c r="J613">
-        <v>2.274936</v>
+        <v>2.274929</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>0.198585</v>
       </c>
       <c r="C614">
         <v>0.002171</v>
       </c>
       <c r="D614">
-        <v>0.579979</v>
+        <v>0.579975</v>
       </c>
       <c r="E614">
         <v>0.659786</v>
       </c>
       <c r="F614">
         <v>0.752393</v>
       </c>
       <c r="G614">
         <v>1.412178</v>
       </c>
       <c r="H614">
         <v>0.017962</v>
       </c>
       <c r="I614">
         <v>0.005391</v>
       </c>
       <c r="J614">
-        <v>2.216266</v>
+        <v>2.216262</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>0.221111</v>
       </c>
       <c r="C615">
         <v>0.002044</v>
       </c>
       <c r="D615">
-        <v>0.656275</v>
+        <v>0.656279</v>
       </c>
       <c r="E615">
         <v>0.783657</v>
       </c>
       <c r="F615">
         <v>0.952914</v>
       </c>
       <c r="G615">
         <v>1.736571</v>
       </c>
       <c r="H615">
         <v>0.026055</v>
       </c>
       <c r="I615">
         <v>0.004534</v>
       </c>
       <c r="J615">
-        <v>2.64659</v>
+        <v>2.646594</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>0.188532</v>
       </c>
       <c r="C616">
         <v>0.002357</v>
       </c>
       <c r="D616">
-        <v>0.626319</v>
+        <v>0.626322</v>
       </c>
       <c r="E616">
         <v>0.711006</v>
       </c>
       <c r="F616">
         <v>0.822041</v>
       </c>
       <c r="G616">
         <v>1.533047</v>
       </c>
       <c r="H616">
         <v>0.023989</v>
       </c>
       <c r="I616">
         <v>0.00571</v>
       </c>
       <c r="J616">
-        <v>2.379955</v>
+        <v>2.379958</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>0.202774</v>
       </c>
       <c r="C617">
         <v>0.003101</v>
       </c>
       <c r="D617">
-        <v>0.644164</v>
+        <v>0.644168</v>
       </c>
       <c r="E617">
         <v>0.683084</v>
       </c>
       <c r="F617">
         <v>0.891958</v>
       </c>
       <c r="G617">
         <v>1.575042</v>
       </c>
       <c r="H617">
         <v>0.024308</v>
       </c>
       <c r="I617">
         <v>0.004365</v>
       </c>
       <c r="J617">
-        <v>2.453753</v>
+        <v>2.453757</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>0.202949</v>
       </c>
       <c r="C618">
         <v>0.003265</v>
       </c>
       <c r="D618">
-        <v>0.612808</v>
+        <v>0.612809</v>
       </c>
       <c r="E618">
         <v>0.672589</v>
       </c>
       <c r="F618">
         <v>0.875773</v>
       </c>
       <c r="G618">
         <v>1.548362</v>
       </c>
       <c r="H618">
         <v>0.025519</v>
       </c>
       <c r="I618">
         <v>0.004695</v>
       </c>
       <c r="J618">
         <v>2.397599</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0.161197</v>
       </c>
       <c r="C619">
         <v>0.004399</v>
       </c>
       <c r="D619">
-        <v>0.640232</v>
+        <v>0.640226</v>
       </c>
       <c r="E619">
         <v>0.696647</v>
       </c>
       <c r="F619">
         <v>0.939729</v>
       </c>
       <c r="G619">
         <v>1.636375</v>
       </c>
       <c r="H619">
         <v>0.02302</v>
       </c>
       <c r="I619">
         <v>0.006776</v>
       </c>
       <c r="J619">
-        <v>2.472</v>
+        <v>2.471994</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>0.219366</v>
       </c>
       <c r="C620">
         <v>0.002641</v>
       </c>
       <c r="D620">
-        <v>0.640246</v>
+        <v>0.640222</v>
       </c>
       <c r="E620">
         <v>0.78248</v>
       </c>
       <c r="F620">
         <v>0.892092</v>
       </c>
       <c r="G620">
         <v>1.674572</v>
       </c>
       <c r="H620">
         <v>0.025025</v>
       </c>
       <c r="I620">
         <v>0.005522</v>
       </c>
       <c r="J620">
-        <v>2.567374</v>
+        <v>2.567349</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>0.21206</v>
       </c>
       <c r="C621">
         <v>0.003967</v>
       </c>
       <c r="D621">
-        <v>0.631292</v>
+        <v>0.631279</v>
       </c>
       <c r="E621">
         <v>0.71102</v>
       </c>
       <c r="F621">
         <v>0.849069</v>
       </c>
       <c r="G621">
         <v>1.56009</v>
       </c>
       <c r="H621">
         <v>0.025608</v>
       </c>
       <c r="I621">
         <v>0.007745</v>
       </c>
       <c r="J621">
-        <v>2.440762</v>
+        <v>2.440749</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>0.221433</v>
       </c>
       <c r="C622">
         <v>0.002496</v>
       </c>
       <c r="D622">
-        <v>0.657709</v>
+        <v>0.657712</v>
       </c>
       <c r="E622">
         <v>0.733204</v>
       </c>
       <c r="F622">
         <v>0.889329</v>
       </c>
       <c r="G622">
         <v>1.622532</v>
       </c>
       <c r="H622">
         <v>0.023503</v>
       </c>
       <c r="I622">
         <v>0.006844</v>
       </c>
       <c r="J622">
-        <v>2.534518</v>
+        <v>2.53452</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>0.201774</v>
       </c>
       <c r="C623">
         <v>0.002946</v>
       </c>
       <c r="D623">
-        <v>0.660156</v>
+        <v>0.660172</v>
       </c>
       <c r="E623">
         <v>0.675268</v>
       </c>
       <c r="F623">
         <v>0.897776</v>
       </c>
       <c r="G623">
         <v>1.573044</v>
       </c>
       <c r="H623">
         <v>0.021087</v>
       </c>
       <c r="I623">
         <v>0.00624</v>
       </c>
       <c r="J623">
-        <v>2.465248</v>
+        <v>2.465263</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>0.210377</v>
       </c>
       <c r="C624">
         <v>0.004827</v>
       </c>
       <c r="D624">
-        <v>0.715225</v>
+        <v>0.715251</v>
       </c>
       <c r="E624">
         <v>0.820812</v>
       </c>
       <c r="F624">
         <v>1.019187</v>
       </c>
       <c r="G624">
         <v>1.839999</v>
       </c>
       <c r="H624">
         <v>0.030626</v>
       </c>
       <c r="I624">
         <v>0.006358</v>
       </c>
       <c r="J624">
-        <v>2.807411</v>
+        <v>2.807437</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>0.204186</v>
       </c>
       <c r="C625">
         <v>0.000741</v>
       </c>
       <c r="D625">
-        <v>0.680022</v>
+        <v>0.680064</v>
       </c>
       <c r="E625">
         <v>0.691938</v>
       </c>
       <c r="F625">
         <v>0.916595</v>
       </c>
       <c r="G625">
         <v>1.608533</v>
       </c>
       <c r="H625">
         <v>0.021027</v>
       </c>
       <c r="I625">
         <v>0.006402</v>
       </c>
       <c r="J625">
-        <v>2.520911</v>
+        <v>2.520953</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>0.210265</v>
       </c>
       <c r="C626">
         <v>0.001657</v>
       </c>
       <c r="D626">
-        <v>0.649284</v>
+        <v>0.649324</v>
       </c>
       <c r="E626">
         <v>0.761792</v>
       </c>
       <c r="F626">
         <v>0.870358</v>
       </c>
       <c r="G626">
         <v>1.63215</v>
       </c>
       <c r="H626">
         <v>0.024209</v>
       </c>
       <c r="I626">
         <v>0.008116</v>
       </c>
       <c r="J626">
-        <v>2.525681</v>
+        <v>2.525721</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>0.234073</v>
       </c>
       <c r="C627">
         <v>0.00446</v>
       </c>
       <c r="D627">
-        <v>0.673959</v>
+        <v>0.674</v>
       </c>
       <c r="E627">
         <v>0.768207</v>
       </c>
       <c r="F627">
         <v>0.932269</v>
       </c>
       <c r="G627">
         <v>1.700476</v>
       </c>
       <c r="H627">
         <v>0.028526</v>
       </c>
       <c r="I627">
         <v>0.00872</v>
       </c>
       <c r="J627">
-        <v>2.650213</v>
+        <v>2.650255</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>0.163879</v>
       </c>
       <c r="C628">
         <v>0.004453</v>
       </c>
       <c r="D628">
-        <v>0.572293</v>
+        <v>0.572328</v>
       </c>
       <c r="E628">
         <v>0.684724</v>
       </c>
       <c r="F628">
         <v>0.899746</v>
       </c>
       <c r="G628">
         <v>1.58447</v>
       </c>
       <c r="H628">
         <v>0.029011</v>
       </c>
       <c r="I628">
         <v>0.00772</v>
       </c>
       <c r="J628">
-        <v>2.361826</v>
+        <v>2.361861</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>0.221003</v>
       </c>
       <c r="C629">
         <v>0.0025</v>
       </c>
       <c r="D629">
-        <v>0.65218</v>
+        <v>0.652221</v>
       </c>
       <c r="E629">
         <v>0.747555</v>
       </c>
       <c r="F629">
         <v>0.906756</v>
       </c>
       <c r="G629">
         <v>1.654312</v>
       </c>
       <c r="H629">
         <v>0.0283</v>
       </c>
       <c r="I629">
         <v>0.005959</v>
       </c>
       <c r="J629">
-        <v>2.564254</v>
+        <v>2.564294</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>0.246238</v>
       </c>
       <c r="C630">
         <v>0.004835</v>
       </c>
       <c r="D630">
-        <v>0.632374</v>
+        <v>0.632413</v>
       </c>
       <c r="E630">
         <v>0.713761</v>
       </c>
       <c r="F630">
         <v>0.968115</v>
       </c>
       <c r="G630">
         <v>1.681877</v>
       </c>
       <c r="H630">
         <v>0.025142</v>
       </c>
       <c r="I630">
         <v>0.004957</v>
       </c>
       <c r="J630">
-        <v>2.595423</v>
+        <v>2.595462</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>0.21573</v>
       </c>
       <c r="C631">
         <v>0.00228</v>
       </c>
       <c r="D631">
-        <v>0.613561</v>
+        <v>0.613599</v>
       </c>
       <c r="E631">
         <v>0.755748</v>
       </c>
       <c r="F631">
         <v>0.932453</v>
       </c>
       <c r="G631">
         <v>1.688201</v>
       </c>
       <c r="H631">
         <v>0.025545</v>
       </c>
       <c r="I631">
         <v>0.005166</v>
       </c>
       <c r="J631">
-        <v>2.550484</v>
+        <v>2.550522</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>0.220905</v>
       </c>
       <c r="C632">
         <v>0.004565</v>
       </c>
       <c r="D632">
-        <v>0.656089</v>
+        <v>0.65613</v>
       </c>
       <c r="E632">
         <v>0.706463</v>
       </c>
       <c r="F632">
         <v>1.004214</v>
       </c>
       <c r="G632">
         <v>1.710676</v>
       </c>
       <c r="H632">
         <v>0.028652</v>
       </c>
       <c r="I632">
         <v>0.00416</v>
       </c>
       <c r="J632">
-        <v>2.625047</v>
+        <v>2.625088</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>0.231748</v>
       </c>
       <c r="C633">
         <v>0.003282</v>
       </c>
       <c r="D633">
-        <v>0.644015</v>
+        <v>0.644055</v>
       </c>
       <c r="E633">
         <v>0.651255</v>
       </c>
       <c r="F633">
         <v>0.977141</v>
       </c>
       <c r="G633">
         <v>1.628396</v>
       </c>
       <c r="H633">
         <v>0.027736</v>
       </c>
       <c r="I633">
         <v>0.003383</v>
       </c>
       <c r="J633">
-        <v>2.538561</v>
+        <v>2.538601</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>0.220874</v>
       </c>
       <c r="C634">
         <v>0.004891</v>
       </c>
       <c r="D634">
-        <v>0.655113</v>
+        <v>0.655154</v>
       </c>
       <c r="E634">
         <v>0.685182</v>
       </c>
       <c r="F634">
         <v>0.967999</v>
       </c>
       <c r="G634">
         <v>1.653181</v>
       </c>
       <c r="H634">
         <v>0.0261</v>
       </c>
       <c r="I634">
         <v>0.003091</v>
       </c>
       <c r="J634">
-        <v>2.56325</v>
+        <v>2.56329</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>0.225414</v>
       </c>
       <c r="C635">
         <v>0.003031</v>
       </c>
       <c r="D635">
-        <v>0.645279</v>
+        <v>0.644989</v>
       </c>
       <c r="E635">
         <v>0.735796</v>
       </c>
       <c r="F635">
         <v>1.01816</v>
       </c>
       <c r="G635">
         <v>1.753956</v>
       </c>
       <c r="H635">
         <v>0.028931</v>
       </c>
       <c r="I635">
         <v>0.004256</v>
       </c>
       <c r="J635">
-        <v>2.660867</v>
+        <v>2.660577</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>0.229892</v>
       </c>
       <c r="C636">
         <v>0.003714</v>
       </c>
       <c r="D636">
-        <v>0.701757</v>
+        <v>0.701649</v>
       </c>
       <c r="E636">
         <v>0.665192</v>
       </c>
       <c r="F636">
         <v>1.053717</v>
       </c>
       <c r="G636">
         <v>1.718909</v>
       </c>
       <c r="H636">
         <v>0.028352</v>
       </c>
       <c r="I636">
         <v>0.00439</v>
       </c>
       <c r="J636">
-        <v>2.687014</v>
+        <v>2.686906</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0.187157</v>
       </c>
       <c r="C637">
         <v>0.001286</v>
       </c>
       <c r="D637">
         <v>0.700553</v>
       </c>
       <c r="E637">
         <v>0.696909</v>
       </c>
       <c r="F637">
         <v>0.924205</v>
       </c>
       <c r="G637">
         <v>1.621114</v>
       </c>
       <c r="H637">
@@ -20790,136 +20790,168 @@
       </c>
       <c r="F643">
         <v>0.989439</v>
       </c>
       <c r="G643">
         <v>1.613439</v>
       </c>
       <c r="H643">
         <v>0.037837</v>
       </c>
       <c r="I643">
         <v>0.004346</v>
       </c>
       <c r="J643">
         <v>2.542912</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>0.197911</v>
       </c>
       <c r="C644">
-        <v>0.003899</v>
+        <v>0.002737</v>
       </c>
       <c r="D644">
         <v>0.768465</v>
       </c>
       <c r="E644">
         <v>0.713517</v>
       </c>
       <c r="F644">
         <v>0.942973</v>
       </c>
       <c r="G644">
         <v>1.656491</v>
       </c>
       <c r="H644">
         <v>0.036905</v>
       </c>
       <c r="I644">
         <v>0.004456</v>
       </c>
       <c r="J644">
-        <v>2.668125</v>
+        <v>2.666963</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>0.189086</v>
+        <v>0.18548</v>
       </c>
       <c r="C645">
-        <v>0.003757</v>
+        <v>0.001776</v>
       </c>
       <c r="D645">
         <v>0.735485</v>
       </c>
       <c r="E645">
         <v>0.74433</v>
       </c>
       <c r="F645">
         <v>0.962866</v>
       </c>
       <c r="G645">
         <v>1.707196</v>
       </c>
       <c r="H645">
-        <v>0.033709</v>
+        <v>0.03365</v>
       </c>
       <c r="I645">
         <v>0.003529</v>
       </c>
       <c r="J645">
-        <v>2.672762</v>
+        <v>2.667118</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
-        <v>0.206741</v>
+        <v>0.188132</v>
       </c>
       <c r="C646">
         <v>0.004121</v>
       </c>
       <c r="D646">
-        <v>0.789939</v>
+        <v>0.790234</v>
       </c>
       <c r="E646">
-        <v>0.74433</v>
+        <v>0.782235</v>
       </c>
       <c r="F646">
-        <v>0.962865</v>
+        <v>0.959069</v>
       </c>
       <c r="G646">
-        <v>1.707196</v>
+        <v>1.741303</v>
       </c>
       <c r="H646">
-        <v>0.033745</v>
+        <v>0.037637</v>
       </c>
       <c r="I646">
         <v>0.004045</v>
       </c>
       <c r="J646">
-        <v>2.745786</v>
+        <v>2.765472</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>0.193181</v>
+      </c>
+      <c r="C647">
+        <v>0.004004</v>
+      </c>
+      <c r="D647">
+        <v>0.813878</v>
+      </c>
+      <c r="E647">
+        <v>0.667025</v>
+      </c>
+      <c r="F647">
+        <v>1.040905</v>
+      </c>
+      <c r="G647">
+        <v>1.70793</v>
+      </c>
+      <c r="H647">
+        <v>0.03908</v>
+      </c>
+      <c r="I647">
+        <v>0.004288</v>
+      </c>
+      <c r="J647">
+        <v>2.762361</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>