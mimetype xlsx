--- v0 (2025-11-20)
+++ v1 (2026-01-07)
@@ -17,57 +17,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Annual Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
-[...5 lines deleted...]
-    <t>Next Update: November 25, 2025</t>
+    <t>December 2025 Monthly Energy Review</t>
+  </si>
+  <si>
+    <t>Release Date: December 23, 2025</t>
+  </si>
+  <si>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 1.9 Light-Duty Vehicle Average Miles Traveled by Technology Type</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Motor Gasoline Light-Duty Vehicles</t>
   </si>
   <si>
     <t>Diesel Light-Duty Vehicles</t>
   </si>
   <si>
     <t>Hybrid Electric Light-Duty Vehicles</t>
   </si>
   <si>
     <t>Battery Electric Light-Duty Vehicles</t>
   </si>
   <si>
     <t>Plug-In Hybrid Electric Light-Duty Vehicles</t>
   </si>
   <si>
     <t>(Miles per Vehicle)</t>
   </si>
@@ -448,54 +448,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z19"/>
+  <dimension ref="A1:Z21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A19"/>
+      <selection activeCell="A13" sqref="A13:A21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="91.121" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="38.419" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
         <f>HYPERLINK("http://www.eia.gov/totalenergy/data/monthly/dataunits.php","Note: Information about data precision.")</f>
@@ -538,183 +538,223 @@
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5"/>
       <c r="B12" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="6">
         <v>2016</v>
       </c>
       <c r="B13">
-        <v>9945</v>
+        <v>9946</v>
       </c>
       <c r="C13">
         <v>10647</v>
       </c>
       <c r="D13">
         <v>12161</v>
       </c>
       <c r="E13">
-        <v>6793</v>
+        <v>6782</v>
       </c>
       <c r="F13">
-        <v>9634</v>
+        <v>9555</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="6">
         <v>2017</v>
       </c>
       <c r="B14">
         <v>10070</v>
       </c>
       <c r="C14">
-        <v>10218</v>
+        <v>10220</v>
       </c>
       <c r="D14">
-        <v>12037</v>
+        <v>12031</v>
       </c>
       <c r="E14">
-        <v>6057</v>
+        <v>6055</v>
       </c>
       <c r="F14">
-        <v>9300</v>
+        <v>9188</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="6">
         <v>2018</v>
       </c>
       <c r="B15">
         <v>10217</v>
       </c>
       <c r="C15">
         <v>10494</v>
       </c>
       <c r="D15">
         <v>12013</v>
       </c>
       <c r="E15">
         <v>5594</v>
       </c>
       <c r="F15">
-        <v>9245</v>
+        <v>9134</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="6">
         <v>2019</v>
       </c>
       <c r="B16">
-        <v>9893</v>
+        <v>9883</v>
       </c>
       <c r="C16">
-        <v>9792</v>
+        <v>9789</v>
       </c>
       <c r="D16">
-        <v>11507</v>
+        <v>11486</v>
       </c>
       <c r="E16">
-        <v>6060</v>
+        <v>6028</v>
       </c>
       <c r="F16">
-        <v>8855</v>
+        <v>8842</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="6">
         <v>2020</v>
       </c>
       <c r="B17">
-        <v>10142</v>
+        <v>10135</v>
       </c>
       <c r="C17">
-        <v>10139</v>
+        <v>10136</v>
       </c>
       <c r="D17">
-        <v>11537</v>
+        <v>11526</v>
       </c>
       <c r="E17">
-        <v>6670</v>
+        <v>6682</v>
       </c>
       <c r="F17">
-        <v>9359</v>
+        <v>9335</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="6">
         <v>2021</v>
       </c>
       <c r="B18">
-        <v>9893</v>
+        <v>9892</v>
       </c>
       <c r="C18">
-        <v>10265</v>
+        <v>10264</v>
       </c>
       <c r="D18">
-        <v>10757</v>
+        <v>10753</v>
       </c>
       <c r="E18">
-        <v>6569</v>
+        <v>6570</v>
       </c>
       <c r="F18">
-        <v>8668</v>
+        <v>8673</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="6">
         <v>2022</v>
       </c>
       <c r="B19">
-        <v>9847</v>
+        <v>9846</v>
       </c>
       <c r="C19">
-        <v>10681</v>
+        <v>10680</v>
       </c>
       <c r="D19">
-        <v>10537</v>
+        <v>10554</v>
       </c>
       <c r="E19">
-        <v>7039</v>
+        <v>7070</v>
       </c>
       <c r="F19">
-        <v>8704</v>
+        <v>8701</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26">
+      <c r="A20" s="6">
+        <v>2023</v>
+      </c>
+      <c r="B20">
+        <v>12492</v>
+      </c>
+      <c r="C20">
+        <v>13909</v>
+      </c>
+      <c r="D20">
+        <v>14938</v>
+      </c>
+      <c r="E20">
+        <v>13070</v>
+      </c>
+      <c r="F20">
+        <v>12682</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26">
+      <c r="A21" s="6">
+        <v>2024</v>
+      </c>
+      <c r="B21">
+        <v>12451</v>
+      </c>
+      <c r="C21">
+        <v>13905</v>
+      </c>
+      <c r="D21">
+        <v>14469</v>
+      </c>
+      <c r="E21">
+        <v>12839</v>
+      </c>
+      <c r="F21">
+        <v>11368</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>