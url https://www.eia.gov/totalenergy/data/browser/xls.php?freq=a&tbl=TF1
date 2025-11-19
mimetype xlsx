--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table F1. Electric Vehicle Charging Infrastructure</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Number of locations with public ports only</t>
   </si>
   <si>
     <t>Number of locations with private ports only</t>
   </si>
   <si>
     <t>Number of locations with public and private ports</t>
   </si>
   <si>
     <t>Number of locations with networked ports only</t>
   </si>
   <si>
     <t>Number of locations with non-networked ports only</t>
   </si>
   <si>
     <t>Number of locations with networked and non-networked ports</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z140"/>
+  <dimension ref="A1:Z141"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A140"/>
+      <selection activeCell="A13" sqref="A13:A141"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="65.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -6614,90 +6614,137 @@
       </c>
       <c r="J139">
         <v>183512</v>
       </c>
       <c r="K139">
         <v>2621</v>
       </c>
       <c r="L139">
         <v>25</v>
       </c>
       <c r="M139">
         <v>246502</v>
       </c>
       <c r="N139">
         <v>4.514</v>
       </c>
       <c r="O139">
         <v>2.808</v>
       </c>
     </row>
     <row r="140" spans="1:26">
       <c r="A140" s="6">
         <v>45870.0</v>
       </c>
       <c r="B140">
-        <v>73304</v>
+        <v>73583</v>
       </c>
       <c r="C140">
         <v>3580</v>
       </c>
       <c r="D140">
         <v>857</v>
       </c>
       <c r="E140">
-        <v>70016</v>
+        <v>70295</v>
       </c>
       <c r="F140">
         <v>7645</v>
       </c>
       <c r="G140">
         <v>80</v>
       </c>
       <c r="H140">
-        <v>77741</v>
+        <v>78020</v>
       </c>
       <c r="I140">
-        <v>61724</v>
+        <v>61899</v>
       </c>
       <c r="J140">
-        <v>184340</v>
+        <v>184791</v>
       </c>
       <c r="K140">
         <v>2619</v>
       </c>
       <c r="L140">
         <v>25</v>
       </c>
       <c r="M140">
-        <v>248708</v>
+        <v>249334</v>
       </c>
       <c r="N140">
-        <v>4.533</v>
+        <v>4.516</v>
       </c>
       <c r="O140">
-        <v>2.81</v>
+        <v>2.808</v>
+      </c>
+    </row>
+    <row r="141" spans="1:26">
+      <c r="A141" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B141">
+        <v>74111</v>
+      </c>
+      <c r="C141">
+        <v>3579</v>
+      </c>
+      <c r="D141">
+        <v>856</v>
+      </c>
+      <c r="E141">
+        <v>70837</v>
+      </c>
+      <c r="F141">
+        <v>7631</v>
+      </c>
+      <c r="G141">
+        <v>78</v>
+      </c>
+      <c r="H141">
+        <v>78546</v>
+      </c>
+      <c r="I141">
+        <v>63150</v>
+      </c>
+      <c r="J141">
+        <v>185967</v>
+      </c>
+      <c r="K141">
+        <v>2619</v>
+      </c>
+      <c r="L141">
+        <v>25</v>
+      </c>
+      <c r="M141">
+        <v>251761</v>
+      </c>
+      <c r="N141">
+        <v>4.553</v>
+      </c>
+      <c r="O141">
+        <v>2.809</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>