--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table F1. Electric Vehicle Charging Infrastructure</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Number of locations with public ports only</t>
   </si>
   <si>
     <t>Number of locations with private ports only</t>
   </si>
   <si>
     <t>Number of locations with public and private ports</t>
   </si>
   <si>
     <t>Number of locations with networked ports only</t>
   </si>
   <si>
     <t>Number of locations with non-networked ports only</t>
   </si>
   <si>
     <t>Number of locations with networked and non-networked ports</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z141"/>
+  <dimension ref="A1:Z143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A141"/>
+      <selection activeCell="A13" sqref="A13:A143"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="65.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -880,5871 +880,5965 @@
       </c>
       <c r="J17" t="s">
         <v>21</v>
       </c>
       <c r="K17" t="s">
         <v>21</v>
       </c>
       <c r="L17" t="s">
         <v>21</v>
       </c>
       <c r="M17" t="s">
         <v>21</v>
       </c>
       <c r="N17" t="s">
         <v>21</v>
       </c>
       <c r="O17" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="6">
         <v>42156.0</v>
       </c>
       <c r="B18">
-        <v>10879</v>
+        <v>10889</v>
       </c>
       <c r="C18">
         <v>1173</v>
       </c>
       <c r="D18">
-        <v>1497</v>
+        <v>1506</v>
       </c>
       <c r="E18">
-        <v>8626</v>
+        <v>8628</v>
       </c>
       <c r="F18">
-        <v>4319</v>
+        <v>4329</v>
       </c>
       <c r="G18">
-        <v>604</v>
+        <v>611</v>
       </c>
       <c r="H18">
-        <v>13549</v>
+        <v>13568</v>
       </c>
       <c r="I18">
-        <v>6050</v>
+        <v>6121</v>
       </c>
       <c r="J18">
-        <v>39555</v>
+        <v>39672</v>
       </c>
       <c r="K18">
-        <v>4643</v>
+        <v>4644</v>
       </c>
       <c r="L18">
         <v>639</v>
       </c>
       <c r="M18">
-        <v>50887</v>
+        <v>51076</v>
       </c>
       <c r="N18">
-        <v>2.945</v>
+        <v>2.963</v>
       </c>
       <c r="O18">
-        <v>3.196</v>
+        <v>3.201</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="6">
         <v>42186.0</v>
       </c>
       <c r="B19">
-        <v>10924</v>
+        <v>10935</v>
       </c>
       <c r="C19">
         <v>1188</v>
       </c>
       <c r="D19">
-        <v>1470</v>
+        <v>1479</v>
       </c>
       <c r="E19">
-        <v>8634</v>
+        <v>8636</v>
       </c>
       <c r="F19">
-        <v>4348</v>
+        <v>4358</v>
       </c>
       <c r="G19">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="H19">
-        <v>13582</v>
+        <v>13602</v>
       </c>
       <c r="I19">
-        <v>6211</v>
+        <v>6282</v>
       </c>
       <c r="J19">
-        <v>39263</v>
+        <v>39385</v>
       </c>
       <c r="K19">
-        <v>4319</v>
+        <v>4320</v>
       </c>
       <c r="L19">
         <v>635</v>
       </c>
       <c r="M19">
-        <v>50428</v>
+        <v>50622</v>
       </c>
       <c r="N19">
-        <v>2.986</v>
+        <v>3.003</v>
       </c>
       <c r="O19">
-        <v>3.168</v>
+        <v>3.173</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="6">
         <v>42217.0</v>
       </c>
       <c r="B20">
-        <v>11463</v>
+        <v>11474</v>
       </c>
       <c r="C20">
         <v>1207</v>
       </c>
       <c r="D20">
-        <v>1480</v>
+        <v>1489</v>
       </c>
       <c r="E20">
-        <v>9105</v>
+        <v>9107</v>
       </c>
       <c r="F20">
-        <v>4406</v>
+        <v>4416</v>
       </c>
       <c r="G20">
-        <v>639</v>
+        <v>647</v>
       </c>
       <c r="H20">
-        <v>14150</v>
+        <v>14170</v>
       </c>
       <c r="I20">
-        <v>6507</v>
+        <v>6578</v>
       </c>
       <c r="J20">
-        <v>40831</v>
+        <v>40959</v>
       </c>
       <c r="K20">
-        <v>4347</v>
+        <v>4348</v>
       </c>
       <c r="L20">
         <v>639</v>
       </c>
       <c r="M20">
-        <v>52324</v>
+        <v>52524</v>
       </c>
       <c r="N20">
-        <v>2.978</v>
+        <v>2.994</v>
       </c>
       <c r="O20">
-        <v>3.167</v>
+        <v>3.171</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="6">
         <v>42248.0</v>
       </c>
       <c r="B21">
-        <v>11483</v>
+        <v>11496</v>
       </c>
       <c r="C21">
         <v>1223</v>
       </c>
       <c r="D21">
-        <v>1475</v>
+        <v>1484</v>
       </c>
       <c r="E21">
-        <v>9076</v>
+        <v>9080</v>
       </c>
       <c r="F21">
-        <v>4432</v>
+        <v>4443</v>
       </c>
       <c r="G21">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="H21">
-        <v>14181</v>
+        <v>14203</v>
       </c>
       <c r="I21">
-        <v>6154</v>
+        <v>6225</v>
       </c>
       <c r="J21">
-        <v>41546</v>
+        <v>41676</v>
       </c>
       <c r="K21">
-        <v>4265</v>
+        <v>4266</v>
       </c>
       <c r="L21">
         <v>639</v>
       </c>
       <c r="M21">
-        <v>52604</v>
+        <v>52806</v>
       </c>
       <c r="N21">
-        <v>3.083</v>
+        <v>3.1</v>
       </c>
       <c r="O21">
-        <v>3.196</v>
+        <v>3.2</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="6">
         <v>42278.0</v>
       </c>
       <c r="B22">
-        <v>11823</v>
+        <v>11836</v>
       </c>
       <c r="C22">
         <v>1210</v>
       </c>
       <c r="D22">
-        <v>1492</v>
+        <v>1501</v>
       </c>
       <c r="E22">
-        <v>9329</v>
+        <v>9333</v>
       </c>
       <c r="F22">
-        <v>4451</v>
+        <v>4462</v>
       </c>
       <c r="G22">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="H22">
-        <v>14525</v>
+        <v>14547</v>
       </c>
       <c r="I22">
-        <v>6325</v>
+        <v>6396</v>
       </c>
       <c r="J22">
-        <v>43351</v>
+        <v>43482</v>
       </c>
       <c r="K22">
-        <v>4233</v>
+        <v>4234</v>
       </c>
       <c r="L22">
         <v>616</v>
       </c>
       <c r="M22">
-        <v>54525</v>
+        <v>54728</v>
       </c>
       <c r="N22">
-        <v>3.131</v>
+        <v>3.148</v>
       </c>
       <c r="O22">
-        <v>3.256</v>
+        <v>3.261</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="6">
         <v>42309.0</v>
       </c>
       <c r="B23">
-        <v>12182</v>
+        <v>12196</v>
       </c>
       <c r="C23">
         <v>1237</v>
       </c>
       <c r="D23">
-        <v>1500</v>
+        <v>1509</v>
       </c>
       <c r="E23">
-        <v>9601</v>
+        <v>9605</v>
       </c>
       <c r="F23">
-        <v>4502</v>
+        <v>4514</v>
       </c>
       <c r="G23">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="H23">
-        <v>14919</v>
+        <v>14942</v>
       </c>
       <c r="I23">
-        <v>6630</v>
+        <v>6701</v>
       </c>
       <c r="J23">
-        <v>44865</v>
+        <v>45000</v>
       </c>
       <c r="K23">
-        <v>4254</v>
+        <v>4255</v>
       </c>
       <c r="L23">
         <v>616</v>
       </c>
       <c r="M23">
-        <v>56365</v>
+        <v>56572</v>
       </c>
       <c r="N23">
-        <v>3.156</v>
+        <v>3.171</v>
       </c>
       <c r="O23">
-        <v>3.287</v>
+        <v>3.291</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="6">
         <v>42339.0</v>
       </c>
       <c r="B24">
-        <v>12222</v>
+        <v>12236</v>
       </c>
       <c r="C24">
         <v>1222</v>
       </c>
       <c r="D24">
-        <v>1457</v>
+        <v>1466</v>
       </c>
       <c r="E24">
-        <v>9562</v>
+        <v>9566</v>
       </c>
       <c r="F24">
-        <v>4479</v>
+        <v>4491</v>
       </c>
       <c r="G24">
-        <v>860</v>
+        <v>867</v>
       </c>
       <c r="H24">
-        <v>14901</v>
+        <v>14924</v>
       </c>
       <c r="I24">
-        <v>6915</v>
+        <v>6986</v>
       </c>
       <c r="J24">
-        <v>45221</v>
+        <v>45360</v>
       </c>
       <c r="K24">
-        <v>4178</v>
+        <v>4179</v>
       </c>
       <c r="L24">
         <v>597</v>
       </c>
       <c r="M24">
-        <v>56911</v>
+        <v>57122</v>
       </c>
       <c r="N24">
-        <v>3.209</v>
+        <v>3.224</v>
       </c>
       <c r="O24">
-        <v>3.33</v>
+        <v>3.335</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="6">
         <v>42370.0</v>
       </c>
       <c r="B25">
-        <v>12931</v>
+        <v>12946</v>
       </c>
       <c r="C25">
         <v>1523</v>
       </c>
       <c r="D25">
-        <v>1473</v>
+        <v>1482</v>
       </c>
       <c r="E25">
-        <v>10359</v>
+        <v>10363</v>
       </c>
       <c r="F25">
-        <v>4545</v>
+        <v>4558</v>
       </c>
       <c r="G25">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="H25">
-        <v>15927</v>
+        <v>15951</v>
       </c>
       <c r="I25">
-        <v>7276</v>
+        <v>7347</v>
       </c>
       <c r="J25">
-        <v>48081</v>
+        <v>48222</v>
       </c>
       <c r="K25">
-        <v>4196</v>
+        <v>4197</v>
       </c>
       <c r="L25">
         <v>597</v>
       </c>
       <c r="M25">
-        <v>60150</v>
+        <v>60363</v>
       </c>
       <c r="N25">
-        <v>3.187</v>
+        <v>3.201</v>
       </c>
       <c r="O25">
-        <v>3.315</v>
+        <v>3.319</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="6">
         <v>42401.0</v>
       </c>
       <c r="B26">
-        <v>13316</v>
+        <v>13331</v>
       </c>
       <c r="C26">
         <v>1537</v>
       </c>
       <c r="D26">
-        <v>1500</v>
+        <v>1509</v>
       </c>
       <c r="E26">
-        <v>10601</v>
+        <v>10605</v>
       </c>
       <c r="F26">
-        <v>4603</v>
+        <v>4616</v>
       </c>
       <c r="G26">
-        <v>1149</v>
+        <v>1156</v>
       </c>
       <c r="H26">
-        <v>16353</v>
+        <v>16377</v>
       </c>
       <c r="I26">
-        <v>7578</v>
+        <v>7649</v>
       </c>
       <c r="J26">
-        <v>49708</v>
+        <v>49849</v>
       </c>
       <c r="K26">
-        <v>4209</v>
+        <v>4210</v>
       </c>
       <c r="L26">
         <v>597</v>
       </c>
       <c r="M26">
-        <v>62092</v>
+        <v>62305</v>
       </c>
       <c r="N26">
-        <v>3.167</v>
+        <v>3.18</v>
       </c>
       <c r="O26">
-        <v>3.341</v>
+        <v>3.345</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="6">
         <v>42430.0</v>
       </c>
       <c r="B27">
-        <v>13626</v>
+        <v>13641</v>
       </c>
       <c r="C27">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="D27">
-        <v>1524</v>
+        <v>1533</v>
       </c>
       <c r="E27">
-        <v>10893</v>
+        <v>10897</v>
       </c>
       <c r="F27">
-        <v>4676</v>
+        <v>4690</v>
       </c>
       <c r="G27">
-        <v>1214</v>
+        <v>1221</v>
       </c>
       <c r="H27">
-        <v>16783</v>
+        <v>16808</v>
       </c>
       <c r="I27">
-        <v>7763</v>
+        <v>7834</v>
       </c>
       <c r="J27">
-        <v>51058</v>
+        <v>51202</v>
       </c>
       <c r="K27">
-        <v>4212</v>
+        <v>4213</v>
       </c>
       <c r="L27">
         <v>597</v>
       </c>
       <c r="M27">
-        <v>63630</v>
+        <v>63846</v>
       </c>
       <c r="N27">
-        <v>3.13</v>
+        <v>3.144</v>
       </c>
       <c r="O27">
-        <v>3.352</v>
+        <v>3.356</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="6">
         <v>42461.0</v>
       </c>
       <c r="B28">
-        <v>13854</v>
+        <v>13869</v>
       </c>
       <c r="C28">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="D28">
-        <v>1530</v>
+        <v>1539</v>
       </c>
       <c r="E28">
-        <v>11075</v>
+        <v>11079</v>
       </c>
       <c r="F28">
-        <v>4708</v>
+        <v>4722</v>
       </c>
       <c r="G28">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="H28">
-        <v>17047</v>
+        <v>17072</v>
       </c>
       <c r="I28">
-        <v>7917</v>
+        <v>7988</v>
       </c>
       <c r="J28">
-        <v>51571</v>
+        <v>51717</v>
       </c>
       <c r="K28">
-        <v>4168</v>
+        <v>4169</v>
       </c>
       <c r="L28">
         <v>478</v>
       </c>
       <c r="M28">
-        <v>64134</v>
+        <v>64352</v>
       </c>
       <c r="N28">
-        <v>3.111</v>
+        <v>3.124</v>
       </c>
       <c r="O28">
-        <v>3.337</v>
+        <v>3.341</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="6">
         <v>42491.0</v>
       </c>
       <c r="B29">
-        <v>14117</v>
+        <v>14133</v>
       </c>
       <c r="C29">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="D29">
-        <v>1527</v>
+        <v>1536</v>
       </c>
       <c r="E29">
-        <v>11270</v>
+        <v>11274</v>
       </c>
       <c r="F29">
-        <v>4713</v>
+        <v>4728</v>
       </c>
       <c r="G29">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="H29">
-        <v>17314</v>
+        <v>17340</v>
       </c>
       <c r="I29">
-        <v>8202</v>
+        <v>8273</v>
       </c>
       <c r="J29">
-        <v>52473</v>
+        <v>52622</v>
       </c>
       <c r="K29">
-        <v>4139</v>
+        <v>4140</v>
       </c>
       <c r="L29">
         <v>376</v>
       </c>
       <c r="M29">
-        <v>65190</v>
+        <v>65411</v>
       </c>
       <c r="N29">
-        <v>3.119</v>
+        <v>3.131</v>
       </c>
       <c r="O29">
-        <v>3.349</v>
+        <v>3.353</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="6">
         <v>42522.0</v>
       </c>
       <c r="B30">
-        <v>14521</v>
+        <v>14537</v>
       </c>
       <c r="C30">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="D30">
-        <v>1560</v>
+        <v>1569</v>
       </c>
       <c r="E30">
-        <v>11640</v>
+        <v>11644</v>
       </c>
       <c r="F30">
-        <v>4774</v>
+        <v>4789</v>
       </c>
       <c r="G30">
-        <v>1361</v>
+        <v>1368</v>
       </c>
       <c r="H30">
-        <v>17775</v>
+        <v>17801</v>
       </c>
       <c r="I30">
-        <v>8678</v>
+        <v>8749</v>
       </c>
       <c r="J30">
-        <v>53981</v>
+        <v>54130</v>
       </c>
       <c r="K30">
-        <v>4157</v>
+        <v>4158</v>
       </c>
       <c r="L30">
         <v>376</v>
       </c>
       <c r="M30">
-        <v>67192</v>
+        <v>67413</v>
       </c>
       <c r="N30">
-        <v>3.154</v>
+        <v>3.166</v>
       </c>
       <c r="O30">
-        <v>3.364</v>
+        <v>3.368</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="6">
         <v>42552.0</v>
       </c>
       <c r="B31">
-        <v>14754</v>
+        <v>14769</v>
       </c>
       <c r="C31">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="D31">
-        <v>1525</v>
+        <v>1535</v>
       </c>
       <c r="E31">
-        <v>11767</v>
+        <v>11771</v>
       </c>
       <c r="F31">
-        <v>4799</v>
+        <v>4814</v>
       </c>
       <c r="G31">
-        <v>1395</v>
+        <v>1402</v>
       </c>
       <c r="H31">
-        <v>17961</v>
+        <v>17987</v>
       </c>
       <c r="I31">
-        <v>8832</v>
+        <v>8903</v>
       </c>
       <c r="J31">
-        <v>54655</v>
+        <v>54806</v>
       </c>
       <c r="K31">
-        <v>4118</v>
+        <v>4119</v>
       </c>
       <c r="L31">
         <v>380</v>
       </c>
       <c r="M31">
-        <v>67985</v>
+        <v>68208</v>
       </c>
       <c r="N31">
-        <v>3.179</v>
+        <v>3.191</v>
       </c>
       <c r="O31">
-        <v>3.375</v>
+        <v>3.379</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="6">
         <v>42583.0</v>
       </c>
       <c r="B32">
-        <v>14929</v>
+        <v>14943</v>
       </c>
       <c r="C32">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="D32">
-        <v>1515</v>
+        <v>1526</v>
       </c>
       <c r="E32">
-        <v>11883</v>
+        <v>11887</v>
       </c>
       <c r="F32">
-        <v>4833</v>
+        <v>4848</v>
       </c>
       <c r="G32">
-        <v>1443</v>
+        <v>1450</v>
       </c>
       <c r="H32">
-        <v>18159</v>
+        <v>18185</v>
       </c>
       <c r="I32">
-        <v>9007</v>
+        <v>9078</v>
       </c>
       <c r="J32">
-        <v>55774</v>
+        <v>55925</v>
       </c>
       <c r="K32">
-        <v>4070</v>
+        <v>4075</v>
       </c>
       <c r="L32">
         <v>373</v>
       </c>
       <c r="M32">
-        <v>69224</v>
+        <v>69451</v>
       </c>
       <c r="N32">
-        <v>3.185</v>
+        <v>3.196</v>
       </c>
       <c r="O32">
-        <v>3.412</v>
+        <v>3.416</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="6">
         <v>42614.0</v>
       </c>
       <c r="B33">
-        <v>15299</v>
+        <v>15314</v>
       </c>
       <c r="C33">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="D33">
-        <v>1521</v>
+        <v>1532</v>
       </c>
       <c r="E33">
-        <v>12203</v>
+        <v>12207</v>
       </c>
       <c r="F33">
-        <v>4879</v>
+        <v>4895</v>
       </c>
       <c r="G33">
-        <v>1469</v>
+        <v>1476</v>
       </c>
       <c r="H33">
-        <v>18551</v>
+        <v>18578</v>
       </c>
       <c r="I33">
-        <v>9272</v>
+        <v>9343</v>
       </c>
       <c r="J33">
-        <v>57044</v>
+        <v>57196</v>
       </c>
       <c r="K33">
-        <v>4100</v>
+        <v>4105</v>
       </c>
       <c r="L33">
         <v>373</v>
       </c>
       <c r="M33">
-        <v>70789</v>
+        <v>71017</v>
       </c>
       <c r="N33">
-        <v>3.207</v>
+        <v>3.218</v>
       </c>
       <c r="O33">
-        <v>3.418</v>
+        <v>3.421</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="6">
         <v>42644.0</v>
       </c>
       <c r="B34">
-        <v>15471</v>
+        <v>15487</v>
       </c>
       <c r="C34">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="D34">
-        <v>1513</v>
+        <v>1524</v>
       </c>
       <c r="E34">
-        <v>12341</v>
+        <v>12345</v>
       </c>
       <c r="F34">
-        <v>4886</v>
+        <v>4903</v>
       </c>
       <c r="G34">
-        <v>1467</v>
+        <v>1474</v>
       </c>
       <c r="H34">
-        <v>18694</v>
+        <v>18722</v>
       </c>
       <c r="I34">
-        <v>10048</v>
+        <v>10119</v>
       </c>
       <c r="J34">
-        <v>57916</v>
+        <v>58069</v>
       </c>
       <c r="K34">
-        <v>4049</v>
+        <v>4054</v>
       </c>
       <c r="L34">
         <v>367</v>
       </c>
       <c r="M34">
-        <v>72380</v>
+        <v>72609</v>
       </c>
       <c r="N34">
-        <v>3.429</v>
+        <v>3.439</v>
       </c>
       <c r="O34">
-        <v>3.449</v>
+        <v>3.453</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="6">
         <v>42675.0</v>
       </c>
       <c r="B35">
-        <v>15810</v>
+        <v>15826</v>
       </c>
       <c r="C35">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="D35">
-        <v>1518</v>
+        <v>1529</v>
       </c>
       <c r="E35">
-        <v>12590</v>
+        <v>12593</v>
       </c>
       <c r="F35">
-        <v>4961</v>
+        <v>4979</v>
       </c>
       <c r="G35">
-        <v>1497</v>
+        <v>1504</v>
       </c>
       <c r="H35">
-        <v>19048</v>
+        <v>19076</v>
       </c>
       <c r="I35">
-        <v>10288</v>
+        <v>10359</v>
       </c>
       <c r="J35">
-        <v>58911</v>
+        <v>59065</v>
       </c>
       <c r="K35">
-        <v>4111</v>
+        <v>4116</v>
       </c>
       <c r="L35">
         <v>367</v>
       </c>
       <c r="M35">
-        <v>73677</v>
+        <v>73907</v>
       </c>
       <c r="N35">
+        <v>3.458</v>
+      </c>
+      <c r="O35">
         <v>3.448</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.445</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="6">
         <v>42705.0</v>
       </c>
       <c r="B36">
-        <v>16030</v>
+        <v>16045</v>
       </c>
       <c r="C36">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="D36">
-        <v>1511</v>
+        <v>1523</v>
       </c>
       <c r="E36">
-        <v>12733</v>
+        <v>12736</v>
       </c>
       <c r="F36">
-        <v>4982</v>
+        <v>5000</v>
       </c>
       <c r="G36">
-        <v>1546</v>
+        <v>1553</v>
       </c>
       <c r="H36">
-        <v>19261</v>
+        <v>19289</v>
       </c>
       <c r="I36">
-        <v>10725</v>
+        <v>10797</v>
       </c>
       <c r="J36">
-        <v>60322</v>
+        <v>60477</v>
       </c>
       <c r="K36">
-        <v>4054</v>
+        <v>4059</v>
       </c>
       <c r="L36">
         <v>362</v>
       </c>
       <c r="M36">
-        <v>75463</v>
+        <v>75695</v>
       </c>
       <c r="N36">
-        <v>3.556</v>
+        <v>3.566</v>
       </c>
       <c r="O36">
-        <v>3.488</v>
+        <v>3.492</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="6">
         <v>42736.0</v>
       </c>
       <c r="B37">
-        <v>16404</v>
+        <v>16418</v>
       </c>
       <c r="C37">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="D37">
-        <v>1525</v>
+        <v>1538</v>
       </c>
       <c r="E37">
-        <v>13051</v>
+        <v>13054</v>
       </c>
       <c r="F37">
-        <v>5043</v>
+        <v>5061</v>
       </c>
       <c r="G37">
-        <v>1563</v>
+        <v>1570</v>
       </c>
       <c r="H37">
-        <v>19657</v>
+        <v>19685</v>
       </c>
       <c r="I37">
-        <v>11092</v>
+        <v>11164</v>
       </c>
       <c r="J37">
-        <v>61694</v>
+        <v>61850</v>
       </c>
       <c r="K37">
-        <v>4146</v>
+        <v>4151</v>
       </c>
       <c r="L37">
         <v>362</v>
       </c>
       <c r="M37">
-        <v>77294</v>
+        <v>77527</v>
       </c>
       <c r="N37">
-        <v>3.61</v>
+        <v>3.619</v>
       </c>
       <c r="O37">
-        <v>3.496</v>
+        <v>3.499</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="6">
         <v>42767.0</v>
       </c>
       <c r="B38">
-        <v>16659</v>
+        <v>16673</v>
       </c>
       <c r="C38">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="D38">
-        <v>1538</v>
+        <v>1551</v>
       </c>
       <c r="E38">
-        <v>13286</v>
+        <v>13289</v>
       </c>
       <c r="F38">
-        <v>5076</v>
+        <v>5094</v>
       </c>
       <c r="G38">
-        <v>1582</v>
+        <v>1589</v>
       </c>
       <c r="H38">
-        <v>19944</v>
+        <v>19972</v>
       </c>
       <c r="I38">
-        <v>11155</v>
+        <v>11227</v>
       </c>
       <c r="J38">
-        <v>62785</v>
+        <v>62941</v>
       </c>
       <c r="K38">
-        <v>4214</v>
+        <v>4219</v>
       </c>
       <c r="L38">
         <v>362</v>
       </c>
       <c r="M38">
-        <v>78516</v>
+        <v>78749</v>
       </c>
       <c r="N38">
-        <v>3.6</v>
+        <v>3.609</v>
       </c>
       <c r="O38">
-        <v>3.505</v>
+        <v>3.508</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="6">
         <v>42795.0</v>
       </c>
       <c r="B39">
-        <v>16908</v>
+        <v>16922</v>
       </c>
       <c r="C39">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="D39">
-        <v>1538</v>
+        <v>1551</v>
       </c>
       <c r="E39">
-        <v>13394</v>
+        <v>13397</v>
       </c>
       <c r="F39">
-        <v>5121</v>
+        <v>5139</v>
       </c>
       <c r="G39">
-        <v>1685</v>
+        <v>1692</v>
       </c>
       <c r="H39">
-        <v>20200</v>
+        <v>20228</v>
       </c>
       <c r="I39">
-        <v>11280</v>
+        <v>11352</v>
       </c>
       <c r="J39">
-        <v>64096</v>
+        <v>64252</v>
       </c>
       <c r="K39">
-        <v>4124</v>
+        <v>4129</v>
       </c>
       <c r="L39">
         <v>611</v>
       </c>
       <c r="M39">
-        <v>80111</v>
+        <v>80344</v>
       </c>
       <c r="N39">
-        <v>3.592</v>
+        <v>3.602</v>
       </c>
       <c r="O39">
-        <v>3.529</v>
+        <v>3.532</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="6">
         <v>42826.0</v>
       </c>
       <c r="B40">
-        <v>17105</v>
+        <v>17119</v>
       </c>
       <c r="C40">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="D40">
-        <v>1538</v>
+        <v>1551</v>
       </c>
       <c r="E40">
-        <v>13579</v>
+        <v>13582</v>
       </c>
       <c r="F40">
-        <v>5150</v>
+        <v>5168</v>
       </c>
       <c r="G40">
-        <v>1687</v>
+        <v>1694</v>
       </c>
       <c r="H40">
-        <v>20416</v>
+        <v>20444</v>
       </c>
       <c r="I40">
-        <v>11312</v>
+        <v>11384</v>
       </c>
       <c r="J40">
-        <v>64865</v>
+        <v>65022</v>
       </c>
       <c r="K40">
-        <v>4114</v>
+        <v>4119</v>
       </c>
       <c r="L40">
         <v>599</v>
       </c>
       <c r="M40">
-        <v>80890</v>
+        <v>81124</v>
       </c>
       <c r="N40">
-        <v>3.58</v>
+        <v>3.589</v>
       </c>
       <c r="O40">
-        <v>3.533</v>
+        <v>3.536</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="6">
         <v>42856.0</v>
       </c>
       <c r="B41">
-        <v>17419</v>
+        <v>17432</v>
       </c>
       <c r="C41">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="D41">
-        <v>1532</v>
+        <v>1546</v>
       </c>
       <c r="E41">
-        <v>13888</v>
+        <v>13891</v>
       </c>
       <c r="F41">
-        <v>5172</v>
+        <v>5190</v>
       </c>
       <c r="G41">
-        <v>1691</v>
+        <v>1698</v>
       </c>
       <c r="H41">
-        <v>20751</v>
+        <v>20779</v>
       </c>
       <c r="I41">
-        <v>11391</v>
+        <v>11463</v>
       </c>
       <c r="J41">
-        <v>66305</v>
+        <v>66464</v>
       </c>
       <c r="K41">
-        <v>4113</v>
+        <v>4118</v>
       </c>
       <c r="L41">
         <v>571</v>
       </c>
       <c r="M41">
-        <v>82380</v>
+        <v>82616</v>
       </c>
       <c r="N41">
-        <v>3.576</v>
+        <v>3.586</v>
       </c>
       <c r="O41">
-        <v>3.55</v>
+        <v>3.553</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="6">
         <v>42887.0</v>
       </c>
       <c r="B42">
-        <v>17661</v>
+        <v>17674</v>
       </c>
       <c r="C42">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="D42">
-        <v>1520</v>
+        <v>1534</v>
       </c>
       <c r="E42">
-        <v>14125</v>
+        <v>14128</v>
       </c>
       <c r="F42">
-        <v>5185</v>
+        <v>5203</v>
       </c>
       <c r="G42">
-        <v>1692</v>
+        <v>1699</v>
       </c>
       <c r="H42">
-        <v>21002</v>
+        <v>21030</v>
       </c>
       <c r="I42">
-        <v>11591</v>
+        <v>11663</v>
       </c>
       <c r="J42">
-        <v>67339</v>
+        <v>67505</v>
       </c>
       <c r="K42">
-        <v>4080</v>
+        <v>4085</v>
       </c>
       <c r="L42">
         <v>560</v>
       </c>
       <c r="M42">
-        <v>83570</v>
+        <v>83813</v>
       </c>
       <c r="N42">
-        <v>3.599</v>
+        <v>3.607</v>
       </c>
       <c r="O42">
-        <v>3.563</v>
+        <v>3.567</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="6">
         <v>42917.0</v>
       </c>
       <c r="B43">
-        <v>17774</v>
+        <v>17787</v>
       </c>
       <c r="C43">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="D43">
-        <v>1424</v>
+        <v>1438</v>
       </c>
       <c r="E43">
-        <v>14194</v>
+        <v>14197</v>
       </c>
       <c r="F43">
-        <v>5077</v>
+        <v>5095</v>
       </c>
       <c r="G43">
-        <v>1706</v>
+        <v>1713</v>
       </c>
       <c r="H43">
-        <v>20977</v>
+        <v>21005</v>
       </c>
       <c r="I43">
-        <v>11811</v>
+        <v>11883</v>
       </c>
       <c r="J43">
-        <v>67861</v>
+        <v>68029</v>
       </c>
       <c r="K43">
-        <v>3982</v>
+        <v>3987</v>
       </c>
       <c r="L43">
         <v>536</v>
       </c>
       <c r="M43">
-        <v>84190</v>
+        <v>84435</v>
       </c>
       <c r="N43">
-        <v>3.66</v>
+        <v>3.669</v>
       </c>
       <c r="O43">
-        <v>3.596</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="6">
         <v>42948.0</v>
       </c>
       <c r="B44">
-        <v>18127</v>
+        <v>18140</v>
       </c>
       <c r="C44">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="D44">
-        <v>1431</v>
+        <v>1445</v>
       </c>
       <c r="E44">
-        <v>14512</v>
+        <v>14515</v>
       </c>
       <c r="F44">
-        <v>5120</v>
+        <v>5138</v>
       </c>
       <c r="G44">
-        <v>1712</v>
+        <v>1719</v>
       </c>
       <c r="H44">
-        <v>21344</v>
+        <v>21372</v>
       </c>
       <c r="I44">
-        <v>11863</v>
+        <v>11935</v>
       </c>
       <c r="J44">
-        <v>69237</v>
+        <v>69405</v>
       </c>
       <c r="K44">
-        <v>4020</v>
+        <v>4025</v>
       </c>
       <c r="L44">
         <v>536</v>
       </c>
       <c r="M44">
-        <v>85656</v>
+        <v>85901</v>
       </c>
       <c r="N44">
-        <v>3.664</v>
+        <v>3.672</v>
       </c>
       <c r="O44">
-        <v>3.603</v>
+        <v>3.606</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="6">
         <v>42979.0</v>
       </c>
       <c r="B45">
-        <v>18932</v>
+        <v>18946</v>
       </c>
       <c r="C45">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="D45">
-        <v>1427</v>
+        <v>1441</v>
       </c>
       <c r="E45">
-        <v>14975</v>
+        <v>14978</v>
       </c>
       <c r="F45">
-        <v>5124</v>
+        <v>5143</v>
       </c>
       <c r="G45">
-        <v>2038</v>
+        <v>2045</v>
       </c>
       <c r="H45">
-        <v>22137</v>
+        <v>22166</v>
       </c>
       <c r="I45">
-        <v>12248</v>
+        <v>12320</v>
       </c>
       <c r="J45">
-        <v>71871</v>
+        <v>72046</v>
       </c>
       <c r="K45">
-        <v>3874</v>
+        <v>3879</v>
       </c>
       <c r="L45">
         <v>511</v>
       </c>
       <c r="M45">
-        <v>88504</v>
+        <v>88756</v>
       </c>
       <c r="N45">
-        <v>3.735</v>
+        <v>3.744</v>
       </c>
       <c r="O45">
-        <v>3.599</v>
+        <v>3.602</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="6">
         <v>43009.0</v>
       </c>
       <c r="B46">
-        <v>19211</v>
+        <v>19225</v>
       </c>
       <c r="C46">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="D46">
-        <v>1427</v>
+        <v>1441</v>
       </c>
       <c r="E46">
-        <v>15233</v>
+        <v>15236</v>
       </c>
       <c r="F46">
-        <v>5138</v>
+        <v>5156</v>
       </c>
       <c r="G46">
-        <v>2043</v>
+        <v>2051</v>
       </c>
       <c r="H46">
-        <v>22414</v>
+        <v>22443</v>
       </c>
       <c r="I46">
-        <v>12254</v>
+        <v>12326</v>
       </c>
       <c r="J46">
-        <v>72825</v>
+        <v>73001</v>
       </c>
       <c r="K46">
-        <v>3801</v>
+        <v>3806</v>
       </c>
       <c r="L46">
         <v>511</v>
       </c>
       <c r="M46">
-        <v>89391</v>
+        <v>89644</v>
       </c>
       <c r="N46">
-        <v>3.735</v>
+        <v>3.743</v>
       </c>
       <c r="O46">
-        <v>3.596</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="6">
         <v>43040.0</v>
       </c>
       <c r="B47">
-        <v>19441</v>
+        <v>19455</v>
       </c>
       <c r="C47">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="D47">
-        <v>1437</v>
+        <v>1451</v>
       </c>
       <c r="E47">
-        <v>15436</v>
+        <v>15438</v>
       </c>
       <c r="F47">
-        <v>5155</v>
+        <v>5174</v>
       </c>
       <c r="G47">
-        <v>2066</v>
+        <v>2075</v>
       </c>
       <c r="H47">
-        <v>22657</v>
+        <v>22687</v>
       </c>
       <c r="I47">
-        <v>12365</v>
+        <v>12438</v>
       </c>
       <c r="J47">
-        <v>73875</v>
+        <v>74052</v>
       </c>
       <c r="K47">
-        <v>3726</v>
+        <v>3731</v>
       </c>
       <c r="L47">
         <v>458</v>
       </c>
       <c r="M47">
-        <v>90424</v>
+        <v>90679</v>
       </c>
       <c r="N47">
-        <v>3.753</v>
+        <v>3.76</v>
       </c>
       <c r="O47">
-        <v>3.607</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="6">
         <v>43070.0</v>
       </c>
       <c r="B48">
-        <v>19669</v>
+        <v>19683</v>
       </c>
       <c r="C48">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="D48">
-        <v>1431</v>
+        <v>1445</v>
       </c>
       <c r="E48">
-        <v>15633</v>
+        <v>15635</v>
       </c>
       <c r="F48">
-        <v>5178</v>
+        <v>5197</v>
       </c>
       <c r="G48">
-        <v>2084</v>
+        <v>2093</v>
       </c>
       <c r="H48">
-        <v>22895</v>
+        <v>22925</v>
       </c>
       <c r="I48">
-        <v>12395</v>
+        <v>12468</v>
       </c>
       <c r="J48">
-        <v>74880</v>
+        <v>75057</v>
       </c>
       <c r="K48">
-        <v>3733</v>
+        <v>3738</v>
       </c>
       <c r="L48">
         <v>453</v>
       </c>
       <c r="M48">
-        <v>91461</v>
+        <v>91716</v>
       </c>
       <c r="N48">
-        <v>3.755</v>
+        <v>3.762</v>
       </c>
       <c r="O48">
-        <v>3.614</v>
+        <v>3.617</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="6">
         <v>43101.0</v>
       </c>
       <c r="B49">
-        <v>19712</v>
+        <v>19726</v>
       </c>
       <c r="C49">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="D49">
-        <v>1432</v>
+        <v>1446</v>
       </c>
       <c r="E49">
-        <v>15666</v>
+        <v>15668</v>
       </c>
       <c r="F49">
-        <v>5171</v>
+        <v>5189</v>
       </c>
       <c r="G49">
-        <v>2100</v>
+        <v>2110</v>
       </c>
       <c r="H49">
-        <v>22937</v>
+        <v>22967</v>
       </c>
       <c r="I49">
-        <v>12441</v>
+        <v>12514</v>
       </c>
       <c r="J49">
-        <v>76003</v>
+        <v>76181</v>
       </c>
       <c r="K49">
-        <v>3555</v>
+        <v>3560</v>
       </c>
       <c r="L49">
         <v>441</v>
       </c>
       <c r="M49">
-        <v>92440</v>
+        <v>92696</v>
       </c>
       <c r="N49">
-        <v>3.77</v>
+        <v>3.777</v>
       </c>
       <c r="O49">
-        <v>3.65</v>
+        <v>3.653</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="6">
         <v>43132.0</v>
       </c>
       <c r="B50">
-        <v>19807</v>
+        <v>19821</v>
       </c>
       <c r="C50">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="D50">
-        <v>1432</v>
+        <v>1446</v>
       </c>
       <c r="E50">
-        <v>15746</v>
+        <v>15748</v>
       </c>
       <c r="F50">
-        <v>5182</v>
+        <v>5200</v>
       </c>
       <c r="G50">
-        <v>2106</v>
+        <v>2116</v>
       </c>
       <c r="H50">
-        <v>23034</v>
+        <v>23064</v>
       </c>
       <c r="I50">
-        <v>12429</v>
+        <v>12502</v>
       </c>
       <c r="J50">
-        <v>76301</v>
+        <v>76479</v>
       </c>
       <c r="K50">
-        <v>3534</v>
+        <v>3539</v>
       </c>
       <c r="L50">
         <v>90</v>
       </c>
       <c r="M50">
-        <v>92354</v>
+        <v>92610</v>
       </c>
       <c r="N50">
-        <v>3.769</v>
+        <v>3.776</v>
       </c>
       <c r="O50">
-        <v>3.647</v>
+        <v>3.65</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="6">
         <v>43160.0</v>
       </c>
       <c r="B51">
-        <v>19606</v>
+        <v>19621</v>
       </c>
       <c r="C51">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="D51">
-        <v>1434</v>
+        <v>1448</v>
       </c>
       <c r="E51">
-        <v>15542</v>
+        <v>15544</v>
       </c>
       <c r="F51">
-        <v>5196</v>
+        <v>5215</v>
       </c>
       <c r="G51">
-        <v>2102</v>
+        <v>2112</v>
       </c>
       <c r="H51">
-        <v>22840</v>
+        <v>22871</v>
       </c>
       <c r="I51">
-        <v>11669</v>
+        <v>11742</v>
       </c>
       <c r="J51">
-        <v>77496</v>
+        <v>77675</v>
       </c>
       <c r="K51">
-        <v>3353</v>
+        <v>3358</v>
       </c>
       <c r="L51">
         <v>90</v>
       </c>
       <c r="M51">
-        <v>92608</v>
+        <v>92865</v>
       </c>
       <c r="N51">
-        <v>4.093</v>
+        <v>4.1</v>
       </c>
       <c r="O51">
-        <v>3.696</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="6">
         <v>43191.0</v>
       </c>
       <c r="B52">
-        <v>19854</v>
+        <v>19869</v>
       </c>
       <c r="C52">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="D52">
-        <v>1444</v>
+        <v>1458</v>
       </c>
       <c r="E52">
-        <v>15776</v>
+        <v>15778</v>
       </c>
       <c r="F52">
-        <v>5263</v>
+        <v>5282</v>
       </c>
       <c r="G52">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="H52">
-        <v>23153</v>
+        <v>23184</v>
       </c>
       <c r="I52">
-        <v>11818</v>
+        <v>11891</v>
       </c>
       <c r="J52">
-        <v>78671</v>
+        <v>78850</v>
       </c>
       <c r="K52">
-        <v>3351</v>
+        <v>3356</v>
       </c>
       <c r="L52">
         <v>90</v>
       </c>
       <c r="M52">
-        <v>93930</v>
+        <v>94187</v>
       </c>
       <c r="N52">
-        <v>4.118</v>
+        <v>4.125</v>
       </c>
       <c r="O52">
-        <v>3.7</v>
+        <v>3.703</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="6">
         <v>43221.0</v>
       </c>
       <c r="B53">
-        <v>19853</v>
+        <v>19867</v>
       </c>
       <c r="C53">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="D53">
-        <v>1413</v>
+        <v>1428</v>
       </c>
       <c r="E53">
-        <v>15787</v>
+        <v>15789</v>
       </c>
       <c r="F53">
-        <v>5088</v>
+        <v>5107</v>
       </c>
       <c r="G53">
-        <v>2077</v>
+        <v>2087</v>
       </c>
       <c r="H53">
-        <v>22952</v>
+        <v>22983</v>
       </c>
       <c r="I53">
-        <v>11283</v>
+        <v>11356</v>
       </c>
       <c r="J53">
-        <v>73409</v>
+        <v>73597</v>
       </c>
       <c r="K53">
-        <v>3235</v>
+        <v>3240</v>
       </c>
       <c r="L53">
         <v>80</v>
       </c>
       <c r="M53">
-        <v>88007</v>
+        <v>88273</v>
       </c>
       <c r="N53">
-        <v>4.116</v>
+        <v>4.123</v>
       </c>
       <c r="O53">
-        <v>3.469</v>
+        <v>3.473</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="6">
         <v>43252.0</v>
       </c>
       <c r="B54">
-        <v>20345</v>
+        <v>20363</v>
       </c>
       <c r="C54">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="D54">
-        <v>1433</v>
+        <v>1448</v>
       </c>
       <c r="E54">
-        <v>16256</v>
+        <v>16261</v>
       </c>
       <c r="F54">
-        <v>5130</v>
+        <v>5150</v>
       </c>
       <c r="G54">
-        <v>2087</v>
+        <v>2097</v>
       </c>
       <c r="H54">
-        <v>23473</v>
+        <v>23508</v>
       </c>
       <c r="I54">
-        <v>11435</v>
+        <v>11516</v>
       </c>
       <c r="J54">
-        <v>75269</v>
+        <v>75484</v>
       </c>
       <c r="K54">
-        <v>3250</v>
+        <v>3255</v>
       </c>
       <c r="L54">
         <v>80</v>
       </c>
       <c r="M54">
-        <v>90034</v>
+        <v>90335</v>
       </c>
       <c r="N54">
-        <v>4.093</v>
+        <v>4.1</v>
       </c>
       <c r="O54">
-        <v>3.478</v>
+        <v>3.483</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="6">
         <v>43282.0</v>
       </c>
       <c r="B55">
-        <v>20748</v>
+        <v>20766</v>
       </c>
       <c r="C55">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="D55">
-        <v>1425</v>
+        <v>1440</v>
       </c>
       <c r="E55">
-        <v>16640</v>
+        <v>16645</v>
       </c>
       <c r="F55">
-        <v>5137</v>
+        <v>5157</v>
       </c>
       <c r="G55">
-        <v>2107</v>
+        <v>2117</v>
       </c>
       <c r="H55">
-        <v>23884</v>
+        <v>23919</v>
       </c>
       <c r="I55">
-        <v>13413</v>
+        <v>13494</v>
       </c>
       <c r="J55">
-        <v>76677</v>
+        <v>76892</v>
       </c>
       <c r="K55">
-        <v>3239</v>
+        <v>3244</v>
       </c>
       <c r="L55">
         <v>80</v>
       </c>
       <c r="M55">
-        <v>93409</v>
+        <v>93710</v>
       </c>
       <c r="N55">
-        <v>4.542</v>
+        <v>4.546</v>
       </c>
       <c r="O55">
-        <v>3.503</v>
+        <v>3.508</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="6">
         <v>43313.0</v>
       </c>
       <c r="B56">
-        <v>21007</v>
+        <v>21026</v>
       </c>
       <c r="C56">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="D56">
-        <v>1416</v>
+        <v>1431</v>
       </c>
       <c r="E56">
-        <v>16884</v>
+        <v>16890</v>
       </c>
       <c r="F56">
-        <v>5148</v>
+        <v>5168</v>
       </c>
       <c r="G56">
-        <v>2108</v>
+        <v>2118</v>
       </c>
       <c r="H56">
-        <v>24140</v>
+        <v>24176</v>
       </c>
       <c r="I56">
-        <v>13524</v>
+        <v>13605</v>
       </c>
       <c r="J56">
-        <v>77850</v>
+        <v>78066</v>
       </c>
       <c r="K56">
-        <v>3183</v>
+        <v>3188</v>
       </c>
       <c r="L56">
         <v>89</v>
       </c>
       <c r="M56">
-        <v>94646</v>
+        <v>94948</v>
       </c>
       <c r="N56">
-        <v>4.557</v>
+        <v>4.561</v>
       </c>
       <c r="O56">
-        <v>3.519</v>
+        <v>3.523</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="6">
         <v>43344.0</v>
       </c>
       <c r="B57">
-        <v>21128</v>
+        <v>21148</v>
       </c>
       <c r="C57">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="D57">
-        <v>1422</v>
+        <v>1438</v>
       </c>
       <c r="E57">
-        <v>16973</v>
+        <v>16981</v>
       </c>
       <c r="F57">
-        <v>5208</v>
+        <v>5228</v>
       </c>
       <c r="G57">
-        <v>2112</v>
+        <v>2122</v>
       </c>
       <c r="H57">
-        <v>24293</v>
+        <v>24331</v>
       </c>
       <c r="I57">
-        <v>10721</v>
+        <v>10806</v>
       </c>
       <c r="J57">
-        <v>78892</v>
+        <v>79110</v>
       </c>
       <c r="K57">
-        <v>3178</v>
+        <v>3183</v>
       </c>
       <c r="L57">
         <v>94</v>
       </c>
       <c r="M57">
-        <v>92885</v>
+        <v>93193</v>
       </c>
       <c r="N57">
-        <v>3.775</v>
+        <v>3.782</v>
       </c>
       <c r="O57">
-        <v>3.52</v>
+        <v>3.524</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="6">
         <v>43374.0</v>
       </c>
       <c r="B58">
-        <v>21473</v>
+        <v>21491</v>
       </c>
       <c r="C58">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="D58">
-        <v>1423</v>
+        <v>1441</v>
       </c>
       <c r="E58">
-        <v>17201</v>
+        <v>17209</v>
       </c>
       <c r="F58">
-        <v>5324</v>
+        <v>5344</v>
       </c>
       <c r="G58">
-        <v>2129</v>
+        <v>2139</v>
       </c>
       <c r="H58">
-        <v>24654</v>
+        <v>24692</v>
       </c>
       <c r="I58">
-        <v>10934</v>
+        <v>11019</v>
       </c>
       <c r="J58">
-        <v>79839</v>
+        <v>80065</v>
       </c>
       <c r="K58">
-        <v>3121</v>
+        <v>3126</v>
       </c>
       <c r="L58">
         <v>94</v>
       </c>
       <c r="M58">
-        <v>93988</v>
+        <v>94304</v>
       </c>
       <c r="N58">
-        <v>3.806</v>
+        <v>3.813</v>
       </c>
       <c r="O58">
-        <v>3.507</v>
+        <v>3.511</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="6">
         <v>43405.0</v>
       </c>
       <c r="B59">
-        <v>21631</v>
+        <v>21649</v>
       </c>
       <c r="C59">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="D59">
-        <v>1422</v>
+        <v>1440</v>
       </c>
       <c r="E59">
-        <v>16904</v>
+        <v>16913</v>
       </c>
       <c r="F59">
-        <v>5332</v>
+        <v>5352</v>
       </c>
       <c r="G59">
-        <v>2656</v>
+        <v>2665</v>
       </c>
       <c r="H59">
-        <v>24892</v>
+        <v>24930</v>
       </c>
       <c r="I59">
-        <v>10960</v>
+        <v>11045</v>
       </c>
       <c r="J59">
-        <v>81956</v>
+        <v>82181</v>
       </c>
       <c r="K59">
-        <v>3021</v>
+        <v>3026</v>
       </c>
       <c r="L59">
         <v>109</v>
       </c>
       <c r="M59">
-        <v>96046</v>
+        <v>96361</v>
       </c>
       <c r="N59">
-        <v>3.803</v>
+        <v>3.81</v>
       </c>
       <c r="O59">
-        <v>3.562</v>
+        <v>3.566</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="6">
         <v>43435.0</v>
       </c>
       <c r="B60">
-        <v>21859</v>
+        <v>21877</v>
       </c>
       <c r="C60">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="D60">
-        <v>1419</v>
+        <v>1437</v>
       </c>
       <c r="E60">
-        <v>17132</v>
+        <v>17141</v>
       </c>
       <c r="F60">
-        <v>5348</v>
+        <v>5368</v>
       </c>
       <c r="G60">
-        <v>2666</v>
+        <v>2675</v>
       </c>
       <c r="H60">
-        <v>25146</v>
+        <v>25184</v>
       </c>
       <c r="I60">
-        <v>11563</v>
+        <v>11650</v>
       </c>
       <c r="J60">
-        <v>83216</v>
+        <v>83441</v>
       </c>
       <c r="K60">
-        <v>2873</v>
+        <v>2878</v>
       </c>
       <c r="L60">
         <v>108</v>
       </c>
       <c r="M60">
-        <v>97760</v>
+        <v>98077</v>
       </c>
       <c r="N60">
-        <v>3.917</v>
+        <v>3.923</v>
       </c>
       <c r="O60">
-        <v>3.586</v>
+        <v>3.59</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="6">
         <v>43466.0</v>
       </c>
       <c r="B61">
-        <v>21078</v>
+        <v>21096</v>
       </c>
       <c r="C61">
-        <v>1845</v>
+        <v>1849</v>
       </c>
       <c r="D61">
-        <v>1421</v>
+        <v>1439</v>
       </c>
       <c r="E61">
-        <v>16314</v>
+        <v>16323</v>
       </c>
       <c r="F61">
-        <v>5511</v>
+        <v>5533</v>
       </c>
       <c r="G61">
-        <v>2519</v>
+        <v>2528</v>
       </c>
       <c r="H61">
-        <v>24344</v>
+        <v>24384</v>
       </c>
       <c r="I61">
-        <v>11726</v>
+        <v>11813</v>
       </c>
       <c r="J61">
-        <v>79925</v>
+        <v>80169</v>
       </c>
       <c r="K61">
-        <v>2792</v>
+        <v>2797</v>
       </c>
       <c r="L61">
         <v>106</v>
       </c>
       <c r="M61">
-        <v>94549</v>
+        <v>94885</v>
       </c>
       <c r="N61">
-        <v>3.923</v>
+        <v>3.929</v>
       </c>
       <c r="O61">
-        <v>3.572</v>
+        <v>3.577</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="6">
         <v>43497.0</v>
       </c>
       <c r="B62">
-        <v>21110</v>
+        <v>21128</v>
       </c>
       <c r="C62">
-        <v>1943</v>
+        <v>1947</v>
       </c>
       <c r="D62">
-        <v>1418</v>
+        <v>1436</v>
       </c>
       <c r="E62">
-        <v>16352</v>
+        <v>16361</v>
       </c>
       <c r="F62">
-        <v>5593</v>
+        <v>5615</v>
       </c>
       <c r="G62">
-        <v>2526</v>
+        <v>2535</v>
       </c>
       <c r="H62">
-        <v>24471</v>
+        <v>24511</v>
       </c>
       <c r="I62">
-        <v>12160</v>
+        <v>12247</v>
       </c>
       <c r="J62">
-        <v>81187</v>
+        <v>81431</v>
       </c>
       <c r="K62">
-        <v>3319</v>
+        <v>3324</v>
       </c>
       <c r="L62">
         <v>111</v>
       </c>
       <c r="M62">
-        <v>96777</v>
+        <v>97113</v>
       </c>
       <c r="N62">
-        <v>3.987</v>
+        <v>3.992</v>
       </c>
       <c r="O62">
-        <v>3.619</v>
+        <v>3.624</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="6">
         <v>43525.0</v>
       </c>
       <c r="B63">
-        <v>21341</v>
+        <v>21360</v>
       </c>
       <c r="C63">
-        <v>1957</v>
+        <v>1961</v>
       </c>
       <c r="D63">
-        <v>1411</v>
+        <v>1429</v>
       </c>
       <c r="E63">
-        <v>16496</v>
+        <v>16506</v>
       </c>
       <c r="F63">
-        <v>5629</v>
+        <v>5651</v>
       </c>
       <c r="G63">
-        <v>2584</v>
+        <v>2593</v>
       </c>
       <c r="H63">
-        <v>24709</v>
+        <v>24750</v>
       </c>
       <c r="I63">
-        <v>12798</v>
+        <v>12885</v>
       </c>
       <c r="J63">
-        <v>80787</v>
+        <v>81033</v>
       </c>
       <c r="K63">
-        <v>3249</v>
+        <v>3254</v>
       </c>
       <c r="L63">
         <v>111</v>
       </c>
       <c r="M63">
-        <v>96945</v>
+        <v>97283</v>
       </c>
       <c r="N63">
-        <v>4.158</v>
+        <v>4.162</v>
       </c>
       <c r="O63">
-        <v>3.567</v>
+        <v>3.571</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="6">
         <v>43556.0</v>
       </c>
       <c r="B64">
-        <v>21583</v>
+        <v>21602</v>
       </c>
       <c r="C64">
-        <v>1978</v>
+        <v>1983</v>
       </c>
       <c r="D64">
-        <v>1422</v>
+        <v>1441</v>
       </c>
       <c r="E64">
-        <v>16754</v>
+        <v>16765</v>
       </c>
       <c r="F64">
-        <v>5634</v>
+        <v>5656</v>
       </c>
       <c r="G64">
-        <v>2595</v>
+        <v>2605</v>
       </c>
       <c r="H64">
-        <v>24983</v>
+        <v>25026</v>
       </c>
       <c r="I64">
-        <v>13092</v>
+        <v>13179</v>
       </c>
       <c r="J64">
-        <v>81920</v>
+        <v>82188</v>
       </c>
       <c r="K64">
-        <v>3196</v>
+        <v>3201</v>
       </c>
       <c r="L64">
         <v>110</v>
       </c>
       <c r="M64">
-        <v>98318</v>
+        <v>98678</v>
       </c>
       <c r="N64">
-        <v>4.155</v>
+        <v>4.159</v>
       </c>
       <c r="O64">
-        <v>3.584</v>
+        <v>3.589</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="6">
         <v>43586.0</v>
       </c>
       <c r="B65">
-        <v>21848</v>
+        <v>21867</v>
       </c>
       <c r="C65">
-        <v>2046</v>
+        <v>2051</v>
       </c>
       <c r="D65">
-        <v>1432</v>
+        <v>1451</v>
       </c>
       <c r="E65">
-        <v>16984</v>
+        <v>16995</v>
       </c>
       <c r="F65">
-        <v>5747</v>
+        <v>5768</v>
       </c>
       <c r="G65">
-        <v>2595</v>
+        <v>2606</v>
       </c>
       <c r="H65">
-        <v>25326</v>
+        <v>25369</v>
       </c>
       <c r="I65">
-        <v>12573</v>
+        <v>12660</v>
       </c>
       <c r="J65">
-        <v>83604</v>
+        <v>83876</v>
       </c>
       <c r="K65">
-        <v>3174</v>
+        <v>3179</v>
       </c>
       <c r="L65">
         <v>107</v>
       </c>
       <c r="M65">
-        <v>99458</v>
+        <v>99822</v>
       </c>
       <c r="N65">
-        <v>3.916</v>
+        <v>3.921</v>
       </c>
       <c r="O65">
-        <v>3.609</v>
+        <v>3.614</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="6">
         <v>43617.0</v>
       </c>
       <c r="B66">
-        <v>22057</v>
+        <v>22076</v>
       </c>
       <c r="C66">
-        <v>2067</v>
+        <v>2072</v>
       </c>
       <c r="D66">
-        <v>1432</v>
+        <v>1451</v>
       </c>
       <c r="E66">
-        <v>17176</v>
+        <v>17187</v>
       </c>
       <c r="F66">
-        <v>5779</v>
+        <v>5800</v>
       </c>
       <c r="G66">
-        <v>2601</v>
+        <v>2612</v>
       </c>
       <c r="H66">
-        <v>25556</v>
+        <v>25599</v>
       </c>
       <c r="I66">
-        <v>13081</v>
+        <v>13168</v>
       </c>
       <c r="J66">
-        <v>84822</v>
+        <v>85094</v>
       </c>
       <c r="K66">
-        <v>3158</v>
+        <v>3163</v>
       </c>
       <c r="L66">
         <v>107</v>
       </c>
       <c r="M66">
-        <v>101168</v>
+        <v>101532</v>
       </c>
       <c r="N66">
-        <v>3.998</v>
+        <v>4.002</v>
       </c>
       <c r="O66">
-        <v>3.636</v>
+        <v>3.641</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="6">
         <v>43647.0</v>
       </c>
       <c r="B67">
-        <v>22196</v>
+        <v>22215</v>
       </c>
       <c r="C67">
-        <v>2095</v>
+        <v>2100</v>
       </c>
       <c r="D67">
-        <v>1431</v>
+        <v>1450</v>
       </c>
       <c r="E67">
-        <v>17283</v>
+        <v>17294</v>
       </c>
       <c r="F67">
-        <v>5821</v>
+        <v>5842</v>
       </c>
       <c r="G67">
-        <v>2618</v>
+        <v>2629</v>
       </c>
       <c r="H67">
-        <v>25722</v>
+        <v>25765</v>
       </c>
       <c r="I67">
-        <v>13445</v>
+        <v>13532</v>
       </c>
       <c r="J67">
-        <v>86637</v>
+        <v>86916</v>
       </c>
       <c r="K67">
-        <v>3231</v>
+        <v>3236</v>
       </c>
       <c r="L67">
         <v>107</v>
       </c>
       <c r="M67">
-        <v>103420</v>
+        <v>103791</v>
       </c>
       <c r="N67">
-        <v>4.046</v>
+        <v>4.05</v>
       </c>
       <c r="O67">
-        <v>3.692</v>
+        <v>3.697</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="6">
         <v>43678.0</v>
       </c>
       <c r="B68">
-        <v>22939</v>
+        <v>22961</v>
       </c>
       <c r="C68">
-        <v>2108</v>
+        <v>2113</v>
       </c>
       <c r="D68">
-        <v>1430</v>
+        <v>1449</v>
       </c>
       <c r="E68">
-        <v>18014</v>
+        <v>18027</v>
       </c>
       <c r="F68">
-        <v>5846</v>
+        <v>5868</v>
       </c>
       <c r="G68">
-        <v>2617</v>
+        <v>2628</v>
       </c>
       <c r="H68">
-        <v>26477</v>
+        <v>26523</v>
       </c>
       <c r="I68">
-        <v>13960</v>
+        <v>14049</v>
       </c>
       <c r="J68">
-        <v>88969</v>
+        <v>89253</v>
       </c>
       <c r="K68">
-        <v>3190</v>
+        <v>3195</v>
       </c>
       <c r="L68">
         <v>105</v>
       </c>
       <c r="M68">
-        <v>106224</v>
+        <v>106602</v>
       </c>
       <c r="N68">
-        <v>3.982</v>
+        <v>3.986</v>
       </c>
       <c r="O68">
-        <v>3.697</v>
+        <v>3.702</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="6">
         <v>43709.0</v>
       </c>
       <c r="B69">
-        <v>23393</v>
+        <v>23416</v>
       </c>
       <c r="C69">
-        <v>2121</v>
+        <v>2126</v>
       </c>
       <c r="D69">
-        <v>1339</v>
+        <v>1358</v>
       </c>
       <c r="E69">
-        <v>18246</v>
+        <v>18259</v>
       </c>
       <c r="F69">
-        <v>5908</v>
+        <v>5931</v>
       </c>
       <c r="G69">
-        <v>2699</v>
+        <v>2710</v>
       </c>
       <c r="H69">
-        <v>26853</v>
+        <v>26900</v>
       </c>
       <c r="I69">
-        <v>15163</v>
+        <v>15253</v>
       </c>
       <c r="J69">
-        <v>90445</v>
+        <v>90735</v>
       </c>
       <c r="K69">
-        <v>3205</v>
+        <v>3210</v>
       </c>
       <c r="L69">
         <v>105</v>
       </c>
       <c r="M69">
-        <v>108918</v>
+        <v>109303</v>
       </c>
       <c r="N69">
-        <v>4.183</v>
+        <v>4.185</v>
       </c>
       <c r="O69">
-        <v>3.717</v>
+        <v>3.722</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="6">
         <v>43739.0</v>
       </c>
       <c r="B70">
-        <v>23759</v>
+        <v>23784</v>
       </c>
       <c r="C70">
-        <v>2133</v>
+        <v>2138</v>
       </c>
       <c r="D70">
-        <v>1342</v>
+        <v>1361</v>
       </c>
       <c r="E70">
-        <v>18619</v>
+        <v>18634</v>
       </c>
       <c r="F70">
-        <v>5911</v>
+        <v>5934</v>
       </c>
       <c r="G70">
-        <v>2704</v>
+        <v>2715</v>
       </c>
       <c r="H70">
-        <v>27234</v>
+        <v>27283</v>
       </c>
       <c r="I70">
-        <v>14687</v>
+        <v>14777</v>
       </c>
       <c r="J70">
-        <v>93836</v>
+        <v>94147</v>
       </c>
       <c r="K70">
-        <v>3145</v>
+        <v>3150</v>
       </c>
       <c r="L70">
         <v>103</v>
       </c>
       <c r="M70">
-        <v>111771</v>
+        <v>112177</v>
       </c>
       <c r="N70">
-        <v>4.016</v>
+        <v>4.019</v>
       </c>
       <c r="O70">
-        <v>3.799</v>
+        <v>3.804</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="6">
         <v>43770.0</v>
       </c>
       <c r="B71">
-        <v>24149</v>
+        <v>24178</v>
       </c>
       <c r="C71">
-        <v>2132</v>
+        <v>2137</v>
       </c>
       <c r="D71">
-        <v>1344</v>
+        <v>1363</v>
       </c>
       <c r="E71">
-        <v>19010</v>
+        <v>19028</v>
       </c>
       <c r="F71">
-        <v>5908</v>
+        <v>5932</v>
       </c>
       <c r="G71">
-        <v>2707</v>
+        <v>2718</v>
       </c>
       <c r="H71">
-        <v>27625</v>
+        <v>27678</v>
       </c>
       <c r="I71">
-        <v>15338</v>
+        <v>15431</v>
       </c>
       <c r="J71">
-        <v>91235</v>
+        <v>91549</v>
       </c>
       <c r="K71">
-        <v>3124</v>
+        <v>3129</v>
       </c>
       <c r="L71">
         <v>93</v>
       </c>
       <c r="M71">
-        <v>109790</v>
+        <v>110202</v>
       </c>
       <c r="N71">
-        <v>4.089</v>
+        <v>4.09</v>
       </c>
       <c r="O71">
-        <v>3.645</v>
+        <v>3.65</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="6">
         <v>43800.0</v>
       </c>
       <c r="B72">
-        <v>24304</v>
+        <v>24333</v>
       </c>
       <c r="C72">
-        <v>2183</v>
+        <v>2188</v>
       </c>
       <c r="D72">
-        <v>1297</v>
+        <v>1317</v>
       </c>
       <c r="E72">
-        <v>19193</v>
+        <v>19211</v>
       </c>
       <c r="F72">
-        <v>5923</v>
+        <v>5948</v>
       </c>
       <c r="G72">
-        <v>2668</v>
+        <v>2679</v>
       </c>
       <c r="H72">
-        <v>27784</v>
+        <v>27838</v>
       </c>
       <c r="I72">
-        <v>14707</v>
+        <v>14800</v>
       </c>
       <c r="J72">
-        <v>92591</v>
+        <v>92908</v>
       </c>
       <c r="K72">
-        <v>3046</v>
+        <v>3051</v>
       </c>
       <c r="L72">
         <v>92</v>
       </c>
       <c r="M72">
-        <v>110436</v>
+        <v>110851</v>
       </c>
       <c r="N72">
-        <v>3.957</v>
+        <v>3.958</v>
       </c>
       <c r="O72">
-        <v>3.668</v>
+        <v>3.673</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="6">
         <v>43831.0</v>
       </c>
       <c r="B73">
-        <v>24706</v>
+        <v>24737</v>
       </c>
       <c r="C73">
-        <v>2128</v>
+        <v>2134</v>
       </c>
       <c r="D73">
-        <v>1286</v>
+        <v>1306</v>
       </c>
       <c r="E73">
-        <v>19777</v>
+        <v>19797</v>
       </c>
       <c r="F73">
-        <v>5738</v>
+        <v>5764</v>
       </c>
       <c r="G73">
-        <v>2605</v>
+        <v>2616</v>
       </c>
       <c r="H73">
-        <v>28120</v>
+        <v>28177</v>
       </c>
       <c r="I73">
-        <v>15275</v>
+        <v>15381</v>
       </c>
       <c r="J73">
-        <v>93651</v>
+        <v>93973</v>
       </c>
       <c r="K73">
-        <v>3022</v>
+        <v>3027</v>
       </c>
       <c r="L73">
         <v>72</v>
       </c>
       <c r="M73">
-        <v>112020</v>
+        <v>112453</v>
       </c>
       <c r="N73">
-        <v>4.035</v>
+        <v>4.04</v>
       </c>
       <c r="O73">
-        <v>3.667</v>
+        <v>3.672</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="6">
         <v>43862.0</v>
       </c>
       <c r="B74">
-        <v>24996</v>
+        <v>25027</v>
       </c>
       <c r="C74">
-        <v>2134</v>
+        <v>2140</v>
       </c>
       <c r="D74">
-        <v>1290</v>
+        <v>1310</v>
       </c>
       <c r="E74">
-        <v>20072</v>
+        <v>20092</v>
       </c>
       <c r="F74">
-        <v>5749</v>
+        <v>5775</v>
       </c>
       <c r="G74">
-        <v>2599</v>
+        <v>2610</v>
       </c>
       <c r="H74">
-        <v>28420</v>
+        <v>28477</v>
       </c>
       <c r="I74">
-        <v>15505</v>
+        <v>15611</v>
       </c>
       <c r="J74">
-        <v>95041</v>
+        <v>95365</v>
       </c>
       <c r="K74">
-        <v>3032</v>
+        <v>3037</v>
       </c>
       <c r="L74">
         <v>72</v>
       </c>
       <c r="M74">
-        <v>113650</v>
+        <v>114085</v>
       </c>
       <c r="N74">
-        <v>4.047</v>
+        <v>4.053</v>
       </c>
       <c r="O74">
-        <v>3.683</v>
+        <v>3.688</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="6">
         <v>43891.0</v>
       </c>
       <c r="B75">
-        <v>25335</v>
+        <v>25366</v>
       </c>
       <c r="C75">
-        <v>2145</v>
+        <v>2151</v>
       </c>
       <c r="D75">
-        <v>1293</v>
+        <v>1313</v>
       </c>
       <c r="E75">
-        <v>20415</v>
+        <v>20435</v>
       </c>
       <c r="F75">
-        <v>5757</v>
+        <v>5783</v>
       </c>
       <c r="G75">
-        <v>2601</v>
+        <v>2612</v>
       </c>
       <c r="H75">
-        <v>28773</v>
+        <v>28830</v>
       </c>
       <c r="I75">
-        <v>16052</v>
+        <v>16158</v>
       </c>
       <c r="J75">
-        <v>96097</v>
+        <v>96425</v>
       </c>
       <c r="K75">
-        <v>3012</v>
+        <v>3017</v>
       </c>
       <c r="L75">
         <v>72</v>
       </c>
       <c r="M75">
-        <v>115233</v>
+        <v>115672</v>
       </c>
       <c r="N75">
-        <v>4.041</v>
+        <v>4.047</v>
       </c>
       <c r="O75">
-        <v>3.687</v>
+        <v>3.692</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="6">
         <v>43922.0</v>
       </c>
       <c r="B76">
-        <v>25575</v>
+        <v>25606</v>
       </c>
       <c r="C76">
-        <v>2213</v>
+        <v>2219</v>
       </c>
       <c r="D76">
-        <v>1275</v>
+        <v>1295</v>
       </c>
       <c r="E76">
-        <v>20639</v>
+        <v>20659</v>
       </c>
       <c r="F76">
-        <v>5829</v>
+        <v>5855</v>
       </c>
       <c r="G76">
-        <v>2595</v>
+        <v>2606</v>
       </c>
       <c r="H76">
-        <v>29063</v>
+        <v>29120</v>
       </c>
       <c r="I76">
-        <v>16317</v>
+        <v>16423</v>
       </c>
       <c r="J76">
-        <v>97016</v>
+        <v>97344</v>
       </c>
       <c r="K76">
-        <v>3098</v>
+        <v>3103</v>
       </c>
       <c r="L76">
         <v>72</v>
       </c>
       <c r="M76">
-        <v>116503</v>
+        <v>116942</v>
       </c>
       <c r="N76">
-        <v>4.059</v>
+        <v>4.064</v>
       </c>
       <c r="O76">
-        <v>3.686</v>
+        <v>3.691</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="6">
         <v>43952.0</v>
       </c>
       <c r="B77">
-        <v>25867</v>
+        <v>25899</v>
       </c>
       <c r="C77">
-        <v>2218</v>
+        <v>2224</v>
       </c>
       <c r="D77">
-        <v>1280</v>
+        <v>1300</v>
       </c>
       <c r="E77">
-        <v>20870</v>
+        <v>20891</v>
       </c>
       <c r="F77">
-        <v>5902</v>
+        <v>5928</v>
       </c>
       <c r="G77">
-        <v>2593</v>
+        <v>2604</v>
       </c>
       <c r="H77">
-        <v>29365</v>
+        <v>29423</v>
       </c>
       <c r="I77">
-        <v>16292</v>
+        <v>16402</v>
       </c>
       <c r="J77">
-        <v>98702</v>
+        <v>99055</v>
       </c>
       <c r="K77">
-        <v>3005</v>
+        <v>3010</v>
       </c>
       <c r="L77">
         <v>72</v>
       </c>
       <c r="M77">
-        <v>118071</v>
+        <v>118539</v>
       </c>
       <c r="N77">
-        <v>4.006</v>
+        <v>4.011</v>
       </c>
       <c r="O77">
-        <v>3.711</v>
+        <v>3.717</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="6">
         <v>43983.0</v>
       </c>
       <c r="B78">
-        <v>26011</v>
+        <v>26042</v>
       </c>
       <c r="C78">
-        <v>2233</v>
+        <v>2239</v>
       </c>
       <c r="D78">
-        <v>1288</v>
+        <v>1309</v>
       </c>
       <c r="E78">
-        <v>20974</v>
+        <v>20995</v>
       </c>
       <c r="F78">
-        <v>5962</v>
+        <v>5988</v>
       </c>
       <c r="G78">
-        <v>2596</v>
+        <v>2607</v>
       </c>
       <c r="H78">
-        <v>29532</v>
+        <v>29590</v>
       </c>
       <c r="I78">
-        <v>16543</v>
+        <v>16654</v>
       </c>
       <c r="J78">
-        <v>99584</v>
+        <v>99939</v>
       </c>
       <c r="K78">
-        <v>2930</v>
+        <v>2935</v>
       </c>
       <c r="L78">
         <v>70</v>
       </c>
       <c r="M78">
-        <v>119127</v>
+        <v>119598</v>
       </c>
       <c r="N78">
-        <v>4.014</v>
+        <v>4.02</v>
       </c>
       <c r="O78">
-        <v>3.725</v>
+        <v>3.731</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="6">
         <v>44013.0</v>
       </c>
       <c r="B79">
-        <v>26470</v>
+        <v>26500</v>
       </c>
       <c r="C79">
-        <v>2260</v>
+        <v>2266</v>
       </c>
       <c r="D79">
-        <v>1304</v>
+        <v>1327</v>
       </c>
       <c r="E79">
-        <v>21403</v>
+        <v>21424</v>
       </c>
       <c r="F79">
-        <v>6032</v>
+        <v>6059</v>
       </c>
       <c r="G79">
-        <v>2599</v>
+        <v>2610</v>
       </c>
       <c r="H79">
-        <v>30034</v>
+        <v>30093</v>
       </c>
       <c r="I79">
-        <v>16953</v>
+        <v>17069</v>
       </c>
       <c r="J79">
-        <v>101451</v>
+        <v>101818</v>
       </c>
       <c r="K79">
-        <v>2907</v>
+        <v>2912</v>
       </c>
       <c r="L79">
         <v>68</v>
       </c>
       <c r="M79">
-        <v>121379</v>
+        <v>121867</v>
       </c>
       <c r="N79">
-        <v>4.034</v>
+        <v>4.039</v>
       </c>
       <c r="O79">
-        <v>3.733</v>
+        <v>3.739</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="6">
         <v>44044.0</v>
       </c>
       <c r="B80">
-        <v>26999</v>
+        <v>27027</v>
       </c>
       <c r="C80">
-        <v>2279</v>
+        <v>2285</v>
       </c>
       <c r="D80">
-        <v>1270</v>
+        <v>1294</v>
       </c>
       <c r="E80">
-        <v>21879</v>
+        <v>21899</v>
       </c>
       <c r="F80">
-        <v>6076</v>
+        <v>6103</v>
       </c>
       <c r="G80">
-        <v>2593</v>
+        <v>2604</v>
       </c>
       <c r="H80">
-        <v>30548</v>
+        <v>30606</v>
       </c>
       <c r="I80">
-        <v>17535</v>
+        <v>17659</v>
       </c>
       <c r="J80">
-        <v>99972</v>
+        <v>100343</v>
       </c>
       <c r="K80">
-        <v>2873</v>
+        <v>2878</v>
       </c>
       <c r="L80">
         <v>67</v>
       </c>
       <c r="M80">
-        <v>120447</v>
+        <v>120947</v>
       </c>
       <c r="N80">
-        <v>4.099</v>
+        <v>4.106</v>
       </c>
       <c r="O80">
-        <v>3.619</v>
+        <v>3.625</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="6">
         <v>44075.0</v>
       </c>
       <c r="B81">
-        <v>27336</v>
+        <v>27365</v>
       </c>
       <c r="C81">
-        <v>2276</v>
+        <v>2282</v>
       </c>
       <c r="D81">
-        <v>1251</v>
+        <v>1277</v>
       </c>
       <c r="E81">
-        <v>22135</v>
+        <v>22157</v>
       </c>
       <c r="F81">
-        <v>6134</v>
+        <v>6159</v>
       </c>
       <c r="G81">
-        <v>2594</v>
+        <v>2608</v>
       </c>
       <c r="H81">
-        <v>30863</v>
+        <v>30924</v>
       </c>
       <c r="I81">
-        <v>17887</v>
+        <v>18017</v>
       </c>
       <c r="J81">
-        <v>101042</v>
+        <v>101435</v>
       </c>
       <c r="K81">
-        <v>2854</v>
+        <v>2859</v>
       </c>
       <c r="L81">
         <v>64</v>
       </c>
       <c r="M81">
-        <v>121847</v>
+        <v>122375</v>
       </c>
       <c r="N81">
-        <v>4.122</v>
+        <v>4.129</v>
       </c>
       <c r="O81">
-        <v>3.623</v>
+        <v>3.63</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="6">
         <v>44105.0</v>
       </c>
       <c r="B82">
-        <v>27548</v>
+        <v>27659</v>
       </c>
       <c r="C82">
-        <v>2289</v>
+        <v>2295</v>
       </c>
       <c r="D82">
-        <v>1243</v>
+        <v>1270</v>
       </c>
       <c r="E82">
-        <v>22312</v>
+        <v>22416</v>
       </c>
       <c r="F82">
-        <v>6177</v>
+        <v>6202</v>
       </c>
       <c r="G82">
-        <v>2591</v>
+        <v>2606</v>
       </c>
       <c r="H82">
-        <v>31080</v>
+        <v>31224</v>
       </c>
       <c r="I82">
-        <v>18205</v>
+        <v>18343</v>
       </c>
       <c r="J82">
-        <v>102092</v>
+        <v>103618</v>
       </c>
       <c r="K82">
-        <v>2878</v>
+        <v>2883</v>
       </c>
       <c r="L82">
         <v>62</v>
       </c>
       <c r="M82">
-        <v>123237</v>
+        <v>124906</v>
       </c>
       <c r="N82">
-        <v>4.142</v>
+        <v>4.148</v>
       </c>
       <c r="O82">
-        <v>3.638</v>
+        <v>3.674</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="6">
         <v>44136.0</v>
       </c>
       <c r="B83">
-        <v>28018</v>
+        <v>28145</v>
       </c>
       <c r="C83">
-        <v>2295</v>
+        <v>2301</v>
       </c>
       <c r="D83">
-        <v>1493</v>
+        <v>1520</v>
       </c>
       <c r="E83">
-        <v>22796</v>
+        <v>22916</v>
       </c>
       <c r="F83">
-        <v>6236</v>
+        <v>6260</v>
       </c>
       <c r="G83">
-        <v>2774</v>
+        <v>2790</v>
       </c>
       <c r="H83">
-        <v>31806</v>
+        <v>31966</v>
       </c>
       <c r="I83">
-        <v>18971</v>
+        <v>19109</v>
       </c>
       <c r="J83">
-        <v>107221</v>
+        <v>109073</v>
       </c>
       <c r="K83">
-        <v>2882</v>
+        <v>2887</v>
       </c>
       <c r="L83">
         <v>62</v>
       </c>
       <c r="M83">
-        <v>129136</v>
+        <v>131131</v>
       </c>
       <c r="N83">
-        <v>4.206</v>
+        <v>4.212</v>
       </c>
       <c r="O83">
-        <v>3.735</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="6">
         <v>44166.0</v>
       </c>
       <c r="B84">
-        <v>28143</v>
+        <v>28287</v>
       </c>
       <c r="C84">
-        <v>1889</v>
+        <v>1896</v>
       </c>
       <c r="D84">
-        <v>1467</v>
+        <v>1494</v>
       </c>
       <c r="E84">
-        <v>22585</v>
+        <v>22720</v>
       </c>
       <c r="F84">
-        <v>6202</v>
+        <v>6228</v>
       </c>
       <c r="G84">
-        <v>2712</v>
+        <v>2729</v>
       </c>
       <c r="H84">
-        <v>31499</v>
+        <v>31677</v>
       </c>
       <c r="I84">
-        <v>19094</v>
+        <v>19232</v>
       </c>
       <c r="J84">
-        <v>107235</v>
+        <v>109205</v>
       </c>
       <c r="K84">
-        <v>2774</v>
+        <v>2779</v>
       </c>
       <c r="L84">
         <v>61</v>
       </c>
       <c r="M84">
-        <v>129164</v>
+        <v>131277</v>
       </c>
       <c r="N84">
-        <v>4.185</v>
+        <v>4.19</v>
       </c>
       <c r="O84">
-        <v>3.783</v>
+        <v>3.83</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="6">
         <v>44197.0</v>
       </c>
       <c r="B85">
-        <v>38352</v>
+        <v>38499</v>
       </c>
       <c r="C85">
-        <v>2324</v>
+        <v>2333</v>
       </c>
       <c r="D85">
-        <v>1471</v>
+        <v>1501</v>
       </c>
       <c r="E85">
-        <v>32730</v>
+        <v>32871</v>
       </c>
       <c r="F85">
-        <v>6686</v>
+        <v>6714</v>
       </c>
       <c r="G85">
-        <v>2731</v>
+        <v>2748</v>
       </c>
       <c r="H85">
-        <v>42147</v>
+        <v>42333</v>
       </c>
       <c r="I85">
-        <v>18725</v>
+        <v>18877</v>
       </c>
       <c r="J85">
-        <v>111379</v>
+        <v>113413</v>
       </c>
       <c r="K85">
-        <v>3481</v>
+        <v>3488</v>
       </c>
       <c r="L85">
         <v>58</v>
       </c>
       <c r="M85">
-        <v>133643</v>
+        <v>135836</v>
       </c>
       <c r="N85">
-        <v>3.665</v>
+        <v>3.673</v>
       </c>
       <c r="O85">
-        <v>2.924</v>
+        <v>2.964</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="6">
         <v>44228.0</v>
       </c>
       <c r="B86">
-        <v>38931</v>
+        <v>39079</v>
       </c>
       <c r="C86">
-        <v>2340</v>
+        <v>2349</v>
       </c>
       <c r="D86">
-        <v>1474</v>
+        <v>1508</v>
       </c>
       <c r="E86">
-        <v>33216</v>
+        <v>33362</v>
       </c>
       <c r="F86">
-        <v>6798</v>
+        <v>6824</v>
       </c>
       <c r="G86">
-        <v>2731</v>
+        <v>2750</v>
       </c>
       <c r="H86">
-        <v>42745</v>
+        <v>42936</v>
       </c>
       <c r="I86">
-        <v>19309</v>
+        <v>19464</v>
       </c>
       <c r="J86">
-        <v>112481</v>
+        <v>114571</v>
       </c>
       <c r="K86">
-        <v>3480</v>
+        <v>3487</v>
       </c>
       <c r="L86">
         <v>58</v>
       </c>
       <c r="M86">
-        <v>135328</v>
+        <v>137580</v>
       </c>
       <c r="N86">
-        <v>3.703</v>
+        <v>3.711</v>
       </c>
       <c r="O86">
-        <v>2.915</v>
+        <v>2.955</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="6">
         <v>44256.0</v>
       </c>
       <c r="B87">
-        <v>39376</v>
+        <v>39534</v>
       </c>
       <c r="C87">
-        <v>2310</v>
+        <v>2319</v>
       </c>
       <c r="D87">
-        <v>1479</v>
+        <v>1514</v>
       </c>
       <c r="E87">
-        <v>33588</v>
+        <v>33743</v>
       </c>
       <c r="F87">
-        <v>6845</v>
+        <v>6873</v>
       </c>
       <c r="G87">
-        <v>2732</v>
+        <v>2751</v>
       </c>
       <c r="H87">
-        <v>43165</v>
+        <v>43367</v>
       </c>
       <c r="I87">
-        <v>19727</v>
+        <v>19882</v>
       </c>
       <c r="J87">
-        <v>113302</v>
+        <v>115525</v>
       </c>
       <c r="K87">
-        <v>3473</v>
+        <v>3481</v>
       </c>
       <c r="L87">
         <v>58</v>
       </c>
       <c r="M87">
-        <v>136560</v>
+        <v>138946</v>
       </c>
       <c r="N87">
-        <v>3.731</v>
+        <v>3.739</v>
       </c>
       <c r="O87">
-        <v>2.91</v>
+        <v>2.952</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="6">
         <v>44287.0</v>
       </c>
       <c r="B88">
-        <v>40083</v>
+        <v>40252</v>
       </c>
       <c r="C88">
-        <v>2308</v>
+        <v>2317</v>
       </c>
       <c r="D88">
-        <v>1484</v>
+        <v>1520</v>
       </c>
       <c r="E88">
-        <v>34295</v>
+        <v>34462</v>
       </c>
       <c r="F88">
-        <v>6849</v>
+        <v>6876</v>
       </c>
       <c r="G88">
-        <v>2731</v>
+        <v>2751</v>
       </c>
       <c r="H88">
-        <v>43875</v>
+        <v>44089</v>
       </c>
       <c r="I88">
-        <v>20144</v>
+        <v>20311</v>
       </c>
       <c r="J88">
-        <v>115187</v>
+        <v>117534</v>
       </c>
       <c r="K88">
-        <v>3456</v>
+        <v>3464</v>
       </c>
       <c r="L88">
         <v>58</v>
       </c>
       <c r="M88">
-        <v>138845</v>
+        <v>141367</v>
       </c>
       <c r="N88">
-        <v>3.758</v>
+        <v>3.767</v>
       </c>
       <c r="O88">
-        <v>2.91</v>
+        <v>2.954</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" s="6">
         <v>44317.0</v>
       </c>
       <c r="B89">
-        <v>40884</v>
+        <v>41058</v>
       </c>
       <c r="C89">
-        <v>2333</v>
+        <v>2342</v>
       </c>
       <c r="D89">
-        <v>1495</v>
+        <v>1531</v>
       </c>
       <c r="E89">
-        <v>35109</v>
+        <v>35279</v>
       </c>
       <c r="F89">
-        <v>6868</v>
+        <v>6897</v>
       </c>
       <c r="G89">
-        <v>2735</v>
+        <v>2755</v>
       </c>
       <c r="H89">
-        <v>44712</v>
+        <v>44931</v>
       </c>
       <c r="I89">
-        <v>20901</v>
+        <v>21068</v>
       </c>
       <c r="J89">
-        <v>117290</v>
+        <v>119683</v>
       </c>
       <c r="K89">
-        <v>3457</v>
+        <v>3491</v>
       </c>
       <c r="L89">
         <v>58</v>
       </c>
       <c r="M89">
-        <v>141706</v>
+        <v>144300</v>
       </c>
       <c r="N89">
-        <v>3.823</v>
+        <v>3.831</v>
       </c>
       <c r="O89">
-        <v>2.909</v>
+        <v>2.953</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" s="6">
         <v>44348.0</v>
       </c>
       <c r="B90">
-        <v>41391</v>
+        <v>41572</v>
       </c>
       <c r="C90">
-        <v>2318</v>
+        <v>2327</v>
       </c>
       <c r="D90">
-        <v>1492</v>
+        <v>1528</v>
       </c>
       <c r="E90">
-        <v>35624</v>
+        <v>35801</v>
       </c>
       <c r="F90">
-        <v>6843</v>
+        <v>6872</v>
       </c>
       <c r="G90">
-        <v>2734</v>
+        <v>2754</v>
       </c>
       <c r="H90">
-        <v>45201</v>
+        <v>45427</v>
       </c>
       <c r="I90">
-        <v>21148</v>
+        <v>21319</v>
       </c>
       <c r="J90">
-        <v>118321</v>
+        <v>120751</v>
       </c>
       <c r="K90">
-        <v>3397</v>
+        <v>3431</v>
       </c>
       <c r="L90">
         <v>58</v>
       </c>
       <c r="M90">
-        <v>142924</v>
+        <v>145559</v>
       </c>
       <c r="N90">
-        <v>3.82</v>
+        <v>3.827</v>
       </c>
       <c r="O90">
-        <v>2.904</v>
+        <v>2.948</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" s="6">
         <v>44378.0</v>
       </c>
       <c r="B91">
-        <v>41951</v>
+        <v>42136</v>
       </c>
       <c r="C91">
-        <v>2327</v>
+        <v>2336</v>
       </c>
       <c r="D91">
-        <v>1496</v>
+        <v>1532</v>
       </c>
       <c r="E91">
-        <v>36185</v>
+        <v>36365</v>
       </c>
       <c r="F91">
-        <v>6850</v>
+        <v>6880</v>
       </c>
       <c r="G91">
-        <v>2739</v>
+        <v>2759</v>
       </c>
       <c r="H91">
-        <v>45774</v>
+        <v>46004</v>
       </c>
       <c r="I91">
-        <v>21646</v>
+        <v>21821</v>
       </c>
       <c r="J91">
-        <v>119637</v>
+        <v>122086</v>
       </c>
       <c r="K91">
-        <v>3396</v>
+        <v>3430</v>
       </c>
       <c r="L91">
         <v>57</v>
       </c>
       <c r="M91">
-        <v>144736</v>
+        <v>147394</v>
       </c>
       <c r="N91">
-        <v>3.839</v>
+        <v>3.847</v>
       </c>
       <c r="O91">
-        <v>2.903</v>
+        <v>2.946</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" s="6">
         <v>44409.0</v>
       </c>
       <c r="B92">
-        <v>42412</v>
+        <v>42609</v>
       </c>
       <c r="C92">
-        <v>2326</v>
+        <v>2338</v>
       </c>
       <c r="D92">
-        <v>1502</v>
+        <v>1538</v>
       </c>
       <c r="E92">
-        <v>36645</v>
+        <v>36836</v>
       </c>
       <c r="F92">
-        <v>6853</v>
+        <v>6887</v>
       </c>
       <c r="G92">
-        <v>2742</v>
+        <v>2762</v>
       </c>
       <c r="H92">
-        <v>46240</v>
+        <v>46485</v>
       </c>
       <c r="I92">
-        <v>21976</v>
+        <v>22154</v>
       </c>
       <c r="J92">
-        <v>121029</v>
+        <v>123655</v>
       </c>
       <c r="K92">
-        <v>3356</v>
+        <v>3434</v>
       </c>
       <c r="L92">
         <v>57</v>
       </c>
       <c r="M92">
-        <v>146418</v>
+        <v>149300</v>
       </c>
       <c r="N92">
-        <v>3.858</v>
+        <v>3.866</v>
       </c>
       <c r="O92">
-        <v>2.907</v>
+        <v>2.954</v>
       </c>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" s="6">
         <v>44440.0</v>
       </c>
       <c r="B93">
-        <v>42894</v>
+        <v>43095</v>
       </c>
       <c r="C93">
-        <v>2443</v>
+        <v>2455</v>
       </c>
       <c r="D93">
-        <v>1497</v>
+        <v>1534</v>
       </c>
       <c r="E93">
-        <v>37085</v>
+        <v>37281</v>
       </c>
       <c r="F93">
-        <v>7006</v>
+        <v>7040</v>
       </c>
       <c r="G93">
-        <v>2743</v>
+        <v>2763</v>
       </c>
       <c r="H93">
-        <v>46834</v>
+        <v>47084</v>
       </c>
       <c r="I93">
-        <v>22444</v>
+        <v>22624</v>
       </c>
       <c r="J93">
-        <v>120798</v>
+        <v>123518</v>
       </c>
       <c r="K93">
-        <v>3604</v>
+        <v>3682</v>
       </c>
       <c r="L93">
         <v>57</v>
       </c>
       <c r="M93">
-        <v>146903</v>
+        <v>149881</v>
       </c>
       <c r="N93">
-        <v>3.878</v>
+        <v>3.885</v>
       </c>
       <c r="O93">
-        <v>2.874</v>
+        <v>2.922</v>
       </c>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" s="6">
         <v>44470.0</v>
       </c>
       <c r="B94">
-        <v>43753</v>
+        <v>43955</v>
       </c>
       <c r="C94">
-        <v>2440</v>
+        <v>2452</v>
       </c>
       <c r="D94">
-        <v>1501</v>
+        <v>1543</v>
       </c>
       <c r="E94">
-        <v>37783</v>
+        <v>37984</v>
       </c>
       <c r="F94">
-        <v>7155</v>
+        <v>7190</v>
       </c>
       <c r="G94">
-        <v>2756</v>
+        <v>2776</v>
       </c>
       <c r="H94">
-        <v>47694</v>
+        <v>47950</v>
       </c>
       <c r="I94">
-        <v>24652</v>
+        <v>24833</v>
       </c>
       <c r="J94">
-        <v>123213</v>
+        <v>126036</v>
       </c>
       <c r="K94">
-        <v>3639</v>
+        <v>3717</v>
       </c>
       <c r="L94">
         <v>57</v>
       </c>
       <c r="M94">
-        <v>151561</v>
+        <v>154643</v>
       </c>
       <c r="N94">
-        <v>4.163</v>
+        <v>4.168</v>
       </c>
       <c r="O94">
-        <v>2.881</v>
+        <v>2.931</v>
       </c>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" s="6">
         <v>44501.0</v>
       </c>
       <c r="B95">
-        <v>44357</v>
+        <v>44567</v>
       </c>
       <c r="C95">
-        <v>2426</v>
+        <v>2441</v>
       </c>
       <c r="D95">
-        <v>1500</v>
+        <v>1541</v>
       </c>
       <c r="E95">
-        <v>38366</v>
+        <v>38575</v>
       </c>
       <c r="F95">
-        <v>7162</v>
+        <v>7200</v>
       </c>
       <c r="G95">
-        <v>2755</v>
+        <v>2774</v>
       </c>
       <c r="H95">
-        <v>48283</v>
+        <v>48549</v>
       </c>
       <c r="I95">
-        <v>23723</v>
+        <v>23908</v>
       </c>
       <c r="J95">
-        <v>124237</v>
+        <v>127146</v>
       </c>
       <c r="K95">
-        <v>3632</v>
+        <v>3710</v>
       </c>
       <c r="L95">
         <v>56</v>
       </c>
       <c r="M95">
-        <v>151648</v>
+        <v>154820</v>
       </c>
       <c r="N95">
-        <v>3.975</v>
+        <v>3.981</v>
       </c>
       <c r="O95">
-        <v>2.869</v>
+        <v>2.919</v>
       </c>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" s="6">
         <v>44531.0</v>
       </c>
       <c r="B96">
-        <v>45315</v>
+        <v>45532</v>
       </c>
       <c r="C96">
-        <v>2424</v>
+        <v>2440</v>
       </c>
       <c r="D96">
-        <v>1503</v>
+        <v>1544</v>
       </c>
       <c r="E96">
-        <v>39324</v>
+        <v>39539</v>
       </c>
       <c r="F96">
-        <v>7165</v>
+        <v>7205</v>
       </c>
       <c r="G96">
-        <v>2753</v>
+        <v>2772</v>
       </c>
       <c r="H96">
-        <v>49242</v>
+        <v>49516</v>
       </c>
       <c r="I96">
-        <v>24263</v>
+        <v>24458</v>
       </c>
       <c r="J96">
-        <v>126507</v>
+        <v>129493</v>
       </c>
       <c r="K96">
-        <v>3627</v>
+        <v>3705</v>
       </c>
       <c r="L96">
         <v>56</v>
       </c>
       <c r="M96">
-        <v>154453</v>
+        <v>157712</v>
       </c>
       <c r="N96">
-        <v>3.981</v>
+        <v>3.987</v>
       </c>
       <c r="O96">
-        <v>2.866</v>
+        <v>2.916</v>
       </c>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" s="6">
         <v>44562.0</v>
       </c>
       <c r="B97">
-        <v>45444</v>
+        <v>45661</v>
       </c>
       <c r="C97">
-        <v>2423</v>
+        <v>2439</v>
       </c>
       <c r="D97">
-        <v>1499</v>
+        <v>1544</v>
       </c>
       <c r="E97">
-        <v>41771</v>
+        <v>41987</v>
       </c>
       <c r="F97">
-        <v>7237</v>
+        <v>7276</v>
       </c>
       <c r="G97">
-        <v>358</v>
+        <v>381</v>
       </c>
       <c r="H97">
-        <v>49366</v>
+        <v>49644</v>
       </c>
       <c r="I97">
-        <v>24516</v>
+        <v>24727</v>
       </c>
       <c r="J97">
-        <v>127334</v>
+        <v>130538</v>
       </c>
       <c r="K97">
-        <v>3500</v>
+        <v>3578</v>
       </c>
       <c r="L97">
         <v>53</v>
       </c>
       <c r="M97">
-        <v>155403</v>
+        <v>158896</v>
       </c>
       <c r="N97">
-        <v>3.993</v>
+        <v>4.002</v>
       </c>
       <c r="O97">
-        <v>2.88</v>
+        <v>2.934</v>
       </c>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" s="6">
         <v>44593.0</v>
       </c>
       <c r="B98">
-        <v>45021</v>
+        <v>45247</v>
       </c>
       <c r="C98">
-        <v>2431</v>
+        <v>2447</v>
       </c>
       <c r="D98">
-        <v>1506</v>
+        <v>1551</v>
       </c>
       <c r="E98">
-        <v>41286</v>
+        <v>41511</v>
       </c>
       <c r="F98">
-        <v>7324</v>
+        <v>7363</v>
       </c>
       <c r="G98">
-        <v>348</v>
+        <v>371</v>
       </c>
       <c r="H98">
-        <v>48958</v>
+        <v>49245</v>
       </c>
       <c r="I98">
-        <v>25007</v>
+        <v>25229</v>
       </c>
       <c r="J98">
-        <v>126511</v>
+        <v>129884</v>
       </c>
       <c r="K98">
-        <v>3497</v>
+        <v>3575</v>
       </c>
       <c r="L98">
         <v>51</v>
       </c>
       <c r="M98">
-        <v>155066</v>
+        <v>158739</v>
       </c>
       <c r="N98">
-        <v>4.027</v>
+        <v>4.036</v>
       </c>
       <c r="O98">
-        <v>2.893</v>
+        <v>2.952</v>
       </c>
     </row>
     <row r="99" spans="1:26">
       <c r="A99" s="6">
         <v>44621.0</v>
       </c>
       <c r="B99">
-        <v>45414</v>
+        <v>45652</v>
       </c>
       <c r="C99">
-        <v>2436</v>
+        <v>2452</v>
       </c>
       <c r="D99">
-        <v>1512</v>
+        <v>1557</v>
       </c>
       <c r="E99">
-        <v>41648</v>
+        <v>41881</v>
       </c>
       <c r="F99">
-        <v>7362</v>
+        <v>7405</v>
       </c>
       <c r="G99">
-        <v>352</v>
+        <v>375</v>
       </c>
       <c r="H99">
-        <v>49362</v>
+        <v>49661</v>
       </c>
       <c r="I99">
-        <v>25561</v>
+        <v>25797</v>
       </c>
       <c r="J99">
-        <v>128019</v>
+        <v>131493</v>
       </c>
       <c r="K99">
-        <v>3402</v>
+        <v>3480</v>
       </c>
       <c r="L99">
         <v>51</v>
       </c>
       <c r="M99">
-        <v>157033</v>
+        <v>160821</v>
       </c>
       <c r="N99">
-        <v>4.056</v>
+        <v>4.065</v>
       </c>
       <c r="O99">
-        <v>2.906</v>
+        <v>2.966</v>
       </c>
     </row>
     <row r="100" spans="1:26">
       <c r="A100" s="6">
         <v>44652.0</v>
       </c>
       <c r="B100">
-        <v>46207</v>
+        <v>46444</v>
       </c>
       <c r="C100">
-        <v>2456</v>
+        <v>2472</v>
       </c>
       <c r="D100">
-        <v>1530</v>
+        <v>1587</v>
       </c>
       <c r="E100">
-        <v>42427</v>
+        <v>42670</v>
       </c>
       <c r="F100">
-        <v>7407</v>
+        <v>7449</v>
       </c>
       <c r="G100">
-        <v>359</v>
+        <v>384</v>
       </c>
       <c r="H100">
-        <v>50193</v>
+        <v>50503</v>
       </c>
       <c r="I100">
-        <v>26071</v>
+        <v>26312</v>
       </c>
       <c r="J100">
-        <v>130558</v>
+        <v>134167</v>
       </c>
       <c r="K100">
-        <v>3272</v>
+        <v>3350</v>
       </c>
       <c r="L100">
         <v>51</v>
       </c>
       <c r="M100">
-        <v>159952</v>
+        <v>163880</v>
       </c>
       <c r="N100">
-        <v>4.066</v>
+        <v>4.076</v>
       </c>
       <c r="O100">
-        <v>2.907</v>
+        <v>2.968</v>
       </c>
     </row>
     <row r="101" spans="1:26">
       <c r="A101" s="6">
         <v>44682.0</v>
       </c>
       <c r="B101">
-        <v>47206</v>
+        <v>47446</v>
       </c>
       <c r="C101">
-        <v>2463</v>
+        <v>2479</v>
       </c>
       <c r="D101">
-        <v>1550</v>
+        <v>1621</v>
       </c>
       <c r="E101">
-        <v>43178</v>
+        <v>43436</v>
       </c>
       <c r="F101">
-        <v>7674</v>
+        <v>7717</v>
       </c>
       <c r="G101">
-        <v>367</v>
+        <v>393</v>
       </c>
       <c r="H101">
-        <v>51219</v>
+        <v>51546</v>
       </c>
       <c r="I101">
-        <v>26804</v>
+        <v>27052</v>
       </c>
       <c r="J101">
-        <v>133267</v>
+        <v>137130</v>
       </c>
       <c r="K101">
-        <v>3276</v>
+        <v>3354</v>
       </c>
       <c r="L101">
         <v>51</v>
       </c>
       <c r="M101">
-        <v>163398</v>
+        <v>167587</v>
       </c>
       <c r="N101">
-        <v>4.104</v>
+        <v>4.113</v>
       </c>
       <c r="O101">
-        <v>2.909</v>
+        <v>2.972</v>
       </c>
     </row>
     <row r="102" spans="1:26">
       <c r="A102" s="6">
         <v>44713.0</v>
       </c>
       <c r="B102">
-        <v>47999</v>
+        <v>48258</v>
       </c>
       <c r="C102">
-        <v>2452</v>
+        <v>2469</v>
       </c>
       <c r="D102">
-        <v>1564</v>
+        <v>1635</v>
       </c>
       <c r="E102">
-        <v>43932</v>
+        <v>44209</v>
       </c>
       <c r="F102">
-        <v>7713</v>
+        <v>7757</v>
       </c>
       <c r="G102">
-        <v>370</v>
+        <v>396</v>
       </c>
       <c r="H102">
-        <v>52015</v>
+        <v>52362</v>
       </c>
       <c r="I102">
-        <v>27416</v>
+        <v>27673</v>
       </c>
       <c r="J102">
-        <v>135327</v>
+        <v>139376</v>
       </c>
       <c r="K102">
-        <v>3273</v>
+        <v>3351</v>
       </c>
       <c r="L102">
         <v>51</v>
       </c>
       <c r="M102">
-        <v>166067</v>
+        <v>170451</v>
       </c>
       <c r="N102">
-        <v>4.163</v>
+        <v>4.171</v>
       </c>
       <c r="O102">
-        <v>2.906</v>
+        <v>2.972</v>
       </c>
     </row>
     <row r="103" spans="1:26">
       <c r="A103" s="6">
         <v>44743.0</v>
       </c>
       <c r="B103">
-        <v>48786</v>
+        <v>49055</v>
       </c>
       <c r="C103">
-        <v>2455</v>
+        <v>2472</v>
       </c>
       <c r="D103">
-        <v>1571</v>
+        <v>1642</v>
       </c>
       <c r="E103">
-        <v>44691</v>
+        <v>44978</v>
       </c>
       <c r="F103">
-        <v>7735</v>
+        <v>7778</v>
       </c>
       <c r="G103">
-        <v>386</v>
+        <v>413</v>
       </c>
       <c r="H103">
-        <v>52812</v>
+        <v>53169</v>
       </c>
       <c r="I103">
-        <v>27996</v>
+        <v>28259</v>
       </c>
       <c r="J103">
-        <v>137167</v>
+        <v>141361</v>
       </c>
       <c r="K103">
-        <v>3241</v>
+        <v>3319</v>
       </c>
       <c r="L103">
         <v>46</v>
       </c>
       <c r="M103">
-        <v>168450</v>
+        <v>172985</v>
       </c>
       <c r="N103">
-        <v>4.175</v>
+        <v>4.183</v>
       </c>
       <c r="O103">
-        <v>2.903</v>
+        <v>2.97</v>
       </c>
     </row>
     <row r="104" spans="1:26">
       <c r="A104" s="6">
         <v>44774.0</v>
       </c>
       <c r="B104">
-        <v>49738</v>
+        <v>50014</v>
       </c>
       <c r="C104">
-        <v>2462</v>
+        <v>2479</v>
       </c>
       <c r="D104">
-        <v>1581</v>
+        <v>1653</v>
       </c>
       <c r="E104">
-        <v>45533</v>
+        <v>45827</v>
       </c>
       <c r="F104">
-        <v>7836</v>
+        <v>7880</v>
       </c>
       <c r="G104">
-        <v>412</v>
+        <v>439</v>
       </c>
       <c r="H104">
-        <v>53781</v>
+        <v>54146</v>
       </c>
       <c r="I104">
-        <v>28508</v>
+        <v>28785</v>
       </c>
       <c r="J104">
-        <v>139190</v>
+        <v>143472</v>
       </c>
       <c r="K104">
-        <v>3209</v>
+        <v>3287</v>
       </c>
       <c r="L104">
         <v>46</v>
       </c>
       <c r="M104">
-        <v>170953</v>
+        <v>175590</v>
       </c>
       <c r="N104">
-        <v>4.173</v>
+        <v>4.181</v>
       </c>
       <c r="O104">
-        <v>2.893</v>
+        <v>2.961</v>
       </c>
     </row>
     <row r="105" spans="1:26">
       <c r="A105" s="6">
         <v>44805.0</v>
       </c>
       <c r="B105">
-        <v>50167</v>
+        <v>50466</v>
       </c>
       <c r="C105">
-        <v>2547</v>
+        <v>2564</v>
       </c>
       <c r="D105">
-        <v>1588</v>
+        <v>1661</v>
       </c>
       <c r="E105">
-        <v>45998</v>
+        <v>46316</v>
       </c>
       <c r="F105">
-        <v>7892</v>
+        <v>7936</v>
       </c>
       <c r="G105">
-        <v>412</v>
+        <v>439</v>
       </c>
       <c r="H105">
-        <v>54302</v>
+        <v>54691</v>
       </c>
       <c r="I105">
-        <v>27353</v>
+        <v>27640</v>
       </c>
       <c r="J105">
-        <v>141637</v>
+        <v>145986</v>
       </c>
       <c r="K105">
-        <v>3155</v>
+        <v>3233</v>
       </c>
       <c r="L105">
         <v>45</v>
       </c>
       <c r="M105">
-        <v>172190</v>
+        <v>176904</v>
       </c>
       <c r="N105">
-        <v>3.966</v>
+        <v>3.974</v>
       </c>
       <c r="O105">
-        <v>2.915</v>
+        <v>2.982</v>
       </c>
     </row>
     <row r="106" spans="1:26">
       <c r="A106" s="6">
         <v>44835.0</v>
       </c>
       <c r="B106">
-        <v>50708</v>
+        <v>51020</v>
       </c>
       <c r="C106">
-        <v>2583</v>
+        <v>2600</v>
       </c>
       <c r="D106">
-        <v>1595</v>
+        <v>1667</v>
       </c>
       <c r="E106">
-        <v>46491</v>
+        <v>46821</v>
       </c>
       <c r="F106">
-        <v>7976</v>
+        <v>8020</v>
       </c>
       <c r="G106">
-        <v>419</v>
+        <v>446</v>
       </c>
       <c r="H106">
-        <v>54886</v>
+        <v>55287</v>
       </c>
       <c r="I106">
-        <v>28039</v>
+        <v>28342</v>
       </c>
       <c r="J106">
-        <v>142642</v>
+        <v>147111</v>
       </c>
       <c r="K106">
-        <v>3149</v>
+        <v>3227</v>
       </c>
       <c r="L106">
         <v>45</v>
       </c>
       <c r="M106">
-        <v>173875</v>
+        <v>178725</v>
       </c>
       <c r="N106">
-        <v>3.983</v>
+        <v>3.992</v>
       </c>
       <c r="O106">
-        <v>2.909</v>
+        <v>2.977</v>
       </c>
     </row>
     <row r="107" spans="1:26">
       <c r="A107" s="6">
         <v>44866.0</v>
       </c>
       <c r="B107">
-        <v>51256</v>
+        <v>51578</v>
       </c>
       <c r="C107">
-        <v>2594</v>
+        <v>2612</v>
       </c>
       <c r="D107">
-        <v>1594</v>
+        <v>1667</v>
       </c>
       <c r="E107">
-        <v>47031</v>
+        <v>47371</v>
       </c>
       <c r="F107">
-        <v>8001</v>
+        <v>8047</v>
       </c>
       <c r="G107">
-        <v>412</v>
+        <v>439</v>
       </c>
       <c r="H107">
-        <v>55444</v>
+        <v>55857</v>
       </c>
       <c r="I107">
-        <v>28464</v>
+        <v>28771</v>
       </c>
       <c r="J107">
-        <v>144288</v>
+        <v>148832</v>
       </c>
       <c r="K107">
-        <v>3149</v>
+        <v>3227</v>
       </c>
       <c r="L107">
         <v>45</v>
       </c>
       <c r="M107">
-        <v>175946</v>
+        <v>180875</v>
       </c>
       <c r="N107">
-        <v>3.996</v>
+        <v>4.005</v>
       </c>
       <c r="O107">
-        <v>2.915</v>
+        <v>2.983</v>
       </c>
     </row>
     <row r="108" spans="1:26">
       <c r="A108" s="6">
         <v>44896.0</v>
       </c>
       <c r="B108">
-        <v>52341</v>
+        <v>52672</v>
       </c>
       <c r="C108">
-        <v>2655</v>
+        <v>2669</v>
       </c>
       <c r="D108">
-        <v>1586</v>
+        <v>1666</v>
       </c>
       <c r="E108">
-        <v>48145</v>
+        <v>48498</v>
       </c>
       <c r="F108">
-        <v>8023</v>
+        <v>8067</v>
       </c>
       <c r="G108">
-        <v>414</v>
+        <v>442</v>
       </c>
       <c r="H108">
-        <v>56582</v>
+        <v>57007</v>
       </c>
       <c r="I108">
-        <v>29723</v>
+        <v>30037</v>
       </c>
       <c r="J108">
-        <v>146717</v>
+        <v>151348</v>
       </c>
       <c r="K108">
-        <v>3257</v>
+        <v>3323</v>
       </c>
       <c r="L108">
         <v>45</v>
       </c>
       <c r="M108">
-        <v>179742</v>
+        <v>184753</v>
       </c>
       <c r="N108">
-        <v>4.076</v>
+        <v>4.084</v>
       </c>
       <c r="O108">
-        <v>2.907</v>
+        <v>2.975</v>
       </c>
     </row>
     <row r="109" spans="1:26">
       <c r="A109" s="6">
         <v>44927.0</v>
       </c>
       <c r="B109">
-        <v>53005</v>
+        <v>53348</v>
       </c>
       <c r="C109">
-        <v>2874</v>
+        <v>2888</v>
       </c>
       <c r="D109">
-        <v>1331</v>
+        <v>1414</v>
       </c>
       <c r="E109">
-        <v>48868</v>
+        <v>49236</v>
       </c>
       <c r="F109">
-        <v>7946</v>
+        <v>7964</v>
       </c>
       <c r="G109">
-        <v>396</v>
+        <v>450</v>
       </c>
       <c r="H109">
-        <v>57210</v>
+        <v>57650</v>
       </c>
       <c r="I109">
-        <v>30227</v>
+        <v>30562</v>
       </c>
       <c r="J109">
-        <v>146079</v>
+        <v>150821</v>
       </c>
       <c r="K109">
-        <v>3225</v>
+        <v>3291</v>
       </c>
       <c r="L109">
         <v>39</v>
       </c>
       <c r="M109">
-        <v>179570</v>
+        <v>184713</v>
       </c>
       <c r="N109">
-        <v>4.061</v>
+        <v>4.07</v>
       </c>
       <c r="O109">
-        <v>2.867</v>
+        <v>2.936</v>
       </c>
     </row>
     <row r="110" spans="1:26">
       <c r="A110" s="6">
         <v>44958.0</v>
       </c>
       <c r="B110">
-        <v>53984</v>
+        <v>54341</v>
       </c>
       <c r="C110">
-        <v>2834</v>
+        <v>2847</v>
       </c>
       <c r="D110">
-        <v>1092</v>
+        <v>1176</v>
       </c>
       <c r="E110">
-        <v>49615</v>
+        <v>49996</v>
       </c>
       <c r="F110">
-        <v>7901</v>
+        <v>7918</v>
       </c>
       <c r="G110">
-        <v>394</v>
+        <v>450</v>
       </c>
       <c r="H110">
-        <v>57910</v>
+        <v>58364</v>
       </c>
       <c r="I110">
-        <v>30840</v>
+        <v>31177</v>
       </c>
       <c r="J110">
-        <v>146680</v>
+        <v>151464</v>
       </c>
       <c r="K110">
-        <v>3173</v>
+        <v>3239</v>
       </c>
       <c r="L110">
         <v>36</v>
       </c>
       <c r="M110">
-        <v>180729</v>
+        <v>185916</v>
       </c>
       <c r="N110">
-        <v>4.065</v>
+        <v>4.074</v>
       </c>
       <c r="O110">
-        <v>2.85</v>
+        <v>2.919</v>
       </c>
     </row>
     <row r="111" spans="1:26">
       <c r="A111" s="6">
         <v>44986.0</v>
       </c>
       <c r="B111">
-        <v>54962</v>
+        <v>55330</v>
       </c>
       <c r="C111">
-        <v>2858</v>
+        <v>2871</v>
       </c>
       <c r="D111">
-        <v>1092</v>
+        <v>1182</v>
       </c>
       <c r="E111">
-        <v>50520</v>
+        <v>50917</v>
       </c>
       <c r="F111">
-        <v>7992</v>
+        <v>8008</v>
       </c>
       <c r="G111">
-        <v>400</v>
+        <v>458</v>
       </c>
       <c r="H111">
-        <v>58912</v>
+        <v>59383</v>
       </c>
       <c r="I111">
-        <v>31893</v>
+        <v>32270</v>
       </c>
       <c r="J111">
-        <v>148772</v>
+        <v>153672</v>
       </c>
       <c r="K111">
-        <v>3170</v>
+        <v>3236</v>
       </c>
       <c r="L111">
         <v>35</v>
       </c>
       <c r="M111">
-        <v>183870</v>
+        <v>189213</v>
       </c>
       <c r="N111">
-        <v>4.104</v>
+        <v>4.114</v>
       </c>
       <c r="O111">
-        <v>2.845</v>
+        <v>2.914</v>
       </c>
     </row>
     <row r="112" spans="1:26">
       <c r="A112" s="6">
         <v>45017.0</v>
       </c>
       <c r="B112">
-        <v>55734</v>
+        <v>56109</v>
       </c>
       <c r="C112">
-        <v>2906</v>
+        <v>2920</v>
       </c>
       <c r="D112">
-        <v>1082</v>
+        <v>1173</v>
       </c>
       <c r="E112">
-        <v>51289</v>
+        <v>51695</v>
       </c>
       <c r="F112">
-        <v>8010</v>
+        <v>8026</v>
       </c>
       <c r="G112">
-        <v>423</v>
+        <v>481</v>
       </c>
       <c r="H112">
-        <v>59722</v>
+        <v>60202</v>
       </c>
       <c r="I112">
-        <v>32534</v>
+        <v>32914</v>
       </c>
       <c r="J112">
-        <v>150807</v>
+        <v>155753</v>
       </c>
       <c r="K112">
-        <v>3163</v>
+        <v>3229</v>
       </c>
       <c r="L112">
         <v>34</v>
       </c>
       <c r="M112">
-        <v>186538</v>
+        <v>191930</v>
       </c>
       <c r="N112">
-        <v>4.094</v>
+        <v>4.103</v>
       </c>
       <c r="O112">
-        <v>2.849</v>
+        <v>2.918</v>
       </c>
     </row>
     <row r="113" spans="1:26">
       <c r="A113" s="6">
         <v>45047.0</v>
       </c>
       <c r="B113">
-        <v>56576</v>
+        <v>56968</v>
       </c>
       <c r="C113">
-        <v>2918</v>
+        <v>2932</v>
       </c>
       <c r="D113">
-        <v>1085</v>
+        <v>1178</v>
       </c>
       <c r="E113">
-        <v>52122</v>
+        <v>52547</v>
       </c>
       <c r="F113">
-        <v>8026</v>
+        <v>8042</v>
       </c>
       <c r="G113">
-        <v>431</v>
+        <v>489</v>
       </c>
       <c r="H113">
-        <v>60579</v>
+        <v>61078</v>
       </c>
       <c r="I113">
-        <v>33276</v>
+        <v>33664</v>
       </c>
       <c r="J113">
-        <v>153183</v>
+        <v>158425</v>
       </c>
       <c r="K113">
-        <v>3170</v>
+        <v>3236</v>
       </c>
       <c r="L113">
         <v>33</v>
       </c>
       <c r="M113">
-        <v>189662</v>
+        <v>195358</v>
       </c>
       <c r="N113">
-        <v>4.089</v>
+        <v>4.097</v>
       </c>
       <c r="O113">
-        <v>2.857</v>
+        <v>2.929</v>
       </c>
     </row>
     <row r="114" spans="1:26">
       <c r="A114" s="6">
         <v>45078.0</v>
       </c>
       <c r="B114">
-        <v>58346</v>
+        <v>58967</v>
       </c>
       <c r="C114">
-        <v>2960</v>
+        <v>2971</v>
       </c>
       <c r="D114">
-        <v>1077</v>
+        <v>1174</v>
       </c>
       <c r="E114">
-        <v>53881</v>
+        <v>54536</v>
       </c>
       <c r="F114">
-        <v>8051</v>
+        <v>8063</v>
       </c>
       <c r="G114">
-        <v>451</v>
+        <v>513</v>
       </c>
       <c r="H114">
-        <v>62383</v>
+        <v>63112</v>
       </c>
       <c r="I114">
-        <v>34908</v>
+        <v>35373</v>
       </c>
       <c r="J114">
-        <v>155939</v>
+        <v>161592</v>
       </c>
       <c r="K114">
-        <v>3152</v>
+        <v>3218</v>
       </c>
       <c r="L114">
         <v>30</v>
       </c>
       <c r="M114">
-        <v>194029</v>
+        <v>200213</v>
       </c>
       <c r="N114">
-        <v>4.117</v>
+        <v>4.127</v>
       </c>
       <c r="O114">
-        <v>2.831</v>
+        <v>2.897</v>
       </c>
     </row>
     <row r="115" spans="1:26">
       <c r="A115" s="6">
         <v>45108.0</v>
       </c>
       <c r="B115">
-        <v>59221</v>
+        <v>59868</v>
       </c>
       <c r="C115">
-        <v>2979</v>
+        <v>2990</v>
       </c>
       <c r="D115">
-        <v>1074</v>
+        <v>1173</v>
       </c>
       <c r="E115">
-        <v>54757</v>
+        <v>55436</v>
       </c>
       <c r="F115">
-        <v>8049</v>
+        <v>8061</v>
       </c>
       <c r="G115">
-        <v>468</v>
+        <v>534</v>
       </c>
       <c r="H115">
-        <v>63274</v>
+        <v>64031</v>
       </c>
       <c r="I115">
-        <v>35766</v>
+        <v>36240</v>
       </c>
       <c r="J115">
-        <v>157794</v>
+        <v>163537</v>
       </c>
       <c r="K115">
-        <v>3270</v>
+        <v>3336</v>
       </c>
       <c r="L115">
         <v>29</v>
       </c>
       <c r="M115">
-        <v>196859</v>
+        <v>203142</v>
       </c>
       <c r="N115">
-        <v>4.112</v>
+        <v>4.12</v>
       </c>
       <c r="O115">
-        <v>2.829</v>
+        <v>2.895</v>
       </c>
     </row>
     <row r="116" spans="1:26">
       <c r="A116" s="6">
         <v>45139.0</v>
       </c>
       <c r="B116">
-        <v>60145</v>
+        <v>60829</v>
       </c>
       <c r="C116">
-        <v>3002</v>
+        <v>3013</v>
       </c>
       <c r="D116">
-        <v>1065</v>
+        <v>1166</v>
       </c>
       <c r="E116">
-        <v>55738</v>
+        <v>56453</v>
       </c>
       <c r="F116">
-        <v>8009</v>
+        <v>8023</v>
       </c>
       <c r="G116">
-        <v>465</v>
+        <v>532</v>
       </c>
       <c r="H116">
-        <v>64212</v>
+        <v>65008</v>
       </c>
       <c r="I116">
-        <v>36465</v>
+        <v>36953</v>
       </c>
       <c r="J116">
-        <v>160406</v>
+        <v>166413</v>
       </c>
       <c r="K116">
-        <v>3267</v>
+        <v>3333</v>
       </c>
       <c r="L116">
         <v>29</v>
       </c>
       <c r="M116">
-        <v>200167</v>
+        <v>206728</v>
       </c>
       <c r="N116">
-        <v>4.098</v>
+        <v>4.105</v>
       </c>
       <c r="O116">
-        <v>2.837</v>
+        <v>2.905</v>
       </c>
     </row>
     <row r="117" spans="1:26">
       <c r="A117" s="6">
         <v>45170.0</v>
       </c>
       <c r="B117">
-        <v>60828</v>
+        <v>61551</v>
       </c>
       <c r="C117">
-        <v>3035</v>
+        <v>3050</v>
       </c>
       <c r="D117">
-        <v>1066</v>
+        <v>1167</v>
       </c>
       <c r="E117">
-        <v>56414</v>
+        <v>57171</v>
       </c>
       <c r="F117">
-        <v>8027</v>
+        <v>8037</v>
       </c>
       <c r="G117">
-        <v>488</v>
+        <v>560</v>
       </c>
       <c r="H117">
-        <v>64929</v>
+        <v>65768</v>
       </c>
       <c r="I117">
-        <v>37355</v>
+        <v>37875</v>
       </c>
       <c r="J117">
-        <v>155992</v>
+        <v>162266</v>
       </c>
       <c r="K117">
-        <v>3267</v>
+        <v>3333</v>
       </c>
       <c r="L117">
         <v>29</v>
       </c>
       <c r="M117">
-        <v>196643</v>
+        <v>203503</v>
       </c>
       <c r="N117">
-        <v>4.08</v>
+        <v>4.089</v>
       </c>
       <c r="O117">
-        <v>2.737</v>
+        <v>2.808</v>
       </c>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" s="6">
         <v>45200.0</v>
       </c>
       <c r="B118">
-        <v>61817</v>
+        <v>62601</v>
       </c>
       <c r="C118">
-        <v>3054</v>
+        <v>3069</v>
       </c>
       <c r="D118">
-        <v>1066</v>
+        <v>1167</v>
       </c>
       <c r="E118">
-        <v>57382</v>
+        <v>58199</v>
       </c>
       <c r="F118">
-        <v>8033</v>
+        <v>8043</v>
       </c>
       <c r="G118">
-        <v>522</v>
+        <v>595</v>
       </c>
       <c r="H118">
-        <v>65937</v>
+        <v>66837</v>
       </c>
       <c r="I118">
-        <v>38229</v>
+        <v>38838</v>
       </c>
       <c r="J118">
-        <v>158805</v>
+        <v>165300</v>
       </c>
       <c r="K118">
-        <v>3265</v>
+        <v>3331</v>
       </c>
       <c r="L118">
         <v>29</v>
       </c>
       <c r="M118">
-        <v>200328</v>
+        <v>207498</v>
       </c>
       <c r="N118">
-        <v>4.088</v>
+        <v>4.1</v>
       </c>
       <c r="O118">
-        <v>2.745</v>
+        <v>2.817</v>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" s="6">
         <v>45231.0</v>
       </c>
       <c r="B119">
-        <v>62545</v>
+        <v>63361</v>
       </c>
       <c r="C119">
-        <v>3073</v>
+        <v>3088</v>
       </c>
       <c r="D119">
-        <v>1060</v>
+        <v>1162</v>
       </c>
       <c r="E119">
-        <v>58097</v>
+        <v>58947</v>
       </c>
       <c r="F119">
-        <v>8055</v>
+        <v>8065</v>
       </c>
       <c r="G119">
-        <v>526</v>
+        <v>599</v>
       </c>
       <c r="H119">
-        <v>66678</v>
+        <v>67611</v>
       </c>
       <c r="I119">
-        <v>39827</v>
+        <v>40489</v>
       </c>
       <c r="J119">
-        <v>160342</v>
+        <v>167054</v>
       </c>
       <c r="K119">
-        <v>3267</v>
+        <v>3333</v>
       </c>
       <c r="L119">
         <v>29</v>
       </c>
       <c r="M119">
-        <v>203465</v>
+        <v>210905</v>
       </c>
       <c r="N119">
-        <v>4.149</v>
+        <v>4.16</v>
       </c>
       <c r="O119">
-        <v>2.748</v>
+        <v>2.821</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" s="6">
         <v>45261.0</v>
       </c>
       <c r="B120">
-        <v>63069</v>
+        <v>63949</v>
       </c>
       <c r="C120">
-        <v>3106</v>
+        <v>3121</v>
       </c>
       <c r="D120">
-        <v>1043</v>
+        <v>1145</v>
       </c>
       <c r="E120">
-        <v>58606</v>
+        <v>59518</v>
       </c>
       <c r="F120">
-        <v>8066</v>
+        <v>8078</v>
       </c>
       <c r="G120">
-        <v>546</v>
+        <v>619</v>
       </c>
       <c r="H120">
-        <v>67218</v>
+        <v>68215</v>
       </c>
       <c r="I120">
-        <v>40695</v>
+        <v>41464</v>
       </c>
       <c r="J120">
-        <v>161534</v>
+        <v>168508</v>
       </c>
       <c r="K120">
-        <v>3104</v>
+        <v>3170</v>
       </c>
       <c r="L120">
         <v>29</v>
       </c>
       <c r="M120">
-        <v>205362</v>
+        <v>213171</v>
       </c>
       <c r="N120">
-        <v>4.152</v>
+        <v>4.164</v>
       </c>
       <c r="O120">
-        <v>2.752</v>
+        <v>2.826</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" s="6">
         <v>45292.0</v>
       </c>
       <c r="B121">
-        <v>63734</v>
+        <v>64666</v>
       </c>
       <c r="C121">
-        <v>3128</v>
+        <v>3144</v>
       </c>
       <c r="D121">
-        <v>1008</v>
+        <v>1110</v>
       </c>
       <c r="E121">
-        <v>59313</v>
+        <v>60276</v>
       </c>
       <c r="F121">
-        <v>8047</v>
+        <v>8059</v>
       </c>
       <c r="G121">
-        <v>510</v>
+        <v>585</v>
       </c>
       <c r="H121">
-        <v>67870</v>
+        <v>68920</v>
       </c>
       <c r="I121">
-        <v>41679</v>
+        <v>42516</v>
       </c>
       <c r="J121">
-        <v>162720</v>
+        <v>169833</v>
       </c>
       <c r="K121">
-        <v>3044</v>
+        <v>3110</v>
       </c>
       <c r="L121">
         <v>29</v>
       </c>
       <c r="M121">
-        <v>207472</v>
+        <v>215488</v>
       </c>
       <c r="N121">
-        <v>4.156</v>
+        <v>4.168</v>
       </c>
       <c r="O121">
-        <v>2.752</v>
+        <v>2.826</v>
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" s="6">
         <v>45323.0</v>
       </c>
       <c r="B122">
-        <v>64258</v>
+        <v>65292</v>
       </c>
       <c r="C122">
-        <v>3161</v>
+        <v>3180</v>
       </c>
       <c r="D122">
-        <v>1000</v>
+        <v>1102</v>
       </c>
       <c r="E122">
-        <v>59929</v>
+        <v>60996</v>
       </c>
       <c r="F122">
-        <v>7992</v>
+        <v>8005</v>
       </c>
       <c r="G122">
-        <v>498</v>
+        <v>573</v>
       </c>
       <c r="H122">
-        <v>68419</v>
+        <v>69574</v>
       </c>
       <c r="I122">
-        <v>42519</v>
+        <v>43513</v>
       </c>
       <c r="J122">
-        <v>163559</v>
+        <v>170990</v>
       </c>
       <c r="K122">
-        <v>3032</v>
+        <v>3098</v>
       </c>
       <c r="L122">
         <v>29</v>
       </c>
       <c r="M122">
-        <v>209139</v>
+        <v>217630</v>
       </c>
       <c r="N122">
-        <v>4.15</v>
+        <v>4.161</v>
       </c>
       <c r="O122">
-        <v>2.75</v>
+        <v>2.826</v>
       </c>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" s="6">
         <v>45352.0</v>
       </c>
       <c r="B123">
-        <v>64860</v>
+        <v>66006</v>
       </c>
       <c r="C123">
-        <v>3185</v>
+        <v>3207</v>
       </c>
       <c r="D123">
-        <v>1002</v>
+        <v>1108</v>
       </c>
       <c r="E123">
-        <v>60564</v>
+        <v>61750</v>
       </c>
       <c r="F123">
-        <v>7990</v>
+        <v>8003</v>
       </c>
       <c r="G123">
-        <v>493</v>
+        <v>568</v>
       </c>
       <c r="H123">
-        <v>69047</v>
+        <v>70321</v>
       </c>
       <c r="I123">
-        <v>43501</v>
+        <v>44588</v>
       </c>
       <c r="J123">
-        <v>164959</v>
+        <v>172859</v>
       </c>
       <c r="K123">
-        <v>3032</v>
+        <v>3098</v>
       </c>
       <c r="L123">
         <v>29</v>
       </c>
       <c r="M123">
-        <v>211521</v>
+        <v>220574</v>
       </c>
       <c r="N123">
-        <v>4.153</v>
+        <v>4.162</v>
       </c>
       <c r="O123">
-        <v>2.755</v>
+        <v>2.834</v>
       </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" s="6">
         <v>45383.0</v>
       </c>
       <c r="B124">
-        <v>65804</v>
+        <v>67198</v>
       </c>
       <c r="C124">
-        <v>3194</v>
+        <v>3236</v>
       </c>
       <c r="D124">
-        <v>1000</v>
+        <v>1110</v>
       </c>
       <c r="E124">
-        <v>61502</v>
+        <v>62960</v>
       </c>
       <c r="F124">
-        <v>8001</v>
+        <v>8012</v>
       </c>
       <c r="G124">
-        <v>495</v>
+        <v>572</v>
       </c>
       <c r="H124">
-        <v>69998</v>
+        <v>71544</v>
       </c>
       <c r="I124">
-        <v>44747</v>
+        <v>46103</v>
       </c>
       <c r="J124">
-        <v>167488</v>
+        <v>176350</v>
       </c>
       <c r="K124">
-        <v>3033</v>
+        <v>3099</v>
       </c>
       <c r="L124">
         <v>29</v>
       </c>
       <c r="M124">
-        <v>215297</v>
+        <v>225581</v>
       </c>
       <c r="N124">
-        <v>4.155</v>
+        <v>4.164</v>
       </c>
       <c r="O124">
-        <v>2.766</v>
+        <v>2.849</v>
       </c>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" s="6">
         <v>45413.0</v>
       </c>
       <c r="B125">
-        <v>66224</v>
+        <v>67757</v>
       </c>
       <c r="C125">
-        <v>3202</v>
+        <v>3248</v>
       </c>
       <c r="D125">
-        <v>988</v>
+        <v>1099</v>
       </c>
       <c r="E125">
-        <v>61881</v>
+        <v>63463</v>
       </c>
       <c r="F125">
-        <v>8027</v>
+        <v>8049</v>
       </c>
       <c r="G125">
-        <v>506</v>
+        <v>592</v>
       </c>
       <c r="H125">
-        <v>70414</v>
+        <v>72104</v>
       </c>
       <c r="I125">
-        <v>45562</v>
+        <v>47041</v>
       </c>
       <c r="J125">
-        <v>169030</v>
+        <v>178485</v>
       </c>
       <c r="K125">
-        <v>3034</v>
+        <v>3100</v>
       </c>
       <c r="L125">
         <v>29</v>
       </c>
       <c r="M125">
-        <v>217655</v>
+        <v>228655</v>
       </c>
       <c r="N125">
-        <v>4.148</v>
+        <v>4.156</v>
       </c>
       <c r="O125">
-        <v>2.781</v>
+        <v>2.868</v>
       </c>
     </row>
     <row r="126" spans="1:26">
       <c r="A126" s="6">
         <v>45444.0</v>
       </c>
       <c r="B126">
-        <v>66795</v>
+        <v>68516</v>
       </c>
       <c r="C126">
-        <v>3209</v>
+        <v>3264</v>
       </c>
       <c r="D126">
-        <v>985</v>
+        <v>1100</v>
       </c>
       <c r="E126">
-        <v>62459</v>
+        <v>64241</v>
       </c>
       <c r="F126">
-        <v>8035</v>
+        <v>8056</v>
       </c>
       <c r="G126">
-        <v>495</v>
+        <v>583</v>
       </c>
       <c r="H126">
-        <v>70989</v>
+        <v>72880</v>
       </c>
       <c r="I126">
-        <v>46259</v>
+        <v>47919</v>
       </c>
       <c r="J126">
-        <v>170368</v>
+        <v>180335</v>
       </c>
       <c r="K126">
-        <v>3032</v>
+        <v>3099</v>
       </c>
       <c r="L126">
         <v>29</v>
       </c>
       <c r="M126">
-        <v>219688</v>
+        <v>231382</v>
       </c>
       <c r="N126">
-        <v>4.142</v>
+        <v>4.148</v>
       </c>
       <c r="O126">
-        <v>2.784</v>
+        <v>2.871</v>
       </c>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" s="6">
         <v>45474.0</v>
       </c>
       <c r="B127">
-        <v>67467</v>
+        <v>69275</v>
       </c>
       <c r="C127">
-        <v>3502</v>
+        <v>3566</v>
       </c>
       <c r="D127">
-        <v>968</v>
+        <v>1083</v>
       </c>
       <c r="E127">
-        <v>63401</v>
+        <v>65278</v>
       </c>
       <c r="F127">
-        <v>8045</v>
+        <v>8042</v>
       </c>
       <c r="G127">
-        <v>491</v>
+        <v>604</v>
       </c>
       <c r="H127">
-        <v>71937</v>
+        <v>73924</v>
       </c>
       <c r="I127">
-        <v>47165</v>
+        <v>48834</v>
       </c>
       <c r="J127">
-        <v>173574</v>
+        <v>184007</v>
       </c>
       <c r="K127">
-        <v>3027</v>
+        <v>3094</v>
       </c>
       <c r="L127">
         <v>29</v>
       </c>
       <c r="M127">
-        <v>223795</v>
+        <v>235964</v>
       </c>
       <c r="N127">
-        <v>4.129</v>
+        <v>4.138</v>
       </c>
       <c r="O127">
-        <v>2.804</v>
+        <v>2.892</v>
       </c>
     </row>
     <row r="128" spans="1:26">
       <c r="A128" s="6">
         <v>45505.0</v>
       </c>
       <c r="B128">
-        <v>67694</v>
+        <v>69696</v>
       </c>
       <c r="C128">
-        <v>3514</v>
+        <v>3608</v>
       </c>
       <c r="D128">
-        <v>955</v>
+        <v>1071</v>
       </c>
       <c r="E128">
-        <v>63650</v>
+        <v>65751</v>
       </c>
       <c r="F128">
-        <v>8023</v>
+        <v>8021</v>
       </c>
       <c r="G128">
-        <v>490</v>
+        <v>603</v>
       </c>
       <c r="H128">
-        <v>72163</v>
+        <v>74375</v>
       </c>
       <c r="I128">
-        <v>48403</v>
+        <v>50180</v>
       </c>
       <c r="J128">
-        <v>174664</v>
+        <v>185885</v>
       </c>
       <c r="K128">
-        <v>3016</v>
+        <v>3083</v>
       </c>
       <c r="L128">
         <v>29</v>
       </c>
       <c r="M128">
-        <v>226112</v>
+        <v>239177</v>
       </c>
       <c r="N128">
-        <v>4.182</v>
+        <v>4.187</v>
       </c>
       <c r="O128">
-        <v>2.817</v>
+        <v>2.908</v>
       </c>
     </row>
     <row r="129" spans="1:26">
       <c r="A129" s="6">
         <v>45536.0</v>
       </c>
       <c r="B129">
-        <v>67981</v>
+        <v>70130</v>
       </c>
       <c r="C129">
-        <v>3499</v>
+        <v>3617</v>
       </c>
       <c r="D129">
-        <v>947</v>
+        <v>1063</v>
       </c>
       <c r="E129">
-        <v>63967</v>
+        <v>66238</v>
       </c>
       <c r="F129">
-        <v>7980</v>
+        <v>7979</v>
       </c>
       <c r="G129">
-        <v>480</v>
+        <v>593</v>
       </c>
       <c r="H129">
-        <v>72427</v>
+        <v>74810</v>
       </c>
       <c r="I129">
-        <v>49088</v>
+        <v>51014</v>
       </c>
       <c r="J129">
-        <v>172116</v>
+        <v>183828</v>
       </c>
       <c r="K129">
-        <v>3013</v>
+        <v>3080</v>
       </c>
       <c r="L129">
         <v>29</v>
       </c>
       <c r="M129">
-        <v>224246</v>
+        <v>237951</v>
       </c>
       <c r="N129">
-        <v>4.194</v>
+        <v>4.198</v>
       </c>
       <c r="O129">
-        <v>2.77</v>
+        <v>2.864</v>
       </c>
     </row>
     <row r="130" spans="1:26">
       <c r="A130" s="6">
         <v>45566.0</v>
       </c>
       <c r="B130">
-        <v>68801</v>
+        <v>70948</v>
       </c>
       <c r="C130">
-        <v>3555</v>
+        <v>3674</v>
       </c>
       <c r="D130">
-        <v>906</v>
+        <v>1023</v>
       </c>
       <c r="E130">
-        <v>64657</v>
+        <v>66925</v>
       </c>
       <c r="F130">
-        <v>8194</v>
+        <v>8161</v>
       </c>
       <c r="G130">
-        <v>411</v>
+        <v>559</v>
       </c>
       <c r="H130">
-        <v>73262</v>
+        <v>75645</v>
       </c>
       <c r="I130">
-        <v>50505</v>
+        <v>52086</v>
       </c>
       <c r="J130">
-        <v>174292</v>
+        <v>186744</v>
       </c>
       <c r="K130">
-        <v>2986</v>
+        <v>3054</v>
       </c>
       <c r="L130">
         <v>29</v>
       </c>
       <c r="M130">
-        <v>227812</v>
+        <v>241913</v>
       </c>
       <c r="N130">
-        <v>4.194</v>
+        <v>4.201</v>
       </c>
       <c r="O130">
-        <v>2.781</v>
+        <v>2.881</v>
       </c>
     </row>
     <row r="131" spans="1:26">
       <c r="A131" s="6">
         <v>45597.0</v>
       </c>
       <c r="B131">
-        <v>69255</v>
+        <v>71560</v>
       </c>
       <c r="C131">
-        <v>3562</v>
+        <v>3683</v>
       </c>
       <c r="D131">
-        <v>894</v>
+        <v>1011</v>
       </c>
       <c r="E131">
-        <v>65161</v>
+        <v>67589</v>
       </c>
       <c r="F131">
-        <v>8145</v>
+        <v>8111</v>
       </c>
       <c r="G131">
-        <v>405</v>
+        <v>554</v>
       </c>
       <c r="H131">
-        <v>73711</v>
+        <v>76254</v>
       </c>
       <c r="I131">
-        <v>51796</v>
+        <v>53492</v>
       </c>
       <c r="J131">
-        <v>174955</v>
+        <v>187811</v>
       </c>
       <c r="K131">
-        <v>2979</v>
+        <v>3047</v>
       </c>
       <c r="L131">
         <v>28</v>
       </c>
       <c r="M131">
-        <v>229758</v>
+        <v>244378</v>
       </c>
       <c r="N131">
-        <v>4.229</v>
+        <v>4.233</v>
       </c>
       <c r="O131">
-        <v>2.781</v>
+        <v>2.88</v>
       </c>
     </row>
     <row r="132" spans="1:26">
       <c r="A132" s="6">
         <v>45627.0</v>
       </c>
       <c r="B132">
-        <v>69616</v>
+        <v>72135</v>
       </c>
       <c r="C132">
-        <v>3546</v>
+        <v>3674</v>
       </c>
       <c r="D132">
-        <v>885</v>
+        <v>1003</v>
       </c>
       <c r="E132">
-        <v>65560</v>
+        <v>68205</v>
       </c>
       <c r="F132">
-        <v>8086</v>
+        <v>8058</v>
       </c>
       <c r="G132">
-        <v>401</v>
+        <v>549</v>
       </c>
       <c r="H132">
-        <v>74047</v>
+        <v>76812</v>
       </c>
       <c r="I132">
-        <v>52539</v>
+        <v>54349</v>
       </c>
       <c r="J132">
-        <v>172220</v>
+        <v>185738</v>
       </c>
       <c r="K132">
-        <v>2975</v>
+        <v>3043</v>
       </c>
       <c r="L132">
         <v>28</v>
       </c>
       <c r="M132">
-        <v>227762</v>
+        <v>243158</v>
       </c>
       <c r="N132">
-        <v>4.223</v>
+        <v>4.224</v>
       </c>
       <c r="O132">
-        <v>2.733</v>
+        <v>2.835</v>
       </c>
     </row>
     <row r="133" spans="1:26">
       <c r="A133" s="6">
         <v>45658.0</v>
       </c>
       <c r="B133">
-        <v>70243</v>
+        <v>73015</v>
       </c>
       <c r="C133">
-        <v>3472</v>
+        <v>3604</v>
       </c>
       <c r="D133">
-        <v>869</v>
+        <v>991</v>
       </c>
       <c r="E133">
-        <v>66239</v>
+        <v>69140</v>
       </c>
       <c r="F133">
-        <v>8234</v>
+        <v>8211</v>
       </c>
       <c r="G133">
-        <v>111</v>
+        <v>259</v>
       </c>
       <c r="H133">
-        <v>74584</v>
+        <v>77610</v>
       </c>
       <c r="I133">
-        <v>53444</v>
+        <v>55428</v>
       </c>
       <c r="J133">
-        <v>172255</v>
+        <v>186691</v>
       </c>
       <c r="K133">
-        <v>2742</v>
+        <v>2810</v>
       </c>
       <c r="L133">
         <v>28</v>
       </c>
       <c r="M133">
-        <v>228469</v>
+        <v>244957</v>
       </c>
       <c r="N133">
         <v>4.217</v>
       </c>
       <c r="O133">
-        <v>2.719</v>
+        <v>2.825</v>
       </c>
     </row>
     <row r="134" spans="1:26">
       <c r="A134" s="6">
         <v>45689.0</v>
       </c>
       <c r="B134">
-        <v>70597</v>
+        <v>73584</v>
       </c>
       <c r="C134">
-        <v>3473</v>
+        <v>3605</v>
       </c>
       <c r="D134">
-        <v>869</v>
+        <v>992</v>
       </c>
       <c r="E134">
-        <v>66593</v>
+        <v>69709</v>
       </c>
       <c r="F134">
-        <v>8235</v>
+        <v>8213</v>
       </c>
       <c r="G134">
-        <v>111</v>
+        <v>259</v>
       </c>
       <c r="H134">
-        <v>74939</v>
+        <v>78181</v>
       </c>
       <c r="I134">
-        <v>54042</v>
+        <v>56200</v>
       </c>
       <c r="J134">
-        <v>172487</v>
+        <v>187441</v>
       </c>
       <c r="K134">
-        <v>2742</v>
+        <v>2810</v>
       </c>
       <c r="L134">
         <v>28</v>
       </c>
       <c r="M134">
-        <v>229299</v>
+        <v>246479</v>
       </c>
       <c r="N134">
-        <v>4.228</v>
+        <v>4.224</v>
       </c>
       <c r="O134">
-        <v>2.713</v>
+        <v>2.819</v>
       </c>
     </row>
     <row r="135" spans="1:26">
       <c r="A135" s="6">
         <v>45717.0</v>
       </c>
       <c r="B135">
-        <v>70571</v>
+        <v>73960</v>
       </c>
       <c r="C135">
-        <v>3473</v>
+        <v>3611</v>
       </c>
       <c r="D135">
-        <v>869</v>
+        <v>992</v>
       </c>
       <c r="E135">
-        <v>66566</v>
+        <v>70088</v>
       </c>
       <c r="F135">
-        <v>8236</v>
+        <v>8215</v>
       </c>
       <c r="G135">
-        <v>111</v>
+        <v>260</v>
       </c>
       <c r="H135">
-        <v>74913</v>
+        <v>78563</v>
       </c>
       <c r="I135">
-        <v>55333</v>
+        <v>57820</v>
       </c>
       <c r="J135">
-        <v>174331</v>
+        <v>190288</v>
       </c>
       <c r="K135">
-        <v>2742</v>
+        <v>2810</v>
       </c>
       <c r="L135">
         <v>28</v>
       </c>
       <c r="M135">
-        <v>232434</v>
+        <v>250946</v>
       </c>
       <c r="N135">
-        <v>4.294</v>
+        <v>4.281</v>
       </c>
       <c r="O135">
-        <v>2.748</v>
+        <v>2.855</v>
       </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" s="6">
         <v>45748.0</v>
       </c>
       <c r="B136">
-        <v>69819</v>
+        <v>73550</v>
       </c>
       <c r="C136">
-        <v>3482</v>
+        <v>3622</v>
       </c>
       <c r="D136">
-        <v>864</v>
+        <v>989</v>
       </c>
       <c r="E136">
-        <v>65819</v>
+        <v>69681</v>
       </c>
       <c r="F136">
-        <v>8244</v>
+        <v>8228</v>
       </c>
       <c r="G136">
-        <v>102</v>
+        <v>252</v>
       </c>
       <c r="H136">
-        <v>74165</v>
+        <v>78161</v>
       </c>
       <c r="I136">
-        <v>55341</v>
+        <v>58323</v>
       </c>
       <c r="J136">
-        <v>173392</v>
+        <v>190117</v>
       </c>
       <c r="K136">
-        <v>2752</v>
+        <v>2820</v>
       </c>
       <c r="L136">
         <v>28</v>
       </c>
       <c r="M136">
-        <v>231513</v>
+        <v>251288</v>
       </c>
       <c r="N136">
-        <v>4.442</v>
+        <v>4.413</v>
       </c>
       <c r="O136">
-        <v>2.749</v>
+        <v>2.858</v>
       </c>
     </row>
     <row r="137" spans="1:26">
       <c r="A137" s="6">
         <v>45778.0</v>
       </c>
       <c r="B137">
-        <v>70532</v>
+        <v>73847</v>
       </c>
       <c r="C137">
-        <v>3482</v>
+        <v>3601</v>
       </c>
       <c r="D137">
-        <v>860</v>
+        <v>960</v>
       </c>
       <c r="E137">
-        <v>67087</v>
+        <v>70520</v>
       </c>
       <c r="F137">
-        <v>7703</v>
+        <v>7750</v>
       </c>
       <c r="G137">
-        <v>84</v>
+        <v>138</v>
       </c>
       <c r="H137">
-        <v>74874</v>
+        <v>78408</v>
       </c>
       <c r="I137">
-        <v>56802</v>
+        <v>59406</v>
       </c>
       <c r="J137">
-        <v>173745</v>
+        <v>188666</v>
       </c>
       <c r="K137">
-        <v>2619</v>
+        <v>2632</v>
       </c>
       <c r="L137">
         <v>26</v>
       </c>
       <c r="M137">
-        <v>233192</v>
+        <v>250730</v>
       </c>
       <c r="N137">
-        <v>4.478</v>
+        <v>4.441</v>
       </c>
       <c r="O137">
-        <v>2.735</v>
+        <v>2.835</v>
       </c>
     </row>
     <row r="138" spans="1:26">
       <c r="A138" s="6">
         <v>45809.0</v>
       </c>
       <c r="B138">
-        <v>71593</v>
+        <v>73602</v>
       </c>
       <c r="C138">
-        <v>3515</v>
+        <v>3637</v>
       </c>
       <c r="D138">
-        <v>854</v>
+        <v>917</v>
       </c>
       <c r="E138">
-        <v>68210</v>
+        <v>70353</v>
       </c>
       <c r="F138">
-        <v>7669</v>
+        <v>7703</v>
       </c>
       <c r="G138">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="H138">
-        <v>75962</v>
+        <v>78156</v>
       </c>
       <c r="I138">
-        <v>58455</v>
+        <v>60780</v>
       </c>
       <c r="J138">
-        <v>180115</v>
+        <v>186804</v>
       </c>
       <c r="K138">
-        <v>2623</v>
+        <v>2630</v>
       </c>
       <c r="L138">
         <v>25</v>
       </c>
       <c r="M138">
-        <v>241218</v>
+        <v>250239</v>
       </c>
       <c r="N138">
-        <v>4.491</v>
+        <v>4.478</v>
       </c>
       <c r="O138">
-        <v>2.799</v>
+        <v>2.826</v>
       </c>
     </row>
     <row r="139" spans="1:26">
       <c r="A139" s="6">
         <v>45839.0</v>
       </c>
       <c r="B139">
-        <v>72773</v>
+        <v>74112</v>
       </c>
       <c r="C139">
-        <v>3608</v>
+        <v>3649</v>
       </c>
       <c r="D139">
-        <v>855</v>
+        <v>909</v>
       </c>
       <c r="E139">
-        <v>69515</v>
+        <v>70914</v>
       </c>
       <c r="F139">
-        <v>7639</v>
+        <v>7664</v>
       </c>
       <c r="G139">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H139">
-        <v>77236</v>
+        <v>78670</v>
       </c>
       <c r="I139">
-        <v>60344</v>
+        <v>61679</v>
       </c>
       <c r="J139">
-        <v>183512</v>
+        <v>187906</v>
       </c>
       <c r="K139">
-        <v>2621</v>
+        <v>2624</v>
       </c>
       <c r="L139">
         <v>25</v>
       </c>
       <c r="M139">
-        <v>246502</v>
+        <v>252234</v>
       </c>
       <c r="N139">
-        <v>4.514</v>
+        <v>4.485</v>
       </c>
       <c r="O139">
-        <v>2.808</v>
+        <v>2.828</v>
       </c>
     </row>
     <row r="140" spans="1:26">
       <c r="A140" s="6">
         <v>45870.0</v>
       </c>
       <c r="B140">
-        <v>73583</v>
+        <v>74398</v>
       </c>
       <c r="C140">
         <v>3580</v>
       </c>
       <c r="D140">
-        <v>857</v>
+        <v>892</v>
       </c>
       <c r="E140">
-        <v>70295</v>
+        <v>71125</v>
       </c>
       <c r="F140">
-        <v>7645</v>
+        <v>7657</v>
       </c>
       <c r="G140">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="H140">
-        <v>78020</v>
+        <v>78870</v>
       </c>
       <c r="I140">
-        <v>61899</v>
+        <v>62802</v>
       </c>
       <c r="J140">
-        <v>184791</v>
+        <v>186935</v>
       </c>
       <c r="K140">
-        <v>2619</v>
+        <v>2622</v>
       </c>
       <c r="L140">
         <v>25</v>
       </c>
       <c r="M140">
-        <v>249334</v>
+        <v>252384</v>
       </c>
       <c r="N140">
-        <v>4.516</v>
+        <v>4.503</v>
       </c>
       <c r="O140">
-        <v>2.808</v>
+        <v>2.813</v>
       </c>
     </row>
     <row r="141" spans="1:26">
       <c r="A141" s="6">
         <v>45901.0</v>
       </c>
       <c r="B141">
-        <v>74111</v>
+        <v>74795</v>
       </c>
       <c r="C141">
-        <v>3579</v>
+        <v>3591</v>
       </c>
       <c r="D141">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="E141">
-        <v>70837</v>
+        <v>71523</v>
       </c>
       <c r="F141">
-        <v>7631</v>
+        <v>7643</v>
       </c>
       <c r="G141">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="H141">
-        <v>78546</v>
+        <v>79252</v>
       </c>
       <c r="I141">
-        <v>63150</v>
+        <v>63855</v>
       </c>
       <c r="J141">
-        <v>185967</v>
+        <v>187448</v>
       </c>
       <c r="K141">
-        <v>2619</v>
+        <v>2622</v>
       </c>
       <c r="L141">
         <v>25</v>
       </c>
       <c r="M141">
-        <v>251761</v>
+        <v>253950</v>
       </c>
       <c r="N141">
-        <v>4.553</v>
+        <v>4.524</v>
       </c>
       <c r="O141">
-        <v>2.809</v>
+        <v>2.811</v>
+      </c>
+    </row>
+    <row r="142" spans="1:26">
+      <c r="A142" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B142">
+        <v>74641</v>
+      </c>
+      <c r="C142">
+        <v>3588</v>
+      </c>
+      <c r="D142">
+        <v>857</v>
+      </c>
+      <c r="E142">
+        <v>71416</v>
+      </c>
+      <c r="F142">
+        <v>7594</v>
+      </c>
+      <c r="G142">
+        <v>76</v>
+      </c>
+      <c r="H142">
+        <v>79086</v>
+      </c>
+      <c r="I142">
+        <v>64694</v>
+      </c>
+      <c r="J142">
+        <v>186994</v>
+      </c>
+      <c r="K142">
+        <v>2607</v>
+      </c>
+      <c r="L142">
+        <v>25</v>
+      </c>
+      <c r="M142">
+        <v>254320</v>
+      </c>
+      <c r="N142">
+        <v>4.556</v>
+      </c>
+      <c r="O142">
+        <v>2.814</v>
+      </c>
+    </row>
+    <row r="143" spans="1:26">
+      <c r="A143" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B143">
+        <v>75340</v>
+      </c>
+      <c r="C143">
+        <v>4237</v>
+      </c>
+      <c r="D143">
+        <v>857</v>
+      </c>
+      <c r="E143">
+        <v>72187</v>
+      </c>
+      <c r="F143">
+        <v>8168</v>
+      </c>
+      <c r="G143">
+        <v>79</v>
+      </c>
+      <c r="H143">
+        <v>80434</v>
+      </c>
+      <c r="I143">
+        <v>66317</v>
+      </c>
+      <c r="J143">
+        <v>195858</v>
+      </c>
+      <c r="K143">
+        <v>3004</v>
+      </c>
+      <c r="L143">
+        <v>24</v>
+      </c>
+      <c r="M143">
+        <v>265203</v>
+      </c>
+      <c r="N143">
+        <v>4.623</v>
+      </c>
+      <c r="O143">
+        <v>2.897</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -7256,513 +7350,513 @@
       </c>
       <c r="J20">
         <v>20636</v>
       </c>
       <c r="K20">
         <v>3781</v>
       </c>
       <c r="L20" t="s">
         <v>21</v>
       </c>
       <c r="M20">
         <v>25913</v>
       </c>
       <c r="N20" t="s">
         <v>21</v>
       </c>
       <c r="O20" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="7">
         <v>2015</v>
       </c>
       <c r="B21">
-        <v>12222</v>
+        <v>12236</v>
       </c>
       <c r="C21">
         <v>1222</v>
       </c>
       <c r="D21">
-        <v>1457</v>
+        <v>1466</v>
       </c>
       <c r="E21">
-        <v>9562</v>
+        <v>9566</v>
       </c>
       <c r="F21">
-        <v>4479</v>
+        <v>4491</v>
       </c>
       <c r="G21">
-        <v>860</v>
+        <v>867</v>
       </c>
       <c r="H21">
-        <v>14901</v>
+        <v>14924</v>
       </c>
       <c r="I21">
-        <v>6915</v>
+        <v>6986</v>
       </c>
       <c r="J21">
-        <v>45221</v>
+        <v>45360</v>
       </c>
       <c r="K21">
-        <v>4178</v>
+        <v>4179</v>
       </c>
       <c r="L21">
         <v>597</v>
       </c>
       <c r="M21">
-        <v>56911</v>
+        <v>57122</v>
       </c>
       <c r="N21">
-        <v>3.209</v>
+        <v>3.224</v>
       </c>
       <c r="O21">
-        <v>3.33</v>
+        <v>3.335</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="7">
         <v>2016</v>
       </c>
       <c r="B22">
-        <v>16030</v>
+        <v>16045</v>
       </c>
       <c r="C22">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="D22">
-        <v>1511</v>
+        <v>1523</v>
       </c>
       <c r="E22">
-        <v>12733</v>
+        <v>12736</v>
       </c>
       <c r="F22">
-        <v>4982</v>
+        <v>5000</v>
       </c>
       <c r="G22">
-        <v>1546</v>
+        <v>1553</v>
       </c>
       <c r="H22">
-        <v>19261</v>
+        <v>19289</v>
       </c>
       <c r="I22">
-        <v>10725</v>
+        <v>10797</v>
       </c>
       <c r="J22">
-        <v>60322</v>
+        <v>60477</v>
       </c>
       <c r="K22">
-        <v>4054</v>
+        <v>4059</v>
       </c>
       <c r="L22">
         <v>362</v>
       </c>
       <c r="M22">
-        <v>75463</v>
+        <v>75695</v>
       </c>
       <c r="N22">
-        <v>3.556</v>
+        <v>3.566</v>
       </c>
       <c r="O22">
-        <v>3.488</v>
+        <v>3.492</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="7">
         <v>2017</v>
       </c>
       <c r="B23">
-        <v>19669</v>
+        <v>19683</v>
       </c>
       <c r="C23">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="D23">
-        <v>1431</v>
+        <v>1445</v>
       </c>
       <c r="E23">
-        <v>15633</v>
+        <v>15635</v>
       </c>
       <c r="F23">
-        <v>5178</v>
+        <v>5197</v>
       </c>
       <c r="G23">
-        <v>2084</v>
+        <v>2093</v>
       </c>
       <c r="H23">
-        <v>22895</v>
+        <v>22925</v>
       </c>
       <c r="I23">
-        <v>12395</v>
+        <v>12468</v>
       </c>
       <c r="J23">
-        <v>74880</v>
+        <v>75057</v>
       </c>
       <c r="K23">
-        <v>3733</v>
+        <v>3738</v>
       </c>
       <c r="L23">
         <v>453</v>
       </c>
       <c r="M23">
-        <v>91461</v>
+        <v>91716</v>
       </c>
       <c r="N23">
-        <v>3.755</v>
+        <v>3.762</v>
       </c>
       <c r="O23">
-        <v>3.614</v>
+        <v>3.617</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="7">
         <v>2018</v>
       </c>
       <c r="B24">
-        <v>21859</v>
+        <v>21877</v>
       </c>
       <c r="C24">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="D24">
-        <v>1419</v>
+        <v>1437</v>
       </c>
       <c r="E24">
-        <v>17132</v>
+        <v>17141</v>
       </c>
       <c r="F24">
-        <v>5348</v>
+        <v>5368</v>
       </c>
       <c r="G24">
-        <v>2666</v>
+        <v>2675</v>
       </c>
       <c r="H24">
-        <v>25146</v>
+        <v>25184</v>
       </c>
       <c r="I24">
-        <v>11563</v>
+        <v>11650</v>
       </c>
       <c r="J24">
-        <v>83216</v>
+        <v>83441</v>
       </c>
       <c r="K24">
-        <v>2873</v>
+        <v>2878</v>
       </c>
       <c r="L24">
         <v>108</v>
       </c>
       <c r="M24">
-        <v>97760</v>
+        <v>98077</v>
       </c>
       <c r="N24">
-        <v>3.917</v>
+        <v>3.923</v>
       </c>
       <c r="O24">
-        <v>3.586</v>
+        <v>3.59</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="7">
         <v>2019</v>
       </c>
       <c r="B25">
-        <v>24304</v>
+        <v>24333</v>
       </c>
       <c r="C25">
-        <v>2183</v>
+        <v>2188</v>
       </c>
       <c r="D25">
-        <v>1297</v>
+        <v>1317</v>
       </c>
       <c r="E25">
-        <v>19193</v>
+        <v>19211</v>
       </c>
       <c r="F25">
-        <v>5923</v>
+        <v>5948</v>
       </c>
       <c r="G25">
-        <v>2668</v>
+        <v>2679</v>
       </c>
       <c r="H25">
-        <v>27784</v>
+        <v>27838</v>
       </c>
       <c r="I25">
-        <v>14707</v>
+        <v>14800</v>
       </c>
       <c r="J25">
-        <v>92591</v>
+        <v>92908</v>
       </c>
       <c r="K25">
-        <v>3046</v>
+        <v>3051</v>
       </c>
       <c r="L25">
         <v>92</v>
       </c>
       <c r="M25">
-        <v>110436</v>
+        <v>110851</v>
       </c>
       <c r="N25">
-        <v>3.957</v>
+        <v>3.958</v>
       </c>
       <c r="O25">
-        <v>3.668</v>
+        <v>3.673</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="7">
         <v>2020</v>
       </c>
       <c r="B26">
-        <v>28143</v>
+        <v>28287</v>
       </c>
       <c r="C26">
-        <v>1889</v>
+        <v>1896</v>
       </c>
       <c r="D26">
-        <v>1467</v>
+        <v>1494</v>
       </c>
       <c r="E26">
-        <v>22585</v>
+        <v>22720</v>
       </c>
       <c r="F26">
-        <v>6202</v>
+        <v>6228</v>
       </c>
       <c r="G26">
-        <v>2712</v>
+        <v>2729</v>
       </c>
       <c r="H26">
-        <v>31499</v>
+        <v>31677</v>
       </c>
       <c r="I26">
-        <v>19094</v>
+        <v>19232</v>
       </c>
       <c r="J26">
-        <v>107235</v>
+        <v>109205</v>
       </c>
       <c r="K26">
-        <v>2774</v>
+        <v>2779</v>
       </c>
       <c r="L26">
         <v>61</v>
       </c>
       <c r="M26">
-        <v>129164</v>
+        <v>131277</v>
       </c>
       <c r="N26">
-        <v>4.185</v>
+        <v>4.19</v>
       </c>
       <c r="O26">
-        <v>3.783</v>
+        <v>3.83</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="7">
         <v>2021</v>
       </c>
       <c r="B27">
-        <v>45315</v>
+        <v>45532</v>
       </c>
       <c r="C27">
-        <v>2424</v>
+        <v>2440</v>
       </c>
       <c r="D27">
-        <v>1503</v>
+        <v>1544</v>
       </c>
       <c r="E27">
-        <v>39324</v>
+        <v>39539</v>
       </c>
       <c r="F27">
-        <v>7165</v>
+        <v>7205</v>
       </c>
       <c r="G27">
-        <v>2753</v>
+        <v>2772</v>
       </c>
       <c r="H27">
-        <v>49242</v>
+        <v>49516</v>
       </c>
       <c r="I27">
-        <v>24263</v>
+        <v>24458</v>
       </c>
       <c r="J27">
-        <v>126507</v>
+        <v>129493</v>
       </c>
       <c r="K27">
-        <v>3627</v>
+        <v>3705</v>
       </c>
       <c r="L27">
         <v>56</v>
       </c>
       <c r="M27">
-        <v>154453</v>
+        <v>157712</v>
       </c>
       <c r="N27">
-        <v>3.981</v>
+        <v>3.987</v>
       </c>
       <c r="O27">
-        <v>2.866</v>
+        <v>2.916</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="7">
         <v>2022</v>
       </c>
       <c r="B28">
-        <v>52341</v>
+        <v>52672</v>
       </c>
       <c r="C28">
-        <v>2655</v>
+        <v>2669</v>
       </c>
       <c r="D28">
-        <v>1586</v>
+        <v>1666</v>
       </c>
       <c r="E28">
-        <v>48145</v>
+        <v>48498</v>
       </c>
       <c r="F28">
-        <v>8023</v>
+        <v>8067</v>
       </c>
       <c r="G28">
-        <v>414</v>
+        <v>442</v>
       </c>
       <c r="H28">
-        <v>56582</v>
+        <v>57007</v>
       </c>
       <c r="I28">
-        <v>29723</v>
+        <v>30037</v>
       </c>
       <c r="J28">
-        <v>146717</v>
+        <v>151348</v>
       </c>
       <c r="K28">
-        <v>3257</v>
+        <v>3323</v>
       </c>
       <c r="L28">
         <v>45</v>
       </c>
       <c r="M28">
-        <v>179742</v>
+        <v>184753</v>
       </c>
       <c r="N28">
-        <v>4.076</v>
+        <v>4.084</v>
       </c>
       <c r="O28">
-        <v>2.907</v>
+        <v>2.975</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="7">
         <v>2023</v>
       </c>
       <c r="B29">
-        <v>63069</v>
+        <v>63949</v>
       </c>
       <c r="C29">
-        <v>3106</v>
+        <v>3121</v>
       </c>
       <c r="D29">
-        <v>1043</v>
+        <v>1145</v>
       </c>
       <c r="E29">
-        <v>58606</v>
+        <v>59518</v>
       </c>
       <c r="F29">
-        <v>8066</v>
+        <v>8078</v>
       </c>
       <c r="G29">
-        <v>546</v>
+        <v>619</v>
       </c>
       <c r="H29">
-        <v>67218</v>
+        <v>68215</v>
       </c>
       <c r="I29">
-        <v>40695</v>
+        <v>41464</v>
       </c>
       <c r="J29">
-        <v>161534</v>
+        <v>168508</v>
       </c>
       <c r="K29">
-        <v>3104</v>
+        <v>3170</v>
       </c>
       <c r="L29">
         <v>29</v>
       </c>
       <c r="M29">
-        <v>205362</v>
+        <v>213171</v>
       </c>
       <c r="N29">
-        <v>4.152</v>
+        <v>4.164</v>
       </c>
       <c r="O29">
-        <v>2.752</v>
+        <v>2.826</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="7">
         <v>2024</v>
       </c>
       <c r="B30">
-        <v>69616</v>
+        <v>72135</v>
       </c>
       <c r="C30">
-        <v>3546</v>
+        <v>3674</v>
       </c>
       <c r="D30">
-        <v>885</v>
+        <v>1003</v>
       </c>
       <c r="E30">
-        <v>65560</v>
+        <v>68205</v>
       </c>
       <c r="F30">
-        <v>8086</v>
+        <v>8058</v>
       </c>
       <c r="G30">
-        <v>401</v>
+        <v>549</v>
       </c>
       <c r="H30">
-        <v>74047</v>
+        <v>76812</v>
       </c>
       <c r="I30">
-        <v>52539</v>
+        <v>54349</v>
       </c>
       <c r="J30">
-        <v>172220</v>
+        <v>185738</v>
       </c>
       <c r="K30">
-        <v>2975</v>
+        <v>3043</v>
       </c>
       <c r="L30">
         <v>28</v>
       </c>
       <c r="M30">
-        <v>227762</v>
+        <v>243158</v>
       </c>
       <c r="N30">
-        <v>4.223</v>
+        <v>4.224</v>
       </c>
       <c r="O30">
-        <v>2.733</v>
+        <v>2.835</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>