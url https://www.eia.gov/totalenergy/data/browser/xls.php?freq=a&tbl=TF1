--- v2 (2026-01-07)
+++ v3 (2026-02-22)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table F1. Electric Vehicle Charging Infrastructure</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Number of locations with public ports only</t>
   </si>
   <si>
     <t>Number of locations with private ports only</t>
   </si>
   <si>
     <t>Number of locations with public and private ports</t>
   </si>
   <si>
     <t>Number of locations with networked ports only</t>
   </si>
   <si>
     <t>Number of locations with non-networked ports only</t>
   </si>
   <si>
     <t>Number of locations with networked and non-networked ports</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z143"/>
+  <dimension ref="A1:Z144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A143"/>
+      <selection activeCell="A13" sqref="A13:A144"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="65.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -6755,120 +6755,167 @@
       </c>
       <c r="J142">
         <v>186994</v>
       </c>
       <c r="K142">
         <v>2607</v>
       </c>
       <c r="L142">
         <v>25</v>
       </c>
       <c r="M142">
         <v>254320</v>
       </c>
       <c r="N142">
         <v>4.556</v>
       </c>
       <c r="O142">
         <v>2.814</v>
       </c>
     </row>
     <row r="143" spans="1:26">
       <c r="A143" s="6">
         <v>45962.0</v>
       </c>
       <c r="B143">
-        <v>75340</v>
+        <v>75566</v>
       </c>
       <c r="C143">
         <v>4237</v>
       </c>
       <c r="D143">
         <v>857</v>
       </c>
       <c r="E143">
-        <v>72187</v>
+        <v>72413</v>
       </c>
       <c r="F143">
         <v>8168</v>
       </c>
       <c r="G143">
         <v>79</v>
       </c>
       <c r="H143">
-        <v>80434</v>
+        <v>80660</v>
       </c>
       <c r="I143">
-        <v>66317</v>
+        <v>66492</v>
       </c>
       <c r="J143">
-        <v>195858</v>
+        <v>196167</v>
       </c>
       <c r="K143">
         <v>3004</v>
       </c>
       <c r="L143">
         <v>24</v>
       </c>
       <c r="M143">
-        <v>265203</v>
+        <v>265687</v>
       </c>
       <c r="N143">
-        <v>4.623</v>
+        <v>4.607</v>
       </c>
       <c r="O143">
-        <v>2.897</v>
+        <v>2.895</v>
+      </c>
+    </row>
+    <row r="144" spans="1:26">
+      <c r="A144" s="6">
+        <v>45992.0</v>
+      </c>
+      <c r="B144">
+        <v>75805</v>
+      </c>
+      <c r="C144">
+        <v>4224</v>
+      </c>
+      <c r="D144">
+        <v>853</v>
+      </c>
+      <c r="E144">
+        <v>72711</v>
+      </c>
+      <c r="F144">
+        <v>8092</v>
+      </c>
+      <c r="G144">
+        <v>79</v>
+      </c>
+      <c r="H144">
+        <v>80882</v>
+      </c>
+      <c r="I144">
+        <v>67708</v>
+      </c>
+      <c r="J144">
+        <v>196717</v>
+      </c>
+      <c r="K144">
+        <v>2982</v>
+      </c>
+      <c r="L144">
+        <v>24</v>
+      </c>
+      <c r="M144">
+        <v>267431</v>
+      </c>
+      <c r="N144">
+        <v>4.667</v>
+      </c>
+      <c r="O144">
+        <v>2.898</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z30"/>
+  <dimension ref="A1:Z31"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A30"/>
+      <selection activeCell="A13" sqref="A13:A31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="65.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -7813,50 +7860,97 @@
         <v>549</v>
       </c>
       <c r="H30">
         <v>76812</v>
       </c>
       <c r="I30">
         <v>54349</v>
       </c>
       <c r="J30">
         <v>185738</v>
       </c>
       <c r="K30">
         <v>3043</v>
       </c>
       <c r="L30">
         <v>28</v>
       </c>
       <c r="M30">
         <v>243158</v>
       </c>
       <c r="N30">
         <v>4.224</v>
       </c>
       <c r="O30">
         <v>2.835</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26">
+      <c r="A31" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B31">
+        <v>75805</v>
+      </c>
+      <c r="C31">
+        <v>4224</v>
+      </c>
+      <c r="D31">
+        <v>853</v>
+      </c>
+      <c r="E31">
+        <v>72711</v>
+      </c>
+      <c r="F31">
+        <v>8092</v>
+      </c>
+      <c r="G31">
+        <v>79</v>
+      </c>
+      <c r="H31">
+        <v>80882</v>
+      </c>
+      <c r="I31">
+        <v>67708</v>
+      </c>
+      <c r="J31">
+        <v>196717</v>
+      </c>
+      <c r="K31">
+        <v>2982</v>
+      </c>
+      <c r="L31">
+        <v>24</v>
+      </c>
+      <c r="M31">
+        <v>267431</v>
+      </c>
+      <c r="N31">
+        <v>4.667</v>
+      </c>
+      <c r="O31">
+        <v>2.898</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>