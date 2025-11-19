--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Table E3. Primary Energy Consumption by Source, Fossil Fuel Equivalency Approach </t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption</t>
   </si>
   <si>
     <t>Natural Gas, Excluding Supplemental Gaseous Fuels, Consumption</t>
   </si>
   <si>
     <t>Petroleum, Excluding Ethanol, Consumption</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumption</t>
   </si>
   <si>
     <t>Nuclear Electric Power Consumption</t>
   </si>
   <si>
     <t>Conventional Hydro Energy Consumption, Fossil Fuel Equivalent</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="105.26" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -26119,150 +26119,150 @@
       <c r="E634">
         <v>6230.653</v>
       </c>
       <c r="F634">
         <v>614.299</v>
       </c>
       <c r="G634">
         <v>136.538</v>
       </c>
       <c r="H634">
         <v>15.735</v>
       </c>
       <c r="I634">
         <v>232.285</v>
       </c>
       <c r="J634">
         <v>345.664</v>
       </c>
       <c r="K634">
         <v>430.193</v>
       </c>
       <c r="L634">
         <v>1160.416</v>
       </c>
       <c r="M634">
-        <v>8011.82</v>
+        <v>8011.819</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>571.257</v>
       </c>
       <c r="C635">
-        <v>2806.836</v>
+        <v>2806.837</v>
       </c>
       <c r="D635">
         <v>2884.592</v>
       </c>
       <c r="E635">
-        <v>6260.067</v>
+        <v>6260.068</v>
       </c>
       <c r="F635">
         <v>647.021</v>
       </c>
       <c r="G635">
         <v>157.721</v>
       </c>
       <c r="H635">
         <v>16.074</v>
       </c>
       <c r="I635">
         <v>170.79</v>
       </c>
       <c r="J635">
         <v>353.489</v>
       </c>
       <c r="K635">
         <v>426.63</v>
       </c>
       <c r="L635">
         <v>1124.705</v>
       </c>
       <c r="M635">
         <v>8033.646</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>745.925</v>
       </c>
       <c r="C636">
-        <v>3473.074</v>
+        <v>3473.073</v>
       </c>
       <c r="D636">
         <v>2999.05</v>
       </c>
       <c r="E636">
         <v>7214.343</v>
       </c>
       <c r="F636">
         <v>744.183</v>
       </c>
       <c r="G636">
         <v>175.917</v>
       </c>
       <c r="H636">
         <v>17.435</v>
       </c>
       <c r="I636">
         <v>158.463</v>
       </c>
       <c r="J636">
         <v>348.161</v>
       </c>
       <c r="K636">
         <v>433.106</v>
       </c>
       <c r="L636">
         <v>1133.081</v>
       </c>
       <c r="M636">
-        <v>9098.727</v>
+        <v>9098.726</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>942.058</v>
       </c>
       <c r="C637">
-        <v>4062.238</v>
+        <v>4062.237</v>
       </c>
       <c r="D637">
         <v>3057.563</v>
       </c>
       <c r="E637">
-        <v>8060.732</v>
+        <v>8060.731</v>
       </c>
       <c r="F637">
         <v>749.815</v>
       </c>
       <c r="G637">
         <v>182.89</v>
       </c>
       <c r="H637">
         <v>17.26</v>
       </c>
       <c r="I637">
         <v>182.436</v>
       </c>
       <c r="J637">
         <v>376.528</v>
       </c>
       <c r="K637">
         <v>407.241</v>
       </c>
       <c r="L637">
         <v>1166.355</v>
       </c>
       <c r="M637">
         <v>9986.594</v>
       </c>
@@ -26283,51 +26283,51 @@
       <c r="E638">
         <v>6768.933</v>
       </c>
       <c r="F638">
         <v>646.232</v>
       </c>
       <c r="G638">
         <v>166.828</v>
       </c>
       <c r="H638">
         <v>15.617</v>
       </c>
       <c r="I638">
         <v>195.762</v>
       </c>
       <c r="J638">
         <v>340.195</v>
       </c>
       <c r="K638">
         <v>377.076</v>
       </c>
       <c r="L638">
         <v>1095.477</v>
       </c>
       <c r="M638">
-        <v>8517.08</v>
+        <v>8517.081</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>596.852</v>
       </c>
       <c r="C639">
         <v>2848.589</v>
       </c>
       <c r="D639">
         <v>2950.975</v>
       </c>
       <c r="E639">
         <v>6395.228</v>
       </c>
       <c r="F639">
         <v>652.797</v>
       </c>
       <c r="G639">
         <v>190.153</v>
       </c>
       <c r="H639">
@@ -26335,163 +26335,204 @@
       </c>
       <c r="I639">
         <v>273.895</v>
       </c>
       <c r="J639">
         <v>437.47</v>
       </c>
       <c r="K639">
         <v>409.888</v>
       </c>
       <c r="L639">
         <v>1329.371</v>
       </c>
       <c r="M639">
         <v>8380.163</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>553.559</v>
       </c>
       <c r="C640">
-        <v>2469.915</v>
+        <v>2469.916</v>
       </c>
       <c r="D640">
         <v>2904.502</v>
       </c>
       <c r="E640">
-        <v>5925.776</v>
+        <v>5925.777</v>
       </c>
       <c r="F640">
         <v>605.093</v>
       </c>
       <c r="G640">
         <v>193.44</v>
       </c>
       <c r="H640">
         <v>16.305</v>
       </c>
       <c r="I640">
         <v>311.577</v>
       </c>
       <c r="J640">
         <v>394.663</v>
       </c>
       <c r="K640">
         <v>393.357</v>
       </c>
       <c r="L640">
         <v>1309.342</v>
       </c>
       <c r="M640">
-        <v>7845.904</v>
+        <v>7845.905</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>586.491</v>
       </c>
       <c r="C641">
-        <v>2389.225</v>
+        <v>2388.749</v>
       </c>
       <c r="D641">
         <v>3025.136</v>
       </c>
       <c r="E641">
-        <v>5998.094</v>
+        <v>5997.619</v>
       </c>
       <c r="F641">
         <v>649.538</v>
       </c>
       <c r="G641">
         <v>207.41</v>
       </c>
       <c r="H641">
         <v>15.68</v>
       </c>
       <c r="I641">
         <v>342.524</v>
       </c>
       <c r="J641">
         <v>318.503</v>
       </c>
       <c r="K641">
         <v>401.117</v>
       </c>
       <c r="L641">
         <v>1285.233</v>
       </c>
       <c r="M641">
-        <v>7940.828</v>
+        <v>7940.353</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>754.476</v>
       </c>
       <c r="C642">
-        <v>2505.503</v>
+        <v>2504.626</v>
       </c>
       <c r="D642">
         <v>3034.207</v>
       </c>
       <c r="E642">
-        <v>6291.508</v>
+        <v>6290.631</v>
       </c>
       <c r="F642">
         <v>692.155</v>
       </c>
       <c r="G642">
         <v>189.641</v>
       </c>
       <c r="H642">
         <v>16.152</v>
       </c>
       <c r="I642">
         <v>361.277</v>
       </c>
       <c r="J642">
         <v>309.397</v>
       </c>
       <c r="K642">
         <v>397.221</v>
       </c>
       <c r="L642">
         <v>1273.687</v>
       </c>
       <c r="M642">
-        <v>8263.516</v>
+        <v>8262.639</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>918.424</v>
+      </c>
+      <c r="C643">
+        <v>2828.25</v>
+      </c>
+      <c r="D643">
+        <v>3123.539</v>
+      </c>
+      <c r="E643">
+        <v>6868.104</v>
+      </c>
+      <c r="F643">
+        <v>739.806</v>
+      </c>
+      <c r="G643">
+        <v>173.351</v>
+      </c>
+      <c r="H643">
+        <v>16.509</v>
+      </c>
+      <c r="I643">
+        <v>378.311</v>
+      </c>
+      <c r="J643">
+        <v>274.704</v>
+      </c>
+      <c r="K643">
+        <v>416.208</v>
+      </c>
+      <c r="L643">
+        <v>1259.084</v>
+      </c>
+      <c r="M643">
+        <v>8870.518</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -29691,81 +29732,81 @@
       </c>
       <c r="I87">
         <v>2125.186</v>
       </c>
       <c r="J87">
         <v>3634.45</v>
       </c>
       <c r="K87">
         <v>5021.971</v>
       </c>
       <c r="L87">
         <v>13100.727</v>
       </c>
       <c r="M87">
         <v>98534.62</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>7903.373</v>
       </c>
       <c r="C88">
-        <v>34204.789</v>
+        <v>34204.79</v>
       </c>
       <c r="D88">
         <v>35589.94</v>
       </c>
       <c r="E88">
         <v>77660.878</v>
       </c>
       <c r="F88">
         <v>8173.249</v>
       </c>
       <c r="G88">
         <v>2090.408</v>
       </c>
       <c r="H88">
         <v>198.742</v>
       </c>
       <c r="I88">
         <v>2680.179</v>
       </c>
       <c r="J88">
         <v>3913.309</v>
       </c>
       <c r="K88">
         <v>5101.924</v>
       </c>
       <c r="L88">
         <v>13984.562</v>
       </c>
       <c r="M88">
-        <v>99865.836</v>
+        <v>99865.834</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>