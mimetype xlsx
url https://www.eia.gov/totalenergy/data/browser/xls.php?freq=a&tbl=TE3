--- v1 (2025-11-19)
+++ v2 (2025-12-15)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Table E3. Primary Energy Consumption by Source, Fossil Fuel Equivalency Approach </t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption</t>
   </si>
   <si>
     <t>Natural Gas, Excluding Supplemental Gaseous Fuels, Consumption</t>
   </si>
   <si>
     <t>Petroleum, Excluding Ethanol, Consumption</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumption</t>
   </si>
   <si>
     <t>Nuclear Electric Power Consumption</t>
   </si>
   <si>
     <t>Conventional Hydro Energy Consumption, Fossil Fuel Equivalent</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="105.26" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25717,822 +25717,863 @@
       </c>
       <c r="H624">
         <v>18.102</v>
       </c>
       <c r="I624">
         <v>121.29</v>
       </c>
       <c r="J624">
         <v>328.271</v>
       </c>
       <c r="K624">
         <v>439.923</v>
       </c>
       <c r="L624">
         <v>1071.795</v>
       </c>
       <c r="M624">
         <v>8729.089</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>877.113</v>
+        <v>877.076</v>
       </c>
       <c r="C625">
-        <v>3856.471</v>
+        <v>3857.059</v>
       </c>
       <c r="D625">
         <v>2914.104</v>
       </c>
       <c r="E625">
-        <v>7646.953</v>
+        <v>7647.503</v>
       </c>
       <c r="F625">
-        <v>722.021</v>
+        <v>721.4</v>
       </c>
       <c r="G625">
-        <v>189.308</v>
+        <v>185.73</v>
       </c>
       <c r="H625">
-        <v>17.642</v>
+        <v>17.433</v>
       </c>
       <c r="I625">
-        <v>129.133</v>
+        <v>126.922</v>
       </c>
       <c r="J625">
-        <v>301.45</v>
+        <v>299.793</v>
       </c>
       <c r="K625">
-        <v>411.877</v>
+        <v>412.307</v>
       </c>
       <c r="L625">
-        <v>1049.41</v>
+        <v>1042.185</v>
       </c>
       <c r="M625">
-        <v>9424.31</v>
+        <v>9417.013</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>559.404</v>
+        <v>560.999</v>
       </c>
       <c r="C626">
-        <v>3076.388</v>
+        <v>3071.554</v>
       </c>
       <c r="D626">
         <v>2733.942</v>
       </c>
       <c r="E626">
-        <v>6368.177</v>
+        <v>6364.937</v>
       </c>
       <c r="F626">
-        <v>675.03</v>
+        <v>674.449</v>
       </c>
       <c r="G626">
-        <v>173.509</v>
+        <v>179.193</v>
       </c>
       <c r="H626">
-        <v>16.408</v>
+        <v>16.257</v>
       </c>
       <c r="I626">
-        <v>158.687</v>
+        <v>158.181</v>
       </c>
       <c r="J626">
-        <v>358.679</v>
+        <v>353.138</v>
       </c>
       <c r="K626">
-        <v>404.484</v>
+        <v>410.653</v>
       </c>
       <c r="L626">
-        <v>1111.766</v>
+        <v>1117.423</v>
       </c>
       <c r="M626">
-        <v>8155.521</v>
+        <v>8157.356</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>490.503</v>
+        <v>492.745</v>
       </c>
       <c r="C627">
-        <v>2899.002</v>
+        <v>2895.72</v>
       </c>
       <c r="D627">
         <v>2943.843</v>
       </c>
       <c r="E627">
-        <v>6329.265</v>
+        <v>6328.226</v>
       </c>
       <c r="F627">
-        <v>662.09</v>
+        <v>661.52</v>
       </c>
       <c r="G627">
-        <v>201.257</v>
+        <v>201.316</v>
       </c>
       <c r="H627">
-        <v>16.504</v>
+        <v>17.093</v>
       </c>
       <c r="I627">
-        <v>203.695</v>
+        <v>204.711</v>
       </c>
       <c r="J627">
-        <v>393.88</v>
+        <v>388.643</v>
       </c>
       <c r="K627">
-        <v>426.751</v>
+        <v>427.495</v>
       </c>
       <c r="L627">
-        <v>1242.088</v>
+        <v>1239.257</v>
       </c>
       <c r="M627">
-        <v>8232.254</v>
+        <v>8227.814</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>465.974</v>
+        <v>466.433</v>
       </c>
       <c r="C628">
-        <v>2482.152</v>
+        <v>2481.549</v>
       </c>
       <c r="D628">
         <v>2888.119</v>
       </c>
       <c r="E628">
-        <v>5831.803</v>
+        <v>5831.66</v>
       </c>
       <c r="F628">
-        <v>602.26</v>
+        <v>600.91</v>
       </c>
       <c r="G628">
-        <v>167.217</v>
+        <v>180.231</v>
       </c>
       <c r="H628">
-        <v>16.732</v>
+        <v>16.232</v>
       </c>
       <c r="I628">
-        <v>238.921</v>
+        <v>239.244</v>
       </c>
       <c r="J628">
-        <v>408.897</v>
+        <v>405.761</v>
       </c>
       <c r="K628">
-        <v>409.499</v>
+        <v>409.014</v>
       </c>
       <c r="L628">
-        <v>1241.266</v>
+        <v>1250.482</v>
       </c>
       <c r="M628">
-        <v>7673.749</v>
+        <v>7681.471</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>562.572</v>
+        <v>561.998</v>
       </c>
       <c r="C629">
-        <v>2415.994</v>
+        <v>2418.547</v>
       </c>
       <c r="D629">
         <v>3089.182</v>
       </c>
       <c r="E629">
-        <v>6065.292</v>
+        <v>6067.272</v>
       </c>
       <c r="F629">
-        <v>679.097</v>
+        <v>678.513</v>
       </c>
       <c r="G629">
-        <v>195.183</v>
+        <v>210.92</v>
       </c>
       <c r="H629">
-        <v>16.15</v>
+        <v>16.118</v>
       </c>
       <c r="I629">
-        <v>272.43</v>
+        <v>272.845</v>
       </c>
       <c r="J629">
-        <v>333.917</v>
+        <v>338.266</v>
       </c>
       <c r="K629">
-        <v>436.958</v>
+        <v>434.415</v>
       </c>
       <c r="L629">
-        <v>1254.639</v>
+        <v>1272.564</v>
       </c>
       <c r="M629">
-        <v>7999.183</v>
+        <v>8018.503</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>719.694</v>
+        <v>719.867</v>
       </c>
       <c r="C630">
-        <v>2518.038</v>
+        <v>2511.954</v>
       </c>
       <c r="D630">
         <v>2942.073</v>
       </c>
       <c r="E630">
-        <v>6174.972</v>
+        <v>6169.06</v>
       </c>
       <c r="F630">
-        <v>712.744</v>
+        <v>712.131</v>
       </c>
       <c r="G630">
-        <v>182.711</v>
+        <v>192.991</v>
       </c>
       <c r="H630">
-        <v>16.223</v>
+        <v>15.562</v>
       </c>
       <c r="I630">
-        <v>290.558</v>
+        <v>290.964</v>
       </c>
       <c r="J630">
-        <v>329.324</v>
+        <v>333.145</v>
       </c>
       <c r="K630">
-        <v>419.516</v>
+        <v>423.38</v>
       </c>
       <c r="L630">
-        <v>1238.332</v>
+        <v>1256.042</v>
       </c>
       <c r="M630">
-        <v>8130.899</v>
+        <v>8142.084</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>837.188</v>
+        <v>836.122</v>
       </c>
       <c r="C631">
-        <v>2843.44</v>
+        <v>2836.18</v>
       </c>
       <c r="D631">
         <v>3061.867</v>
       </c>
       <c r="E631">
-        <v>6740.925</v>
+        <v>6732.6</v>
       </c>
       <c r="F631">
-        <v>730.441</v>
+        <v>729.451</v>
       </c>
       <c r="G631">
-        <v>182.848</v>
+        <v>184.266</v>
       </c>
       <c r="H631">
-        <v>16.861</v>
+        <v>15.87</v>
       </c>
       <c r="I631">
-        <v>291.914</v>
+        <v>293.297</v>
       </c>
       <c r="J631">
-        <v>241.386</v>
+        <v>243.899</v>
       </c>
       <c r="K631">
-        <v>444.381</v>
+        <v>446.642</v>
       </c>
       <c r="L631">
-        <v>1177.39</v>
+        <v>1183.974</v>
       </c>
       <c r="M631">
-        <v>8657.241</v>
+        <v>8654.509</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>817.614</v>
+        <v>816.069</v>
       </c>
       <c r="C632">
-        <v>2812.161</v>
+        <v>2815.408</v>
       </c>
       <c r="D632">
         <v>3110.666</v>
       </c>
       <c r="E632">
-        <v>6736.376</v>
+        <v>6738.078</v>
       </c>
       <c r="F632">
-        <v>729.135</v>
+        <v>728.507</v>
       </c>
       <c r="G632">
-        <v>184.372</v>
+        <v>176.567</v>
       </c>
       <c r="H632">
-        <v>16.756</v>
+        <v>15.954</v>
       </c>
       <c r="I632">
-        <v>287.251</v>
+        <v>288.531</v>
       </c>
       <c r="J632">
-        <v>248.233</v>
+        <v>252.389</v>
       </c>
       <c r="K632">
-        <v>438.638</v>
+        <v>438.084</v>
       </c>
       <c r="L632">
-        <v>1175.25</v>
+        <v>1171.525</v>
       </c>
       <c r="M632">
-        <v>8648.118</v>
+        <v>8645.466</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>665.353</v>
+        <v>662.579</v>
       </c>
       <c r="C633">
-        <v>2504.063</v>
+        <v>2498.307</v>
       </c>
       <c r="D633">
         <v>2895.897</v>
       </c>
       <c r="E633">
-        <v>6062.04</v>
+        <v>6053.509</v>
       </c>
       <c r="F633">
-        <v>654.927</v>
+        <v>654.363</v>
       </c>
       <c r="G633">
-        <v>143.825</v>
+        <v>137.108</v>
       </c>
       <c r="H633">
-        <v>16.223</v>
+        <v>15.558</v>
       </c>
       <c r="I633">
-        <v>246.051</v>
+        <v>247.418</v>
       </c>
       <c r="J633">
-        <v>250.229</v>
+        <v>251.431</v>
       </c>
       <c r="K633">
-        <v>419.904</v>
+        <v>419.187</v>
       </c>
       <c r="L633">
-        <v>1076.231</v>
+        <v>1070.701</v>
       </c>
       <c r="M633">
-        <v>7800.371</v>
+        <v>7785.746</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>590.775</v>
+        <v>587.661</v>
       </c>
       <c r="C634">
-        <v>2517.172</v>
+        <v>2517.021</v>
       </c>
       <c r="D634">
         <v>3126.592</v>
       </c>
       <c r="E634">
-        <v>6230.653</v>
+        <v>6227.387</v>
       </c>
       <c r="F634">
-        <v>614.299</v>
+        <v>613.77</v>
       </c>
       <c r="G634">
-        <v>136.538</v>
+        <v>132.29</v>
       </c>
       <c r="H634">
-        <v>15.735</v>
+        <v>16.245</v>
       </c>
       <c r="I634">
-        <v>232.285</v>
+        <v>234.029</v>
       </c>
       <c r="J634">
-        <v>345.664</v>
+        <v>341.16</v>
       </c>
       <c r="K634">
-        <v>430.193</v>
+        <v>428.958</v>
       </c>
       <c r="L634">
-        <v>1160.416</v>
+        <v>1152.682</v>
       </c>
       <c r="M634">
-        <v>8011.819</v>
+        <v>8000.29</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>571.257</v>
+        <v>568.688</v>
       </c>
       <c r="C635">
-        <v>2806.837</v>
+        <v>2801.919</v>
       </c>
       <c r="D635">
         <v>2884.592</v>
       </c>
       <c r="E635">
-        <v>6260.068</v>
+        <v>6252.581</v>
       </c>
       <c r="F635">
-        <v>647.021</v>
+        <v>646.464</v>
       </c>
       <c r="G635">
-        <v>157.721</v>
+        <v>144.106</v>
       </c>
       <c r="H635">
-        <v>16.074</v>
+        <v>16.558</v>
       </c>
       <c r="I635">
-        <v>170.79</v>
+        <v>169.841</v>
       </c>
       <c r="J635">
-        <v>353.489</v>
+        <v>345.827</v>
       </c>
       <c r="K635">
-        <v>426.63</v>
+        <v>425.954</v>
       </c>
       <c r="L635">
-        <v>1124.705</v>
+        <v>1102.285</v>
       </c>
       <c r="M635">
-        <v>8033.646</v>
+        <v>8003.183</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>745.925</v>
+        <v>745.128</v>
       </c>
       <c r="C636">
-        <v>3473.073</v>
+        <v>3476.888</v>
       </c>
       <c r="D636">
         <v>2999.05</v>
       </c>
       <c r="E636">
-        <v>7214.343</v>
+        <v>7217.361</v>
       </c>
       <c r="F636">
-        <v>744.183</v>
+        <v>743.543</v>
       </c>
       <c r="G636">
-        <v>175.917</v>
+        <v>168.317</v>
       </c>
       <c r="H636">
-        <v>17.435</v>
+        <v>17.384</v>
       </c>
       <c r="I636">
-        <v>158.463</v>
+        <v>155.293</v>
       </c>
       <c r="J636">
-        <v>348.161</v>
+        <v>340.608</v>
       </c>
       <c r="K636">
-        <v>433.106</v>
+        <v>436.186</v>
       </c>
       <c r="L636">
-        <v>1133.081</v>
+        <v>1117.788</v>
       </c>
       <c r="M636">
-        <v>9098.726</v>
+        <v>9085.81</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>942.058</v>
+        <v>942.599</v>
       </c>
       <c r="C637">
-        <v>4062.237</v>
+        <v>4059.503</v>
       </c>
       <c r="D637">
         <v>3057.563</v>
       </c>
       <c r="E637">
-        <v>8060.731</v>
+        <v>8058.538</v>
       </c>
       <c r="F637">
-        <v>749.815</v>
+        <v>749.17</v>
       </c>
       <c r="G637">
-        <v>182.89</v>
+        <v>184.655</v>
       </c>
       <c r="H637">
-        <v>17.26</v>
+        <v>17.364</v>
       </c>
       <c r="I637">
-        <v>182.436</v>
+        <v>182.943</v>
       </c>
       <c r="J637">
-        <v>376.528</v>
+        <v>375.802</v>
       </c>
       <c r="K637">
-        <v>407.241</v>
+        <v>407.658</v>
       </c>
       <c r="L637">
-        <v>1166.355</v>
+        <v>1168.421</v>
       </c>
       <c r="M637">
-        <v>9986.594</v>
+        <v>9985.821</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>733.889</v>
+        <v>734.631</v>
       </c>
       <c r="C638">
-        <v>3353.87</v>
+        <v>3351.976</v>
       </c>
       <c r="D638">
         <v>2682.493</v>
       </c>
       <c r="E638">
-        <v>6768.933</v>
+        <v>6767.78</v>
       </c>
       <c r="F638">
-        <v>646.232</v>
+        <v>645.675</v>
       </c>
       <c r="G638">
-        <v>166.828</v>
+        <v>168.386</v>
       </c>
       <c r="H638">
-        <v>15.617</v>
+        <v>15.658</v>
       </c>
       <c r="I638">
-        <v>195.762</v>
+        <v>195.472</v>
       </c>
       <c r="J638">
-        <v>340.195</v>
+        <v>339.137</v>
       </c>
       <c r="K638">
-        <v>377.076</v>
+        <v>377.97</v>
       </c>
       <c r="L638">
-        <v>1095.477</v>
+        <v>1096.622</v>
       </c>
       <c r="M638">
-        <v>8517.081</v>
+        <v>8516.517</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>596.852</v>
+        <v>598.578</v>
       </c>
       <c r="C639">
-        <v>2848.589</v>
+        <v>2845.987</v>
       </c>
       <c r="D639">
         <v>2950.975</v>
       </c>
       <c r="E639">
-        <v>6395.228</v>
+        <v>6394.353</v>
       </c>
       <c r="F639">
-        <v>652.797</v>
+        <v>652.235</v>
       </c>
       <c r="G639">
-        <v>190.153</v>
+        <v>193.487</v>
       </c>
       <c r="H639">
-        <v>17.965</v>
+        <v>17.351</v>
       </c>
       <c r="I639">
-        <v>273.895</v>
+        <v>273.369</v>
       </c>
       <c r="J639">
-        <v>437.47</v>
+        <v>436.078</v>
       </c>
       <c r="K639">
-        <v>409.888</v>
+        <v>411.318</v>
       </c>
       <c r="L639">
-        <v>1329.371</v>
+        <v>1331.603</v>
       </c>
       <c r="M639">
-        <v>8380.163</v>
+        <v>8380.958</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>553.559</v>
+        <v>550.091</v>
       </c>
       <c r="C640">
-        <v>2469.916</v>
+        <v>2464.046</v>
       </c>
       <c r="D640">
         <v>2904.502</v>
       </c>
       <c r="E640">
-        <v>5925.777</v>
+        <v>5916.441</v>
       </c>
       <c r="F640">
-        <v>605.093</v>
+        <v>604.572</v>
       </c>
       <c r="G640">
-        <v>193.44</v>
+        <v>196.813</v>
       </c>
       <c r="H640">
-        <v>16.305</v>
+        <v>16.475</v>
       </c>
       <c r="I640">
-        <v>311.577</v>
+        <v>311.015</v>
       </c>
       <c r="J640">
-        <v>394.663</v>
+        <v>395.422</v>
       </c>
       <c r="K640">
-        <v>393.357</v>
+        <v>394.401</v>
       </c>
       <c r="L640">
-        <v>1309.342</v>
+        <v>1314.125</v>
       </c>
       <c r="M640">
-        <v>7845.905</v>
+        <v>7840.831</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>586.491</v>
+        <v>591.016</v>
       </c>
       <c r="C641">
-        <v>2388.749</v>
+        <v>2388.194</v>
       </c>
       <c r="D641">
         <v>3025.136</v>
       </c>
       <c r="E641">
-        <v>5997.619</v>
+        <v>6001.588</v>
       </c>
       <c r="F641">
-        <v>649.538</v>
+        <v>648.978</v>
       </c>
       <c r="G641">
-        <v>207.41</v>
+        <v>209.896</v>
       </c>
       <c r="H641">
-        <v>15.68</v>
+        <v>16.192</v>
       </c>
       <c r="I641">
-        <v>342.524</v>
+        <v>341.731</v>
       </c>
       <c r="J641">
-        <v>318.503</v>
+        <v>317.805</v>
       </c>
       <c r="K641">
-        <v>401.117</v>
+        <v>402.38</v>
       </c>
       <c r="L641">
-        <v>1285.233</v>
+        <v>1288.004</v>
       </c>
       <c r="M641">
-        <v>7940.353</v>
+        <v>7946.533</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>754.476</v>
+        <v>757.221</v>
       </c>
       <c r="C642">
-        <v>2504.626</v>
+        <v>2501.099</v>
       </c>
       <c r="D642">
         <v>3034.207</v>
       </c>
       <c r="E642">
-        <v>6290.631</v>
+        <v>6289.849</v>
       </c>
       <c r="F642">
-        <v>692.155</v>
+        <v>691.559</v>
       </c>
       <c r="G642">
-        <v>189.641</v>
+        <v>190.964</v>
       </c>
       <c r="H642">
-        <v>16.152</v>
+        <v>16.228</v>
       </c>
       <c r="I642">
-        <v>361.277</v>
+        <v>361.008</v>
       </c>
       <c r="J642">
-        <v>309.397</v>
+        <v>308.385</v>
       </c>
       <c r="K642">
-        <v>397.221</v>
+        <v>398.864</v>
       </c>
       <c r="L642">
-        <v>1273.687</v>
+        <v>1275.449</v>
       </c>
       <c r="M642">
-        <v>8262.639</v>
+        <v>8263.023</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>918.424</v>
+        <v>919.18</v>
       </c>
       <c r="C643">
-        <v>2828.25</v>
+        <v>2822.506</v>
       </c>
       <c r="D643">
         <v>3123.539</v>
       </c>
       <c r="E643">
-        <v>6868.104</v>
+        <v>6863.115</v>
       </c>
       <c r="F643">
-        <v>739.806</v>
+        <v>739.169</v>
       </c>
       <c r="G643">
-        <v>173.351</v>
+        <v>172.204</v>
       </c>
       <c r="H643">
-        <v>16.509</v>
+        <v>16.466</v>
       </c>
       <c r="I643">
-        <v>378.311</v>
+        <v>377.238</v>
       </c>
       <c r="J643">
-        <v>274.704</v>
+        <v>274.158</v>
       </c>
       <c r="K643">
-        <v>416.208</v>
+        <v>417.699</v>
       </c>
       <c r="L643">
-        <v>1259.084</v>
+        <v>1257.765</v>
       </c>
       <c r="M643">
-        <v>8870.518</v>
+        <v>8878.216</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>815.856</v>
+      </c>
+      <c r="C644">
+        <v>2730.271</v>
+      </c>
+      <c r="D644">
+        <v>3098.972</v>
+      </c>
+      <c r="E644">
+        <v>6642.086</v>
+      </c>
+      <c r="F644">
+        <v>738.374</v>
+      </c>
+      <c r="G644">
+        <v>172.191</v>
+      </c>
+      <c r="H644">
+        <v>17.016</v>
+      </c>
+      <c r="I644">
+        <v>357.911</v>
+      </c>
+      <c r="J644">
+        <v>235.218</v>
+      </c>
+      <c r="K644">
+        <v>415.191</v>
+      </c>
+      <c r="L644">
+        <v>1197.528</v>
+      </c>
+      <c r="M644">
+        <v>8595.888</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -29729,84 +29770,84 @@
       </c>
       <c r="H87">
         <v>204.751</v>
       </c>
       <c r="I87">
         <v>2125.186</v>
       </c>
       <c r="J87">
         <v>3634.45</v>
       </c>
       <c r="K87">
         <v>5021.971</v>
       </c>
       <c r="L87">
         <v>13100.727</v>
       </c>
       <c r="M87">
         <v>98534.62</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>7903.373</v>
+        <v>7895.365</v>
       </c>
       <c r="C88">
-        <v>34204.79</v>
+        <v>34182.103</v>
       </c>
       <c r="D88">
         <v>35589.94</v>
       </c>
       <c r="E88">
-        <v>77660.878</v>
+        <v>77630.184</v>
       </c>
       <c r="F88">
-        <v>8173.249</v>
+        <v>8165.019</v>
       </c>
       <c r="G88">
-        <v>2090.408</v>
+        <v>2093.035</v>
       </c>
       <c r="H88">
-        <v>198.742</v>
+        <v>196.263</v>
       </c>
       <c r="I88">
-        <v>2680.179</v>
+        <v>2681.275</v>
       </c>
       <c r="J88">
-        <v>3913.309</v>
+        <v>3894.06</v>
       </c>
       <c r="K88">
-        <v>5101.924</v>
+        <v>5112.262</v>
       </c>
       <c r="L88">
-        <v>13984.562</v>
+        <v>13976.896</v>
       </c>
       <c r="M88">
-        <v>99865.834</v>
+        <v>99819.244</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>