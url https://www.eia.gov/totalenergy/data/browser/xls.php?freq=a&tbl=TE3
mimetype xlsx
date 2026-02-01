--- v2 (2025-12-15)
+++ v3 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Table E3. Primary Energy Consumption by Source, Fossil Fuel Equivalency Approach </t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption</t>
   </si>
   <si>
     <t>Natural Gas, Excluding Supplemental Gaseous Fuels, Consumption</t>
   </si>
   <si>
     <t>Petroleum, Excluding Ethanol, Consumption</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumption</t>
   </si>
   <si>
     <t>Nuclear Electric Power Consumption</t>
   </si>
   <si>
     <t>Conventional Hydro Energy Consumption, Fossil Fuel Equivalent</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="105.26" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25228,1352 +25228,1434 @@
       </c>
       <c r="I612">
         <v>96.199</v>
       </c>
       <c r="J612">
         <v>340.883</v>
       </c>
       <c r="K612">
         <v>419.814</v>
       </c>
       <c r="L612">
         <v>1055.395</v>
       </c>
       <c r="M612">
         <v>9034.697</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>749.991</v>
       </c>
       <c r="C613">
-        <v>3428.798</v>
+        <v>3479.315</v>
       </c>
       <c r="D613">
         <v>2868.308</v>
       </c>
       <c r="E613">
-        <v>7043.884</v>
+        <v>7094.4</v>
       </c>
       <c r="F613">
         <v>740.734</v>
       </c>
       <c r="G613">
         <v>196.369</v>
       </c>
       <c r="H613">
         <v>17.648</v>
       </c>
       <c r="I613">
         <v>105.22</v>
       </c>
       <c r="J613">
         <v>331.029</v>
       </c>
       <c r="K613">
         <v>417.85</v>
       </c>
       <c r="L613">
         <v>1068.116</v>
       </c>
       <c r="M613">
-        <v>8863.943</v>
+        <v>8914.46</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>582.093</v>
       </c>
       <c r="C614">
-        <v>3058.27</v>
+        <v>3103.308</v>
       </c>
       <c r="D614">
         <v>2677.937</v>
       </c>
       <c r="E614">
-        <v>6316.142</v>
+        <v>6361.18</v>
       </c>
       <c r="F614">
         <v>635.553</v>
       </c>
       <c r="G614">
         <v>172.265</v>
       </c>
       <c r="H614">
         <v>16.104</v>
       </c>
       <c r="I614">
         <v>123.055</v>
       </c>
       <c r="J614">
         <v>357.491</v>
       </c>
       <c r="K614">
         <v>375.987</v>
       </c>
       <c r="L614">
         <v>1044.902</v>
       </c>
       <c r="M614">
-        <v>8003.23</v>
+        <v>8048.268</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>620.012</v>
       </c>
       <c r="C615">
-        <v>3130.185</v>
+        <v>3175.96</v>
       </c>
       <c r="D615">
         <v>3005.884</v>
       </c>
       <c r="E615">
-        <v>6754.053</v>
+        <v>6799.828</v>
       </c>
       <c r="F615">
         <v>656.599</v>
       </c>
       <c r="G615">
         <v>184.09</v>
       </c>
       <c r="H615">
         <v>17.836</v>
       </c>
       <c r="I615">
         <v>162.384</v>
       </c>
       <c r="J615">
         <v>376.128</v>
       </c>
       <c r="K615">
         <v>423.809</v>
       </c>
       <c r="L615">
         <v>1164.247</v>
       </c>
       <c r="M615">
-        <v>8583.641</v>
+        <v>8629.416</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>500.012</v>
       </c>
       <c r="C616">
-        <v>2500.013</v>
+        <v>2536.472</v>
       </c>
       <c r="D616">
         <v>2877.75</v>
       </c>
       <c r="E616">
-        <v>5876.264</v>
+        <v>5912.723</v>
       </c>
       <c r="F616">
         <v>592.236</v>
       </c>
       <c r="G616">
         <v>171.043</v>
       </c>
       <c r="H616">
         <v>16.917</v>
       </c>
       <c r="I616">
         <v>193.965</v>
       </c>
       <c r="J616">
         <v>368.894</v>
       </c>
       <c r="K616">
         <v>394.961</v>
       </c>
       <c r="L616">
         <v>1145.781</v>
       </c>
       <c r="M616">
-        <v>7620.808</v>
+        <v>7657.266</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>550.403</v>
       </c>
       <c r="C617">
-        <v>2387.001</v>
+        <v>2421.741</v>
       </c>
       <c r="D617">
         <v>3013.819</v>
       </c>
       <c r="E617">
-        <v>5948.411</v>
+        <v>5983.15</v>
       </c>
       <c r="F617">
         <v>639.194</v>
       </c>
       <c r="G617">
         <v>238.631</v>
       </c>
       <c r="H617">
         <v>17.003</v>
       </c>
       <c r="I617">
         <v>220.724</v>
       </c>
       <c r="J617">
         <v>278.121</v>
       </c>
       <c r="K617">
         <v>433.753</v>
       </c>
       <c r="L617">
         <v>1188.231</v>
       </c>
       <c r="M617">
-        <v>7784.791</v>
+        <v>7819.53</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>704.646</v>
       </c>
       <c r="C618">
-        <v>2445.803</v>
+        <v>2481.548</v>
       </c>
       <c r="D618">
         <v>2991.353</v>
       </c>
       <c r="E618">
-        <v>6139.448</v>
+        <v>6175.193</v>
       </c>
       <c r="F618">
         <v>677.49</v>
       </c>
       <c r="G618">
         <v>186.168</v>
       </c>
       <c r="H618">
         <v>16.381</v>
       </c>
       <c r="I618">
         <v>224.186</v>
       </c>
       <c r="J618">
         <v>237.73</v>
       </c>
       <c r="K618">
         <v>421.128</v>
       </c>
       <c r="L618">
         <v>1085.593</v>
       </c>
       <c r="M618">
-        <v>7908.297</v>
+        <v>7944.041</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>912.435</v>
       </c>
       <c r="C619">
-        <v>2761.927</v>
+        <v>2802.589</v>
       </c>
       <c r="D619">
         <v>2975.004</v>
       </c>
       <c r="E619">
-        <v>6646.121</v>
+        <v>6686.783</v>
       </c>
       <c r="F619">
         <v>730.465</v>
       </c>
       <c r="G619">
         <v>189.668</v>
       </c>
       <c r="H619">
         <v>16.578</v>
       </c>
       <c r="I619">
         <v>236.326</v>
       </c>
       <c r="J619">
         <v>241.679</v>
       </c>
       <c r="K619">
         <v>422.889</v>
       </c>
       <c r="L619">
         <v>1107.14</v>
       </c>
       <c r="M619">
-        <v>8487.928</v>
+        <v>8528.59</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>902.649</v>
       </c>
       <c r="C620">
-        <v>2774.212</v>
+        <v>2814.947</v>
       </c>
       <c r="D620">
         <v>3107.767</v>
       </c>
       <c r="E620">
-        <v>6782.068</v>
+        <v>6822.802</v>
       </c>
       <c r="F620">
         <v>728.965</v>
       </c>
       <c r="G620">
         <v>183.759</v>
       </c>
       <c r="H620">
         <v>16.327</v>
       </c>
       <c r="I620">
         <v>224.343</v>
       </c>
       <c r="J620">
         <v>245.042</v>
       </c>
       <c r="K620">
         <v>435.813</v>
       </c>
       <c r="L620">
         <v>1105.284</v>
       </c>
       <c r="M620">
-        <v>8621.04</v>
+        <v>8661.774</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>716.24</v>
       </c>
       <c r="C621">
-        <v>2465.203</v>
+        <v>2501.131</v>
       </c>
       <c r="D621">
         <v>2910.715</v>
       </c>
       <c r="E621">
-        <v>6088.257</v>
+        <v>6124.185</v>
       </c>
       <c r="F621">
         <v>685.23</v>
       </c>
       <c r="G621">
         <v>145.983</v>
       </c>
       <c r="H621">
         <v>16.564</v>
       </c>
       <c r="I621">
         <v>197.155</v>
       </c>
       <c r="J621">
         <v>244.689</v>
       </c>
       <c r="K621">
         <v>413.106</v>
       </c>
       <c r="L621">
         <v>1017.497</v>
       </c>
       <c r="M621">
-        <v>7791.278</v>
+        <v>7827.207</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>627.492</v>
       </c>
       <c r="C622">
-        <v>2523.803</v>
+        <v>2560.483</v>
       </c>
       <c r="D622">
         <v>3066.815</v>
       </c>
       <c r="E622">
-        <v>6216.431</v>
+        <v>6253.111</v>
       </c>
       <c r="F622">
         <v>642.125</v>
       </c>
       <c r="G622">
         <v>135.254</v>
       </c>
       <c r="H622">
         <v>17.647</v>
       </c>
       <c r="I622">
         <v>179.523</v>
       </c>
       <c r="J622">
         <v>310.851</v>
       </c>
       <c r="K622">
         <v>426.967</v>
       </c>
       <c r="L622">
         <v>1070.242</v>
       </c>
       <c r="M622">
-        <v>7929.497</v>
+        <v>7966.177</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>629.086</v>
       </c>
       <c r="C623">
-        <v>2921.111</v>
+        <v>2963.864</v>
       </c>
       <c r="D623">
         <v>2978.286</v>
       </c>
       <c r="E623">
-        <v>6526.288</v>
+        <v>6569.042</v>
       </c>
       <c r="F623">
         <v>650.717</v>
       </c>
       <c r="G623">
         <v>146.932</v>
       </c>
       <c r="H623">
         <v>17.643</v>
       </c>
       <c r="I623">
         <v>137.016</v>
       </c>
       <c r="J623">
         <v>314.524</v>
       </c>
       <c r="K623">
         <v>415.781</v>
       </c>
       <c r="L623">
         <v>1031.896</v>
       </c>
       <c r="M623">
-        <v>8211.085</v>
+        <v>8253.839</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>675.729</v>
       </c>
       <c r="C624">
-        <v>3287.515</v>
+        <v>3335.713</v>
       </c>
       <c r="D624">
         <v>2974.597</v>
       </c>
       <c r="E624">
-        <v>6933.061</v>
+        <v>6981.26</v>
       </c>
       <c r="F624">
         <v>719.666</v>
       </c>
       <c r="G624">
         <v>164.209</v>
       </c>
       <c r="H624">
         <v>18.102</v>
       </c>
       <c r="I624">
         <v>121.29</v>
       </c>
       <c r="J624">
         <v>328.271</v>
       </c>
       <c r="K624">
         <v>439.923</v>
       </c>
       <c r="L624">
         <v>1071.795</v>
       </c>
       <c r="M624">
-        <v>8729.089</v>
+        <v>8777.288</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>877.076</v>
+        <v>878.947</v>
       </c>
       <c r="C625">
-        <v>3857.059</v>
+        <v>3911.6</v>
       </c>
       <c r="D625">
         <v>2914.104</v>
       </c>
       <c r="E625">
-        <v>7647.503</v>
+        <v>7703.916</v>
       </c>
       <c r="F625">
         <v>721.4</v>
       </c>
       <c r="G625">
         <v>185.73</v>
       </c>
       <c r="H625">
         <v>17.433</v>
       </c>
       <c r="I625">
         <v>126.922</v>
       </c>
       <c r="J625">
         <v>299.793</v>
       </c>
       <c r="K625">
         <v>412.307</v>
       </c>
       <c r="L625">
         <v>1042.185</v>
       </c>
       <c r="M625">
-        <v>9417.013</v>
+        <v>9473.426</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>560.999</v>
+        <v>562.196</v>
       </c>
       <c r="C626">
-        <v>3071.554</v>
+        <v>3115.143</v>
       </c>
       <c r="D626">
         <v>2733.942</v>
       </c>
       <c r="E626">
-        <v>6364.937</v>
+        <v>6409.724</v>
       </c>
       <c r="F626">
         <v>674.449</v>
       </c>
       <c r="G626">
         <v>179.193</v>
       </c>
       <c r="H626">
         <v>16.257</v>
       </c>
       <c r="I626">
         <v>158.181</v>
       </c>
       <c r="J626">
         <v>353.138</v>
       </c>
       <c r="K626">
         <v>410.653</v>
       </c>
       <c r="L626">
         <v>1117.423</v>
       </c>
       <c r="M626">
-        <v>8157.356</v>
+        <v>8202.143</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>492.745</v>
+        <v>493.797</v>
       </c>
       <c r="C627">
-        <v>2895.72</v>
+        <v>2937.364</v>
       </c>
       <c r="D627">
         <v>2943.843</v>
       </c>
       <c r="E627">
-        <v>6328.226</v>
+        <v>6370.922</v>
       </c>
       <c r="F627">
         <v>661.52</v>
       </c>
       <c r="G627">
         <v>201.316</v>
       </c>
       <c r="H627">
         <v>17.093</v>
       </c>
       <c r="I627">
         <v>204.711</v>
       </c>
       <c r="J627">
         <v>388.643</v>
       </c>
       <c r="K627">
         <v>427.495</v>
       </c>
       <c r="L627">
         <v>1239.257</v>
       </c>
       <c r="M627">
-        <v>8227.814</v>
+        <v>8270.509</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>466.433</v>
+        <v>467.428</v>
       </c>
       <c r="C628">
-        <v>2481.549</v>
+        <v>2517.841</v>
       </c>
       <c r="D628">
         <v>2888.119</v>
       </c>
       <c r="E628">
-        <v>5831.66</v>
+        <v>5868.947</v>
       </c>
       <c r="F628">
         <v>600.91</v>
       </c>
       <c r="G628">
         <v>180.231</v>
       </c>
       <c r="H628">
         <v>16.232</v>
       </c>
       <c r="I628">
         <v>239.244</v>
       </c>
       <c r="J628">
         <v>405.761</v>
       </c>
       <c r="K628">
         <v>409.014</v>
       </c>
       <c r="L628">
         <v>1250.482</v>
       </c>
       <c r="M628">
-        <v>7681.471</v>
+        <v>7718.759</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>561.998</v>
+        <v>563.198</v>
       </c>
       <c r="C629">
-        <v>2418.547</v>
+        <v>2454.586</v>
       </c>
       <c r="D629">
         <v>3089.182</v>
       </c>
       <c r="E629">
-        <v>6067.272</v>
+        <v>6104.51</v>
       </c>
       <c r="F629">
         <v>678.513</v>
       </c>
       <c r="G629">
         <v>210.92</v>
       </c>
       <c r="H629">
         <v>16.118</v>
       </c>
       <c r="I629">
         <v>272.845</v>
       </c>
       <c r="J629">
         <v>338.266</v>
       </c>
       <c r="K629">
         <v>434.415</v>
       </c>
       <c r="L629">
         <v>1272.564</v>
       </c>
       <c r="M629">
-        <v>8018.503</v>
+        <v>8055.741</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>719.867</v>
+        <v>721.403</v>
       </c>
       <c r="C630">
-        <v>2511.954</v>
+        <v>2549.441</v>
       </c>
       <c r="D630">
         <v>2942.073</v>
       </c>
       <c r="E630">
-        <v>6169.06</v>
+        <v>6208.084</v>
       </c>
       <c r="F630">
         <v>712.131</v>
       </c>
       <c r="G630">
         <v>192.991</v>
       </c>
       <c r="H630">
         <v>15.562</v>
       </c>
       <c r="I630">
         <v>290.964</v>
       </c>
       <c r="J630">
         <v>333.145</v>
       </c>
       <c r="K630">
         <v>423.38</v>
       </c>
       <c r="L630">
         <v>1256.042</v>
       </c>
       <c r="M630">
-        <v>8142.084</v>
+        <v>8181.107</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>836.122</v>
+        <v>837.906</v>
       </c>
       <c r="C631">
-        <v>2836.18</v>
+        <v>2878.926</v>
       </c>
       <c r="D631">
         <v>3061.867</v>
       </c>
       <c r="E631">
-        <v>6732.6</v>
+        <v>6777.13</v>
       </c>
       <c r="F631">
         <v>729.451</v>
       </c>
       <c r="G631">
         <v>184.266</v>
       </c>
       <c r="H631">
         <v>15.87</v>
       </c>
       <c r="I631">
         <v>293.297</v>
       </c>
       <c r="J631">
         <v>243.899</v>
       </c>
       <c r="K631">
         <v>446.642</v>
       </c>
       <c r="L631">
         <v>1183.974</v>
       </c>
       <c r="M631">
-        <v>8654.509</v>
+        <v>8699.04</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>816.069</v>
+        <v>817.81</v>
       </c>
       <c r="C632">
-        <v>2815.408</v>
+        <v>2857.748</v>
       </c>
       <c r="D632">
         <v>3110.666</v>
       </c>
       <c r="E632">
-        <v>6738.078</v>
+        <v>6782.16</v>
       </c>
       <c r="F632">
         <v>728.507</v>
       </c>
       <c r="G632">
         <v>176.567</v>
       </c>
       <c r="H632">
         <v>15.954</v>
       </c>
       <c r="I632">
         <v>288.531</v>
       </c>
       <c r="J632">
         <v>252.389</v>
       </c>
       <c r="K632">
         <v>438.084</v>
       </c>
       <c r="L632">
         <v>1171.525</v>
       </c>
       <c r="M632">
-        <v>8645.466</v>
+        <v>8689.548</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>662.579</v>
+        <v>663.993</v>
       </c>
       <c r="C633">
-        <v>2498.307</v>
+        <v>2535.47</v>
       </c>
       <c r="D633">
         <v>2895.897</v>
       </c>
       <c r="E633">
-        <v>6053.509</v>
+        <v>6092.086</v>
       </c>
       <c r="F633">
         <v>654.363</v>
       </c>
       <c r="G633">
         <v>137.108</v>
       </c>
       <c r="H633">
         <v>15.558</v>
       </c>
       <c r="I633">
         <v>247.418</v>
       </c>
       <c r="J633">
         <v>251.431</v>
       </c>
       <c r="K633">
         <v>419.187</v>
       </c>
       <c r="L633">
         <v>1070.701</v>
       </c>
       <c r="M633">
-        <v>7785.746</v>
+        <v>7824.323</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>587.661</v>
+        <v>588.915</v>
       </c>
       <c r="C634">
-        <v>2517.021</v>
+        <v>2554.04</v>
       </c>
       <c r="D634">
         <v>3126.592</v>
       </c>
       <c r="E634">
-        <v>6227.387</v>
+        <v>6265.66</v>
       </c>
       <c r="F634">
         <v>613.77</v>
       </c>
       <c r="G634">
         <v>132.29</v>
       </c>
       <c r="H634">
         <v>16.245</v>
       </c>
       <c r="I634">
         <v>234.029</v>
       </c>
       <c r="J634">
         <v>341.16</v>
       </c>
       <c r="K634">
         <v>428.958</v>
       </c>
       <c r="L634">
         <v>1152.682</v>
       </c>
       <c r="M634">
-        <v>8000.29</v>
+        <v>8038.563</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>568.688</v>
+        <v>569.902</v>
       </c>
       <c r="C635">
-        <v>2801.919</v>
+        <v>2842.346</v>
       </c>
       <c r="D635">
         <v>2884.592</v>
       </c>
       <c r="E635">
-        <v>6252.581</v>
+        <v>6294.221</v>
       </c>
       <c r="F635">
         <v>646.464</v>
       </c>
       <c r="G635">
         <v>144.106</v>
       </c>
       <c r="H635">
         <v>16.558</v>
       </c>
       <c r="I635">
         <v>169.841</v>
       </c>
       <c r="J635">
         <v>345.827</v>
       </c>
       <c r="K635">
         <v>425.954</v>
       </c>
       <c r="L635">
         <v>1102.285</v>
       </c>
       <c r="M635">
-        <v>8003.183</v>
+        <v>8044.823</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>745.128</v>
+        <v>746.718</v>
       </c>
       <c r="C636">
-        <v>3476.888</v>
+        <v>3526.483</v>
       </c>
       <c r="D636">
         <v>2999.05</v>
       </c>
       <c r="E636">
-        <v>7217.361</v>
+        <v>7268.545</v>
       </c>
       <c r="F636">
         <v>743.543</v>
       </c>
       <c r="G636">
         <v>168.317</v>
       </c>
       <c r="H636">
         <v>17.384</v>
       </c>
       <c r="I636">
         <v>155.293</v>
       </c>
       <c r="J636">
         <v>340.608</v>
       </c>
       <c r="K636">
         <v>436.186</v>
       </c>
       <c r="L636">
         <v>1117.788</v>
       </c>
       <c r="M636">
-        <v>9085.81</v>
+        <v>9136.995</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>942.599</v>
+        <v>944.611</v>
       </c>
       <c r="C637">
-        <v>4059.503</v>
+        <v>4055.888</v>
       </c>
       <c r="D637">
         <v>3057.563</v>
       </c>
       <c r="E637">
-        <v>8058.538</v>
+        <v>8056.934</v>
       </c>
       <c r="F637">
         <v>749.17</v>
       </c>
       <c r="G637">
         <v>184.655</v>
       </c>
       <c r="H637">
         <v>17.364</v>
       </c>
       <c r="I637">
         <v>182.943</v>
       </c>
       <c r="J637">
         <v>375.802</v>
       </c>
       <c r="K637">
-        <v>407.658</v>
+        <v>405.677</v>
       </c>
       <c r="L637">
-        <v>1168.421</v>
+        <v>1166.44</v>
       </c>
       <c r="M637">
-        <v>9985.821</v>
+        <v>9982.236</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>734.631</v>
+        <v>736.198</v>
       </c>
       <c r="C638">
-        <v>3351.976</v>
+        <v>3346.419</v>
       </c>
       <c r="D638">
         <v>2682.493</v>
       </c>
       <c r="E638">
-        <v>6767.78</v>
+        <v>6763.791</v>
       </c>
       <c r="F638">
         <v>645.675</v>
       </c>
       <c r="G638">
         <v>168.386</v>
       </c>
       <c r="H638">
         <v>15.658</v>
       </c>
       <c r="I638">
         <v>195.472</v>
       </c>
       <c r="J638">
         <v>339.137</v>
       </c>
       <c r="K638">
-        <v>377.97</v>
+        <v>376.178</v>
       </c>
       <c r="L638">
-        <v>1096.622</v>
+        <v>1094.83</v>
       </c>
       <c r="M638">
-        <v>8516.517</v>
+        <v>8510.735</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>598.578</v>
+        <v>599.855</v>
       </c>
       <c r="C639">
-        <v>2845.987</v>
+        <v>2854.051</v>
       </c>
       <c r="D639">
         <v>2950.975</v>
       </c>
       <c r="E639">
-        <v>6394.353</v>
+        <v>6403.694</v>
       </c>
       <c r="F639">
         <v>652.235</v>
       </c>
       <c r="G639">
         <v>193.487</v>
       </c>
       <c r="H639">
         <v>17.351</v>
       </c>
       <c r="I639">
         <v>273.369</v>
       </c>
       <c r="J639">
         <v>436.078</v>
       </c>
       <c r="K639">
-        <v>411.318</v>
+        <v>409.388</v>
       </c>
       <c r="L639">
-        <v>1331.603</v>
+        <v>1329.674</v>
       </c>
       <c r="M639">
-        <v>8380.958</v>
+        <v>8388.371</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>550.091</v>
+        <v>551.265</v>
       </c>
       <c r="C640">
-        <v>2464.046</v>
+        <v>2461.093</v>
       </c>
       <c r="D640">
         <v>2904.502</v>
       </c>
       <c r="E640">
-        <v>5916.441</v>
+        <v>5914.661</v>
       </c>
       <c r="F640">
         <v>604.572</v>
       </c>
       <c r="G640">
         <v>196.813</v>
       </c>
       <c r="H640">
         <v>16.475</v>
       </c>
       <c r="I640">
         <v>311.015</v>
       </c>
       <c r="J640">
         <v>395.422</v>
       </c>
       <c r="K640">
-        <v>394.401</v>
+        <v>392.592</v>
       </c>
       <c r="L640">
-        <v>1314.125</v>
+        <v>1312.316</v>
       </c>
       <c r="M640">
-        <v>7840.831</v>
+        <v>7837.242</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>591.016</v>
+        <v>592.278</v>
       </c>
       <c r="C641">
-        <v>2388.194</v>
+        <v>2388.205</v>
       </c>
       <c r="D641">
         <v>3025.136</v>
       </c>
       <c r="E641">
-        <v>6001.588</v>
+        <v>6002.86</v>
       </c>
       <c r="F641">
         <v>648.978</v>
       </c>
       <c r="G641">
         <v>209.896</v>
       </c>
       <c r="H641">
         <v>16.192</v>
       </c>
       <c r="I641">
         <v>341.731</v>
       </c>
       <c r="J641">
         <v>317.805</v>
       </c>
       <c r="K641">
-        <v>402.38</v>
+        <v>400.486</v>
       </c>
       <c r="L641">
-        <v>1288.004</v>
+        <v>1286.11</v>
       </c>
       <c r="M641">
-        <v>7946.533</v>
+        <v>7945.912</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>757.221</v>
+        <v>758.837</v>
       </c>
       <c r="C642">
-        <v>2501.099</v>
+        <v>2500.938</v>
       </c>
       <c r="D642">
         <v>3034.207</v>
       </c>
       <c r="E642">
-        <v>6289.849</v>
+        <v>6291.304</v>
       </c>
       <c r="F642">
         <v>691.559</v>
       </c>
       <c r="G642">
         <v>190.964</v>
       </c>
       <c r="H642">
         <v>16.228</v>
       </c>
       <c r="I642">
         <v>361.008</v>
       </c>
       <c r="J642">
         <v>308.385</v>
       </c>
       <c r="K642">
-        <v>398.864</v>
+        <v>396.956</v>
       </c>
       <c r="L642">
-        <v>1275.449</v>
+        <v>1273.541</v>
       </c>
       <c r="M642">
-        <v>8263.023</v>
+        <v>8262.57</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>919.18</v>
+        <v>921.142</v>
       </c>
       <c r="C643">
-        <v>2822.506</v>
+        <v>2813.013</v>
       </c>
       <c r="D643">
         <v>3123.539</v>
       </c>
       <c r="E643">
-        <v>6863.115</v>
+        <v>6855.583</v>
       </c>
       <c r="F643">
         <v>739.169</v>
       </c>
       <c r="G643">
         <v>172.204</v>
       </c>
       <c r="H643">
         <v>16.466</v>
       </c>
       <c r="I643">
         <v>377.238</v>
       </c>
       <c r="J643">
         <v>274.158</v>
       </c>
       <c r="K643">
-        <v>417.699</v>
+        <v>415.724</v>
       </c>
       <c r="L643">
-        <v>1257.765</v>
+        <v>1255.791</v>
       </c>
       <c r="M643">
-        <v>8878.216</v>
+        <v>8853.541</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>815.856</v>
+        <v>817.597</v>
       </c>
       <c r="C644">
-        <v>2730.271</v>
+        <v>2733.074</v>
       </c>
       <c r="D644">
-        <v>3098.972</v>
+        <v>3133.785</v>
       </c>
       <c r="E644">
-        <v>6642.086</v>
+        <v>6681.444</v>
       </c>
       <c r="F644">
         <v>738.374</v>
       </c>
       <c r="G644">
         <v>172.191</v>
       </c>
       <c r="H644">
         <v>17.016</v>
       </c>
       <c r="I644">
         <v>357.911</v>
       </c>
       <c r="J644">
         <v>235.218</v>
       </c>
       <c r="K644">
-        <v>415.191</v>
+        <v>412.588</v>
       </c>
       <c r="L644">
-        <v>1197.528</v>
+        <v>1194.924</v>
       </c>
       <c r="M644">
-        <v>8595.888</v>
+        <v>8618.497</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>698.015</v>
+      </c>
+      <c r="C645">
+        <v>2506.5</v>
+      </c>
+      <c r="D645">
+        <v>2977.324</v>
+      </c>
+      <c r="E645">
+        <v>6178.691</v>
+      </c>
+      <c r="F645">
+        <v>683.576</v>
+      </c>
+      <c r="G645">
+        <v>132.026</v>
+      </c>
+      <c r="H645">
+        <v>16.28</v>
+      </c>
+      <c r="I645">
+        <v>319.355</v>
+      </c>
+      <c r="J645">
+        <v>221.272</v>
+      </c>
+      <c r="K645">
+        <v>399.54</v>
+      </c>
+      <c r="L645">
+        <v>1088.472</v>
+      </c>
+      <c r="M645">
+        <v>7955.166</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>657.515</v>
+      </c>
+      <c r="C646">
+        <v>2522.782</v>
+      </c>
+      <c r="D646">
+        <v>3085.364</v>
+      </c>
+      <c r="E646">
+        <v>6262.153</v>
+      </c>
+      <c r="F646">
+        <v>618.458</v>
+      </c>
+      <c r="G646">
+        <v>142.576</v>
+      </c>
+      <c r="H646">
+        <v>16.311</v>
+      </c>
+      <c r="I646">
+        <v>280.914</v>
+      </c>
+      <c r="J646">
+        <v>340.719</v>
+      </c>
+      <c r="K646">
+        <v>419.247</v>
+      </c>
+      <c r="L646">
+        <v>1199.768</v>
+      </c>
+      <c r="M646">
+        <v>8081.793</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -29732,122 +29814,122 @@
       </c>
       <c r="I86">
         <v>1871.601</v>
       </c>
       <c r="J86">
         <v>3827.463</v>
       </c>
       <c r="K86">
         <v>4980.123</v>
       </c>
       <c r="L86">
         <v>13129.913</v>
       </c>
       <c r="M86">
         <v>99860.914</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>8170.788</v>
       </c>
       <c r="C87">
-        <v>33683.836</v>
+        <v>34177.067</v>
       </c>
       <c r="D87">
         <v>35448.23</v>
       </c>
       <c r="E87">
-        <v>77270.417</v>
+        <v>77763.648</v>
       </c>
       <c r="F87">
         <v>8098.974</v>
       </c>
       <c r="G87">
         <v>2114.37</v>
       </c>
       <c r="H87">
         <v>204.751</v>
       </c>
       <c r="I87">
         <v>2125.186</v>
       </c>
       <c r="J87">
         <v>3634.45</v>
       </c>
       <c r="K87">
         <v>5021.971</v>
       </c>
       <c r="L87">
         <v>13100.727</v>
       </c>
       <c r="M87">
-        <v>98534.62</v>
+        <v>99027.851</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>7895.365</v>
+        <v>7912.213</v>
       </c>
       <c r="C88">
-        <v>34182.103</v>
+        <v>34680.986</v>
       </c>
       <c r="D88">
         <v>35589.94</v>
       </c>
       <c r="E88">
-        <v>77630.184</v>
+        <v>78145.916</v>
       </c>
       <c r="F88">
         <v>8165.019</v>
       </c>
       <c r="G88">
         <v>2093.035</v>
       </c>
       <c r="H88">
         <v>196.263</v>
       </c>
       <c r="I88">
         <v>2681.275</v>
       </c>
       <c r="J88">
         <v>3894.06</v>
       </c>
       <c r="K88">
         <v>5112.262</v>
       </c>
       <c r="L88">
         <v>13976.896</v>
       </c>
       <c r="M88">
-        <v>99819.244</v>
+        <v>100334.976</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>