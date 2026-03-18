--- v3 (2026-02-01)
+++ v4 (2026-03-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Table E3. Primary Energy Consumption by Source, Fossil Fuel Equivalency Approach </t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption</t>
   </si>
   <si>
     <t>Natural Gas, Excluding Supplemental Gaseous Fuels, Consumption</t>
   </si>
   <si>
     <t>Petroleum, Excluding Ethanol, Consumption</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumption</t>
   </si>
   <si>
     <t>Nuclear Electric Power Consumption</t>
   </si>
   <si>
     <t>Conventional Hydro Energy Consumption, Fossil Fuel Equivalent</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="105.26" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25228,1434 +25228,1475 @@
       </c>
       <c r="I612">
         <v>96.199</v>
       </c>
       <c r="J612">
         <v>340.883</v>
       </c>
       <c r="K612">
         <v>419.814</v>
       </c>
       <c r="L612">
         <v>1055.395</v>
       </c>
       <c r="M612">
         <v>9034.697</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>749.991</v>
       </c>
       <c r="C613">
-        <v>3479.315</v>
+        <v>3428.944</v>
       </c>
       <c r="D613">
         <v>2868.308</v>
       </c>
       <c r="E613">
-        <v>7094.4</v>
+        <v>7044.029</v>
       </c>
       <c r="F613">
         <v>740.734</v>
       </c>
       <c r="G613">
         <v>196.369</v>
       </c>
       <c r="H613">
         <v>17.648</v>
       </c>
       <c r="I613">
         <v>105.22</v>
       </c>
       <c r="J613">
         <v>331.029</v>
       </c>
       <c r="K613">
         <v>417.85</v>
       </c>
       <c r="L613">
         <v>1068.116</v>
       </c>
       <c r="M613">
-        <v>8914.46</v>
+        <v>8864.088</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>582.093</v>
       </c>
       <c r="C614">
-        <v>3103.308</v>
+        <v>3057.454</v>
       </c>
       <c r="D614">
         <v>2677.937</v>
       </c>
       <c r="E614">
-        <v>6361.18</v>
+        <v>6315.326</v>
       </c>
       <c r="F614">
         <v>635.553</v>
       </c>
       <c r="G614">
         <v>172.265</v>
       </c>
       <c r="H614">
         <v>16.104</v>
       </c>
       <c r="I614">
         <v>123.055</v>
       </c>
       <c r="J614">
         <v>357.491</v>
       </c>
       <c r="K614">
         <v>375.987</v>
       </c>
       <c r="L614">
         <v>1044.902</v>
       </c>
       <c r="M614">
-        <v>8048.268</v>
+        <v>8002.415</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>620.012</v>
       </c>
       <c r="C615">
-        <v>3175.96</v>
+        <v>3129.49</v>
       </c>
       <c r="D615">
         <v>3005.884</v>
       </c>
       <c r="E615">
-        <v>6799.828</v>
+        <v>6753.358</v>
       </c>
       <c r="F615">
         <v>656.599</v>
       </c>
       <c r="G615">
         <v>184.09</v>
       </c>
       <c r="H615">
         <v>17.836</v>
       </c>
       <c r="I615">
         <v>162.384</v>
       </c>
       <c r="J615">
         <v>376.128</v>
       </c>
       <c r="K615">
         <v>423.809</v>
       </c>
       <c r="L615">
         <v>1164.247</v>
       </c>
       <c r="M615">
-        <v>8629.416</v>
+        <v>8582.946</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>500.012</v>
       </c>
       <c r="C616">
-        <v>2536.472</v>
+        <v>2499.875</v>
       </c>
       <c r="D616">
         <v>2877.75</v>
       </c>
       <c r="E616">
-        <v>5912.723</v>
+        <v>5876.126</v>
       </c>
       <c r="F616">
         <v>592.236</v>
       </c>
       <c r="G616">
         <v>171.043</v>
       </c>
       <c r="H616">
         <v>16.917</v>
       </c>
       <c r="I616">
         <v>193.965</v>
       </c>
       <c r="J616">
         <v>368.894</v>
       </c>
       <c r="K616">
         <v>394.961</v>
       </c>
       <c r="L616">
         <v>1145.781</v>
       </c>
       <c r="M616">
-        <v>7657.266</v>
+        <v>7620.669</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>550.403</v>
       </c>
       <c r="C617">
-        <v>2421.741</v>
+        <v>2386.131</v>
       </c>
       <c r="D617">
         <v>3013.819</v>
       </c>
       <c r="E617">
-        <v>5983.15</v>
+        <v>5947.541</v>
       </c>
       <c r="F617">
         <v>639.194</v>
       </c>
       <c r="G617">
         <v>238.631</v>
       </c>
       <c r="H617">
         <v>17.003</v>
       </c>
       <c r="I617">
         <v>220.724</v>
       </c>
       <c r="J617">
         <v>278.121</v>
       </c>
       <c r="K617">
         <v>433.753</v>
       </c>
       <c r="L617">
         <v>1188.231</v>
       </c>
       <c r="M617">
-        <v>7819.53</v>
+        <v>7783.921</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>704.646</v>
       </c>
       <c r="C618">
-        <v>2481.548</v>
+        <v>2444.008</v>
       </c>
       <c r="D618">
         <v>2991.353</v>
       </c>
       <c r="E618">
-        <v>6175.193</v>
+        <v>6137.653</v>
       </c>
       <c r="F618">
         <v>677.49</v>
       </c>
       <c r="G618">
         <v>186.168</v>
       </c>
       <c r="H618">
         <v>16.381</v>
       </c>
       <c r="I618">
         <v>224.186</v>
       </c>
       <c r="J618">
         <v>237.73</v>
       </c>
       <c r="K618">
         <v>421.128</v>
       </c>
       <c r="L618">
         <v>1085.593</v>
       </c>
       <c r="M618">
-        <v>7944.041</v>
+        <v>7906.501</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>912.435</v>
       </c>
       <c r="C619">
-        <v>2802.589</v>
+        <v>2760.708</v>
       </c>
       <c r="D619">
         <v>2975.004</v>
       </c>
       <c r="E619">
-        <v>6686.783</v>
+        <v>6644.902</v>
       </c>
       <c r="F619">
         <v>730.465</v>
       </c>
       <c r="G619">
         <v>189.668</v>
       </c>
       <c r="H619">
         <v>16.578</v>
       </c>
       <c r="I619">
         <v>236.326</v>
       </c>
       <c r="J619">
         <v>241.679</v>
       </c>
       <c r="K619">
         <v>422.889</v>
       </c>
       <c r="L619">
         <v>1107.14</v>
       </c>
       <c r="M619">
-        <v>8528.59</v>
+        <v>8486.709</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>902.649</v>
       </c>
       <c r="C620">
-        <v>2814.947</v>
+        <v>2772.063</v>
       </c>
       <c r="D620">
         <v>3107.767</v>
       </c>
       <c r="E620">
-        <v>6822.802</v>
+        <v>6779.919</v>
       </c>
       <c r="F620">
         <v>728.965</v>
       </c>
       <c r="G620">
         <v>183.759</v>
       </c>
       <c r="H620">
         <v>16.327</v>
       </c>
       <c r="I620">
         <v>224.343</v>
       </c>
       <c r="J620">
         <v>245.042</v>
       </c>
       <c r="K620">
         <v>435.813</v>
       </c>
       <c r="L620">
         <v>1105.284</v>
       </c>
       <c r="M620">
-        <v>8661.774</v>
+        <v>8618.891</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>716.24</v>
       </c>
       <c r="C621">
-        <v>2501.131</v>
+        <v>2464.818</v>
       </c>
       <c r="D621">
         <v>2910.715</v>
       </c>
       <c r="E621">
-        <v>6124.185</v>
+        <v>6087.872</v>
       </c>
       <c r="F621">
         <v>685.23</v>
       </c>
       <c r="G621">
         <v>145.983</v>
       </c>
       <c r="H621">
         <v>16.564</v>
       </c>
       <c r="I621">
         <v>197.155</v>
       </c>
       <c r="J621">
         <v>244.689</v>
       </c>
       <c r="K621">
         <v>413.106</v>
       </c>
       <c r="L621">
         <v>1017.497</v>
       </c>
       <c r="M621">
-        <v>7827.207</v>
+        <v>7790.893</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>627.492</v>
       </c>
       <c r="C622">
-        <v>2560.483</v>
+        <v>2523.105</v>
       </c>
       <c r="D622">
         <v>3066.815</v>
       </c>
       <c r="E622">
-        <v>6253.111</v>
+        <v>6215.732</v>
       </c>
       <c r="F622">
         <v>642.125</v>
       </c>
       <c r="G622">
         <v>135.254</v>
       </c>
       <c r="H622">
         <v>17.647</v>
       </c>
       <c r="I622">
         <v>179.523</v>
       </c>
       <c r="J622">
         <v>310.851</v>
       </c>
       <c r="K622">
         <v>426.967</v>
       </c>
       <c r="L622">
         <v>1070.242</v>
       </c>
       <c r="M622">
-        <v>7966.177</v>
+        <v>7928.799</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>629.086</v>
       </c>
       <c r="C623">
-        <v>2963.864</v>
+        <v>2920.134</v>
       </c>
       <c r="D623">
         <v>2978.286</v>
       </c>
       <c r="E623">
-        <v>6569.042</v>
+        <v>6525.312</v>
       </c>
       <c r="F623">
         <v>650.717</v>
       </c>
       <c r="G623">
         <v>146.932</v>
       </c>
       <c r="H623">
         <v>17.643</v>
       </c>
       <c r="I623">
         <v>137.016</v>
       </c>
       <c r="J623">
         <v>314.524</v>
       </c>
       <c r="K623">
         <v>415.781</v>
       </c>
       <c r="L623">
         <v>1031.896</v>
       </c>
       <c r="M623">
-        <v>8253.839</v>
+        <v>8210.109</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>675.729</v>
       </c>
       <c r="C624">
-        <v>3335.713</v>
+        <v>3289.179</v>
       </c>
       <c r="D624">
         <v>2974.597</v>
       </c>
       <c r="E624">
-        <v>6981.26</v>
+        <v>6934.726</v>
       </c>
       <c r="F624">
         <v>719.666</v>
       </c>
       <c r="G624">
         <v>164.209</v>
       </c>
       <c r="H624">
         <v>18.102</v>
       </c>
       <c r="I624">
         <v>121.29</v>
       </c>
       <c r="J624">
         <v>328.271</v>
       </c>
       <c r="K624">
         <v>439.923</v>
       </c>
       <c r="L624">
         <v>1071.795</v>
       </c>
       <c r="M624">
-        <v>8777.288</v>
+        <v>8730.754</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>878.947</v>
       </c>
       <c r="C625">
-        <v>3911.6</v>
+        <v>3859.478</v>
       </c>
       <c r="D625">
         <v>2914.104</v>
       </c>
       <c r="E625">
-        <v>7703.916</v>
+        <v>7651.794</v>
       </c>
       <c r="F625">
         <v>721.4</v>
       </c>
       <c r="G625">
         <v>185.73</v>
       </c>
       <c r="H625">
         <v>17.433</v>
       </c>
       <c r="I625">
         <v>126.922</v>
       </c>
       <c r="J625">
         <v>299.793</v>
       </c>
       <c r="K625">
         <v>412.307</v>
       </c>
       <c r="L625">
         <v>1042.185</v>
       </c>
       <c r="M625">
-        <v>9473.426</v>
+        <v>9421.305</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>562.196</v>
       </c>
       <c r="C626">
-        <v>3115.143</v>
+        <v>3068.729</v>
       </c>
       <c r="D626">
         <v>2733.942</v>
       </c>
       <c r="E626">
-        <v>6409.724</v>
+        <v>6363.31</v>
       </c>
       <c r="F626">
         <v>674.449</v>
       </c>
       <c r="G626">
         <v>179.193</v>
       </c>
       <c r="H626">
         <v>16.257</v>
       </c>
       <c r="I626">
         <v>158.181</v>
       </c>
       <c r="J626">
         <v>353.138</v>
       </c>
       <c r="K626">
         <v>410.653</v>
       </c>
       <c r="L626">
         <v>1117.423</v>
       </c>
       <c r="M626">
-        <v>8202.143</v>
+        <v>8155.73</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>493.797</v>
       </c>
       <c r="C627">
-        <v>2937.364</v>
+        <v>2895.998</v>
       </c>
       <c r="D627">
         <v>2943.843</v>
       </c>
       <c r="E627">
-        <v>6370.922</v>
+        <v>6329.555</v>
       </c>
       <c r="F627">
         <v>661.52</v>
       </c>
       <c r="G627">
         <v>201.316</v>
       </c>
       <c r="H627">
         <v>17.093</v>
       </c>
       <c r="I627">
         <v>204.711</v>
       </c>
       <c r="J627">
         <v>388.643</v>
       </c>
       <c r="K627">
         <v>427.495</v>
       </c>
       <c r="L627">
         <v>1239.257</v>
       </c>
       <c r="M627">
-        <v>8270.509</v>
+        <v>8229.142</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>467.428</v>
       </c>
       <c r="C628">
-        <v>2517.841</v>
+        <v>2480.405</v>
       </c>
       <c r="D628">
         <v>2888.119</v>
       </c>
       <c r="E628">
-        <v>5868.947</v>
+        <v>5831.51</v>
       </c>
       <c r="F628">
         <v>600.91</v>
       </c>
       <c r="G628">
         <v>180.231</v>
       </c>
       <c r="H628">
         <v>16.232</v>
       </c>
       <c r="I628">
         <v>239.244</v>
       </c>
       <c r="J628">
         <v>405.761</v>
       </c>
       <c r="K628">
         <v>409.014</v>
       </c>
       <c r="L628">
         <v>1250.482</v>
       </c>
       <c r="M628">
-        <v>7718.759</v>
+        <v>7681.322</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>563.198</v>
       </c>
       <c r="C629">
-        <v>2454.586</v>
+        <v>2416.84</v>
       </c>
       <c r="D629">
         <v>3089.182</v>
       </c>
       <c r="E629">
-        <v>6104.51</v>
+        <v>6066.764</v>
       </c>
       <c r="F629">
         <v>678.513</v>
       </c>
       <c r="G629">
         <v>210.92</v>
       </c>
       <c r="H629">
         <v>16.118</v>
       </c>
       <c r="I629">
         <v>272.845</v>
       </c>
       <c r="J629">
         <v>338.266</v>
       </c>
       <c r="K629">
         <v>434.415</v>
       </c>
       <c r="L629">
         <v>1272.564</v>
       </c>
       <c r="M629">
-        <v>8055.741</v>
+        <v>8017.995</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>721.403</v>
       </c>
       <c r="C630">
-        <v>2549.441</v>
+        <v>2512.682</v>
       </c>
       <c r="D630">
         <v>2942.073</v>
       </c>
       <c r="E630">
-        <v>6208.084</v>
+        <v>6171.325</v>
       </c>
       <c r="F630">
         <v>712.131</v>
       </c>
       <c r="G630">
         <v>192.991</v>
       </c>
       <c r="H630">
         <v>15.562</v>
       </c>
       <c r="I630">
         <v>290.964</v>
       </c>
       <c r="J630">
         <v>333.145</v>
       </c>
       <c r="K630">
         <v>423.38</v>
       </c>
       <c r="L630">
         <v>1256.042</v>
       </c>
       <c r="M630">
-        <v>8181.107</v>
+        <v>8144.348</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>837.906</v>
       </c>
       <c r="C631">
-        <v>2878.926</v>
+        <v>2839.467</v>
       </c>
       <c r="D631">
         <v>3061.867</v>
       </c>
       <c r="E631">
-        <v>6777.13</v>
+        <v>6737.671</v>
       </c>
       <c r="F631">
         <v>729.451</v>
       </c>
       <c r="G631">
         <v>184.266</v>
       </c>
       <c r="H631">
         <v>15.87</v>
       </c>
       <c r="I631">
         <v>293.297</v>
       </c>
       <c r="J631">
         <v>243.899</v>
       </c>
       <c r="K631">
         <v>446.642</v>
       </c>
       <c r="L631">
         <v>1183.974</v>
       </c>
       <c r="M631">
-        <v>8699.04</v>
+        <v>8659.581</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>817.81</v>
       </c>
       <c r="C632">
-        <v>2857.748</v>
+        <v>2816.359</v>
       </c>
       <c r="D632">
         <v>3110.666</v>
       </c>
       <c r="E632">
-        <v>6782.16</v>
+        <v>6740.771</v>
       </c>
       <c r="F632">
         <v>728.507</v>
       </c>
       <c r="G632">
         <v>176.567</v>
       </c>
       <c r="H632">
         <v>15.954</v>
       </c>
       <c r="I632">
         <v>288.531</v>
       </c>
       <c r="J632">
         <v>252.389</v>
       </c>
       <c r="K632">
         <v>438.084</v>
       </c>
       <c r="L632">
         <v>1171.525</v>
       </c>
       <c r="M632">
-        <v>8689.548</v>
+        <v>8648.159</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>663.993</v>
       </c>
       <c r="C633">
-        <v>2535.47</v>
+        <v>2497.721</v>
       </c>
       <c r="D633">
         <v>2895.897</v>
       </c>
       <c r="E633">
-        <v>6092.086</v>
+        <v>6054.337</v>
       </c>
       <c r="F633">
         <v>654.363</v>
       </c>
       <c r="G633">
         <v>137.108</v>
       </c>
       <c r="H633">
         <v>15.558</v>
       </c>
       <c r="I633">
         <v>247.418</v>
       </c>
       <c r="J633">
         <v>251.431</v>
       </c>
       <c r="K633">
         <v>419.187</v>
       </c>
       <c r="L633">
         <v>1070.701</v>
       </c>
       <c r="M633">
-        <v>7824.323</v>
+        <v>7786.574</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>588.915</v>
       </c>
       <c r="C634">
-        <v>2554.04</v>
+        <v>2512.52</v>
       </c>
       <c r="D634">
         <v>3126.592</v>
       </c>
       <c r="E634">
-        <v>6265.66</v>
+        <v>6224.14</v>
       </c>
       <c r="F634">
         <v>613.77</v>
       </c>
       <c r="G634">
         <v>132.29</v>
       </c>
       <c r="H634">
         <v>16.245</v>
       </c>
       <c r="I634">
         <v>234.029</v>
       </c>
       <c r="J634">
         <v>341.16</v>
       </c>
       <c r="K634">
         <v>428.958</v>
       </c>
       <c r="L634">
         <v>1152.682</v>
       </c>
       <c r="M634">
-        <v>8038.563</v>
+        <v>7997.043</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>569.902</v>
       </c>
       <c r="C635">
-        <v>2842.346</v>
+        <v>2801.54</v>
       </c>
       <c r="D635">
         <v>2884.592</v>
       </c>
       <c r="E635">
-        <v>6294.221</v>
+        <v>6253.416</v>
       </c>
       <c r="F635">
         <v>646.464</v>
       </c>
       <c r="G635">
         <v>144.106</v>
       </c>
       <c r="H635">
         <v>16.558</v>
       </c>
       <c r="I635">
         <v>169.841</v>
       </c>
       <c r="J635">
         <v>345.827</v>
       </c>
       <c r="K635">
         <v>425.954</v>
       </c>
       <c r="L635">
         <v>1102.285</v>
       </c>
       <c r="M635">
-        <v>8044.823</v>
+        <v>8004.018</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>746.718</v>
       </c>
       <c r="C636">
-        <v>3526.483</v>
+        <v>3477.607</v>
       </c>
       <c r="D636">
         <v>2999.05</v>
       </c>
       <c r="E636">
-        <v>7268.545</v>
+        <v>7219.669</v>
       </c>
       <c r="F636">
         <v>743.543</v>
       </c>
       <c r="G636">
         <v>168.317</v>
       </c>
       <c r="H636">
         <v>17.384</v>
       </c>
       <c r="I636">
         <v>155.293</v>
       </c>
       <c r="J636">
         <v>340.608</v>
       </c>
       <c r="K636">
         <v>436.186</v>
       </c>
       <c r="L636">
         <v>1117.788</v>
       </c>
       <c r="M636">
-        <v>9136.995</v>
+        <v>9088.119</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>944.611</v>
       </c>
       <c r="C637">
-        <v>4055.888</v>
+        <v>4055.886</v>
       </c>
       <c r="D637">
         <v>3057.563</v>
       </c>
       <c r="E637">
-        <v>8056.934</v>
+        <v>8056.932</v>
       </c>
       <c r="F637">
         <v>749.17</v>
       </c>
       <c r="G637">
         <v>184.655</v>
       </c>
       <c r="H637">
         <v>17.364</v>
       </c>
       <c r="I637">
         <v>182.943</v>
       </c>
       <c r="J637">
         <v>375.802</v>
       </c>
       <c r="K637">
         <v>405.677</v>
       </c>
       <c r="L637">
         <v>1166.44</v>
       </c>
       <c r="M637">
-        <v>9982.236</v>
+        <v>9982.234</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>736.198</v>
       </c>
       <c r="C638">
-        <v>3346.419</v>
+        <v>3342.709</v>
       </c>
       <c r="D638">
         <v>2682.493</v>
       </c>
       <c r="E638">
-        <v>6763.791</v>
+        <v>6760.081</v>
       </c>
       <c r="F638">
         <v>645.675</v>
       </c>
       <c r="G638">
         <v>168.386</v>
       </c>
       <c r="H638">
         <v>15.658</v>
       </c>
       <c r="I638">
         <v>195.472</v>
       </c>
       <c r="J638">
         <v>339.137</v>
       </c>
       <c r="K638">
         <v>376.178</v>
       </c>
       <c r="L638">
         <v>1094.83</v>
       </c>
       <c r="M638">
-        <v>8510.735</v>
+        <v>8507.025</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>599.855</v>
       </c>
       <c r="C639">
-        <v>2854.051</v>
+        <v>2844.695</v>
       </c>
       <c r="D639">
         <v>2950.975</v>
       </c>
       <c r="E639">
-        <v>6403.694</v>
+        <v>6394.338</v>
       </c>
       <c r="F639">
         <v>652.235</v>
       </c>
       <c r="G639">
         <v>193.487</v>
       </c>
       <c r="H639">
         <v>17.351</v>
       </c>
       <c r="I639">
         <v>273.369</v>
       </c>
       <c r="J639">
         <v>436.078</v>
       </c>
       <c r="K639">
         <v>409.388</v>
       </c>
       <c r="L639">
         <v>1329.674</v>
       </c>
       <c r="M639">
-        <v>8388.371</v>
+        <v>8379.015</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>551.265</v>
       </c>
       <c r="C640">
-        <v>2461.093</v>
+        <v>2457.533</v>
       </c>
       <c r="D640">
         <v>2904.502</v>
       </c>
       <c r="E640">
-        <v>5914.661</v>
+        <v>5911.101</v>
       </c>
       <c r="F640">
         <v>604.572</v>
       </c>
       <c r="G640">
         <v>196.813</v>
       </c>
       <c r="H640">
         <v>16.475</v>
       </c>
       <c r="I640">
         <v>311.015</v>
       </c>
       <c r="J640">
         <v>395.422</v>
       </c>
       <c r="K640">
         <v>392.592</v>
       </c>
       <c r="L640">
         <v>1312.316</v>
       </c>
       <c r="M640">
-        <v>7837.242</v>
+        <v>7833.682</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>592.278</v>
       </c>
       <c r="C641">
-        <v>2388.205</v>
+        <v>2386.093</v>
       </c>
       <c r="D641">
         <v>3025.136</v>
       </c>
       <c r="E641">
-        <v>6002.86</v>
+        <v>6000.748</v>
       </c>
       <c r="F641">
         <v>648.978</v>
       </c>
       <c r="G641">
         <v>209.896</v>
       </c>
       <c r="H641">
         <v>16.192</v>
       </c>
       <c r="I641">
         <v>341.731</v>
       </c>
       <c r="J641">
         <v>317.805</v>
       </c>
       <c r="K641">
         <v>400.486</v>
       </c>
       <c r="L641">
         <v>1286.11</v>
       </c>
       <c r="M641">
-        <v>7945.912</v>
+        <v>7943.8</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>758.837</v>
       </c>
       <c r="C642">
-        <v>2500.938</v>
+        <v>2499.129</v>
       </c>
       <c r="D642">
         <v>3034.207</v>
       </c>
       <c r="E642">
-        <v>6291.304</v>
+        <v>6289.495</v>
       </c>
       <c r="F642">
         <v>691.559</v>
       </c>
       <c r="G642">
         <v>190.964</v>
       </c>
       <c r="H642">
         <v>16.228</v>
       </c>
       <c r="I642">
         <v>361.008</v>
       </c>
       <c r="J642">
         <v>308.385</v>
       </c>
       <c r="K642">
         <v>396.956</v>
       </c>
       <c r="L642">
         <v>1273.541</v>
       </c>
       <c r="M642">
-        <v>8262.57</v>
+        <v>8260.761</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>921.142</v>
+        <v>924.95</v>
       </c>
       <c r="C643">
-        <v>2813.013</v>
+        <v>2816.371</v>
       </c>
       <c r="D643">
         <v>3123.539</v>
       </c>
       <c r="E643">
-        <v>6855.583</v>
+        <v>6862.75</v>
       </c>
       <c r="F643">
         <v>739.169</v>
       </c>
       <c r="G643">
         <v>172.204</v>
       </c>
       <c r="H643">
         <v>16.466</v>
       </c>
       <c r="I643">
         <v>377.238</v>
       </c>
       <c r="J643">
         <v>274.158</v>
       </c>
       <c r="K643">
         <v>415.724</v>
       </c>
       <c r="L643">
         <v>1255.791</v>
       </c>
       <c r="M643">
-        <v>8853.541</v>
+        <v>8860.708</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>817.597</v>
+        <v>820.468</v>
       </c>
       <c r="C644">
-        <v>2733.074</v>
+        <v>2732.246</v>
       </c>
       <c r="D644">
         <v>3133.785</v>
       </c>
       <c r="E644">
-        <v>6681.444</v>
+        <v>6684.88</v>
       </c>
       <c r="F644">
         <v>738.374</v>
       </c>
       <c r="G644">
         <v>172.191</v>
       </c>
       <c r="H644">
         <v>17.016</v>
       </c>
       <c r="I644">
         <v>357.911</v>
       </c>
       <c r="J644">
         <v>235.218</v>
       </c>
       <c r="K644">
         <v>412.588</v>
       </c>
       <c r="L644">
         <v>1194.924</v>
       </c>
       <c r="M644">
-        <v>8618.497</v>
+        <v>8621.933</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>698.015</v>
+        <v>699.127</v>
       </c>
       <c r="C645">
-        <v>2506.5</v>
+        <v>2508.853</v>
       </c>
       <c r="D645">
         <v>2977.324</v>
       </c>
       <c r="E645">
-        <v>6178.691</v>
+        <v>6184.604</v>
       </c>
       <c r="F645">
         <v>683.576</v>
       </c>
       <c r="G645">
         <v>132.026</v>
       </c>
       <c r="H645">
         <v>16.28</v>
       </c>
       <c r="I645">
         <v>319.355</v>
       </c>
       <c r="J645">
         <v>221.272</v>
       </c>
       <c r="K645">
         <v>399.54</v>
       </c>
       <c r="L645">
         <v>1088.472</v>
       </c>
       <c r="M645">
-        <v>7955.166</v>
+        <v>7961.079</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
         <v>657.515</v>
       </c>
       <c r="C646">
-        <v>2522.782</v>
+        <v>2526.703</v>
       </c>
       <c r="D646">
-        <v>3085.364</v>
+        <v>3083.071</v>
       </c>
       <c r="E646">
-        <v>6262.153</v>
+        <v>6263.781</v>
       </c>
       <c r="F646">
         <v>618.458</v>
       </c>
       <c r="G646">
         <v>142.576</v>
       </c>
       <c r="H646">
         <v>16.311</v>
       </c>
       <c r="I646">
         <v>280.914</v>
       </c>
       <c r="J646">
         <v>340.719</v>
       </c>
       <c r="K646">
-        <v>419.247</v>
+        <v>415.436</v>
       </c>
       <c r="L646">
-        <v>1199.768</v>
+        <v>1195.956</v>
       </c>
       <c r="M646">
-        <v>8081.793</v>
+        <v>8079.608</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>656.319</v>
+      </c>
+      <c r="C647">
+        <v>2867.485</v>
+      </c>
+      <c r="D647">
+        <v>2883.225</v>
+      </c>
+      <c r="E647">
+        <v>6403.104</v>
+      </c>
+      <c r="F647">
+        <v>666.361</v>
+      </c>
+      <c r="G647">
+        <v>158.695</v>
+      </c>
+      <c r="H647">
+        <v>16.104</v>
+      </c>
+      <c r="I647">
+        <v>215.232</v>
+      </c>
+      <c r="J647">
+        <v>352.847</v>
+      </c>
+      <c r="K647">
+        <v>399.231</v>
+      </c>
+      <c r="L647">
+        <v>1142.109</v>
+      </c>
+      <c r="M647">
+        <v>8213.208</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -29814,122 +29855,122 @@
       </c>
       <c r="I86">
         <v>1871.601</v>
       </c>
       <c r="J86">
         <v>3827.463</v>
       </c>
       <c r="K86">
         <v>4980.123</v>
       </c>
       <c r="L86">
         <v>13129.913</v>
       </c>
       <c r="M86">
         <v>99860.914</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>8170.788</v>
       </c>
       <c r="C87">
-        <v>34177.067</v>
+        <v>33675.905</v>
       </c>
       <c r="D87">
         <v>35448.23</v>
       </c>
       <c r="E87">
-        <v>77763.648</v>
+        <v>77262.487</v>
       </c>
       <c r="F87">
         <v>8098.974</v>
       </c>
       <c r="G87">
         <v>2114.37</v>
       </c>
       <c r="H87">
         <v>204.751</v>
       </c>
       <c r="I87">
         <v>2125.186</v>
       </c>
       <c r="J87">
         <v>3634.45</v>
       </c>
       <c r="K87">
         <v>5021.971</v>
       </c>
       <c r="L87">
         <v>13100.727</v>
       </c>
       <c r="M87">
-        <v>99027.851</v>
+        <v>98526.69</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>7912.213</v>
       </c>
       <c r="C88">
-        <v>34680.986</v>
+        <v>34179.341</v>
       </c>
       <c r="D88">
         <v>35589.94</v>
       </c>
       <c r="E88">
-        <v>78145.916</v>
+        <v>77644.271</v>
       </c>
       <c r="F88">
         <v>8165.019</v>
       </c>
       <c r="G88">
         <v>2093.035</v>
       </c>
       <c r="H88">
         <v>196.263</v>
       </c>
       <c r="I88">
         <v>2681.275</v>
       </c>
       <c r="J88">
         <v>3894.06</v>
       </c>
       <c r="K88">
         <v>5112.262</v>
       </c>
       <c r="L88">
         <v>13976.896</v>
       </c>
       <c r="M88">
-        <v>100334.976</v>
+        <v>99833.331</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>